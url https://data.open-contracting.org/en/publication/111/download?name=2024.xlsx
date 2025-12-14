--- v0 (2025-11-23)
+++ v1 (2025-12-14)
@@ -19,1058 +19,1058 @@
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="main" sheetId="1" r:id="rId1"/>
     <sheet name="awards" sheetId="2" r:id="rId2"/>
     <sheet name="awards_suppliers" sheetId="3" r:id="rId3"/>
     <sheet name="parties" sheetId="4" r:id="rId4"/>
     <sheet name="contracts" sheetId="5" r:id="rId5"/>
     <sheet name="contracts_value_exchangerates" sheetId="6" r:id="rId6"/>
-    <sheet name="planning_requestingunits" sheetId="7" r:id="rId7"/>
-[...2 lines deleted...]
-    <sheet name="tender_tenderers" sheetId="10" r:id="rId10"/>
+    <sheet name="tender_tenderers" sheetId="7" r:id="rId7"/>
+    <sheet name="planning_requestingunits" sheetId="8" r:id="rId8"/>
+    <sheet name="planning_contractingunits" sheetId="9" r:id="rId9"/>
+    <sheet name="planning_responsibleunits" sheetId="10" r:id="rId10"/>
     <sheet name="contracts_documents" sheetId="11" r:id="rId11"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2996" uniqueCount="822">
   <si>
     <t>_link</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>tag</t>
   </si>
   <si>
     <t>date</t>
   </si>
   <si>
     <t>ocid</t>
   </si>
   <si>
     <t>language</t>
   </si>
   <si>
     <t>initiationType</t>
   </si>
   <si>
     <t>buyer_id</t>
   </si>
   <si>
     <t>buyer_name</t>
   </si>
   <si>
     <t>tender_id</t>
   </si>
   <si>
     <t>tender_title</t>
   </si>
   <si>
+    <t>tender_procurementMethodRationale</t>
+  </si>
+  <si>
+    <t>tender_status</t>
+  </si>
+  <si>
+    <t>tender_procurementMethodDetails</t>
+  </si>
+  <si>
     <t>tender_additionalProcurementCategories</t>
   </si>
   <si>
-    <t>tender_status</t>
-[...2 lines deleted...]
-    <t>tender_procurementMethodRationale</t>
+    <t>tender_mainProcurementCategory</t>
   </si>
   <si>
     <t>tender_description</t>
   </si>
   <si>
     <t>tender_hasEnquiries</t>
   </si>
   <si>
     <t>tender_awardCriteria</t>
   </si>
   <si>
-    <t>tender_procurementMethodDetails</t>
+    <t>tender_procurementMethod</t>
   </si>
   <si>
     <t>tender_submissionMethod</t>
   </si>
   <si>
     <t>tender_numberOfTenderers</t>
   </si>
   <si>
-    <t>tender_procurementMethod</t>
-[...4 lines deleted...]
-  <si>
     <t>tender_value_amount</t>
   </si>
   <si>
     <t>tender_value_currency</t>
   </si>
   <si>
     <t>tender_minValue_amount</t>
   </si>
   <si>
     <t>tender_minValue_currency</t>
   </si>
   <si>
+    <t>tender_awardPeriod_endDate</t>
+  </si>
+  <si>
+    <t>tender_awardPeriod_startDate</t>
+  </si>
+  <si>
     <t>tender_procuringEntity_id</t>
   </si>
   <si>
     <t>tender_procuringEntity_name</t>
   </si>
   <si>
     <t>planning_hasQuotes</t>
   </si>
   <si>
     <t>planning_rationale</t>
   </si>
   <si>
-    <t>tender_awardPeriod_endDate</t>
-[...4 lines deleted...]
-  <si>
     <t>tender_submissionMethodDetails</t>
   </si>
   <si>
     <t>id-0.0</t>
   </si>
   <si>
+    <t>ocds-iua5wv-INFO-DAF-AD-011-2024-2024-10-30T17:01:10-06:00</t>
+  </si>
+  <si>
+    <t>compiled</t>
+  </si>
+  <si>
+    <t>2024-10-30T17:01:10-06:00</t>
+  </si>
+  <si>
+    <t>ocds-iua5wv-INFO-DAF-AD-011-2024</t>
+  </si>
+  <si>
+    <t>es</t>
+  </si>
+  <si>
+    <t>tender</t>
+  </si>
+  <si>
+    <t>MX-RFC-IAI060330V45</t>
+  </si>
+  <si>
+    <t>INFO CDMX</t>
+  </si>
+  <si>
+    <t>INFO/DAF/AD/011/2024</t>
+  </si>
+  <si>
+    <t>Prestación de los servicios de maquetado, formación editorial y diseño de portada</t>
+  </si>
+  <si>
+    <t>Con el fin de dar cumplimiento a lo establecido en el artículo 53, fracción VII de la Ley de Transparencia, Acceso a la Información Pública y Rendición de Cuentas de la Ciudad de México; artículo 79, fracción VII de la Ley de Protección de Datos Personales en Posición de Sujetos Obligados de la Ciudad de México;_x000D_
+artículo 23, fracciones VII y XXI del Reglamento Interior del Instituto de Transparencia, Acceso a la Información Pública, Protección de Datos Personales y Rendición de Cuentas de la Ciudad de México.</t>
+  </si>
+  <si>
+    <t>active</t>
+  </si>
+  <si>
+    <t>Adjudicación directa</t>
+  </si>
+  <si>
+    <t>services</t>
+  </si>
+  <si>
+    <t>Se requiere la contratación del servicio de maquetado, formación editorial y diseño de portada, de conformidad con lo estipulado en el contrato INFO/DAF/AD/011/2024, de los productos editoriales digitales "Desafíos del derecho a la protección de datos personales en la era digital: una mirada desde_x000D_
+América Latina", "Derechos humanos y acceso a la información", "La gobernanza digitalizada", "Inteligencia artificial: una visión desde las juventudes" y "Derechos Digitales"; correspondientes al Programa Editorial 2024 del INFO CDMX, aprobados por el Comité Editorial en sesión de 17 de junio de 2024.</t>
+  </si>
+  <si>
+    <t>false</t>
+  </si>
+  <si>
+    <t>bestValueToGovernment</t>
+  </si>
+  <si>
+    <t>direct</t>
+  </si>
+  <si>
+    <t>written</t>
+  </si>
+  <si>
+    <t>MXN</t>
+  </si>
+  <si>
+    <t>2024-08-16T15:50:00-05:00</t>
+  </si>
+  <si>
+    <t>2024-08-16T14:27:04-05:00</t>
+  </si>
+  <si>
+    <t>id-1.0</t>
+  </si>
+  <si>
+    <t>ocds-iua5wv-INFO-DAF-LPN-06-2023-2024-10-23T18:48:24-05:00</t>
+  </si>
+  <si>
+    <t>2024-10-23T18:48:24-05:00</t>
+  </si>
+  <si>
+    <t>ocds-iua5wv-INFO-DAF-LPN-06-2023</t>
+  </si>
+  <si>
+    <t>INFOCDMX</t>
+  </si>
+  <si>
+    <t>INFO/DAF/LPN/06/2023</t>
+  </si>
+  <si>
+    <t>Adquisición de materiales de oficina</t>
+  </si>
+  <si>
+    <t>complete</t>
+  </si>
+  <si>
+    <t>Licitación pública</t>
+  </si>
+  <si>
+    <t>open</t>
+  </si>
+  <si>
+    <t>true</t>
+  </si>
+  <si>
+    <t>id-2.0</t>
+  </si>
+  <si>
     <t>ocds-iua5wv-INFO-DAF-AD-013-2023-2024-01-31T13:19:59-06:00</t>
   </si>
   <si>
-    <t>compiled</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-01-31T13:19:59-06:00</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-DAF-AD-013-2023</t>
   </si>
   <si>
-    <t>es</t>
-[...10 lines deleted...]
-  <si>
     <t>INFO/DAF/AD/013/2023</t>
   </si>
   <si>
     <t>Prestación de servicio de impresión y reimpresión de obras.</t>
   </si>
   <si>
-    <t>services</t>
+    <t>El INFO requiere la reimpresión de la obra titulada "La Constitución de la Ciudad de México". Con fundamento en los articulos4, fracción IX; 15, primer párrafo; 17, fracción III; 30 y 31, fracciones I y XII, de los Lineamientos en Materia de Adquisiciones, Arrendamientos y Prestación de Servicios del Instituto de Transparencia, Acceso a la Información Pública, Protección de Datos Personales y Rendición de Cuentas de la Ciudad de México.</t>
   </si>
   <si>
     <t>unsuccessful</t>
   </si>
   <si>
-    <t>El INFO requiere la reimpresión de la obra titulada "La Constitución de la Ciudad de México". Con fundamento en los articulos4, fracción IX; 15, primer párrafo; 17, fracción III; 30 y 31, fracciones I y XII, de los Lineamientos en Materia de Adquisiciones, Arrendamientos y Prestación de Servicios del Instituto de Transparencia, Acceso a la Información Pública, Protección de Datos Personales y Rendición de Cuentas de la Ciudad de México.</t>
-[...19 lines deleted...]
-  <si>
     <t>Se requiere la contratación del servicio de reimpresión de la obra titulada "La Constitución de la Ciudad de México", la obra referida tiene como objetivo describir las razones y fundamentos que dieron origen a la Constitución de la Ciudad de México.</t>
   </si>
   <si>
-    <t>id-1.0</t>
+    <t>id-3.0</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-DAF-AD-02-2023-2024-04-10T13:15:55-05:00</t>
   </si>
   <si>
     <t>2024-04-10T13:15:55-05:00</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-DAF-AD-02-2023</t>
   </si>
   <si>
-    <t>INFOCDMX</t>
-[...1 lines deleted...]
-  <si>
     <t>INFO/DAF/AD/02/2023</t>
   </si>
   <si>
     <t xml:space="preserve"> Arrendamiento de inmueble</t>
   </si>
   <si>
     <t>goodsLease</t>
   </si>
   <si>
-    <t>complete</t>
-[...1 lines deleted...]
-  <si>
     <t>goods</t>
   </si>
   <si>
     <t xml:space="preserve">Se requiere el arrendamiento del inmueble ubicado en Anaxágoras 336 A y B, interior casa B, Col. Narvarte Poniente, Alcaldía Benito Juárez, Ciudad de México, ya que dicho espacio alberga las instalaciones del Órgano Interno de Control y Archivo institucional. </t>
   </si>
   <si>
-    <t>id-2.0</t>
-[...24 lines deleted...]
-    <t>id-3.0</t>
+    <t>id-4.0</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-DAF-LPN-008-2024-2024-10-30T13:23:00-06:00</t>
   </si>
   <si>
     <t>2024-10-30T13:23:00-06:00</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-DAF-LPN-008-2024</t>
   </si>
   <si>
     <t>INFO/DAF/LPN/008/2024</t>
   </si>
   <si>
     <t>Licencias de software (antivirus)</t>
   </si>
   <si>
-    <t>active</t>
-[...1 lines deleted...]
-  <si>
     <t>Con la finalidad de garantizar y salvaguardar la seguridad e integridad de los equipos de cómputo, así como mantener la información disponible, integra y confiable, que es generada por las personas servidoras públicas adscritas al INFO. Se requiere la adquisición del licenciamiento del software de conformidad con lo especificado en el contrato INFO/DAF/LPN/010/2024.</t>
   </si>
   <si>
-    <t>Licitación pública</t>
-[...5 lines deleted...]
-    <t>true</t>
+    <t>2024-12-31T12:59:00-06:00</t>
+  </si>
+  <si>
+    <t>2024-07-05T13:30:00-05:00</t>
   </si>
   <si>
     <t>De conformidad con los artículos 4, fracción IX; 15, primer párrafo; 17, fracción I y 18 fracción I de los Lineamientos en Materia de Adquisiciones, Arrendamientos y Prestación de Servicios del Instituto de Transparencia, Acceso a la Información Pública, Protección de Datos Personales y Rendición de Cuentas_x000D_
 de la Ciudad de México. Así mismo, para soportar la suficiencia presupuestal de esta requisición, se hace constar la autorización del Programa Operativo Anual para el ejercicio fiscal 2024, por parte del Pleno del Instituto, mediante Acuerdo 0842/SO/21-02/2024, de fecha 21 de febrero de 2024.</t>
   </si>
   <si>
-    <t>2024-12-31T12:59:00-06:00</t>
-[...5 lines deleted...]
-    <t>id-4.0</t>
+    <t>id-6.0</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-DAF-IR-01-2023-2024-04-10T12:39:12-05:00</t>
   </si>
   <si>
     <t>2024-04-10T12:39:12-05:00</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-DAF-IR-01-2023</t>
   </si>
   <si>
     <t>INFO/DAF/IR/01/2023</t>
   </si>
   <si>
     <t xml:space="preserve">Prestación del servicio de limpieza y desinfección de las instalaciones </t>
   </si>
   <si>
     <t>Con el objeto de mantener en condiciones higiénicas el instituto, así como evitar contagios derivados de la pandemia actual, se requiere del servicio de desinfección y sanitización patógena en instalaciones del Instituto.</t>
   </si>
   <si>
-    <t>id-5.0</t>
+    <t>id-7.0</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-DAF-LPN-01-2023-2024-04-15T18:28:55-05:00</t>
   </si>
   <si>
     <t>2024-04-15T18:28:55-05:00</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-DAF-LPN-01-2023</t>
   </si>
   <si>
     <t>INFO/DAF/LPN/01/2023</t>
   </si>
   <si>
     <t>Prestación del servicio de intérpretes de Lengua de Señas Mexicanas para las sesiones del Pleno y eventos del Instituto.</t>
   </si>
   <si>
     <t>El INFO requiere Prestación del servicio de Lengua de Señas Mexicanas . Artículo 4 Fracción IX, Artículo 17 Fracción III de los Lineamientos en Materia de Adquisiciones, Arrendamientos y Prestación de Servicios del Instituto de Acceso a la Información Pública y Protección de Datos Personales del Distrito Federal.</t>
   </si>
   <si>
     <t>Servicio de intérpretes de Lengua de Señas Mexicanas para las sesiones del Pleno y eventos del Instituto.</t>
   </si>
   <si>
     <t xml:space="preserve">Con la finalidad de que el Instituto cuente con el servicio de intérprete de lenguaje de señas mexicanas y así garantizar los principios de inclusión y accesibilidad en la difusión de los derechos que tutela este Órgano Garante entre las personas que por su condición así lo amerite.  </t>
   </si>
   <si>
-    <t>id-6.0</t>
+    <t>id-9.0</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-DAF-LPN-042024-2024-04-15T18:28:24-05:00</t>
   </si>
   <si>
     <t>2024-04-15T18:28:24-05:00</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-DAF-LPN-042024</t>
   </si>
   <si>
     <t>INFO/DAF/LPN/042024</t>
   </si>
   <si>
     <t>El INFO requiere Prestación del servicio de Lengua de Señas Mexicanas. Artículo 4 Fracción IX, Artículo 17 Fracción I de los Lineamientos en Materia de Adquisiciones, Arrendamientos y Prestación de Servicios del Instituto de Transparencia, Acceso a la Información Pública y Protección de Datos Personales y Rendición de Cuentas de la Ciudad de México.</t>
   </si>
   <si>
-    <t>id-7.0</t>
+    <t>id-10.0</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-IR-02-2023-2024-04-15T17:59:46-05:00</t>
   </si>
   <si>
     <t>2024-04-15T17:59:46-05:00</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-IR-02-2023</t>
   </si>
   <si>
     <t>INFO/IR/02/2023</t>
   </si>
   <si>
     <t>Renovación del servicio de Microsoft 365</t>
   </si>
   <si>
     <t>Con el objeto de brindar a todos los servidores públicos correo electrónico con acceso desde Outlook, móviles, calendario, contactos compartidos, herramientas de colaboración, almacenamiento y uso compartido de archivos, versiones en línea de office (Excel, Word, PowerPoint), aplicaciones de office Excel, Word, PowerPoint, Outlook), para pc, Mac, tablets y smartphones, así como, el servicio de envío de correos electrónicos de los sistemas institucionales. Se requiere la contratación del servicio de cuentas de Microsoft 365.</t>
   </si>
   <si>
-    <t>id-8.0</t>
+    <t>id-11.0</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-IR-05-2023-2024-02-02T11:09:30-06:00</t>
   </si>
   <si>
     <t>2024-02-02T11:09:30-06:00</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-IR-05-2023</t>
   </si>
   <si>
     <t>INFO/IR/05/2023</t>
   </si>
   <si>
     <t>Prestación del Servicio de mantenimiento al domo</t>
   </si>
   <si>
     <t>Se requiere del servicio de mantenimiento preventivo y correctivo al domo que se localiza en el patio central de la "Plaza de la Transparencia", localizada en La Morena /865, col. Narvarte Poniente, alcaldía Benito Juárez, cp. 03020, de conformidad con lo establecido en el contrato número INFO/DAF/IR/017/2023.</t>
   </si>
   <si>
+    <t>Invitación a cuando menos tres personas</t>
+  </si>
+  <si>
     <t>Derivado del desgaste por el tiempo y las inclemencias del clima. Se requiere del servicio de mantenimiento preventivo y correctivo al domo; con la finalidad de conservarlo en óptimas condiciones, evitar el deterioro mayor, así como prevenir un posible accidente derivado del desgaste que han sufrido los materiales que integran al domo y brindar una adecuada imagen institucional.</t>
   </si>
   <si>
-    <t>Invitación a cuando menos tres personas</t>
-[...1 lines deleted...]
-  <si>
     <t>selective</t>
   </si>
   <si>
-    <t>id-9.0</t>
+    <t>id-12.0</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-LPN-02-2024-2024-04-15T17:59:08-05:00</t>
   </si>
   <si>
     <t>2024-04-15T17:59:08-05:00</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-LPN-02-2024</t>
   </si>
   <si>
     <t>INFO/LPN/02/2024</t>
   </si>
   <si>
-    <t>id-10.0</t>
+    <t>id-13.0</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-LPN-09-2023-2024-02-01T10:55:44-06:00</t>
   </si>
   <si>
     <t>2024-02-01T10:55:44-06:00</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-LPN-09-2023</t>
   </si>
   <si>
     <t>INFO/LPN/09/2023</t>
   </si>
   <si>
     <t>Adquisición de materiales gráficos (promocionales)</t>
   </si>
   <si>
     <t>Se requiere la adquisición de materiales promocionales, de conformidad con lo establecido en el contrato INFO/DAF/LPN/016/2023, derivado de la Licitación Pública Nacional LPN/09/2023.</t>
   </si>
   <si>
     <t>El instrumentar estrategias que permitan una mayor participación e incidencia de la sociedad civil, pueblos, barrios y colonias, representantes ciudadanos y vecinales, y público en general, en el ejercicio de los derechos de acceso a la información pública y protección de datos personales, asi como en las materias de gobierno abierto, rendición de cuentas.</t>
   </si>
   <si>
-    <t>id-11.0</t>
+    <t>id-14.0</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-LPN-09-2024-2024-11-04T19:56:46-06:00</t>
   </si>
   <si>
     <t>2024-11-04T19:56:46-06:00</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-LPN-09-2024</t>
   </si>
   <si>
     <t>INFO/LPN/09/2024</t>
   </si>
   <si>
     <t>Licenciamiento de la suite de diseño gráfico y multimedia</t>
   </si>
   <si>
     <t>De conformidad con los artículos 4, fracción IX; 15, primer párrafo; 17, fracción I y 18 fracción I de los Lineamientos en Materia de Adquisiciones, Arrendamientos y Prestación de Servicios del Instituto de Transparencia, Acceso a la Información Pública, Protección de Datos Personales y Rendición de Cuentas de la Ciudad de México._x000D_
 Se requiere la adquisición del licenciamiento del software Kaspersky Endpoint Security for Business Select, de conformidad con lo especificado en el contrato_x000D_
 INFO/DAF/LPN/010/2024.</t>
   </si>
   <si>
     <t>Con la finalidad de realizar y mejorar la calidad de las actividades de diseño, desarrollo y producción multimedia, para la generación de materiales de difusión, incluyendo contenido en redes sociales, aplicaciones móviles y desarrollo de sitios web, se requiere la renovación de la licencia de suite de diseño_x000D_
 gráfico y multimedia, de conformidad con lo especificado en el contrato INFO/DAF/LPN/014/2024.</t>
   </si>
   <si>
+    <t>2024-12-31T19:53:55-06:00</t>
+  </si>
+  <si>
+    <t>2024-09-10T19:53:42-05:00</t>
+  </si>
+  <si>
     <t>Con fundamento en los artículos 4, fracción IX; 15, primer párrafo; 17, fracción I y 18 fracción I de los Lineamientos en Materia de Adquisiciones, Arrendamientos y Prestación de Servicios del Instituto de Transparencia, Acceso a la Información Pública, Protección de Datos Personales y Rendición de Cuentas_x000D_
 de la Ciudad de México. Así también especificado en el contrato INFO/DAF/LPN/014/2024.</t>
   </si>
   <si>
-    <t>2024-12-31T19:53:55-06:00</t>
-[...5 lines deleted...]
-    <t>id-12.0</t>
+    <t>id-15.0</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-LPN-10-2023-2024-02-02T13:11:22-06:00</t>
   </si>
   <si>
     <t>2024-02-02T13:11:22-06:00</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-LPN-10-2023</t>
   </si>
   <si>
     <t>INFO/LPN/10/2023</t>
   </si>
   <si>
     <t>Adquisición de monederos electrónicos para la previsión social de vales de despensa para las personas servidoras públicas</t>
   </si>
   <si>
+    <t xml:space="preserve">Adquisición de monederos electrónicos para la previsión social de vales de despensa para las personas servidoras públicas </t>
+  </si>
+  <si>
+    <t>planned</t>
+  </si>
+  <si>
     <t>goodsAcquisition</t>
   </si>
   <si>
-    <t>planned</t>
-[...5 lines deleted...]
-    <t>id-13.0</t>
+    <t>id-16.0</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-DAF-LPN-006-2024-2024-07-17T19:27:46-05:00</t>
   </si>
   <si>
     <t>2024-07-17T19:27:46-05:00</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-DAF-LPN-006-2024</t>
   </si>
   <si>
     <t>INFO/DAF/LPN/006/2024</t>
   </si>
   <si>
     <t>Prestación del servicio de síntesis y monitoreo</t>
   </si>
   <si>
     <t>singleBidOnly</t>
   </si>
   <si>
+    <t>2024-12-31T19:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2024-04-03T13:00:00-06:00</t>
+  </si>
+  <si>
     <t xml:space="preserve">Prestación del Servicio de síntesis y monitoreo </t>
   </si>
   <si>
-    <t>2024-12-31T19:00:00-06:00</t>
-[...4 lines deleted...]
-  <si>
     <t>Al interior de las instalaciones del Instituto</t>
   </si>
   <si>
-    <t>id-14.0</t>
+    <t>id-29.0</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-DAF-LPN-07-2024-2024-10-23T18:47:50-05:00</t>
   </si>
   <si>
     <t>2024-10-23T18:47:50-05:00</t>
   </si>
   <si>
     <t>ocds-iua5wv-INFO-DAF-LPN-07-2024</t>
   </si>
   <si>
     <t>INFO/DAF/LPN/07/2024</t>
   </si>
   <si>
-    <t>Adquisición de materiales de oficina</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Con la finalidad de dotar los artículos de papelería, que permita a las personas servidoras públicas, adscritas al Instituto de Transparencia, Acceso a la Información Pública, Protección de Datos Personales y Rendición de Cuentas de la Ciudad de México, el adecuado desarrollo de las actividades que tienen asignadas y que permiten alcanzar los objetivos que tiene establecidos el Instituto. </t>
   </si>
   <si>
     <t>El INFO requiere de la adquisición de materiales de oficina. Artículo 4 Fracción II, Artículo 17 Fracción III de los Lineamientos en Materia de Adquisiciones, Arrendamientos y Prestación de Servicios del Instituto de Acceso a la Información Pública y Protección de Datos Personales del Distrito Federal.</t>
   </si>
   <si>
-    <t>id-15.0</t>
-[...13 lines deleted...]
-  <si>
     <t>id-31.0</t>
   </si>
   <si>
-    <t>ocds-iua5wv-INFO-DAF-AD-011-2024-2024-10-30T17:01:10-06:00</t>
-[...25 lines deleted...]
-    <t>2024-08-16T14:27:04-05:00</t>
+    <t>ocds-iua5wv-INFO-DAF-AD-03-2023-2024-04-11T15:49:47-05:00</t>
+  </si>
+  <si>
+    <t>2024-04-11T15:49:47-05:00</t>
+  </si>
+  <si>
+    <t>ocds-iua5wv-INFO-DAF-AD-03-2023</t>
+  </si>
+  <si>
+    <t>INFO/DAF/AD/03/2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arrendamiento de 27 lugares de estacionamiento  </t>
+  </si>
+  <si>
+    <t>El INFO requiere del Arrendamiento de cajones de estacionamiento. Artículo 4 Fracción VII, Artículo 17 Fracción III de los Lineamientos en Materia de Adquisiciones, Arrendamientos y Prestación de Servicios del Instituto de Acceso a la Información Pública y Protección de Datos Personales del Distrito Federal.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arrendamiento de 27 lugares de estacionamiento_x000D_
+ </t>
   </si>
   <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
+    <t>rationale</t>
+  </si>
+  <si>
+    <t>status</t>
+  </si>
+  <si>
+    <t>value_amount</t>
+  </si>
+  <si>
+    <t>value_currency</t>
+  </si>
+  <si>
+    <t>value_netAmount</t>
+  </si>
+  <si>
+    <t>contractPeriod_endDate</t>
+  </si>
+  <si>
+    <t>contractPeriod_startDate</t>
+  </si>
+  <si>
     <t>description</t>
   </si>
   <si>
-    <t>status</t>
-[...19 lines deleted...]
-  <si>
     <t>id-0.0.awards.0</t>
   </si>
   <si>
+    <t>2024-08-13T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Prestación de los servicios de maquetado, formación editorial y diseño de portada</t>
+  </si>
+  <si>
+    <t>2024-12-31T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2024-08-16T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>id-1.0.awards.0</t>
+  </si>
+  <si>
+    <t>2023-05-23T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Adquisición de materiales de oficina</t>
+  </si>
+  <si>
+    <t>2023-12-31T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2023-05-30T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Adquisición de materiales de oficina</t>
+  </si>
+  <si>
+    <t>id-2.0.awards.0</t>
+  </si>
+  <si>
     <t>2023-09-28T00:00:00-05:00</t>
   </si>
   <si>
     <t xml:space="preserve"> Prestación de servicio de impresión y reimpresión de obras.</t>
   </si>
   <si>
-    <t>2023-12-31T00:00:00-06:00</t>
-[...2 lines deleted...]
-    <t>id-1.0.awards.0</t>
+    <t>id-3.0.awards.0</t>
   </si>
   <si>
     <t>INFO/DAF/AD/002/2023</t>
   </si>
   <si>
     <t>2023-02-01T00:00:00-06:00</t>
   </si>
   <si>
     <t xml:space="preserve">   Arrendamiento de inmueble</t>
+  </si>
+  <si>
+    <t>El INFO requiere de Arrendamiento del inmueble que ocupa el INFO Anaxágoras 336 A y B, interior casa B. Artículo 4 Fracción I, Artículo 17 Fracción III de los Lineamientos en Materia de Adquisiciones, Arrendamientos y Prestación de Servicios del Instituto de Acceso a la Información Pública y Protección de Datos Personales del Distrito Federal. Se adjudica de forma directa al prestador de Servicios, derivado de que es un prestador de Servicios de probada experiencia y ofrece altos estándares de calidad.</t>
+  </si>
+  <si>
+    <t>2023-03-31T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2023-02-09T00:00:00-06:00</t>
   </si>
   <si>
     <t xml:space="preserve">Arrendamiento de inmueble_x000D_
 </t>
   </si>
   <si>
-    <t>El INFO requiere de Arrendamiento del inmueble que ocupa el INFO Anaxágoras 336 A y B, interior casa B. Artículo 4 Fracción I, Artículo 17 Fracción III de los Lineamientos en Materia de Adquisiciones, Arrendamientos y Prestación de Servicios del Instituto de Acceso a la Información Pública y Protección de Datos Personales del Distrito Federal. Se adjudica de forma directa al prestador de Servicios, derivado de que es un prestador de Servicios de probada experiencia y ofrece altos estándares de calidad.</t>
-[...8 lines deleted...]
-    <t>id-2.0.awards.0</t>
+    <t>id-4.0.awards.0</t>
+  </si>
+  <si>
+    <t>2024-07-05T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Licencias de software (antivirus)</t>
+  </si>
+  <si>
+    <t>2024-07-08T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Prestación del servicio de mantenimiento preventivo y correctivo de las instalaciones</t>
+  </si>
+  <si>
+    <t>id-6.0.awards.0</t>
+  </si>
+  <si>
+    <t>2023-03-29T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Prestación del servicio de limpieza y desinfección de las instalaciones </t>
+  </si>
+  <si>
+    <t>2023-04-01T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>Servicio de limpieza y desinfección de las instalaciones que ocupa el INFO.</t>
+  </si>
+  <si>
+    <t>id-7.0.awards.0</t>
+  </si>
+  <si>
+    <t>2023-04-13T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Prestación del servicio de intérpretes de Lengua de Señas Mexicanas para las sesiones del Pleno y eventos del Instituto.</t>
+  </si>
+  <si>
+    <t>2023-04-19T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>Servicio de intérpretes de Lengua de Señas Mexicanas para las sesiones del Pleno y otros eventos.</t>
+  </si>
+  <si>
+    <t>id-9.0.awards.0</t>
+  </si>
+  <si>
+    <t>2024-02-27T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Prestación del servicio de intérpretes de Lengua de Señas Mexicanas para las sesiones del Pleno y eventos del Instituto.</t>
+  </si>
+  <si>
+    <t>2024-03-01T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-10.0.awards.0</t>
+  </si>
+  <si>
+    <t>INFO/DAF/AD/005/2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Renovación del servicio de Microsoft 365</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.0</t>
+  </si>
+  <si>
+    <t>2023-12-01T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Prestación del Servicio de mantenimiento al domo</t>
+  </si>
+  <si>
+    <t>2023-12-27T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2023-12-19T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-12.0.awards.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Renovación del servicio de Microsoft 365</t>
+  </si>
+  <si>
+    <t>id-13.0.awards.0</t>
+  </si>
+  <si>
+    <t>2023-11-17T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Adquisición de materiales gráficos (promocionales)</t>
+  </si>
+  <si>
+    <t>2023-12-21T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2023-12-08T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-14.0.awards.0</t>
+  </si>
+  <si>
+    <t>2024-09-10T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Licenciamiento de la suite de diseño gráfico y multimedia</t>
+  </si>
+  <si>
+    <t>id-15.0.awards.0</t>
+  </si>
+  <si>
+    <t>2023-12-18T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Adquisición de monederos electrónicos para la previsión social de vales de despensa para las personas servidoras públicas</t>
+  </si>
+  <si>
+    <t>id-29.0.awards.0</t>
+  </si>
+  <si>
+    <t>2025-11-28T18:00:04-06:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     Adquisición de materiales de oficina</t>
+  </si>
+  <si>
+    <t>2024-06-28T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Adquisición de materiales de oficina</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0</t>
   </si>
   <si>
     <t>INFO/DAF/AD/003/2023</t>
   </si>
   <si>
     <t xml:space="preserve"> Arrendamiento de 27 lugares de estacionamiento</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Artículo 31, fracciones II y XII de los Lineamientos en Materia de Adquisiciones, Arrendamientos y Prestación de Servicios del INFO._x000D_
+</t>
   </si>
   <si>
     <t xml:space="preserve">Arrendamiento de 27 lugares de estacionamiento_x000D_
 </t>
   </si>
   <si>
-    <t xml:space="preserve">Artículo 31, fracciones II y XII de los Lineamientos en Materia de Adquisiciones, Arrendamientos y Prestación de Servicios del INFO._x000D_
-[...167 lines deleted...]
-  <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>id-0.0.awards.0.suppliers.0</t>
   </si>
   <si>
+    <t xml:space="preserve">MX-RFC-TLB110322C48 </t>
+  </si>
+  <si>
+    <t>Tirant Lo Blanch México S. de R.L de C.V.</t>
+  </si>
+  <si>
+    <t>id-1.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-PAPELERA B.J S.A de C.V.</t>
+  </si>
+  <si>
+    <t>PAPELERA B.J S.A de C.V.</t>
+  </si>
+  <si>
+    <t>id-2.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
     <t xml:space="preserve">MX-RFC-EPO440314PK9 </t>
   </si>
   <si>
     <t>Editorial Porrúa S.A. de C.V.</t>
   </si>
   <si>
-    <t>id-1.0.awards.0.suppliers.0</t>
+    <t>id-3.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>MX-RFC-Abraham Dionisio Torres Leybón</t>
   </si>
   <si>
     <t>Abraham Dionisio Torres Leybón</t>
   </si>
   <si>
-    <t>id-2.0.awards.0.suppliers.0</t>
+    <t>id-4.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-EDC020225MN7</t>
+  </si>
+  <si>
+    <t>EC. DISEÑO Y CONSTRUCCIÓN S.A DE C.V.</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0.suppliers.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MX-RFC-ASI010530AT0 </t>
+  </si>
+  <si>
+    <t>ASIAMI, S.A. DE C.V.</t>
+  </si>
+  <si>
+    <t>id-6.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-LSE140129RT1</t>
+  </si>
+  <si>
+    <t>Likhom Services S.A de C.V</t>
+  </si>
+  <si>
+    <t>id-7.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-Oscar Niño Bernal</t>
+  </si>
+  <si>
+    <t>Oscar Niño Bernal</t>
+  </si>
+  <si>
+    <t>id-9.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-10.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-DDI951027KV4</t>
+  </si>
+  <si>
+    <t>Datavision Digital S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-Israel Castro Castilla</t>
+  </si>
+  <si>
+    <t>Israel Castro Castilla</t>
+  </si>
+  <si>
+    <t>id-12.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-TCO0009128J1</t>
+  </si>
+  <si>
+    <t>Triara.Com S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>id-13.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-Luis Gerardo Maldonado Oceguera</t>
+  </si>
+  <si>
+    <t>Luis Gerardo Maldonado Oceguera</t>
+  </si>
+  <si>
+    <t>id-14.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-14.0.awards.0.suppliers.1</t>
+  </si>
+  <si>
+    <t>MX-RFC-ASP0805271N3</t>
+  </si>
+  <si>
+    <t>AGM Soluciones Profesionales S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>id-14.0.awards.0.suppliers.2</t>
+  </si>
+  <si>
+    <t>MX-RFC-CAD901017276</t>
+  </si>
+  <si>
+    <t>CADGRAFICS S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>id-15.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-TIN090211JC9</t>
+  </si>
+  <si>
+    <t>Toka Internacional, S.A.P.I. de C.V.</t>
+  </si>
+  <si>
+    <t>id-29.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>MX-RFC-OEM920612B67</t>
   </si>
   <si>
     <t>Compañía Operadora de Estacionamientos Mexicanos S.A. de C.V.</t>
   </si>
   <si>
-    <t>id-3.0.awards.0.suppliers.0</t>
-[...124 lines deleted...]
-  <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_locality</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>address_streetAddress</t>
   </si>
   <si>
     <t>identifier_id</t>
   </si>
   <si>
     <t>identifier_scheme</t>
   </si>
   <si>
     <t>identifier_legalName</t>
@@ -1078,1477 +1078,1477 @@
   <si>
     <t>identifier_legalPersonality</t>
   </si>
   <si>
     <t>contactPoint_name</t>
   </si>
   <si>
     <t>contactPoint_type</t>
   </si>
   <si>
     <t>contactPoint_email</t>
   </si>
   <si>
     <t>contactPoint_givenName</t>
   </si>
   <si>
     <t>contactPoint_telephone</t>
   </si>
   <si>
     <t>contactPoint_matronymicName</t>
   </si>
   <si>
     <t>contactPoint_patronymicName</t>
   </si>
   <si>
+    <t>contactPoint_url</t>
+  </si>
+  <si>
     <t>identifier_givenName</t>
   </si>
   <si>
     <t>identifier_matronymicName</t>
   </si>
   <si>
     <t>identifier_patronymicName</t>
   </si>
   <si>
-    <t>contactPoint_url</t>
-[...1 lines deleted...]
-  <si>
     <t>id-0.0.parties.0</t>
   </si>
   <si>
+    <t>buyer,procuringEntity,payer</t>
+  </si>
+  <si>
+    <t>CIUDAD DE MEXICO</t>
+  </si>
+  <si>
+    <t>Benito Juárez</t>
+  </si>
+  <si>
+    <t>03020</t>
+  </si>
+  <si>
+    <t>México</t>
+  </si>
+  <si>
+    <t>La morena 865</t>
+  </si>
+  <si>
+    <t>IAI060330V45</t>
+  </si>
+  <si>
+    <t>MX-RFC</t>
+  </si>
+  <si>
+    <t>Instituto de Transparencia, Acceso a la Información Pública, Protección de Datos Personales y Rendición de Cuentas a la Ciudad de México</t>
+  </si>
+  <si>
+    <t>legalPerson</t>
+  </si>
+  <si>
+    <t>Arístides Rodrigo Guerrero García</t>
+  </si>
+  <si>
+    <t>contactPoint</t>
+  </si>
+  <si>
+    <t>aritides.guerrero@infocdmx.org.mx</t>
+  </si>
+  <si>
+    <t>Arístides Rodrigo</t>
+  </si>
+  <si>
+    <t>García</t>
+  </si>
+  <si>
+    <t>Guerrero</t>
+  </si>
+  <si>
+    <t>id-0.0.parties.1</t>
+  </si>
+  <si>
+    <t>MX-RFC-DAJ</t>
+  </si>
+  <si>
+    <t>Dirección de Asuntos Jurídicos</t>
+  </si>
+  <si>
+    <t>attendee,official</t>
+  </si>
+  <si>
+    <t>la morena 865</t>
+  </si>
+  <si>
+    <t>DAJ</t>
+  </si>
+  <si>
+    <t>Pedro Meza Jiménez</t>
+  </si>
+  <si>
+    <t>pedro.meza@infocdmx.org.mx</t>
+  </si>
+  <si>
+    <t>Pedro</t>
+  </si>
+  <si>
+    <t>Jiménez</t>
+  </si>
+  <si>
+    <t>Meza</t>
+  </si>
+  <si>
+    <t>id-0.0.parties.2</t>
+  </si>
+  <si>
     <t>MX-RFC-DAF</t>
   </si>
   <si>
     <t>Dirección de Administración y Finanzas</t>
   </si>
   <si>
+    <t>attendee,official,requestingUnit,contractingUnit,technicalUnit,responsibleUnit</t>
+  </si>
+  <si>
+    <t>DAF</t>
+  </si>
+  <si>
+    <t>Sandra Ariadna Mancebo Padilla</t>
+  </si>
+  <si>
+    <t>sandra.mancebo@infocdmx.org.mx</t>
+  </si>
+  <si>
+    <t>Sandra Ariadna</t>
+  </si>
+  <si>
+    <t>Padilla</t>
+  </si>
+  <si>
+    <t>Mancebo</t>
+  </si>
+  <si>
+    <t>id-0.0.parties.3</t>
+  </si>
+  <si>
+    <t>MX-RFC-DVPE</t>
+  </si>
+  <si>
+    <t>Dirección de Vinculación y Proyección Estratégica</t>
+  </si>
+  <si>
+    <t>DVPE</t>
+  </si>
+  <si>
+    <t>Héctor Javier Maya  Ibarra</t>
+  </si>
+  <si>
+    <t>hector.maya@infocdmx.org.mx</t>
+  </si>
+  <si>
+    <t>Héctor Javier</t>
+  </si>
+  <si>
+    <t>Ibarra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maya </t>
+  </si>
+  <si>
+    <t>id-0.0.parties.4</t>
+  </si>
+  <si>
+    <t>MX-RFC-SE</t>
+  </si>
+  <si>
+    <t>Secretaría Ejecutiva</t>
+  </si>
+  <si>
+    <t>attendee,official,requestingUnit,technicalUnit,responsibleUnit</t>
+  </si>
+  <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>Jafet Rodrigo Bustamante Moreno</t>
+  </si>
+  <si>
+    <t>jafet.bustamante@infocdmx.org.mx</t>
+  </si>
+  <si>
+    <t>Jafet Rodrigo</t>
+  </si>
+  <si>
+    <t>Moreno</t>
+  </si>
+  <si>
+    <t>Bustamante</t>
+  </si>
+  <si>
+    <t>id-0.0.parties.5</t>
+  </si>
+  <si>
+    <t>supplier,tenderer,enquirer,payee,invitedSupplier,issuingSupplier</t>
+  </si>
+  <si>
+    <t>Alcaldía Cuauhtémoc</t>
+  </si>
+  <si>
+    <t>06100</t>
+  </si>
+  <si>
+    <t>Av. Tamaulipas #150, Torre B oficina 502, Col. Hipódromo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TLB110322C48 </t>
+  </si>
+  <si>
+    <t>id-1.0.parties.0</t>
+  </si>
+  <si>
+    <t>Ciudad de México</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Benito Juárez </t>
+  </si>
+  <si>
+    <t>La Morena 865. Col. Narvarte Poniente</t>
+  </si>
+  <si>
+    <t>aristides.guerrero@infocdmx.org.mx</t>
+  </si>
+  <si>
+    <t>https://transparencia.infocdmx.org.mx/index.php/articulo-121/fraccion-viii</t>
+  </si>
+  <si>
+    <t>id-1.0.parties.1</t>
+  </si>
+  <si>
+    <t>attendee</t>
+  </si>
+  <si>
+    <t>Jafet Rodrigo  Bustamante  Moreno</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jafet Rodrigo </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moreno </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bustamante </t>
+  </si>
+  <si>
+    <t>id-1.0.parties.2</t>
+  </si>
+  <si>
+    <t>attendee,requestingUnit,contractingUnit,technicalUnit,responsibleUnit</t>
+  </si>
+  <si>
+    <t>Sandra Ariadna  Mancebo Padilla</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sandra Ariadna </t>
+  </si>
+  <si>
+    <t>id-1.0.parties.3</t>
+  </si>
+  <si>
+    <t>Coyoacan</t>
+  </si>
+  <si>
+    <t>4420</t>
+  </si>
+  <si>
+    <t>Ejido de San Francisco Culhuacan</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.0</t>
+  </si>
+  <si>
     <t>attendee,contractingUnit</t>
   </si>
   <si>
-    <t>CIUDAD DE MEXICO</t>
-[...10 lines deleted...]
-  <si>
     <t>Avenida La Morena 865</t>
   </si>
   <si>
-    <t>DAF</t>
-[...7 lines deleted...]
-  <si>
     <t>Sandra Ariadna Mancebo  Padilla</t>
   </si>
   <si>
-    <t>contactPoint</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Mancebo </t>
   </si>
   <si>
-    <t>id-0.0.parties.1</t>
-[...29 lines deleted...]
-    <t>MX-RFC-DVPE</t>
+    <t>id-2.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.2</t>
   </si>
   <si>
     <t xml:space="preserve">Dirección de Vinculación y Proyección Estratégica	</t>
   </si>
   <si>
     <t>payer,requestingUnit,technicalUnit,responsibleUnit</t>
   </si>
   <si>
-    <t>DVPE</t>
-[...4 lines deleted...]
-  <si>
     <t>Yessica Paloma Báez  Benítez</t>
   </si>
   <si>
     <t>yessica.baez@infocdmx.org.mx</t>
   </si>
   <si>
     <t>Yessica Paloma</t>
   </si>
   <si>
     <t>Benítez</t>
   </si>
   <si>
     <t xml:space="preserve">Báez </t>
   </si>
   <si>
-    <t>id-0.0.parties.3</t>
+    <t>id-2.0.parties.3</t>
   </si>
   <si>
     <t>supplier,payee</t>
   </si>
   <si>
-    <t>Ciudad de México</t>
-[...4 lines deleted...]
-  <si>
     <t>6020</t>
   </si>
   <si>
     <t>República de Argentina #15</t>
   </si>
   <si>
     <t xml:space="preserve">EPO440314PK9 </t>
   </si>
   <si>
-    <t>id-1.0.parties.0</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Benito Juárez </t>
+    <t>id-3.0.parties.0</t>
   </si>
   <si>
     <t>La Morena 865</t>
   </si>
   <si>
-    <t>aritides.guerrero@infocdmx.org.mx</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">García </t>
   </si>
   <si>
-    <t>id-1.0.parties.1</t>
-[...47 lines deleted...]
-    <t>supplier,tenderer,enquirer,payee,invitedSupplier,issuingSupplier</t>
+    <t>id-3.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.3</t>
   </si>
   <si>
     <t>naturalPerson</t>
   </si>
   <si>
     <t>Abraham Dionisio</t>
   </si>
   <si>
     <t>Leybón</t>
   </si>
   <si>
     <t>Torres</t>
   </si>
   <si>
-    <t>id-2.0.parties.0</t>
-[...8 lines deleted...]
-    <t>id-2.0.parties.3</t>
+    <t>id-4.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.2</t>
+  </si>
+  <si>
+    <t>attendee,official,contractingUnit</t>
+  </si>
+  <si>
+    <t>Sandra Ariadna  Mancebo  Padilla</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.3</t>
+  </si>
+  <si>
+    <t>MX-RFC-OIC</t>
+  </si>
+  <si>
+    <t>Órgano Interno de Control</t>
+  </si>
+  <si>
+    <t>CDMX</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>La Morena No. 865 Col. Narvarte Poniente</t>
+  </si>
+  <si>
+    <t>OIC</t>
+  </si>
+  <si>
+    <t>Emilio Javier  García  Martínez</t>
+  </si>
+  <si>
+    <t>emilio.garcia@infocdmx.org.mx</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Emilio Javier </t>
+  </si>
+  <si>
+    <t>Martínez</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.4</t>
+  </si>
+  <si>
+    <t>Xochimilco</t>
+  </si>
+  <si>
+    <t>16000</t>
+  </si>
+  <si>
+    <t>Calle Ramírez del Castilo 170  Depto 2 Piso 1</t>
+  </si>
+  <si>
+    <t>EDC020225MN7</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.5</t>
+  </si>
+  <si>
+    <t>MX-RFC-DTI</t>
+  </si>
+  <si>
+    <t>Dirección de Tecnologías de la Información</t>
+  </si>
+  <si>
+    <t>payer,attendee,official,requestingUnit,technicalUnit,responsibleUnit</t>
+  </si>
+  <si>
+    <t>DTI</t>
+  </si>
+  <si>
+    <t>Raymundo Ortega Esquivel</t>
+  </si>
+  <si>
+    <t>raymundo.ortega@infocdmx.org.mx</t>
+  </si>
+  <si>
+    <t>Raymundo</t>
+  </si>
+  <si>
+    <t>Esquivel</t>
+  </si>
+  <si>
+    <t>Ortega</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.6</t>
+  </si>
+  <si>
+    <t>supplier,tenderer,enquirer,payee,attendee,invitedSupplier,issuingSupplier</t>
+  </si>
+  <si>
+    <t>Estado de México</t>
+  </si>
+  <si>
+    <t>54720</t>
+  </si>
+  <si>
+    <t>Calza de Guadalupe #442, Colonia el cerrito</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASI010530AT0 </t>
+  </si>
+  <si>
+    <t>id-6.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.2</t>
+  </si>
+  <si>
+    <t>attendee,requestingUnit,contractingUnit,responsibleUnit</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.3</t>
+  </si>
+  <si>
+    <t>Venustiano Carranza</t>
+  </si>
+  <si>
+    <t>15410</t>
+  </si>
+  <si>
+    <t>Rupias 49</t>
+  </si>
+  <si>
+    <t>LSE140129RT1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Likhom Services S.A de C.V </t>
+  </si>
+  <si>
+    <t>id-7.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.1</t>
+  </si>
+  <si>
+    <t>requestingUnit,contractingUnit,technicalUnit,responsibleUnit</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.2</t>
+  </si>
+  <si>
+    <t>payer,official,requestingUnit,technicalUnit,responsibleUnit</t>
+  </si>
+  <si>
+    <t>Andrés Israel  Rodríguez  Ramirez</t>
+  </si>
+  <si>
+    <t>andres.rodriguez@infocdmx.org.mx</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Andrés Israel </t>
+  </si>
+  <si>
+    <t>Ramirez</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rodríguez </t>
+  </si>
+  <si>
+    <t>id-7.0.parties.3</t>
+  </si>
+  <si>
+    <t>Oscar</t>
+  </si>
+  <si>
+    <t>Bernal</t>
+  </si>
+  <si>
+    <t>Niño</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.1</t>
+  </si>
+  <si>
+    <t>payer,official,requestingUnit,contractingUnit,technicalUnit,responsibleUnit</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.2</t>
+  </si>
+  <si>
+    <t>contractingUnit,technicalUnit,responsibleUnit</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.3</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.3</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Miguel Hidalgo </t>
+  </si>
+  <si>
+    <t>11800</t>
+  </si>
+  <si>
+    <t>Patriotismo 48</t>
+  </si>
+  <si>
+    <t>DDI951027KV4</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.1</t>
+  </si>
+  <si>
+    <t>la morena</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.2</t>
+  </si>
+  <si>
+    <t>payer,attendee,official,requestingUnit,contractingUnit,technicalUnit,responsibleUnit</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.3</t>
+  </si>
+  <si>
+    <t>id-12.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-12.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-12.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-12.0.parties.3</t>
+  </si>
+  <si>
+    <t>id-12.0.parties.4</t>
+  </si>
+  <si>
+    <t>Tlalpan</t>
+  </si>
+  <si>
+    <t>14060</t>
+  </si>
+  <si>
+    <t>Av. Insurgentes 3500</t>
+  </si>
+  <si>
+    <t>TCO0009128J1</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.1</t>
+  </si>
+  <si>
+    <t>attendee,requestingUnit,contractingUnit</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.2</t>
+  </si>
+  <si>
+    <t>MX-RFC-DEAEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dirección de Estado Abierto Estudios y Evaluación </t>
+  </si>
+  <si>
+    <t>DEAEE</t>
+  </si>
+  <si>
+    <t>Maria Soledad Rodrigo</t>
+  </si>
+  <si>
+    <t>soledad.rodrigo@infocdmx.org.mx</t>
+  </si>
+  <si>
+    <t>Maria</t>
+  </si>
+  <si>
+    <t>Rodrigo</t>
+  </si>
+  <si>
+    <t>Soledad</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.3</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.4</t>
+  </si>
+  <si>
+    <t>MX-RFC-DCCT</t>
+  </si>
+  <si>
+    <t>Dirección de Capacitación para la Cultura de la Trasparencia la Protección de Datos Personales y la Rendición de Cuentas</t>
+  </si>
+  <si>
+    <t>procuringEntity,payer,requestingUnit,technicalUnit,responsibleUnit</t>
+  </si>
+  <si>
+    <t>DCCT</t>
+  </si>
+  <si>
+    <t>José Luis Galarza Esparza</t>
+  </si>
+  <si>
+    <t>luis.galarza@infocdmx.org.mx</t>
+  </si>
+  <si>
+    <t>José Luis</t>
+  </si>
+  <si>
+    <t>Esparza</t>
+  </si>
+  <si>
+    <t>Galarza</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.5</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.3</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Estado de México </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cuautitlán Izcalli </t>
+  </si>
+  <si>
+    <t>id-14.0.parties.5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alcaldía Iztacalco </t>
+  </si>
+  <si>
+    <t>08200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sur 775 #4451 Colonia Viaducto Piedad </t>
+  </si>
+  <si>
+    <t>ASP0805271N3</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.6</t>
+  </si>
+  <si>
+    <t>Alcaldía Gustavo A. Madero</t>
+  </si>
+  <si>
+    <t>07860</t>
+  </si>
+  <si>
+    <t>Colonia Tablas de San Agustín</t>
+  </si>
+  <si>
+    <t>CAD901017276</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.3</t>
+  </si>
+  <si>
+    <t>Jalisco</t>
+  </si>
+  <si>
+    <t>Zapopan, Jal.</t>
+  </si>
+  <si>
+    <t>45086</t>
+  </si>
+  <si>
+    <t>Montemorelos</t>
+  </si>
+  <si>
+    <t>TIN090211JC9</t>
+  </si>
+  <si>
+    <t>id-16.0.parties.0</t>
+  </si>
+  <si>
+    <t>Aristides Rodrigo  Guerrero García</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aristides Rodrigo </t>
+  </si>
+  <si>
+    <t>id-16.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-16.0.parties.2</t>
+  </si>
+  <si>
+    <t>MX-RFC-DCS</t>
+  </si>
+  <si>
+    <t>Dirección de Comunicación Social</t>
+  </si>
+  <si>
+    <t>requestingUnit,technicalUnit,responsibleUnit</t>
+  </si>
+  <si>
+    <t>DCS</t>
+  </si>
+  <si>
+    <t>Raúl Llanos Samaniengo</t>
+  </si>
+  <si>
+    <t>raul.llanos@infocdmx.org.mx</t>
+  </si>
+  <si>
+    <t>Raúl</t>
+  </si>
+  <si>
+    <t>Samaniengo</t>
+  </si>
+  <si>
+    <t>Llanos</t>
+  </si>
+  <si>
+    <t>id-16.0.parties.3</t>
+  </si>
+  <si>
+    <t>id-16.0.parties.4</t>
+  </si>
+  <si>
+    <t>MX-RFC-EFINFO S.A.P.I.DE C.V.</t>
+  </si>
+  <si>
+    <t>EFINFO S.A.P.I.DE C.V.</t>
+  </si>
+  <si>
+    <t>MIGUEL HIDALGO</t>
+  </si>
+  <si>
+    <t>11590</t>
+  </si>
+  <si>
+    <t>Av. Mariano Escobedo 510</t>
+  </si>
+  <si>
+    <t>id-29.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-29.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-29.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-29.0.parties.3</t>
+  </si>
+  <si>
+    <t>Coyoacán</t>
+  </si>
+  <si>
+    <t>04420</t>
+  </si>
+  <si>
+    <t>Ejido de San Francisco Culhuacán</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.3</t>
   </si>
   <si>
     <t>OEM920612B67</t>
   </si>
   <si>
-    <t>id-3.0.parties.0</t>
-[...626 lines deleted...]
-    <t xml:space="preserve">TLB110322C48 </t>
+    <t>dateSigned</t>
+  </si>
+  <si>
+    <t>awardID</t>
+  </si>
+  <si>
+    <t>period_endDate</t>
+  </si>
+  <si>
+    <t>period_startDate</t>
   </si>
   <si>
     <t>surveillanceMechanisms</t>
   </si>
   <si>
-    <t>awardID</t>
-[...10 lines deleted...]
-  <si>
     <t>implementation_status</t>
   </si>
   <si>
     <t>id-0.0.contracts.0</t>
   </si>
   <si>
+    <t>Se requiere la contratación del servicio de maquetado, formación editorial y diseño de portada, de conformidad con lo estipulado en el contrato INFO/DAF/AD/011/2024, de los productos editoriales digitales "Desafíos del derecho a la protección de datos personales en la era digital: una mirada desde América Latina", "Derechos humanos y acceso a la información", "La gobernanza digitalizada", "Inteligencia artificial: una visión desde las juventudes" y "Derechos Digitales"; correspondientes al Programa Editorial 2024 del INFO CDMX, aprobados por el Comité Editorial en sesión de 17 de junio de 2024.</t>
+  </si>
+  <si>
+    <t>id-1.0.contracts.0</t>
+  </si>
+  <si>
+    <t>INFO/DAF/LPN/011/2023</t>
+  </si>
+  <si>
+    <t>2023-05-29T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>terminated</t>
+  </si>
+  <si>
+    <t>internalControlUnit</t>
+  </si>
+  <si>
+    <t>concluded</t>
+  </si>
+  <si>
+    <t>id-2.0.contracts.0</t>
+  </si>
+  <si>
     <t xml:space="preserve">   Prestación de servicio de impresión y reimpresión de obras.</t>
   </si>
   <si>
-    <t>internalControlUnit</t>
-[...1 lines deleted...]
-  <si>
     <t>ongoing</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">  Arrendamiento de inmueble</t>
+    <t>id-3.0.contracts.0</t>
   </si>
   <si>
     <t xml:space="preserve">INFO/DAF/AD/002/2023_x000D_
 </t>
   </si>
   <si>
-    <t>terminated</t>
-[...2 lines deleted...]
-    <t>id-2.0.contracts.0</t>
+    <t xml:space="preserve">  Arrendamiento de inmueble</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0</t>
+  </si>
+  <si>
+    <t>2024-06-07T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>Prestación del servicio de mantenimiento preventivo y correctivo de las instalaciones</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.1</t>
+  </si>
+  <si>
+    <t>INFO/DAF/LPN/010/2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Licencias de software (antivirus)</t>
+  </si>
+  <si>
+    <t>id-6.0.contracts.0</t>
+  </si>
+  <si>
+    <t>INFO/DAF/AD/004/2023</t>
+  </si>
+  <si>
+    <t>2023-04-10T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>id-7.0.contracts.0</t>
+  </si>
+  <si>
+    <t>INFO/DAF/LPN/006/2023</t>
+  </si>
+  <si>
+    <t>Prestación del servicio de intérpretes de Lengua de Señas Mexicanas para las sesiones del Pleno y otros eventos</t>
+  </si>
+  <si>
+    <t>2023-04-18T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0</t>
+  </si>
+  <si>
+    <t>INFO/DAF/LPN/005/2024</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Renovación del servicio de Microsoft 365</t>
+  </si>
+  <si>
+    <t>id-11.0.contracts.0</t>
+  </si>
+  <si>
+    <t>INFO/DAF/IR/017/2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Prestación del Servicio de mantenimiento al domo</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0</t>
+  </si>
+  <si>
+    <t>INFO/DAF/LPN/004/2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Renovación del servicio de Microsoft 365</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0</t>
+  </si>
+  <si>
+    <t>INFO/DAF/LPN/016/2023</t>
+  </si>
+  <si>
+    <t>El instrumentar estrategias que permitan una mayor participación e incidencia de la sociedad civil, pueblos, barrios y colonias, representantes ciudadanos y vecinales, y público en general, en el ejercicio de los derechos de acceso a la información pública y protección de datos personales, así como en las materias de gobierno abierto, rendición de cuentas.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Adquisición de materiales gráficos (promocionales)</t>
+  </si>
+  <si>
+    <t>id-14.0.contracts.0</t>
+  </si>
+  <si>
+    <t>INFO/DAF/LPN/012/2024</t>
+  </si>
+  <si>
+    <t>Con la finalidad de garantizar y salvaguardar la seguridad e integridad de los equipos de cómputo, así como mantener la información disponible, integra y confiable, que es generada por las personas servidoras públicas adscritas al INFO.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Renovación de licenciamiento software informático del equipo de seguridad perimetral y del equipo cortafuegos de aplicaciones web robusto </t>
+  </si>
+  <si>
+    <t>id-14.0.contracts.1</t>
+  </si>
+  <si>
+    <t>INFO/DAF/LPN/013/2024</t>
+  </si>
+  <si>
+    <t>Con la finalidad de contar con una solución por un año que permita el respaldo y recuperación de la información que se tiene en la nube de Microsoft 365, permitiendo así, contar con copias de seguridad que puedan ser restauradas en caso de ser necesario. Se requiere de la adquisición del licenciamiento para el sistema de respaldo y recuperación de Microsoft 365, que permitirá a las personas servidoras públicas contar con copias de seguridad de sus cuentas de correo, archivos de one drive y archivos del repositorio con el que cuenta cada unidad administrativa del INFO de conformidad con lo especificado en el contrato INFO/DAF/LPN/013/2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Renovación de licenciamiento del sistema de respaldo y recuperación de Microsoft 365 </t>
+  </si>
+  <si>
+    <t>id-14.0.contracts.2</t>
+  </si>
+  <si>
+    <t>INFO/DAF/LPN/014/2024</t>
+  </si>
+  <si>
+    <t>Con la finalidad de realizar y mejorar la calidad de las actividades de diseño, desarrollo y producción multimedia, para la generación de materiales de difusión, incluyendo contenido en redes sociales, aplicaciones móviles y desarrollo de sitios web, se requiere la renovación de la licencia de suite de diseño gráfico y multimedia, de conformidad con lo especificado en el contrato INFO/DAF/LPN/014/2024.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Licenciamiento de la suite de diseño gráfico y multimedia</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0</t>
+  </si>
+  <si>
+    <t>INFO/DAF/LPN/018/2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Adquisición de monederos electrónicos para la previsión social de vales de despensa para las personas servidoras públicas</t>
+  </si>
+  <si>
+    <t>id-16.0.contracts.0</t>
+  </si>
+  <si>
+    <t>2024-04-17T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Prestación de servicio de síntesis y monitoreo </t>
+  </si>
+  <si>
+    <t>id-16.0.contracts.1</t>
+  </si>
+  <si>
+    <t>id-29.0.contracts.0</t>
+  </si>
+  <si>
+    <t>INFO/DAF/LPN/009/2024</t>
+  </si>
+  <si>
+    <t>2024-07-03T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Adquisición de materiales de oficina </t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0</t>
   </si>
   <si>
     <t>Arrendamiento de 27 lugares de estacionamiento</t>
   </si>
   <si>
-    <t>concluded</t>
-[...166 lines deleted...]
-  <si>
     <t>_link_contracts</t>
   </si>
   <si>
     <t>currency</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-1.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-2.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-3.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
-    <t>id-3.0.contracts.1.value.exchangeRates.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-4.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
-    <t>id-5.0.contracts.0.value.exchangeRates.0</t>
+    <t>id-4.0.contracts.1.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-6.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-7.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
-    <t>id-8.0.contracts.0.value.exchangeRates.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-9.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-10.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-11.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
-    <t>id-11.0.contracts.1.value.exchangeRates.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-12.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-13.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-14.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
+    <t>id-14.0.contracts.1.value.exchangeRates.0</t>
+  </si>
+  <si>
+    <t>id-14.0.contracts.2.value.exchangeRates.0</t>
+  </si>
+  <si>
     <t>id-15.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
+    <t>id-16.0.contracts.0.value.exchangeRates.0</t>
+  </si>
+  <si>
+    <t>id-29.0.contracts.0.value.exchangeRates.0</t>
+  </si>
+  <si>
     <t>id-31.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
+    <t>id-0.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-1.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.tenderers.1</t>
+  </si>
+  <si>
+    <t>id-6.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-7.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-10.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-11.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-12.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-13.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-14.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-14.0.tender.tenderers.1</t>
+  </si>
+  <si>
+    <t>id-14.0.tender.tenderers.2</t>
+  </si>
+  <si>
+    <t>id-15.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-16.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-29.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.tenderers.0</t>
+  </si>
+  <si>
     <t>id-0.0.planning.requestingUnits.0</t>
   </si>
   <si>
+    <t>id-0.0.planning.requestingUnits.1</t>
+  </si>
+  <si>
+    <t>id-0.0.planning.requestingUnits.2</t>
+  </si>
+  <si>
     <t>id-1.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-2.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-3.0.planning.requestingUnits.0</t>
   </si>
   <si>
-    <t>id-3.0.planning.requestingUnits.1</t>
-[...1 lines deleted...]
-  <si>
     <t>id-4.0.planning.requestingUnits.0</t>
   </si>
   <si>
-    <t>id-5.0.planning.requestingUnits.0</t>
+    <t>id-4.0.planning.requestingUnits.1</t>
   </si>
   <si>
     <t>id-6.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-7.0.planning.requestingUnits.0</t>
   </si>
   <si>
-    <t>id-8.0.planning.requestingUnits.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-9.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-10.0.planning.requestingUnits.0</t>
   </si>
   <si>
-    <t>id-10.0.planning.requestingUnits.1</t>
-[...7 lines deleted...]
-  <si>
     <t>id-11.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-12.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-13.0.planning.requestingUnits.0</t>
   </si>
   <si>
+    <t>id-13.0.planning.requestingUnits.1</t>
+  </si>
+  <si>
+    <t>id-13.0.planning.requestingUnits.2</t>
+  </si>
+  <si>
+    <t>id-13.0.planning.requestingUnits.3</t>
+  </si>
+  <si>
     <t>id-14.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-15.0.planning.requestingUnits.0</t>
   </si>
   <si>
+    <t>id-16.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-29.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
     <t>id-31.0.planning.requestingUnits.0</t>
   </si>
   <si>
-    <t>id-31.0.planning.requestingUnits.1</t>
-[...4 lines deleted...]
-  <si>
     <t>id-0.0.planning.contractingUnits.0</t>
   </si>
   <si>
+    <t>id-0.0.planning.contractingUnits.1</t>
+  </si>
+  <si>
     <t>id-1.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-2.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-3.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-4.0.planning.contractingUnits.0</t>
   </si>
   <si>
-    <t>id-5.0.planning.contractingUnits.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-6.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-7.0.planning.contractingUnits.0</t>
   </si>
   <si>
-    <t>id-8.0.planning.contractingUnits.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-9.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-10.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-11.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-12.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-13.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-14.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-15.0.planning.contractingUnits.0</t>
   </si>
   <si>
+    <t>id-16.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-29.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
     <t>id-31.0.planning.contractingUnits.0</t>
   </si>
   <si>
-    <t>id-31.0.planning.contractingUnits.1</t>
-[...1 lines deleted...]
-  <si>
     <t>id-0.0.planning.responsibleUnits.0</t>
   </si>
   <si>
+    <t>id-0.0.planning.responsibleUnits.1</t>
+  </si>
+  <si>
+    <t>id-0.0.planning.responsibleUnits.2</t>
+  </si>
+  <si>
     <t>id-1.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-2.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-3.0.planning.responsibleUnits.0</t>
   </si>
   <si>
-    <t>id-3.0.planning.responsibleUnits.1</t>
-[...1 lines deleted...]
-  <si>
     <t>id-4.0.planning.responsibleUnits.0</t>
   </si>
   <si>
-    <t>id-5.0.planning.responsibleUnits.0</t>
+    <t>id-4.0.planning.responsibleUnits.1</t>
   </si>
   <si>
     <t>id-6.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-7.0.planning.responsibleUnits.0</t>
   </si>
   <si>
-    <t>id-8.0.planning.responsibleUnits.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-9.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-10.0.planning.responsibleUnits.0</t>
   </si>
   <si>
-    <t>id-10.0.planning.responsibleUnits.1</t>
-[...4 lines deleted...]
-  <si>
     <t>id-11.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-12.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-13.0.planning.responsibleUnits.0</t>
   </si>
   <si>
+    <t>id-13.0.planning.responsibleUnits.1</t>
+  </si>
+  <si>
+    <t>id-13.0.planning.responsibleUnits.2</t>
+  </si>
+  <si>
     <t>id-14.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-15.0.planning.responsibleUnits.0</t>
   </si>
   <si>
+    <t>id-16.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-29.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
     <t>id-31.0.planning.responsibleUnits.0</t>
   </si>
   <si>
-    <t>id-31.0.planning.responsibleUnits.1</t>
-[...61 lines deleted...]
-  <si>
     <t>url</t>
   </si>
   <si>
     <t>dateModified</t>
   </si>
   <si>
     <t>documentType</t>
   </si>
   <si>
     <t>datePublished</t>
   </si>
   <si>
-    <t>id-15.0.contracts.0.documents.0</t>
+    <t>id-1.0.contracts.0.documents.0</t>
   </si>
   <si>
     <t>doc-800a741e-fb9a-46d2-a945-0fbd4d0a8d0e</t>
   </si>
   <si>
     <t>https://micrositios.infocdmx.org.mx/ContratacionesAbiertas/assets/files/Contrato011%20LPN%2006.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> Adquisición de materiales de oficina</t>
   </si>
   <si>
     <t>Spanish; Castilian</t>
   </si>
   <si>
-    <t>2025-10-29T18:00:03-06:00</t>
+    <t>2025-11-28T18:00:05-06:00</t>
   </si>
   <si>
     <t>contractSigned</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -3003,1893 +3003,1935 @@
       <c r="G2" t="s">
         <v>39</v>
       </c>
       <c r="H2" t="s">
         <v>40</v>
       </c>
       <c r="I2" t="s">
         <v>41</v>
       </c>
       <c r="J2" t="s">
         <v>42</v>
       </c>
       <c r="K2" t="s">
         <v>43</v>
       </c>
       <c r="L2" t="s">
         <v>44</v>
       </c>
       <c r="M2" t="s">
         <v>45</v>
       </c>
       <c r="N2" t="s">
         <v>46</v>
       </c>
       <c r="O2" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="P2" t="s">
         <v>47</v>
       </c>
       <c r="Q2" t="s">
         <v>48</v>
       </c>
       <c r="R2" t="s">
         <v>49</v>
       </c>
       <c r="S2" t="s">
         <v>50</v>
       </c>
-      <c r="T2">
+      <c r="T2" t="s">
+        <v>51</v>
+      </c>
+      <c r="U2" t="s">
+        <v>52</v>
+      </c>
+      <c r="V2">
+        <v>1</v>
+      </c>
+      <c r="W2">
+        <v>275720</v>
+      </c>
+      <c r="X2" t="s">
+        <v>53</v>
+      </c>
+      <c r="Y2">
         <v>0</v>
       </c>
-      <c r="U2" t="s">
-[...2 lines deleted...]
-      <c r="V2" t="s">
+      <c r="Z2" t="s">
+        <v>53</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>55</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>40</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>41</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>49</v>
+      </c>
+      <c r="AF2" t="s">
         <v>44</v>
-      </c>
-[...22 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C3" t="s">
         <v>35</v>
       </c>
       <c r="D3" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
       <c r="G3" t="s">
         <v>39</v>
       </c>
       <c r="H3" t="s">
         <v>40</v>
       </c>
       <c r="I3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="J3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="K3" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M3" t="s">
-        <v>62</v>
+        <v>63</v>
+      </c>
+      <c r="N3" t="s">
+        <v>64</v>
       </c>
       <c r="O3" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="P3" t="s">
         <v>47</v>
       </c>
+      <c r="Q3" t="s">
+        <v>62</v>
+      </c>
       <c r="R3" t="s">
         <v>49</v>
       </c>
-      <c r="T3">
+      <c r="T3" t="s">
+        <v>65</v>
+      </c>
+      <c r="U3" t="s">
+        <v>52</v>
+      </c>
+      <c r="V3">
         <v>1</v>
       </c>
-      <c r="U3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="W3">
-        <v>0</v>
+        <v>32413.73</v>
       </c>
       <c r="X3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y3">
-        <v>0</v>
+        <v>235000</v>
       </c>
       <c r="Z3" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="AA3" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC3" t="s">
         <v>40</v>
       </c>
-      <c r="AB3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AD3" t="s">
-        <v>64</v>
+        <v>60</v>
+      </c>
+      <c r="AE3" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B4" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C4" t="s">
         <v>35</v>
       </c>
       <c r="D4" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E4" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F4" t="s">
         <v>38</v>
       </c>
       <c r="G4" t="s">
         <v>39</v>
       </c>
       <c r="H4" t="s">
         <v>40</v>
       </c>
       <c r="I4" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="J4" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="K4" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="L4" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="M4" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="N4" t="s">
-        <v>71</v>
+        <v>46</v>
       </c>
       <c r="O4" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
         <v>47</v>
       </c>
       <c r="Q4" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="R4" t="s">
         <v>49</v>
       </c>
-      <c r="T4">
-        <v>1</v>
+      <c r="S4" t="s">
+        <v>50</v>
+      </c>
+      <c r="T4" t="s">
+        <v>51</v>
       </c>
       <c r="U4" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>52</v>
+      </c>
+      <c r="V4">
+        <v>0</v>
       </c>
       <c r="W4">
-        <v>0</v>
+        <v>296507.6</v>
       </c>
       <c r="X4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y4">
-        <v>0</v>
+        <v>296507.6</v>
       </c>
       <c r="Z4" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="AA4" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC4" t="s">
         <v>40</v>
       </c>
-      <c r="AB4" t="s">
-[...3 lines deleted...]
-        <v>47</v>
+      <c r="AD4" t="s">
+        <v>41</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>75</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B5" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C5" t="s">
         <v>35</v>
       </c>
       <c r="D5" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="E5" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="F5" t="s">
         <v>38</v>
       </c>
       <c r="G5" t="s">
         <v>39</v>
       </c>
       <c r="H5" t="s">
         <v>40</v>
       </c>
       <c r="I5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="J5" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="K5" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="M5" t="s">
-        <v>79</v>
+        <v>63</v>
+      </c>
+      <c r="N5" t="s">
+        <v>46</v>
       </c>
       <c r="O5" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="P5" t="s">
-        <v>47</v>
+        <v>83</v>
       </c>
       <c r="Q5" t="s">
-        <v>48</v>
+        <v>81</v>
       </c>
       <c r="R5" t="s">
-        <v>81</v>
-[...4 lines deleted...]
-      <c r="T5">
+        <v>49</v>
+      </c>
+      <c r="T5" t="s">
+        <v>51</v>
+      </c>
+      <c r="V5">
         <v>1</v>
       </c>
-      <c r="U5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="W5">
-        <v>66120</v>
+        <v>0</v>
       </c>
       <c r="X5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y5">
         <v>0</v>
       </c>
       <c r="Z5" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="AA5" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC5" t="s">
         <v>40</v>
       </c>
-      <c r="AB5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AD5" t="s">
+        <v>60</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>49</v>
+      </c>
+      <c r="AF5" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B6" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="E6" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F6" t="s">
         <v>38</v>
       </c>
       <c r="G6" t="s">
         <v>39</v>
       </c>
       <c r="H6" t="s">
         <v>40</v>
       </c>
       <c r="I6" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="J6" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="K6" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>90</v>
       </c>
       <c r="M6" t="s">
-        <v>62</v>
+        <v>45</v>
+      </c>
+      <c r="N6" t="s">
+        <v>64</v>
       </c>
       <c r="O6" t="s">
-        <v>93</v>
+        <v>47</v>
       </c>
       <c r="P6" t="s">
         <v>47</v>
       </c>
       <c r="Q6" t="s">
-        <v>48</v>
+        <v>91</v>
       </c>
       <c r="R6" t="s">
         <v>49</v>
       </c>
       <c r="S6" t="s">
         <v>50</v>
       </c>
-      <c r="T6">
+      <c r="T6" t="s">
+        <v>65</v>
+      </c>
+      <c r="U6" t="s">
+        <v>52</v>
+      </c>
+      <c r="V6">
         <v>1</v>
       </c>
-      <c r="U6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="W6">
-        <v>1193814</v>
+        <v>66120</v>
       </c>
       <c r="X6" t="s">
-        <v>52</v>
+        <v>53</v>
+      </c>
+      <c r="Y6">
+        <v>0</v>
       </c>
       <c r="Z6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AA6" t="s">
+        <v>92</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>93</v>
+      </c>
+      <c r="AC6" t="s">
         <v>40</v>
       </c>
-      <c r="AB6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AD6" t="s">
-        <v>93</v>
+        <v>60</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>66</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>94</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C7" t="s">
         <v>35</v>
       </c>
       <c r="D7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F7" t="s">
         <v>38</v>
       </c>
       <c r="G7" t="s">
         <v>39</v>
       </c>
       <c r="H7" t="s">
         <v>40</v>
       </c>
       <c r="I7" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="J7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K7" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>100</v>
       </c>
       <c r="M7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N7" t="s">
-        <v>100</v>
+        <v>46</v>
       </c>
       <c r="O7" t="s">
-        <v>101</v>
+        <v>47</v>
       </c>
       <c r="P7" t="s">
         <v>47</v>
       </c>
       <c r="Q7" t="s">
-        <v>48</v>
+        <v>101</v>
       </c>
       <c r="R7" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="T7">
+        <v>49</v>
+      </c>
+      <c r="S7" t="s">
+        <v>50</v>
+      </c>
+      <c r="T7" t="s">
+        <v>51</v>
+      </c>
+      <c r="U7" t="s">
+        <v>52</v>
+      </c>
+      <c r="V7">
         <v>1</v>
       </c>
-      <c r="U7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="W7">
-        <v>295200</v>
+        <v>1193814</v>
       </c>
       <c r="X7" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>118080</v>
+        <v>53</v>
       </c>
       <c r="Z7" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="AA7" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC7" t="s">
         <v>40</v>
       </c>
-      <c r="AB7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AD7" t="s">
-        <v>102</v>
+        <v>41</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>101</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>102</v>
+      </c>
+      <c r="B8" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="C8" t="s">
         <v>35</v>
       </c>
       <c r="D8" t="s">
+        <v>104</v>
+      </c>
+      <c r="E8" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="F8" t="s">
         <v>38</v>
       </c>
       <c r="G8" t="s">
         <v>39</v>
       </c>
       <c r="H8" t="s">
         <v>40</v>
       </c>
       <c r="I8" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="J8" t="s">
+        <v>106</v>
+      </c>
+      <c r="K8" t="s">
         <v>107</v>
       </c>
-      <c r="K8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L8" t="s">
-        <v>44</v>
+        <v>108</v>
       </c>
       <c r="M8" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="N8" t="s">
-        <v>108</v>
+        <v>64</v>
       </c>
       <c r="O8" t="s">
-        <v>101</v>
+        <v>47</v>
       </c>
       <c r="P8" t="s">
         <v>47</v>
       </c>
       <c r="Q8" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="R8" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="T8">
+        <v>49</v>
+      </c>
+      <c r="S8" t="s">
+        <v>50</v>
+      </c>
+      <c r="T8" t="s">
+        <v>65</v>
+      </c>
+      <c r="V8">
         <v>1</v>
       </c>
-      <c r="U8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="W8">
-        <v>385000</v>
+        <v>295200</v>
       </c>
       <c r="X8" t="s">
-        <v>52</v>
+        <v>53</v>
+      </c>
+      <c r="Y8">
+        <v>118080</v>
       </c>
       <c r="Z8" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="AA8" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC8" t="s">
         <v>40</v>
       </c>
-      <c r="AB8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AD8" t="s">
-        <v>102</v>
+        <v>60</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>49</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B9" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C9" t="s">
         <v>35</v>
       </c>
       <c r="D9" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E9" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F9" t="s">
         <v>38</v>
       </c>
       <c r="G9" t="s">
         <v>39</v>
       </c>
       <c r="H9" t="s">
         <v>40</v>
       </c>
       <c r="I9" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="J9" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="K9" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="L9" t="s">
-        <v>44</v>
+        <v>116</v>
       </c>
       <c r="M9" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="N9" t="s">
-        <v>115</v>
+        <v>64</v>
       </c>
       <c r="O9" t="s">
-        <v>115</v>
+        <v>47</v>
       </c>
       <c r="P9" t="s">
         <v>47</v>
       </c>
       <c r="Q9" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="R9" t="s">
         <v>49</v>
       </c>
       <c r="S9" t="s">
         <v>50</v>
       </c>
-      <c r="T9">
+      <c r="T9" t="s">
+        <v>65</v>
+      </c>
+      <c r="V9">
         <v>1</v>
       </c>
-      <c r="U9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="W9">
-        <v>0</v>
+        <v>385000</v>
       </c>
       <c r="X9" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="Z9" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="AA9" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC9" t="s">
         <v>40</v>
       </c>
-      <c r="AB9" t="s">
-[...3 lines deleted...]
-        <v>47</v>
+      <c r="AD9" t="s">
+        <v>60</v>
+      </c>
+      <c r="AE9" t="s">
+        <v>49</v>
+      </c>
+      <c r="AF9" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B10" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C10" t="s">
         <v>35</v>
       </c>
       <c r="D10" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E10" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F10" t="s">
         <v>38</v>
       </c>
       <c r="G10" t="s">
         <v>39</v>
       </c>
       <c r="H10" t="s">
         <v>40</v>
       </c>
       <c r="I10" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="J10" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="K10" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L10" t="s">
-        <v>44</v>
+        <v>123</v>
       </c>
       <c r="M10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N10" t="s">
-        <v>122</v>
+        <v>46</v>
       </c>
       <c r="O10" t="s">
+        <v>47</v>
+      </c>
+      <c r="P10" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q10" t="s">
         <v>123</v>
       </c>
-      <c r="P10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R10" t="s">
-        <v>124</v>
+        <v>49</v>
       </c>
       <c r="S10" t="s">
         <v>50</v>
       </c>
-      <c r="T10">
+      <c r="T10" t="s">
+        <v>51</v>
+      </c>
+      <c r="U10" t="s">
+        <v>52</v>
+      </c>
+      <c r="V10">
         <v>1</v>
       </c>
-      <c r="U10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="W10">
-        <v>421660</v>
+        <v>0</v>
       </c>
       <c r="X10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y10">
-        <v>421660</v>
+        <v>0</v>
       </c>
       <c r="Z10" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="AA10" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC10" t="s">
         <v>40</v>
       </c>
-      <c r="AB10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AD10" t="s">
-        <v>122</v>
+        <v>60</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B11" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
       <c r="D11" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="E11" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F11" t="s">
         <v>38</v>
       </c>
       <c r="G11" t="s">
         <v>39</v>
       </c>
       <c r="H11" t="s">
         <v>40</v>
       </c>
       <c r="I11" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="J11" t="s">
+        <v>128</v>
+      </c>
+      <c r="K11" t="s">
+        <v>129</v>
+      </c>
+      <c r="L11" t="s">
         <v>130</v>
       </c>
-      <c r="K11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M11" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="N11" t="s">
-        <v>115</v>
+        <v>131</v>
       </c>
       <c r="O11" t="s">
-        <v>115</v>
+        <v>47</v>
       </c>
       <c r="P11" t="s">
         <v>47</v>
       </c>
       <c r="Q11" t="s">
-        <v>48</v>
+        <v>132</v>
       </c>
       <c r="R11" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="T11">
+        <v>66</v>
+      </c>
+      <c r="S11" t="s">
+        <v>50</v>
+      </c>
+      <c r="T11" t="s">
+        <v>133</v>
+      </c>
+      <c r="U11" t="s">
+        <v>52</v>
+      </c>
+      <c r="V11">
         <v>1</v>
       </c>
-      <c r="U11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="W11">
-        <v>550000</v>
+        <v>421660</v>
       </c>
       <c r="X11" t="s">
-        <v>52</v>
+        <v>53</v>
+      </c>
+      <c r="Y11">
+        <v>421660</v>
       </c>
       <c r="Z11" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="AA11" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC11" t="s">
         <v>40</v>
       </c>
-      <c r="AB11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AD11" t="s">
-        <v>115</v>
+        <v>41</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>66</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>130</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B12" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="C12" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="E12" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F12" t="s">
         <v>38</v>
       </c>
       <c r="G12" t="s">
         <v>39</v>
       </c>
       <c r="H12" t="s">
         <v>40</v>
       </c>
       <c r="I12" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="J12" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="K12" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="L12" t="s">
-        <v>44</v>
+        <v>123</v>
       </c>
       <c r="M12" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="N12" t="s">
-        <v>137</v>
+        <v>64</v>
       </c>
       <c r="O12" t="s">
-        <v>138</v>
+        <v>47</v>
       </c>
       <c r="P12" t="s">
         <v>47</v>
       </c>
       <c r="Q12" t="s">
-        <v>48</v>
+        <v>123</v>
       </c>
       <c r="R12" t="s">
-        <v>81</v>
+        <v>49</v>
       </c>
       <c r="S12" t="s">
         <v>50</v>
       </c>
-      <c r="T12">
+      <c r="T12" t="s">
+        <v>65</v>
+      </c>
+      <c r="V12">
         <v>1</v>
       </c>
-      <c r="U12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="W12">
-        <v>295849.88</v>
+        <v>550000</v>
       </c>
       <c r="X12" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>295849.88</v>
+        <v>53</v>
       </c>
       <c r="Z12" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="AA12" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC12" t="s">
         <v>40</v>
       </c>
-      <c r="AB12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AD12" t="s">
-        <v>137</v>
+        <v>60</v>
+      </c>
+      <c r="AE12" t="s">
+        <v>66</v>
+      </c>
+      <c r="AF12" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>139</v>
       </c>
       <c r="B13" t="s">
         <v>140</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>141</v>
       </c>
       <c r="E13" t="s">
         <v>142</v>
       </c>
       <c r="F13" t="s">
         <v>38</v>
       </c>
       <c r="G13" t="s">
         <v>39</v>
       </c>
       <c r="H13" t="s">
         <v>40</v>
       </c>
       <c r="I13" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="J13" t="s">
         <v>143</v>
       </c>
       <c r="K13" t="s">
         <v>144</v>
       </c>
       <c r="L13" t="s">
-        <v>44</v>
+        <v>145</v>
       </c>
       <c r="M13" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="N13" t="s">
-        <v>145</v>
+        <v>64</v>
       </c>
       <c r="O13" t="s">
-        <v>146</v>
+        <v>47</v>
       </c>
       <c r="P13" t="s">
         <v>47</v>
       </c>
       <c r="Q13" t="s">
-        <v>48</v>
+        <v>146</v>
       </c>
       <c r="R13" t="s">
-        <v>81</v>
+        <v>49</v>
       </c>
       <c r="S13" t="s">
         <v>50</v>
       </c>
-      <c r="T13">
+      <c r="T13" t="s">
+        <v>65</v>
+      </c>
+      <c r="U13" t="s">
+        <v>52</v>
+      </c>
+      <c r="V13">
         <v>1</v>
       </c>
-      <c r="U13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="W13">
-        <v>125367</v>
+        <v>295849.88</v>
       </c>
       <c r="X13" t="s">
-        <v>52</v>
+        <v>53</v>
+      </c>
+      <c r="Y13">
+        <v>295849.88</v>
       </c>
       <c r="Z13" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="AA13" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC13" t="s">
         <v>40</v>
       </c>
-      <c r="AB13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AD13" t="s">
-        <v>147</v>
+        <v>41</v>
       </c>
       <c r="AE13" t="s">
-        <v>148</v>
+        <v>49</v>
       </c>
       <c r="AF13" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B14" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="E14" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="F14" t="s">
         <v>38</v>
       </c>
       <c r="G14" t="s">
         <v>39</v>
       </c>
       <c r="H14" t="s">
         <v>40</v>
       </c>
       <c r="I14" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="J14" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="K14" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="L14" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="M14" t="s">
-        <v>157</v>
+        <v>45</v>
       </c>
       <c r="N14" t="s">
-        <v>158</v>
+        <v>64</v>
       </c>
       <c r="O14" t="s">
-        <v>155</v>
+        <v>47</v>
       </c>
       <c r="P14" t="s">
         <v>47</v>
       </c>
       <c r="Q14" t="s">
-        <v>48</v>
+        <v>154</v>
       </c>
       <c r="R14" t="s">
-        <v>81</v>
+        <v>49</v>
       </c>
       <c r="S14" t="s">
         <v>50</v>
       </c>
-      <c r="T14">
+      <c r="T14" t="s">
+        <v>65</v>
+      </c>
+      <c r="U14" t="s">
+        <v>52</v>
+      </c>
+      <c r="V14">
         <v>1</v>
       </c>
-      <c r="U14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="W14">
-        <v>3410235</v>
+        <v>125367</v>
       </c>
       <c r="X14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AA14" t="s">
+        <v>155</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>156</v>
+      </c>
+      <c r="AC14" t="s">
         <v>40</v>
       </c>
-      <c r="AB14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AD14" t="s">
-        <v>155</v>
+        <v>60</v>
+      </c>
+      <c r="AE14" t="s">
+        <v>49</v>
+      </c>
+      <c r="AF14" t="s">
+        <v>157</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
+        <v>158</v>
+      </c>
+      <c r="B15" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15" t="s">
+        <v>160</v>
+      </c>
+      <c r="E15" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="F15" t="s">
         <v>38</v>
       </c>
       <c r="G15" t="s">
         <v>39</v>
       </c>
       <c r="H15" t="s">
         <v>40</v>
       </c>
       <c r="I15" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="J15" t="s">
+        <v>162</v>
+      </c>
+      <c r="K15" t="s">
         <v>163</v>
       </c>
-      <c r="K15" t="s">
+      <c r="L15" t="s">
         <v>164</v>
       </c>
-      <c r="L15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M15" t="s">
-        <v>79</v>
+        <v>165</v>
+      </c>
+      <c r="N15" t="s">
+        <v>64</v>
       </c>
       <c r="O15" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="P15" t="s">
-        <v>47</v>
+        <v>83</v>
       </c>
       <c r="Q15" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="R15" t="s">
-        <v>81</v>
+        <v>49</v>
       </c>
       <c r="S15" t="s">
         <v>50</v>
       </c>
-      <c r="T15">
+      <c r="T15" t="s">
+        <v>65</v>
+      </c>
+      <c r="U15" t="s">
+        <v>52</v>
+      </c>
+      <c r="V15">
         <v>1</v>
       </c>
-      <c r="U15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="W15">
-        <v>160022</v>
+        <v>3410235</v>
       </c>
       <c r="X15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z15" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="AA15" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC15" t="s">
         <v>40</v>
       </c>
-      <c r="AB15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AD15" t="s">
-        <v>166</v>
+        <v>60</v>
       </c>
       <c r="AE15" t="s">
-        <v>167</v>
+        <v>66</v>
       </c>
       <c r="AF15" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>163</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B16" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C16" t="s">
         <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="E16" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="F16" t="s">
         <v>38</v>
       </c>
       <c r="G16" t="s">
         <v>39</v>
       </c>
       <c r="H16" t="s">
         <v>40</v>
       </c>
       <c r="I16" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="J16" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="K16" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>172</v>
       </c>
       <c r="M16" t="s">
-        <v>79</v>
+        <v>45</v>
+      </c>
+      <c r="N16" t="s">
+        <v>64</v>
       </c>
       <c r="O16" t="s">
-        <v>176</v>
+        <v>47</v>
       </c>
       <c r="P16" t="s">
         <v>47</v>
       </c>
+      <c r="Q16" t="s">
+        <v>172</v>
+      </c>
       <c r="R16" t="s">
-        <v>81</v>
+        <v>49</v>
       </c>
       <c r="S16" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="T16">
+        <v>173</v>
+      </c>
+      <c r="T16" t="s">
+        <v>65</v>
+      </c>
+      <c r="U16" t="s">
+        <v>52</v>
+      </c>
+      <c r="V16">
         <v>1</v>
       </c>
-      <c r="U16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="W16">
-        <v>250000</v>
+        <v>160022</v>
       </c>
       <c r="X16" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>100000</v>
+        <v>53</v>
       </c>
       <c r="Z16" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AA16" t="s">
+        <v>174</v>
+      </c>
+      <c r="AB16" t="s">
+        <v>175</v>
+      </c>
+      <c r="AC16" t="s">
         <v>40</v>
       </c>
-      <c r="AB16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AD16" t="s">
+        <v>41</v>
+      </c>
+      <c r="AE16" t="s">
+        <v>49</v>
+      </c>
+      <c r="AF16" t="s">
+        <v>176</v>
+      </c>
+      <c r="AG16" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>178</v>
       </c>
       <c r="B17" t="s">
         <v>179</v>
       </c>
       <c r="C17" t="s">
         <v>35</v>
       </c>
       <c r="D17" t="s">
         <v>180</v>
       </c>
       <c r="E17" t="s">
         <v>181</v>
       </c>
       <c r="F17" t="s">
         <v>38</v>
       </c>
       <c r="G17" t="s">
         <v>39</v>
       </c>
       <c r="H17" t="s">
         <v>40</v>
       </c>
       <c r="I17" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="J17" t="s">
         <v>182</v>
       </c>
       <c r="K17" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>62</v>
       </c>
       <c r="M17" t="s">
-        <v>62</v>
+        <v>45</v>
+      </c>
+      <c r="N17" t="s">
+        <v>64</v>
       </c>
       <c r="O17" t="s">
-        <v>175</v>
+        <v>47</v>
       </c>
       <c r="P17" t="s">
         <v>47</v>
       </c>
+      <c r="Q17" t="s">
+        <v>183</v>
+      </c>
       <c r="R17" t="s">
-        <v>81</v>
-[...4 lines deleted...]
-      <c r="T17">
+        <v>49</v>
+      </c>
+      <c r="T17" t="s">
+        <v>65</v>
+      </c>
+      <c r="U17" t="s">
+        <v>52</v>
+      </c>
+      <c r="V17">
         <v>1</v>
       </c>
-      <c r="U17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="W17">
-        <v>32413.73</v>
+        <v>250000</v>
       </c>
       <c r="X17" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y17">
-        <v>235000</v>
+        <v>100000</v>
       </c>
       <c r="Z17" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="AA17" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC17" t="s">
         <v>40</v>
       </c>
-      <c r="AB17" t="s">
-[...3 lines deleted...]
-        <v>83</v>
+      <c r="AD17" t="s">
+        <v>60</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>66</v>
+      </c>
+      <c r="AF17" t="s">
+        <v>184</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B18" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C18" t="s">
         <v>35</v>
       </c>
       <c r="D18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E18" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="F18" t="s">
         <v>38</v>
       </c>
       <c r="G18" t="s">
         <v>39</v>
       </c>
       <c r="H18" t="s">
         <v>40</v>
       </c>
       <c r="I18" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="J18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="K18" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="L18" t="s">
-        <v>44</v>
+        <v>191</v>
       </c>
       <c r="M18" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="N18" t="s">
-        <v>189</v>
+        <v>46</v>
       </c>
       <c r="O18" t="s">
-        <v>190</v>
+        <v>82</v>
       </c>
       <c r="P18" t="s">
-        <v>47</v>
+        <v>83</v>
       </c>
       <c r="Q18" t="s">
-        <v>48</v>
+        <v>192</v>
       </c>
       <c r="R18" t="s">
         <v>49</v>
       </c>
       <c r="S18" t="s">
         <v>50</v>
       </c>
-      <c r="T18">
+      <c r="T18" t="s">
+        <v>51</v>
+      </c>
+      <c r="V18">
         <v>1</v>
       </c>
-      <c r="U18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="W18">
-        <v>275720</v>
+        <v>0</v>
       </c>
       <c r="X18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y18">
         <v>0</v>
       </c>
       <c r="Z18" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="AA18" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC18" t="s">
         <v>40</v>
       </c>
-      <c r="AB18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AD18" t="s">
-        <v>189</v>
+        <v>60</v>
       </c>
       <c r="AE18" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:D20"/>
+  <dimension ref="A1:D23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>193</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="B2" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>281</v>
+        <v>397</v>
       </c>
       <c r="D2" t="s">
-        <v>282</v>
+        <v>398</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="B3" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="C3" t="s">
-        <v>284</v>
+        <v>388</v>
       </c>
       <c r="D3" t="s">
-        <v>285</v>
+        <v>389</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="B4" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
-        <v>287</v>
+        <v>378</v>
       </c>
       <c r="D4" t="s">
-        <v>288</v>
+        <v>379</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="B5" t="s">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="C5" t="s">
-        <v>290</v>
+        <v>378</v>
       </c>
       <c r="D5" t="s">
-        <v>291</v>
+        <v>379</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="B6" t="s">
-        <v>87</v>
+        <v>67</v>
       </c>
       <c r="C6" t="s">
-        <v>293</v>
+        <v>388</v>
       </c>
       <c r="D6" t="s">
-        <v>294</v>
+        <v>439</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="B7" t="s">
-        <v>94</v>
+        <v>76</v>
       </c>
       <c r="C7" t="s">
-        <v>296</v>
+        <v>378</v>
       </c>
       <c r="D7" t="s">
-        <v>297</v>
+        <v>379</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="B8" t="s">
-        <v>103</v>
+        <v>85</v>
       </c>
       <c r="C8" t="s">
-        <v>296</v>
+        <v>378</v>
       </c>
       <c r="D8" t="s">
-        <v>297</v>
+        <v>379</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="B9" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="C9" t="s">
-        <v>300</v>
+        <v>483</v>
       </c>
       <c r="D9" t="s">
-        <v>301</v>
+        <v>484</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="B10" t="s">
-        <v>116</v>
+        <v>95</v>
       </c>
       <c r="C10" t="s">
-        <v>303</v>
+        <v>378</v>
       </c>
       <c r="D10" t="s">
-        <v>304</v>
+        <v>379</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="B11" t="s">
-        <v>126</v>
+        <v>102</v>
       </c>
       <c r="C11" t="s">
-        <v>306</v>
+        <v>397</v>
       </c>
       <c r="D11" t="s">
-        <v>307</v>
+        <v>398</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>802</v>
+        <v>799</v>
       </c>
       <c r="B12" t="s">
-        <v>131</v>
+        <v>111</v>
       </c>
       <c r="C12" t="s">
-        <v>309</v>
+        <v>397</v>
       </c>
       <c r="D12" t="s">
-        <v>310</v>
+        <v>398</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="B13" t="s">
-        <v>139</v>
+        <v>117</v>
       </c>
       <c r="C13" t="s">
-        <v>290</v>
+        <v>483</v>
       </c>
       <c r="D13" t="s">
-        <v>291</v>
+        <v>484</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
       <c r="B14" t="s">
-        <v>139</v>
+        <v>124</v>
       </c>
       <c r="C14" t="s">
-        <v>313</v>
+        <v>378</v>
       </c>
       <c r="D14" t="s">
-        <v>314</v>
+        <v>379</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="B15" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="C15" t="s">
-        <v>316</v>
+        <v>483</v>
       </c>
       <c r="D15" t="s">
-        <v>317</v>
+        <v>484</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
       <c r="B16" t="s">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="C16" t="s">
-        <v>319</v>
+        <v>388</v>
       </c>
       <c r="D16" t="s">
-        <v>320</v>
+        <v>439</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="B17" t="s">
-        <v>159</v>
+        <v>139</v>
       </c>
       <c r="C17" t="s">
-        <v>599</v>
+        <v>556</v>
       </c>
       <c r="D17" t="s">
-        <v>600</v>
+        <v>557</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="B18" t="s">
-        <v>170</v>
+        <v>139</v>
       </c>
       <c r="C18" t="s">
-        <v>322</v>
+        <v>566</v>
       </c>
       <c r="D18" t="s">
-        <v>323</v>
+        <v>567</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="B19" t="s">
-        <v>178</v>
+        <v>147</v>
       </c>
       <c r="C19" t="s">
-        <v>322</v>
+        <v>483</v>
       </c>
       <c r="D19" t="s">
-        <v>323</v>
+        <v>484</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
+        <v>807</v>
+      </c>
+      <c r="B20" t="s">
+        <v>158</v>
+      </c>
+      <c r="C20" t="s">
+        <v>378</v>
+      </c>
+      <c r="D20" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>808</v>
+      </c>
+      <c r="B21" t="s">
+        <v>167</v>
+      </c>
+      <c r="C21" t="s">
+        <v>607</v>
+      </c>
+      <c r="D21" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>809</v>
+      </c>
+      <c r="B22" t="s">
+        <v>178</v>
+      </c>
+      <c r="C22" t="s">
+        <v>378</v>
+      </c>
+      <c r="D22" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
         <v>810</v>
       </c>
-      <c r="B20" t="s">
-[...6 lines deleted...]
-        <v>327</v>
+      <c r="B23" t="s">
+        <v>185</v>
+      </c>
+      <c r="C23" t="s">
+        <v>378</v>
+      </c>
+      <c r="D23" t="s">
+        <v>379</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>707</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>193</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>811</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>194</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>812</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>813</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>814</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>815</v>
       </c>
       <c r="B2" t="s">
-        <v>702</v>
+        <v>643</v>
       </c>
       <c r="C2" t="s">
-        <v>178</v>
+        <v>56</v>
       </c>
       <c r="D2" t="s">
         <v>816</v>
       </c>
       <c r="E2" t="s">
         <v>817</v>
       </c>
       <c r="F2" t="s">
         <v>818</v>
       </c>
       <c r="G2" t="s">
         <v>819</v>
       </c>
       <c r="H2" t="s">
-        <v>175</v>
+        <v>62</v>
       </c>
       <c r="I2" t="s">
         <v>820</v>
       </c>
       <c r="J2" t="s">
         <v>821</v>
       </c>
       <c r="K2" t="s">
         <v>820</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -4928,675 +4970,675 @@
       </c>
       <c r="L1" s="1" t="s">
         <v>201</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>203</v>
       </c>
       <c r="B2" t="s">
         <v>33</v>
       </c>
       <c r="C2" t="s">
         <v>42</v>
       </c>
       <c r="D2" t="s">
         <v>204</v>
       </c>
       <c r="E2" t="s">
         <v>205</v>
       </c>
       <c r="F2" t="s">
-        <v>205</v>
+        <v>44</v>
       </c>
       <c r="G2" t="s">
-        <v>79</v>
-[...11 lines deleted...]
-        <v>255610</v>
+        <v>45</v>
+      </c>
+      <c r="H2">
+        <v>275720</v>
+      </c>
+      <c r="I2" t="s">
+        <v>53</v>
+      </c>
+      <c r="J2">
+        <v>237689.66</v>
+      </c>
+      <c r="K2" t="s">
+        <v>206</v>
       </c>
       <c r="L2" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>207</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C3" t="s">
-        <v>208</v>
+        <v>61</v>
       </c>
       <c r="D3" t="s">
         <v>209</v>
       </c>
       <c r="E3" t="s">
         <v>210</v>
       </c>
       <c r="F3" t="s">
+        <v>184</v>
+      </c>
+      <c r="G3" t="s">
+        <v>45</v>
+      </c>
+      <c r="H3">
+        <v>235000</v>
+      </c>
+      <c r="I3" t="s">
+        <v>53</v>
+      </c>
+      <c r="J3">
+        <v>202586021</v>
+      </c>
+      <c r="K3" t="s">
         <v>211</v>
       </c>
-      <c r="G3" t="s">
-[...2 lines deleted...]
-      <c r="H3" t="s">
+      <c r="L3" t="s">
         <v>212</v>
       </c>
-      <c r="I3">
-[...8 lines deleted...]
-      <c r="L3" t="s">
+      <c r="M3" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>214</v>
+      </c>
+      <c r="B4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C4" t="s">
+        <v>71</v>
+      </c>
+      <c r="D4" t="s">
         <v>215</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="E4" t="s">
         <v>216</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>218</v>
+        <v>73</v>
       </c>
       <c r="G4" t="s">
-        <v>79</v>
-[...11 lines deleted...]
-        <v>4198301724</v>
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>296507.6</v>
+      </c>
+      <c r="I4" t="s">
+        <v>53</v>
+      </c>
+      <c r="J4">
+        <v>255610</v>
+      </c>
+      <c r="K4" t="s">
+        <v>211</v>
       </c>
       <c r="L4" t="s">
-        <v>206</v>
+        <v>215</v>
       </c>
       <c r="M4" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>217</v>
+      </c>
+      <c r="B5" t="s">
+        <v>76</v>
+      </c>
+      <c r="C5" t="s">
+        <v>218</v>
+      </c>
+      <c r="D5" t="s">
+        <v>219</v>
+      </c>
+      <c r="E5" t="s">
         <v>220</v>
       </c>
-      <c r="B5" t="s">
-[...5 lines deleted...]
-      <c r="D5" t="s">
+      <c r="F5" t="s">
         <v>221</v>
       </c>
-      <c r="E5" t="s">
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5">
+        <v>562320.11</v>
+      </c>
+      <c r="I5" t="s">
+        <v>53</v>
+      </c>
+      <c r="J5">
+        <v>484758.72</v>
+      </c>
+      <c r="K5" t="s">
         <v>222</v>
       </c>
-      <c r="F5" t="s">
+      <c r="L5" t="s">
         <v>223</v>
       </c>
-      <c r="G5" t="s">
-[...14 lines deleted...]
-      <c r="L5" t="s">
+      <c r="M5" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>225</v>
+      </c>
+      <c r="B6" t="s">
+        <v>85</v>
+      </c>
+      <c r="C6" t="s">
+        <v>89</v>
+      </c>
+      <c r="D6" t="s">
         <v>226</v>
       </c>
-      <c r="B6" t="s">
-[...5 lines deleted...]
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>227</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>94</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6">
+        <v>66120</v>
+      </c>
+      <c r="I6" t="s">
+        <v>53</v>
+      </c>
+      <c r="J6">
+        <v>57000</v>
+      </c>
+      <c r="K6" t="s">
+        <v>206</v>
+      </c>
+      <c r="L6" t="s">
         <v>228</v>
       </c>
-      <c r="F6" t="s">
+      <c r="M6" t="s">
         <v>229</v>
-      </c>
-[...19 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>230</v>
+      </c>
+      <c r="B7" t="s">
+        <v>95</v>
+      </c>
+      <c r="C7" t="s">
+        <v>99</v>
+      </c>
+      <c r="D7" t="s">
         <v>231</v>
       </c>
-      <c r="B7" t="s">
-[...5 lines deleted...]
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>232</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>101</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7">
+        <v>1193814</v>
+      </c>
+      <c r="I7" t="s">
+        <v>53</v>
+      </c>
+      <c r="J7">
+        <v>1029150</v>
+      </c>
+      <c r="K7" t="s">
+        <v>211</v>
+      </c>
+      <c r="L7" t="s">
         <v>233</v>
       </c>
-      <c r="F7" t="s">
+      <c r="M7" t="s">
         <v>234</v>
-      </c>
-[...19 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>235</v>
+      </c>
+      <c r="B8" t="s">
+        <v>102</v>
+      </c>
+      <c r="C8" t="s">
+        <v>106</v>
+      </c>
+      <c r="D8" t="s">
         <v>236</v>
       </c>
-      <c r="B8" t="s">
-[...5 lines deleted...]
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>237</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>110</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8">
+        <v>295200</v>
+      </c>
+      <c r="I8" t="s">
+        <v>53</v>
+      </c>
+      <c r="J8">
+        <v>254482.76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>211</v>
+      </c>
+      <c r="L8" t="s">
         <v>238</v>
-      </c>
-[...19 lines deleted...]
-        <v>224</v>
       </c>
       <c r="M8" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>240</v>
       </c>
       <c r="B9" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C9" t="s">
+        <v>115</v>
+      </c>
+      <c r="D9" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="E9" t="s">
         <v>242</v>
       </c>
       <c r="F9" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="G9" t="s">
-        <v>79</v>
-[...11 lines deleted...]
-        <v>469827.59</v>
+        <v>45</v>
+      </c>
+      <c r="H9">
+        <v>385000</v>
+      </c>
+      <c r="I9" t="s">
+        <v>53</v>
+      </c>
+      <c r="J9">
+        <v>331896.55</v>
+      </c>
+      <c r="K9" t="s">
+        <v>206</v>
       </c>
       <c r="L9" t="s">
-        <v>206</v>
+        <v>243</v>
       </c>
       <c r="M9" t="s">
-        <v>230</v>
+        <v>239</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B10" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C10" t="s">
-        <v>120</v>
+        <v>245</v>
       </c>
       <c r="D10" t="s">
-        <v>244</v>
+        <v>233</v>
       </c>
       <c r="E10" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F10" t="s">
-        <v>245</v>
+        <v>123</v>
       </c>
       <c r="G10" t="s">
-        <v>79</v>
-[...11 lines deleted...]
-        <v>363500</v>
+        <v>45</v>
+      </c>
+      <c r="H10">
+        <v>545000</v>
+      </c>
+      <c r="I10" t="s">
+        <v>53</v>
+      </c>
+      <c r="J10">
+        <v>469827.59</v>
+      </c>
+      <c r="K10" t="s">
+        <v>211</v>
       </c>
       <c r="L10" t="s">
-        <v>246</v>
+        <v>233</v>
       </c>
       <c r="M10" t="s">
-        <v>247</v>
+        <v>123</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>247</v>
+      </c>
+      <c r="B11" t="s">
+        <v>124</v>
+      </c>
+      <c r="C11" t="s">
+        <v>128</v>
+      </c>
+      <c r="D11" t="s">
         <v>248</v>
-      </c>
-[...7 lines deleted...]
-        <v>237</v>
       </c>
       <c r="E11" t="s">
         <v>249</v>
       </c>
       <c r="F11" t="s">
-        <v>115</v>
+        <v>130</v>
       </c>
       <c r="G11" t="s">
-        <v>79</v>
-[...11 lines deleted...]
-        <v>474137.93</v>
+        <v>45</v>
+      </c>
+      <c r="H11">
+        <v>421660</v>
+      </c>
+      <c r="I11" t="s">
+        <v>53</v>
+      </c>
+      <c r="J11">
+        <v>363500</v>
+      </c>
+      <c r="K11" t="s">
+        <v>250</v>
       </c>
       <c r="L11" t="s">
-        <v>224</v>
+        <v>251</v>
       </c>
       <c r="M11" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B12" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C12" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D12" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="E12" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F12" t="s">
-        <v>252</v>
+        <v>123</v>
       </c>
       <c r="G12" t="s">
-        <v>79</v>
-[...11 lines deleted...]
-        <v>255043</v>
+        <v>45</v>
+      </c>
+      <c r="H12">
+        <v>550000</v>
+      </c>
+      <c r="I12" t="s">
+        <v>53</v>
+      </c>
+      <c r="J12">
+        <v>474137.93</v>
+      </c>
+      <c r="K12" t="s">
+        <v>206</v>
       </c>
       <c r="L12" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="M12" t="s">
-        <v>254</v>
+        <v>123</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="B13" t="s">
         <v>139</v>
       </c>
       <c r="C13" t="s">
         <v>143</v>
       </c>
       <c r="D13" t="s">
+        <v>255</v>
+      </c>
+      <c r="E13" t="s">
         <v>256</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>145</v>
+      </c>
+      <c r="G13" t="s">
+        <v>45</v>
+      </c>
+      <c r="H13">
+        <v>295849.88</v>
+      </c>
+      <c r="I13" t="s">
+        <v>53</v>
+      </c>
+      <c r="J13">
+        <v>255043</v>
+      </c>
+      <c r="K13" t="s">
         <v>257</v>
       </c>
-      <c r="G13" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="L13" t="s">
-        <v>224</v>
+        <v>258</v>
       </c>
       <c r="M13" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B14" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C14" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D14" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="E14" t="s">
+        <v>261</v>
+      </c>
+      <c r="F14" t="s">
+        <v>157</v>
+      </c>
+      <c r="G14" t="s">
+        <v>45</v>
+      </c>
+      <c r="H14">
+        <v>125367</v>
+      </c>
+      <c r="I14" t="s">
+        <v>53</v>
+      </c>
+      <c r="J14">
+        <v>108075</v>
+      </c>
+      <c r="K14" t="s">
+        <v>206</v>
+      </c>
+      <c r="L14" t="s">
         <v>260</v>
-      </c>
-[...19 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B15" t="s">
-        <v>170</v>
+        <v>158</v>
       </c>
       <c r="C15" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="D15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E15" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="F15" t="s">
         <v>264</v>
       </c>
       <c r="G15" t="s">
-        <v>79</v>
-[...11 lines deleted...]
-        <v>215517.24</v>
+        <v>45</v>
+      </c>
+      <c r="H15">
+        <v>3410235</v>
+      </c>
+      <c r="I15" t="s">
+        <v>53</v>
+      </c>
+      <c r="J15">
+        <v>3375000</v>
+      </c>
+      <c r="K15" t="s">
+        <v>211</v>
       </c>
       <c r="L15" t="s">
-        <v>224</v>
+        <v>251</v>
       </c>
       <c r="M15" t="s">
-        <v>265</v>
+        <v>163</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="B16" t="s">
         <v>178</v>
       </c>
       <c r="C16" t="s">
         <v>182</v>
       </c>
       <c r="D16" t="s">
+        <v>266</v>
+      </c>
+      <c r="E16" t="s">
         <v>267</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>184</v>
+      </c>
+      <c r="G16" t="s">
+        <v>45</v>
+      </c>
+      <c r="H16">
+        <v>250000</v>
+      </c>
+      <c r="I16" t="s">
+        <v>53</v>
+      </c>
+      <c r="J16">
+        <v>215517.24</v>
+      </c>
+      <c r="K16" t="s">
+        <v>206</v>
+      </c>
+      <c r="L16" t="s">
         <v>268</v>
       </c>
-      <c r="F16" t="s">
+      <c r="M16" t="s">
         <v>269</v>
-      </c>
-[...19 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
+        <v>270</v>
+      </c>
+      <c r="B17" t="s">
+        <v>185</v>
+      </c>
+      <c r="C17" t="s">
         <v>271</v>
       </c>
-      <c r="B17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D17" t="s">
+        <v>219</v>
+      </c>
+      <c r="E17" t="s">
         <v>272</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
         <v>273</v>
       </c>
       <c r="G17" t="s">
-        <v>79</v>
-[...11 lines deleted...]
-        <v>237689.66</v>
+        <v>45</v>
+      </c>
+      <c r="H17">
+        <v>487003</v>
+      </c>
+      <c r="I17" t="s">
+        <v>53</v>
+      </c>
+      <c r="J17">
+        <v>4198301724</v>
+      </c>
+      <c r="K17" t="s">
+        <v>211</v>
       </c>
       <c r="L17" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="M17" t="s">
         <v>274</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>275</v>
       </c>
@@ -5610,343 +5652,343 @@
         <v>276</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>277</v>
       </c>
       <c r="B2" t="s">
         <v>203</v>
       </c>
       <c r="C2" t="s">
         <v>33</v>
       </c>
       <c r="D2" t="s">
         <v>278</v>
       </c>
       <c r="E2" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>280</v>
       </c>
       <c r="B3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D3" t="s">
         <v>281</v>
       </c>
       <c r="E3" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>283</v>
       </c>
       <c r="B4" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C4" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D4" t="s">
         <v>284</v>
       </c>
       <c r="E4" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>286</v>
       </c>
       <c r="B5" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="C5" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="D5" t="s">
         <v>287</v>
       </c>
       <c r="E5" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>289</v>
       </c>
       <c r="B6" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="C6" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="D6" t="s">
         <v>290</v>
       </c>
       <c r="E6" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>292</v>
       </c>
       <c r="B7" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C7" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D7" t="s">
         <v>293</v>
       </c>
       <c r="E7" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>295</v>
       </c>
       <c r="B8" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="C8" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D8" t="s">
         <v>296</v>
       </c>
       <c r="E8" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>298</v>
       </c>
       <c r="B9" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="C9" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D9" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="E9" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B10" t="s">
         <v>240</v>
       </c>
       <c r="C10" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D10" t="s">
+        <v>299</v>
+      </c>
+      <c r="E10" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>302</v>
       </c>
       <c r="B11" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C11" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D11" t="s">
         <v>303</v>
       </c>
       <c r="E11" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>305</v>
       </c>
       <c r="B12" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="C12" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D12" t="s">
         <v>306</v>
       </c>
       <c r="E12" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>308</v>
       </c>
       <c r="B13" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C13" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D13" t="s">
         <v>309</v>
       </c>
       <c r="E13" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>311</v>
       </c>
       <c r="B14" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="C14" t="s">
         <v>139</v>
       </c>
       <c r="D14" t="s">
-        <v>290</v>
+        <v>312</v>
       </c>
       <c r="E14" t="s">
-        <v>291</v>
+        <v>313</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B15" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C15" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="D15" t="s">
-        <v>313</v>
+        <v>293</v>
       </c>
       <c r="E15" t="s">
-        <v>314</v>
+        <v>294</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>315</v>
       </c>
       <c r="B16" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C16" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="D16" t="s">
         <v>316</v>
       </c>
       <c r="E16" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>318</v>
       </c>
       <c r="B17" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C17" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="D17" t="s">
         <v>319</v>
       </c>
       <c r="E17" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>321</v>
       </c>
       <c r="B18" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C18" t="s">
-        <v>170</v>
+        <v>158</v>
       </c>
       <c r="D18" t="s">
         <v>322</v>
       </c>
       <c r="E18" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>324</v>
       </c>
       <c r="B19" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="C19" t="s">
         <v>178</v>
       </c>
       <c r="D19" t="s">
-        <v>322</v>
+        <v>281</v>
       </c>
       <c r="E19" t="s">
-        <v>323</v>
+        <v>282</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>325</v>
       </c>
       <c r="B20" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="C20" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D20" t="s">
         <v>326</v>
       </c>
       <c r="E20" t="s">
         <v>327</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Y82"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -6009,7110 +6051,7068 @@
       </c>
       <c r="U1" s="1" t="s">
         <v>344</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>345</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>346</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>347</v>
       </c>
       <c r="Y1" s="1" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>349</v>
       </c>
       <c r="B2" t="s">
         <v>33</v>
       </c>
       <c r="C2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D2" t="s">
+        <v>41</v>
+      </c>
+      <c r="E2" t="s">
         <v>350</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>351</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>352</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>353</v>
       </c>
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>354</v>
       </c>
-      <c r="H2" t="s">
+      <c r="J2" t="s">
         <v>355</v>
       </c>
-      <c r="I2" t="s">
+      <c r="K2" t="s">
         <v>356</v>
       </c>
-      <c r="J2" t="s">
+      <c r="L2" t="s">
         <v>357</v>
       </c>
-      <c r="K2" t="s">
+      <c r="M2" t="s">
         <v>358</v>
       </c>
-      <c r="L2" t="s">
+      <c r="N2" t="s">
         <v>359</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>360</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>361</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>362</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="S2">
         <v>5556362120</v>
       </c>
       <c r="T2" t="s">
+        <v>364</v>
+      </c>
+      <c r="U2" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="B3" t="s">
         <v>33</v>
       </c>
       <c r="C3" t="s">
-        <v>40</v>
+        <v>367</v>
       </c>
       <c r="D3" t="s">
-        <v>41</v>
+        <v>368</v>
       </c>
       <c r="E3" t="s">
+        <v>369</v>
+      </c>
+      <c r="F3" t="s">
+        <v>351</v>
+      </c>
+      <c r="G3" t="s">
+        <v>352</v>
+      </c>
+      <c r="H3" t="s">
+        <v>353</v>
+      </c>
+      <c r="I3" t="s">
+        <v>354</v>
+      </c>
+      <c r="J3" t="s">
+        <v>370</v>
+      </c>
+      <c r="K3" t="s">
+        <v>371</v>
+      </c>
+      <c r="L3" t="s">
+        <v>357</v>
+      </c>
+      <c r="M3" t="s">
         <v>368</v>
       </c>
-      <c r="F3" t="s">
-[...17 lines deleted...]
-      <c r="L3" t="s">
+      <c r="N3" t="s">
         <v>359</v>
       </c>
-      <c r="M3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O3" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="P3" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q3" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="R3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="S3">
         <v>5556362120</v>
       </c>
       <c r="T3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="U3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B4" t="s">
         <v>33</v>
       </c>
       <c r="C4" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D4" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="E4" t="s">
+        <v>380</v>
+      </c>
+      <c r="F4" t="s">
+        <v>351</v>
+      </c>
+      <c r="G4" t="s">
+        <v>352</v>
+      </c>
+      <c r="H4" t="s">
+        <v>353</v>
+      </c>
+      <c r="I4" t="s">
+        <v>354</v>
+      </c>
+      <c r="J4" t="s">
+        <v>355</v>
+      </c>
+      <c r="K4" t="s">
+        <v>381</v>
+      </c>
+      <c r="L4" t="s">
+        <v>357</v>
+      </c>
+      <c r="M4" t="s">
         <v>379</v>
       </c>
-      <c r="F4" t="s">
-[...17 lines deleted...]
-      <c r="L4" t="s">
+      <c r="N4" t="s">
         <v>359</v>
-      </c>
-[...4 lines deleted...]
-        <v>360</v>
       </c>
       <c r="O4" t="s">
         <v>382</v>
       </c>
       <c r="P4" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q4" t="s">
         <v>383</v>
       </c>
       <c r="R4" t="s">
         <v>384</v>
       </c>
       <c r="S4">
         <v>5556362120</v>
       </c>
       <c r="T4" t="s">
         <v>385</v>
       </c>
       <c r="U4" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>387</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
       <c r="C5" t="s">
-        <v>278</v>
+        <v>388</v>
       </c>
       <c r="D5" t="s">
-        <v>279</v>
+        <v>389</v>
       </c>
       <c r="E5" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="F5" t="s">
+        <v>351</v>
+      </c>
+      <c r="G5" t="s">
+        <v>352</v>
+      </c>
+      <c r="H5" t="s">
+        <v>353</v>
+      </c>
+      <c r="I5" t="s">
+        <v>354</v>
+      </c>
+      <c r="J5" t="s">
+        <v>355</v>
+      </c>
+      <c r="K5" t="s">
+        <v>390</v>
+      </c>
+      <c r="L5" t="s">
+        <v>357</v>
+      </c>
+      <c r="M5" t="s">
         <v>389</v>
       </c>
-      <c r="G5" t="s">
-[...2 lines deleted...]
-      <c r="H5" t="s">
+      <c r="N5" t="s">
+        <v>359</v>
+      </c>
+      <c r="O5" t="s">
         <v>391</v>
       </c>
-      <c r="I5" t="s">
-[...2 lines deleted...]
-      <c r="J5" t="s">
+      <c r="P5" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q5" t="s">
         <v>392</v>
       </c>
-      <c r="K5" t="s">
+      <c r="R5" t="s">
         <v>393</v>
       </c>
-      <c r="L5" t="s">
-[...6 lines deleted...]
-        <v>360</v>
+      <c r="S5">
+        <v>5556362120</v>
+      </c>
+      <c r="T5" t="s">
+        <v>394</v>
+      </c>
+      <c r="U5" t="s">
+        <v>395</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="C6" t="s">
-        <v>40</v>
+        <v>397</v>
       </c>
       <c r="D6" t="s">
-        <v>58</v>
+        <v>398</v>
       </c>
       <c r="E6" t="s">
-        <v>368</v>
+        <v>399</v>
       </c>
       <c r="F6" t="s">
-        <v>389</v>
+        <v>351</v>
       </c>
       <c r="G6" t="s">
-        <v>395</v>
+        <v>352</v>
       </c>
       <c r="H6" t="s">
+        <v>353</v>
+      </c>
+      <c r="I6" t="s">
+        <v>354</v>
+      </c>
+      <c r="J6" t="s">
         <v>355</v>
       </c>
-      <c r="I6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K6" t="s">
-        <v>369</v>
+        <v>400</v>
       </c>
       <c r="L6" t="s">
+        <v>357</v>
+      </c>
+      <c r="M6" t="s">
+        <v>398</v>
+      </c>
+      <c r="N6" t="s">
         <v>359</v>
       </c>
-      <c r="M6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O6" t="s">
-        <v>371</v>
+        <v>401</v>
       </c>
       <c r="P6" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q6" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="R6" t="s">
-        <v>373</v>
+        <v>403</v>
       </c>
       <c r="S6">
         <v>5556362120</v>
       </c>
       <c r="T6" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="U6" t="s">
-        <v>375</v>
+        <v>405</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="B7" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
-        <v>400</v>
+        <v>278</v>
       </c>
       <c r="D7" t="s">
-        <v>401</v>
+        <v>279</v>
       </c>
       <c r="E7" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="F7" t="s">
-        <v>389</v>
+        <v>351</v>
       </c>
       <c r="G7" t="s">
-        <v>395</v>
+        <v>408</v>
       </c>
       <c r="H7" t="s">
-        <v>355</v>
+        <v>409</v>
       </c>
       <c r="I7" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="J7" t="s">
-        <v>396</v>
+        <v>410</v>
       </c>
       <c r="K7" t="s">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="L7" t="s">
+        <v>357</v>
+      </c>
+      <c r="M7" t="s">
+        <v>279</v>
+      </c>
+      <c r="N7" t="s">
         <v>359</v>
-      </c>
-[...25 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B8" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E8" t="s">
         <v>350</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" t="s">
-        <v>389</v>
+        <v>413</v>
       </c>
       <c r="G8" t="s">
-        <v>395</v>
+        <v>414</v>
       </c>
       <c r="H8" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="I8" t="s">
+        <v>354</v>
+      </c>
+      <c r="J8" t="s">
+        <v>415</v>
+      </c>
+      <c r="K8" t="s">
         <v>356</v>
       </c>
-      <c r="J8" t="s">
-[...2 lines deleted...]
-      <c r="K8" t="s">
+      <c r="L8" t="s">
+        <v>357</v>
+      </c>
+      <c r="M8" t="s">
         <v>358</v>
       </c>
-      <c r="L8" t="s">
+      <c r="N8" t="s">
         <v>359</v>
       </c>
-      <c r="M8" t="s">
-[...2 lines deleted...]
-      <c r="N8" t="s">
+      <c r="O8" t="s">
         <v>360</v>
       </c>
-      <c r="O8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P8" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q8" t="s">
+        <v>416</v>
+      </c>
+      <c r="R8" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="S8">
         <v>5556362120</v>
       </c>
       <c r="T8" t="s">
+        <v>364</v>
+      </c>
+      <c r="U8" t="s">
         <v>365</v>
       </c>
-      <c r="U8" t="s">
-        <v>413</v>
+      <c r="V8" t="s">
+        <v>417</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>418</v>
+      </c>
+      <c r="B9" t="s">
+        <v>56</v>
+      </c>
+      <c r="C9" t="s">
+        <v>367</v>
+      </c>
+      <c r="D9" t="s">
+        <v>368</v>
+      </c>
+      <c r="E9" t="s">
+        <v>419</v>
+      </c>
+      <c r="F9" t="s">
+        <v>413</v>
+      </c>
+      <c r="G9" t="s">
         <v>414</v>
       </c>
-      <c r="B9" t="s">
-[...8 lines deleted...]
-      <c r="E9" t="s">
+      <c r="H9" t="s">
+        <v>353</v>
+      </c>
+      <c r="I9" t="s">
+        <v>354</v>
+      </c>
+      <c r="J9" t="s">
         <v>415</v>
       </c>
       <c r="K9" t="s">
-        <v>282</v>
+        <v>371</v>
       </c>
       <c r="L9" t="s">
+        <v>357</v>
+      </c>
+      <c r="M9" t="s">
+        <v>368</v>
+      </c>
+      <c r="N9" t="s">
         <v>359</v>
       </c>
-      <c r="N9" t="s">
-        <v>416</v>
+      <c r="O9" t="s">
+        <v>420</v>
+      </c>
+      <c r="P9" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>402</v>
+      </c>
+      <c r="R9" t="s">
+        <v>421</v>
+      </c>
+      <c r="S9">
+        <v>5556362120</v>
+      </c>
+      <c r="T9" t="s">
+        <v>422</v>
+      </c>
+      <c r="U9" t="s">
+        <v>423</v>
       </c>
       <c r="V9" t="s">
         <v>417</v>
       </c>
-      <c r="W9" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="B10" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="C10" t="s">
-        <v>40</v>
+        <v>378</v>
       </c>
       <c r="D10" t="s">
-        <v>58</v>
+        <v>379</v>
       </c>
       <c r="E10" t="s">
-        <v>368</v>
+        <v>425</v>
       </c>
       <c r="F10" t="s">
-        <v>389</v>
+        <v>413</v>
       </c>
       <c r="G10" t="s">
-        <v>395</v>
+        <v>352</v>
       </c>
       <c r="H10" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="I10" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="J10" t="s">
-        <v>396</v>
+        <v>415</v>
       </c>
       <c r="K10" t="s">
-        <v>369</v>
+        <v>381</v>
       </c>
       <c r="L10" t="s">
+        <v>357</v>
+      </c>
+      <c r="M10" t="s">
+        <v>379</v>
+      </c>
+      <c r="N10" t="s">
         <v>359</v>
       </c>
-      <c r="M10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O10" t="s">
-        <v>371</v>
+        <v>426</v>
       </c>
       <c r="P10" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q10" t="s">
-        <v>397</v>
+        <v>383</v>
       </c>
       <c r="R10" t="s">
-        <v>373</v>
+        <v>427</v>
       </c>
       <c r="S10">
         <v>5556362120</v>
       </c>
       <c r="T10" t="s">
-        <v>398</v>
+        <v>385</v>
       </c>
       <c r="U10" t="s">
-        <v>375</v>
+        <v>386</v>
+      </c>
+      <c r="V10" t="s">
+        <v>417</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>421</v>
+        <v>428</v>
       </c>
       <c r="B11" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="C11" t="s">
-        <v>400</v>
+        <v>281</v>
       </c>
       <c r="D11" t="s">
-        <v>401</v>
+        <v>282</v>
       </c>
       <c r="E11" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="F11" t="s">
-        <v>389</v>
+        <v>351</v>
       </c>
       <c r="G11" t="s">
-        <v>395</v>
+        <v>429</v>
       </c>
       <c r="H11" t="s">
-        <v>355</v>
+        <v>430</v>
       </c>
       <c r="I11" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="J11" t="s">
-        <v>396</v>
+        <v>431</v>
       </c>
       <c r="K11" t="s">
-        <v>403</v>
+        <v>282</v>
       </c>
       <c r="L11" t="s">
+        <v>357</v>
+      </c>
+      <c r="M11" t="s">
+        <v>282</v>
+      </c>
+      <c r="N11" t="s">
         <v>359</v>
-      </c>
-[...25 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>422</v>
+        <v>432</v>
       </c>
       <c r="B12" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C12" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D12" t="s">
+        <v>379</v>
+      </c>
+      <c r="E12" t="s">
+        <v>433</v>
+      </c>
+      <c r="F12" t="s">
         <v>351</v>
       </c>
-      <c r="E12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G12" t="s">
-        <v>395</v>
+        <v>352</v>
       </c>
       <c r="H12" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="I12" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="J12" t="s">
-        <v>396</v>
+        <v>434</v>
       </c>
       <c r="K12" t="s">
-        <v>358</v>
+        <v>381</v>
       </c>
       <c r="L12" t="s">
+        <v>357</v>
+      </c>
+      <c r="M12" t="s">
+        <v>379</v>
+      </c>
+      <c r="N12" t="s">
         <v>359</v>
       </c>
-      <c r="M12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O12" t="s">
-        <v>411</v>
+        <v>435</v>
       </c>
       <c r="P12" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q12" t="s">
-        <v>363</v>
+        <v>383</v>
       </c>
       <c r="R12" t="s">
-        <v>412</v>
+        <v>384</v>
       </c>
       <c r="S12">
         <v>5556362120</v>
       </c>
       <c r="T12" t="s">
-        <v>365</v>
+        <v>385</v>
       </c>
       <c r="U12" t="s">
-        <v>413</v>
+        <v>436</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>423</v>
+        <v>437</v>
       </c>
       <c r="B13" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C13" t="s">
-        <v>284</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>285</v>
+        <v>41</v>
       </c>
       <c r="E13" t="s">
-        <v>415</v>
+        <v>350</v>
+      </c>
+      <c r="F13" t="s">
+        <v>351</v>
+      </c>
+      <c r="G13" t="s">
+        <v>352</v>
+      </c>
+      <c r="H13" t="s">
+        <v>353</v>
+      </c>
+      <c r="I13" t="s">
+        <v>354</v>
+      </c>
+      <c r="J13" t="s">
+        <v>434</v>
       </c>
       <c r="K13" t="s">
-        <v>424</v>
+        <v>356</v>
       </c>
       <c r="L13" t="s">
+        <v>357</v>
+      </c>
+      <c r="M13" t="s">
+        <v>358</v>
+      </c>
+      <c r="N13" t="s">
         <v>359</v>
       </c>
-      <c r="M13" t="s">
-[...2 lines deleted...]
-      <c r="N13" t="s">
+      <c r="O13" t="s">
         <v>360</v>
+      </c>
+      <c r="P13" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>416</v>
+      </c>
+      <c r="R13" t="s">
+        <v>363</v>
+      </c>
+      <c r="S13">
+        <v>5556362120</v>
+      </c>
+      <c r="T13" t="s">
+        <v>364</v>
+      </c>
+      <c r="U13" t="s">
+        <v>365</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>425</v>
+        <v>438</v>
       </c>
       <c r="B14" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>388</v>
       </c>
       <c r="D14" t="s">
-        <v>58</v>
+        <v>439</v>
       </c>
       <c r="E14" t="s">
-        <v>368</v>
+        <v>440</v>
       </c>
       <c r="F14" t="s">
+        <v>351</v>
+      </c>
+      <c r="G14" t="s">
+        <v>352</v>
+      </c>
+      <c r="H14" t="s">
         <v>353</v>
       </c>
-      <c r="G14" t="s">
+      <c r="I14" t="s">
         <v>354</v>
       </c>
-      <c r="H14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J14" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="K14" t="s">
-        <v>369</v>
+        <v>390</v>
       </c>
       <c r="L14" t="s">
+        <v>357</v>
+      </c>
+      <c r="M14" t="s">
+        <v>389</v>
+      </c>
+      <c r="N14" t="s">
         <v>359</v>
       </c>
-      <c r="M14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O14" t="s">
-        <v>371</v>
+        <v>441</v>
       </c>
       <c r="P14" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q14" t="s">
-        <v>372</v>
+        <v>442</v>
       </c>
       <c r="R14" t="s">
-        <v>373</v>
+        <v>443</v>
       </c>
       <c r="S14">
         <v>5556362120</v>
       </c>
       <c r="T14" t="s">
-        <v>374</v>
+        <v>444</v>
       </c>
       <c r="U14" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-        <v>427</v>
+        <v>445</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>428</v>
+        <v>446</v>
       </c>
       <c r="B15" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="C15" t="s">
-        <v>400</v>
+        <v>284</v>
       </c>
       <c r="D15" t="s">
-        <v>401</v>
+        <v>285</v>
       </c>
       <c r="E15" t="s">
-        <v>402</v>
+        <v>447</v>
       </c>
       <c r="F15" t="s">
-        <v>353</v>
+        <v>413</v>
       </c>
       <c r="G15" t="s">
+        <v>408</v>
+      </c>
+      <c r="H15" t="s">
+        <v>448</v>
+      </c>
+      <c r="I15" t="s">
         <v>354</v>
       </c>
-      <c r="H15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J15" t="s">
-        <v>426</v>
+        <v>449</v>
       </c>
       <c r="K15" t="s">
-        <v>403</v>
+        <v>450</v>
       </c>
       <c r="L15" t="s">
+        <v>357</v>
+      </c>
+      <c r="M15" t="s">
+        <v>285</v>
+      </c>
+      <c r="N15" t="s">
         <v>359</v>
-      </c>
-[...28 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>434</v>
+        <v>451</v>
       </c>
       <c r="B16" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C16" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" t="s">
+        <v>60</v>
+      </c>
+      <c r="E16" t="s">
         <v>350</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" t="s">
+        <v>413</v>
+      </c>
+      <c r="G16" t="s">
+        <v>414</v>
+      </c>
+      <c r="H16" t="s">
         <v>353</v>
       </c>
-      <c r="G16" t="s">
+      <c r="I16" t="s">
         <v>354</v>
       </c>
-      <c r="H16" t="s">
-[...2 lines deleted...]
-      <c r="I16" t="s">
+      <c r="J16" t="s">
+        <v>452</v>
+      </c>
+      <c r="K16" t="s">
         <v>356</v>
       </c>
-      <c r="J16" t="s">
-[...2 lines deleted...]
-      <c r="K16" t="s">
+      <c r="L16" t="s">
+        <v>357</v>
+      </c>
+      <c r="M16" t="s">
         <v>358</v>
       </c>
-      <c r="L16" t="s">
+      <c r="N16" t="s">
         <v>359</v>
       </c>
-      <c r="M16" t="s">
-[...2 lines deleted...]
-      <c r="N16" t="s">
+      <c r="O16" t="s">
         <v>360</v>
       </c>
-      <c r="O16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P16" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q16" t="s">
         <v>362</v>
       </c>
-      <c r="Q16" t="s">
+      <c r="R16" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="S16">
         <v>5556362120</v>
       </c>
       <c r="T16" t="s">
+        <v>453</v>
+      </c>
+      <c r="U16" t="s">
         <v>365</v>
-      </c>
-[...4 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>437</v>
+        <v>454</v>
       </c>
       <c r="B17" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C17" t="s">
-        <v>438</v>
+        <v>367</v>
       </c>
       <c r="D17" t="s">
-        <v>439</v>
+        <v>368</v>
       </c>
       <c r="E17" t="s">
+        <v>419</v>
+      </c>
+      <c r="F17" t="s">
+        <v>413</v>
+      </c>
+      <c r="G17" t="s">
+        <v>414</v>
+      </c>
+      <c r="H17" t="s">
+        <v>353</v>
+      </c>
+      <c r="I17" t="s">
+        <v>354</v>
+      </c>
+      <c r="J17" t="s">
+        <v>452</v>
+      </c>
+      <c r="K17" t="s">
+        <v>371</v>
+      </c>
+      <c r="L17" t="s">
+        <v>357</v>
+      </c>
+      <c r="M17" t="s">
+        <v>368</v>
+      </c>
+      <c r="N17" t="s">
+        <v>359</v>
+      </c>
+      <c r="O17" t="s">
+        <v>420</v>
+      </c>
+      <c r="P17" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q17" t="s">
         <v>402</v>
       </c>
-      <c r="F17" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="R17" t="s">
-        <v>446</v>
+        <v>421</v>
       </c>
       <c r="S17">
         <v>5556362120</v>
       </c>
       <c r="T17" t="s">
-        <v>447</v>
+        <v>422</v>
       </c>
       <c r="U17" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>427</v>
+        <v>423</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="B18" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C18" t="s">
-        <v>287</v>
+        <v>378</v>
       </c>
       <c r="D18" t="s">
-        <v>288</v>
+        <v>379</v>
       </c>
       <c r="E18" t="s">
-        <v>415</v>
+        <v>425</v>
       </c>
       <c r="F18" t="s">
-        <v>440</v>
+        <v>413</v>
       </c>
       <c r="G18" t="s">
-        <v>449</v>
+        <v>414</v>
       </c>
       <c r="H18" t="s">
-        <v>450</v>
+        <v>353</v>
       </c>
       <c r="I18" t="s">
-        <v>441</v>
+        <v>354</v>
       </c>
       <c r="J18" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="K18" t="s">
-        <v>452</v>
+        <v>381</v>
       </c>
       <c r="L18" t="s">
+        <v>357</v>
+      </c>
+      <c r="M18" t="s">
+        <v>379</v>
+      </c>
+      <c r="N18" t="s">
         <v>359</v>
       </c>
-      <c r="M18" t="s">
-[...3 lines deleted...]
-        <v>360</v>
+      <c r="O18" t="s">
+        <v>426</v>
+      </c>
+      <c r="P18" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>383</v>
+      </c>
+      <c r="R18" t="s">
+        <v>427</v>
+      </c>
+      <c r="S18">
+        <v>5556362120</v>
+      </c>
+      <c r="T18" t="s">
+        <v>385</v>
+      </c>
+      <c r="U18" t="s">
+        <v>386</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B19" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C19" t="s">
-        <v>454</v>
+        <v>287</v>
       </c>
       <c r="D19" t="s">
-        <v>455</v>
+        <v>288</v>
       </c>
       <c r="E19" t="s">
-        <v>456</v>
-[...14 lines deleted...]
-        <v>426</v>
+        <v>407</v>
       </c>
       <c r="K19" t="s">
+        <v>288</v>
+      </c>
+      <c r="L19" t="s">
+        <v>357</v>
+      </c>
+      <c r="N19" t="s">
         <v>457</v>
       </c>
-      <c r="L19" t="s">
-[...8 lines deleted...]
-      <c r="O19" t="s">
+      <c r="W19" t="s">
         <v>458</v>
       </c>
-      <c r="P19" t="s">
-[...2 lines deleted...]
-      <c r="Q19" t="s">
+      <c r="X19" t="s">
         <v>459</v>
       </c>
-      <c r="R19" t="s">
+      <c r="Y19" t="s">
         <v>460</v>
-      </c>
-[...7 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="B20" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="C20" t="s">
-        <v>290</v>
+        <v>40</v>
       </c>
       <c r="D20" t="s">
-        <v>291</v>
+        <v>60</v>
       </c>
       <c r="E20" t="s">
-        <v>464</v>
+        <v>350</v>
       </c>
       <c r="F20" t="s">
-        <v>465</v>
+        <v>351</v>
+      </c>
+      <c r="G20" t="s">
+        <v>352</v>
       </c>
       <c r="H20" t="s">
-        <v>466</v>
+        <v>353</v>
       </c>
       <c r="I20" t="s">
+        <v>354</v>
+      </c>
+      <c r="J20" t="s">
+        <v>355</v>
+      </c>
+      <c r="K20" t="s">
         <v>356</v>
       </c>
-      <c r="J20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L20" t="s">
+        <v>357</v>
+      </c>
+      <c r="M20" t="s">
+        <v>358</v>
+      </c>
+      <c r="N20" t="s">
         <v>359</v>
       </c>
-      <c r="M20" t="s">
-[...2 lines deleted...]
-      <c r="N20" t="s">
+      <c r="O20" t="s">
         <v>360</v>
+      </c>
+      <c r="P20" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>416</v>
+      </c>
+      <c r="R20" t="s">
+        <v>363</v>
+      </c>
+      <c r="S20">
+        <v>5556362120</v>
+      </c>
+      <c r="T20" t="s">
+        <v>364</v>
+      </c>
+      <c r="U20" t="s">
+        <v>365</v>
+      </c>
+      <c r="V20" t="s">
+        <v>417</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>469</v>
+        <v>462</v>
       </c>
       <c r="B21" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C21" t="s">
-        <v>40</v>
+        <v>367</v>
       </c>
       <c r="D21" t="s">
-        <v>41</v>
+        <v>368</v>
       </c>
       <c r="E21" t="s">
+        <v>419</v>
+      </c>
+      <c r="F21" t="s">
+        <v>351</v>
+      </c>
+      <c r="G21" t="s">
+        <v>352</v>
+      </c>
+      <c r="H21" t="s">
+        <v>353</v>
+      </c>
+      <c r="I21" t="s">
+        <v>354</v>
+      </c>
+      <c r="J21" t="s">
+        <v>355</v>
+      </c>
+      <c r="K21" t="s">
+        <v>371</v>
+      </c>
+      <c r="L21" t="s">
+        <v>357</v>
+      </c>
+      <c r="M21" t="s">
         <v>368</v>
       </c>
-      <c r="F21" t="s">
-[...17 lines deleted...]
-      <c r="L21" t="s">
+      <c r="N21" t="s">
         <v>359</v>
       </c>
-      <c r="M21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O21" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="P21" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q21" t="s">
-        <v>397</v>
+        <v>373</v>
       </c>
       <c r="R21" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="S21">
         <v>5556362120</v>
       </c>
       <c r="T21" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="U21" t="s">
-        <v>375</v>
+        <v>376</v>
+      </c>
+      <c r="V21" t="s">
+        <v>417</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>470</v>
+        <v>463</v>
       </c>
       <c r="B22" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C22" t="s">
-        <v>400</v>
+        <v>378</v>
       </c>
       <c r="D22" t="s">
-        <v>401</v>
+        <v>379</v>
       </c>
       <c r="E22" t="s">
-        <v>402</v>
+        <v>464</v>
       </c>
       <c r="F22" t="s">
-        <v>389</v>
+        <v>351</v>
       </c>
       <c r="G22" t="s">
-        <v>395</v>
+        <v>352</v>
       </c>
       <c r="H22" t="s">
+        <v>353</v>
+      </c>
+      <c r="I22" t="s">
+        <v>354</v>
+      </c>
+      <c r="J22" t="s">
         <v>355</v>
       </c>
-      <c r="I22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K22" t="s">
-        <v>403</v>
+        <v>381</v>
       </c>
       <c r="L22" t="s">
+        <v>357</v>
+      </c>
+      <c r="M22" t="s">
+        <v>379</v>
+      </c>
+      <c r="N22" t="s">
         <v>359</v>
       </c>
-      <c r="M22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O22" t="s">
-        <v>404</v>
+        <v>465</v>
       </c>
       <c r="P22" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q22" t="s">
-        <v>405</v>
+        <v>383</v>
       </c>
       <c r="R22" t="s">
-        <v>406</v>
+        <v>427</v>
       </c>
       <c r="S22">
         <v>5556362120</v>
       </c>
       <c r="T22" t="s">
-        <v>407</v>
+        <v>385</v>
       </c>
       <c r="U22" t="s">
-        <v>408</v>
+        <v>436</v>
+      </c>
+      <c r="V22" t="s">
+        <v>417</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
+        <v>466</v>
+      </c>
+      <c r="B23" t="s">
+        <v>85</v>
+      </c>
+      <c r="C23" t="s">
+        <v>467</v>
+      </c>
+      <c r="D23" t="s">
+        <v>468</v>
+      </c>
+      <c r="E23" t="s">
+        <v>419</v>
+      </c>
+      <c r="F23" t="s">
+        <v>469</v>
+      </c>
+      <c r="G23" t="s">
+        <v>352</v>
+      </c>
+      <c r="H23" t="s">
+        <v>353</v>
+      </c>
+      <c r="I23" t="s">
+        <v>470</v>
+      </c>
+      <c r="J23" t="s">
         <v>471</v>
       </c>
-      <c r="B23" t="s">
-[...8 lines deleted...]
-      <c r="E23" t="s">
+      <c r="K23" t="s">
         <v>472</v>
       </c>
-      <c r="F23" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="L23" t="s">
+        <v>357</v>
+      </c>
+      <c r="M23" t="s">
+        <v>468</v>
+      </c>
+      <c r="N23" t="s">
         <v>359</v>
       </c>
-      <c r="M23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O23" t="s">
-        <v>411</v>
+        <v>473</v>
       </c>
       <c r="P23" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q23" t="s">
-        <v>363</v>
+        <v>474</v>
       </c>
       <c r="R23" t="s">
-        <v>412</v>
+        <v>475</v>
       </c>
       <c r="S23">
         <v>5556362120</v>
       </c>
       <c r="T23" t="s">
-        <v>365</v>
+        <v>476</v>
       </c>
       <c r="U23" t="s">
-        <v>413</v>
+        <v>453</v>
+      </c>
+      <c r="V23" t="s">
+        <v>417</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="B24" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C24" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="D24" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="E24" t="s">
-        <v>415</v>
+        <v>407</v>
       </c>
       <c r="F24" t="s">
-        <v>389</v>
+        <v>469</v>
       </c>
       <c r="G24" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="H24" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="I24" t="s">
-        <v>356</v>
+        <v>470</v>
       </c>
       <c r="J24" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="K24" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="L24" t="s">
+        <v>357</v>
+      </c>
+      <c r="M24" t="s">
+        <v>291</v>
+      </c>
+      <c r="N24" t="s">
         <v>359</v>
-      </c>
-[...7 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B25" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="C25" t="s">
-        <v>40</v>
+        <v>483</v>
       </c>
       <c r="D25" t="s">
-        <v>58</v>
+        <v>484</v>
       </c>
       <c r="E25" t="s">
-        <v>368</v>
+        <v>485</v>
       </c>
       <c r="F25" t="s">
-        <v>389</v>
+        <v>351</v>
       </c>
       <c r="G25" t="s">
-        <v>395</v>
+        <v>352</v>
       </c>
       <c r="H25" t="s">
+        <v>353</v>
+      </c>
+      <c r="I25" t="s">
+        <v>354</v>
+      </c>
+      <c r="J25" t="s">
         <v>355</v>
       </c>
-      <c r="I25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K25" t="s">
-        <v>369</v>
+        <v>486</v>
       </c>
       <c r="L25" t="s">
+        <v>357</v>
+      </c>
+      <c r="M25" t="s">
+        <v>484</v>
+      </c>
+      <c r="N25" t="s">
         <v>359</v>
       </c>
-      <c r="M25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O25" t="s">
-        <v>371</v>
+        <v>487</v>
       </c>
       <c r="P25" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q25" t="s">
-        <v>372</v>
+        <v>488</v>
       </c>
       <c r="R25" t="s">
-        <v>373</v>
+        <v>489</v>
       </c>
       <c r="S25">
         <v>5556362120</v>
       </c>
       <c r="T25" t="s">
-        <v>374</v>
+        <v>490</v>
       </c>
       <c r="U25" t="s">
-        <v>375</v>
+        <v>491</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="B26" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="C26" t="s">
-        <v>350</v>
+        <v>293</v>
       </c>
       <c r="D26" t="s">
-        <v>351</v>
+        <v>294</v>
       </c>
       <c r="E26" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="F26" t="s">
-        <v>389</v>
-[...1 lines deleted...]
-      <c r="G26" t="s">
+        <v>494</v>
+      </c>
+      <c r="H26" t="s">
+        <v>495</v>
+      </c>
+      <c r="I26" t="s">
         <v>354</v>
       </c>
-      <c r="H26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>396</v>
+        <v>496</v>
       </c>
       <c r="K26" t="s">
-        <v>358</v>
+        <v>497</v>
       </c>
       <c r="L26" t="s">
+        <v>357</v>
+      </c>
+      <c r="M26" t="s">
+        <v>294</v>
+      </c>
+      <c r="N26" t="s">
         <v>359</v>
-      </c>
-[...25 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>482</v>
+        <v>498</v>
       </c>
       <c r="B27" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C27" t="s">
-        <v>483</v>
+        <v>40</v>
       </c>
       <c r="D27" t="s">
-        <v>484</v>
+        <v>41</v>
       </c>
       <c r="E27" t="s">
-        <v>485</v>
+        <v>350</v>
       </c>
       <c r="F27" t="s">
+        <v>413</v>
+      </c>
+      <c r="G27" t="s">
+        <v>414</v>
+      </c>
+      <c r="H27" t="s">
         <v>353</v>
       </c>
-      <c r="G27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I27" t="s">
+        <v>354</v>
+      </c>
+      <c r="J27" t="s">
+        <v>452</v>
+      </c>
+      <c r="K27" t="s">
         <v>356</v>
       </c>
-      <c r="J27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L27" t="s">
+        <v>357</v>
+      </c>
+      <c r="M27" t="s">
+        <v>358</v>
+      </c>
+      <c r="N27" t="s">
         <v>359</v>
       </c>
-      <c r="M27" t="s">
-[...2 lines deleted...]
-      <c r="N27" t="s">
+      <c r="O27" t="s">
         <v>360</v>
       </c>
-      <c r="O27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P27" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q27" t="s">
         <v>362</v>
       </c>
-      <c r="Q27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R27" t="s">
-        <v>489</v>
+        <v>363</v>
+      </c>
+      <c r="S27">
+        <v>5556362120</v>
       </c>
       <c r="T27" t="s">
-        <v>490</v>
+        <v>364</v>
       </c>
       <c r="U27" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-        <v>427</v>
+        <v>365</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
       <c r="B28" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C28" t="s">
-        <v>296</v>
+        <v>367</v>
       </c>
       <c r="D28" t="s">
-        <v>297</v>
+        <v>368</v>
       </c>
       <c r="E28" t="s">
-        <v>415</v>
+        <v>419</v>
+      </c>
+      <c r="F28" t="s">
+        <v>413</v>
+      </c>
+      <c r="G28" t="s">
+        <v>414</v>
+      </c>
+      <c r="H28" t="s">
+        <v>353</v>
+      </c>
+      <c r="I28" t="s">
+        <v>354</v>
+      </c>
+      <c r="J28" t="s">
+        <v>452</v>
       </c>
       <c r="K28" t="s">
-        <v>297</v>
+        <v>371</v>
       </c>
       <c r="L28" t="s">
+        <v>357</v>
+      </c>
+      <c r="M28" t="s">
+        <v>368</v>
+      </c>
+      <c r="N28" t="s">
         <v>359</v>
       </c>
-      <c r="N28" t="s">
-[...9 lines deleted...]
-        <v>495</v>
+      <c r="O28" t="s">
+        <v>420</v>
+      </c>
+      <c r="P28" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>402</v>
+      </c>
+      <c r="R28" t="s">
+        <v>421</v>
+      </c>
+      <c r="S28">
+        <v>5556362120</v>
+      </c>
+      <c r="T28" t="s">
+        <v>422</v>
+      </c>
+      <c r="U28" t="s">
+        <v>423</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="B29" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="C29" t="s">
-        <v>40</v>
+        <v>378</v>
       </c>
       <c r="D29" t="s">
-        <v>58</v>
+        <v>379</v>
       </c>
       <c r="E29" t="s">
-        <v>368</v>
+        <v>501</v>
       </c>
       <c r="F29" t="s">
-        <v>389</v>
+        <v>413</v>
       </c>
       <c r="G29" t="s">
-        <v>395</v>
+        <v>414</v>
       </c>
       <c r="H29" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="I29" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="J29" t="s">
-        <v>396</v>
+        <v>452</v>
       </c>
       <c r="K29" t="s">
-        <v>369</v>
+        <v>381</v>
       </c>
       <c r="L29" t="s">
+        <v>357</v>
+      </c>
+      <c r="M29" t="s">
+        <v>379</v>
+      </c>
+      <c r="N29" t="s">
         <v>359</v>
       </c>
-      <c r="M29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O29" t="s">
-        <v>371</v>
+        <v>426</v>
       </c>
       <c r="P29" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q29" t="s">
-        <v>397</v>
+        <v>383</v>
       </c>
       <c r="R29" t="s">
-        <v>373</v>
+        <v>427</v>
       </c>
       <c r="S29">
         <v>5556362120</v>
       </c>
       <c r="T29" t="s">
-        <v>374</v>
+        <v>385</v>
       </c>
       <c r="U29" t="s">
-        <v>375</v>
+        <v>386</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="B30" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="C30" t="s">
-        <v>483</v>
+        <v>296</v>
       </c>
       <c r="D30" t="s">
-        <v>484</v>
+        <v>297</v>
       </c>
       <c r="E30" t="s">
-        <v>498</v>
+        <v>407</v>
       </c>
       <c r="F30" t="s">
-        <v>353</v>
+        <v>413</v>
       </c>
       <c r="G30" t="s">
-        <v>395</v>
+        <v>503</v>
       </c>
       <c r="H30" t="s">
-        <v>355</v>
+        <v>504</v>
       </c>
       <c r="I30" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="J30" t="s">
-        <v>442</v>
+        <v>505</v>
       </c>
       <c r="K30" t="s">
-        <v>486</v>
+        <v>506</v>
       </c>
       <c r="L30" t="s">
+        <v>357</v>
+      </c>
+      <c r="M30" t="s">
+        <v>507</v>
+      </c>
+      <c r="N30" t="s">
         <v>359</v>
       </c>
-      <c r="M30" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P30" t="s">
-        <v>362</v>
-[...14 lines deleted...]
-        <v>502</v>
+        <v>361</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="B31" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C31" t="s">
+        <v>40</v>
+      </c>
+      <c r="D31" t="s">
+        <v>60</v>
+      </c>
+      <c r="E31" t="s">
         <v>350</v>
       </c>
-      <c r="D31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F31" t="s">
-        <v>389</v>
+        <v>413</v>
       </c>
       <c r="G31" t="s">
+        <v>414</v>
+      </c>
+      <c r="H31" t="s">
+        <v>353</v>
+      </c>
+      <c r="I31" t="s">
         <v>354</v>
       </c>
-      <c r="H31" t="s">
-[...2 lines deleted...]
-      <c r="I31" t="s">
+      <c r="J31" t="s">
+        <v>452</v>
+      </c>
+      <c r="K31" t="s">
         <v>356</v>
       </c>
-      <c r="J31" t="s">
-[...2 lines deleted...]
-      <c r="K31" t="s">
+      <c r="L31" t="s">
+        <v>357</v>
+      </c>
+      <c r="M31" t="s">
         <v>358</v>
       </c>
-      <c r="L31" t="s">
+      <c r="N31" t="s">
         <v>359</v>
       </c>
-      <c r="M31" t="s">
-[...2 lines deleted...]
-      <c r="N31" t="s">
+      <c r="O31" t="s">
         <v>360</v>
       </c>
-      <c r="O31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P31" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q31" t="s">
+        <v>416</v>
+      </c>
+      <c r="R31" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="S31">
         <v>5556362120</v>
       </c>
       <c r="T31" t="s">
+        <v>364</v>
+      </c>
+      <c r="U31" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="B32" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C32" t="s">
-        <v>296</v>
+        <v>378</v>
       </c>
       <c r="D32" t="s">
-        <v>297</v>
+        <v>379</v>
       </c>
       <c r="E32" t="s">
-        <v>415</v>
+        <v>510</v>
+      </c>
+      <c r="F32" t="s">
+        <v>413</v>
+      </c>
+      <c r="G32" t="s">
+        <v>352</v>
+      </c>
+      <c r="H32" t="s">
+        <v>353</v>
+      </c>
+      <c r="I32" t="s">
+        <v>354</v>
+      </c>
+      <c r="J32" t="s">
+        <v>452</v>
       </c>
       <c r="K32" t="s">
-        <v>297</v>
+        <v>381</v>
       </c>
       <c r="L32" t="s">
+        <v>357</v>
+      </c>
+      <c r="M32" t="s">
+        <v>379</v>
+      </c>
+      <c r="N32" t="s">
         <v>359</v>
       </c>
-      <c r="N32" t="s">
-[...9 lines deleted...]
-        <v>495</v>
+      <c r="O32" t="s">
+        <v>426</v>
+      </c>
+      <c r="P32" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>383</v>
+      </c>
+      <c r="R32" t="s">
+        <v>427</v>
+      </c>
+      <c r="S32">
+        <v>5556362120</v>
+      </c>
+      <c r="T32" t="s">
+        <v>385</v>
+      </c>
+      <c r="U32" t="s">
+        <v>386</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="B33" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="C33" t="s">
-        <v>40</v>
+        <v>397</v>
       </c>
       <c r="D33" t="s">
-        <v>58</v>
+        <v>398</v>
       </c>
       <c r="E33" t="s">
-        <v>368</v>
+        <v>512</v>
       </c>
       <c r="F33" t="s">
-        <v>389</v>
+        <v>351</v>
       </c>
       <c r="G33" t="s">
+        <v>414</v>
+      </c>
+      <c r="H33" t="s">
+        <v>353</v>
+      </c>
+      <c r="I33" t="s">
         <v>354</v>
       </c>
-      <c r="H33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>396</v>
+        <v>471</v>
       </c>
       <c r="K33" t="s">
-        <v>369</v>
+        <v>400</v>
       </c>
       <c r="L33" t="s">
+        <v>357</v>
+      </c>
+      <c r="M33" t="s">
+        <v>398</v>
+      </c>
+      <c r="N33" t="s">
         <v>359</v>
       </c>
-      <c r="M33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O33" t="s">
-        <v>371</v>
+        <v>513</v>
       </c>
       <c r="P33" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q33" t="s">
-        <v>397</v>
+        <v>514</v>
       </c>
       <c r="R33" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-        <v>5556362120</v>
+        <v>515</v>
       </c>
       <c r="T33" t="s">
-        <v>374</v>
+        <v>516</v>
       </c>
       <c r="U33" t="s">
-        <v>375</v>
+        <v>517</v>
+      </c>
+      <c r="V33" t="s">
+        <v>417</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>508</v>
+        <v>518</v>
       </c>
       <c r="B34" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="C34" t="s">
-        <v>400</v>
+        <v>299</v>
       </c>
       <c r="D34" t="s">
-        <v>401</v>
+        <v>300</v>
       </c>
       <c r="E34" t="s">
-        <v>402</v>
-[...14 lines deleted...]
-        <v>396</v>
+        <v>407</v>
       </c>
       <c r="K34" t="s">
-        <v>403</v>
+        <v>300</v>
       </c>
       <c r="L34" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-        <v>401</v>
+        <v>357</v>
       </c>
       <c r="N34" t="s">
-        <v>360</v>
-[...20 lines deleted...]
-        <v>408</v>
+        <v>457</v>
+      </c>
+      <c r="W34" t="s">
+        <v>519</v>
+      </c>
+      <c r="X34" t="s">
+        <v>520</v>
+      </c>
+      <c r="Y34" t="s">
+        <v>521</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>509</v>
+        <v>522</v>
       </c>
       <c r="B35" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C35" t="s">
-        <v>454</v>
+        <v>40</v>
       </c>
       <c r="D35" t="s">
-        <v>455</v>
+        <v>60</v>
       </c>
       <c r="E35" t="s">
-        <v>510</v>
+        <v>350</v>
       </c>
       <c r="F35" t="s">
-        <v>389</v>
+        <v>413</v>
       </c>
       <c r="G35" t="s">
-        <v>395</v>
+        <v>414</v>
       </c>
       <c r="H35" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="I35" t="s">
+        <v>354</v>
+      </c>
+      <c r="J35" t="s">
+        <v>452</v>
+      </c>
+      <c r="K35" t="s">
         <v>356</v>
       </c>
-      <c r="J35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L35" t="s">
+        <v>357</v>
+      </c>
+      <c r="M35" t="s">
+        <v>358</v>
+      </c>
+      <c r="N35" t="s">
         <v>359</v>
       </c>
-      <c r="M35" t="s">
-[...2 lines deleted...]
-      <c r="N35" t="s">
+      <c r="O35" t="s">
         <v>360</v>
       </c>
-      <c r="O35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P35" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q35" t="s">
         <v>362</v>
       </c>
-      <c r="Q35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R35" t="s">
-        <v>460</v>
+        <v>363</v>
       </c>
       <c r="S35">
         <v>5556362120</v>
       </c>
       <c r="T35" t="s">
-        <v>461</v>
+        <v>364</v>
       </c>
       <c r="U35" t="s">
-        <v>462</v>
+        <v>365</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>511</v>
+        <v>523</v>
       </c>
       <c r="B36" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C36" t="s">
-        <v>350</v>
+        <v>397</v>
       </c>
       <c r="D36" t="s">
+        <v>398</v>
+      </c>
+      <c r="E36" t="s">
+        <v>524</v>
+      </c>
+      <c r="F36" t="s">
         <v>351</v>
       </c>
-      <c r="E36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G36" t="s">
-        <v>395</v>
+        <v>414</v>
       </c>
       <c r="H36" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="I36" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="J36" t="s">
-        <v>396</v>
+        <v>471</v>
       </c>
       <c r="K36" t="s">
-        <v>358</v>
+        <v>400</v>
       </c>
       <c r="L36" t="s">
+        <v>357</v>
+      </c>
+      <c r="M36" t="s">
+        <v>398</v>
+      </c>
+      <c r="N36" t="s">
         <v>359</v>
       </c>
-      <c r="M36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O36" t="s">
-        <v>411</v>
+        <v>401</v>
       </c>
       <c r="P36" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q36" t="s">
-        <v>363</v>
+        <v>402</v>
       </c>
       <c r="R36" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="S36">
         <v>5556362120</v>
       </c>
       <c r="T36" t="s">
-        <v>365</v>
+        <v>404</v>
       </c>
       <c r="U36" t="s">
-        <v>413</v>
+        <v>405</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>512</v>
+        <v>525</v>
       </c>
       <c r="B37" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C37" t="s">
-        <v>300</v>
+        <v>378</v>
       </c>
       <c r="D37" t="s">
-        <v>301</v>
+        <v>379</v>
       </c>
       <c r="E37" t="s">
-        <v>415</v>
+        <v>526</v>
+      </c>
+      <c r="F37" t="s">
+        <v>413</v>
       </c>
       <c r="G37" t="s">
-        <v>513</v>
+        <v>352</v>
       </c>
       <c r="H37" t="s">
-        <v>514</v>
+        <v>353</v>
       </c>
       <c r="I37" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="J37" t="s">
-        <v>515</v>
+        <v>452</v>
       </c>
       <c r="K37" t="s">
-        <v>516</v>
+        <v>381</v>
       </c>
       <c r="L37" t="s">
+        <v>357</v>
+      </c>
+      <c r="M37" t="s">
+        <v>379</v>
+      </c>
+      <c r="N37" t="s">
         <v>359</v>
       </c>
-      <c r="M37" t="s">
-[...3 lines deleted...]
-        <v>360</v>
+      <c r="O37" t="s">
+        <v>382</v>
       </c>
       <c r="P37" t="s">
-        <v>362</v>
+        <v>361</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>383</v>
+      </c>
+      <c r="R37" t="s">
+        <v>384</v>
+      </c>
+      <c r="S37">
+        <v>5556362120</v>
+      </c>
+      <c r="T37" t="s">
+        <v>385</v>
+      </c>
+      <c r="U37" t="s">
+        <v>386</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>517</v>
+        <v>527</v>
       </c>
       <c r="B38" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="C38" t="s">
-        <v>40</v>
+        <v>299</v>
       </c>
       <c r="D38" t="s">
-        <v>41</v>
+        <v>300</v>
       </c>
       <c r="E38" t="s">
-        <v>368</v>
-[...11 lines deleted...]
-        <v>426</v>
+        <v>407</v>
       </c>
       <c r="K38" t="s">
-        <v>369</v>
+        <v>300</v>
       </c>
       <c r="L38" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-        <v>370</v>
+        <v>357</v>
       </c>
       <c r="N38" t="s">
-        <v>360</v>
-[...20 lines deleted...]
-        <v>375</v>
+        <v>457</v>
+      </c>
+      <c r="W38" t="s">
+        <v>519</v>
+      </c>
+      <c r="X38" t="s">
+        <v>520</v>
+      </c>
+      <c r="Y38" t="s">
+        <v>521</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
       <c r="B39" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C39" t="s">
-        <v>400</v>
+        <v>40</v>
       </c>
       <c r="D39" t="s">
-        <v>401</v>
+        <v>60</v>
       </c>
       <c r="E39" t="s">
-        <v>519</v>
+        <v>350</v>
       </c>
       <c r="F39" t="s">
+        <v>413</v>
+      </c>
+      <c r="G39" t="s">
+        <v>352</v>
+      </c>
+      <c r="H39" t="s">
         <v>353</v>
       </c>
-      <c r="G39" t="s">
+      <c r="I39" t="s">
         <v>354</v>
       </c>
-      <c r="H39" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>520</v>
+        <v>452</v>
       </c>
       <c r="K39" t="s">
-        <v>403</v>
+        <v>356</v>
       </c>
       <c r="L39" t="s">
+        <v>357</v>
+      </c>
+      <c r="M39" t="s">
+        <v>358</v>
+      </c>
+      <c r="N39" t="s">
         <v>359</v>
       </c>
-      <c r="M39" t="s">
-[...2 lines deleted...]
-      <c r="N39" t="s">
+      <c r="O39" t="s">
         <v>360</v>
       </c>
-      <c r="O39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P39" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q39" t="s">
         <v>362</v>
       </c>
-      <c r="Q39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R39" t="s">
-        <v>431</v>
+        <v>363</v>
       </c>
       <c r="S39">
         <v>5556362120</v>
       </c>
       <c r="T39" t="s">
-        <v>432</v>
+        <v>364</v>
       </c>
       <c r="U39" t="s">
-        <v>433</v>
+        <v>365</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>521</v>
+        <v>529</v>
       </c>
       <c r="B40" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C40" t="s">
-        <v>350</v>
+        <v>367</v>
       </c>
       <c r="D40" t="s">
-        <v>351</v>
+        <v>368</v>
       </c>
       <c r="E40" t="s">
-        <v>522</v>
+        <v>419</v>
       </c>
       <c r="F40" t="s">
+        <v>413</v>
+      </c>
+      <c r="G40" t="s">
+        <v>414</v>
+      </c>
+      <c r="H40" t="s">
         <v>353</v>
       </c>
-      <c r="G40" t="s">
+      <c r="I40" t="s">
         <v>354</v>
       </c>
-      <c r="H40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J40" t="s">
-        <v>426</v>
+        <v>452</v>
       </c>
       <c r="K40" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="L40" t="s">
+        <v>357</v>
+      </c>
+      <c r="M40" t="s">
+        <v>368</v>
+      </c>
+      <c r="N40" t="s">
         <v>359</v>
       </c>
-      <c r="M40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O40" t="s">
-        <v>505</v>
+        <v>420</v>
       </c>
       <c r="P40" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q40" t="s">
-        <v>363</v>
+        <v>402</v>
       </c>
       <c r="R40" t="s">
-        <v>364</v>
+        <v>421</v>
       </c>
       <c r="S40">
         <v>5556362120</v>
       </c>
       <c r="T40" t="s">
-        <v>365</v>
+        <v>422</v>
       </c>
       <c r="U40" t="s">
-        <v>413</v>
+        <v>423</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="B41" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C41" t="s">
-        <v>303</v>
+        <v>483</v>
       </c>
       <c r="D41" t="s">
-        <v>304</v>
+        <v>484</v>
       </c>
       <c r="E41" t="s">
-        <v>415</v>
+        <v>399</v>
+      </c>
+      <c r="F41" t="s">
+        <v>413</v>
+      </c>
+      <c r="G41" t="s">
+        <v>414</v>
+      </c>
+      <c r="H41" t="s">
+        <v>353</v>
+      </c>
+      <c r="I41" t="s">
+        <v>354</v>
+      </c>
+      <c r="J41" t="s">
+        <v>452</v>
       </c>
       <c r="K41" t="s">
-        <v>304</v>
+        <v>486</v>
       </c>
       <c r="L41" t="s">
+        <v>357</v>
+      </c>
+      <c r="M41" t="s">
+        <v>484</v>
+      </c>
+      <c r="N41" t="s">
         <v>359</v>
       </c>
-      <c r="M41" t="s">
-[...3 lines deleted...]
-        <v>360</v>
+      <c r="O41" t="s">
+        <v>487</v>
+      </c>
+      <c r="P41" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>488</v>
+      </c>
+      <c r="R41" t="s">
+        <v>489</v>
+      </c>
+      <c r="S41">
+        <v>5556362120</v>
+      </c>
+      <c r="T41" t="s">
+        <v>490</v>
+      </c>
+      <c r="U41" t="s">
+        <v>491</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="B42" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="C42" t="s">
-        <v>40</v>
+        <v>378</v>
       </c>
       <c r="D42" t="s">
-        <v>58</v>
+        <v>379</v>
       </c>
       <c r="E42" t="s">
-        <v>368</v>
+        <v>464</v>
       </c>
       <c r="F42" t="s">
-        <v>389</v>
+        <v>413</v>
       </c>
       <c r="G42" t="s">
+        <v>414</v>
+      </c>
+      <c r="H42" t="s">
+        <v>353</v>
+      </c>
+      <c r="I42" t="s">
         <v>354</v>
       </c>
-      <c r="H42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J42" t="s">
-        <v>396</v>
+        <v>452</v>
       </c>
       <c r="K42" t="s">
-        <v>369</v>
+        <v>381</v>
       </c>
       <c r="L42" t="s">
+        <v>357</v>
+      </c>
+      <c r="M42" t="s">
+        <v>379</v>
+      </c>
+      <c r="N42" t="s">
         <v>359</v>
       </c>
-      <c r="M42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O42" t="s">
-        <v>371</v>
+        <v>426</v>
       </c>
       <c r="P42" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q42" t="s">
-        <v>397</v>
+        <v>383</v>
       </c>
       <c r="R42" t="s">
-        <v>373</v>
+        <v>427</v>
       </c>
       <c r="S42">
         <v>5556362120</v>
       </c>
       <c r="T42" t="s">
-        <v>374</v>
+        <v>385</v>
       </c>
       <c r="U42" t="s">
-        <v>375</v>
+        <v>386</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
       <c r="B43" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="C43" t="s">
-        <v>400</v>
+        <v>303</v>
       </c>
       <c r="D43" t="s">
-        <v>401</v>
+        <v>304</v>
       </c>
       <c r="E43" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-        <v>389</v>
+        <v>407</v>
       </c>
       <c r="G43" t="s">
-        <v>395</v>
+        <v>533</v>
       </c>
       <c r="H43" t="s">
-        <v>355</v>
+        <v>534</v>
       </c>
       <c r="I43" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="J43" t="s">
-        <v>396</v>
+        <v>535</v>
       </c>
       <c r="K43" t="s">
-        <v>403</v>
+        <v>536</v>
       </c>
       <c r="L43" t="s">
+        <v>357</v>
+      </c>
+      <c r="M43" t="s">
+        <v>304</v>
+      </c>
+      <c r="N43" t="s">
         <v>359</v>
       </c>
-      <c r="M43" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P43" t="s">
-        <v>362</v>
-[...14 lines deleted...]
-        <v>433</v>
+        <v>361</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>526</v>
+        <v>537</v>
       </c>
       <c r="B44" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C44" t="s">
-        <v>454</v>
+        <v>40</v>
       </c>
       <c r="D44" t="s">
-        <v>455</v>
+        <v>41</v>
       </c>
       <c r="E44" t="s">
-        <v>510</v>
-[...2 lines deleted...]
-        <v>389</v>
+        <v>350</v>
       </c>
       <c r="G44" t="s">
-        <v>395</v>
+        <v>352</v>
       </c>
       <c r="H44" t="s">
+        <v>353</v>
+      </c>
+      <c r="I44" t="s">
+        <v>353</v>
+      </c>
+      <c r="J44" t="s">
         <v>355</v>
       </c>
-      <c r="I44" t="s">
+      <c r="K44" t="s">
         <v>356</v>
       </c>
-      <c r="J44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L44" t="s">
+        <v>357</v>
+      </c>
+      <c r="M44" t="s">
+        <v>358</v>
+      </c>
+      <c r="N44" t="s">
         <v>359</v>
       </c>
-      <c r="M44" t="s">
-[...2 lines deleted...]
-      <c r="N44" t="s">
+      <c r="O44" t="s">
         <v>360</v>
       </c>
-      <c r="O44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P44" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q44" t="s">
         <v>362</v>
       </c>
-      <c r="Q44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R44" t="s">
-        <v>460</v>
+        <v>363</v>
       </c>
       <c r="S44">
         <v>5556362120</v>
       </c>
       <c r="T44" t="s">
-        <v>461</v>
+        <v>364</v>
       </c>
       <c r="U44" t="s">
-        <v>462</v>
+        <v>365</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>527</v>
+        <v>538</v>
       </c>
       <c r="B45" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C45" t="s">
-        <v>350</v>
+        <v>367</v>
       </c>
       <c r="D45" t="s">
+        <v>368</v>
+      </c>
+      <c r="E45" t="s">
+        <v>369</v>
+      </c>
+      <c r="F45" t="s">
         <v>351</v>
       </c>
-      <c r="E45" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G45" t="s">
-        <v>395</v>
+        <v>352</v>
       </c>
       <c r="H45" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="I45" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="J45" t="s">
-        <v>396</v>
+        <v>539</v>
       </c>
       <c r="K45" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="L45" t="s">
+        <v>357</v>
+      </c>
+      <c r="M45" t="s">
+        <v>368</v>
+      </c>
+      <c r="N45" t="s">
         <v>359</v>
       </c>
-      <c r="M45" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O45" t="s">
-        <v>505</v>
+        <v>372</v>
       </c>
       <c r="P45" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q45" t="s">
-        <v>363</v>
+        <v>373</v>
       </c>
       <c r="R45" t="s">
-        <v>364</v>
+        <v>374</v>
       </c>
       <c r="S45">
         <v>5556362120</v>
       </c>
       <c r="T45" t="s">
-        <v>365</v>
+        <v>375</v>
       </c>
       <c r="U45" t="s">
-        <v>413</v>
+        <v>376</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>528</v>
+        <v>540</v>
       </c>
       <c r="B46" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C46" t="s">
-        <v>306</v>
+        <v>378</v>
       </c>
       <c r="D46" t="s">
-        <v>307</v>
+        <v>379</v>
       </c>
       <c r="E46" t="s">
-        <v>415</v>
+        <v>541</v>
       </c>
       <c r="F46" t="s">
-        <v>389</v>
+        <v>351</v>
       </c>
       <c r="G46" t="s">
-        <v>529</v>
+        <v>352</v>
       </c>
       <c r="H46" t="s">
-        <v>530</v>
+        <v>353</v>
       </c>
       <c r="I46" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="J46" t="s">
-        <v>531</v>
+        <v>355</v>
       </c>
       <c r="K46" t="s">
-        <v>532</v>
+        <v>381</v>
       </c>
       <c r="L46" t="s">
+        <v>357</v>
+      </c>
+      <c r="M46" t="s">
+        <v>379</v>
+      </c>
+      <c r="N46" t="s">
         <v>359</v>
       </c>
-      <c r="M46" t="s">
-[...3 lines deleted...]
-        <v>360</v>
+      <c r="O46" t="s">
+        <v>382</v>
+      </c>
+      <c r="P46" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>383</v>
+      </c>
+      <c r="R46" t="s">
+        <v>384</v>
+      </c>
+      <c r="S46">
+        <v>5556362120</v>
+      </c>
+      <c r="T46" t="s">
+        <v>385</v>
+      </c>
+      <c r="U46" t="s">
+        <v>386</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
       <c r="B47" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="C47" t="s">
-        <v>40</v>
+        <v>306</v>
       </c>
       <c r="D47" t="s">
-        <v>41</v>
+        <v>307</v>
       </c>
       <c r="E47" t="s">
-        <v>368</v>
-[...13 lines deleted...]
-      <c r="J47" t="s">
+        <v>407</v>
+      </c>
+      <c r="K47" t="s">
+        <v>307</v>
+      </c>
+      <c r="L47" t="s">
         <v>357</v>
       </c>
-      <c r="K47" t="s">
-[...2 lines deleted...]
-      <c r="L47" t="s">
+      <c r="M47" t="s">
+        <v>307</v>
+      </c>
+      <c r="N47" t="s">
         <v>359</v>
-      </c>
-[...25 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>534</v>
+        <v>543</v>
       </c>
       <c r="B48" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C48" t="s">
+        <v>40</v>
+      </c>
+      <c r="D48" t="s">
+        <v>60</v>
+      </c>
+      <c r="E48" t="s">
         <v>350</v>
       </c>
-      <c r="D48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F48" t="s">
-        <v>354</v>
+        <v>413</v>
       </c>
       <c r="G48" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="H48" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="I48" t="s">
+        <v>353</v>
+      </c>
+      <c r="J48" t="s">
+        <v>452</v>
+      </c>
+      <c r="K48" t="s">
         <v>356</v>
       </c>
-      <c r="J48" t="s">
+      <c r="L48" t="s">
         <v>357</v>
       </c>
-      <c r="K48" t="s">
+      <c r="M48" t="s">
         <v>358</v>
       </c>
-      <c r="L48" t="s">
+      <c r="N48" t="s">
         <v>359</v>
       </c>
-      <c r="M48" t="s">
-[...2 lines deleted...]
-      <c r="N48" t="s">
+      <c r="O48" t="s">
         <v>360</v>
       </c>
-      <c r="O48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P48" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q48" t="s">
         <v>362</v>
       </c>
-      <c r="Q48" t="s">
+      <c r="R48" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="S48">
         <v>5556362120</v>
       </c>
       <c r="T48" t="s">
+        <v>364</v>
+      </c>
+      <c r="U48" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>536</v>
+        <v>544</v>
       </c>
       <c r="B49" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C49" t="s">
-        <v>537</v>
+        <v>367</v>
       </c>
       <c r="D49" t="s">
-        <v>538</v>
+        <v>368</v>
       </c>
       <c r="E49" t="s">
-        <v>379</v>
+        <v>419</v>
       </c>
       <c r="F49" t="s">
+        <v>413</v>
+      </c>
+      <c r="G49" t="s">
+        <v>414</v>
+      </c>
+      <c r="H49" t="s">
         <v>353</v>
       </c>
-      <c r="G49" t="s">
+      <c r="I49" t="s">
         <v>354</v>
       </c>
-      <c r="H49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J49" t="s">
-        <v>426</v>
+        <v>452</v>
       </c>
       <c r="K49" t="s">
-        <v>539</v>
+        <v>371</v>
       </c>
       <c r="L49" t="s">
+        <v>357</v>
+      </c>
+      <c r="M49" t="s">
+        <v>368</v>
+      </c>
+      <c r="N49" t="s">
         <v>359</v>
       </c>
-      <c r="M49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O49" t="s">
-        <v>540</v>
+        <v>372</v>
       </c>
       <c r="P49" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q49" t="s">
-        <v>541</v>
+        <v>373</v>
       </c>
       <c r="R49" t="s">
-        <v>542</v>
+        <v>374</v>
       </c>
       <c r="S49">
         <v>5556362120</v>
       </c>
       <c r="T49" t="s">
-        <v>543</v>
+        <v>375</v>
       </c>
       <c r="U49" t="s">
-        <v>544</v>
+        <v>376</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>545</v>
       </c>
       <c r="B50" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C50" t="s">
-        <v>377</v>
+        <v>483</v>
       </c>
       <c r="D50" t="s">
-        <v>378</v>
+        <v>484</v>
       </c>
       <c r="E50" t="s">
-        <v>379</v>
+        <v>399</v>
       </c>
       <c r="F50" t="s">
+        <v>413</v>
+      </c>
+      <c r="G50" t="s">
+        <v>414</v>
+      </c>
+      <c r="H50" t="s">
         <v>353</v>
       </c>
-      <c r="G50" t="s">
+      <c r="I50" t="s">
         <v>354</v>
       </c>
-      <c r="H50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J50" t="s">
-        <v>426</v>
+        <v>452</v>
       </c>
       <c r="K50" t="s">
-        <v>380</v>
+        <v>486</v>
       </c>
       <c r="L50" t="s">
+        <v>357</v>
+      </c>
+      <c r="M50" t="s">
+        <v>484</v>
+      </c>
+      <c r="N50" t="s">
         <v>359</v>
       </c>
-      <c r="M50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O50" t="s">
-        <v>382</v>
+        <v>487</v>
       </c>
       <c r="P50" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q50" t="s">
-        <v>383</v>
+        <v>488</v>
       </c>
       <c r="R50" t="s">
-        <v>384</v>
+        <v>489</v>
       </c>
       <c r="S50">
         <v>5556362120</v>
       </c>
       <c r="T50" t="s">
-        <v>385</v>
+        <v>490</v>
       </c>
       <c r="U50" t="s">
-        <v>386</v>
+        <v>491</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>546</v>
       </c>
       <c r="B51" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C51" t="s">
-        <v>547</v>
+        <v>378</v>
       </c>
       <c r="D51" t="s">
-        <v>548</v>
+        <v>379</v>
       </c>
       <c r="E51" t="s">
-        <v>549</v>
+        <v>464</v>
       </c>
       <c r="F51" t="s">
+        <v>413</v>
+      </c>
+      <c r="G51" t="s">
+        <v>414</v>
+      </c>
+      <c r="H51" t="s">
         <v>353</v>
       </c>
-      <c r="G51" t="s">
+      <c r="I51" t="s">
         <v>354</v>
       </c>
-      <c r="H51" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J51" t="s">
-        <v>426</v>
+        <v>452</v>
       </c>
       <c r="K51" t="s">
-        <v>550</v>
+        <v>381</v>
       </c>
       <c r="L51" t="s">
+        <v>357</v>
+      </c>
+      <c r="M51" t="s">
+        <v>379</v>
+      </c>
+      <c r="N51" t="s">
         <v>359</v>
       </c>
-      <c r="M51" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O51" t="s">
-        <v>551</v>
+        <v>382</v>
       </c>
       <c r="P51" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q51" t="s">
-        <v>552</v>
+        <v>383</v>
       </c>
       <c r="R51" t="s">
-        <v>553</v>
+        <v>384</v>
       </c>
       <c r="S51">
         <v>5556362120</v>
       </c>
       <c r="T51" t="s">
-        <v>554</v>
+        <v>385</v>
       </c>
       <c r="U51" t="s">
-        <v>555</v>
+        <v>386</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>556</v>
+        <v>547</v>
       </c>
       <c r="B52" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C52" t="s">
         <v>309</v>
       </c>
       <c r="D52" t="s">
         <v>310</v>
       </c>
       <c r="E52" t="s">
-        <v>415</v>
+        <v>407</v>
+      </c>
+      <c r="F52" t="s">
+        <v>413</v>
+      </c>
+      <c r="G52" t="s">
+        <v>548</v>
+      </c>
+      <c r="H52" t="s">
+        <v>549</v>
+      </c>
+      <c r="I52" t="s">
+        <v>354</v>
+      </c>
+      <c r="J52" t="s">
+        <v>550</v>
       </c>
       <c r="K52" t="s">
-        <v>310</v>
+        <v>551</v>
       </c>
       <c r="L52" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="M52" t="s">
         <v>310</v>
       </c>
       <c r="N52" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>557</v>
+        <v>552</v>
       </c>
       <c r="B53" t="s">
         <v>139</v>
       </c>
       <c r="C53" t="s">
         <v>40</v>
       </c>
       <c r="D53" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="E53" t="s">
-        <v>368</v>
+        <v>350</v>
       </c>
       <c r="F53" t="s">
-        <v>389</v>
+        <v>351</v>
       </c>
       <c r="G53" t="s">
+        <v>352</v>
+      </c>
+      <c r="H53" t="s">
+        <v>353</v>
+      </c>
+      <c r="I53" t="s">
         <v>354</v>
       </c>
-      <c r="H53" t="s">
-[...2 lines deleted...]
-      <c r="I53" t="s">
+      <c r="J53" t="s">
+        <v>434</v>
+      </c>
+      <c r="K53" t="s">
         <v>356</v>
       </c>
-      <c r="J53" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L53" t="s">
+        <v>357</v>
+      </c>
+      <c r="M53" t="s">
+        <v>358</v>
+      </c>
+      <c r="N53" t="s">
         <v>359</v>
       </c>
-      <c r="M53" t="s">
-[...2 lines deleted...]
-      <c r="N53" t="s">
+      <c r="O53" t="s">
         <v>360</v>
       </c>
-      <c r="O53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P53" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q53" t="s">
         <v>362</v>
       </c>
-      <c r="Q53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R53" t="s">
-        <v>373</v>
+        <v>363</v>
       </c>
       <c r="S53">
         <v>5556362120</v>
       </c>
       <c r="T53" t="s">
-        <v>374</v>
+        <v>364</v>
       </c>
       <c r="U53" t="s">
-        <v>375</v>
+        <v>365</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>558</v>
+        <v>553</v>
       </c>
       <c r="B54" t="s">
         <v>139</v>
       </c>
       <c r="C54" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D54" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
       <c r="E54" t="s">
-        <v>435</v>
+        <v>554</v>
       </c>
       <c r="F54" t="s">
-        <v>389</v>
+        <v>352</v>
       </c>
       <c r="G54" t="s">
-        <v>395</v>
+        <v>352</v>
       </c>
       <c r="H54" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="I54" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="J54" t="s">
-        <v>396</v>
+        <v>434</v>
       </c>
       <c r="K54" t="s">
-        <v>358</v>
+        <v>381</v>
       </c>
       <c r="L54" t="s">
+        <v>357</v>
+      </c>
+      <c r="M54" t="s">
+        <v>379</v>
+      </c>
+      <c r="N54" t="s">
         <v>359</v>
       </c>
-      <c r="M54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O54" t="s">
-        <v>505</v>
+        <v>382</v>
       </c>
       <c r="P54" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q54" t="s">
-        <v>363</v>
+        <v>383</v>
       </c>
       <c r="R54" t="s">
-        <v>364</v>
+        <v>384</v>
       </c>
       <c r="S54">
         <v>5556362120</v>
       </c>
       <c r="T54" t="s">
-        <v>365</v>
+        <v>385</v>
       </c>
       <c r="U54" t="s">
-        <v>413</v>
+        <v>386</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="B55" t="s">
         <v>139</v>
       </c>
       <c r="C55" t="s">
-        <v>400</v>
+        <v>556</v>
       </c>
       <c r="D55" t="s">
-        <v>401</v>
+        <v>557</v>
       </c>
       <c r="E55" t="s">
-        <v>402</v>
+        <v>440</v>
       </c>
       <c r="F55" t="s">
-        <v>389</v>
+        <v>351</v>
       </c>
       <c r="G55" t="s">
-        <v>395</v>
+        <v>352</v>
       </c>
       <c r="H55" t="s">
+        <v>353</v>
+      </c>
+      <c r="I55" t="s">
+        <v>354</v>
+      </c>
+      <c r="J55" t="s">
         <v>355</v>
       </c>
-      <c r="I55" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K55" t="s">
-        <v>403</v>
+        <v>558</v>
       </c>
       <c r="L55" t="s">
+        <v>357</v>
+      </c>
+      <c r="M55" t="s">
+        <v>557</v>
+      </c>
+      <c r="N55" t="s">
         <v>359</v>
       </c>
-      <c r="M55" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O55" t="s">
-        <v>429</v>
+        <v>559</v>
       </c>
       <c r="P55" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q55" t="s">
-        <v>430</v>
+        <v>560</v>
       </c>
       <c r="R55" t="s">
-        <v>431</v>
+        <v>561</v>
       </c>
       <c r="S55">
         <v>5556362120</v>
       </c>
       <c r="T55" t="s">
-        <v>432</v>
+        <v>562</v>
       </c>
       <c r="U55" t="s">
-        <v>433</v>
+        <v>563</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="B56" t="s">
         <v>139</v>
       </c>
       <c r="C56" t="s">
-        <v>454</v>
+        <v>388</v>
       </c>
       <c r="D56" t="s">
-        <v>455</v>
+        <v>439</v>
       </c>
       <c r="E56" t="s">
-        <v>510</v>
+        <v>440</v>
       </c>
       <c r="F56" t="s">
-        <v>389</v>
+        <v>351</v>
       </c>
       <c r="G56" t="s">
-        <v>395</v>
+        <v>352</v>
       </c>
       <c r="H56" t="s">
+        <v>353</v>
+      </c>
+      <c r="I56" t="s">
+        <v>354</v>
+      </c>
+      <c r="J56" t="s">
         <v>355</v>
       </c>
-      <c r="I56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K56" t="s">
-        <v>457</v>
+        <v>390</v>
       </c>
       <c r="L56" t="s">
+        <v>357</v>
+      </c>
+      <c r="M56" t="s">
+        <v>439</v>
+      </c>
+      <c r="N56" t="s">
         <v>359</v>
       </c>
-      <c r="M56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O56" t="s">
-        <v>458</v>
+        <v>441</v>
       </c>
       <c r="P56" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q56" t="s">
-        <v>459</v>
+        <v>442</v>
       </c>
       <c r="R56" t="s">
-        <v>460</v>
+        <v>443</v>
       </c>
       <c r="S56">
         <v>5556362120</v>
       </c>
       <c r="T56" t="s">
-        <v>461</v>
+        <v>444</v>
       </c>
       <c r="U56" t="s">
-        <v>462</v>
+        <v>445</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="B57" t="s">
         <v>139</v>
       </c>
       <c r="C57" t="s">
-        <v>290</v>
+        <v>566</v>
       </c>
       <c r="D57" t="s">
-        <v>291</v>
+        <v>567</v>
       </c>
       <c r="E57" t="s">
-        <v>464</v>
+        <v>568</v>
       </c>
       <c r="F57" t="s">
-        <v>562</v>
+        <v>351</v>
       </c>
       <c r="G57" t="s">
-        <v>563</v>
+        <v>352</v>
       </c>
       <c r="H57" t="s">
-        <v>466</v>
+        <v>353</v>
       </c>
       <c r="I57" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="J57" t="s">
-        <v>467</v>
+        <v>355</v>
       </c>
       <c r="K57" t="s">
-        <v>468</v>
+        <v>569</v>
       </c>
       <c r="L57" t="s">
+        <v>357</v>
+      </c>
+      <c r="M57" t="s">
+        <v>567</v>
+      </c>
+      <c r="N57" t="s">
         <v>359</v>
       </c>
-      <c r="M57" t="s">
-[...3 lines deleted...]
-        <v>360</v>
+      <c r="O57" t="s">
+        <v>570</v>
+      </c>
+      <c r="P57" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>571</v>
+      </c>
+      <c r="R57" t="s">
+        <v>572</v>
+      </c>
+      <c r="S57">
+        <v>5556362120</v>
+      </c>
+      <c r="T57" t="s">
+        <v>573</v>
+      </c>
+      <c r="U57" t="s">
+        <v>574</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>564</v>
+        <v>575</v>
       </c>
       <c r="B58" t="s">
         <v>139</v>
       </c>
       <c r="C58" t="s">
+        <v>312</v>
+      </c>
+      <c r="D58" t="s">
         <v>313</v>
       </c>
-      <c r="D58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E58" t="s">
-        <v>415</v>
-[...14 lines deleted...]
-        <v>567</v>
+        <v>407</v>
       </c>
       <c r="K58" t="s">
-        <v>568</v>
+        <v>313</v>
       </c>
       <c r="L58" t="s">
+        <v>357</v>
+      </c>
+      <c r="M58" t="s">
+        <v>313</v>
+      </c>
+      <c r="N58" t="s">
         <v>359</v>
-      </c>
-[...4 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="B59" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="C59" t="s">
-        <v>316</v>
+        <v>40</v>
       </c>
       <c r="D59" t="s">
-        <v>317</v>
+        <v>60</v>
       </c>
       <c r="E59" t="s">
-        <v>415</v>
+        <v>350</v>
       </c>
       <c r="F59" t="s">
-        <v>389</v>
+        <v>413</v>
       </c>
       <c r="G59" t="s">
-        <v>570</v>
+        <v>352</v>
       </c>
       <c r="H59" t="s">
-        <v>571</v>
+        <v>353</v>
       </c>
       <c r="I59" t="s">
+        <v>354</v>
+      </c>
+      <c r="J59" t="s">
+        <v>452</v>
+      </c>
+      <c r="K59" t="s">
         <v>356</v>
       </c>
-      <c r="J59" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L59" t="s">
+        <v>357</v>
+      </c>
+      <c r="M59" t="s">
+        <v>358</v>
+      </c>
+      <c r="N59" t="s">
         <v>359</v>
       </c>
-      <c r="M59" t="s">
-[...2 lines deleted...]
-      <c r="N59" t="s">
+      <c r="O59" t="s">
         <v>360</v>
+      </c>
+      <c r="P59" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>362</v>
+      </c>
+      <c r="R59" t="s">
+        <v>363</v>
+      </c>
+      <c r="S59">
+        <v>5556362120</v>
+      </c>
+      <c r="T59" t="s">
+        <v>364</v>
+      </c>
+      <c r="U59" t="s">
+        <v>365</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="B60" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C60" t="s">
-        <v>40</v>
+        <v>378</v>
       </c>
       <c r="D60" t="s">
-        <v>58</v>
+        <v>379</v>
       </c>
       <c r="E60" t="s">
-        <v>368</v>
+        <v>464</v>
       </c>
       <c r="F60" t="s">
+        <v>413</v>
+      </c>
+      <c r="G60" t="s">
+        <v>414</v>
+      </c>
+      <c r="H60" t="s">
         <v>353</v>
       </c>
-      <c r="G60" t="s">
+      <c r="I60" t="s">
         <v>354</v>
       </c>
-      <c r="H60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J60" t="s">
-        <v>426</v>
+        <v>452</v>
       </c>
       <c r="K60" t="s">
-        <v>369</v>
+        <v>381</v>
       </c>
       <c r="L60" t="s">
+        <v>357</v>
+      </c>
+      <c r="M60" t="s">
+        <v>379</v>
+      </c>
+      <c r="N60" t="s">
         <v>359</v>
       </c>
-      <c r="M60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O60" t="s">
-        <v>371</v>
+        <v>382</v>
       </c>
       <c r="P60" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q60" t="s">
-        <v>397</v>
+        <v>383</v>
       </c>
       <c r="R60" t="s">
-        <v>373</v>
+        <v>384</v>
       </c>
       <c r="S60">
         <v>5556362120</v>
       </c>
       <c r="T60" t="s">
-        <v>374</v>
+        <v>385</v>
       </c>
       <c r="U60" t="s">
-        <v>375</v>
+        <v>386</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="B61" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C61" t="s">
-        <v>400</v>
+        <v>367</v>
       </c>
       <c r="D61" t="s">
-        <v>401</v>
+        <v>368</v>
       </c>
       <c r="E61" t="s">
-        <v>402</v>
+        <v>419</v>
       </c>
       <c r="F61" t="s">
+        <v>413</v>
+      </c>
+      <c r="G61" t="s">
+        <v>414</v>
+      </c>
+      <c r="H61" t="s">
         <v>353</v>
       </c>
-      <c r="G61" t="s">
+      <c r="I61" t="s">
         <v>354</v>
       </c>
-      <c r="H61" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J61" t="s">
-        <v>426</v>
+        <v>452</v>
       </c>
       <c r="K61" t="s">
-        <v>403</v>
+        <v>371</v>
       </c>
       <c r="L61" t="s">
+        <v>357</v>
+      </c>
+      <c r="M61" t="s">
+        <v>368</v>
+      </c>
+      <c r="N61" t="s">
         <v>359</v>
       </c>
-      <c r="M61" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O61" t="s">
-        <v>499</v>
+        <v>372</v>
       </c>
       <c r="P61" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q61" t="s">
-        <v>405</v>
+        <v>373</v>
       </c>
       <c r="R61" t="s">
-        <v>500</v>
+        <v>374</v>
       </c>
       <c r="S61">
         <v>5556362120</v>
       </c>
       <c r="T61" t="s">
-        <v>501</v>
+        <v>375</v>
       </c>
       <c r="U61" t="s">
-        <v>502</v>
+        <v>376</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="B62" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C62" t="s">
-        <v>350</v>
+        <v>483</v>
       </c>
       <c r="D62" t="s">
-        <v>351</v>
+        <v>484</v>
       </c>
       <c r="E62" t="s">
-        <v>481</v>
+        <v>399</v>
       </c>
       <c r="F62" t="s">
+        <v>413</v>
+      </c>
+      <c r="G62" t="s">
+        <v>414</v>
+      </c>
+      <c r="H62" t="s">
         <v>353</v>
       </c>
-      <c r="G62" t="s">
+      <c r="I62" t="s">
         <v>354</v>
       </c>
-      <c r="H62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J62" t="s">
-        <v>426</v>
+        <v>452</v>
       </c>
       <c r="K62" t="s">
-        <v>358</v>
+        <v>486</v>
       </c>
       <c r="L62" t="s">
+        <v>357</v>
+      </c>
+      <c r="M62" t="s">
+        <v>484</v>
+      </c>
+      <c r="N62" t="s">
         <v>359</v>
       </c>
-      <c r="M62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O62" t="s">
-        <v>505</v>
+        <v>487</v>
       </c>
       <c r="P62" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q62" t="s">
-        <v>363</v>
+        <v>488</v>
       </c>
       <c r="R62" t="s">
-        <v>364</v>
+        <v>489</v>
       </c>
       <c r="S62">
         <v>5556362120</v>
       </c>
       <c r="T62" t="s">
-        <v>365</v>
+        <v>490</v>
       </c>
       <c r="U62" t="s">
-        <v>413</v>
+        <v>491</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="B63" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C63" t="s">
-        <v>319</v>
+        <v>293</v>
       </c>
       <c r="D63" t="s">
-        <v>320</v>
+        <v>294</v>
       </c>
       <c r="E63" t="s">
-        <v>464</v>
+        <v>493</v>
       </c>
       <c r="F63" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="G63" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="H63" t="s">
-        <v>580</v>
+        <v>495</v>
       </c>
       <c r="I63" t="s">
-        <v>580</v>
+        <v>354</v>
       </c>
       <c r="J63" t="s">
-        <v>581</v>
+        <v>496</v>
       </c>
       <c r="K63" t="s">
-        <v>582</v>
+        <v>497</v>
       </c>
       <c r="L63" t="s">
+        <v>357</v>
+      </c>
+      <c r="M63" t="s">
+        <v>294</v>
+      </c>
+      <c r="N63" t="s">
         <v>359</v>
-      </c>
-[...4 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>583</v>
       </c>
       <c r="B64" t="s">
-        <v>159</v>
+        <v>147</v>
       </c>
       <c r="C64" t="s">
-        <v>40</v>
+        <v>316</v>
       </c>
       <c r="D64" t="s">
-        <v>41</v>
+        <v>317</v>
       </c>
       <c r="E64" t="s">
-        <v>368</v>
+        <v>407</v>
       </c>
       <c r="F64" t="s">
-        <v>389</v>
+        <v>351</v>
       </c>
       <c r="G64" t="s">
+        <v>584</v>
+      </c>
+      <c r="H64" t="s">
+        <v>585</v>
+      </c>
+      <c r="I64" t="s">
         <v>354</v>
       </c>
-      <c r="H64" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J64" t="s">
-        <v>442</v>
+        <v>586</v>
       </c>
       <c r="K64" t="s">
-        <v>369</v>
+        <v>587</v>
       </c>
       <c r="L64" t="s">
+        <v>357</v>
+      </c>
+      <c r="M64" t="s">
+        <v>317</v>
+      </c>
+      <c r="N64" t="s">
         <v>359</v>
-      </c>
-[...28 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="B65" t="s">
-        <v>159</v>
+        <v>147</v>
       </c>
       <c r="C65" t="s">
-        <v>400</v>
+        <v>319</v>
       </c>
       <c r="D65" t="s">
-        <v>401</v>
+        <v>320</v>
       </c>
       <c r="E65" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="F65" t="s">
-        <v>389</v>
+        <v>413</v>
       </c>
       <c r="G65" t="s">
-        <v>395</v>
+        <v>589</v>
       </c>
       <c r="H65" t="s">
-        <v>355</v>
+        <v>590</v>
       </c>
       <c r="I65" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="J65" t="s">
-        <v>442</v>
+        <v>591</v>
       </c>
       <c r="K65" t="s">
-        <v>403</v>
+        <v>592</v>
       </c>
       <c r="L65" t="s">
+        <v>357</v>
+      </c>
+      <c r="M65" t="s">
+        <v>320</v>
+      </c>
+      <c r="N65" t="s">
         <v>359</v>
-      </c>
-[...28 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="B66" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C66" t="s">
-        <v>588</v>
+        <v>40</v>
       </c>
       <c r="D66" t="s">
-        <v>589</v>
+        <v>60</v>
       </c>
       <c r="E66" t="s">
-        <v>590</v>
+        <v>350</v>
       </c>
       <c r="F66" t="s">
-        <v>440</v>
+        <v>351</v>
       </c>
       <c r="G66" t="s">
-        <v>395</v>
+        <v>352</v>
       </c>
       <c r="H66" t="s">
+        <v>353</v>
+      </c>
+      <c r="I66" t="s">
+        <v>354</v>
+      </c>
+      <c r="J66" t="s">
         <v>355</v>
       </c>
-      <c r="I66" t="s">
+      <c r="K66" t="s">
         <v>356</v>
       </c>
-      <c r="J66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L66" t="s">
+        <v>357</v>
+      </c>
+      <c r="M66" t="s">
+        <v>358</v>
+      </c>
+      <c r="N66" t="s">
         <v>359</v>
       </c>
-      <c r="M66" t="s">
-[...2 lines deleted...]
-      <c r="N66" t="s">
+      <c r="O66" t="s">
         <v>360</v>
       </c>
-      <c r="O66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P66" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q66" t="s">
         <v>362</v>
       </c>
-      <c r="Q66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R66" t="s">
-        <v>594</v>
+        <v>363</v>
       </c>
       <c r="S66">
         <v>5556362120</v>
       </c>
       <c r="T66" t="s">
-        <v>595</v>
+        <v>364</v>
       </c>
       <c r="U66" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-        <v>427</v>
+        <v>365</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="B67" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C67" t="s">
-        <v>350</v>
+        <v>367</v>
       </c>
       <c r="D67" t="s">
+        <v>368</v>
+      </c>
+      <c r="E67" t="s">
+        <v>419</v>
+      </c>
+      <c r="F67" t="s">
         <v>351</v>
       </c>
-      <c r="E67" t="s">
+      <c r="G67" t="s">
         <v>352</v>
       </c>
-      <c r="F67" t="s">
-[...2 lines deleted...]
-      <c r="G67" t="s">
+      <c r="H67" t="s">
+        <v>353</v>
+      </c>
+      <c r="I67" t="s">
         <v>354</v>
       </c>
-      <c r="H67" t="s">
+      <c r="J67" t="s">
         <v>355</v>
       </c>
-      <c r="I67" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K67" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="L67" t="s">
+        <v>357</v>
+      </c>
+      <c r="M67" t="s">
+        <v>368</v>
+      </c>
+      <c r="N67" t="s">
         <v>359</v>
       </c>
-      <c r="M67" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O67" t="s">
-        <v>411</v>
+        <v>401</v>
       </c>
       <c r="P67" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q67" t="s">
-        <v>363</v>
+        <v>402</v>
       </c>
       <c r="R67" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="S67">
         <v>5556362120</v>
       </c>
       <c r="T67" t="s">
-        <v>365</v>
+        <v>404</v>
       </c>
       <c r="U67" t="s">
-        <v>413</v>
-[...2 lines deleted...]
-        <v>427</v>
+        <v>405</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="B68" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C68" t="s">
-        <v>599</v>
+        <v>378</v>
       </c>
       <c r="D68" t="s">
-        <v>600</v>
+        <v>379</v>
       </c>
       <c r="E68" t="s">
-        <v>415</v>
+        <v>510</v>
       </c>
       <c r="F68" t="s">
-        <v>440</v>
+        <v>351</v>
       </c>
       <c r="G68" t="s">
-        <v>601</v>
+        <v>352</v>
       </c>
       <c r="H68" t="s">
-        <v>602</v>
+        <v>353</v>
       </c>
       <c r="I68" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="J68" t="s">
-        <v>603</v>
+        <v>355</v>
       </c>
       <c r="K68" t="s">
-        <v>600</v>
+        <v>381</v>
       </c>
       <c r="L68" t="s">
+        <v>357</v>
+      </c>
+      <c r="M68" t="s">
+        <v>379</v>
+      </c>
+      <c r="N68" t="s">
         <v>359</v>
       </c>
-      <c r="M68" t="s">
-[...3 lines deleted...]
-        <v>360</v>
+      <c r="O68" t="s">
+        <v>382</v>
       </c>
       <c r="P68" t="s">
-        <v>362</v>
+        <v>361</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>383</v>
+      </c>
+      <c r="R68" t="s">
+        <v>384</v>
+      </c>
+      <c r="S68">
+        <v>5556362120</v>
+      </c>
+      <c r="T68" t="s">
+        <v>385</v>
+      </c>
+      <c r="U68" t="s">
+        <v>386</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="B69" t="s">
-        <v>170</v>
+        <v>158</v>
       </c>
       <c r="C69" t="s">
-        <v>40</v>
+        <v>322</v>
       </c>
       <c r="D69" t="s">
-        <v>58</v>
+        <v>323</v>
       </c>
       <c r="E69" t="s">
-        <v>368</v>
+        <v>493</v>
       </c>
       <c r="F69" t="s">
-        <v>389</v>
+        <v>597</v>
       </c>
       <c r="G69" t="s">
-        <v>395</v>
+        <v>598</v>
       </c>
       <c r="H69" t="s">
-        <v>355</v>
+        <v>599</v>
       </c>
       <c r="I69" t="s">
-        <v>356</v>
+        <v>599</v>
       </c>
       <c r="J69" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
       <c r="K69" t="s">
-        <v>369</v>
+        <v>601</v>
       </c>
       <c r="L69" t="s">
+        <v>357</v>
+      </c>
+      <c r="M69" t="s">
+        <v>323</v>
+      </c>
+      <c r="N69" t="s">
         <v>359</v>
-      </c>
-[...25 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>606</v>
+        <v>602</v>
       </c>
       <c r="B70" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C70" t="s">
-        <v>400</v>
+        <v>40</v>
       </c>
       <c r="D70" t="s">
-        <v>401</v>
+        <v>41</v>
       </c>
       <c r="E70" t="s">
-        <v>402</v>
+        <v>350</v>
       </c>
       <c r="F70" t="s">
-        <v>389</v>
+        <v>413</v>
       </c>
       <c r="G70" t="s">
-        <v>395</v>
+        <v>352</v>
       </c>
       <c r="H70" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="I70" t="s">
+        <v>354</v>
+      </c>
+      <c r="J70" t="s">
+        <v>471</v>
+      </c>
+      <c r="K70" t="s">
         <v>356</v>
       </c>
-      <c r="J70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L70" t="s">
+        <v>357</v>
+      </c>
+      <c r="M70" t="s">
+        <v>358</v>
+      </c>
+      <c r="N70" t="s">
         <v>359</v>
       </c>
-      <c r="M70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O70" t="s">
-        <v>404</v>
+        <v>603</v>
       </c>
       <c r="P70" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q70" t="s">
-        <v>405</v>
+        <v>416</v>
       </c>
       <c r="R70" t="s">
-        <v>406</v>
+        <v>604</v>
       </c>
       <c r="S70">
         <v>5556362120</v>
       </c>
       <c r="T70" t="s">
-        <v>407</v>
+        <v>453</v>
       </c>
       <c r="U70" t="s">
-        <v>408</v>
+        <v>365</v>
+      </c>
+      <c r="V70" t="s">
+        <v>417</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="B71" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C71" t="s">
-        <v>350</v>
+        <v>367</v>
       </c>
       <c r="D71" t="s">
-        <v>351</v>
+        <v>368</v>
       </c>
       <c r="E71" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="F71" t="s">
-        <v>389</v>
+        <v>413</v>
       </c>
       <c r="G71" t="s">
+        <v>414</v>
+      </c>
+      <c r="H71" t="s">
+        <v>353</v>
+      </c>
+      <c r="I71" t="s">
         <v>354</v>
       </c>
-      <c r="H71" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J71" t="s">
-        <v>605</v>
+        <v>471</v>
       </c>
       <c r="K71" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="L71" t="s">
+        <v>357</v>
+      </c>
+      <c r="M71" t="s">
+        <v>368</v>
+      </c>
+      <c r="N71" t="s">
         <v>359</v>
       </c>
-      <c r="M71" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O71" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
       <c r="P71" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q71" t="s">
-        <v>363</v>
+        <v>402</v>
       </c>
       <c r="R71" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="S71">
         <v>5556362120</v>
       </c>
       <c r="T71" t="s">
-        <v>365</v>
+        <v>422</v>
       </c>
       <c r="U71" t="s">
-        <v>413</v>
+        <v>423</v>
+      </c>
+      <c r="V71" t="s">
+        <v>417</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
+        <v>606</v>
+      </c>
+      <c r="B72" t="s">
+        <v>167</v>
+      </c>
+      <c r="C72" t="s">
+        <v>607</v>
+      </c>
+      <c r="D72" t="s">
         <v>608</v>
       </c>
-      <c r="B72" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E72" t="s">
-        <v>415</v>
+        <v>609</v>
       </c>
       <c r="F72" t="s">
+        <v>469</v>
+      </c>
+      <c r="G72" t="s">
+        <v>414</v>
+      </c>
+      <c r="H72" t="s">
         <v>353</v>
       </c>
-      <c r="G72" t="s">
-[...2 lines deleted...]
-      <c r="H72" t="s">
+      <c r="I72" t="s">
+        <v>354</v>
+      </c>
+      <c r="J72" t="s">
+        <v>471</v>
+      </c>
+      <c r="K72" t="s">
         <v>610</v>
       </c>
-      <c r="I72" t="s">
-[...2 lines deleted...]
-      <c r="J72" t="s">
+      <c r="L72" t="s">
+        <v>357</v>
+      </c>
+      <c r="M72" t="s">
+        <v>608</v>
+      </c>
+      <c r="N72" t="s">
+        <v>359</v>
+      </c>
+      <c r="O72" t="s">
         <v>611</v>
       </c>
-      <c r="K72" t="s">
-[...9 lines deleted...]
-        <v>360</v>
+      <c r="P72" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>612</v>
+      </c>
+      <c r="R72" t="s">
+        <v>613</v>
+      </c>
+      <c r="S72">
+        <v>5556362120</v>
+      </c>
+      <c r="T72" t="s">
+        <v>614</v>
+      </c>
+      <c r="U72" t="s">
+        <v>615</v>
+      </c>
+      <c r="V72" t="s">
+        <v>417</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B73" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="C73" t="s">
-        <v>40</v>
+        <v>378</v>
       </c>
       <c r="D73" t="s">
-        <v>58</v>
+        <v>379</v>
       </c>
       <c r="E73" t="s">
-        <v>368</v>
+        <v>433</v>
       </c>
       <c r="F73" t="s">
-        <v>389</v>
+        <v>469</v>
       </c>
       <c r="G73" t="s">
-        <v>395</v>
+        <v>352</v>
       </c>
       <c r="H73" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="I73" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="J73" t="s">
-        <v>605</v>
+        <v>471</v>
       </c>
       <c r="K73" t="s">
-        <v>369</v>
+        <v>381</v>
       </c>
       <c r="L73" t="s">
+        <v>357</v>
+      </c>
+      <c r="M73" t="s">
+        <v>379</v>
+      </c>
+      <c r="N73" t="s">
         <v>359</v>
       </c>
-      <c r="M73" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O73" t="s">
-        <v>371</v>
+        <v>426</v>
       </c>
       <c r="P73" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q73" t="s">
-        <v>372</v>
+        <v>383</v>
       </c>
       <c r="R73" t="s">
-        <v>373</v>
+        <v>427</v>
       </c>
       <c r="S73">
         <v>5556362120</v>
       </c>
       <c r="T73" t="s">
-        <v>374</v>
+        <v>385</v>
       </c>
       <c r="U73" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-        <v>427</v>
+        <v>386</v>
+      </c>
+      <c r="V73" t="s">
+        <v>417</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="B74" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="C74" t="s">
-        <v>400</v>
+        <v>618</v>
       </c>
       <c r="D74" t="s">
-        <v>401</v>
+        <v>619</v>
       </c>
       <c r="E74" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="F74" t="s">
-        <v>389</v>
+        <v>469</v>
       </c>
       <c r="G74" t="s">
-        <v>395</v>
+        <v>620</v>
       </c>
       <c r="H74" t="s">
-        <v>355</v>
+        <v>621</v>
       </c>
       <c r="I74" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="J74" t="s">
-        <v>605</v>
+        <v>622</v>
       </c>
       <c r="K74" t="s">
-        <v>403</v>
+        <v>619</v>
       </c>
       <c r="L74" t="s">
+        <v>357</v>
+      </c>
+      <c r="M74" t="s">
+        <v>619</v>
+      </c>
+      <c r="N74" t="s">
         <v>359</v>
       </c>
-      <c r="M74" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P74" t="s">
-        <v>362</v>
-[...17 lines deleted...]
-        <v>427</v>
+        <v>361</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>614</v>
+        <v>623</v>
       </c>
       <c r="B75" t="s">
         <v>178</v>
       </c>
       <c r="C75" t="s">
+        <v>40</v>
+      </c>
+      <c r="D75" t="s">
+        <v>60</v>
+      </c>
+      <c r="E75" t="s">
         <v>350</v>
       </c>
-      <c r="D75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F75" t="s">
-        <v>389</v>
+        <v>413</v>
       </c>
       <c r="G75" t="s">
+        <v>414</v>
+      </c>
+      <c r="H75" t="s">
+        <v>353</v>
+      </c>
+      <c r="I75" t="s">
         <v>354</v>
       </c>
-      <c r="H75" t="s">
-[...2 lines deleted...]
-      <c r="I75" t="s">
+      <c r="J75" t="s">
+        <v>415</v>
+      </c>
+      <c r="K75" t="s">
         <v>356</v>
       </c>
-      <c r="J75" t="s">
-[...2 lines deleted...]
-      <c r="K75" t="s">
+      <c r="L75" t="s">
+        <v>357</v>
+      </c>
+      <c r="M75" t="s">
         <v>358</v>
       </c>
-      <c r="L75" t="s">
+      <c r="N75" t="s">
         <v>359</v>
       </c>
-      <c r="M75" t="s">
-[...2 lines deleted...]
-      <c r="N75" t="s">
+      <c r="O75" t="s">
         <v>360</v>
       </c>
-      <c r="O75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P75" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q75" t="s">
+        <v>416</v>
+      </c>
+      <c r="R75" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="S75">
         <v>5556362120</v>
       </c>
       <c r="T75" t="s">
+        <v>364</v>
+      </c>
+      <c r="U75" t="s">
         <v>365</v>
-      </c>
-[...4 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>615</v>
+        <v>624</v>
       </c>
       <c r="B76" t="s">
         <v>178</v>
       </c>
       <c r="C76" t="s">
-        <v>322</v>
+        <v>367</v>
       </c>
       <c r="D76" t="s">
-        <v>323</v>
+        <v>368</v>
       </c>
       <c r="E76" t="s">
+        <v>419</v>
+      </c>
+      <c r="F76" t="s">
+        <v>413</v>
+      </c>
+      <c r="G76" t="s">
+        <v>414</v>
+      </c>
+      <c r="H76" t="s">
+        <v>353</v>
+      </c>
+      <c r="I76" t="s">
+        <v>354</v>
+      </c>
+      <c r="J76" t="s">
         <v>415</v>
       </c>
-      <c r="F76" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K76" t="s">
-        <v>323</v>
+        <v>371</v>
       </c>
       <c r="L76" t="s">
+        <v>357</v>
+      </c>
+      <c r="M76" t="s">
+        <v>368</v>
+      </c>
+      <c r="N76" t="s">
         <v>359</v>
       </c>
-      <c r="M76" t="s">
-[...3 lines deleted...]
-        <v>360</v>
+      <c r="O76" t="s">
+        <v>420</v>
+      </c>
+      <c r="P76" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>402</v>
+      </c>
+      <c r="R76" t="s">
+        <v>421</v>
+      </c>
+      <c r="S76">
+        <v>5556362120</v>
+      </c>
+      <c r="T76" t="s">
+        <v>422</v>
+      </c>
+      <c r="U76" t="s">
+        <v>423</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="B77" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C77" t="s">
-        <v>40</v>
+        <v>378</v>
       </c>
       <c r="D77" t="s">
-        <v>41</v>
+        <v>379</v>
       </c>
       <c r="E77" t="s">
-        <v>368</v>
+        <v>425</v>
       </c>
       <c r="F77" t="s">
+        <v>413</v>
+      </c>
+      <c r="G77" t="s">
+        <v>352</v>
+      </c>
+      <c r="H77" t="s">
         <v>353</v>
       </c>
-      <c r="G77" t="s">
+      <c r="I77" t="s">
         <v>354</v>
       </c>
-      <c r="H77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J77" t="s">
+        <v>415</v>
+      </c>
+      <c r="K77" t="s">
+        <v>381</v>
+      </c>
+      <c r="L77" t="s">
+        <v>357</v>
+      </c>
+      <c r="M77" t="s">
+        <v>379</v>
+      </c>
+      <c r="N77" t="s">
+        <v>359</v>
+      </c>
+      <c r="O77" t="s">
         <v>426</v>
       </c>
-      <c r="K77" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P77" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q77" t="s">
-        <v>397</v>
+        <v>383</v>
       </c>
       <c r="R77" t="s">
-        <v>373</v>
+        <v>427</v>
       </c>
       <c r="S77">
         <v>5556362120</v>
       </c>
       <c r="T77" t="s">
-        <v>374</v>
+        <v>385</v>
       </c>
       <c r="U77" t="s">
-        <v>375</v>
+        <v>386</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="B78" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C78" t="s">
-        <v>400</v>
+        <v>281</v>
       </c>
       <c r="D78" t="s">
-        <v>401</v>
+        <v>282</v>
       </c>
       <c r="E78" t="s">
-        <v>519</v>
+        <v>407</v>
       </c>
       <c r="F78" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="G78" t="s">
+        <v>627</v>
+      </c>
+      <c r="H78" t="s">
+        <v>628</v>
+      </c>
+      <c r="I78" t="s">
         <v>354</v>
       </c>
-      <c r="H78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J78" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="K78" t="s">
-        <v>403</v>
+        <v>282</v>
       </c>
       <c r="L78" t="s">
+        <v>357</v>
+      </c>
+      <c r="M78" t="s">
+        <v>282</v>
+      </c>
+      <c r="N78" t="s">
         <v>359</v>
-      </c>
-[...25 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="B79" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C79" t="s">
+        <v>40</v>
+      </c>
+      <c r="D79" t="s">
+        <v>60</v>
+      </c>
+      <c r="E79" t="s">
         <v>350</v>
       </c>
-      <c r="D79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F79" t="s">
+        <v>413</v>
+      </c>
+      <c r="G79" t="s">
+        <v>414</v>
+      </c>
+      <c r="H79" t="s">
         <v>353</v>
       </c>
-      <c r="G79" t="s">
+      <c r="I79" t="s">
         <v>354</v>
       </c>
-      <c r="H79" t="s">
-[...2 lines deleted...]
-      <c r="I79" t="s">
+      <c r="J79" t="s">
+        <v>452</v>
+      </c>
+      <c r="K79" t="s">
         <v>356</v>
       </c>
-      <c r="J79" t="s">
-[...2 lines deleted...]
-      <c r="K79" t="s">
+      <c r="L79" t="s">
+        <v>357</v>
+      </c>
+      <c r="M79" t="s">
         <v>358</v>
       </c>
-      <c r="L79" t="s">
+      <c r="N79" t="s">
         <v>359</v>
       </c>
-      <c r="M79" t="s">
-[...2 lines deleted...]
-      <c r="N79" t="s">
+      <c r="O79" t="s">
         <v>360</v>
       </c>
-      <c r="O79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P79" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q79" t="s">
         <v>362</v>
       </c>
-      <c r="Q79" t="s">
+      <c r="R79" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="S79">
         <v>5556362120</v>
       </c>
       <c r="T79" t="s">
+        <v>453</v>
+      </c>
+      <c r="U79" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="B80" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C80" t="s">
-        <v>377</v>
+        <v>367</v>
       </c>
       <c r="D80" t="s">
-        <v>381</v>
+        <v>368</v>
       </c>
       <c r="E80" t="s">
-        <v>623</v>
+        <v>419</v>
       </c>
       <c r="F80" t="s">
+        <v>413</v>
+      </c>
+      <c r="G80" t="s">
+        <v>414</v>
+      </c>
+      <c r="H80" t="s">
         <v>353</v>
       </c>
-      <c r="G80" t="s">
+      <c r="I80" t="s">
         <v>354</v>
       </c>
-      <c r="H80" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J80" t="s">
-        <v>426</v>
+        <v>452</v>
       </c>
       <c r="K80" t="s">
-        <v>380</v>
+        <v>371</v>
       </c>
       <c r="L80" t="s">
+        <v>357</v>
+      </c>
+      <c r="M80" t="s">
+        <v>368</v>
+      </c>
+      <c r="N80" t="s">
         <v>359</v>
       </c>
-      <c r="M80" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O80" t="s">
-        <v>625</v>
+        <v>420</v>
       </c>
       <c r="P80" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q80" t="s">
-        <v>626</v>
+        <v>402</v>
       </c>
       <c r="R80" t="s">
-        <v>627</v>
+        <v>421</v>
       </c>
       <c r="S80">
         <v>5556362120</v>
       </c>
       <c r="T80" t="s">
-        <v>628</v>
+        <v>422</v>
       </c>
       <c r="U80" t="s">
-        <v>629</v>
+        <v>423</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="B81" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C81" t="s">
-        <v>483</v>
+        <v>378</v>
       </c>
       <c r="D81" t="s">
-        <v>484</v>
+        <v>379</v>
       </c>
       <c r="E81" t="s">
-        <v>510</v>
+        <v>425</v>
       </c>
       <c r="F81" t="s">
+        <v>413</v>
+      </c>
+      <c r="G81" t="s">
+        <v>414</v>
+      </c>
+      <c r="H81" t="s">
         <v>353</v>
       </c>
-      <c r="G81" t="s">
+      <c r="I81" t="s">
         <v>354</v>
       </c>
-      <c r="H81" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J81" t="s">
+        <v>452</v>
+      </c>
+      <c r="K81" t="s">
+        <v>381</v>
+      </c>
+      <c r="L81" t="s">
+        <v>357</v>
+      </c>
+      <c r="M81" t="s">
+        <v>379</v>
+      </c>
+      <c r="N81" t="s">
+        <v>359</v>
+      </c>
+      <c r="O81" t="s">
         <v>426</v>
       </c>
-      <c r="K81" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P81" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Q81" t="s">
-        <v>405</v>
+        <v>383</v>
       </c>
       <c r="R81" t="s">
-        <v>500</v>
+        <v>427</v>
       </c>
       <c r="S81">
         <v>5556362120</v>
       </c>
       <c r="T81" t="s">
-        <v>501</v>
+        <v>385</v>
       </c>
       <c r="U81" t="s">
-        <v>502</v>
+        <v>386</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="B82" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C82" t="s">
         <v>326</v>
       </c>
       <c r="D82" t="s">
         <v>327</v>
       </c>
       <c r="E82" t="s">
-        <v>415</v>
-[...14 lines deleted...]
-        <v>633</v>
+        <v>407</v>
       </c>
       <c r="K82" t="s">
         <v>634</v>
       </c>
       <c r="L82" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="M82" t="s">
         <v>327</v>
       </c>
       <c r="N82" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:O22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>193</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>635</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>196</v>
+        <v>636</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>636</v>
+        <v>197</v>
       </c>
       <c r="I1" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="K1" s="1" t="s">
         <v>637</v>
       </c>
-      <c r="J1" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L1" s="1" t="s">
-        <v>200</v>
+        <v>638</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>638</v>
+        <v>194</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>639</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>641</v>
       </c>
       <c r="B2" t="s">
         <v>33</v>
       </c>
       <c r="C2" t="s">
         <v>42</v>
       </c>
       <c r="D2" t="s">
         <v>642</v>
       </c>
       <c r="E2" t="s">
-        <v>643</v>
+        <v>207</v>
       </c>
       <c r="F2" t="s">
-        <v>205</v>
+        <v>45</v>
       </c>
       <c r="G2" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="H2" t="s">
         <v>42</v>
       </c>
+      <c r="H2">
+        <v>275720</v>
+      </c>
       <c r="I2" t="s">
-        <v>204</v>
+        <v>53</v>
       </c>
       <c r="J2">
-        <v>296507.6</v>
+        <v>237689.66</v>
       </c>
       <c r="K2" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      <c r="M2" t="s">
         <v>206</v>
       </c>
-      <c r="N2" t="s">
-[...3 lines deleted...]
-        <v>644</v>
+      <c r="L2" t="s">
+        <v>207</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>643</v>
+      </c>
+      <c r="B3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C3" t="s">
+        <v>644</v>
+      </c>
+      <c r="D3" t="s">
+        <v>62</v>
+      </c>
+      <c r="E3" t="s">
         <v>645</v>
       </c>
-      <c r="B3" t="s">
-[...5 lines deleted...]
-      <c r="D3" t="s">
+      <c r="F3" t="s">
         <v>646</v>
       </c>
-      <c r="E3" t="s">
-[...2 lines deleted...]
-      <c r="F3" t="s">
+      <c r="G3" t="s">
+        <v>61</v>
+      </c>
+      <c r="H3">
+        <v>235000</v>
+      </c>
+      <c r="I3" t="s">
+        <v>53</v>
+      </c>
+      <c r="J3">
+        <v>202586.21</v>
+      </c>
+      <c r="K3" t="s">
+        <v>222</v>
+      </c>
+      <c r="L3" t="s">
+        <v>212</v>
+      </c>
+      <c r="M3" t="s">
+        <v>210</v>
+      </c>
+      <c r="N3" t="s">
         <v>647</v>
       </c>
-      <c r="G3" t="s">
+      <c r="O3" t="s">
         <v>648</v>
-      </c>
-[...22 lines deleted...]
-        <v>644</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>649</v>
       </c>
       <c r="B4" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C4" t="s">
+        <v>71</v>
+      </c>
+      <c r="D4" t="s">
         <v>216</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
+        <v>215</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>71</v>
+      </c>
+      <c r="H4">
+        <v>296507.6</v>
+      </c>
+      <c r="I4" t="s">
+        <v>53</v>
+      </c>
+      <c r="J4">
+        <v>255610</v>
+      </c>
+      <c r="K4" t="s">
+        <v>211</v>
+      </c>
+      <c r="L4" t="s">
+        <v>215</v>
+      </c>
+      <c r="M4" t="s">
         <v>650</v>
       </c>
-      <c r="E4" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N4" t="s">
-        <v>209</v>
+        <v>647</v>
       </c>
       <c r="O4" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>652</v>
       </c>
       <c r="B5" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C5" t="s">
-        <v>77</v>
+        <v>218</v>
       </c>
       <c r="D5" t="s">
         <v>653</v>
       </c>
       <c r="E5" t="s">
-        <v>643</v>
+        <v>223</v>
+      </c>
+      <c r="F5" t="s">
+        <v>646</v>
       </c>
       <c r="G5" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>218</v>
+      </c>
+      <c r="H5">
+        <v>562320.11</v>
       </c>
       <c r="I5" t="s">
+        <v>53</v>
+      </c>
+      <c r="J5">
+        <v>484758.72</v>
+      </c>
+      <c r="K5" t="s">
+        <v>211</v>
+      </c>
+      <c r="L5" t="s">
+        <v>219</v>
+      </c>
+      <c r="M5" t="s">
         <v>654</v>
       </c>
-      <c r="J5">
-[...10 lines deleted...]
-      </c>
       <c r="N5" t="s">
-        <v>654</v>
+        <v>647</v>
       </c>
       <c r="O5" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>655</v>
       </c>
       <c r="B6" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="C6" t="s">
+        <v>89</v>
+      </c>
+      <c r="E6" t="s">
         <v>656</v>
       </c>
-      <c r="D6" t="s">
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>89</v>
+      </c>
+      <c r="H6">
+        <v>444000</v>
+      </c>
+      <c r="I6" t="s">
+        <v>53</v>
+      </c>
+      <c r="J6">
+        <v>382758.62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>206</v>
+      </c>
+      <c r="L6" t="s">
+        <v>656</v>
+      </c>
+      <c r="M6" t="s">
         <v>657</v>
       </c>
-      <c r="F6" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N6" t="s">
-        <v>225</v>
+        <v>647</v>
+      </c>
+      <c r="O6" t="s">
+        <v>651</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>658</v>
       </c>
       <c r="B7" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C7" t="s">
         <v>659</v>
       </c>
       <c r="D7" t="s">
+        <v>91</v>
+      </c>
+      <c r="E7" t="s">
         <v>228</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>93</v>
+        <v>45</v>
       </c>
       <c r="G7" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>89</v>
+      </c>
+      <c r="H7">
+        <v>66120</v>
       </c>
       <c r="I7" t="s">
+        <v>53</v>
+      </c>
+      <c r="J7">
+        <v>57000</v>
+      </c>
+      <c r="K7" t="s">
+        <v>206</v>
+      </c>
+      <c r="L7" t="s">
+        <v>228</v>
+      </c>
+      <c r="M7" t="s">
         <v>660</v>
-      </c>
-[...16 lines deleted...]
-        <v>651</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>661</v>
       </c>
       <c r="B8" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C8" t="s">
         <v>662</v>
       </c>
       <c r="D8" t="s">
+        <v>101</v>
+      </c>
+      <c r="E8" t="s">
+        <v>663</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>99</v>
+      </c>
+      <c r="H8">
+        <v>1193814</v>
+      </c>
+      <c r="I8" t="s">
+        <v>53</v>
+      </c>
+      <c r="J8">
+        <v>1029150</v>
+      </c>
+      <c r="K8" t="s">
+        <v>211</v>
+      </c>
+      <c r="L8" t="s">
         <v>233</v>
       </c>
-      <c r="E8" t="s">
-[...5 lines deleted...]
-      <c r="G8" t="s">
+      <c r="M8" t="s">
+        <v>232</v>
+      </c>
+      <c r="N8" t="s">
+        <v>647</v>
+      </c>
+      <c r="O8" t="s">
         <v>648</v>
-      </c>
-[...22 lines deleted...]
-        <v>651</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>664</v>
+      </c>
+      <c r="B9" t="s">
+        <v>102</v>
+      </c>
+      <c r="C9" t="s">
         <v>665</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>666</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
+        <v>667</v>
+      </c>
+      <c r="F9" t="s">
+        <v>646</v>
+      </c>
+      <c r="G9" t="s">
+        <v>106</v>
+      </c>
+      <c r="H9">
+        <v>295200</v>
+      </c>
+      <c r="I9" t="s">
+        <v>53</v>
+      </c>
+      <c r="J9">
+        <v>254482.76</v>
+      </c>
+      <c r="K9" t="s">
+        <v>211</v>
+      </c>
+      <c r="L9" t="s">
         <v>238</v>
       </c>
-      <c r="E9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M9" t="s">
-        <v>224</v>
+        <v>237</v>
       </c>
       <c r="N9" t="s">
-        <v>239</v>
+        <v>647</v>
+      </c>
+      <c r="O9" t="s">
+        <v>648</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B10" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C10" t="s">
-        <v>241</v>
+        <v>669</v>
       </c>
       <c r="D10" t="s">
-        <v>668</v>
+        <v>110</v>
       </c>
       <c r="E10" t="s">
-        <v>643</v>
+        <v>243</v>
       </c>
       <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
         <v>115</v>
       </c>
-      <c r="G10" t="s">
-[...3 lines deleted...]
-        <v>241</v>
+      <c r="H10">
+        <v>385000</v>
       </c>
       <c r="I10" t="s">
-        <v>660</v>
+        <v>53</v>
       </c>
       <c r="J10">
-        <v>545000</v>
+        <v>331896.55</v>
       </c>
       <c r="K10" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>469827.59</v>
+        <v>206</v>
+      </c>
+      <c r="L10" t="s">
+        <v>243</v>
       </c>
       <c r="M10" t="s">
-        <v>206</v>
+        <v>242</v>
       </c>
       <c r="N10" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>651</v>
+        <v>647</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B11" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C11" t="s">
-        <v>670</v>
+        <v>245</v>
       </c>
       <c r="D11" t="s">
+        <v>123</v>
+      </c>
+      <c r="E11" t="s">
+        <v>663</v>
+      </c>
+      <c r="F11" t="s">
+        <v>646</v>
+      </c>
+      <c r="G11" t="s">
+        <v>245</v>
+      </c>
+      <c r="H11">
+        <v>545000</v>
+      </c>
+      <c r="I11" t="s">
+        <v>53</v>
+      </c>
+      <c r="J11">
+        <v>469827.59</v>
+      </c>
+      <c r="K11" t="s">
+        <v>211</v>
+      </c>
+      <c r="L11" t="s">
+        <v>233</v>
+      </c>
+      <c r="M11" t="s">
         <v>671</v>
       </c>
-      <c r="E11" t="s">
-[...5 lines deleted...]
-      <c r="G11" t="s">
+      <c r="N11" t="s">
+        <v>647</v>
+      </c>
+      <c r="O11" t="s">
         <v>648</v>
-      </c>
-[...22 lines deleted...]
-        <v>651</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>672</v>
       </c>
       <c r="B12" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C12" t="s">
         <v>673</v>
       </c>
       <c r="D12" t="s">
+        <v>132</v>
+      </c>
+      <c r="E12" t="s">
+        <v>263</v>
+      </c>
+      <c r="F12" t="s">
+        <v>646</v>
+      </c>
+      <c r="G12" t="s">
+        <v>128</v>
+      </c>
+      <c r="H12">
+        <v>421660</v>
+      </c>
+      <c r="I12" t="s">
+        <v>53</v>
+      </c>
+      <c r="J12">
+        <v>363500</v>
+      </c>
+      <c r="K12" t="s">
+        <v>250</v>
+      </c>
+      <c r="L12" t="s">
+        <v>251</v>
+      </c>
+      <c r="M12" t="s">
         <v>674</v>
       </c>
-      <c r="E12" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N12" t="s">
-        <v>239</v>
+        <v>647</v>
+      </c>
+      <c r="O12" t="s">
+        <v>648</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>675</v>
       </c>
       <c r="B13" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C13" t="s">
         <v>676</v>
       </c>
       <c r="D13" t="s">
+        <v>123</v>
+      </c>
+      <c r="E13" t="s">
+        <v>243</v>
+      </c>
+      <c r="F13" t="s">
+        <v>45</v>
+      </c>
+      <c r="G13" t="s">
+        <v>138</v>
+      </c>
+      <c r="H13">
+        <v>550000</v>
+      </c>
+      <c r="I13" t="s">
+        <v>53</v>
+      </c>
+      <c r="J13">
+        <v>474137.93</v>
+      </c>
+      <c r="K13" t="s">
+        <v>206</v>
+      </c>
+      <c r="L13" t="s">
+        <v>243</v>
+      </c>
+      <c r="M13" t="s">
         <v>677</v>
       </c>
-      <c r="E13" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N13" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>651</v>
+        <v>647</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="B14" t="s">
         <v>139</v>
       </c>
       <c r="C14" t="s">
+        <v>679</v>
+      </c>
+      <c r="D14" t="s">
         <v>680</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
+        <v>258</v>
+      </c>
+      <c r="F14" t="s">
+        <v>646</v>
+      </c>
+      <c r="G14" t="s">
+        <v>143</v>
+      </c>
+      <c r="H14">
+        <v>295849.88</v>
+      </c>
+      <c r="I14" t="s">
+        <v>53</v>
+      </c>
+      <c r="J14">
+        <v>255043</v>
+      </c>
+      <c r="K14" t="s">
+        <v>257</v>
+      </c>
+      <c r="L14" t="s">
+        <v>258</v>
+      </c>
+      <c r="M14" t="s">
         <v>681</v>
       </c>
-      <c r="E14" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N14" t="s">
-        <v>256</v>
+        <v>647</v>
+      </c>
+      <c r="O14" t="s">
+        <v>648</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
+        <v>682</v>
+      </c>
+      <c r="B15" t="s">
+        <v>147</v>
+      </c>
+      <c r="C15" t="s">
         <v>683</v>
       </c>
-      <c r="B15" t="s">
-[...2 lines deleted...]
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>684</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
+        <v>260</v>
+      </c>
+      <c r="F15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G15" t="s">
+        <v>151</v>
+      </c>
+      <c r="H15">
+        <v>199912.01</v>
+      </c>
+      <c r="I15" t="s">
+        <v>53</v>
+      </c>
+      <c r="J15">
+        <v>172337.94</v>
+      </c>
+      <c r="K15" t="s">
+        <v>206</v>
+      </c>
+      <c r="L15" t="s">
+        <v>260</v>
+      </c>
+      <c r="M15" t="s">
         <v>685</v>
       </c>
-      <c r="E15" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N15" t="s">
-        <v>256</v>
+        <v>647</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
+        <v>686</v>
+      </c>
+      <c r="B16" t="s">
+        <v>147</v>
+      </c>
+      <c r="C16" t="s">
         <v>687</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>688</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
+        <v>260</v>
+      </c>
+      <c r="F16" t="s">
+        <v>45</v>
+      </c>
+      <c r="G16" t="s">
+        <v>151</v>
+      </c>
+      <c r="H16">
+        <v>149292</v>
+      </c>
+      <c r="I16" t="s">
+        <v>53</v>
+      </c>
+      <c r="J16">
+        <v>128700</v>
+      </c>
+      <c r="K16" t="s">
+        <v>206</v>
+      </c>
+      <c r="L16" t="s">
+        <v>260</v>
+      </c>
+      <c r="M16" t="s">
         <v>689</v>
       </c>
-      <c r="E16" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N16" t="s">
-        <v>256</v>
+        <v>647</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
+        <v>690</v>
+      </c>
+      <c r="B17" t="s">
+        <v>147</v>
+      </c>
+      <c r="C17" t="s">
         <v>691</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>692</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
+        <v>260</v>
+      </c>
+      <c r="F17" t="s">
+        <v>45</v>
+      </c>
+      <c r="G17" t="s">
+        <v>151</v>
+      </c>
+      <c r="H17">
+        <v>125367</v>
+      </c>
+      <c r="I17" t="s">
+        <v>53</v>
+      </c>
+      <c r="J17">
+        <v>108075</v>
+      </c>
+      <c r="K17" t="s">
+        <v>206</v>
+      </c>
+      <c r="L17" t="s">
+        <v>260</v>
+      </c>
+      <c r="M17" t="s">
         <v>693</v>
       </c>
-      <c r="E17" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N17" t="s">
-        <v>247</v>
+        <v>647</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>694</v>
       </c>
       <c r="B18" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C18" t="s">
+        <v>695</v>
+      </c>
+      <c r="D18" t="s">
         <v>163</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>643</v>
+        <v>251</v>
+      </c>
+      <c r="F18" t="s">
+        <v>646</v>
       </c>
       <c r="G18" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>162</v>
+      </c>
+      <c r="H18">
+        <v>3410235</v>
       </c>
       <c r="I18" t="s">
+        <v>53</v>
+      </c>
+      <c r="J18">
+        <v>3375000</v>
+      </c>
+      <c r="K18" t="s">
+        <v>211</v>
+      </c>
+      <c r="L18" t="s">
+        <v>251</v>
+      </c>
+      <c r="M18" t="s">
         <v>696</v>
       </c>
-      <c r="J18">
-[...10 lines deleted...]
-      </c>
       <c r="N18" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-        <v>644</v>
+        <v>647</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>697</v>
       </c>
       <c r="B19" t="s">
-        <v>159</v>
+        <v>167</v>
+      </c>
+      <c r="C19" t="s">
+        <v>171</v>
+      </c>
+      <c r="E19" t="s">
+        <v>698</v>
+      </c>
+      <c r="F19" t="s">
+        <v>45</v>
+      </c>
+      <c r="G19" t="s">
+        <v>171</v>
+      </c>
+      <c r="H19">
+        <v>160022</v>
       </c>
       <c r="I19" t="s">
-        <v>262</v>
+        <v>53</v>
+      </c>
+      <c r="J19">
+        <v>137950</v>
+      </c>
+      <c r="K19" t="s">
+        <v>206</v>
+      </c>
+      <c r="L19" t="s">
+        <v>698</v>
+      </c>
+      <c r="M19" t="s">
+        <v>699</v>
+      </c>
+      <c r="N19" t="s">
+        <v>647</v>
+      </c>
+      <c r="O19" t="s">
+        <v>651</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="B20" t="s">
-        <v>170</v>
-[...5 lines deleted...]
-        <v>700</v>
+        <v>167</v>
       </c>
       <c r="E20" t="s">
-        <v>643</v>
-[...26 lines deleted...]
-        <v>701</v>
+        <v>266</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="B21" t="s">
         <v>178</v>
       </c>
       <c r="C21" t="s">
+        <v>702</v>
+      </c>
+      <c r="D21" t="s">
+        <v>183</v>
+      </c>
+      <c r="E21" t="s">
         <v>703</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>175</v>
+        <v>45</v>
       </c>
       <c r="G21" t="s">
-        <v>648</v>
-[...1 lines deleted...]
-      <c r="H21" t="s">
         <v>182</v>
       </c>
+      <c r="H21">
+        <v>250000</v>
+      </c>
       <c r="I21" t="s">
+        <v>53</v>
+      </c>
+      <c r="J21">
+        <v>21517.24</v>
+      </c>
+      <c r="K21" t="s">
+        <v>206</v>
+      </c>
+      <c r="L21" t="s">
+        <v>703</v>
+      </c>
+      <c r="M21" t="s">
         <v>704</v>
       </c>
-      <c r="J21">
-[...10 lines deleted...]
-      </c>
       <c r="N21" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>651</v>
+        <v>647</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>705</v>
       </c>
       <c r="B22" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C22" t="s">
-        <v>187</v>
+        <v>271</v>
+      </c>
+      <c r="E22" t="s">
+        <v>223</v>
       </c>
       <c r="F22" t="s">
+        <v>45</v>
+      </c>
+      <c r="G22" t="s">
+        <v>271</v>
+      </c>
+      <c r="H22">
+        <v>487003</v>
+      </c>
+      <c r="I22" t="s">
+        <v>53</v>
+      </c>
+      <c r="J22">
+        <v>4198301724</v>
+      </c>
+      <c r="K22" t="s">
+        <v>211</v>
+      </c>
+      <c r="L22" t="s">
+        <v>219</v>
+      </c>
+      <c r="M22" t="s">
         <v>706</v>
       </c>
-      <c r="G22" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N22" t="s">
-        <v>274</v>
+        <v>647</v>
+      </c>
+      <c r="O22" t="s">
+        <v>648</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>707</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>193</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>708</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>709</v>
       </c>
       <c r="B2" t="s">
         <v>641</v>
       </c>
       <c r="C2" t="s">
         <v>33</v>
       </c>
       <c r="D2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>710</v>
       </c>
       <c r="B3" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="C3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>711</v>
       </c>
       <c r="B4" t="s">
         <v>649</v>
       </c>
       <c r="C4" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>712</v>
       </c>
       <c r="B5" t="s">
         <v>652</v>
       </c>
       <c r="C5" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="D5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>713</v>
       </c>
       <c r="B6" t="s">
         <v>655</v>
       </c>
       <c r="C6" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>714</v>
       </c>
       <c r="B7" t="s">
         <v>658</v>
       </c>
       <c r="C7" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>715</v>
       </c>
       <c r="B8" t="s">
         <v>661</v>
       </c>
       <c r="C8" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>716</v>
       </c>
       <c r="B9" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="C9" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>717</v>
       </c>
       <c r="B10" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C10" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>718</v>
       </c>
       <c r="B11" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="C11" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>719</v>
       </c>
       <c r="B12" t="s">
         <v>672</v>
       </c>
       <c r="C12" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>720</v>
       </c>
       <c r="B13" t="s">
         <v>675</v>
       </c>
       <c r="C13" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D13" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>721</v>
       </c>
       <c r="B14" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="C14" t="s">
         <v>139</v>
       </c>
       <c r="D14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>722</v>
       </c>
       <c r="B15" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="C15" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="D15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>723</v>
       </c>
       <c r="B16" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="C16" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="D16" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>724</v>
       </c>
       <c r="B17" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="C17" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="D17" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>725</v>
       </c>
       <c r="B18" t="s">
         <v>694</v>
       </c>
       <c r="C18" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>726</v>
       </c>
       <c r="B19" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="C19" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>727</v>
       </c>
       <c r="B20" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="C20" t="s">
         <v>178</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>728</v>
       </c>
       <c r="B21" t="s">
         <v>705</v>
       </c>
       <c r="C21" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:D20"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>729</v>
+      </c>
+      <c r="B2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C2" t="s">
+        <v>278</v>
+      </c>
+      <c r="D2" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>730</v>
+      </c>
+      <c r="B3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C3" t="s">
+        <v>281</v>
+      </c>
+      <c r="D3" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>731</v>
+      </c>
+      <c r="B4" t="s">
+        <v>76</v>
+      </c>
+      <c r="C4" t="s">
+        <v>287</v>
+      </c>
+      <c r="D4" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>732</v>
+      </c>
+      <c r="B5" t="s">
+        <v>85</v>
+      </c>
+      <c r="C5" t="s">
+        <v>290</v>
+      </c>
+      <c r="D5" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>733</v>
+      </c>
+      <c r="B6" t="s">
+        <v>85</v>
+      </c>
+      <c r="C6" t="s">
+        <v>293</v>
+      </c>
+      <c r="D6" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>734</v>
+      </c>
+      <c r="B7" t="s">
+        <v>95</v>
+      </c>
+      <c r="C7" t="s">
+        <v>296</v>
+      </c>
+      <c r="D7" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>735</v>
+      </c>
+      <c r="B8" t="s">
+        <v>102</v>
+      </c>
+      <c r="C8" t="s">
+        <v>299</v>
+      </c>
+      <c r="D8" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>736</v>
+      </c>
+      <c r="B9" t="s">
+        <v>111</v>
+      </c>
+      <c r="C9" t="s">
+        <v>299</v>
+      </c>
+      <c r="D9" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>737</v>
+      </c>
+      <c r="B10" t="s">
+        <v>117</v>
+      </c>
+      <c r="C10" t="s">
+        <v>303</v>
+      </c>
+      <c r="D10" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>738</v>
+      </c>
+      <c r="B11" t="s">
+        <v>124</v>
+      </c>
+      <c r="C11" t="s">
+        <v>306</v>
+      </c>
+      <c r="D11" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>739</v>
+      </c>
+      <c r="B12" t="s">
+        <v>134</v>
+      </c>
+      <c r="C12" t="s">
+        <v>309</v>
+      </c>
+      <c r="D12" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>740</v>
+      </c>
+      <c r="B13" t="s">
+        <v>139</v>
+      </c>
+      <c r="C13" t="s">
+        <v>312</v>
+      </c>
+      <c r="D13" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>741</v>
+      </c>
+      <c r="B14" t="s">
+        <v>147</v>
+      </c>
+      <c r="C14" t="s">
+        <v>293</v>
+      </c>
+      <c r="D14" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>742</v>
+      </c>
+      <c r="B15" t="s">
+        <v>147</v>
+      </c>
+      <c r="C15" t="s">
+        <v>316</v>
+      </c>
+      <c r="D15" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>743</v>
+      </c>
+      <c r="B16" t="s">
+        <v>147</v>
+      </c>
+      <c r="C16" t="s">
+        <v>319</v>
+      </c>
+      <c r="D16" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>744</v>
+      </c>
+      <c r="B17" t="s">
+        <v>158</v>
+      </c>
+      <c r="C17" t="s">
+        <v>322</v>
+      </c>
+      <c r="D17" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>745</v>
+      </c>
+      <c r="B18" t="s">
+        <v>167</v>
+      </c>
+      <c r="C18" t="s">
+        <v>618</v>
+      </c>
+      <c r="D18" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>746</v>
+      </c>
+      <c r="B19" t="s">
+        <v>178</v>
+      </c>
+      <c r="C19" t="s">
+        <v>281</v>
+      </c>
+      <c r="D19" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>747</v>
+      </c>
+      <c r="B20" t="s">
+        <v>185</v>
+      </c>
+      <c r="C20" t="s">
+        <v>326</v>
+      </c>
+      <c r="D20" t="s">
+        <v>327</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>193</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>729</v>
+        <v>748</v>
       </c>
       <c r="B2" t="s">
         <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D2" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>730</v>
+        <v>749</v>
       </c>
       <c r="B3" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="C3" t="s">
-        <v>350</v>
+        <v>388</v>
       </c>
       <c r="D3" t="s">
-        <v>351</v>
+        <v>389</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>731</v>
+        <v>750</v>
       </c>
       <c r="B4" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
-        <v>350</v>
+        <v>397</v>
       </c>
       <c r="D4" t="s">
-        <v>351</v>
+        <v>398</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>732</v>
+        <v>751</v>
       </c>
       <c r="B5" t="s">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="C5" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D5" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>733</v>
+        <v>752</v>
       </c>
       <c r="B6" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="C6" t="s">
-        <v>454</v>
+        <v>388</v>
       </c>
       <c r="D6" t="s">
-        <v>455</v>
+        <v>439</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="B7" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="C7" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D7" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="B8" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="C8" t="s">
-        <v>483</v>
+        <v>378</v>
       </c>
       <c r="D8" t="s">
-        <v>484</v>
+        <v>379</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="B9" t="s">
-        <v>103</v>
+        <v>85</v>
       </c>
       <c r="C9" t="s">
         <v>483</v>
       </c>
       <c r="D9" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>737</v>
+        <v>756</v>
       </c>
       <c r="B10" t="s">
-        <v>109</v>
+        <v>95</v>
       </c>
       <c r="C10" t="s">
-        <v>454</v>
+        <v>378</v>
       </c>
       <c r="D10" t="s">
-        <v>455</v>
+        <v>379</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>738</v>
+        <v>757</v>
       </c>
       <c r="B11" t="s">
-        <v>116</v>
+        <v>102</v>
       </c>
       <c r="C11" t="s">
-        <v>350</v>
+        <v>397</v>
       </c>
       <c r="D11" t="s">
-        <v>351</v>
+        <v>398</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>739</v>
+        <v>758</v>
       </c>
       <c r="B12" t="s">
-        <v>126</v>
+        <v>111</v>
       </c>
       <c r="C12" t="s">
-        <v>454</v>
+        <v>397</v>
       </c>
       <c r="D12" t="s">
-        <v>455</v>
+        <v>398</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>740</v>
+        <v>759</v>
       </c>
       <c r="B13" t="s">
-        <v>131</v>
+        <v>117</v>
       </c>
       <c r="C13" t="s">
-        <v>350</v>
+        <v>483</v>
       </c>
       <c r="D13" t="s">
-        <v>351</v>
+        <v>484</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
       <c r="B14" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="C14" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D14" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="B15" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C15" t="s">
-        <v>537</v>
+        <v>483</v>
       </c>
       <c r="D15" t="s">
-        <v>538</v>
+        <v>484</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>743</v>
+        <v>762</v>
       </c>
       <c r="B16" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="C16" t="s">
-        <v>547</v>
+        <v>378</v>
       </c>
       <c r="D16" t="s">
-        <v>548</v>
+        <v>379</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>744</v>
+        <v>763</v>
       </c>
       <c r="B17" t="s">
         <v>139</v>
       </c>
       <c r="C17" t="s">
-        <v>454</v>
+        <v>388</v>
       </c>
       <c r="D17" t="s">
-        <v>455</v>
+        <v>439</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>745</v>
+        <v>764</v>
       </c>
       <c r="B18" t="s">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="C18" t="s">
-        <v>350</v>
+        <v>556</v>
       </c>
       <c r="D18" t="s">
-        <v>351</v>
+        <v>557</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>746</v>
+        <v>765</v>
       </c>
       <c r="B19" t="s">
-        <v>159</v>
+        <v>139</v>
       </c>
       <c r="C19" t="s">
-        <v>588</v>
+        <v>566</v>
       </c>
       <c r="D19" t="s">
-        <v>589</v>
+        <v>567</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>747</v>
+        <v>766</v>
       </c>
       <c r="B20" t="s">
-        <v>170</v>
+        <v>147</v>
       </c>
       <c r="C20" t="s">
-        <v>350</v>
+        <v>483</v>
       </c>
       <c r="D20" t="s">
-        <v>351</v>
+        <v>484</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>748</v>
+        <v>767</v>
       </c>
       <c r="B21" t="s">
-        <v>178</v>
+        <v>158</v>
       </c>
       <c r="C21" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D21" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>749</v>
+        <v>768</v>
       </c>
       <c r="B22" t="s">
-        <v>183</v>
+        <v>167</v>
       </c>
       <c r="C22" t="s">
-        <v>350</v>
+        <v>607</v>
       </c>
       <c r="D22" t="s">
-        <v>351</v>
+        <v>608</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>750</v>
+        <v>769</v>
       </c>
       <c r="B23" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C23" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D23" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>751</v>
+        <v>770</v>
       </c>
       <c r="B24" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C24" t="s">
-        <v>483</v>
+        <v>378</v>
       </c>
       <c r="D24" t="s">
-        <v>484</v>
+        <v>379</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>193</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>752</v>
+        <v>771</v>
       </c>
       <c r="B2" t="s">
         <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>350</v>
+        <v>388</v>
       </c>
       <c r="D2" t="s">
-        <v>351</v>
+        <v>389</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>753</v>
+        <v>772</v>
       </c>
       <c r="B3" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="C3" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D3" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>754</v>
+        <v>773</v>
       </c>
       <c r="B4" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="C4" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D4" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>755</v>
+        <v>774</v>
       </c>
       <c r="B5" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="C5" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D5" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>756</v>
+        <v>775</v>
       </c>
       <c r="B6" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="C6" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D6" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>757</v>
+        <v>776</v>
       </c>
       <c r="B7" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="C7" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D7" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>758</v>
+        <v>777</v>
       </c>
       <c r="B8" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="C8" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D8" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>759</v>
+        <v>778</v>
       </c>
       <c r="B9" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="C9" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D9" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>760</v>
+        <v>779</v>
       </c>
       <c r="B10" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="C10" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D10" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>761</v>
+        <v>780</v>
       </c>
       <c r="B11" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="C11" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D11" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>762</v>
+        <v>781</v>
       </c>
       <c r="B12" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="C12" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D12" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>763</v>
+        <v>782</v>
       </c>
       <c r="B13" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="C13" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D13" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>764</v>
+        <v>783</v>
       </c>
       <c r="B14" t="s">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="C14" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D14" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>765</v>
+        <v>784</v>
       </c>
       <c r="B15" t="s">
-        <v>159</v>
+        <v>147</v>
       </c>
       <c r="C15" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D15" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>766</v>
+        <v>785</v>
       </c>
       <c r="B16" t="s">
-        <v>170</v>
+        <v>158</v>
       </c>
       <c r="C16" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D16" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>767</v>
+        <v>786</v>
       </c>
       <c r="B17" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="C17" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D17" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>768</v>
+        <v>787</v>
       </c>
       <c r="B18" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C18" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D18" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>769</v>
+        <v>788</v>
       </c>
       <c r="B19" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C19" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
       <c r="D19" t="s">
-        <v>351</v>
-[...334 lines deleted...]
-        <v>351</v>
+        <v>379</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>main</vt:lpstr>
       <vt:lpstr>awards</vt:lpstr>
       <vt:lpstr>awards_suppliers</vt:lpstr>
       <vt:lpstr>parties</vt:lpstr>
       <vt:lpstr>contracts</vt:lpstr>
       <vt:lpstr>contracts_value_exchangerates</vt:lpstr>
+      <vt:lpstr>tender_tenderers</vt:lpstr>
       <vt:lpstr>planning_requestingunits</vt:lpstr>
       <vt:lpstr>planning_contractingunits</vt:lpstr>
       <vt:lpstr>planning_responsibleunits</vt:lpstr>
-      <vt:lpstr>tender_tenderers</vt:lpstr>
       <vt:lpstr>contracts_documents</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>