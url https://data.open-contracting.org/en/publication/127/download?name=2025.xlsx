--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -164,281 +164,281 @@
   <si>
     <t>planning_rationale</t>
   </si>
   <si>
     <t>planning_budget_id</t>
   </si>
   <si>
     <t>planning_budget_description</t>
   </si>
   <si>
     <t>planning_budget_project</t>
   </si>
   <si>
     <t>planning_budget_projectID</t>
   </si>
   <si>
     <t>planning_budget_amount_amount</t>
   </si>
   <si>
     <t>planning_budget_amount_currency</t>
   </si>
   <si>
     <t>id-0.0</t>
   </si>
   <si>
+    <t>ocds-j74acu-082207-AN/HLT/02-NG-2025-02-07T08:46:41Z</t>
+  </si>
+  <si>
+    <t>compiled</t>
+  </si>
+  <si>
+    <t>2025-02-07T08:46:41Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-082207-AN/HLT/02-NG</t>
+  </si>
+  <si>
+    <t>en</t>
+  </si>
+  <si>
+    <t>tender</t>
+  </si>
+  <si>
+    <t>health@eprocure.bpp.an.gov.ng</t>
+  </si>
+  <si>
+    <t>MINISTRY OF HEALTH</t>
+  </si>
+  <si>
+    <t>selective</t>
+  </si>
+  <si>
+    <t>active</t>
+  </si>
+  <si>
+    <t>In selective procedures, only selected economic operator may submit a tender in response to a contract notice</t>
+  </si>
+  <si>
+    <t>Submit through the online portal at https://eprocure.bpp.an.gov.ng</t>
+  </si>
+  <si>
+    <t>true</t>
+  </si>
+  <si>
+    <t>goods</t>
+  </si>
+  <si>
+    <t>Mostresponsivebidder</t>
+  </si>
+  <si>
+    <t>Online @ the E-procurement Portal</t>
+  </si>
+  <si>
+    <t>:00Z</t>
+  </si>
+  <si>
+    <t>2025-02-23T16:00:00Z</t>
+  </si>
+  <si>
+    <t>2025-02-08T08:59:00Z</t>
+  </si>
+  <si>
+    <t>TRANSPARENCY AND ACCOUNTABILITY</t>
+  </si>
+  <si>
+    <t>SUPPLY OF MEDICAL EQUIPMENT TO TRAUMA CENTRE AT COOUTH, AMAKU AWKA</t>
+  </si>
+  <si>
+    <t>NGN</t>
+  </si>
+  <si>
+    <t>id-1.0</t>
+  </si>
+  <si>
     <t>ocds-j74acu-082387-AN/HLT/02-NG-2025-02-07T22:57:21Z</t>
   </si>
   <si>
-    <t>compiled</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-02-07T22:57:21Z</t>
   </si>
   <si>
     <t>ocds-j74acu-082387-AN/HLT/02-NG</t>
   </si>
   <si>
-    <t>en</t>
-[...25 lines deleted...]
-  <si>
     <t>works</t>
   </si>
   <si>
     <t>MostResponsiveBidder</t>
   </si>
   <si>
-    <t>Online @ the E-procurement Portal</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-02-23T18:30:00Z</t>
   </si>
   <si>
     <t>2025-02-07T17:57:00Z</t>
   </si>
   <si>
-    <t>TRANSPARENCY AND ACCOUNTABILITY</t>
-[...1 lines deleted...]
-  <si>
     <t>GATE HOUSE, FENCING AND OTHER WORKS AT GENERAL HOSPITAL ENUGWU OTU AND ANAKU</t>
   </si>
   <si>
-    <t>NGN</t>
-[...2 lines deleted...]
-    <t>id-1.0</t>
+    <t>id-31.0</t>
   </si>
   <si>
     <t>ocds-j74acu-082368-AN/HLT/02-NG-2025-02-07T08:37:05Z</t>
   </si>
   <si>
     <t>2025-02-07T08:37:05Z</t>
   </si>
   <si>
     <t>ocds-j74acu-082368-AN/HLT/02-NG</t>
   </si>
   <si>
-    <t>Mostresponsivebidder</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-02-07T12:37:00Z</t>
   </si>
   <si>
     <t>SOLUTION IS HERE MODEL GATE FOR GENERAL HOSPITALS OKPOKO &amp;amp; FEGGE</t>
   </si>
   <si>
-    <t>id-31.0</t>
-[...22 lines deleted...]
-  <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>contractPeriod_endDate</t>
   </si>
   <si>
     <t>contractPeriod_startDate</t>
   </si>
   <si>
     <t>contractPeriod_durationInDays</t>
   </si>
   <si>
     <t>id-0.0.awards.0</t>
   </si>
   <si>
+    <t>ocds-j74acu-1627</t>
+  </si>
+  <si>
+    <t>id-1.0.awards.0</t>
+  </si>
+  <si>
     <t>ocds-j74acu-1637</t>
   </si>
   <si>
-    <t>id-1.0.awards.0</t>
+    <t>id-31.0.awards.0</t>
   </si>
   <si>
     <t>ocds-j74acu-1636</t>
   </si>
   <si>
-    <t>id-31.0.awards.0</t>
-[...4 lines deleted...]
-  <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>quantity</t>
   </si>
   <si>
     <t>unit_name</t>
   </si>
   <si>
     <t>unit_scheme</t>
   </si>
   <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
     <t>classification_description</t>
   </si>
   <si>
     <t>deliveryAddress_locality</t>
   </si>
   <si>
     <t>id-0.0.awards.0.items.0</t>
   </si>
   <si>
     <t>UNCEFACT</t>
   </si>
   <si>
     <t>UNSPSC</t>
   </si>
   <si>
+    <t>Medical Equipment and Accessories and Supplies</t>
+  </si>
+  <si>
+    <t>id-1.0.awards.0.items.0</t>
+  </si>
+  <si>
     <t>Gates</t>
   </si>
   <si>
-    <t>id-1.0.awards.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-31.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>Medical Equipment and Accessories and Supplies</t>
-[...1 lines deleted...]
-  <si>
     <t>name</t>
   </si>
   <si>
     <t>id-0.0.awards.0.suppliers.0</t>
   </si>
   <si>
+    <t>NG-CAC-959501</t>
+  </si>
+  <si>
+    <t>OXYGEN HEALTHCARE LTD</t>
+  </si>
+  <si>
+    <t>id-1.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
     <t>NG-CAC-1126057</t>
   </si>
   <si>
     <t>DALUCHUKWU &amp;amp; BROS IMPEX LTD</t>
   </si>
   <si>
-    <t>id-1.0.awards.0.suppliers.0</t>
+    <t>id-31.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>NG-CAC-1982001</t>
   </si>
   <si>
     <t>CRYSTAL DOVE CONSTRUCTION COMPANY LIMITED</t>
   </si>
   <si>
-    <t>id-31.0.awards.0.suppliers.0</t>
-[...7 lines deleted...]
-  <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_locality</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>address_streetAddress</t>
   </si>
   <si>
     <t>identifier_scheme</t>
   </si>
   <si>
     <t>identifier_legalName</t>
   </si>
   <si>
     <t>contactPoint_url</t>
@@ -473,105 +473,105 @@
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Anambra State Secretariat, Awka Anambra State</t>
   </si>
   <si>
     <t>NG-TIN</t>
   </si>
   <si>
     <t>https://eprocure.bpp.an.gov.ng/award_contract_.php</t>
   </si>
   <si>
     <t>Vincent Okpala</t>
   </si>
   <si>
     <t>08033821808</t>
   </si>
   <si>
     <t>id-0.0.parties.1</t>
   </si>
   <si>
     <t>supplier</t>
   </si>
   <si>
+    <t>AMAWBIA</t>
+  </si>
+  <si>
+    <t>OXYGEN HOUSE ENUGU AGIDI FLYOVER,AMAWBIA</t>
+  </si>
+  <si>
+    <t>NG-CAC</t>
+  </si>
+  <si>
+    <t>NA</t>
+  </si>
+  <si>
+    <t>Procurement Team</t>
+  </si>
+  <si>
+    <t>oxygen.healthcare@yahoo.com</t>
+  </si>
+  <si>
+    <t>08051436133</t>
+  </si>
+  <si>
+    <t>id-1.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-1.0.parties.1</t>
+  </si>
+  <si>
     <t>AWKA</t>
   </si>
   <si>
     <t>ROAD 3 PLOT 7 OFF WONDER LAND MOPO BASE AGU - AWKA</t>
   </si>
   <si>
-    <t>NG-CAC</t>
-[...7 lines deleted...]
-  <si>
     <t>daluchukwuimpex@gmail.com</t>
   </si>
   <si>
     <t>08033543019</t>
   </si>
   <si>
-    <t>id-1.0.parties.0</t>
-[...2 lines deleted...]
-    <t>id-1.0.parties.1</t>
+    <t>id-31.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.1</t>
   </si>
   <si>
     <t>62 MELOCK AVENUE IFITE AWKA</t>
   </si>
   <si>
     <t>https://eprocure.bpp.an.gov.ng/report/economic_operator.php</t>
   </si>
   <si>
     <t>emeka.madonna@gmail.com</t>
   </si>
   <si>
     <t>08033220069</t>
-  </si>
-[...16 lines deleted...]
-    <t>08051436133</t>
   </si>
   <si>
     <t>awardID</t>
   </si>
   <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>period_endDate</t>
   </si>
   <si>
     <t>period_startDate</t>
   </si>
   <si>
     <t>period_durationInDays</t>
   </si>
   <si>
     <t>id-0.0.contracts.0</t>
   </si>
   <si>
     <t>id-1.0.contracts.0</t>
   </si>
   <si>
     <t>id-31.0.contracts.0</t>
   </si>
@@ -1203,93 +1203,93 @@
       <c r="S2" t="s">
         <v>58</v>
       </c>
       <c r="U2" t="s">
         <v>52</v>
       </c>
       <c r="V2">
         <v>3</v>
       </c>
       <c r="W2" t="s">
         <v>59</v>
       </c>
       <c r="X2" t="s">
         <v>60</v>
       </c>
       <c r="Y2" t="s">
         <v>60</v>
       </c>
       <c r="Z2" t="s">
         <v>61</v>
       </c>
       <c r="AA2" t="s">
         <v>62</v>
       </c>
       <c r="AB2">
-        <v>-16</v>
+        <v>-15</v>
       </c>
       <c r="AC2" t="s">
         <v>60</v>
       </c>
       <c r="AD2" t="s">
         <v>60</v>
       </c>
       <c r="AE2">
         <v>0</v>
       </c>
       <c r="AF2" t="s">
         <v>60</v>
       </c>
       <c r="AG2" t="s">
         <v>60</v>
       </c>
       <c r="AH2">
         <v>0</v>
       </c>
       <c r="AI2" t="s">
         <v>50</v>
       </c>
       <c r="AJ2" t="s">
         <v>51</v>
       </c>
       <c r="AK2" t="s">
         <v>63</v>
       </c>
       <c r="AL2" t="s">
         <v>47</v>
       </c>
       <c r="AM2" t="s">
         <v>64</v>
       </c>
       <c r="AN2" t="s">
         <v>64</v>
       </c>
       <c r="AO2" t="s">
         <v>47</v>
       </c>
       <c r="AP2">
-        <v>310718114.73</v>
+        <v>2193772108</v>
       </c>
       <c r="AQ2" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
         <v>67</v>
       </c>
       <c r="C3" t="s">
         <v>45</v>
       </c>
       <c r="D3" t="s">
         <v>68</v>
       </c>
       <c r="E3" t="s">
         <v>69</v>
       </c>
       <c r="F3" t="s">
         <v>48</v>
       </c>
       <c r="G3" t="s">
@@ -1298,338 +1298,338 @@
       <c r="H3" t="s">
         <v>50</v>
       </c>
       <c r="I3" t="s">
         <v>51</v>
       </c>
       <c r="J3" t="s">
         <v>69</v>
       </c>
       <c r="K3" t="s">
         <v>52</v>
       </c>
       <c r="M3" t="s">
         <v>53</v>
       </c>
       <c r="N3" t="s">
         <v>54</v>
       </c>
       <c r="O3" t="s">
         <v>55</v>
       </c>
       <c r="Q3" t="s">
         <v>56</v>
       </c>
       <c r="R3" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="S3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="U3" t="s">
         <v>52</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3" t="s">
         <v>59</v>
       </c>
       <c r="X3" t="s">
         <v>60</v>
       </c>
       <c r="Y3" t="s">
         <v>60</v>
       </c>
       <c r="Z3" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="AA3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="AB3">
         <v>-16</v>
       </c>
       <c r="AC3" t="s">
         <v>60</v>
       </c>
       <c r="AD3" t="s">
         <v>60</v>
       </c>
       <c r="AE3">
         <v>0</v>
       </c>
       <c r="AF3" t="s">
         <v>60</v>
       </c>
       <c r="AG3" t="s">
         <v>60</v>
       </c>
       <c r="AH3">
         <v>0</v>
       </c>
       <c r="AI3" t="s">
         <v>50</v>
       </c>
       <c r="AJ3" t="s">
         <v>51</v>
       </c>
       <c r="AK3" t="s">
         <v>63</v>
       </c>
       <c r="AL3" t="s">
         <v>69</v>
       </c>
       <c r="AM3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="AN3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="AO3" t="s">
         <v>69</v>
       </c>
       <c r="AP3">
-        <v>123217218.82</v>
+        <v>310718114.73</v>
       </c>
       <c r="AQ3" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B4" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C4" t="s">
         <v>45</v>
       </c>
       <c r="D4" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E4" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F4" t="s">
         <v>48</v>
       </c>
       <c r="G4" t="s">
         <v>49</v>
       </c>
       <c r="H4" t="s">
         <v>50</v>
       </c>
       <c r="I4" t="s">
         <v>51</v>
       </c>
       <c r="J4" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="K4" t="s">
         <v>52</v>
       </c>
       <c r="M4" t="s">
         <v>53</v>
       </c>
       <c r="N4" t="s">
         <v>54</v>
       </c>
       <c r="O4" t="s">
         <v>55</v>
       </c>
       <c r="Q4" t="s">
         <v>56</v>
       </c>
       <c r="R4" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="S4" t="s">
-        <v>70</v>
+        <v>58</v>
       </c>
       <c r="U4" t="s">
         <v>52</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4" t="s">
         <v>59</v>
       </c>
       <c r="X4" t="s">
         <v>60</v>
       </c>
       <c r="Y4" t="s">
         <v>60</v>
       </c>
       <c r="Z4" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="AA4" t="s">
         <v>79</v>
       </c>
       <c r="AB4">
-        <v>-15</v>
+        <v>-16</v>
       </c>
       <c r="AC4" t="s">
         <v>60</v>
       </c>
       <c r="AD4" t="s">
         <v>60</v>
       </c>
       <c r="AE4">
         <v>0</v>
       </c>
       <c r="AF4" t="s">
         <v>60</v>
       </c>
       <c r="AG4" t="s">
         <v>60</v>
       </c>
       <c r="AH4">
         <v>0</v>
       </c>
       <c r="AI4" t="s">
         <v>50</v>
       </c>
       <c r="AJ4" t="s">
         <v>51</v>
       </c>
       <c r="AK4" t="s">
         <v>63</v>
       </c>
       <c r="AL4" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="AM4" t="s">
         <v>80</v>
       </c>
       <c r="AN4" t="s">
         <v>80</v>
       </c>
       <c r="AO4" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="AP4">
-        <v>2193772108</v>
+        <v>123217218.82</v>
       </c>
       <c r="AQ4" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>189</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>190</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>191</v>
       </c>
       <c r="B2" t="s">
         <v>186</v>
       </c>
       <c r="C2" t="s">
         <v>43</v>
       </c>
       <c r="D2">
-        <v>30172000</v>
+        <v>42000000</v>
       </c>
       <c r="E2" t="s">
         <v>106</v>
       </c>
       <c r="F2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>192</v>
       </c>
       <c r="B3" t="s">
         <v>187</v>
       </c>
       <c r="C3" t="s">
         <v>66</v>
       </c>
       <c r="D3">
         <v>30172000</v>
       </c>
       <c r="E3" t="s">
         <v>106</v>
       </c>
       <c r="F3" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>193</v>
       </c>
       <c r="B4" t="s">
         <v>188</v>
       </c>
       <c r="C4" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D4">
-        <v>42000000</v>
+        <v>30172000</v>
       </c>
       <c r="E4" t="s">
         <v>106</v>
       </c>
       <c r="F4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -1702,75 +1702,75 @@
       </c>
       <c r="E3" t="s">
         <v>200</v>
       </c>
       <c r="F3" t="s">
         <v>201</v>
       </c>
       <c r="G3" t="s">
         <v>48</v>
       </c>
       <c r="H3" t="s">
         <v>202</v>
       </c>
       <c r="I3" t="s">
         <v>203</v>
       </c>
       <c r="J3" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>205</v>
       </c>
       <c r="B4" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="s">
         <v>199</v>
       </c>
       <c r="E4" t="s">
         <v>200</v>
       </c>
       <c r="F4" t="s">
         <v>201</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
         <v>202</v>
       </c>
       <c r="I4" t="s">
         <v>203</v>
       </c>
       <c r="J4" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -1797,115 +1797,115 @@
       </c>
       <c r="K1" s="1" t="s">
         <v>88</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>90</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="C2" t="s">
         <v>91</v>
       </c>
       <c r="D2" t="s">
         <v>60</v>
       </c>
       <c r="E2" t="s">
         <v>53</v>
       </c>
       <c r="H2">
-        <v>416621410</v>
+        <v>2561770150</v>
       </c>
       <c r="I2" t="s">
         <v>65</v>
       </c>
       <c r="J2" t="s">
         <v>60</v>
       </c>
       <c r="K2" t="s">
         <v>60</v>
       </c>
       <c r="L2">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>92</v>
       </c>
       <c r="B3" t="s">
         <v>66</v>
       </c>
       <c r="C3" t="s">
         <v>93</v>
       </c>
       <c r="D3" t="s">
         <v>60</v>
       </c>
       <c r="E3" t="s">
         <v>53</v>
       </c>
       <c r="H3">
-        <v>229395411</v>
+        <v>416621410</v>
       </c>
       <c r="I3" t="s">
         <v>65</v>
       </c>
       <c r="J3" t="s">
         <v>60</v>
       </c>
       <c r="K3" t="s">
         <v>60</v>
       </c>
       <c r="L3">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>94</v>
       </c>
       <c r="B4" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C4" t="s">
         <v>95</v>
       </c>
       <c r="D4" t="s">
         <v>60</v>
       </c>
       <c r="E4" t="s">
         <v>53</v>
       </c>
       <c r="H4">
-        <v>2561770150</v>
+        <v>229395411</v>
       </c>
       <c r="I4" t="s">
         <v>65</v>
       </c>
       <c r="J4" t="s">
         <v>60</v>
       </c>
       <c r="K4" t="s">
         <v>60</v>
       </c>
       <c r="L4">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
@@ -1947,115 +1947,115 @@
       </c>
       <c r="L1" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>104</v>
       </c>
       <c r="B2" t="s">
         <v>90</v>
       </c>
       <c r="C2" t="s">
         <v>43</v>
       </c>
       <c r="D2" t="s">
         <v>47</v>
       </c>
       <c r="F2">
         <v>0</v>
       </c>
       <c r="H2" t="s">
         <v>105</v>
       </c>
       <c r="I2">
-        <v>133442</v>
+        <v>104269</v>
       </c>
       <c r="J2" t="s">
         <v>106</v>
       </c>
       <c r="K2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>108</v>
       </c>
       <c r="B3" t="s">
         <v>92</v>
       </c>
       <c r="C3" t="s">
         <v>66</v>
       </c>
       <c r="D3" t="s">
         <v>69</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
       <c r="H3" t="s">
         <v>105</v>
       </c>
       <c r="I3">
         <v>133442</v>
       </c>
       <c r="J3" t="s">
         <v>106</v>
       </c>
       <c r="K3" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B4" t="s">
         <v>94</v>
       </c>
       <c r="C4" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D4" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F4">
         <v>0</v>
       </c>
       <c r="H4" t="s">
         <v>105</v>
       </c>
       <c r="I4">
-        <v>104269</v>
+        <v>133442</v>
       </c>
       <c r="J4" t="s">
         <v>106</v>
       </c>
       <c r="K4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>96</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>81</v>
       </c>
@@ -2086,51 +2086,51 @@
     <row r="3">
       <c r="A3" t="s">
         <v>115</v>
       </c>
       <c r="B3" t="s">
         <v>92</v>
       </c>
       <c r="C3" t="s">
         <v>66</v>
       </c>
       <c r="D3" t="s">
         <v>116</v>
       </c>
       <c r="E3" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>118</v>
       </c>
       <c r="B4" t="s">
         <v>94</v>
       </c>
       <c r="C4" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D4" t="s">
         <v>119</v>
       </c>
       <c r="E4" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -2252,51 +2252,51 @@
       <c r="G3" t="s">
         <v>147</v>
       </c>
       <c r="J3" t="s">
         <v>148</v>
       </c>
       <c r="K3" t="s">
         <v>149</v>
       </c>
       <c r="L3" t="s">
         <v>114</v>
       </c>
       <c r="M3" t="s">
         <v>150</v>
       </c>
       <c r="N3" t="s">
         <v>151</v>
       </c>
       <c r="O3" t="s">
         <v>152</v>
       </c>
       <c r="P3" t="s">
         <v>153</v>
       </c>
       <c r="Q3">
-        <v>1126057</v>
+        <v>959501</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>154</v>
       </c>
       <c r="B4" t="s">
         <v>66</v>
       </c>
       <c r="C4" t="s">
         <v>135</v>
       </c>
       <c r="D4" t="s">
         <v>51</v>
       </c>
       <c r="E4" t="s">
         <v>136</v>
       </c>
       <c r="F4" t="s">
         <v>137</v>
       </c>
       <c r="G4" t="s">
         <v>138</v>
       </c>
       <c r="H4">
@@ -2322,169 +2322,169 @@
       </c>
       <c r="O4" t="s">
         <v>50</v>
       </c>
       <c r="P4" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>155</v>
       </c>
       <c r="B5" t="s">
         <v>66</v>
       </c>
       <c r="C5" t="s">
         <v>116</v>
       </c>
       <c r="D5" t="s">
         <v>117</v>
       </c>
       <c r="E5" t="s">
         <v>146</v>
       </c>
       <c r="G5" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="J5" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="K5" t="s">
         <v>149</v>
       </c>
       <c r="L5" t="s">
         <v>117</v>
       </c>
       <c r="M5" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="N5" t="s">
         <v>151</v>
       </c>
       <c r="O5" t="s">
         <v>158</v>
       </c>
       <c r="P5" t="s">
         <v>159</v>
       </c>
       <c r="Q5">
-        <v>1982001</v>
+        <v>1126057</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>160</v>
       </c>
       <c r="B6" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C6" t="s">
         <v>135</v>
       </c>
       <c r="D6" t="s">
         <v>51</v>
       </c>
       <c r="E6" t="s">
         <v>136</v>
       </c>
       <c r="F6" t="s">
         <v>137</v>
       </c>
       <c r="G6" t="s">
         <v>138</v>
       </c>
       <c r="H6">
         <v>420111</v>
       </c>
       <c r="I6" t="s">
         <v>139</v>
       </c>
       <c r="J6" t="s">
         <v>140</v>
       </c>
       <c r="K6" t="s">
         <v>141</v>
       </c>
       <c r="L6" t="s">
         <v>51</v>
       </c>
       <c r="M6" t="s">
         <v>142</v>
       </c>
       <c r="N6" t="s">
         <v>143</v>
       </c>
       <c r="O6" t="s">
         <v>50</v>
       </c>
       <c r="P6" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>161</v>
       </c>
       <c r="B7" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C7" t="s">
         <v>119</v>
       </c>
       <c r="D7" t="s">
         <v>120</v>
       </c>
       <c r="E7" t="s">
         <v>146</v>
       </c>
       <c r="G7" t="s">
+        <v>156</v>
+      </c>
+      <c r="J7" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="K7" t="s">
         <v>149</v>
       </c>
       <c r="L7" t="s">
         <v>120</v>
       </c>
       <c r="M7" t="s">
-        <v>150</v>
+        <v>163</v>
       </c>
       <c r="N7" t="s">
         <v>151</v>
       </c>
       <c r="O7" t="s">
         <v>164</v>
       </c>
       <c r="P7" t="s">
         <v>165</v>
       </c>
       <c r="Q7">
-        <v>959501</v>
+        <v>1982001</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -2517,121 +2517,121 @@
       </c>
       <c r="M1" s="1" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>171</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="C2" t="s">
         <v>47</v>
       </c>
       <c r="D2" t="s">
         <v>91</v>
       </c>
       <c r="G2" t="s">
         <v>60</v>
       </c>
       <c r="H2" t="s">
         <v>53</v>
       </c>
       <c r="I2">
-        <v>416621410</v>
+        <v>2561770150</v>
       </c>
       <c r="J2" t="s">
         <v>65</v>
       </c>
       <c r="K2" t="s">
         <v>60</v>
       </c>
       <c r="L2" t="s">
         <v>60</v>
       </c>
       <c r="M2">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>172</v>
       </c>
       <c r="B3" t="s">
         <v>66</v>
       </c>
       <c r="C3" t="s">
         <v>69</v>
       </c>
       <c r="D3" t="s">
         <v>93</v>
       </c>
       <c r="G3" t="s">
         <v>60</v>
       </c>
       <c r="H3" t="s">
         <v>53</v>
       </c>
       <c r="I3">
-        <v>229395411</v>
+        <v>416621410</v>
       </c>
       <c r="J3" t="s">
         <v>65</v>
       </c>
       <c r="K3" t="s">
         <v>60</v>
       </c>
       <c r="L3" t="s">
         <v>60</v>
       </c>
       <c r="M3">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>173</v>
       </c>
       <c r="B4" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C4" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D4" t="s">
         <v>95</v>
       </c>
       <c r="G4" t="s">
         <v>60</v>
       </c>
       <c r="H4" t="s">
         <v>53</v>
       </c>
       <c r="I4">
-        <v>2561770150</v>
+        <v>229395411</v>
       </c>
       <c r="J4" t="s">
         <v>65</v>
       </c>
       <c r="K4" t="s">
         <v>60</v>
       </c>
       <c r="L4" t="s">
         <v>60</v>
       </c>
       <c r="M4">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
@@ -2667,109 +2667,109 @@
       </c>
       <c r="J1" s="1" t="s">
         <v>102</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>175</v>
       </c>
       <c r="B2" t="s">
         <v>171</v>
       </c>
       <c r="C2" t="s">
         <v>43</v>
       </c>
       <c r="D2" t="s">
         <v>47</v>
       </c>
       <c r="F2">
         <v>0</v>
       </c>
       <c r="H2">
-        <v>133442</v>
+        <v>104269</v>
       </c>
       <c r="I2" t="s">
         <v>106</v>
       </c>
       <c r="J2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>176</v>
       </c>
       <c r="B3" t="s">
         <v>172</v>
       </c>
       <c r="C3" t="s">
         <v>66</v>
       </c>
       <c r="D3" t="s">
         <v>69</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>133442</v>
       </c>
       <c r="I3" t="s">
         <v>106</v>
       </c>
       <c r="J3" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>177</v>
       </c>
       <c r="B4" t="s">
         <v>173</v>
       </c>
       <c r="C4" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D4" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F4">
         <v>0</v>
       </c>
       <c r="H4">
-        <v>104269</v>
+        <v>133442</v>
       </c>
       <c r="I4" t="s">
         <v>106</v>
       </c>
       <c r="J4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>81</v>
       </c>
@@ -2787,127 +2787,127 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>181</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>85</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>182</v>
       </c>
       <c r="B2" t="s">
         <v>171</v>
       </c>
       <c r="C2" t="s">
         <v>43</v>
       </c>
       <c r="D2" t="s">
         <v>183</v>
       </c>
       <c r="E2">
-        <v>1126057</v>
+        <v>959501</v>
       </c>
       <c r="F2" t="s">
         <v>114</v>
       </c>
       <c r="G2" t="s">
         <v>135</v>
       </c>
       <c r="H2" t="s">
         <v>51</v>
       </c>
       <c r="I2">
-        <v>310718114.73</v>
+        <v>2193772108</v>
       </c>
       <c r="J2" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>184</v>
       </c>
       <c r="B3" t="s">
         <v>172</v>
       </c>
       <c r="C3" t="s">
         <v>66</v>
       </c>
       <c r="D3" t="s">
         <v>183</v>
       </c>
       <c r="E3">
-        <v>1982001</v>
+        <v>1126057</v>
       </c>
       <c r="F3" t="s">
         <v>117</v>
       </c>
       <c r="G3" t="s">
         <v>135</v>
       </c>
       <c r="H3" t="s">
         <v>51</v>
       </c>
       <c r="I3">
-        <v>123217218.82</v>
+        <v>310718114.73</v>
       </c>
       <c r="J3" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>185</v>
       </c>
       <c r="B4" t="s">
         <v>173</v>
       </c>
       <c r="C4" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D4" t="s">
         <v>183</v>
       </c>
       <c r="E4">
-        <v>959501</v>
+        <v>1982001</v>
       </c>
       <c r="F4" t="s">
         <v>120</v>
       </c>
       <c r="G4" t="s">
         <v>135</v>
       </c>
       <c r="H4" t="s">
         <v>51</v>
       </c>
       <c r="I4">
-        <v>2193772108</v>
+        <v>123217218.82</v>
       </c>
       <c r="J4" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
@@ -2919,85 +2919,85 @@
       </c>
       <c r="E1" s="1" t="s">
         <v>98</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>100</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>101</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>186</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="D2">
         <v>0</v>
       </c>
       <c r="F2">
-        <v>30172000</v>
+        <v>42000000</v>
       </c>
       <c r="G2" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>187</v>
       </c>
       <c r="B3" t="s">
         <v>66</v>
       </c>
       <c r="D3">
         <v>0</v>
       </c>
       <c r="F3">
         <v>30172000</v>
       </c>
       <c r="G3" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>188</v>
       </c>
       <c r="B4" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D4">
         <v>0</v>
       </c>
       <c r="F4">
-        <v>42000000</v>
+        <v>30172000</v>
       </c>
       <c r="G4" t="s">
         <v>106</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>