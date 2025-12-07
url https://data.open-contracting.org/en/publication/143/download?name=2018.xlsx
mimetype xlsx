--- v0 (2025-10-07)
+++ v1 (2025-12-07)
@@ -11,86 +11,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="main" sheetId="1" r:id="rId1"/>
-    <sheet name="awards" sheetId="2" r:id="rId2"/>
-[...2 lines deleted...]
-    <sheet name="tender_documents" sheetId="5" r:id="rId5"/>
+    <sheet name="tender_documents" sheetId="2" r:id="rId2"/>
+    <sheet name="awards" sheetId="3" r:id="rId3"/>
+    <sheet name="awards_suppliers" sheetId="4" r:id="rId4"/>
+    <sheet name="parties" sheetId="5" r:id="rId5"/>
     <sheet name="contracts" sheetId="6" r:id="rId6"/>
     <sheet name="contracts_documents" sheetId="7" r:id="rId7"/>
     <sheet name="tender_tenderers" sheetId="8" r:id="rId8"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1200" uniqueCount="510">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1221" uniqueCount="518">
   <si>
     <t>_link</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>tag</t>
   </si>
   <si>
     <t>date</t>
   </si>
   <si>
     <t>ocid</t>
   </si>
   <si>
+    <t>initiationType</t>
+  </si>
+  <si>
     <t>language</t>
   </si>
   <si>
-    <t>initiationType</t>
-[...1 lines deleted...]
-  <si>
     <t>buyer_id</t>
   </si>
   <si>
     <t>buyer_name</t>
   </si>
   <si>
     <t>tender_id</t>
   </si>
   <si>
     <t>tender_title</t>
   </si>
   <si>
     <t>tender_procurementMethodDetails</t>
   </si>
   <si>
     <t>tender_status</t>
   </si>
   <si>
     <t>tender_additionalProcurementCategories</t>
   </si>
   <si>
     <t>tender_description</t>
   </si>
   <si>
     <t>tender_mainProcurementCategory</t>
@@ -104,1503 +104,1527 @@
   <si>
     <t>tender_value_currency</t>
   </si>
   <si>
     <t>tender_tenderPeriod_endDate</t>
   </si>
   <si>
     <t>tender_tenderPeriod_startDate</t>
   </si>
   <si>
     <t>tender_procuringEntity_id</t>
   </si>
   <si>
     <t>tender_procuringEntity_name</t>
   </si>
   <si>
     <t>planning_rationale</t>
   </si>
   <si>
     <t>planning_budget_description</t>
   </si>
   <si>
     <t>id-0.0</t>
   </si>
   <si>
+    <t>ocds-9t57fa-51606-2018-01-31T00:00:00Z</t>
+  </si>
+  <si>
+    <t>compiled</t>
+  </si>
+  <si>
+    <t>2018-01-31T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-51606</t>
+  </si>
+  <si>
+    <t>tender</t>
+  </si>
+  <si>
+    <t>en-za</t>
+  </si>
+  <si>
+    <t>ESKOM</t>
+  </si>
+  <si>
+    <t>MPKOM10613GX</t>
+  </si>
+  <si>
+    <t>Request for Bid(Open-Tender)</t>
+  </si>
+  <si>
+    <t>goods</t>
+  </si>
+  <si>
+    <t>Provision of subsidized meals</t>
+  </si>
+  <si>
+    <t>open</t>
+  </si>
+  <si>
+    <t>ZAR</t>
+  </si>
+  <si>
+    <t>2023-05-09T10:00:00Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - </t>
+  </si>
+  <si>
+    <t>id-1.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-65552-2018-02-24T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2018-02-24T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-65552</t>
+  </si>
+  <si>
+    <t>Freedom Park Trust</t>
+  </si>
+  <si>
+    <t>FP 11/22 PP</t>
+  </si>
+  <si>
+    <t>consultingServices</t>
+  </si>
+  <si>
+    <t>Publication of Bids awarded for panel of Media Buyer services to Freedom Park for a period of 3 years on as and when required.</t>
+  </si>
+  <si>
+    <t>2023-09-20T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-2.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-56746-2018-05-07T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2018-05-07T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-56746</t>
+  </si>
+  <si>
+    <t>MPKOM10599GX - R1</t>
+  </si>
+  <si>
+    <t>works</t>
+  </si>
+  <si>
+    <t>Ash Dam monitoring</t>
+  </si>
+  <si>
+    <t>2023-06-26T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-3.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-60091-2018-01-02T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2018-01-02T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-60091</t>
+  </si>
+  <si>
+    <t>Solplaatje Local Municipality</t>
+  </si>
+  <si>
+    <t>Q051/2022/23</t>
+  </si>
+  <si>
+    <t>Request for Quotation</t>
+  </si>
+  <si>
+    <t>SUPPLY, DELIVERY AND SETUP OF POC RADIO SYSTEM</t>
+  </si>
+  <si>
+    <t>2023-05-12T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-4.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-60092-2018-01-02T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-60092</t>
+  </si>
+  <si>
+    <t>Q053/2022/23</t>
+  </si>
+  <si>
+    <t>SUPPLY AND DELIVERY OF GEYSERS</t>
+  </si>
+  <si>
+    <t>2023-05-24T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-5.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-77764-2018-06-30T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2018-06-30T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-77764</t>
+  </si>
+  <si>
+    <t>South African Local Government Association</t>
+  </si>
+  <si>
+    <t>59487</t>
+  </si>
+  <si>
+    <t>services</t>
+  </si>
+  <si>
+    <t>The purpose of this document is to request for proposals (RFP) or quotations for hygiene services, sanitation, and management solutions to ensure that the facilities are maintained in a clean, healthy, and safe pleasing appearance from 08 December 2023 until 30 April 2028 (53 Months).</t>
+  </si>
+  <si>
+    <t>2024-01-29T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-6.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-91076-2018-11-18T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2018-11-18T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-91076</t>
+  </si>
+  <si>
+    <t>Justice &amp; Constitutional Development</t>
+  </si>
+  <si>
+    <t>POS00002D0</t>
+  </si>
+  <si>
+    <t>FRAMES</t>
+  </si>
+  <si>
+    <t>2024-05-20T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-7.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-91303-2018-11-18T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-91303</t>
+  </si>
+  <si>
+    <t>POS00002LF</t>
+  </si>
+  <si>
+    <t>ANATOMICAL DOLLS</t>
+  </si>
+  <si>
+    <t>2024-05-22T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-8.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-60707-2018-07-30T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2018-07-30T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-60707</t>
+  </si>
+  <si>
+    <t>Competition Commission</t>
+  </si>
+  <si>
+    <t>BID07/2324</t>
+  </si>
+  <si>
+    <t>Transversal contract</t>
+  </si>
+  <si>
+    <t>Office Automation Solution (RT3-2022)</t>
+  </si>
+  <si>
+    <t>2023-07-26T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-9.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-60756-2018-01-09T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2018-01-09T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-60756</t>
+  </si>
+  <si>
+    <t>POR000002T</t>
+  </si>
+  <si>
+    <t>Toners &amp; drums (MC Oberholzer)</t>
+  </si>
+  <si>
+    <t>2023-05-11T16:00:00Z</t>
+  </si>
+  <si>
+    <t>id-10.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-61082-2018-01-13T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2018-01-13T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-61082</t>
+  </si>
+  <si>
+    <t>South African Revenue Service</t>
+  </si>
+  <si>
+    <t>3100033757</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Destruction of Goods </t>
+  </si>
+  <si>
+    <t>2023-07-24T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-11.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-91306-2018-11-18T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-91306</t>
+  </si>
+  <si>
+    <t>POS0000206</t>
+  </si>
+  <si>
+    <t>TONERS AND DRUMS</t>
+  </si>
+  <si>
+    <t>2024-05-10T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-12.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-91307-2018-11-18T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-91307</t>
+  </si>
+  <si>
+    <t>POS00002JZ</t>
+  </si>
+  <si>
+    <t>PRINTING SERVICES</t>
+  </si>
+  <si>
+    <t>2024-05-14T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-13.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-91310-2018-11-18T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-91310</t>
+  </si>
+  <si>
+    <t>POS00002LD</t>
+  </si>
+  <si>
+    <t>TEAM MATE LICENCE RENEWAL</t>
+  </si>
+  <si>
+    <t>id-14.0</t>
+  </si>
+  <si>
     <t>ocds-9t57fa-125921-2018-11-30T00:00:00Z</t>
   </si>
   <si>
-    <t>compiled</t>
-[...1 lines deleted...]
-  <si>
     <t>2018-11-30T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-125921</t>
   </si>
   <si>
-    <t>en-za</t>
-[...4 lines deleted...]
-  <si>
     <t>Eastern Cape - Education</t>
   </si>
   <si>
     <t>SCMU6-18/19-0006.</t>
   </si>
   <si>
-    <t>Request for Bid(Open-Tender)</t>
-[...1 lines deleted...]
-  <si>
     <t>""</t>
   </si>
   <si>
     <t>Appointment of travel Management Agents to render facilitation of travel and accommodation services for Eastern Cape Department</t>
   </si>
   <si>
-    <t>open</t>
-[...4 lines deleted...]
-  <si>
     <t>2019-01-22T11:00:00Z</t>
   </si>
   <si>
-    <t xml:space="preserve"> - </t>
-[...182 lines deleted...]
-    <t>id-8.0</t>
+    <t>id-15.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-86348-2018-09-23T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2018-09-23T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-86348</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 6000025035</t>
+  </si>
+  <si>
+    <t>Day to day maintenance contract for NC offices</t>
+  </si>
+  <si>
+    <t>2024-03-08T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-16.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-91078-2018-11-18T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-91078</t>
+  </si>
+  <si>
+    <t>POS00002F4</t>
+  </si>
+  <si>
+    <t>id-17.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-89642-2018-10-30T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2018-10-30T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-89642</t>
+  </si>
+  <si>
+    <t>MWP2397CX.</t>
+  </si>
+  <si>
+    <t>REGRET LETTER FOR ONCE-OFF SUPPLY AND DELIVERY OF 5 X COMPLETE SOLAR FLOODLIGHT SYSTEMS IN ACCORDANCE WITH ESKOM PROCEDURE: 240-126210656 LED STREET LIGHTING FOR MAJUBA UNDERGROUND COAL GASIFICATION SITE.</t>
+  </si>
+  <si>
+    <t>2024-07-31T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-18.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-88783-2018-11-25T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2018-11-25T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-88783</t>
+  </si>
+  <si>
+    <t>KZN131</t>
+  </si>
+  <si>
+    <t>The Provision of Catering Services for Mersey Training Centre, Pietermaritzburg and Durban Areas in the KwaZulu Natal Operating Unit for the training interventions and business meetings on an as and when required basis for a period of thirty-six (36) months.</t>
+  </si>
+  <si>
+    <t>2024-07-01T10:00:00Z</t>
+  </si>
+  <si>
+    <t>id-20.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-92503-2018-12-02T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2018-12-02T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-92503</t>
+  </si>
+  <si>
+    <t>Tourism</t>
+  </si>
+  <si>
+    <t>NDT0006/24</t>
+  </si>
+  <si>
+    <t>Request for Bid(Limited-Tender</t>
+  </si>
+  <si>
+    <t>Request for expression of interest through a proposal from South African Public Higher Education and Research Institutions to be appointed as part of a panel to conduct research for the Department of Tourism.</t>
+  </si>
+  <si>
+    <t>limited</t>
+  </si>
+  <si>
+    <t>2024-04-10T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-21.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-63863-2018-02-10T00:00:00Z</t>
   </si>
   <si>
     <t>2018-02-10T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-63863</t>
   </si>
   <si>
     <t>3100034239</t>
   </si>
   <si>
     <t>Servicing of water purifiers and hydroboilers.</t>
   </si>
   <si>
     <t>2023-08-31T11:00:00Z</t>
   </si>
   <si>
-    <t>id-9.0</t>
-[...23 lines deleted...]
-    <t>id-10.0</t>
+    <t>id-22.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-76185-2018-05-29T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2018-05-29T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-76185</t>
+  </si>
+  <si>
+    <t>MPARN10642GX award</t>
+  </si>
+  <si>
+    <t>the contract award for the  supply and delivery of boiler tubing spares at Arnot Power Station for a period of three (3) years</t>
+  </si>
+  <si>
+    <t>2023-12-31T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-23.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-70897-2018-04-16T00:00:00Z</t>
   </si>
   <si>
     <t>2018-04-16T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-70897</t>
   </si>
   <si>
     <t>POR00008W8</t>
   </si>
   <si>
     <t>CAPS</t>
   </si>
   <si>
     <t>2023-09-27T11:00:00Z</t>
   </si>
   <si>
-    <t>id-11.0</t>
-[...20 lines deleted...]
-    <t>id-12.0</t>
+    <t>id-24.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-76187-2018-05-29T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-76187</t>
   </si>
   <si>
     <t>MPARN10619GX award</t>
   </si>
   <si>
     <t>RBI scope on Boiler, Turbine and Aux Plant at Arnot_x000D_
 Power Station, as and when required for 5 years</t>
   </si>
   <si>
-    <t>id-13.0</t>
-[...20 lines deleted...]
-    <t>id-14.0</t>
+    <t>id-25.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-89645-2018-10-30T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-89645</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MWP2397CX - Regret Letter </t>
+  </si>
+  <si>
+    <t>REGRET LETTER - ONCE-OFF SUPPLY AND DELIVERY OF 5 X COMPLETE SOLAR FLOODLIGHT SYSTEMS IN ACCORDANCE WITH ESKOM PROCEDURE: 240-126210656 LED STREET LIGHTING FOR MAJUBA UNDERGROUND COAL GASIFICATION SITE.</t>
+  </si>
+  <si>
+    <t>2024-07-31T10:00:00Z</t>
+  </si>
+  <si>
+    <t>id-26.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-76192-2018-05-29T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-76192</t>
   </si>
   <si>
     <t>MPARN10704GX award</t>
   </si>
   <si>
     <t>The provision of stormwater reticulation relining_x000D_
 services at Arnot Power Station for a period of 8_x000D_
 Months</t>
   </si>
   <si>
     <t>2023-12-31T10:00:00Z</t>
   </si>
   <si>
-    <t>id-15.0</t>
+    <t>id-27.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-76198-2018-05-29T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-76198</t>
   </si>
   <si>
     <t>MPARN10567GX award</t>
   </si>
   <si>
     <t>contract award for the Supply and delivery of H Piping Material at Arnot_x000D_
 Power Station for a period of Three (3) Years</t>
   </si>
   <si>
-    <t>id-16.0</t>
+    <t>id-28.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-76203-2018-05-29T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-76203</t>
   </si>
   <si>
     <t>MPARN10548GX award</t>
   </si>
   <si>
     <t>Contract award for the provision of Non-Lethal Electric Fence Repair at_x000D_
 Arnot Power Station on a once off basis</t>
   </si>
   <si>
-    <t>id-17.0</t>
+    <t>id-30.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-76205-2018-05-29T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-76205</t>
   </si>
   <si>
     <t>MPARN10621GX award</t>
   </si>
   <si>
     <t>contract award for the supply and delivery of electrical cables at Arnot_x000D_
 Power Station on a once off basis</t>
   </si>
   <si>
-    <t>id-18.0</t>
-[...214 lines deleted...]
-  <si>
     <t>id-31.0</t>
   </si>
   <si>
-    <t>ocds-9t57fa-60092-2018-01-02T00:00:00Z</t>
-[...11 lines deleted...]
-    <t>2023-05-24T11:00:00Z</t>
+    <t>ocds-9t57fa-60325-2018-01-03T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2018-01-03T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-60325</t>
+  </si>
+  <si>
+    <t>MWP1667DX-R Regrett</t>
+  </si>
+  <si>
+    <t>REGRET LETTER FOR THE PROVISION OF MEASUREMENT AND VERIFICATION WITHIN DISTRIBUTION TECHNOLOGY AND ENGINEERING FOR A PERIOD OF THREE YEARS</t>
+  </si>
+  <si>
+    <t>2023-03-16T10:00:00Z</t>
   </si>
   <si>
     <t>_link_main</t>
   </si>
   <si>
+    <t>url</t>
+  </si>
+  <si>
     <t>title</t>
   </si>
   <si>
+    <t>format</t>
+  </si>
+  <si>
     <t>description</t>
   </si>
   <si>
+    <t>dateModified</t>
+  </si>
+  <si>
+    <t>documentType</t>
+  </si>
+  <si>
+    <t>datePublished</t>
+  </si>
+  <si>
+    <t>id-0.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>8b1ba9cd-2898-4fda-a402-470e6d868837</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=8b1ba9cd-2898-4fda-a402-470e6d868837.pdf&amp;downloadedFileName=Catering%20regret%202023%20PDF.pdf</t>
+  </si>
+  <si>
+    <t>Catering regret 2023 PDF.pdf</t>
+  </si>
+  <si>
+    <t>pdf</t>
+  </si>
+  <si>
+    <t>en</t>
+  </si>
+  <si>
+    <t>2023-08-11T10:49:07Z</t>
+  </si>
+  <si>
+    <t>basic</t>
+  </si>
+  <si>
+    <t>id-1.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>d9764f19-d7a8-4908-99b3-b2c243b500aa</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=d9764f19-d7a8-4908-99b3-b2c243b500aa.pdf&amp;downloadedFileName=PUBLICATION%20OF%20BIDDERS%20AWARDED%20FP1122%20PANEL%20OF%20MEDIA%20BUYER.pdf</t>
+  </si>
+  <si>
+    <t>PUBLICATION OF BIDDERS AWARDED FP1122 PANEL OF MEDIA BUYER.pdf</t>
+  </si>
+  <si>
+    <t>2023-08-31T13:27:17Z</t>
+  </si>
+  <si>
+    <t>id-2.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>dd108b56-c4b9-43b4-8880-5f1aa7ed405c</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=dd108b56-c4b9-43b4-8880-5f1aa7ed405c.pdf&amp;downloadedFileName=Regret%20Letter%202023%20-%20Ash%20Monitoring%2024%20months.pdf</t>
+  </si>
+  <si>
+    <t>Regret Letter 2023 - Ash Monitoring 24 months.pdf</t>
+  </si>
+  <si>
+    <t>2023-11-15T08:53:57Z</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>d7421849-4d46-4397-b9ca-70ac1f5a03c7</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=d7421849-4d46-4397-b9ca-70ac1f5a03c7.pdf&amp;downloadedFileName=Q051%202022%2023%20FELEMACH.pdf</t>
+  </si>
+  <si>
+    <t>Q051 2022 23 FELEMACH.pdf</t>
+  </si>
+  <si>
+    <t>2023-07-13T08:26:25Z</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>00f4a87e-ccbb-4f0e-b080-7613fa4183d5</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=00f4a87e-ccbb-4f0e-b080-7613fa4183d5.pdf&amp;downloadedFileName=Q053%202022%202023%20SHARLYN%20GENERAL%20SUPPLIES%202ND.pdf</t>
+  </si>
+  <si>
+    <t>Q053 2022 2023 SHARLYN GENERAL SUPPLIES 2ND.pdf</t>
+  </si>
+  <si>
+    <t>2023-07-13T08:31:26Z</t>
+  </si>
+  <si>
+    <t>id-5.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>1b284488-b18b-4053-b984-408d77a05845</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=1b284488-b18b-4053-b984-408d77a05845.pdf&amp;downloadedFileName=Purchase%20Order%2059847.pdf</t>
+  </si>
+  <si>
+    <t>Purchase Order 59847.pdf</t>
+  </si>
+  <si>
+    <t>2024-01-08T20:48:33Z</t>
+  </si>
+  <si>
+    <t>id-6.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>9d61b3cf-4b99-462b-8c57-90e59f1f5c2e</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=9d61b3cf-4b99-462b-8c57-90e59f1f5c2e.pdf&amp;downloadedFileName=Lazoes.pdf</t>
+  </si>
+  <si>
+    <t>Lazoes.pdf</t>
+  </si>
+  <si>
+    <t>2024-05-24T10:06:06Z</t>
+  </si>
+  <si>
+    <t>id-7.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>2a7a789d-0e17-4351-b6cc-7f5e92368367</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=2a7a789d-0e17-4351-b6cc-7f5e92368367.pdf&amp;downloadedFileName=RUDZ%20SUPPLIES%20AND%20CONSULTING.pdf</t>
+  </si>
+  <si>
+    <t>RUDZ SUPPLIES AND CONSULTING.pdf</t>
+  </si>
+  <si>
+    <t>2024-05-28T08:27:46Z</t>
+  </si>
+  <si>
+    <t>id-8.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>8d3a2118-ba94-4339-8e9a-3f2bcff54581</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=8d3a2118-ba94-4339-8e9a-3f2bcff54581.docx&amp;downloadedFileName=1Annexure%20B%20-%20Publication%20of%20award%20Form.docx</t>
+  </si>
+  <si>
+    <t>1Annexure B - Publication of award Form.docx</t>
+  </si>
+  <si>
+    <t>docx</t>
+  </si>
+  <si>
+    <t>2024-02-07T16:02:41Z</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ac5c9e54-233f-41c2-b073-b2e7d80cdb6a</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=ac5c9e54-233f-41c2-b073-b2e7d80cdb6a.pdf&amp;downloadedFileName=Evaluation.pdf</t>
+  </si>
+  <si>
+    <t>Evaluation.pdf</t>
+  </si>
+  <si>
+    <t>2023-07-20T06:56:01Z</t>
+  </si>
+  <si>
+    <t>id-10.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>4f169b54-e943-4bfb-99c1-e559bac19537</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=4f169b54-e943-4bfb-99c1-e559bac19537.pdf&amp;downloadedFileName=Purchase%20order%20destruction%20Beyond%20SA%20%28002%29.pdf</t>
+  </si>
+  <si>
+    <t>Purchase order destruction Beyond SA (002).pdf</t>
+  </si>
+  <si>
+    <t>2023-07-24T08:56:54Z</t>
+  </si>
+  <si>
+    <t>id-11.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>c623f929-d7c3-45d9-8e35-2b3e8f7e1144</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=c623f929-d7c3-45d9-8e35-2b3e8f7e1144.pdf&amp;downloadedFileName=MATLALA%20CONNECTION.pdf</t>
+  </si>
+  <si>
+    <t>MATLALA CONNECTION.pdf</t>
+  </si>
+  <si>
+    <t>2024-05-28T08:32:59Z</t>
+  </si>
+  <si>
+    <t>id-12.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>79f8cd72-475d-4218-a020-ff42771fcbbc</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=79f8cd72-475d-4218-a020-ff42771fcbbc.pdf&amp;downloadedFileName=KHALID%20SUPPLIES.pdf</t>
+  </si>
+  <si>
+    <t>KHALID SUPPLIES.pdf</t>
+  </si>
+  <si>
+    <t>2024-05-28T08:36:22Z</t>
+  </si>
+  <si>
+    <t>id-13.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>29ea033c-459e-448c-8058-481ddcdc69a4</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=29ea033c-459e-448c-8058-481ddcdc69a4.pdf&amp;downloadedFileName=WOLTERS%20KLUWER%20AUDIT.pdf</t>
+  </si>
+  <si>
+    <t>WOLTERS KLUWER AUDIT.pdf</t>
+  </si>
+  <si>
+    <t>2024-05-28T08:45:19Z</t>
+  </si>
+  <si>
+    <t>id-14.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>1cfd920f-e788-4c6a-a382-5b3be1b44e35</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=1cfd920f-e788-4c6a-a382-5b3be1b44e35.pdf&amp;downloadedFileName=TRAVEL%20BID%20DOC.pdf</t>
+  </si>
+  <si>
+    <t>TRAVEL BID DOC.pdf</t>
+  </si>
+  <si>
+    <t>2025-06-24T15:15:00Z</t>
+  </si>
+  <si>
+    <t>id-15.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>a38635e5-a0e8-4cc9-ad5d-87fa659c5a23</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=a38635e5-a0e8-4cc9-ad5d-87fa659c5a23.docx&amp;downloadedFileName=RFx%206000025035%20Day%20To%20Day%20General%20Mainteannce%20Northern%20Cape%20%2800C%29.docx</t>
+  </si>
+  <si>
+    <t>RFx 6000025035 Day To Day General Mainteannce Northern Cape (00C).docx</t>
+  </si>
+  <si>
+    <t>2024-03-29T22:59:01Z</t>
+  </si>
+  <si>
+    <t>id-16.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>614c2c4d-af76-45c1-be24-0760ef7f78dd</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=614c2c4d-af76-45c1-be24-0760ef7f78dd.pdf&amp;downloadedFileName=think%20n%20think%20.pdf</t>
+  </si>
+  <si>
+    <t>think n think .pdf</t>
+  </si>
+  <si>
+    <t>2024-05-24T10:08:16Z</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>409890ba-7614-473c-be28-47108ceee360</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=409890ba-7614-473c-be28-47108ceee360.pdf&amp;downloadedFileName=Regret%20Letter%20Template%20for%20Unsuccessful%20Suppliers%20-%20Once%20off%20Supply%20and%20Delivery%20of%205%20Complete%20Solar%20Floodlight%20-%20MWP2397CX.pdf</t>
+  </si>
+  <si>
+    <t>Regret Letter Template for Unsuccessful Suppliers - Once off Supply and Delivery of 5 Complete Solar Floodlight - MWP2397CX.pdf</t>
+  </si>
+  <si>
+    <t>2024-05-09T14:22:51Z</t>
+  </si>
+  <si>
+    <t>id-18.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>40ee6b8d-c162-4fb4-9513-04a118fbfdbe</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=40ee6b8d-c162-4fb4-9513-04a118fbfdbe.pdf&amp;downloadedFileName=Incident%20Management%20Procedure%2032-95%20rev%209.pdf</t>
+  </si>
+  <si>
+    <t>Incident Management Procedure 32-95 rev 9.pdf</t>
+  </si>
+  <si>
+    <t>2024-04-30T12:10:01Z</t>
+  </si>
+  <si>
+    <t>id-20.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>13daa071-0de4-4d6d-98a3-14e3df7d408d</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=13daa071-0de4-4d6d-98a3-14e3df7d408d.pdf&amp;downloadedFileName=NDT0006%20-%2024%20-%20PROPOSAL%20FROM%20SOUTH%20AFRICAN%20PUBLIC%20HIGHER%20EDUCATION%20AND%20RESEARCH%20INSTITUTIONS..pdf</t>
+  </si>
+  <si>
+    <t>NDT0006 - 24 - PROPOSAL FROM SOUTH AFRICAN PUBLIC HIGHER EDUCATION AND RESEARCH INSTITUTIONS..pdf</t>
+  </si>
+  <si>
+    <t>2024-06-11T09:28:46Z</t>
+  </si>
+  <si>
+    <t>id-21.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>2d688c3a-494f-4ed2-9cc7-2d4630499d18</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=2d688c3a-494f-4ed2-9cc7-2d4630499d18.pdf&amp;downloadedFileName=PO3100034239.pdf</t>
+  </si>
+  <si>
+    <t>PO3100034239.pdf</t>
+  </si>
+  <si>
+    <t>2023-08-17T14:42:07Z</t>
+  </si>
+  <si>
+    <t>id-22.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>1e4eaa29-023a-4327-90c5-7d598320ca27</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=1e4eaa29-023a-4327-90c5-7d598320ca27.pdf&amp;downloadedFileName=Regret%20Letter%20Template%20for%20Unsuccessful%20Suppliers-boiler%20tubes%20Conny%201.pdf</t>
+  </si>
+  <si>
+    <t>Regret Letter Template for Unsuccessful Suppliers-boiler tubes Conny 1.pdf</t>
+  </si>
+  <si>
+    <t>2023-12-01T14:16:48Z</t>
+  </si>
+  <si>
+    <t>id-23.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>63042244-4c50-4481-9fc3-69b28fbbb375</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=63042244-4c50-4481-9fc3-69b28fbbb375.pdf&amp;downloadedFileName=Mathsway%20PO.pdf</t>
+  </si>
+  <si>
+    <t>Mathsway PO.pdf</t>
+  </si>
+  <si>
+    <t>2023-10-19T06:47:34Z</t>
+  </si>
+  <si>
+    <t>id-24.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>f633dd1c-c49d-4880-80f3-51e7048cedfb</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=f633dd1c-c49d-4880-80f3-51e7048cedfb.pdf&amp;downloadedFileName=Regret%20Letter%20Template%20for%20Unsuccessful%20Suppliers-RBI.pdf</t>
+  </si>
+  <si>
+    <t>Regret Letter Template for Unsuccessful Suppliers-RBI.pdf</t>
+  </si>
+  <si>
+    <t>2023-12-01T14:27:14Z</t>
+  </si>
+  <si>
+    <t>id-25.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>56854f26-26af-456f-8682-4acb5eeb3851</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=56854f26-26af-456f-8682-4acb5eeb3851.pdf&amp;downloadedFileName=Regret%20Letter%20Template%20for%20Unsuccessful%20Suppliers%20-%20Once%20off%20Supply%20and%20Delivery%20of%205%20Complete%20Solar%20Floodlight%20-%20MWP2397CX.pdf</t>
+  </si>
+  <si>
+    <t>2024-05-09T14:31:45Z</t>
+  </si>
+  <si>
+    <t>id-26.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>df5ae998-5839-4e95-bff7-b8ee7ffda1ce</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=df5ae998-5839-4e95-bff7-b8ee7ffda1ce.pdf&amp;downloadedFileName=Regret%20Letter%20Template%20for%20Unsuccessful%20Suppliers-Sinkhole.pdf</t>
+  </si>
+  <si>
+    <t>Regret Letter Template for Unsuccessful Suppliers-Sinkhole.pdf</t>
+  </si>
+  <si>
+    <t>2023-12-01T14:40:34Z</t>
+  </si>
+  <si>
+    <t>id-27.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>f0566574-5f12-42ec-b2cc-92ac56ee8426</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=f0566574-5f12-42ec-b2cc-92ac56ee8426.pdf&amp;downloadedFileName=Regret%20Letter%20Template%20for%20Unsuccessful%20Suppliers-HP%20PIPING%20Material.pdf</t>
+  </si>
+  <si>
+    <t>Regret Letter Template for Unsuccessful Suppliers-HP PIPING Material.pdf</t>
+  </si>
+  <si>
+    <t>2023-12-01T14:48:53Z</t>
+  </si>
+  <si>
+    <t>id-28.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>b5e2c560-0ee3-4f9d-926e-790f542ad99b</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=b5e2c560-0ee3-4f9d-926e-790f542ad99b.pdf&amp;downloadedFileName=Regret%20Letter%20Template%20for%20Unsuccessful%20Suppliers-Non%20lethal%20Fence%20Refurbishment.pdf</t>
+  </si>
+  <si>
+    <t>Regret Letter Template for Unsuccessful Suppliers-Non lethal Fence Refurbishment.pdf</t>
+  </si>
+  <si>
+    <t>2023-12-01T14:53:10Z</t>
+  </si>
+  <si>
+    <t>id-30.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>c61303a1-1aac-4499-9f30-e394270b2193</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=c61303a1-1aac-4499-9f30-e394270b2193.pdf&amp;downloadedFileName=Regret%20Letter%20Template%20for%20Unsuccessful%20Suppliers-Supply%20and%20delivery%20of%20cables.pdf</t>
+  </si>
+  <si>
+    <t>Regret Letter Template for Unsuccessful Suppliers-Supply and delivery of cables.pdf</t>
+  </si>
+  <si>
+    <t>2023-12-01T14:59:25Z</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>3428e7d0-a527-441e-b402-4755b56e034e</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=3428e7d0-a527-441e-b402-4755b56e034e.pdf&amp;downloadedFileName=M%26V%20Regret%20Letter%20Template%20for%20Unsuccessful%20Suppliers.pdf</t>
+  </si>
+  <si>
+    <t>M&amp;V Regret Letter Template for Unsuccessful Suppliers.pdf</t>
+  </si>
+  <si>
+    <t>2023-07-14T14:49:02Z</t>
+  </si>
+  <si>
     <t>status</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
-    <t>id-0.0.awards.0</t>
+    <t>id-8.0.awards.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Konica Minolta </t>
+  </si>
+  <si>
+    <t>EME</t>
+  </si>
+  <si>
+    <t>active</t>
+  </si>
+  <si>
+    <t>id-9.0.awards.0</t>
+  </si>
+  <si>
+    <t>Kayifani Trading</t>
+  </si>
+  <si>
+    <t>id-10.0.awards.0</t>
+  </si>
+  <si>
+    <t>BEYOND SA ENTERPRISES</t>
+  </si>
+  <si>
+    <t>id-14.0.awards.0</t>
   </si>
   <si>
     <t>HAMBA NATHI TRAVEL</t>
   </si>
   <si>
-    <t>EME</t>
-[...23 lines deleted...]
-    <t>id-19.0.awards.0</t>
+    <t>id-15.0.awards.0</t>
   </si>
   <si>
     <t xml:space="preserve"> (K2015341754 (SOUTH AFRICA))</t>
   </si>
   <si>
-    <t>id-21.0.awards.0</t>
+    <t>id-18.0.awards.0</t>
   </si>
   <si>
     <t xml:space="preserve"> (DHEVAN MOODLEY)</t>
   </si>
   <si>
-    <t>id-28.0.awards.0</t>
+    <t>id-20.0.awards.0</t>
   </si>
   <si>
     <t xml:space="preserve"> (Council for Scientific and Industrial Research)</t>
   </si>
   <si>
     <t>GEN</t>
   </si>
   <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
-    <t>id-0.0.awards.0.suppliers.0</t>
-[...17 lines deleted...]
-    <t>id-28.0.awards.0.suppliers.0</t>
+    <t>id-8.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-9.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-10.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-14.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-15.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-18.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-20.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>identifier_legalName</t>
   </si>
   <si>
     <t>contactPoint_url</t>
   </si>
   <si>
     <t>contactPoint_name</t>
   </si>
   <si>
     <t>contactPoint_email</t>
   </si>
   <si>
     <t>contactPoint_faxNumber</t>
   </si>
   <si>
     <t>contactPoint_telephone</t>
   </si>
   <si>
-    <t>id-0.0.parties.0</t>
+    <t>id-8.0.parties.0</t>
   </si>
   <si>
     <t>supplier</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
+    <t>https://compcom.co.za</t>
+  </si>
+  <si>
+    <t>Cameron Charles</t>
+  </si>
+  <si>
+    <t>LebogangT@compcom.co.za</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>+ 27126657040</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.0</t>
+  </si>
+  <si>
+    <t>https://justice.gov.za</t>
+  </si>
+  <si>
+    <t>Charne Fouche</t>
+  </si>
+  <si>
+    <t>WiNkosi@justice.gov.za</t>
+  </si>
+  <si>
+    <t>083-378-4603</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.0</t>
+  </si>
+  <si>
+    <t>https://sars.gov.za</t>
+  </si>
+  <si>
+    <t>Beyond South</t>
+  </si>
+  <si>
+    <t>apila@sars.gov.za</t>
+  </si>
+  <si>
+    <t>0726207835</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.0</t>
+  </si>
+  <si>
     <t>https://ecdoe.gov.za</t>
   </si>
   <si>
     <t>Pakamile Nxozana</t>
   </si>
   <si>
     <t>asiphe.rilityana@ecdoe.gov.za</t>
   </si>
   <si>
-    <t>N/A</t>
-[...1 lines deleted...]
-  <si>
     <t>0406084743</t>
   </si>
   <si>
-    <t>id-5.0.parties.0</t>
-[...44 lines deleted...]
-    <t>id-19.0.parties.0</t>
+    <t>id-15.0.parties.0</t>
   </si>
   <si>
     <t>Nicolas Jansen</t>
   </si>
   <si>
     <t>etelemachus@sars.gov.za</t>
   </si>
   <si>
     <t>076 685 0432</t>
   </si>
   <si>
-    <t>id-21.0.parties.0</t>
+    <t>id-18.0.parties.0</t>
   </si>
   <si>
     <t>https://eskom.co.za</t>
   </si>
   <si>
     <t>Yvonne Hadden</t>
   </si>
   <si>
     <t>HaddenY@eskom.co.za</t>
   </si>
   <si>
     <t>0317105290</t>
   </si>
   <si>
-    <t>id-28.0.parties.0</t>
+    <t>id-20.0.parties.0</t>
   </si>
   <si>
     <t>https://tourism.gov.za</t>
   </si>
   <si>
     <t>Lauren Haywood</t>
   </si>
   <si>
     <t>mnthani@tourism.gov.za</t>
   </si>
   <si>
     <t>0124812885</t>
   </si>
   <si>
-    <t>url</t>
-[...472 lines deleted...]
-  <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>awardID</t>
   </si>
   <si>
     <t>period_endDate</t>
   </si>
   <si>
     <t>period_startDate</t>
   </si>
   <si>
     <t>period_maxExtentDate</t>
   </si>
   <si>
     <t>period_durationInDays</t>
   </si>
   <si>
-    <t>id-5.0.contracts.0</t>
+    <t>id-8.0.contracts.0</t>
   </si>
   <si>
     <t>PO42/479</t>
   </si>
   <si>
     <t>2024-04-08T12:16:27Z</t>
   </si>
   <si>
     <t>2027-03-31T00:00:00Z</t>
   </si>
   <si>
     <t>2024-04-02T00:00:00Z</t>
   </si>
   <si>
-    <t>id-7.0.contracts.0</t>
+    <t>id-10.0.contracts.0</t>
   </si>
   <si>
     <t>2023-07-24T09:39:29Z</t>
   </si>
   <si>
     <t>2023-07-20T00:00:00Z</t>
   </si>
   <si>
     <t>2023-06-15T00:00:00Z</t>
   </si>
   <si>
-    <t>id-19.0.contracts.0</t>
+    <t>id-14.0.contracts.0</t>
+  </si>
+  <si>
+    <t>SCMU6-18/19-0006</t>
+  </si>
+  <si>
+    <t>2025-10-31T12:33:55Z</t>
+  </si>
+  <si>
+    <t>2022-09-09T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-09-10T00:00:00Z</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0</t>
   </si>
   <si>
     <t>4400004562</t>
   </si>
   <si>
     <t>2024-04-04T11:19:18Z</t>
   </si>
   <si>
     <t>2025-05-31T00:00:00Z</t>
   </si>
   <si>
     <t>2024-04-01T00:00:00Z</t>
   </si>
   <si>
     <t>_link_contracts</t>
   </si>
   <si>
-    <t>id-5.0.contracts.0.documents.0</t>
+    <t>id-8.0.contracts.0.documents.0</t>
   </si>
   <si>
     <t>b642be8c-306f-46ac-aefd-e869e323daea.pdf</t>
   </si>
   <si>
     <t>Signed - PO - Office Automation Solution - Konica Minolta.pdf</t>
   </si>
   <si>
     <t>0001-01-01T00:00:00Z</t>
   </si>
   <si>
-    <t>id-7.0.contracts.0.documents.0</t>
+    <t>id-10.0.contracts.0.documents.0</t>
   </si>
   <si>
     <t>f4410112-6c6a-430e-98b5-e5abeb4d28fa.pdf</t>
   </si>
   <si>
-    <t>id-19.0.contracts.0.documents.0</t>
+    <t>id-14.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>8836f818-92ea-431a-8d20-fd115db1988d.pdf</t>
+  </si>
+  <si>
+    <t>Travel Management SLAs.pdf</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.documents.0</t>
   </si>
   <si>
     <t>ba82861f-415b-4931-a538-3743f65fe2fe.docx</t>
   </si>
   <si>
     <t>Contract no 4400004562.docx</t>
   </si>
   <si>
-    <t>id-5.0.tender.tenderers.0</t>
+    <t>id-8.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>Konica Minolta SA Ado Bidvest Office (Pty) Ltd</t>
   </si>
   <si>
-    <t>id-21.0.tender.tenderers.0</t>
+    <t>id-18.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>MAAA0328637</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2010,4344 +2034,4423 @@
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>25</v>
       </c>
       <c r="B2" t="s">
         <v>26</v>
       </c>
       <c r="C2" t="s">
         <v>27</v>
       </c>
       <c r="D2" t="s">
         <v>28</v>
       </c>
       <c r="E2" t="s">
         <v>29</v>
       </c>
       <c r="F2" t="s">
         <v>30</v>
       </c>
       <c r="G2" t="s">
         <v>31</v>
       </c>
       <c r="H2">
-        <v>128</v>
+        <v>167</v>
       </c>
       <c r="I2" t="s">
         <v>32</v>
       </c>
       <c r="J2">
-        <v>125921</v>
+        <v>51606</v>
       </c>
       <c r="K2" t="s">
         <v>33</v>
       </c>
       <c r="L2" t="s">
         <v>34</v>
       </c>
       <c r="N2" t="s">
         <v>35</v>
       </c>
       <c r="O2" t="s">
         <v>36</v>
       </c>
+      <c r="P2" t="s">
+        <v>35</v>
+      </c>
       <c r="Q2" t="s">
         <v>37</v>
       </c>
       <c r="R2">
         <v>0</v>
       </c>
       <c r="S2" t="s">
         <v>38</v>
       </c>
       <c r="T2" t="s">
         <v>39</v>
       </c>
       <c r="U2" t="s">
         <v>28</v>
       </c>
       <c r="V2">
-        <v>128</v>
+        <v>167</v>
       </c>
       <c r="W2" t="s">
         <v>32</v>
       </c>
       <c r="Y2" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>41</v>
       </c>
       <c r="B3" t="s">
         <v>42</v>
       </c>
       <c r="C3" t="s">
         <v>27</v>
       </c>
       <c r="D3" t="s">
         <v>43</v>
       </c>
       <c r="E3" t="s">
         <v>44</v>
       </c>
       <c r="F3" t="s">
         <v>30</v>
       </c>
       <c r="G3" t="s">
         <v>31</v>
       </c>
       <c r="H3">
-        <v>167</v>
+        <v>194</v>
       </c>
       <c r="I3" t="s">
         <v>45</v>
       </c>
       <c r="J3">
-        <v>51606</v>
+        <v>65552</v>
       </c>
       <c r="K3" t="s">
         <v>46</v>
       </c>
       <c r="L3" t="s">
         <v>34</v>
       </c>
       <c r="N3" t="s">
         <v>47</v>
       </c>
       <c r="O3" t="s">
         <v>48</v>
       </c>
-      <c r="P3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q3" t="s">
         <v>37</v>
       </c>
       <c r="R3">
         <v>0</v>
       </c>
       <c r="S3" t="s">
         <v>38</v>
       </c>
       <c r="T3" t="s">
         <v>49</v>
       </c>
       <c r="U3" t="s">
         <v>43</v>
       </c>
       <c r="V3">
-        <v>167</v>
+        <v>194</v>
       </c>
       <c r="W3" t="s">
         <v>45</v>
       </c>
       <c r="Y3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>50</v>
       </c>
       <c r="B4" t="s">
         <v>51</v>
       </c>
       <c r="C4" t="s">
         <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>52</v>
       </c>
       <c r="E4" t="s">
         <v>53</v>
       </c>
       <c r="F4" t="s">
         <v>30</v>
       </c>
       <c r="G4" t="s">
         <v>31</v>
       </c>
       <c r="H4">
         <v>167</v>
       </c>
       <c r="I4" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="J4">
         <v>56746</v>
       </c>
       <c r="K4" t="s">
         <v>54</v>
       </c>
       <c r="L4" t="s">
         <v>34</v>
       </c>
       <c r="N4" t="s">
         <v>55</v>
       </c>
       <c r="O4" t="s">
         <v>56</v>
       </c>
       <c r="P4" t="s">
         <v>55</v>
       </c>
       <c r="Q4" t="s">
         <v>37</v>
       </c>
       <c r="R4">
         <v>0</v>
       </c>
       <c r="S4" t="s">
         <v>38</v>
       </c>
       <c r="T4" t="s">
         <v>57</v>
       </c>
       <c r="U4" t="s">
         <v>52</v>
       </c>
       <c r="V4">
         <v>167</v>
       </c>
       <c r="W4" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="Y4" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>58</v>
       </c>
       <c r="B5" t="s">
         <v>59</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>60</v>
       </c>
       <c r="E5" t="s">
         <v>61</v>
       </c>
       <c r="F5" t="s">
         <v>30</v>
       </c>
       <c r="G5" t="s">
         <v>31</v>
       </c>
       <c r="H5">
         <v>597</v>
       </c>
       <c r="I5" t="s">
         <v>62</v>
       </c>
       <c r="J5">
         <v>60091</v>
       </c>
       <c r="K5" t="s">
         <v>63</v>
       </c>
       <c r="L5" t="s">
         <v>64</v>
       </c>
       <c r="N5" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="O5" t="s">
         <v>65</v>
       </c>
       <c r="P5" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="Q5" t="s">
         <v>37</v>
       </c>
       <c r="R5">
         <v>0</v>
       </c>
       <c r="S5" t="s">
         <v>38</v>
       </c>
       <c r="T5" t="s">
         <v>66</v>
       </c>
       <c r="U5" t="s">
         <v>60</v>
       </c>
       <c r="V5">
         <v>597</v>
       </c>
       <c r="W5" t="s">
         <v>62</v>
       </c>
       <c r="Y5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>67</v>
       </c>
       <c r="B6" t="s">
         <v>68</v>
       </c>
       <c r="C6" t="s">
         <v>27</v>
       </c>
       <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
       <c r="G6" t="s">
         <v>31</v>
       </c>
       <c r="H6">
-        <v>167</v>
+        <v>597</v>
       </c>
       <c r="I6" t="s">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="J6">
-        <v>60325</v>
+        <v>60092</v>
       </c>
       <c r="K6" t="s">
+        <v>70</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O6" t="s">
         <v>71</v>
       </c>
-      <c r="L6" t="s">
-[...6 lines deleted...]
-        <v>73</v>
+      <c r="P6" t="s">
+        <v>35</v>
       </c>
       <c r="Q6" t="s">
         <v>37</v>
       </c>
       <c r="R6">
         <v>0</v>
       </c>
       <c r="S6" t="s">
         <v>38</v>
       </c>
       <c r="T6" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="U6" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="V6">
-        <v>167</v>
+        <v>597</v>
       </c>
       <c r="W6" t="s">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="Y6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B7" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C7" t="s">
         <v>27</v>
       </c>
       <c r="D7" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="E7" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="F7" t="s">
         <v>30</v>
       </c>
       <c r="G7" t="s">
         <v>31</v>
       </c>
       <c r="H7">
-        <v>75</v>
+        <v>611</v>
       </c>
       <c r="I7" t="s">
+        <v>77</v>
+      </c>
+      <c r="J7">
+        <v>77764</v>
+      </c>
+      <c r="K7" t="s">
+        <v>78</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
         <v>79</v>
       </c>
-      <c r="J7">
-[...2 lines deleted...]
-      <c r="K7" t="s">
+      <c r="O7" t="s">
         <v>80</v>
       </c>
-      <c r="L7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P7" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="Q7" t="s">
         <v>37</v>
       </c>
       <c r="R7">
         <v>0</v>
       </c>
       <c r="S7" t="s">
         <v>38</v>
       </c>
       <c r="T7" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="U7" t="s">
+        <v>75</v>
+      </c>
+      <c r="V7">
+        <v>611</v>
+      </c>
+      <c r="W7" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
       <c r="Y7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="B8" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="E8" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="F8" t="s">
         <v>30</v>
       </c>
       <c r="G8" t="s">
         <v>31</v>
       </c>
       <c r="H8">
         <v>281</v>
       </c>
       <c r="I8" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="J8">
-        <v>60756</v>
+        <v>91076</v>
       </c>
       <c r="K8" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="L8" t="s">
         <v>64</v>
       </c>
       <c r="N8" t="s">
         <v>47</v>
       </c>
       <c r="O8" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>88</v>
       </c>
       <c r="Q8" t="s">
         <v>37</v>
       </c>
       <c r="R8">
         <v>0</v>
       </c>
       <c r="S8" t="s">
         <v>38</v>
       </c>
       <c r="T8" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="U8" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="V8">
         <v>281</v>
       </c>
       <c r="W8" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="Y8" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B9" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="E9" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
       <c r="G9" t="s">
         <v>31</v>
       </c>
       <c r="H9">
-        <v>624</v>
+        <v>281</v>
       </c>
       <c r="I9" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="J9">
-        <v>61082</v>
+        <v>91303</v>
       </c>
       <c r="K9" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="L9" t="s">
         <v>64</v>
       </c>
       <c r="N9" t="s">
-        <v>82</v>
+        <v>35</v>
       </c>
       <c r="O9" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="P9" t="s">
-        <v>82</v>
+        <v>35</v>
       </c>
       <c r="Q9" t="s">
         <v>37</v>
       </c>
       <c r="R9">
         <v>0</v>
       </c>
       <c r="S9" t="s">
         <v>38</v>
       </c>
       <c r="T9" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="U9" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="V9">
-        <v>624</v>
+        <v>281</v>
       </c>
       <c r="W9" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="Y9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="B10" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="E10" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>31</v>
       </c>
       <c r="H10">
-        <v>624</v>
+        <v>75</v>
       </c>
       <c r="I10" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="J10">
-        <v>63863</v>
+        <v>60707</v>
       </c>
       <c r="K10" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="L10" t="s">
-        <v>64</v>
+        <v>102</v>
       </c>
       <c r="N10" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="O10" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="P10" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="Q10" t="s">
         <v>37</v>
       </c>
       <c r="R10">
         <v>0</v>
       </c>
       <c r="S10" t="s">
         <v>38</v>
       </c>
       <c r="T10" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="U10" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="V10">
-        <v>624</v>
+        <v>75</v>
       </c>
       <c r="W10" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="Y10" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B11" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="E11" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="F11" t="s">
         <v>30</v>
       </c>
       <c r="G11" t="s">
         <v>31</v>
       </c>
       <c r="H11">
-        <v>194</v>
+        <v>281</v>
       </c>
       <c r="I11" t="s">
-        <v>112</v>
+        <v>86</v>
       </c>
       <c r="J11">
-        <v>65552</v>
+        <v>60756</v>
       </c>
       <c r="K11" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="L11" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="N11" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="O11" t="s">
-        <v>114</v>
+        <v>110</v>
+      </c>
+      <c r="P11" t="s">
+        <v>35</v>
       </c>
       <c r="Q11" t="s">
         <v>37</v>
       </c>
       <c r="R11">
         <v>0</v>
       </c>
       <c r="S11" t="s">
         <v>38</v>
       </c>
       <c r="T11" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="U11" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="V11">
-        <v>194</v>
+        <v>281</v>
       </c>
       <c r="W11" t="s">
-        <v>112</v>
+        <v>86</v>
       </c>
       <c r="Y11" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="B12" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="C12" t="s">
         <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="E12" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="F12" t="s">
         <v>30</v>
       </c>
       <c r="G12" t="s">
         <v>31</v>
       </c>
       <c r="H12">
-        <v>281</v>
+        <v>624</v>
       </c>
       <c r="I12" t="s">
-        <v>89</v>
+        <v>116</v>
       </c>
       <c r="J12">
-        <v>70897</v>
+        <v>61082</v>
       </c>
       <c r="K12" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="L12" t="s">
         <v>64</v>
       </c>
       <c r="N12" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
       <c r="O12" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="P12" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
       <c r="Q12" t="s">
         <v>37</v>
       </c>
       <c r="R12">
         <v>0</v>
       </c>
       <c r="S12" t="s">
         <v>38</v>
       </c>
       <c r="T12" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="U12" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="V12">
-        <v>281</v>
+        <v>624</v>
       </c>
       <c r="W12" t="s">
-        <v>89</v>
+        <v>116</v>
       </c>
       <c r="Y12" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B13" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="C13" t="s">
         <v>27</v>
       </c>
       <c r="D13" t="s">
-        <v>125</v>
+        <v>84</v>
       </c>
       <c r="E13" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="F13" t="s">
         <v>30</v>
       </c>
       <c r="G13" t="s">
         <v>31</v>
       </c>
       <c r="H13">
-        <v>167</v>
+        <v>281</v>
       </c>
       <c r="I13" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="J13">
-        <v>76185</v>
+        <v>91306</v>
       </c>
       <c r="K13" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="L13" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="N13" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="O13" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="P13" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="Q13" t="s">
         <v>37</v>
       </c>
       <c r="R13">
         <v>0</v>
       </c>
       <c r="S13" t="s">
         <v>38</v>
       </c>
       <c r="T13" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="U13" t="s">
-        <v>125</v>
+        <v>84</v>
       </c>
       <c r="V13">
-        <v>167</v>
+        <v>281</v>
       </c>
       <c r="W13" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="Y13" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="B14" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="C14" t="s">
         <v>27</v>
       </c>
       <c r="D14" t="s">
-        <v>125</v>
+        <v>84</v>
       </c>
       <c r="E14" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="F14" t="s">
         <v>30</v>
       </c>
       <c r="G14" t="s">
         <v>31</v>
       </c>
       <c r="H14">
-        <v>167</v>
+        <v>281</v>
       </c>
       <c r="I14" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="J14">
-        <v>76187</v>
+        <v>91307</v>
       </c>
       <c r="K14" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="L14" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="N14" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="O14" t="s">
-        <v>134</v>
+        <v>130</v>
+      </c>
+      <c r="P14" t="s">
+        <v>35</v>
       </c>
       <c r="Q14" t="s">
         <v>37</v>
       </c>
       <c r="R14">
         <v>0</v>
       </c>
       <c r="S14" t="s">
         <v>38</v>
       </c>
       <c r="T14" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="U14" t="s">
-        <v>125</v>
+        <v>84</v>
       </c>
       <c r="V14">
-        <v>167</v>
+        <v>281</v>
       </c>
       <c r="W14" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="Y14" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B15" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="C15" t="s">
         <v>27</v>
       </c>
       <c r="D15" t="s">
-        <v>137</v>
+        <v>84</v>
       </c>
       <c r="E15" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="F15" t="s">
         <v>30</v>
       </c>
       <c r="G15" t="s">
         <v>31</v>
       </c>
       <c r="H15">
         <v>281</v>
       </c>
       <c r="I15" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="J15">
-        <v>91303</v>
+        <v>91310</v>
       </c>
       <c r="K15" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="L15" t="s">
         <v>64</v>
       </c>
       <c r="N15" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
       <c r="O15" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="P15" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
       <c r="Q15" t="s">
         <v>37</v>
       </c>
       <c r="R15">
         <v>0</v>
       </c>
       <c r="S15" t="s">
         <v>38</v>
       </c>
       <c r="T15" t="s">
-        <v>141</v>
+        <v>95</v>
       </c>
       <c r="U15" t="s">
-        <v>137</v>
+        <v>84</v>
       </c>
       <c r="V15">
         <v>281</v>
       </c>
       <c r="W15" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="Y15" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="B16" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C16" t="s">
         <v>27</v>
       </c>
       <c r="D16" t="s">
-        <v>125</v>
+        <v>139</v>
       </c>
       <c r="E16" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="F16" t="s">
         <v>30</v>
       </c>
       <c r="G16" t="s">
         <v>31</v>
       </c>
       <c r="H16">
-        <v>167</v>
+        <v>128</v>
       </c>
       <c r="I16" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="J16">
-        <v>76192</v>
+        <v>125921</v>
       </c>
       <c r="K16" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="L16" t="s">
         <v>34</v>
       </c>
       <c r="N16" t="s">
-        <v>82</v>
+        <v>143</v>
       </c>
       <c r="O16" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>144</v>
       </c>
       <c r="Q16" t="s">
         <v>37</v>
       </c>
       <c r="R16">
         <v>0</v>
       </c>
       <c r="S16" t="s">
         <v>38</v>
       </c>
       <c r="T16" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="U16" t="s">
-        <v>125</v>
+        <v>139</v>
       </c>
       <c r="V16">
-        <v>167</v>
+        <v>128</v>
       </c>
       <c r="W16" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="Y16" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B17" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C17" t="s">
         <v>27</v>
       </c>
       <c r="D17" t="s">
-        <v>125</v>
+        <v>148</v>
       </c>
       <c r="E17" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F17" t="s">
         <v>30</v>
       </c>
       <c r="G17" t="s">
         <v>31</v>
       </c>
       <c r="H17">
-        <v>167</v>
+        <v>624</v>
       </c>
       <c r="I17" t="s">
-        <v>45</v>
+        <v>116</v>
       </c>
       <c r="J17">
-        <v>76198</v>
+        <v>86348</v>
       </c>
       <c r="K17" t="s">
+        <v>150</v>
+      </c>
+      <c r="L17" t="s">
+        <v>64</v>
+      </c>
+      <c r="N17" t="s">
+        <v>79</v>
+      </c>
+      <c r="O17" t="s">
         <v>151</v>
       </c>
-      <c r="L17" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P17" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
       <c r="Q17" t="s">
         <v>37</v>
       </c>
       <c r="R17">
         <v>0</v>
       </c>
       <c r="S17" t="s">
         <v>38</v>
       </c>
       <c r="T17" t="s">
-        <v>129</v>
+        <v>152</v>
       </c>
       <c r="U17" t="s">
-        <v>125</v>
+        <v>148</v>
       </c>
       <c r="V17">
-        <v>167</v>
+        <v>624</v>
       </c>
       <c r="W17" t="s">
-        <v>45</v>
+        <v>116</v>
       </c>
       <c r="Y17" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>153</v>
       </c>
       <c r="B18" t="s">
         <v>154</v>
       </c>
       <c r="C18" t="s">
         <v>27</v>
       </c>
       <c r="D18" t="s">
-        <v>125</v>
+        <v>84</v>
       </c>
       <c r="E18" t="s">
         <v>155</v>
       </c>
       <c r="F18" t="s">
         <v>30</v>
       </c>
       <c r="G18" t="s">
         <v>31</v>
       </c>
       <c r="H18">
-        <v>167</v>
+        <v>281</v>
       </c>
       <c r="I18" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="J18">
-        <v>76203</v>
+        <v>91078</v>
       </c>
       <c r="K18" t="s">
         <v>156</v>
       </c>
       <c r="L18" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="N18" t="s">
-        <v>82</v>
+        <v>35</v>
       </c>
       <c r="O18" t="s">
-        <v>157</v>
+        <v>130</v>
       </c>
       <c r="P18" t="s">
-        <v>82</v>
+        <v>35</v>
       </c>
       <c r="Q18" t="s">
         <v>37</v>
       </c>
       <c r="R18">
         <v>0</v>
       </c>
       <c r="S18" t="s">
         <v>38</v>
       </c>
       <c r="T18" t="s">
-        <v>129</v>
+        <v>89</v>
       </c>
       <c r="U18" t="s">
-        <v>125</v>
+        <v>84</v>
       </c>
       <c r="V18">
-        <v>167</v>
+        <v>281</v>
       </c>
       <c r="W18" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="Y18" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
+        <v>157</v>
+      </c>
+      <c r="B19" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="C19" t="s">
         <v>27</v>
       </c>
       <c r="D19" t="s">
-        <v>125</v>
+        <v>159</v>
       </c>
       <c r="E19" t="s">
         <v>160</v>
       </c>
       <c r="F19" t="s">
         <v>30</v>
       </c>
       <c r="G19" t="s">
         <v>31</v>
       </c>
       <c r="H19">
         <v>167</v>
       </c>
       <c r="I19" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="J19">
-        <v>76205</v>
+        <v>89642</v>
       </c>
       <c r="K19" t="s">
         <v>161</v>
       </c>
       <c r="L19" t="s">
         <v>34</v>
       </c>
       <c r="N19" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="O19" t="s">
         <v>162</v>
       </c>
       <c r="P19" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="Q19" t="s">
         <v>37</v>
       </c>
       <c r="R19">
         <v>0</v>
       </c>
       <c r="S19" t="s">
         <v>38</v>
       </c>
       <c r="T19" t="s">
-        <v>147</v>
+        <v>163</v>
       </c>
       <c r="U19" t="s">
-        <v>125</v>
+        <v>159</v>
       </c>
       <c r="V19">
         <v>167</v>
       </c>
       <c r="W19" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="Y19" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B20" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C20" t="s">
         <v>27</v>
       </c>
       <c r="D20" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E20" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F20" t="s">
         <v>30</v>
       </c>
       <c r="G20" t="s">
         <v>31</v>
       </c>
       <c r="H20">
-        <v>611</v>
+        <v>167</v>
       </c>
       <c r="I20" t="s">
-        <v>167</v>
+        <v>32</v>
       </c>
       <c r="J20">
-        <v>77764</v>
+        <v>88783</v>
       </c>
       <c r="K20" t="s">
         <v>168</v>
       </c>
       <c r="L20" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="N20" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="O20" t="s">
         <v>169</v>
       </c>
       <c r="P20" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="Q20" t="s">
         <v>37</v>
       </c>
       <c r="R20">
         <v>0</v>
       </c>
       <c r="S20" t="s">
         <v>38</v>
       </c>
       <c r="T20" t="s">
         <v>170</v>
       </c>
       <c r="U20" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="V20">
-        <v>611</v>
+        <v>167</v>
       </c>
       <c r="W20" t="s">
-        <v>167</v>
+        <v>32</v>
       </c>
       <c r="Y20" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>171</v>
       </c>
       <c r="B21" t="s">
         <v>172</v>
       </c>
       <c r="C21" t="s">
         <v>27</v>
       </c>
       <c r="D21" t="s">
         <v>173</v>
       </c>
       <c r="E21" t="s">
         <v>174</v>
       </c>
       <c r="F21" t="s">
         <v>30</v>
       </c>
       <c r="G21" t="s">
         <v>31</v>
       </c>
       <c r="H21">
-        <v>624</v>
+        <v>663</v>
       </c>
       <c r="I21" t="s">
-        <v>97</v>
+        <v>175</v>
       </c>
       <c r="J21">
-        <v>86348</v>
+        <v>92503</v>
       </c>
       <c r="K21" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="L21" t="s">
-        <v>64</v>
+        <v>177</v>
       </c>
       <c r="N21" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="O21" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>178</v>
       </c>
       <c r="Q21" t="s">
-        <v>37</v>
+        <v>179</v>
       </c>
       <c r="R21">
         <v>0</v>
       </c>
       <c r="S21" t="s">
         <v>38</v>
       </c>
       <c r="T21" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="U21" t="s">
         <v>173</v>
       </c>
       <c r="V21">
-        <v>624</v>
+        <v>663</v>
       </c>
       <c r="W21" t="s">
-        <v>97</v>
+        <v>175</v>
       </c>
       <c r="Y21" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B22" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C22" t="s">
         <v>27</v>
       </c>
       <c r="D22" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="E22" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="F22" t="s">
         <v>30</v>
       </c>
       <c r="G22" t="s">
         <v>31</v>
       </c>
       <c r="H22">
-        <v>167</v>
+        <v>624</v>
       </c>
       <c r="I22" t="s">
-        <v>45</v>
+        <v>116</v>
       </c>
       <c r="J22">
-        <v>89645</v>
+        <v>63863</v>
       </c>
       <c r="K22" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="L22" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="N22" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
       <c r="O22" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="P22" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
       <c r="Q22" t="s">
         <v>37</v>
       </c>
       <c r="R22">
         <v>0</v>
       </c>
       <c r="S22" t="s">
         <v>38</v>
       </c>
       <c r="T22" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="U22" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="V22">
-        <v>167</v>
+        <v>624</v>
       </c>
       <c r="W22" t="s">
-        <v>45</v>
+        <v>116</v>
       </c>
       <c r="Y22" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B23" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>27</v>
       </c>
       <c r="D23" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="E23" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="F23" t="s">
         <v>30</v>
       </c>
       <c r="G23" t="s">
         <v>31</v>
       </c>
       <c r="H23">
         <v>167</v>
       </c>
       <c r="I23" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="J23">
-        <v>88783</v>
+        <v>76185</v>
       </c>
       <c r="K23" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="L23" t="s">
         <v>34</v>
       </c>
       <c r="N23" t="s">
-        <v>82</v>
+        <v>35</v>
       </c>
       <c r="O23" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="P23" t="s">
-        <v>82</v>
+        <v>35</v>
       </c>
       <c r="Q23" t="s">
         <v>37</v>
       </c>
       <c r="R23">
         <v>0</v>
       </c>
       <c r="S23" t="s">
         <v>38</v>
       </c>
       <c r="T23" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="U23" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="V23">
         <v>167</v>
       </c>
       <c r="W23" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="Y23" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="B24" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="C24" t="s">
         <v>27</v>
       </c>
       <c r="D24" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
       <c r="E24" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="F24" t="s">
         <v>30</v>
       </c>
       <c r="G24" t="s">
         <v>31</v>
       </c>
       <c r="H24">
-        <v>167</v>
+        <v>281</v>
       </c>
       <c r="I24" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="J24">
-        <v>89642</v>
+        <v>70897</v>
       </c>
       <c r="K24" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="L24" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="N24" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="O24" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="P24" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="Q24" t="s">
         <v>37</v>
       </c>
       <c r="R24">
         <v>0</v>
       </c>
       <c r="S24" t="s">
         <v>38</v>
       </c>
       <c r="T24" t="s">
+        <v>201</v>
+      </c>
+      <c r="U24" t="s">
         <v>197</v>
       </c>
-      <c r="U24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V24">
-        <v>167</v>
+        <v>281</v>
       </c>
       <c r="W24" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="Y24" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="B25" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="C25" t="s">
         <v>27</v>
       </c>
       <c r="D25" t="s">
-        <v>137</v>
+        <v>190</v>
       </c>
       <c r="E25" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="F25" t="s">
         <v>30</v>
       </c>
       <c r="G25" t="s">
         <v>31</v>
       </c>
       <c r="H25">
-        <v>281</v>
+        <v>167</v>
       </c>
       <c r="I25" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="J25">
-        <v>91076</v>
+        <v>76187</v>
       </c>
       <c r="K25" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="L25" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="N25" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
       <c r="O25" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="Q25" t="s">
         <v>37</v>
       </c>
       <c r="R25">
         <v>0</v>
       </c>
       <c r="S25" t="s">
         <v>38</v>
       </c>
       <c r="T25" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
       <c r="U25" t="s">
-        <v>137</v>
+        <v>190</v>
       </c>
       <c r="V25">
-        <v>281</v>
+        <v>167</v>
       </c>
       <c r="W25" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="Y25" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B26" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C26" t="s">
         <v>27</v>
       </c>
       <c r="D26" t="s">
-        <v>137</v>
+        <v>159</v>
       </c>
       <c r="E26" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="F26" t="s">
         <v>30</v>
       </c>
       <c r="G26" t="s">
         <v>31</v>
       </c>
       <c r="H26">
-        <v>281</v>
+        <v>167</v>
       </c>
       <c r="I26" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="J26">
-        <v>91078</v>
+        <v>89645</v>
       </c>
       <c r="K26" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="L26" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="N26" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="O26" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="P26" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="Q26" t="s">
         <v>37</v>
       </c>
       <c r="R26">
         <v>0</v>
       </c>
       <c r="S26" t="s">
         <v>38</v>
       </c>
       <c r="T26" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="U26" t="s">
-        <v>137</v>
+        <v>159</v>
       </c>
       <c r="V26">
-        <v>281</v>
+        <v>167</v>
       </c>
       <c r="W26" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="Y26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B27" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="C27" t="s">
         <v>27</v>
       </c>
       <c r="D27" t="s">
-        <v>137</v>
+        <v>190</v>
       </c>
       <c r="E27" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F27" t="s">
         <v>30</v>
       </c>
       <c r="G27" t="s">
         <v>31</v>
       </c>
       <c r="H27">
-        <v>281</v>
+        <v>167</v>
       </c>
       <c r="I27" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="J27">
-        <v>91306</v>
+        <v>76192</v>
       </c>
       <c r="K27" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="L27" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="N27" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
       <c r="O27" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="P27" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
       <c r="Q27" t="s">
         <v>37</v>
       </c>
       <c r="R27">
         <v>0</v>
       </c>
       <c r="S27" t="s">
         <v>38</v>
       </c>
       <c r="T27" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="U27" t="s">
-        <v>137</v>
+        <v>190</v>
       </c>
       <c r="V27">
-        <v>281</v>
+        <v>167</v>
       </c>
       <c r="W27" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="Y27" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B28" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="C28" t="s">
         <v>27</v>
       </c>
       <c r="D28" t="s">
-        <v>137</v>
+        <v>190</v>
       </c>
       <c r="E28" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="F28" t="s">
         <v>30</v>
       </c>
       <c r="G28" t="s">
         <v>31</v>
       </c>
       <c r="H28">
-        <v>281</v>
+        <v>167</v>
       </c>
       <c r="I28" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="J28">
-        <v>91307</v>
+        <v>76198</v>
       </c>
       <c r="K28" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="L28" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="N28" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="O28" t="s">
-        <v>208</v>
+        <v>223</v>
       </c>
       <c r="P28" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="Q28" t="s">
         <v>37</v>
       </c>
       <c r="R28">
         <v>0</v>
       </c>
       <c r="S28" t="s">
         <v>38</v>
       </c>
       <c r="T28" t="s">
-        <v>219</v>
+        <v>194</v>
       </c>
       <c r="U28" t="s">
-        <v>137</v>
+        <v>190</v>
       </c>
       <c r="V28">
-        <v>281</v>
+        <v>167</v>
       </c>
       <c r="W28" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="Y28" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B29" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C29" t="s">
         <v>27</v>
       </c>
       <c r="D29" t="s">
-        <v>137</v>
+        <v>190</v>
       </c>
       <c r="E29" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F29" t="s">
         <v>30</v>
       </c>
       <c r="G29" t="s">
         <v>31</v>
       </c>
       <c r="H29">
-        <v>281</v>
+        <v>167</v>
       </c>
       <c r="I29" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="J29">
-        <v>91310</v>
+        <v>76203</v>
       </c>
       <c r="K29" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="L29" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="N29" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="O29" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="P29" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="Q29" t="s">
         <v>37</v>
       </c>
       <c r="R29">
         <v>0</v>
       </c>
       <c r="S29" t="s">
         <v>38</v>
       </c>
       <c r="T29" t="s">
-        <v>141</v>
+        <v>194</v>
       </c>
       <c r="U29" t="s">
-        <v>137</v>
+        <v>190</v>
       </c>
       <c r="V29">
-        <v>281</v>
+        <v>167</v>
       </c>
       <c r="W29" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="Y29" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B30" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="C30" t="s">
         <v>27</v>
       </c>
       <c r="D30" t="s">
-        <v>227</v>
+        <v>190</v>
       </c>
       <c r="E30" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="F30" t="s">
         <v>30</v>
       </c>
       <c r="G30" t="s">
         <v>31</v>
       </c>
       <c r="H30">
-        <v>663</v>
+        <v>167</v>
       </c>
       <c r="I30" t="s">
-        <v>229</v>
+        <v>32</v>
       </c>
       <c r="J30">
-        <v>92503</v>
+        <v>76205</v>
       </c>
       <c r="K30" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="L30" t="s">
-        <v>231</v>
+        <v>34</v>
       </c>
       <c r="N30" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="O30" t="s">
-        <v>232</v>
+        <v>233</v>
+      </c>
+      <c r="P30" t="s">
+        <v>35</v>
       </c>
       <c r="Q30" t="s">
-        <v>233</v>
+        <v>37</v>
       </c>
       <c r="R30">
         <v>0</v>
       </c>
       <c r="S30" t="s">
         <v>38</v>
       </c>
       <c r="T30" t="s">
-        <v>234</v>
+        <v>218</v>
       </c>
       <c r="U30" t="s">
-        <v>227</v>
+        <v>190</v>
       </c>
       <c r="V30">
-        <v>663</v>
+        <v>167</v>
       </c>
       <c r="W30" t="s">
-        <v>229</v>
+        <v>32</v>
       </c>
       <c r="Y30" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
+        <v>234</v>
+      </c>
+      <c r="B31" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="C31" t="s">
         <v>27</v>
       </c>
       <c r="D31" t="s">
-        <v>60</v>
+        <v>236</v>
       </c>
       <c r="E31" t="s">
         <v>237</v>
       </c>
       <c r="F31" t="s">
         <v>30</v>
       </c>
       <c r="G31" t="s">
         <v>31</v>
       </c>
       <c r="H31">
-        <v>597</v>
+        <v>167</v>
       </c>
       <c r="I31" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="J31">
-        <v>60092</v>
+        <v>60325</v>
       </c>
       <c r="K31" t="s">
         <v>238</v>
       </c>
       <c r="L31" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="N31" t="s">
         <v>47</v>
       </c>
       <c r="O31" t="s">
         <v>239</v>
       </c>
-      <c r="P31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q31" t="s">
         <v>37</v>
       </c>
       <c r="R31">
         <v>0</v>
       </c>
       <c r="S31" t="s">
         <v>38</v>
       </c>
       <c r="T31" t="s">
         <v>240</v>
       </c>
       <c r="U31" t="s">
-        <v>60</v>
+        <v>236</v>
       </c>
       <c r="V31">
-        <v>597</v>
+        <v>167</v>
       </c>
       <c r="W31" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="Y31" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:K31"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>249</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>250</v>
+      </c>
+      <c r="D2" t="s">
+        <v>251</v>
+      </c>
+      <c r="E2" t="s">
+        <v>252</v>
+      </c>
+      <c r="F2" t="s">
+        <v>253</v>
+      </c>
+      <c r="G2" t="s">
+        <v>254</v>
+      </c>
+      <c r="H2" t="s">
+        <v>252</v>
+      </c>
+      <c r="I2" t="s">
+        <v>255</v>
+      </c>
+      <c r="J2" t="s">
+        <v>256</v>
+      </c>
+      <c r="K2" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C3" t="s">
+        <v>258</v>
+      </c>
+      <c r="D3" t="s">
+        <v>259</v>
+      </c>
+      <c r="E3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G3" t="s">
+        <v>254</v>
+      </c>
+      <c r="H3" t="s">
+        <v>260</v>
+      </c>
+      <c r="I3" t="s">
+        <v>261</v>
+      </c>
+      <c r="J3" t="s">
+        <v>256</v>
+      </c>
+      <c r="K3" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>262</v>
+      </c>
+      <c r="B4" t="s">
+        <v>50</v>
+      </c>
+      <c r="C4" t="s">
+        <v>263</v>
+      </c>
+      <c r="D4" t="s">
+        <v>264</v>
+      </c>
+      <c r="E4" t="s">
+        <v>265</v>
+      </c>
+      <c r="F4" t="s">
+        <v>253</v>
+      </c>
+      <c r="G4" t="s">
+        <v>254</v>
+      </c>
+      <c r="H4" t="s">
+        <v>265</v>
+      </c>
+      <c r="I4" t="s">
+        <v>266</v>
+      </c>
+      <c r="J4" t="s">
+        <v>256</v>
+      </c>
+      <c r="K4" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>267</v>
+      </c>
+      <c r="B5" t="s">
+        <v>58</v>
+      </c>
+      <c r="C5" t="s">
+        <v>268</v>
+      </c>
+      <c r="D5" t="s">
+        <v>269</v>
+      </c>
+      <c r="E5" t="s">
+        <v>270</v>
+      </c>
+      <c r="F5" t="s">
+        <v>253</v>
+      </c>
+      <c r="G5" t="s">
+        <v>254</v>
+      </c>
+      <c r="H5" t="s">
+        <v>270</v>
+      </c>
+      <c r="I5" t="s">
+        <v>271</v>
+      </c>
+      <c r="J5" t="s">
+        <v>256</v>
+      </c>
+      <c r="K5" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>272</v>
+      </c>
+      <c r="B6" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" t="s">
+        <v>273</v>
+      </c>
+      <c r="D6" t="s">
+        <v>274</v>
+      </c>
+      <c r="E6" t="s">
+        <v>275</v>
+      </c>
+      <c r="F6" t="s">
+        <v>253</v>
+      </c>
+      <c r="G6" t="s">
+        <v>254</v>
+      </c>
+      <c r="H6" t="s">
+        <v>275</v>
+      </c>
+      <c r="I6" t="s">
+        <v>276</v>
+      </c>
+      <c r="J6" t="s">
+        <v>256</v>
+      </c>
+      <c r="K6" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>277</v>
+      </c>
+      <c r="B7" t="s">
+        <v>73</v>
+      </c>
+      <c r="C7" t="s">
+        <v>278</v>
+      </c>
+      <c r="D7" t="s">
+        <v>279</v>
+      </c>
+      <c r="E7" t="s">
+        <v>280</v>
+      </c>
+      <c r="F7" t="s">
+        <v>253</v>
+      </c>
+      <c r="G7" t="s">
+        <v>254</v>
+      </c>
+      <c r="H7" t="s">
+        <v>280</v>
+      </c>
+      <c r="I7" t="s">
+        <v>281</v>
+      </c>
+      <c r="J7" t="s">
+        <v>256</v>
+      </c>
+      <c r="K7" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>282</v>
+      </c>
+      <c r="B8" t="s">
+        <v>82</v>
+      </c>
+      <c r="C8" t="s">
+        <v>283</v>
+      </c>
+      <c r="D8" t="s">
+        <v>284</v>
+      </c>
+      <c r="E8" t="s">
+        <v>285</v>
+      </c>
+      <c r="F8" t="s">
+        <v>253</v>
+      </c>
+      <c r="G8" t="s">
+        <v>254</v>
+      </c>
+      <c r="H8" t="s">
+        <v>285</v>
+      </c>
+      <c r="I8" t="s">
+        <v>286</v>
+      </c>
+      <c r="J8" t="s">
+        <v>256</v>
+      </c>
+      <c r="K8" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>287</v>
+      </c>
+      <c r="B9" t="s">
+        <v>90</v>
+      </c>
+      <c r="C9" t="s">
+        <v>288</v>
+      </c>
+      <c r="D9" t="s">
+        <v>289</v>
+      </c>
+      <c r="E9" t="s">
+        <v>290</v>
+      </c>
+      <c r="F9" t="s">
+        <v>253</v>
+      </c>
+      <c r="G9" t="s">
+        <v>254</v>
+      </c>
+      <c r="H9" t="s">
+        <v>290</v>
+      </c>
+      <c r="I9" t="s">
+        <v>291</v>
+      </c>
+      <c r="J9" t="s">
+        <v>256</v>
+      </c>
+      <c r="K9" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>292</v>
+      </c>
+      <c r="B10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C10" t="s">
+        <v>293</v>
+      </c>
+      <c r="D10" t="s">
+        <v>294</v>
+      </c>
+      <c r="E10" t="s">
+        <v>295</v>
+      </c>
+      <c r="F10" t="s">
+        <v>296</v>
+      </c>
+      <c r="G10" t="s">
+        <v>254</v>
+      </c>
+      <c r="H10" t="s">
+        <v>295</v>
+      </c>
+      <c r="I10" t="s">
+        <v>297</v>
+      </c>
+      <c r="J10" t="s">
+        <v>256</v>
+      </c>
+      <c r="K10" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>298</v>
+      </c>
+      <c r="B11" t="s">
+        <v>105</v>
+      </c>
+      <c r="C11" t="s">
+        <v>299</v>
+      </c>
+      <c r="D11" t="s">
+        <v>300</v>
+      </c>
+      <c r="E11" t="s">
+        <v>301</v>
+      </c>
+      <c r="F11" t="s">
+        <v>253</v>
+      </c>
+      <c r="G11" t="s">
+        <v>254</v>
+      </c>
+      <c r="H11" t="s">
+        <v>301</v>
+      </c>
+      <c r="I11" t="s">
+        <v>302</v>
+      </c>
+      <c r="J11" t="s">
+        <v>256</v>
+      </c>
+      <c r="K11" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>303</v>
+      </c>
+      <c r="B12" t="s">
+        <v>112</v>
+      </c>
+      <c r="C12" t="s">
+        <v>304</v>
+      </c>
+      <c r="D12" t="s">
+        <v>305</v>
+      </c>
+      <c r="E12" t="s">
+        <v>306</v>
+      </c>
+      <c r="F12" t="s">
+        <v>253</v>
+      </c>
+      <c r="G12" t="s">
+        <v>254</v>
+      </c>
+      <c r="H12" t="s">
+        <v>306</v>
+      </c>
+      <c r="I12" t="s">
+        <v>307</v>
+      </c>
+      <c r="J12" t="s">
+        <v>256</v>
+      </c>
+      <c r="K12" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>308</v>
+      </c>
+      <c r="B13" t="s">
+        <v>120</v>
+      </c>
+      <c r="C13" t="s">
+        <v>309</v>
+      </c>
+      <c r="D13" t="s">
+        <v>310</v>
+      </c>
+      <c r="E13" t="s">
+        <v>311</v>
+      </c>
+      <c r="F13" t="s">
+        <v>253</v>
+      </c>
+      <c r="G13" t="s">
+        <v>254</v>
+      </c>
+      <c r="H13" t="s">
+        <v>311</v>
+      </c>
+      <c r="I13" t="s">
+        <v>312</v>
+      </c>
+      <c r="J13" t="s">
+        <v>256</v>
+      </c>
+      <c r="K13" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>313</v>
+      </c>
+      <c r="B14" t="s">
+        <v>126</v>
+      </c>
+      <c r="C14" t="s">
+        <v>314</v>
+      </c>
+      <c r="D14" t="s">
+        <v>315</v>
+      </c>
+      <c r="E14" t="s">
+        <v>316</v>
+      </c>
+      <c r="F14" t="s">
+        <v>253</v>
+      </c>
+      <c r="G14" t="s">
+        <v>254</v>
+      </c>
+      <c r="H14" t="s">
+        <v>316</v>
+      </c>
+      <c r="I14" t="s">
+        <v>317</v>
+      </c>
+      <c r="J14" t="s">
+        <v>256</v>
+      </c>
+      <c r="K14" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>318</v>
+      </c>
+      <c r="B15" t="s">
+        <v>132</v>
+      </c>
+      <c r="C15" t="s">
+        <v>319</v>
+      </c>
+      <c r="D15" t="s">
+        <v>320</v>
+      </c>
+      <c r="E15" t="s">
+        <v>321</v>
+      </c>
+      <c r="F15" t="s">
+        <v>253</v>
+      </c>
+      <c r="G15" t="s">
+        <v>254</v>
+      </c>
+      <c r="H15" t="s">
+        <v>321</v>
+      </c>
+      <c r="I15" t="s">
+        <v>322</v>
+      </c>
+      <c r="J15" t="s">
+        <v>256</v>
+      </c>
+      <c r="K15" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>323</v>
+      </c>
+      <c r="B16" t="s">
+        <v>137</v>
+      </c>
+      <c r="C16" t="s">
+        <v>324</v>
+      </c>
+      <c r="D16" t="s">
+        <v>325</v>
+      </c>
+      <c r="E16" t="s">
+        <v>326</v>
+      </c>
+      <c r="F16" t="s">
+        <v>253</v>
+      </c>
+      <c r="G16" t="s">
+        <v>254</v>
+      </c>
+      <c r="H16" t="s">
+        <v>326</v>
+      </c>
+      <c r="I16" t="s">
+        <v>327</v>
+      </c>
+      <c r="J16" t="s">
+        <v>256</v>
+      </c>
+      <c r="K16" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>328</v>
+      </c>
+      <c r="B17" t="s">
+        <v>146</v>
+      </c>
+      <c r="C17" t="s">
+        <v>329</v>
+      </c>
+      <c r="D17" t="s">
+        <v>330</v>
+      </c>
+      <c r="E17" t="s">
+        <v>331</v>
+      </c>
+      <c r="F17" t="s">
+        <v>296</v>
+      </c>
+      <c r="G17" t="s">
+        <v>254</v>
+      </c>
+      <c r="H17" t="s">
+        <v>331</v>
+      </c>
+      <c r="I17" t="s">
+        <v>332</v>
+      </c>
+      <c r="J17" t="s">
+        <v>256</v>
+      </c>
+      <c r="K17" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>333</v>
+      </c>
+      <c r="B18" t="s">
+        <v>153</v>
+      </c>
+      <c r="C18" t="s">
+        <v>334</v>
+      </c>
+      <c r="D18" t="s">
+        <v>335</v>
+      </c>
+      <c r="E18" t="s">
+        <v>336</v>
+      </c>
+      <c r="F18" t="s">
+        <v>253</v>
+      </c>
+      <c r="G18" t="s">
+        <v>254</v>
+      </c>
+      <c r="H18" t="s">
+        <v>336</v>
+      </c>
+      <c r="I18" t="s">
+        <v>337</v>
+      </c>
+      <c r="J18" t="s">
+        <v>256</v>
+      </c>
+      <c r="K18" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>338</v>
+      </c>
+      <c r="B19" t="s">
+        <v>157</v>
+      </c>
+      <c r="C19" t="s">
+        <v>339</v>
+      </c>
+      <c r="D19" t="s">
+        <v>340</v>
+      </c>
+      <c r="E19" t="s">
+        <v>341</v>
+      </c>
+      <c r="F19" t="s">
+        <v>253</v>
+      </c>
+      <c r="G19" t="s">
+        <v>254</v>
+      </c>
+      <c r="H19" t="s">
+        <v>341</v>
+      </c>
+      <c r="I19" t="s">
+        <v>342</v>
+      </c>
+      <c r="J19" t="s">
+        <v>256</v>
+      </c>
+      <c r="K19" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>343</v>
+      </c>
+      <c r="B20" t="s">
+        <v>164</v>
+      </c>
+      <c r="C20" t="s">
+        <v>344</v>
+      </c>
+      <c r="D20" t="s">
+        <v>345</v>
+      </c>
+      <c r="E20" t="s">
+        <v>346</v>
+      </c>
+      <c r="F20" t="s">
+        <v>253</v>
+      </c>
+      <c r="G20" t="s">
+        <v>254</v>
+      </c>
+      <c r="H20" t="s">
+        <v>346</v>
+      </c>
+      <c r="I20" t="s">
+        <v>347</v>
+      </c>
+      <c r="J20" t="s">
+        <v>256</v>
+      </c>
+      <c r="K20" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>348</v>
+      </c>
+      <c r="B21" t="s">
+        <v>171</v>
+      </c>
+      <c r="C21" t="s">
+        <v>349</v>
+      </c>
+      <c r="D21" t="s">
+        <v>350</v>
+      </c>
+      <c r="E21" t="s">
+        <v>351</v>
+      </c>
+      <c r="F21" t="s">
+        <v>253</v>
+      </c>
+      <c r="G21" t="s">
+        <v>254</v>
+      </c>
+      <c r="H21" t="s">
+        <v>351</v>
+      </c>
+      <c r="I21" t="s">
+        <v>352</v>
+      </c>
+      <c r="J21" t="s">
+        <v>256</v>
+      </c>
+      <c r="K21" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>353</v>
+      </c>
+      <c r="B22" t="s">
+        <v>181</v>
+      </c>
+      <c r="C22" t="s">
+        <v>354</v>
+      </c>
+      <c r="D22" t="s">
+        <v>355</v>
+      </c>
+      <c r="E22" t="s">
+        <v>356</v>
+      </c>
+      <c r="F22" t="s">
+        <v>253</v>
+      </c>
+      <c r="G22" t="s">
+        <v>254</v>
+      </c>
+      <c r="H22" t="s">
+        <v>356</v>
+      </c>
+      <c r="I22" t="s">
+        <v>357</v>
+      </c>
+      <c r="J22" t="s">
+        <v>256</v>
+      </c>
+      <c r="K22" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>358</v>
+      </c>
+      <c r="B23" t="s">
+        <v>188</v>
+      </c>
+      <c r="C23" t="s">
+        <v>359</v>
+      </c>
+      <c r="D23" t="s">
+        <v>360</v>
+      </c>
+      <c r="E23" t="s">
+        <v>361</v>
+      </c>
+      <c r="F23" t="s">
+        <v>253</v>
+      </c>
+      <c r="G23" t="s">
+        <v>254</v>
+      </c>
+      <c r="H23" t="s">
+        <v>361</v>
+      </c>
+      <c r="I23" t="s">
+        <v>362</v>
+      </c>
+      <c r="J23" t="s">
+        <v>256</v>
+      </c>
+      <c r="K23" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>363</v>
+      </c>
+      <c r="B24" t="s">
+        <v>195</v>
+      </c>
+      <c r="C24" t="s">
+        <v>364</v>
+      </c>
+      <c r="D24" t="s">
+        <v>365</v>
+      </c>
+      <c r="E24" t="s">
+        <v>366</v>
+      </c>
+      <c r="F24" t="s">
+        <v>253</v>
+      </c>
+      <c r="G24" t="s">
+        <v>254</v>
+      </c>
+      <c r="H24" t="s">
+        <v>366</v>
+      </c>
+      <c r="I24" t="s">
+        <v>367</v>
+      </c>
+      <c r="J24" t="s">
+        <v>256</v>
+      </c>
+      <c r="K24" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>368</v>
+      </c>
+      <c r="B25" t="s">
+        <v>202</v>
+      </c>
+      <c r="C25" t="s">
+        <v>369</v>
+      </c>
+      <c r="D25" t="s">
+        <v>370</v>
+      </c>
+      <c r="E25" t="s">
+        <v>371</v>
+      </c>
+      <c r="F25" t="s">
+        <v>253</v>
+      </c>
+      <c r="G25" t="s">
+        <v>254</v>
+      </c>
+      <c r="H25" t="s">
+        <v>371</v>
+      </c>
+      <c r="I25" t="s">
+        <v>372</v>
+      </c>
+      <c r="J25" t="s">
+        <v>256</v>
+      </c>
+      <c r="K25" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>373</v>
+      </c>
+      <c r="B26" t="s">
+        <v>207</v>
+      </c>
+      <c r="C26" t="s">
+        <v>374</v>
+      </c>
+      <c r="D26" t="s">
+        <v>375</v>
+      </c>
+      <c r="E26" t="s">
+        <v>341</v>
+      </c>
+      <c r="F26" t="s">
+        <v>253</v>
+      </c>
+      <c r="G26" t="s">
+        <v>254</v>
+      </c>
+      <c r="H26" t="s">
+        <v>341</v>
+      </c>
+      <c r="I26" t="s">
+        <v>376</v>
+      </c>
+      <c r="J26" t="s">
+        <v>256</v>
+      </c>
+      <c r="K26" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>377</v>
+      </c>
+      <c r="B27" t="s">
+        <v>213</v>
+      </c>
+      <c r="C27" t="s">
+        <v>378</v>
+      </c>
+      <c r="D27" t="s">
+        <v>379</v>
+      </c>
+      <c r="E27" t="s">
+        <v>380</v>
+      </c>
+      <c r="F27" t="s">
+        <v>253</v>
+      </c>
+      <c r="G27" t="s">
+        <v>254</v>
+      </c>
+      <c r="H27" t="s">
+        <v>380</v>
+      </c>
+      <c r="I27" t="s">
+        <v>381</v>
+      </c>
+      <c r="J27" t="s">
+        <v>256</v>
+      </c>
+      <c r="K27" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>382</v>
+      </c>
+      <c r="B28" t="s">
+        <v>219</v>
+      </c>
+      <c r="C28" t="s">
+        <v>383</v>
+      </c>
+      <c r="D28" t="s">
+        <v>384</v>
+      </c>
+      <c r="E28" t="s">
+        <v>385</v>
+      </c>
+      <c r="F28" t="s">
+        <v>253</v>
+      </c>
+      <c r="G28" t="s">
+        <v>254</v>
+      </c>
+      <c r="H28" t="s">
+        <v>385</v>
+      </c>
+      <c r="I28" t="s">
+        <v>386</v>
+      </c>
+      <c r="J28" t="s">
+        <v>256</v>
+      </c>
+      <c r="K28" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>387</v>
+      </c>
+      <c r="B29" t="s">
+        <v>224</v>
+      </c>
+      <c r="C29" t="s">
+        <v>388</v>
+      </c>
+      <c r="D29" t="s">
+        <v>389</v>
+      </c>
+      <c r="E29" t="s">
+        <v>390</v>
+      </c>
+      <c r="F29" t="s">
+        <v>253</v>
+      </c>
+      <c r="G29" t="s">
+        <v>254</v>
+      </c>
+      <c r="H29" t="s">
+        <v>390</v>
+      </c>
+      <c r="I29" t="s">
+        <v>391</v>
+      </c>
+      <c r="J29" t="s">
+        <v>256</v>
+      </c>
+      <c r="K29" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>392</v>
+      </c>
+      <c r="B30" t="s">
+        <v>229</v>
+      </c>
+      <c r="C30" t="s">
+        <v>393</v>
+      </c>
+      <c r="D30" t="s">
+        <v>394</v>
+      </c>
+      <c r="E30" t="s">
+        <v>395</v>
+      </c>
+      <c r="F30" t="s">
+        <v>253</v>
+      </c>
+      <c r="G30" t="s">
+        <v>254</v>
+      </c>
+      <c r="H30" t="s">
+        <v>395</v>
+      </c>
+      <c r="I30" t="s">
+        <v>396</v>
+      </c>
+      <c r="J30" t="s">
+        <v>256</v>
+      </c>
+      <c r="K30" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>397</v>
+      </c>
+      <c r="B31" t="s">
+        <v>234</v>
+      </c>
+      <c r="C31" t="s">
+        <v>398</v>
+      </c>
+      <c r="D31" t="s">
+        <v>399</v>
+      </c>
+      <c r="E31" t="s">
+        <v>400</v>
+      </c>
+      <c r="F31" t="s">
+        <v>253</v>
+      </c>
+      <c r="G31" t="s">
+        <v>254</v>
+      </c>
+      <c r="H31" t="s">
+        <v>400</v>
+      </c>
+      <c r="I31" t="s">
+        <v>401</v>
+      </c>
+      <c r="J31" t="s">
+        <v>256</v>
+      </c>
+      <c r="K31" t="s">
+        <v>401</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>241</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>244</v>
+        <v>402</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>245</v>
+        <v>403</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>246</v>
+        <v>404</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>247</v>
+        <v>405</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>96</v>
       </c>
       <c r="C2">
-        <v>49396</v>
+        <v>22437</v>
       </c>
       <c r="D2" t="s">
-        <v>248</v>
+        <v>406</v>
       </c>
       <c r="E2" t="s">
-        <v>249</v>
+        <v>407</v>
       </c>
       <c r="F2" t="s">
-        <v>250</v>
+        <v>408</v>
       </c>
       <c r="G2">
-        <v>1014412350</v>
+        <v>2467851</v>
       </c>
       <c r="H2" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>251</v>
+        <v>409</v>
       </c>
       <c r="B3" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="C3">
-        <v>22437</v>
+        <v>13832</v>
       </c>
       <c r="D3" t="s">
-        <v>252</v>
+        <v>410</v>
       </c>
       <c r="E3" t="s">
-        <v>249</v>
+        <v>407</v>
       </c>
       <c r="F3" t="s">
-        <v>250</v>
+        <v>408</v>
       </c>
       <c r="G3">
-        <v>2467851</v>
+        <v>119200</v>
       </c>
       <c r="H3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>253</v>
+        <v>411</v>
       </c>
       <c r="B4" t="s">
-        <v>85</v>
+        <v>112</v>
       </c>
       <c r="C4">
-        <v>13832</v>
+        <v>14007</v>
       </c>
       <c r="D4" t="s">
-        <v>254</v>
+        <v>412</v>
       </c>
       <c r="E4" t="s">
-        <v>249</v>
+        <v>407</v>
       </c>
       <c r="F4" t="s">
-        <v>250</v>
+        <v>408</v>
       </c>
       <c r="G4">
-        <v>119200</v>
+        <v>225000.1</v>
       </c>
       <c r="H4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>255</v>
+        <v>413</v>
       </c>
       <c r="B5" t="s">
-        <v>93</v>
+        <v>137</v>
       </c>
       <c r="C5">
-        <v>14007</v>
+        <v>49396</v>
       </c>
       <c r="D5" t="s">
-        <v>256</v>
+        <v>414</v>
       </c>
       <c r="E5" t="s">
-        <v>249</v>
+        <v>407</v>
       </c>
       <c r="F5" t="s">
-        <v>250</v>
+        <v>408</v>
       </c>
       <c r="G5">
-        <v>225000.1</v>
+        <v>1014412350</v>
       </c>
       <c r="H5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>257</v>
+        <v>415</v>
       </c>
       <c r="B6" t="s">
-        <v>171</v>
+        <v>146</v>
       </c>
       <c r="C6">
         <v>25857</v>
       </c>
       <c r="D6" t="s">
-        <v>258</v>
+        <v>416</v>
       </c>
       <c r="E6" t="s">
-        <v>249</v>
+        <v>407</v>
       </c>
       <c r="F6" t="s">
-        <v>250</v>
+        <v>408</v>
       </c>
       <c r="G6">
         <v>371880</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>259</v>
+        <v>417</v>
       </c>
       <c r="B7" t="s">
-        <v>185</v>
+        <v>164</v>
       </c>
       <c r="C7">
         <v>43211</v>
       </c>
       <c r="D7" t="s">
-        <v>260</v>
+        <v>418</v>
       </c>
       <c r="E7" t="s">
-        <v>249</v>
+        <v>407</v>
       </c>
       <c r="F7" t="s">
-        <v>250</v>
+        <v>408</v>
       </c>
       <c r="G7">
         <v>10</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>261</v>
+        <v>419</v>
       </c>
       <c r="B8" t="s">
-        <v>225</v>
+        <v>171</v>
       </c>
       <c r="C8">
         <v>29320</v>
       </c>
       <c r="D8" t="s">
-        <v>262</v>
+        <v>420</v>
       </c>
       <c r="E8" t="s">
-        <v>263</v>
+        <v>421</v>
       </c>
       <c r="F8" t="s">
-        <v>250</v>
+        <v>408</v>
       </c>
       <c r="G8">
         <v>3952000</v>
       </c>
       <c r="H8" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>264</v>
+        <v>422</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>241</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>265</v>
+        <v>423</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>266</v>
+        <v>424</v>
       </c>
       <c r="B2" t="s">
-        <v>247</v>
+        <v>405</v>
       </c>
       <c r="C2" t="s">
-        <v>25</v>
+        <v>96</v>
       </c>
       <c r="D2">
-        <v>59160</v>
+        <v>0</v>
       </c>
       <c r="E2" t="s">
-        <v>248</v>
+        <v>406</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>267</v>
+        <v>425</v>
       </c>
       <c r="B3" t="s">
-        <v>251</v>
+        <v>409</v>
       </c>
       <c r="C3" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="D3">
         <v>0</v>
       </c>
       <c r="E3" t="s">
-        <v>252</v>
+        <v>410</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>268</v>
+        <v>426</v>
       </c>
       <c r="B4" t="s">
-        <v>253</v>
+        <v>411</v>
       </c>
       <c r="C4" t="s">
-        <v>85</v>
+        <v>112</v>
       </c>
       <c r="D4">
         <v>0</v>
       </c>
       <c r="E4" t="s">
-        <v>254</v>
+        <v>412</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>269</v>
+        <v>427</v>
       </c>
       <c r="B5" t="s">
-        <v>255</v>
+        <v>413</v>
       </c>
       <c r="C5" t="s">
-        <v>93</v>
+        <v>137</v>
       </c>
       <c r="D5">
-        <v>0</v>
+        <v>59160</v>
       </c>
       <c r="E5" t="s">
-        <v>256</v>
+        <v>414</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>270</v>
+        <v>428</v>
       </c>
       <c r="B6" t="s">
-        <v>257</v>
+        <v>415</v>
       </c>
       <c r="C6" t="s">
-        <v>171</v>
+        <v>146</v>
       </c>
       <c r="D6">
         <v>356061</v>
       </c>
       <c r="E6" t="s">
-        <v>258</v>
+        <v>416</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>271</v>
+        <v>429</v>
       </c>
       <c r="B7" t="s">
-        <v>259</v>
+        <v>417</v>
       </c>
       <c r="C7" t="s">
-        <v>185</v>
+        <v>164</v>
       </c>
       <c r="D7">
         <v>207081</v>
       </c>
       <c r="E7" t="s">
-        <v>260</v>
+        <v>418</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>272</v>
+        <v>430</v>
       </c>
       <c r="B8" t="s">
-        <v>261</v>
+        <v>419</v>
       </c>
       <c r="C8" t="s">
-        <v>225</v>
+        <v>171</v>
       </c>
       <c r="D8">
         <v>106102</v>
       </c>
       <c r="E8" t="s">
-        <v>262</v>
+        <v>420</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>241</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>265</v>
+        <v>423</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>273</v>
+        <v>431</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>274</v>
+        <v>432</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>275</v>
+        <v>433</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>276</v>
+        <v>434</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>277</v>
+        <v>435</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>278</v>
+        <v>436</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>279</v>
+        <v>437</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>280</v>
+        <v>438</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>281</v>
+        <v>439</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>96</v>
       </c>
       <c r="C2">
-        <v>49396</v>
+        <v>22437</v>
       </c>
       <c r="D2" t="s">
-        <v>248</v>
+        <v>406</v>
       </c>
       <c r="E2" t="s">
-        <v>282</v>
+        <v>440</v>
       </c>
       <c r="F2" t="s">
-        <v>283</v>
+        <v>441</v>
       </c>
       <c r="G2" t="s">
-        <v>248</v>
+        <v>406</v>
       </c>
       <c r="H2" t="s">
-        <v>284</v>
+        <v>442</v>
       </c>
       <c r="I2" t="s">
-        <v>285</v>
+        <v>443</v>
       </c>
       <c r="J2" t="s">
-        <v>286</v>
+        <v>444</v>
       </c>
       <c r="K2" t="s">
-        <v>287</v>
+        <v>445</v>
       </c>
       <c r="L2" t="s">
-        <v>288</v>
+        <v>446</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>289</v>
+        <v>447</v>
       </c>
       <c r="B3" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="C3">
-        <v>22437</v>
+        <v>13832</v>
       </c>
       <c r="D3" t="s">
-        <v>252</v>
+        <v>410</v>
       </c>
       <c r="E3" t="s">
-        <v>282</v>
+        <v>440</v>
       </c>
       <c r="F3" t="s">
-        <v>283</v>
+        <v>441</v>
       </c>
       <c r="G3" t="s">
-        <v>252</v>
+        <v>410</v>
       </c>
       <c r="H3" t="s">
-        <v>290</v>
+        <v>448</v>
       </c>
       <c r="I3" t="s">
-        <v>291</v>
+        <v>449</v>
       </c>
       <c r="J3" t="s">
-        <v>292</v>
+        <v>450</v>
       </c>
       <c r="K3" t="s">
-        <v>287</v>
+        <v>445</v>
       </c>
       <c r="L3" t="s">
-        <v>293</v>
+        <v>451</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>294</v>
+        <v>452</v>
       </c>
       <c r="B4" t="s">
-        <v>85</v>
+        <v>112</v>
       </c>
       <c r="C4">
-        <v>13832</v>
+        <v>14007</v>
       </c>
       <c r="D4" t="s">
-        <v>254</v>
+        <v>412</v>
       </c>
       <c r="E4" t="s">
-        <v>282</v>
+        <v>440</v>
       </c>
       <c r="F4" t="s">
-        <v>283</v>
+        <v>441</v>
       </c>
       <c r="G4" t="s">
-        <v>254</v>
+        <v>412</v>
       </c>
       <c r="H4" t="s">
-        <v>295</v>
+        <v>453</v>
       </c>
       <c r="I4" t="s">
-        <v>296</v>
+        <v>454</v>
       </c>
       <c r="J4" t="s">
-        <v>297</v>
+        <v>455</v>
       </c>
       <c r="K4" t="s">
-        <v>287</v>
+        <v>445</v>
       </c>
       <c r="L4" t="s">
-        <v>298</v>
+        <v>456</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>299</v>
+        <v>457</v>
       </c>
       <c r="B5" t="s">
-        <v>93</v>
+        <v>137</v>
       </c>
       <c r="C5">
-        <v>14007</v>
+        <v>49396</v>
       </c>
       <c r="D5" t="s">
-        <v>256</v>
+        <v>414</v>
       </c>
       <c r="E5" t="s">
-        <v>282</v>
+        <v>440</v>
       </c>
       <c r="F5" t="s">
-        <v>283</v>
+        <v>441</v>
       </c>
       <c r="G5" t="s">
-        <v>256</v>
+        <v>414</v>
       </c>
       <c r="H5" t="s">
-        <v>300</v>
+        <v>458</v>
       </c>
       <c r="I5" t="s">
-        <v>301</v>
+        <v>459</v>
       </c>
       <c r="J5" t="s">
-        <v>302</v>
+        <v>460</v>
       </c>
       <c r="K5" t="s">
-        <v>287</v>
+        <v>445</v>
       </c>
       <c r="L5" t="s">
-        <v>303</v>
+        <v>461</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>304</v>
+        <v>462</v>
       </c>
       <c r="B6" t="s">
-        <v>171</v>
+        <v>146</v>
       </c>
       <c r="C6">
         <v>25857</v>
       </c>
       <c r="D6" t="s">
-        <v>258</v>
+        <v>416</v>
       </c>
       <c r="E6" t="s">
-        <v>282</v>
+        <v>440</v>
       </c>
       <c r="F6" t="s">
-        <v>283</v>
+        <v>441</v>
       </c>
       <c r="G6" t="s">
-        <v>258</v>
+        <v>416</v>
       </c>
       <c r="H6" t="s">
-        <v>300</v>
+        <v>453</v>
       </c>
       <c r="I6" t="s">
-        <v>305</v>
+        <v>463</v>
       </c>
       <c r="J6" t="s">
-        <v>306</v>
+        <v>464</v>
       </c>
       <c r="K6" t="s">
-        <v>287</v>
+        <v>445</v>
       </c>
       <c r="L6" t="s">
-        <v>307</v>
+        <v>465</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>308</v>
+        <v>466</v>
       </c>
       <c r="B7" t="s">
-        <v>185</v>
+        <v>164</v>
       </c>
       <c r="C7">
         <v>43211</v>
       </c>
       <c r="D7" t="s">
-        <v>260</v>
+        <v>418</v>
       </c>
       <c r="E7" t="s">
-        <v>282</v>
+        <v>440</v>
       </c>
       <c r="F7" t="s">
-        <v>283</v>
+        <v>441</v>
       </c>
       <c r="G7" t="s">
-        <v>260</v>
+        <v>418</v>
       </c>
       <c r="H7" t="s">
-        <v>309</v>
+        <v>467</v>
       </c>
       <c r="I7" t="s">
-        <v>310</v>
+        <v>468</v>
       </c>
       <c r="J7" t="s">
-        <v>311</v>
+        <v>469</v>
       </c>
       <c r="K7" t="s">
-        <v>287</v>
+        <v>445</v>
       </c>
       <c r="L7" t="s">
-        <v>312</v>
+        <v>470</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>313</v>
+        <v>471</v>
       </c>
       <c r="B8" t="s">
-        <v>225</v>
+        <v>171</v>
       </c>
       <c r="C8">
         <v>29320</v>
       </c>
       <c r="D8" t="s">
-        <v>262</v>
+        <v>420</v>
       </c>
       <c r="E8" t="s">
-        <v>282</v>
+        <v>440</v>
       </c>
       <c r="F8" t="s">
-        <v>283</v>
+        <v>441</v>
       </c>
       <c r="G8" t="s">
-        <v>262</v>
+        <v>420</v>
       </c>
       <c r="H8" t="s">
-        <v>314</v>
+        <v>472</v>
       </c>
       <c r="I8" t="s">
-        <v>315</v>
+        <v>473</v>
       </c>
       <c r="J8" t="s">
-        <v>316</v>
+        <v>474</v>
       </c>
       <c r="K8" t="s">
-        <v>287</v>
+        <v>445</v>
       </c>
       <c r="L8" t="s">
-        <v>317</v>
+        <v>475</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:K31"/>
+  <dimension ref="A1:N5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>241</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>318</v>
+        <v>243</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>242</v>
+        <v>476</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>319</v>
+        <v>245</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>5</v>
+        <v>402</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>243</v>
+        <v>477</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>320</v>
+        <v>403</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>321</v>
+        <v>404</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>322</v>
+        <v>478</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>481</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>323</v>
+        <v>482</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>324</v>
+        <v>96</v>
+      </c>
+      <c r="C2">
+        <v>1710</v>
       </c>
       <c r="D2" t="s">
-        <v>325</v>
+        <v>483</v>
       </c>
       <c r="E2" t="s">
-        <v>326</v>
+        <v>484</v>
       </c>
       <c r="F2" t="s">
-        <v>327</v>
+        <v>103</v>
       </c>
       <c r="G2" t="s">
-        <v>328</v>
-[...5 lines deleted...]
-        <v>329</v>
+        <v>408</v>
+      </c>
+      <c r="H2">
+        <v>22437</v>
+      </c>
+      <c r="I2">
+        <v>2467851</v>
       </c>
       <c r="J2" t="s">
-        <v>330</v>
+        <v>38</v>
       </c>
       <c r="K2" t="s">
-        <v>329</v>
+        <v>485</v>
+      </c>
+      <c r="L2" t="s">
+        <v>486</v>
+      </c>
+      <c r="M2" t="s">
+        <v>485</v>
+      </c>
+      <c r="N2">
+        <v>1093</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>331</v>
+        <v>487</v>
       </c>
       <c r="B3" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>332</v>
+        <v>112</v>
+      </c>
+      <c r="C3">
+        <v>1071</v>
       </c>
       <c r="D3" t="s">
-        <v>333</v>
+        <v>117</v>
       </c>
       <c r="E3" t="s">
-        <v>334</v>
+        <v>488</v>
       </c>
       <c r="F3" t="s">
-        <v>327</v>
+        <v>118</v>
       </c>
       <c r="G3" t="s">
-        <v>328</v>
-[...5 lines deleted...]
-        <v>335</v>
+        <v>408</v>
+      </c>
+      <c r="H3">
+        <v>14007</v>
+      </c>
+      <c r="I3">
+        <v>225000</v>
       </c>
       <c r="J3" t="s">
-        <v>330</v>
+        <v>38</v>
       </c>
       <c r="K3" t="s">
-        <v>335</v>
+        <v>489</v>
+      </c>
+      <c r="L3" t="s">
+        <v>490</v>
+      </c>
+      <c r="M3" t="s">
+        <v>489</v>
+      </c>
+      <c r="N3">
+        <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>336</v>
+        <v>491</v>
       </c>
       <c r="B4" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>337</v>
+        <v>137</v>
+      </c>
+      <c r="C4">
+        <v>3945</v>
       </c>
       <c r="D4" t="s">
-        <v>338</v>
+        <v>492</v>
       </c>
       <c r="E4" t="s">
-        <v>339</v>
+        <v>493</v>
       </c>
       <c r="F4" t="s">
-        <v>327</v>
+        <v>144</v>
       </c>
       <c r="G4" t="s">
-        <v>328</v>
-[...5 lines deleted...]
-        <v>340</v>
+        <v>408</v>
+      </c>
+      <c r="H4">
+        <v>49396</v>
+      </c>
+      <c r="I4">
+        <v>0</v>
       </c>
       <c r="J4" t="s">
-        <v>330</v>
+        <v>38</v>
       </c>
       <c r="K4" t="s">
-        <v>340</v>
+        <v>494</v>
+      </c>
+      <c r="L4" t="s">
+        <v>495</v>
+      </c>
+      <c r="M4" t="s">
+        <v>494</v>
+      </c>
+      <c r="N4">
+        <v>1095</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>341</v>
+        <v>496</v>
       </c>
       <c r="B5" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>342</v>
+        <v>146</v>
+      </c>
+      <c r="C5">
+        <v>1702</v>
       </c>
       <c r="D5" t="s">
-        <v>343</v>
+        <v>497</v>
       </c>
       <c r="E5" t="s">
-        <v>344</v>
+        <v>498</v>
       </c>
       <c r="F5" t="s">
-        <v>327</v>
+        <v>151</v>
       </c>
       <c r="G5" t="s">
-        <v>328</v>
-[...5 lines deleted...]
-        <v>345</v>
+        <v>408</v>
+      </c>
+      <c r="H5">
+        <v>25857</v>
+      </c>
+      <c r="I5">
+        <v>371880</v>
       </c>
       <c r="J5" t="s">
-        <v>330</v>
+        <v>38</v>
       </c>
       <c r="K5" t="s">
-        <v>345</v>
-[...540 lines deleted...]
-      <c r="E21" t="s">
+        <v>499</v>
+      </c>
+      <c r="L5" t="s">
+        <v>500</v>
+      </c>
+      <c r="M5" t="s">
+        <v>499</v>
+      </c>
+      <c r="N5">
         <v>425</v>
-      </c>
-[...366 lines deleted...]
-        <v>475</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:K5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C1" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="D1" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E1" s="1" t="s">
-        <v>476</v>
+        <v>243</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>244</v>
+        <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>477</v>
+        <v>245</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>478</v>
-[...8 lines deleted...]
-        <v>481</v>
+        <v>248</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>502</v>
+      </c>
+      <c r="B2" t="s">
         <v>482</v>
       </c>
-      <c r="B2" t="s">
-[...3 lines deleted...]
-        <v>1710</v>
+      <c r="C2" t="s">
+        <v>96</v>
       </c>
       <c r="D2" t="s">
-        <v>483</v>
+        <v>503</v>
       </c>
       <c r="E2" t="s">
+        <v>504</v>
+      </c>
+      <c r="F2" t="s">
+        <v>253</v>
+      </c>
+      <c r="G2" t="s">
+        <v>254</v>
+      </c>
+      <c r="H2" t="s">
+        <v>103</v>
+      </c>
+      <c r="I2" t="s">
+        <v>505</v>
+      </c>
+      <c r="J2" t="s">
+        <v>253</v>
+      </c>
+      <c r="K2" t="s">
         <v>484</v>
-      </c>
-[...25 lines deleted...]
-        <v>1093</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>506</v>
+      </c>
+      <c r="B3" t="s">
         <v>487</v>
       </c>
-      <c r="B3" t="s">
-[...3 lines deleted...]
-        <v>1071</v>
+      <c r="C3" t="s">
+        <v>112</v>
       </c>
       <c r="D3" t="s">
-        <v>98</v>
+        <v>507</v>
       </c>
       <c r="E3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F3" t="s">
+        <v>253</v>
+      </c>
+      <c r="G3" t="s">
+        <v>254</v>
+      </c>
+      <c r="H3" t="s">
+        <v>118</v>
+      </c>
+      <c r="I3" t="s">
+        <v>505</v>
+      </c>
+      <c r="J3" t="s">
+        <v>253</v>
+      </c>
+      <c r="K3" t="s">
         <v>488</v>
-      </c>
-[...25 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>491</v>
-[...161 lines deleted...]
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="B4" t="s">
         <v>491</v>
       </c>
       <c r="C4" t="s">
-        <v>171</v>
+        <v>137</v>
       </c>
       <c r="D4" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="E4" t="s">
+        <v>510</v>
+      </c>
+      <c r="F4" t="s">
+        <v>253</v>
+      </c>
+      <c r="G4" t="s">
+        <v>254</v>
+      </c>
+      <c r="H4" t="s">
+        <v>144</v>
+      </c>
+      <c r="I4" t="s">
         <v>505</v>
       </c>
-      <c r="F4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>355</v>
+        <v>253</v>
       </c>
       <c r="K4" t="s">
         <v>493</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>511</v>
+      </c>
+      <c r="B5" t="s">
+        <v>496</v>
+      </c>
+      <c r="C5" t="s">
+        <v>146</v>
+      </c>
+      <c r="D5" t="s">
+        <v>512</v>
+      </c>
+      <c r="E5" t="s">
+        <v>513</v>
+      </c>
+      <c r="F5" t="s">
+        <v>296</v>
+      </c>
+      <c r="G5" t="s">
+        <v>254</v>
+      </c>
+      <c r="H5" t="s">
+        <v>151</v>
+      </c>
+      <c r="I5" t="s">
+        <v>505</v>
+      </c>
+      <c r="J5" t="s">
+        <v>296</v>
+      </c>
+      <c r="K5" t="s">
+        <v>498</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>241</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>265</v>
+        <v>423</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
       <c r="B2" t="s">
-        <v>75</v>
+        <v>96</v>
       </c>
       <c r="C2">
         <v>15255</v>
       </c>
       <c r="D2" t="s">
-        <v>507</v>
+        <v>515</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
       <c r="B3" t="s">
-        <v>185</v>
+        <v>164</v>
       </c>
       <c r="C3">
         <v>19759</v>
       </c>
       <c r="D3" t="s">
-        <v>509</v>
+        <v>517</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>main</vt:lpstr>
+      <vt:lpstr>tender_documents</vt:lpstr>
       <vt:lpstr>awards</vt:lpstr>
       <vt:lpstr>awards_suppliers</vt:lpstr>
       <vt:lpstr>parties</vt:lpstr>
-      <vt:lpstr>tender_documents</vt:lpstr>
       <vt:lpstr>contracts</vt:lpstr>
       <vt:lpstr>contracts_documents</vt:lpstr>
       <vt:lpstr>tender_tenderers</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>