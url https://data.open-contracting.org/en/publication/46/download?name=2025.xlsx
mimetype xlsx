--- v0 (2025-10-13)
+++ v1 (2025-12-15)
@@ -169,597 +169,597 @@
   <si>
     <t>Österreichische Post AG</t>
   </si>
   <si>
     <t>15bf7ea5-110b-38cc-a4cc-49b5a2afe629</t>
   </si>
   <si>
     <t>PT_RESTRICTED,PT_WITHOUT_PRIOR_NOTICE</t>
   </si>
   <si>
     <t>5100815702</t>
   </si>
   <si>
     <t>Atos-1 2025</t>
   </si>
   <si>
     <t>limited</t>
   </si>
   <si>
     <t>2025-02-19T14:41:37.917138</t>
   </si>
   <si>
     <t>id-2.0</t>
   </si>
   <si>
+    <t>ocds-70d2nz-57c0509a-03dc-3306-ab25-73a79dc5d2c6-2025-01-01T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-57c0509a-03dc-3306-ab25-73a79dc5d2c6</t>
+  </si>
+  <si>
+    <t>AT_body_42cc6640f7bc0becdab04ffebc6375a452a6d8e81915c50a737bd97b1b5e3608</t>
+  </si>
+  <si>
+    <t>ÖBB-Personenverkehr AG</t>
+  </si>
+  <si>
+    <t>57c0509a-03dc-3306-ab25-73a79dc5d2c6</t>
+  </si>
+  <si>
+    <t>Koordination von Telematikthemen bei Schienenfahrzeugen</t>
+  </si>
+  <si>
+    <t>- Eigenständige Koordination der einzelnen Fachbereiche bei Telematiksystemen wie WLAN, Fahrgastinformation, Datenfernübertragung im Rahmen von Fahrzeugbeschaffungs- oder Umbauprojekten der ÖBB-Personenverkehr AG zur Sicherstellung eines Gesamtoptimums - Mitarbeit bei den Anforderungskriterien für die Zugtelematik in Abstimmung mit den Marktbereichen, den IT-Abteilungen und den InstandhalterInnen. - Unterstützung bei der Planung, Budgetierung und dem Aufwandscontrolling</t>
+  </si>
+  <si>
+    <t>2025-02-19T14:40:41.710199</t>
+  </si>
+  <si>
+    <t>id-5.0</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-69859192-32fd-35d4-bbbf-9d75cc1e56b7-2025-01-01T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-69859192-32fd-35d4-bbbf-9d75cc1e56b7</t>
+  </si>
+  <si>
+    <t>AT_body_45f091a2dfc9b10702b0f38f2f104f2c2d8da8816dd07873b8176db933af29b4</t>
+  </si>
+  <si>
+    <t>ÖBB-Infrastruktur AG</t>
+  </si>
+  <si>
+    <t>69859192-32fd-35d4-bbbf-9d75cc1e56b7</t>
+  </si>
+  <si>
+    <t>Sozialarbeit für Lehrlinge in der Lehrwerkstätte Wien</t>
+  </si>
+  <si>
+    <t>Sozialpädagogische Betreuung sowie spezielle Sozialarbeit für männliche und weibliche Lehrlinge (Regellehrlinge sowie Lehrlinge mit verlängerter Lehrzeit) in der Lehrwerkstätte Wien.</t>
+  </si>
+  <si>
+    <t>2025-02-19T14:40:46.189729</t>
+  </si>
+  <si>
+    <t>id-29.0</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-b0caca47-fc02-33e4-8414-97986fe0c614-2025-01-01T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-b0caca47-fc02-33e4-8414-97986fe0c614</t>
+  </si>
+  <si>
+    <t>b0caca47-fc02-33e4-8414-97986fe0c614</t>
+  </si>
+  <si>
+    <t>works</t>
+  </si>
+  <si>
+    <t>RVB OLpfahlfundierung und Maststellgerät</t>
+  </si>
+  <si>
+    <t>Pfahlfundierungen mit Schlagrammverfahren für Oberleitungsmaste aus Stahlbeton (inkl. Stahlsondermast schmal mit Betonsockel) an Neubau- und Bestandstrecken des AG (österreichweit), wo konventionelle Fundierungen aufgrund fehlender örtlicher Gegebenheiten (Geologie, Topografie, Querschnitte) nicht angewendet werden können. Maststellgerät für das Manipulieren, Stellen und Ziehen von Oberleitungsstahlbeton- und Stahlmaste auf Neubau- und Bestandstrecken des AG. Oberleitungsmontagearbeiten als Nebentätigkeit an Neubau- und Bestandstrecken des AG (österreichweit) für Oberleitungsanlagen. Die Arbeiten auf Bestandsstrecken finden unter Aufrechterhaltung des Bahnbetriebs statt</t>
+  </si>
+  <si>
+    <t>2025-02-19T14:41:02.537841</t>
+  </si>
+  <si>
+    <t>id-31.0</t>
+  </si>
+  <si>
     <t>ocds-70d2nz-1d5210b5-8049-30c4-88a4-90874ece1536-2025-01-01T00:00:00.000Z</t>
   </si>
   <si>
     <t>ocds-70d2nz-1d5210b5-8049-30c4-88a4-90874ece1536</t>
   </si>
   <si>
     <t>1d5210b5-8049-30c4-88a4-90874ece1536</t>
   </si>
   <si>
     <t>PT_RESTRICTED,PT_WITH_PRIOR_NOTICE</t>
   </si>
   <si>
     <t>5100815705</t>
   </si>
   <si>
     <t>Active Sol-13 2025</t>
   </si>
   <si>
     <t>2025-02-19T14:41:39.026153</t>
   </si>
   <si>
-    <t>id-29.0</t>
-[...76 lines deleted...]
-  <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>relatedLots</t>
   </si>
   <si>
     <t>relatedBid</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>id-0.0.awards.0</t>
   </si>
   <si>
     <t>award-1</t>
   </si>
   <si>
     <t>lot-1</t>
   </si>
   <si>
     <t>bid-1</t>
   </si>
   <si>
     <t>id-1.0.awards.0</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>id-2.0.awards.0</t>
   </si>
   <si>
+    <t>id-5.0.awards.0</t>
+  </si>
+  <si>
     <t>id-29.0.awards.0</t>
   </si>
   <si>
-    <t>id-30.0.awards.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-31.0.awards.0</t>
   </si>
   <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
     <t>documentType</t>
   </si>
   <si>
     <t>datePublished</t>
   </si>
   <si>
     <t>id-0.0.awards.0.documents.0</t>
   </si>
   <si>
     <t>document-1</t>
   </si>
   <si>
     <t>https://www.provia.at/bieterportal/ExternalProViaOpenDataService/Kerndaten/5f202e45-1ebb-41a6-871d-fca2b9ad876b</t>
   </si>
   <si>
     <t>awardNotice</t>
   </si>
   <si>
     <t>id-1.0.awards.0.documents.0</t>
   </si>
   <si>
     <t>https://www.post.at/kdq/5100815702.xml</t>
   </si>
   <si>
     <t>id-2.0.awards.0.documents.0</t>
   </si>
   <si>
+    <t>https://www.provia.at/bieterportal/ExternalProViaOpenDataService/Kerndaten/0a19540c-6fd2-4d54-8070-9b37f8942fe0</t>
+  </si>
+  <si>
+    <t>id-5.0.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.provia.at/bieterportal/ExternalProViaOpenDataService/Kerndaten/efae0514-38b9-4fed-a308-2db1906fe956</t>
+  </si>
+  <si>
+    <t>id-29.0.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.provia.at/bieterportal/ExternalProViaOpenDataService/Kerndaten/b73fe14b-fe43-48d4-8aef-302291d73485</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0.documents.0</t>
+  </si>
+  <si>
     <t>https://www.post.at/kdq/5100815705.xml</t>
   </si>
   <si>
-    <t>id-29.0.awards.0.documents.0</t>
-[...16 lines deleted...]
-  <si>
     <t>name</t>
   </si>
   <si>
     <t>id-0.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>AT_body_35e67cf377828e29852b904029e8479a60d9079fd0ea8aa2ce10243fd58582ef</t>
   </si>
   <si>
     <t>Ralph Bernhard Consulting &amp; Solutions Consulting &amp; Solutions</t>
   </si>
   <si>
     <t>id-1.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>AT_body_666f99a6bb373748da3054722675cf8c7ccee471ff4f15d0c6ac8e9b74cf86ab</t>
   </si>
   <si>
     <t>Atos Technologies Austria GmbH</t>
   </si>
   <si>
     <t>id-2.0.awards.0.suppliers.0</t>
   </si>
   <si>
+    <t>AT_body_22111cdf2e30b7fe681a7b2e9cbd5284e1de07a4ff7be6d4a1dfb2c2199f96f4</t>
+  </si>
+  <si>
+    <t>Rahmenvereinbarung mit mehreren Unternehmern</t>
+  </si>
+  <si>
+    <t>id-5.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>AT_body_b8ebdba5af2d81721748290ab9c23db0d833539ebfc2a8e072ab63b99d981817</t>
+  </si>
+  <si>
+    <t>Erstgereihter RVP: Bietergemeinschaft FAB / Jugend am Werk; Zweitgereihter RVP: Verein für Training, Integration und Weiterbildung</t>
+  </si>
+  <si>
+    <t>id-29.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>AT_body_f6ec9d8c28a5af0e7394e359735c7125efb8eb2719ff68747f13eb8a0d3ae17a</t>
+  </si>
+  <si>
+    <t>European Trans Energy GmbH</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
     <t>AT_body_a8bda99dde7e4e2a92237b859fbb3d623737a9449e872db5f741dde729cf7d72</t>
   </si>
   <si>
     <t>ACTIVE SOLUTION AG</t>
   </si>
   <si>
-    <t>id-29.0.awards.0.suppliers.0</t>
-[...25 lines deleted...]
-  <si>
     <t>roles</t>
   </si>
   <si>
     <t>contactPoint_email</t>
   </si>
   <si>
     <t>contactPoint_telephone</t>
   </si>
   <si>
     <t>id-0.0.parties.0</t>
   </si>
   <si>
     <t>buyer</t>
   </si>
   <si>
     <t>Zuzana.Luptakova@oebb.at</t>
   </si>
   <si>
     <t>+43 664 8338216</t>
   </si>
   <si>
     <t>id-0.0.parties.1</t>
   </si>
   <si>
     <t>supplier</t>
   </si>
   <si>
     <t>id-1.0.parties.0</t>
   </si>
   <si>
     <t>cecilia.alexy@post.at</t>
   </si>
   <si>
     <t>+43 6646241615</t>
   </si>
   <si>
     <t>id-1.0.parties.1</t>
   </si>
   <si>
     <t>id-2.0.parties.0</t>
   </si>
   <si>
+    <t>jack.lahdo@oebb.at</t>
+  </si>
+  <si>
+    <t>+43 664 8295226</t>
+  </si>
+  <si>
     <t>id-2.0.parties.1</t>
   </si>
   <si>
+    <t>id-5.0.parties.0</t>
+  </si>
+  <si>
+    <t>josef.temmel2@oebb.at</t>
+  </si>
+  <si>
+    <t>+43 5 17789735008</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.1</t>
+  </si>
+  <si>
     <t>id-29.0.parties.0</t>
   </si>
   <si>
-    <t>josef.temmel2@oebb.at</t>
-[...4 lines deleted...]
-  <si>
     <t>id-29.0.parties.1</t>
   </si>
   <si>
-    <t>id-30.0.parties.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-31.0.parties.0</t>
   </si>
   <si>
-    <t>jack.lahdo@oebb.at</t>
-[...4 lines deleted...]
-  <si>
     <t>id-31.0.parties.1</t>
   </si>
   <si>
     <t>_link_parties</t>
   </si>
   <si>
     <t>scheme</t>
   </si>
   <si>
     <t>id-0.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>FN247642fx</t>
   </si>
   <si>
     <t>ORGANIZATION_ID</t>
   </si>
   <si>
     <t>id-1.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>FN180219d</t>
   </si>
   <si>
     <t>id-1.0.parties.1.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>FN597721b</t>
   </si>
   <si>
     <t>id-2.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
-    <t>id-2.0.parties.1.additionalIdentifiers.0</t>
+    <t>FN248742y</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>FN71396w</t>
+  </si>
+  <si>
+    <t>id-29.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>id-29.0.parties.1.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>FN276198Z</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.1.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>FN299732h</t>
   </si>
   <si>
-    <t>id-29.0.parties.0.additionalIdentifiers.0</t>
-[...19 lines deleted...]
-  <si>
     <t>awardID</t>
   </si>
   <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>id-0.0.contracts.0</t>
   </si>
   <si>
     <t>contract-1</t>
   </si>
   <si>
     <t>id-1.0.contracts.0</t>
   </si>
   <si>
     <t>2024-12-31T00:00:00.000Z</t>
   </si>
   <si>
     <t>id-2.0.contracts.0</t>
   </si>
   <si>
+    <t>id-5.0.contracts.0</t>
+  </si>
+  <si>
     <t>id-29.0.contracts.0</t>
   </si>
   <si>
-    <t>id-30.0.contracts.0</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-25T00:00:00.000Z</t>
   </si>
   <si>
     <t>id-31.0.contracts.0</t>
   </si>
   <si>
     <t>id-0.0.bids.details.0</t>
   </si>
   <si>
     <t>id-1.0.bids.details.0</t>
   </si>
   <si>
     <t>id-2.0.bids.details.0</t>
   </si>
   <si>
+    <t>id-5.0.bids.details.0</t>
+  </si>
+  <si>
     <t>id-29.0.bids.details.0</t>
   </si>
   <si>
-    <t>id-30.0.bids.details.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-31.0.bids.details.0</t>
   </si>
   <si>
     <t>_link_bids_details</t>
   </si>
   <si>
     <t>id-0.0.bids.details.0.tenderers.0</t>
   </si>
   <si>
     <t>id-1.0.bids.details.0.tenderers.0</t>
   </si>
   <si>
     <t>id-2.0.bids.details.0.tenderers.0</t>
   </si>
   <si>
+    <t>id-5.0.bids.details.0.tenderers.0</t>
+  </si>
+  <si>
     <t>id-29.0.bids.details.0.tenderers.0</t>
   </si>
   <si>
-    <t>id-30.0.bids.details.0.tenderers.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-31.0.bids.details.0.tenderers.0</t>
   </si>
   <si>
     <t>id-0.0.tender.lots.0</t>
   </si>
   <si>
     <t>https://raw.githubusercontent.com/open-contracting/ocds_lots_extension/v1.1.1/extension.json</t>
   </si>
   <si>
     <t>id-1.0.tender.lots.0</t>
   </si>
   <si>
     <t>id-2.0.tender.lots.0</t>
   </si>
   <si>
+    <t>id-5.0.tender.lots.0</t>
+  </si>
+  <si>
     <t>id-29.0.tender.lots.0</t>
   </si>
   <si>
-    <t>id-30.0.tender.lots.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-31.0.tender.lots.0</t>
   </si>
   <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
     <t>id-0.0.tender.items.0</t>
   </si>
   <si>
     <t>item-1</t>
   </si>
   <si>
     <t>CPV</t>
   </si>
   <si>
     <t>id-1.0.tender.items.0</t>
   </si>
   <si>
     <t>id-2.0.tender.items.0</t>
   </si>
   <si>
+    <t>id-5.0.tender.items.0</t>
+  </si>
+  <si>
     <t>id-29.0.tender.items.0</t>
   </si>
   <si>
-    <t>id-30.0.tender.items.0</t>
-[...2 lines deleted...]
-    <t>id-30.0.tender.items.1</t>
+    <t>id-29.0.tender.items.1</t>
   </si>
   <si>
     <t>item-2</t>
   </si>
   <si>
-    <t>id-30.0.tender.items.2</t>
+    <t>id-29.0.tender.items.2</t>
   </si>
   <si>
     <t>item-3</t>
   </si>
   <si>
-    <t>id-30.0.tender.items.3</t>
+    <t>id-29.0.tender.items.3</t>
   </si>
   <si>
     <t>item-4</t>
   </si>
   <si>
     <t>id-31.0.tender.items.0</t>
   </si>
   <si>
     <t>value</t>
   </si>
   <si>
     <t>measure</t>
   </si>
   <si>
     <t>relatedLot</t>
   </si>
   <si>
-    <t>id-2.0.bids.statistics.0</t>
+    <t>id-29.0.bids.statistics.0</t>
   </si>
   <si>
     <t>statistic-1</t>
   </si>
   <si>
     <t>smeBids</t>
   </si>
   <si>
-    <t>id-30.0.bids.statistics.0</t>
+    <t>id-31.0.bids.statistics.0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1245,228 +1245,228 @@
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
         <v>45</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>21</v>
       </c>
       <c r="F4" t="s">
         <v>46</v>
       </c>
       <c r="G4" t="s">
         <v>23</v>
       </c>
       <c r="H4" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="I4" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="J4" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="K4" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="L4" t="s">
         <v>28</v>
       </c>
       <c r="M4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O4" t="s">
         <v>31</v>
       </c>
+      <c r="P4">
+        <v>1440</v>
+      </c>
       <c r="Q4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G5" t="s">
         <v>23</v>
       </c>
       <c r="H5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K5" t="s">
         <v>27</v>
       </c>
       <c r="L5" t="s">
         <v>28</v>
       </c>
       <c r="M5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="N5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="O5" t="s">
         <v>31</v>
       </c>
       <c r="P5">
         <v>2880</v>
       </c>
       <c r="Q5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
       <c r="H6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="K6" t="s">
         <v>27</v>
       </c>
       <c r="L6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="N6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="O6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G7" t="s">
         <v>23</v>
       </c>
       <c r="H7" t="s">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="I7" t="s">
+        <v>37</v>
+      </c>
+      <c r="J7" t="s">
         <v>73</v>
       </c>
-      <c r="J7" t="s">
+      <c r="K7" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="L7" t="s">
         <v>28</v>
       </c>
       <c r="M7" t="s">
         <v>75</v>
       </c>
       <c r="N7" t="s">
         <v>76</v>
       </c>
       <c r="O7" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>1440</v>
       </c>
       <c r="Q7" t="s">
         <v>77</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>78</v>
       </c>
@@ -1502,79 +1502,79 @@
         <v>85</v>
       </c>
       <c r="D3" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>201</v>
       </c>
       <c r="B4" t="s">
         <v>44</v>
       </c>
       <c r="C4" t="s">
         <v>85</v>
       </c>
       <c r="D4" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>202</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C5" t="s">
         <v>85</v>
       </c>
       <c r="D5" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>203</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s">
         <v>85</v>
       </c>
       <c r="D6" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>204</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
         <v>85</v>
       </c>
       <c r="D7" t="s">
         <v>199</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -1614,223 +1614,223 @@
       </c>
       <c r="B3" t="s">
         <v>33</v>
       </c>
       <c r="C3" t="s">
         <v>208</v>
       </c>
       <c r="D3">
         <v>72000000</v>
       </c>
       <c r="E3" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>211</v>
       </c>
       <c r="B4" t="s">
         <v>44</v>
       </c>
       <c r="C4" t="s">
         <v>208</v>
       </c>
       <c r="D4">
-        <v>72000000</v>
+        <v>79400000</v>
       </c>
       <c r="E4" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>212</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C5" t="s">
         <v>208</v>
       </c>
       <c r="D5">
         <v>85000000</v>
       </c>
       <c r="E5" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>213</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s">
         <v>208</v>
       </c>
       <c r="D6">
         <v>45262211</v>
       </c>
       <c r="E6" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>214</v>
       </c>
       <c r="B7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
         <v>215</v>
       </c>
       <c r="D7">
         <v>45234160</v>
       </c>
       <c r="E7" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>216</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
         <v>217</v>
       </c>
       <c r="D8">
         <v>45262210</v>
       </c>
       <c r="E8" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>218</v>
       </c>
       <c r="B9" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C9" t="s">
         <v>219</v>
       </c>
       <c r="D9">
         <v>45232200</v>
       </c>
       <c r="E9" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>220</v>
       </c>
       <c r="B10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C10" t="s">
         <v>208</v>
       </c>
       <c r="D10">
-        <v>79400000</v>
+        <v>72000000</v>
       </c>
       <c r="E10" t="s">
         <v>209</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>78</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>221</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>222</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>224</v>
       </c>
       <c r="B2" t="s">
-        <v>44</v>
+        <v>62</v>
       </c>
       <c r="C2" t="s">
         <v>225</v>
       </c>
       <c r="D2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="E2" t="s">
         <v>226</v>
       </c>
       <c r="F2" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>227</v>
       </c>
       <c r="B3" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="C3" t="s">
         <v>225</v>
       </c>
       <c r="D3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>226</v>
       </c>
       <c r="F3" t="s">
         <v>85</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -1887,112 +1887,112 @@
         <v>86</v>
       </c>
       <c r="F3">
         <v>114240</v>
       </c>
       <c r="G3" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>89</v>
       </c>
       <c r="B4" t="s">
         <v>44</v>
       </c>
       <c r="C4" t="s">
         <v>84</v>
       </c>
       <c r="D4" t="s">
         <v>85</v>
       </c>
       <c r="E4" t="s">
         <v>86</v>
       </c>
-      <c r="F4">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>90</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C5" t="s">
         <v>84</v>
       </c>
       <c r="D5" t="s">
         <v>85</v>
       </c>
       <c r="E5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>91</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s">
         <v>84</v>
       </c>
       <c r="D6" t="s">
         <v>85</v>
       </c>
       <c r="E6" t="s">
         <v>86</v>
       </c>
       <c r="F6">
         <v>292821.95</v>
       </c>
       <c r="G6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>92</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
         <v>84</v>
       </c>
       <c r="D7" t="s">
         <v>85</v>
       </c>
       <c r="E7" t="s">
         <v>86</v>
+      </c>
+      <c r="F7">
+        <v>132800</v>
+      </c>
+      <c r="G7" t="s">
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>93</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>78</v>
       </c>
@@ -2064,97 +2064,97 @@
       </c>
       <c r="C4" t="s">
         <v>44</v>
       </c>
       <c r="D4" t="s">
         <v>98</v>
       </c>
       <c r="E4" t="s">
         <v>104</v>
       </c>
       <c r="F4" t="s">
         <v>100</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>105</v>
       </c>
       <c r="B5" t="s">
         <v>90</v>
       </c>
       <c r="C5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D5" t="s">
         <v>98</v>
       </c>
       <c r="E5" t="s">
         <v>106</v>
       </c>
       <c r="F5" t="s">
         <v>100</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>107</v>
       </c>
       <c r="B6" t="s">
         <v>91</v>
       </c>
       <c r="C6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D6" t="s">
         <v>98</v>
       </c>
       <c r="E6" t="s">
         <v>108</v>
       </c>
       <c r="F6" t="s">
         <v>100</v>
       </c>
       <c r="G6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>109</v>
       </c>
       <c r="B7" t="s">
         <v>92</v>
       </c>
       <c r="C7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D7" t="s">
         <v>98</v>
       </c>
       <c r="E7" t="s">
         <v>110</v>
       </c>
       <c r="F7" t="s">
         <v>100</v>
       </c>
       <c r="G7" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
@@ -2214,85 +2214,85 @@
     <row r="4">
       <c r="A4" t="s">
         <v>118</v>
       </c>
       <c r="B4" t="s">
         <v>89</v>
       </c>
       <c r="C4" t="s">
         <v>44</v>
       </c>
       <c r="D4" t="s">
         <v>119</v>
       </c>
       <c r="E4" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>121</v>
       </c>
       <c r="B5" t="s">
         <v>90</v>
       </c>
       <c r="C5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D5" t="s">
         <v>122</v>
       </c>
       <c r="E5" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>124</v>
       </c>
       <c r="B6" t="s">
         <v>91</v>
       </c>
       <c r="C6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D6" t="s">
         <v>125</v>
       </c>
       <c r="E6" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>127</v>
       </c>
       <c r="B7" t="s">
         <v>92</v>
       </c>
       <c r="C7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D7" t="s">
         <v>128</v>
       </c>
       <c r="E7" t="s">
         <v>129</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -2381,191 +2381,191 @@
     <row r="5">
       <c r="A5" t="s">
         <v>142</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
       <c r="C5" t="s">
         <v>116</v>
       </c>
       <c r="D5" t="s">
         <v>117</v>
       </c>
       <c r="E5" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>143</v>
       </c>
       <c r="B6" t="s">
         <v>44</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="E6" t="s">
         <v>134</v>
       </c>
       <c r="F6" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="G6" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B7" t="s">
         <v>44</v>
       </c>
       <c r="C7" t="s">
         <v>119</v>
       </c>
       <c r="D7" t="s">
         <v>120</v>
       </c>
       <c r="E7" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C8" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D8" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E8" t="s">
         <v>134</v>
       </c>
       <c r="F8" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G8" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C9" t="s">
         <v>122</v>
       </c>
       <c r="D9" t="s">
         <v>123</v>
       </c>
       <c r="E9" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E10" t="s">
         <v>134</v>
       </c>
       <c r="F10" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G10" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C11" t="s">
         <v>125</v>
       </c>
       <c r="D11" t="s">
         <v>126</v>
       </c>
       <c r="E11" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C12" t="s">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>37</v>
       </c>
       <c r="E12" t="s">
         <v>134</v>
       </c>
       <c r="F12" t="s">
-        <v>152</v>
+        <v>140</v>
       </c>
       <c r="G12" t="s">
-        <v>153</v>
+        <v>141</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>154</v>
       </c>
       <c r="B13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C13" t="s">
         <v>128</v>
       </c>
       <c r="D13" t="s">
         <v>129</v>
       </c>
       <c r="E13" t="s">
         <v>138</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -2625,133 +2625,133 @@
       </c>
       <c r="B4" t="s">
         <v>142</v>
       </c>
       <c r="C4" t="s">
         <v>33</v>
       </c>
       <c r="D4" t="s">
         <v>163</v>
       </c>
       <c r="E4" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>164</v>
       </c>
       <c r="B5" t="s">
         <v>143</v>
       </c>
       <c r="C5" t="s">
         <v>44</v>
       </c>
       <c r="D5" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="E5" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B6" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C6" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="D6" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E6" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>168</v>
+      </c>
+      <c r="B7" t="s">
+        <v>151</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
         <v>167</v>
-      </c>
-[...7 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E7" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>169</v>
       </c>
       <c r="B8" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D8" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E8" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B9" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C9" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="D9" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="E9" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>172</v>
       </c>
       <c r="B10" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="C10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D10" t="s">
         <v>173</v>
       </c>
       <c r="E10" t="s">
         <v>159</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -2794,102 +2794,102 @@
       </c>
       <c r="C3" t="s">
         <v>177</v>
       </c>
       <c r="D3" t="s">
         <v>84</v>
       </c>
       <c r="E3" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>180</v>
       </c>
       <c r="B4" t="s">
         <v>44</v>
       </c>
       <c r="C4" t="s">
         <v>177</v>
       </c>
       <c r="D4" t="s">
         <v>84</v>
       </c>
       <c r="E4" t="s">
-        <v>179</v>
+        <v>21</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>181</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C5" t="s">
         <v>177</v>
       </c>
       <c r="D5" t="s">
         <v>84</v>
       </c>
       <c r="E5" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>182</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s">
         <v>177</v>
       </c>
       <c r="D6" t="s">
         <v>84</v>
       </c>
       <c r="E6" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>184</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
         <v>177</v>
       </c>
       <c r="D7" t="s">
         <v>84</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>179</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>78</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -2928,103 +2928,103 @@
         <v>86</v>
       </c>
       <c r="D3" t="s">
         <v>85</v>
       </c>
       <c r="E3">
         <v>114240</v>
       </c>
       <c r="F3" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>187</v>
       </c>
       <c r="B4" t="s">
         <v>44</v>
       </c>
       <c r="C4" t="s">
         <v>86</v>
       </c>
       <c r="D4" t="s">
         <v>85</v>
       </c>
-      <c r="E4">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>188</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C5" t="s">
         <v>86</v>
       </c>
       <c r="D5" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>189</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s">
         <v>86</v>
       </c>
       <c r="D6" t="s">
         <v>85</v>
       </c>
       <c r="E6">
         <v>292821.95</v>
       </c>
       <c r="F6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>190</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
         <v>86</v>
       </c>
       <c r="D7" t="s">
         <v>85</v>
+      </c>
+      <c r="E7">
+        <v>132800</v>
+      </c>
+      <c r="F7" t="s">
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>191</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>78</v>
       </c>
@@ -3072,85 +3072,85 @@
     <row r="4">
       <c r="A4" t="s">
         <v>194</v>
       </c>
       <c r="B4" t="s">
         <v>187</v>
       </c>
       <c r="C4" t="s">
         <v>44</v>
       </c>
       <c r="D4" t="s">
         <v>119</v>
       </c>
       <c r="E4" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>195</v>
       </c>
       <c r="B5" t="s">
         <v>188</v>
       </c>
       <c r="C5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D5" t="s">
         <v>122</v>
       </c>
       <c r="E5" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>196</v>
       </c>
       <c r="B6" t="s">
         <v>189</v>
       </c>
       <c r="C6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D6" t="s">
         <v>125</v>
       </c>
       <c r="E6" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>197</v>
       </c>
       <c r="B7" t="s">
         <v>190</v>
       </c>
       <c r="C7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D7" t="s">
         <v>128</v>
       </c>
       <c r="E7" t="s">
         <v>129</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>