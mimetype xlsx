--- v0 (2025-11-02)
+++ v1 (2025-12-14)
@@ -54,51 +54,51 @@
     <sheet name="contracts" sheetId="5" r:id="rId5"/>
     <sheet name="contracts_items" sheetId="6" r:id="rId6"/>
     <sheet name="contracts_documents" sheetId="7" r:id="rId7"/>
     <sheet name="contracts_value_exchangerates" sheetId="8" r:id="rId8"/>
     <sheet name="contracts_implementa_documents" sheetId="9" r:id="rId9"/>
     <sheet name="contract_implemen_transactions" sheetId="10" r:id="rId10"/>
     <sheet name="planning_documents" sheetId="11" r:id="rId11"/>
     <sheet name="planning_requestingunits" sheetId="12" r:id="rId12"/>
     <sheet name="planning_contractingunits" sheetId="13" r:id="rId13"/>
     <sheet name="planning_responsibleunits" sheetId="14" r:id="rId14"/>
     <sheet name="planning_budget_budgetbreakdown" sheetId="15" r:id="rId15"/>
     <sheet name="plann_budge_budge_budgetlines" sheetId="16" r:id="rId16"/>
     <sheet name="plan_budg_budg_budg_components" sheetId="17" r:id="rId17"/>
     <sheet name="planning_requestsforquotes" sheetId="18" r:id="rId18"/>
     <sheet name="planning_requestsforq_items" sheetId="19" r:id="rId19"/>
     <sheet name="planning_requestsfor_quotes" sheetId="20" r:id="rId20"/>
     <sheet name="plannin_request_quotes_items" sheetId="21" r:id="rId21"/>
     <sheet name="planni_reques_invitedsuppliers" sheetId="22" r:id="rId22"/>
     <sheet name="plan_budg_budg_budg_measures" sheetId="23" r:id="rId23"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7599" uniqueCount="2637">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7599" uniqueCount="2638">
   <si>
     <t>_link</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>tag</t>
   </si>
   <si>
     <t>date</t>
   </si>
   <si>
     <t>ocid</t>
   </si>
   <si>
     <t>language</t>
   </si>
   <si>
     <t>initiationType</t>
   </si>
   <si>
     <t>buyer_id</t>
   </si>
   <si>
@@ -107,2084 +107,2084 @@
   <si>
     <t>tender_id</t>
   </si>
   <si>
     <t>tender_title</t>
   </si>
   <si>
     <t>tender_additionalProcurementCategories</t>
   </si>
   <si>
     <t>tender_status</t>
   </si>
   <si>
     <t>tender_procurementMethodRationale</t>
   </si>
   <si>
     <t>tender_procurementMethodDetails</t>
   </si>
   <si>
     <t>tender_description</t>
   </si>
   <si>
     <t>tender_hasEnquiries</t>
   </si>
   <si>
+    <t>tender_awardCriteria</t>
+  </si>
+  <si>
+    <t>tender_mainProcurementCategory</t>
+  </si>
+  <si>
+    <t>tender_procurementMethod</t>
+  </si>
+  <si>
+    <t>tender_awardCriteriaDetails</t>
+  </si>
+  <si>
+    <t>tender_value_amount</t>
+  </si>
+  <si>
+    <t>tender_value_currency</t>
+  </si>
+  <si>
+    <t>tender_minValue_amount</t>
+  </si>
+  <si>
+    <t>tender_minValue_currency</t>
+  </si>
+  <si>
+    <t>tender_awardPeriod_endDate</t>
+  </si>
+  <si>
+    <t>tender_awardPeriod_startDate</t>
+  </si>
+  <si>
+    <t>tender_procuringEntity_id</t>
+  </si>
+  <si>
+    <t>tender_procuringEntity_name</t>
+  </si>
+  <si>
+    <t>planning_hasquotes</t>
+  </si>
+  <si>
+    <t>planning_rationale</t>
+  </si>
+  <si>
     <t>tender_submissionMethodDetails</t>
   </si>
   <si>
-    <t>tender_awardCriteria</t>
-[...7 lines deleted...]
-  <si>
     <t>tender_submissionMethod</t>
   </si>
   <si>
     <t>tender_numberOfTenderers</t>
   </si>
   <si>
-    <t>tender_procurementMethod</t>
-[...19 lines deleted...]
-  <si>
     <t>tender_tenderPeriod_endDate</t>
   </si>
   <si>
     <t>tender_tenderPeriod_startDate</t>
   </si>
   <si>
     <t>tender_enquiryPeriod_endDate</t>
   </si>
   <si>
     <t>tender_enquiryPeriod_startDate</t>
   </si>
   <si>
-    <t>tender_procuringEntity_id</t>
-[...10 lines deleted...]
-  <si>
     <t>tender_eligibilityCriteria</t>
   </si>
   <si>
     <t>id-0.0</t>
   </si>
   <si>
+    <t>ocds-0ld0n8-DAF-045-2020-2022-02-05T14:47:56-06:00</t>
+  </si>
+  <si>
+    <t>compiled</t>
+  </si>
+  <si>
+    <t>2022-02-05T14:47:56-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAF-045-2020</t>
+  </si>
+  <si>
+    <t>es</t>
+  </si>
+  <si>
+    <t>tender</t>
+  </si>
+  <si>
+    <t>MX-RFC-IEA040531E39</t>
+  </si>
+  <si>
+    <t>INAIP</t>
+  </si>
+  <si>
+    <t>DAF/045/2020</t>
+  </si>
+  <si>
+    <t>Honorarios para la elaboración de contrato de arrendamiento</t>
+  </si>
+  <si>
+    <t>services</t>
+  </si>
+  <si>
+    <t>complete</t>
+  </si>
+  <si>
+    <t>Servicio contratado por especialidad</t>
+  </si>
+  <si>
+    <t>Adjudicación directa</t>
+  </si>
+  <si>
+    <t>Honorarios por elaboración de contrato de arrendamiento de dos predios calle 17 num.172 y calle 10 no.188-a Colonia García Ginerés</t>
+  </si>
+  <si>
+    <t>false</t>
+  </si>
+  <si>
+    <t>singleBidOnly</t>
+  </si>
+  <si>
+    <t>direct</t>
+  </si>
+  <si>
+    <t>MXN</t>
+  </si>
+  <si>
+    <t>2021-08-17T13:27:02-05:00</t>
+  </si>
+  <si>
+    <t>2021-08-16T13:26:12-05:00</t>
+  </si>
+  <si>
+    <t>id-1.0</t>
+  </si>
+  <si>
     <t>ocds-0ld0n8-12-DAF2020-2022-01-20T12:52:45-06:00</t>
   </si>
   <si>
-    <t>compiled</t>
-[...1 lines deleted...]
-  <si>
     <t>2022-01-20T12:52:45-06:00</t>
   </si>
   <si>
     <t>ocds-0ld0n8-12-DAF2020</t>
   </si>
   <si>
-    <t>es</t>
-[...10 lines deleted...]
-  <si>
     <t>12-DAF2020</t>
   </si>
   <si>
     <t>Percepción extraordinaria en monedero electrónico en términos del acuerdo de fecha 8 de diciembre de 2020</t>
   </si>
   <si>
-    <t>services</t>
-[...4 lines deleted...]
-  <si>
     <t>Según a Políticas Administrativas y Financieras del INAIP fracción 56</t>
   </si>
   <si>
-    <t>Adjudicación directa</t>
-[...1 lines deleted...]
-  <si>
     <t>Percepción extraordinaria en monedero electrónico en términos del acuerdo de fecha 8 de diciembre de 2020 para el personal del instituto</t>
   </si>
   <si>
-    <t>false</t>
+    <t>El proveedor tiene experiencia ofreciendo los productos la cual se especifica requisición y a además tiene un precio menor que la competencia, será acreedor del contrato.</t>
+  </si>
+  <si>
+    <t>2020-12-17T00:00:00-06:00</t>
   </si>
   <si>
     <t>correo electrónico</t>
   </si>
   <si>
-    <t>singleBidOnly</t>
-[...4 lines deleted...]
-  <si>
     <t>electronicSubmission</t>
   </si>
   <si>
-    <t>direct</t>
-[...8 lines deleted...]
-    <t>2025-10-28T18:00:06-06:00</t>
+    <t>2025-11-27T18:00:07-06:00</t>
   </si>
   <si>
     <t>2021-03-26T01:03:13-06:00</t>
   </si>
   <si>
-    <t>id-1.0</t>
+    <t>id-2.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAF-108-2021-2022-02-05T12:55:01-06:00</t>
+  </si>
+  <si>
+    <t>2022-02-05T12:55:01-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAF-108-2021</t>
+  </si>
+  <si>
+    <t>DAF/108/2021</t>
+  </si>
+  <si>
+    <t>Trabajos de albañilería, reparación de resanes del edificio 187-A  x 10 y 12 Col. García Ginerés</t>
+  </si>
+  <si>
+    <t>Obtener un mejor precio en los equipos para poder hacer uso adecuado de los recursos públicos.</t>
+  </si>
+  <si>
+    <t>Invitación a cuando menos tres personas</t>
+  </si>
+  <si>
+    <t>Trabajos de albañilería, reparación de resanes del edificio 187-A  x 10 y 12 Col. García Ginerés por término de contrato y entrega de edificio.</t>
+  </si>
+  <si>
+    <t>bestValueToGovernment</t>
+  </si>
+  <si>
+    <t>selective</t>
+  </si>
+  <si>
+    <t>El proveedor que ofrezca el servicio con las especificaciones requeridas y a un costo menor que la competencia será acreedor del servicio</t>
+  </si>
+  <si>
+    <t>2022-07-20T12:32:55-05:00</t>
+  </si>
+  <si>
+    <t>2021-07-07T12:32:33-05:00</t>
+  </si>
+  <si>
+    <t>true</t>
+  </si>
+  <si>
+    <t>Trabajo de albañilería, reparación de resanes del edificio 187-A  x 10 y 12 Col. García Ginerés</t>
+  </si>
+  <si>
+    <t>Correo electrónico</t>
+  </si>
+  <si>
+    <t>2021-07-19T12:31:44-05:00</t>
+  </si>
+  <si>
+    <t>2021-07-01T12:31:36-05:00</t>
+  </si>
+  <si>
+    <t>id-3.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAF-117-2021-2022-02-05T11:58:50-06:00</t>
+  </si>
+  <si>
+    <t>2022-02-05T11:58:50-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAF-117-2021</t>
+  </si>
+  <si>
+    <t>DAF/117/2021</t>
+  </si>
+  <si>
+    <t>Actualización sistema SAACG.NET</t>
+  </si>
+  <si>
+    <t>Actualización de sistema SAACG.net para el registro e integración las operaciones presupuestales, administrativas, contables y financieras del instituto</t>
+  </si>
+  <si>
+    <t>El proveedor ofrece un sistema especializado para el registro de las operaciones contables gubernamentales conforme a la normatividad del CONAC</t>
+  </si>
+  <si>
+    <t>2021-11-05T14:25:28-06:00</t>
+  </si>
+  <si>
+    <t>2021-11-05T14:25:19-06:00</t>
+  </si>
+  <si>
+    <t>2021-11-05T14:25:08-06:00</t>
+  </si>
+  <si>
+    <t>2021-10-01T14:24:34-05:00</t>
+  </si>
+  <si>
+    <t>id-4.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAF-128-2021-2022-02-05T11:09:25-06:00</t>
+  </si>
+  <si>
+    <t>2022-02-05T11:09:25-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAF-128-2021</t>
+  </si>
+  <si>
+    <t>DAF/128/2021</t>
+  </si>
+  <si>
+    <t>Compra de vales de gasolina para vehículos oficiales</t>
+  </si>
+  <si>
+    <t>Compra de vales de gasolina para vehículos oficiales para el desempeño de las actividades administrativas o de supervisión</t>
+  </si>
+  <si>
+    <t>El proveedor tiene experiencia ofreciendo el servicio, es confiable y seguro, las comisiones del proveedor son más bajas que la competencia.</t>
+  </si>
+  <si>
+    <t>2021-01-19T09:43:03-06:00</t>
+  </si>
+  <si>
+    <t>2021-01-01T09:42:51-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAF-153-2021-2022-02-05T11:37:49-06:00</t>
+  </si>
+  <si>
+    <t>2022-02-05T11:37:49-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAF-153-2021</t>
+  </si>
+  <si>
+    <t>DAF/153/2021</t>
+  </si>
+  <si>
+    <t>Percepción extraordinaria en monedero electrónico en términos del acuerdo administrativo del pleno</t>
+  </si>
+  <si>
+    <t>El proveedor tiene experiencia ofreciendo los productos, el proveedor es confiable y seguro.</t>
+  </si>
+  <si>
+    <t>2021-12-14T12:43:32-06:00</t>
+  </si>
+  <si>
+    <t>2021-12-08T12:43:25-06:00</t>
+  </si>
+  <si>
+    <t>2021-12-08T12:42:32-06:00</t>
+  </si>
+  <si>
+    <t>2021-12-08T12:42:24-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAF-121-2021-2022-02-05T12:14:20-06:00</t>
+  </si>
+  <si>
+    <t>2022-02-05T12:14:20-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAF-121-2021</t>
+  </si>
+  <si>
+    <t>DAF/121/2021</t>
+  </si>
+  <si>
+    <t>Póliza  de servicio normal TISANOM monousuario</t>
+  </si>
+  <si>
+    <t>Póliza  de servicio normal TISANOM monousuario para el cálculo y control de la nómina.</t>
+  </si>
+  <si>
+    <t>El proveedor tiene experiencia ofreciendo el servicio, es confiable y seguro</t>
+  </si>
+  <si>
+    <t>2022-01-11T13:40:12-06:00</t>
+  </si>
+  <si>
+    <t>2021-11-01T13:39:05-06:00</t>
+  </si>
+  <si>
+    <t>El proveedor tiene experiencia ofreciendo el servicio, es confiable y seguro.</t>
+  </si>
+  <si>
+    <t>id-8.0</t>
   </si>
   <si>
     <t>ocds-0ld0n8-DAF-Arrendamiento172y188a-2021-2022-10-12T10:37:58-05:00</t>
   </si>
   <si>
     <t>2022-10-12T10:37:58-05:00</t>
   </si>
   <si>
     <t>ocds-0ld0n8-DAF-Arrendamiento172y188a-2021</t>
   </si>
   <si>
     <t>DAF/Arrendamiento172y188a/2021</t>
   </si>
   <si>
     <t>Arrendamiento de oficinas nuevas INAIP en la calle 17 num.172 y calle 10 no.188-a de la Colonia García Ginerés</t>
   </si>
   <si>
     <t>goodsLease</t>
   </si>
   <si>
     <t>Según Políticas Administrativas y Financieras del INAIP fracc.56</t>
   </si>
   <si>
     <t>goods</t>
   </si>
   <si>
     <t xml:space="preserve">Ubicación y precio de la renta de edificios </t>
   </si>
   <si>
+    <t>2021-06-17T14:50:07-05:00</t>
+  </si>
+  <si>
+    <t>2021-06-17T13:18:28-05:00</t>
+  </si>
+  <si>
     <t>inPerson</t>
   </si>
   <si>
-    <t>2021-06-17T14:50:07-05:00</t>
-[...5 lines deleted...]
-    <t>id-2.0</t>
+    <t>id-9.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAF-Arrendamiento185y187-2021-2022-02-05T14:07:57-06:00</t>
+  </si>
+  <si>
+    <t>2022-02-05T14:07:57-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAF-Arrendamiento185y187-2021</t>
+  </si>
+  <si>
+    <t>DAF/Arrendamiento185y187/2021</t>
+  </si>
+  <si>
+    <t>Arrendamiento edificios INAIP No. 185 y No. 187-a</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Según Políticas Administrativas y Financieras del INAIP frac.56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arrendamiento de edificios INAIP no.185 y no.187-a </t>
+  </si>
+  <si>
+    <t>2021-01-01T12:41:07-06:00</t>
+  </si>
+  <si>
+    <t>2021-01-01T12:40:52-06:00</t>
+  </si>
+  <si>
+    <t>id-10.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAF-CFE-2021-2022-02-05T16:02:27-06:00</t>
+  </si>
+  <si>
+    <t>2022-02-05T16:02:27-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAF-CFE-2021</t>
+  </si>
+  <si>
+    <t>DAF/CFE/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suministro de energía eléctrica </t>
+  </si>
+  <si>
+    <t>Proveer el recurso necesario para el desarrollo de las funciones del instituto</t>
+  </si>
+  <si>
+    <t>Proporcionar el servicio de energía eléctrica para el desarrollo de las funciones del instituto</t>
+  </si>
+  <si>
+    <t>Único proveedor que brinda el servicio</t>
+  </si>
+  <si>
+    <t>Proporcionar el suministro de energía eléctrica para el desarrollo de las funciones del instituto.</t>
+  </si>
+  <si>
+    <t>id-11.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-108-2022-2022-10-24T14:53:55-05:00</t>
+  </si>
+  <si>
+    <t>2022-10-24T14:53:55-05:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-108-2022</t>
+  </si>
+  <si>
+    <t>DAFRH/108/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Compra de aire acondicionado 18,000 btus para la Dirección de Capacitación y la Coordinación de Tecnologías de la Información </t>
+  </si>
+  <si>
+    <t>goodsAcquisition</t>
+  </si>
+  <si>
+    <t>Según art. 9 de las Políticas Administrativas y Financieras del INAIP</t>
+  </si>
+  <si>
+    <t>El proveedor que ofrezca el producto con las especificaciones requeridas y a un costo menor que la competencia será acreedor del servicio</t>
+  </si>
+  <si>
+    <t>2022-09-28T15:27:54-05:00</t>
+  </si>
+  <si>
+    <t>2022-09-01T15:27:45-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-040-2022-2022-08-22T15:47:34-05:00</t>
+  </si>
+  <si>
+    <t>2022-08-22T15:47:34-05:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-040-2022</t>
+  </si>
+  <si>
+    <t>DAFRH/040/2022</t>
+  </si>
+  <si>
+    <t>Seguro de edificios INAIP no.185, 188-a y 172</t>
+  </si>
+  <si>
+    <t>Según al articulo 9 de las Políticas Administrativas y Financieras del INAIP</t>
+  </si>
+  <si>
+    <t>Asegurar los edificios y bienes de los edificios INAIP</t>
+  </si>
+  <si>
+    <t>Comparación de precios y selección de proveedor que ofrezca el mismo servicio por un precio menor al de la competencia.</t>
+  </si>
+  <si>
+    <t>Póliza Seguro de edificios INAIP no. 185, 188-a y 172</t>
+  </si>
+  <si>
+    <t>2022-07-19T13:25:02-05:00</t>
+  </si>
+  <si>
+    <t>2022-04-01T13:24:57-06:00</t>
+  </si>
+  <si>
+    <t>Precio más bajo</t>
+  </si>
+  <si>
+    <t>id-13.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-PLENO-004-2021-2022-02-05T14:23:12-06:00</t>
+  </si>
+  <si>
+    <t>2022-02-05T14:23:12-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-PLENO-004-2021</t>
+  </si>
+  <si>
+    <t>PLENO/004/2021</t>
+  </si>
+  <si>
+    <t>Asesoría Jurídica Laboral</t>
+  </si>
+  <si>
+    <t>Selección de asesor por especialidad</t>
+  </si>
+  <si>
+    <t>Asesoría jurídica laboral en los juicios promovidos por Ana Laura Hernández López, José Manuel Palomo May, Alma Zulema Tovar Figueroa, ante la junta especial número 2 de la junta de conciliación y arbitraje.Honorarios por terminación del juicio laboral promovido por Edwin Jose Rejón González y Felix Guillermo Pérez Flores, que cursa ante la junta local de conciliación y arbitraje con número de expediente 52/2020</t>
+  </si>
+  <si>
+    <t>2021-06-02T11:15:47-05:00</t>
+  </si>
+  <si>
+    <t>2021-05-04T11:15:29-05:00</t>
+  </si>
+  <si>
+    <t>2021-12-15T11:14:26-06:00</t>
+  </si>
+  <si>
+    <t>2021-05-04T11:13:24-05:00</t>
+  </si>
+  <si>
+    <t>id-14.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-PLENO-007-2022-2022-10-28T10:05:47-05:00</t>
+  </si>
+  <si>
+    <t>2022-10-28T10:05:47-05:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-PLENO-007-2022</t>
+  </si>
+  <si>
+    <t>PLENO/007/2022</t>
+  </si>
+  <si>
+    <t>Elaboración de contrato de arrendamiento de edificio no.185 del INAIP</t>
+  </si>
+  <si>
+    <t>id-15.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-PLENO-008-2021-2022-01-19T09:04:22-06:00</t>
+  </si>
+  <si>
+    <t>2022-01-19T09:04:22-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-PLENO-008-2021</t>
+  </si>
+  <si>
+    <t>PLENO/008/2021</t>
+  </si>
+  <si>
+    <t>Compra de cartuchos de tinta y tonner para Pleno</t>
+  </si>
+  <si>
+    <t>2021-09-22T16:28:31-05:00</t>
+  </si>
+  <si>
+    <t>2021-09-22T16:28:17-05:00</t>
+  </si>
+  <si>
+    <t>2021-09-10T16:28:06-05:00</t>
+  </si>
+  <si>
+    <t>2021-09-10T16:27:53-05:00</t>
+  </si>
+  <si>
+    <t>id-27.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-ST-07,08-2021-2022-02-04T14:46:22-06:00</t>
+  </si>
+  <si>
+    <t>2022-02-04T14:46:22-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-ST-07,08-2021</t>
+  </si>
+  <si>
+    <t>ST/07,08/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Compra de toner </t>
+  </si>
+  <si>
+    <t>Compra de toner para Secretaría Técnica</t>
+  </si>
+  <si>
+    <t>2021-12-15T09:20:57-06:00</t>
+  </si>
+  <si>
+    <t>2021-11-15T09:20:43-06:00</t>
+  </si>
+  <si>
+    <t>Compra de cartuchos de toner para Secretaría Técnica</t>
+  </si>
+  <si>
+    <t>2022-01-19T09:18:47-06:00</t>
+  </si>
+  <si>
+    <t>id-29.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-PLENO-011-2021-2022-02-05T13:25:07-06:00</t>
+  </si>
+  <si>
+    <t>2022-02-05T13:25:07-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-PLENO-011-2021</t>
+  </si>
+  <si>
+    <t>PLENO/011/2021</t>
+  </si>
+  <si>
+    <t>Encuadernados de actas de las sesiones del Pleno</t>
+  </si>
+  <si>
+    <t>Según Políticas Administrativas y Financieras INAIP fracc.56</t>
+  </si>
+  <si>
+    <t>Precio bajo y rapidez en la entrega del servicio.</t>
+  </si>
+  <si>
+    <t>id-31.0</t>
   </si>
   <si>
     <t>ocds-0ld0n8-02-DAF2020-2022-04-19T10:30:40-05:00</t>
   </si>
   <si>
     <t>2022-04-19T10:30:40-05:00</t>
   </si>
   <si>
     <t>ocds-0ld0n8-02-DAF2020</t>
   </si>
   <si>
     <t>02-DAF2020</t>
   </si>
   <si>
     <t>Suministro de energía eléctrica del 1 de enero de 2020 al 31 de diciembre de 2020</t>
   </si>
   <si>
     <t xml:space="preserve">Proveer el recurso necesario para el desarrollo de las funciones del instituto </t>
   </si>
   <si>
-    <t>Proporcionar el servicio de energía eléctrica para el desarrollo de las funciones del instituto</t>
-[...5 lines deleted...]
-    <t>Único proveedor que brinda el servicio</t>
+    <t xml:space="preserve">Proporcionar el suministro de energía eléctrica para el desarrollo de las funciones del instituto </t>
   </si>
   <si>
     <t>2020-12-31T11:20:02-06:00</t>
   </si>
   <si>
     <t>2020-01-01T16:08:01-06:00</t>
   </si>
   <si>
-    <t xml:space="preserve">Proporcionar el suministro de energía eléctrica para el desarrollo de las funciones del instituto </t>
-[...484 lines deleted...]
-  <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>rationale</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>value_netAmount</t>
   </si>
   <si>
     <t>contractPeriod_endDate</t>
   </si>
   <si>
     <t>contractPeriod_startDate</t>
   </si>
   <si>
     <t>id-0.0.awards.0</t>
   </si>
   <si>
+    <t>DAF/045/2021</t>
+  </si>
+  <si>
+    <t>2021-06-16T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Honorarios para la elaboración de contrato de arrendamiento</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Honorarios para la elaboración de contrato </t>
+  </si>
+  <si>
+    <t>active</t>
+  </si>
+  <si>
+    <t>2021-06-17T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>id-1.0.awards.0</t>
+  </si>
+  <si>
     <t xml:space="preserve">   Percepción extraordinaria en monedero electrónico en términos del acuerdo de fecha 8 de diciembre de 2020</t>
   </si>
   <si>
-    <t>active</t>
-[...5 lines deleted...]
-    <t>2021-06-17T00:00:00-05:00</t>
+    <t>id-2.0.awards.0</t>
+  </si>
+  <si>
+    <t>2021-10-20T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Trabajos de albañilería, reparación de resanes del edificio 187-A  x 10 y 12 Col. García Ginerés</t>
+  </si>
+  <si>
+    <t>2021-11-16T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0</t>
+  </si>
+  <si>
+    <t>2021-11-05T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Actualización sistema SAACG.NET</t>
+  </si>
+  <si>
+    <t>Actualización sistema SAACG.NET 2021</t>
+  </si>
+  <si>
+    <t>2022-11-05T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0</t>
+  </si>
+  <si>
+    <t>Daf/128/2021</t>
+  </si>
+  <si>
+    <t>2021-01-20T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Compra de vales de gasolina para vehículos oficiales</t>
+  </si>
+  <si>
+    <t>Vales de gasolina</t>
+  </si>
+  <si>
+    <t>Contrato de vales de gasolina para vehículos oficiales para el desempeño de las actividades administrativas o de supervisión.</t>
+  </si>
+  <si>
+    <t>2021-12-31T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.awards.0</t>
+  </si>
+  <si>
+    <t>2021-12-14T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Monedero electrónico </t>
+  </si>
+  <si>
+    <t>2021-12-08T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.awards.0</t>
+  </si>
+  <si>
+    <t>2021-11-11T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Póliza  de servicio normal TISANOM monousuario</t>
+  </si>
+  <si>
+    <t>2022-12-31T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2022-01-01T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-8.0.awards.0</t>
   </si>
   <si>
     <t xml:space="preserve">     Arrendamiento de oficinas nuevas INAIP en la calle 17 num.172 y calle 10 no.188-a de la Colonia García Ginerés</t>
   </si>
   <si>
     <t>2024-06-30T00:00:00-05:00</t>
   </si>
   <si>
     <t>2021-07-01T00:00:00-05:00</t>
   </si>
   <si>
-    <t>id-2.0.awards.0</t>
+    <t>id-9.0.awards.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">       Arrendamiento de edificios INAIP NO.185 Y 187-A</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Arrendamiento de edificios INAIP NO.185 Y 187-A</t>
+  </si>
+  <si>
+    <t>2021-09-30T00:00:00-05:00</t>
   </si>
   <si>
     <t>2021-01-01T00:00:00-06:00</t>
   </si>
   <si>
+    <t>id-10.0.awards.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Suministro de energía eléctrica</t>
+  </si>
+  <si>
+    <t>Suministro de energía eléctrica</t>
+  </si>
+  <si>
+    <t>Proveer el recurso necesario para el desarrollo de las funciones del instituto.</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.0</t>
+  </si>
+  <si>
+    <t>2022-10-29T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Compra de aire acondicionado 18,000 btus para la Dirección de Capacitación y la Coordinación de Tecnologías de la Información </t>
+  </si>
+  <si>
+    <t>2022-09-30T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>2022-09-28T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0.awards.0</t>
+  </si>
+  <si>
+    <t>2022-04-19T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Seguro de edificios INAIP no.185,188-a y 172</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Asegurar los edificios y bienes de los edificios INAIP </t>
+  </si>
+  <si>
+    <t>2022-04-26T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.awards.0</t>
+  </si>
+  <si>
+    <t>2021-05-04T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Asesoría Jurídica Laboral</t>
+  </si>
+  <si>
+    <t>Asesoría laboral en los juicios promovidos por Ana Laura Hernández, José Manuel Palomo May y Alma Zulema Tovar Figueroa ante la junta especial número 2 de la Junta Local Especial Número 2 de la Junta Local de Conciliación y Arbitraje. Honorarios por terminación del juicio laboral promovido por Edwin Jose Rejón González y Felix Guillermo Pérez Flores, que cursa ante la junta local de conciliación y arbitraje con número de expediente 52/2020</t>
+  </si>
+  <si>
+    <t>2021-12-15T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-14.0.awards.0</t>
+  </si>
+  <si>
+    <t>2022-09-29T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Elaboración de contrato de arrendamiento de edificio no.185 del INAIP</t>
+  </si>
+  <si>
+    <t>2022-10-03T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>id-15.0.awards.0</t>
+  </si>
+  <si>
+    <t>2021-09-22T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Compra de cartuchos de tinta y toner para PLENO</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Compra de cartuchos de tinta y toner para el funcionamiento de las operaciones administrativas del PLENO</t>
+  </si>
+  <si>
+    <t>2021-10-21T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>2021-10-22T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>id-27.0.awards.0</t>
+  </si>
+  <si>
+    <t>2021-11-17T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Compra de toner para Secretaría Técnica</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Compra de toner para el funcionamiento de las operaciones administrativas de la Secretaría Técnica</t>
+  </si>
+  <si>
+    <t>2021-12-22T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-29.0.awards.0</t>
+  </si>
+  <si>
+    <t>PLENO/11/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Encuadernados de actas de las sesiones del Pleno</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0</t>
+  </si>
+  <si>
     <t xml:space="preserve">Pago de energía eléctrica </t>
   </si>
   <si>
     <t>Pago de energía electrica</t>
   </si>
   <si>
     <t>2020-12-31T00:00:00-06:00</t>
   </si>
   <si>
     <t>2020-01-01T00:00:00-06:00</t>
   </si>
   <si>
-    <t>id-3.0.awards.0</t>
-[...211 lines deleted...]
-  <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>id-0.0.awards.0.suppliers.0</t>
   </si>
   <si>
+    <t>MX-RFC-MLA9612168U3</t>
+  </si>
+  <si>
+    <t>Mendez Lara y Asociados S.C.P.</t>
+  </si>
+  <si>
+    <t>id-1.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
     <t>MX-RFC-PME811211B20</t>
   </si>
   <si>
     <t>SODEXO</t>
   </si>
   <si>
-    <t>id-1.0.awards.0.suppliers.0</t>
+    <t>id-2.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-EDI130503TC5</t>
+  </si>
+  <si>
+    <t>Edifikaando</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-IDT7304062KA</t>
+  </si>
+  <si>
+    <t>Indetec</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>Sodexo</t>
+  </si>
+  <si>
+    <t>id-5.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-6.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-TDE030605HWA</t>
+  </si>
+  <si>
+    <t>TISA</t>
+  </si>
+  <si>
+    <t>id-8.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>MX-RFC-PEHE510912PL5</t>
   </si>
   <si>
     <t>María Eréndira Pérez Hernández</t>
   </si>
   <si>
-    <t>id-2.0.awards.0.suppliers.0</t>
+    <t>id-9.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-GOSO550430RB2</t>
+  </si>
+  <si>
+    <t>Oscar Manuel González Sánchez</t>
+  </si>
+  <si>
+    <t>id-10.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>MX-RFC-CSS160630CP7</t>
   </si>
   <si>
+    <t>CFE</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-BEX0303015P1</t>
+  </si>
+  <si>
+    <t>Xaze</t>
+  </si>
+  <si>
+    <t>id-12.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-SBG971124PL2</t>
+  </si>
+  <si>
+    <t>BANORTE</t>
+  </si>
+  <si>
+    <t>id-13.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-FLE960529391</t>
+  </si>
+  <si>
+    <t>Franco y Leal S.C.P.</t>
+  </si>
+  <si>
+    <t>id-14.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-CASM751109P94</t>
+  </si>
+  <si>
+    <t>Mario Humberto Camara Seba</t>
+  </si>
+  <si>
+    <t>id-15.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-COM910508749</t>
+  </si>
+  <si>
+    <t>Compufax</t>
+  </si>
+  <si>
+    <t>id-27.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-29.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-SOPE700319856</t>
+  </si>
+  <si>
+    <t>The Copy</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
     <t xml:space="preserve">CFE </t>
   </si>
   <si>
-    <t>id-3.0.awards.0.suppliers.0</t>
-[...115 lines deleted...]
-  <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_locality</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>address_streetAddress</t>
   </si>
   <si>
     <t>identifier_id</t>
   </si>
   <si>
     <t>identifier_scheme</t>
   </si>
   <si>
     <t>identifier_legalName</t>
   </si>
   <si>
     <t>identifier_legalPersonality</t>
   </si>
   <si>
+    <t>contactPoint_type</t>
+  </si>
+  <si>
+    <t>contactPoint_telephone</t>
+  </si>
+  <si>
+    <t>contactPoint_name</t>
+  </si>
+  <si>
+    <t>contactPoint_email</t>
+  </si>
+  <si>
+    <t>contactPoint_givenName</t>
+  </si>
+  <si>
+    <t>contactPoint_matronymicName</t>
+  </si>
+  <si>
+    <t>contactPoint_patronymicName</t>
+  </si>
+  <si>
     <t>contactPoint_url</t>
   </si>
   <si>
-    <t>contactPoint_name</t>
-[...19 lines deleted...]
-  <si>
     <t>identifier_givenName</t>
   </si>
   <si>
     <t>identifier_matronymicName</t>
   </si>
   <si>
     <t>identifier_patronymicName</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>id-0.0.parties.0</t>
   </si>
   <si>
+    <t>supplier,payee</t>
+  </si>
+  <si>
+    <t>Yucatán</t>
+  </si>
+  <si>
+    <t>Mérida</t>
+  </si>
+  <si>
+    <t>97125</t>
+  </si>
+  <si>
+    <t>México</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Calle 14 x 29 y 31 NO.111-A México </t>
+  </si>
+  <si>
+    <t>MLA9612168U3</t>
+  </si>
+  <si>
+    <t>MX-RFC</t>
+  </si>
+  <si>
+    <t>legalPerson</t>
+  </si>
+  <si>
+    <t>contactPoint</t>
+  </si>
+  <si>
+    <t>999279287</t>
+  </si>
+  <si>
+    <t>id-0.0.parties.1</t>
+  </si>
+  <si>
+    <t>Dirección de Administración y Finanzas</t>
+  </si>
+  <si>
+    <t>requestingUnit,contractingUnit,technicalUnit,responsibleUnit</t>
+  </si>
+  <si>
+    <t>97070</t>
+  </si>
+  <si>
+    <t>21 NO.185 X 10 Y 12 García Ginerés</t>
+  </si>
+  <si>
+    <t>IEA040531E39</t>
+  </si>
+  <si>
+    <t>9999258631</t>
+  </si>
+  <si>
+    <t>Virginia Rosalía Angulo Vázquez</t>
+  </si>
+  <si>
+    <t>virginiaangulo@inaipyucatan.org.mx</t>
+  </si>
+  <si>
+    <t>Virginia Rosalía</t>
+  </si>
+  <si>
+    <t>Vázquez</t>
+  </si>
+  <si>
+    <t>Angulo</t>
+  </si>
+  <si>
+    <t>id-1.0.parties.0</t>
+  </si>
+  <si>
     <t>buyer,procuringEntity,payer</t>
   </si>
   <si>
     <t>YUCATÁN</t>
   </si>
   <si>
     <t>MERIDA</t>
   </si>
   <si>
-    <t>97070</t>
-[...1 lines deleted...]
-  <si>
     <t>MÉXICO</t>
   </si>
   <si>
     <t>21 185 X 10 Y 12</t>
   </si>
   <si>
-    <t>IEA040531E39</t>
-[...4 lines deleted...]
-  <si>
     <t>Instituto Estatal de Transparencia, Acceso a la Información Pública y Protección de Datos Personales</t>
   </si>
   <si>
-    <t>legalPerson</t>
+    <t>Virginia Rosalia  Angulo Vazquez</t>
+  </si>
+  <si>
+    <t xml:space="preserve">virginiaangulo@inaipyucatan.org.mx </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Virginia Rosalia </t>
+  </si>
+  <si>
+    <t>Vazquez</t>
   </si>
   <si>
     <t>http://www.inaipyucatan.org.mx</t>
   </si>
   <si>
-    <t>Virginia Rosalia  Angulo Vazquez</t>
-[...23 lines deleted...]
-    <t>supplier,payee</t>
+    <t>id-1.0.parties.1</t>
   </si>
   <si>
     <t>Cd. de México</t>
   </si>
   <si>
     <t>Cuajimalpa</t>
   </si>
   <si>
     <t>Paseo los tamarindos 150</t>
   </si>
   <si>
     <t>PME811211B20</t>
   </si>
   <si>
     <t>Sodexo Motivation Solutions Mexico S.A. de C.V.</t>
   </si>
   <si>
     <t>Jose  Solache</t>
   </si>
   <si>
     <t>Jose.SOLACHE@sodexo.com</t>
   </si>
   <si>
     <t xml:space="preserve">Jose </t>
   </si>
   <si>
     <t>Solache</t>
   </si>
   <si>
-    <t>id-1.0.parties.0</t>
-[...26 lines deleted...]
-    <t>id-1.0.parties.1</t>
+    <t>id-2.0.parties.0</t>
+  </si>
+  <si>
+    <t>Calle 21 no.185 x 10 y 12 Col. García Ginerés</t>
+  </si>
+  <si>
+    <t>Virginia Rosalía Angulo Vazquez</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.1</t>
+  </si>
+  <si>
+    <t>supplier,payee,invitedSupplier,issuingSupplier</t>
+  </si>
+  <si>
+    <t>97158</t>
+  </si>
+  <si>
+    <t>Calle 27-A NO.153 por 16 y 18 Col. Del Carmen</t>
+  </si>
+  <si>
+    <t>EDI130503TC5</t>
+  </si>
+  <si>
+    <t>Edifikaando Diseños S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>attorney</t>
+  </si>
+  <si>
+    <t>Edgar  Dominguez Esquivel</t>
+  </si>
+  <si>
+    <t>edgarnyn@hotmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edgar </t>
+  </si>
+  <si>
+    <t>Esquivel</t>
+  </si>
+  <si>
+    <t>Dominguez</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.2</t>
+  </si>
+  <si>
+    <t>MX-RFC-GCO1411062B5</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>supplier,invitedSupplier,issuingSupplier</t>
+  </si>
+  <si>
+    <t>Valladolid</t>
+  </si>
+  <si>
+    <t>97780</t>
+  </si>
+  <si>
+    <t>Calle 66 S/N x39 y 41 Col. Emiliano Zapata</t>
+  </si>
+  <si>
+    <t>GCO1411062B5</t>
+  </si>
+  <si>
+    <t>Construcciones del Oriente S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>9858585720</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.1</t>
+  </si>
+  <si>
+    <t>Jalisco</t>
+  </si>
+  <si>
+    <t>Guadalajara</t>
+  </si>
+  <si>
+    <t>44500</t>
+  </si>
+  <si>
+    <t>Lerdo de Tejada no.2469 Col. Arcos del Sur</t>
+  </si>
+  <si>
+    <t>IDT7304062KA</t>
+  </si>
+  <si>
+    <t>Instituto Para El Desarrollo Técnico De Las Haciendas Públicas</t>
+  </si>
+  <si>
+    <t>Geidhi García González</t>
+  </si>
+  <si>
+    <t>ggarciag@indetec.gob.mx</t>
+  </si>
+  <si>
+    <t>Geidhi</t>
+  </si>
+  <si>
+    <t>González</t>
+  </si>
+  <si>
+    <t>García</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.1</t>
+  </si>
+  <si>
+    <t>05120</t>
+  </si>
+  <si>
+    <t>Jose  Solache Muñoz</t>
+  </si>
+  <si>
+    <t>jose.solache@sodexo.com</t>
+  </si>
+  <si>
+    <t>Muñoz</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.1</t>
   </si>
   <si>
     <t>97203</t>
   </si>
   <si>
+    <t>46 entre 41a Y 41c no. 205, Francisco de Montejo III,</t>
+  </si>
+  <si>
+    <t>TDE030605HWA</t>
+  </si>
+  <si>
+    <t>Tisa Desarrollos S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>9999533509</t>
+  </si>
+  <si>
+    <t>Luis Miguel Godinez Gonzalez</t>
+  </si>
+  <si>
+    <t>grupotisa.com.mx</t>
+  </si>
+  <si>
+    <t>Luis Miguel</t>
+  </si>
+  <si>
+    <t>Gonzalez</t>
+  </si>
+  <si>
+    <t>Godinez</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.1</t>
+  </si>
+  <si>
     <t>24 Por 39-B1 Y 39-B2 N° Ext.285 Col.La Castellana</t>
   </si>
   <si>
     <t>PEHE510912PL5</t>
   </si>
   <si>
     <t>naturalPerson</t>
   </si>
   <si>
     <t>María Erendira</t>
   </si>
   <si>
     <t>Hernández</t>
   </si>
   <si>
     <t>Pérez</t>
   </si>
   <si>
-    <t>id-2.0.parties.0</t>
+    <t>id-9.0.parties.0</t>
+  </si>
+  <si>
+    <t>GOSO550430RB2</t>
+  </si>
+  <si>
+    <t>Lilia Beatriz Cuevas Muñoz</t>
+  </si>
+  <si>
+    <t>liliabeatriz_cuevas@hotmail.com</t>
+  </si>
+  <si>
+    <t>Lilia Beatriz</t>
+  </si>
+  <si>
+    <t>Cuevas</t>
+  </si>
+  <si>
+    <t>Oscar Manuel</t>
+  </si>
+  <si>
+    <t>Sánchez</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.0</t>
+  </si>
+  <si>
+    <t>Virginia Rosalía Angulo  Vázquez</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Angulo </t>
+  </si>
+  <si>
+    <t>id-10.0.parties.1</t>
+  </si>
+  <si>
+    <t>CSS160630CP7</t>
+  </si>
+  <si>
+    <t>CFE Suministrador de Servicios Básicos</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.1</t>
+  </si>
+  <si>
+    <t>supplier,payee,issuingSupplier</t>
+  </si>
+  <si>
+    <t>97300</t>
+  </si>
+  <si>
+    <t>Periferico Norte KM 27 TAB 18382 entre carretera a Progreso y carretera Cholul</t>
+  </si>
+  <si>
+    <t>BEX0303015P1</t>
+  </si>
+  <si>
+    <t>Bodega Electrónica Xaze S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>9992924665</t>
+  </si>
+  <si>
+    <t>Ángel  Pérez  Vázquez</t>
+  </si>
+  <si>
+    <t>angel.perez@xaze.com.mx</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ángel </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pérez </t>
+  </si>
+  <si>
+    <t>id-11.0.parties.2</t>
+  </si>
+  <si>
+    <t>MX-RFC-Compañia Fernandez</t>
+  </si>
+  <si>
+    <t>Compañia Fernandez</t>
+  </si>
+  <si>
+    <t>supplier,issuingSupplier</t>
+  </si>
+  <si>
+    <t>97000</t>
+  </si>
+  <si>
+    <t>Calle 70 no.535 A x 65 y 67</t>
+  </si>
+  <si>
+    <t>Compañía Fernández de Mérida S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>Fernando Ismael Gonzalez Cetina</t>
+  </si>
+  <si>
+    <t>Fernando Ismael</t>
+  </si>
+  <si>
+    <t>Cetina</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.3</t>
+  </si>
+  <si>
+    <t>MX-RFC-Boxito</t>
+  </si>
+  <si>
+    <t>Boxito</t>
+  </si>
+  <si>
+    <t>97210</t>
+  </si>
+  <si>
+    <t>Calle 43 no.422 x 26 y 22 Col. Pedregales de Tanlum</t>
+  </si>
+  <si>
+    <t>Grupo Boxito S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>9999202958</t>
+  </si>
+  <si>
+    <t>id-12.0.parties.0</t>
+  </si>
+  <si>
+    <t>Nuevo León</t>
+  </si>
+  <si>
+    <t>Monterrey</t>
+  </si>
+  <si>
+    <t>64000</t>
+  </si>
+  <si>
+    <t>Hidalgo no.250 Pte. Col. Centro</t>
+  </si>
+  <si>
+    <t>SBG971124PL2</t>
+  </si>
+  <si>
+    <t>Seguros Banorte S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>9999489650</t>
+  </si>
+  <si>
+    <t>Esce seguros</t>
+  </si>
+  <si>
+    <t>contacto@esceseguros.com</t>
+  </si>
+  <si>
+    <t>id-12.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.0</t>
+  </si>
+  <si>
+    <t>97130</t>
+  </si>
+  <si>
+    <t>Calle 15 no.104-b x 20 y 22</t>
+  </si>
+  <si>
+    <t>FLE960529391</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Franco y Leal S.C.P </t>
+  </si>
+  <si>
+    <t>9999437554</t>
+  </si>
+  <si>
+    <t>francoleal_scp@hotmail.com</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.1</t>
+  </si>
+  <si>
+    <t>CASM751109P94</t>
+  </si>
+  <si>
+    <t>Mario Humerto</t>
+  </si>
+  <si>
+    <t>Seba</t>
+  </si>
+  <si>
+    <t>Camara</t>
+  </si>
+  <si>
+    <t>Notario</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.0</t>
+  </si>
+  <si>
+    <t>Pleno</t>
+  </si>
+  <si>
+    <t>requestingUnit,contractingUnit</t>
+  </si>
+  <si>
+    <t>Sindy Góngora Cervera</t>
+  </si>
+  <si>
+    <t xml:space="preserve">sindy.gongora@inaipyucatan.org.mx </t>
+  </si>
+  <si>
+    <t>Sindy</t>
+  </si>
+  <si>
+    <t>Cervera</t>
+  </si>
+  <si>
+    <t>Góngora</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.1</t>
+  </si>
+  <si>
+    <t>Calle 33-b #501b</t>
+  </si>
+  <si>
+    <t>COM910508749</t>
+  </si>
+  <si>
+    <t>Compufax S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>9999201416</t>
+  </si>
+  <si>
+    <t>info@compufax.com.mx</t>
+  </si>
+  <si>
+    <t>id-27.0.parties.0</t>
+  </si>
+  <si>
+    <t>Secretaría Técnica</t>
+  </si>
+  <si>
+    <t>Hilen  Nehmeh Marfil</t>
+  </si>
+  <si>
+    <t>hilemnehmeh@inaipyucatan.org.mx</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hilen </t>
+  </si>
+  <si>
+    <t>Marfil</t>
+  </si>
+  <si>
+    <t>Nehmeh</t>
+  </si>
+  <si>
+    <t>id-27.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-29.0.parties.0</t>
+  </si>
+  <si>
+    <t>Sindy Jazmín Góngora  Cervera</t>
+  </si>
+  <si>
+    <t>sindy.gongora@inaipyucatan.org.mx</t>
+  </si>
+  <si>
+    <t>Sindy Jazmín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Góngora </t>
+  </si>
+  <si>
+    <t>id-29.0.parties.1</t>
+  </si>
+  <si>
+    <t>97208</t>
+  </si>
+  <si>
+    <t>10 x 19A y 21 27 Local 2 Felipe Carrillo Chuburna</t>
+  </si>
+  <si>
+    <t>SOPE700319856</t>
+  </si>
+  <si>
+    <t>9999810240</t>
+  </si>
+  <si>
+    <t>Jose Edgardo  Solis Palma</t>
+  </si>
+  <si>
+    <t>thecopy_gerencia@yahoo.com.mx</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jose Edgardo </t>
+  </si>
+  <si>
+    <t>Palma</t>
+  </si>
+  <si>
+    <t>Solis</t>
+  </si>
+  <si>
+    <t>Jose Edgardo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Solis </t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0</t>
   </si>
   <si>
     <t>Instituto Estatal de Transparencia, Acceso a la Información Pública y Protección de datos personales</t>
   </si>
   <si>
     <t>999 925 8631</t>
   </si>
   <si>
-    <t>id-2.0.parties.1</t>
-[...2 lines deleted...]
-    <t>CSS160630CP7</t>
+    <t>id-31.0.parties.1</t>
   </si>
   <si>
     <t>CFE Suministrador De Servicios Básicos</t>
   </si>
   <si>
     <t>CFE SUMINISTRADOR DE SERVICIOS BASICOS</t>
   </si>
   <si>
-    <t>id-3.0.parties.0</t>
-[...517 lines deleted...]
-  <si>
     <t>surveillanceMechanisms</t>
   </si>
   <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>awardID</t>
   </si>
   <si>
     <t>period_endDate</t>
   </si>
   <si>
     <t>period_startDate</t>
   </si>
   <si>
     <t>implementation_status</t>
   </si>
   <si>
     <t>id-0.0.contracts.0</t>
   </si>
   <si>
     <t>internalControlUnit</t>
   </si>
   <si>
+    <t>terminated</t>
+  </si>
+  <si>
+    <t>concluded</t>
+  </si>
+  <si>
+    <t>id-1.0.contracts.0</t>
+  </si>
+  <si>
     <t xml:space="preserve">  Percepción extraordinaria en monedero electrónico en términos del acuerdo de fecha 8 de diciembre de 2020</t>
   </si>
   <si>
-    <t>terminated</t>
-[...1 lines deleted...]
-  <si>
     <t>2020-12-08T00:00:00-06:00</t>
   </si>
   <si>
-    <t>concluded</t>
-[...2 lines deleted...]
-    <t>id-1.0.contracts.0</t>
+    <t>id-2.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Actualización de sistema SAACG.net</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0</t>
+  </si>
+  <si>
+    <t>Contrato de vales de gasolina</t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0</t>
+  </si>
+  <si>
+    <t>Monedero electrónico Premium Pass</t>
+  </si>
+  <si>
+    <t>Percepción extraordinaria en monedero electrónico en términos del acuerdo de fecha 8 de diciembre de 2020 para el personal del INAIP</t>
+  </si>
+  <si>
+    <t>id-6.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Póliza  de servicio normal TISANOM monousuario </t>
+  </si>
+  <si>
+    <t>id-8.0.contracts.0</t>
   </si>
   <si>
     <t xml:space="preserve">   Arrendamiento de oficinas nuevas INAIP en la calle 17 num.172 y calle 10 no.188-a de la Colonia García Ginerés</t>
   </si>
   <si>
     <t xml:space="preserve"> Arrendamiento de oficinas nuevas INAIP en la calle 17 num.172 y calle 10 no.188-a de la Colonia García Ginerés</t>
   </si>
   <si>
     <t>2021-06-14T00:00:00-05:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0</t>
+    <t>id-9.0.contracts.0</t>
+  </si>
+  <si>
+    <t>Arrendamiento de edificios no.185 y no.187-a</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     Arrendamiento de edificios INAIP NO.185 Y 187-A</t>
+  </si>
+  <si>
+    <t>2014-10-01T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0</t>
+  </si>
+  <si>
+    <t>citizenComptroller</t>
+  </si>
+  <si>
+    <t>id-11.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Compra de aire acondicionado 18,000 btus para la Dirección de Capacitación y la Coordinación de Tecnologías de la Información </t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0</t>
+  </si>
+  <si>
+    <t>Seguro de edificios INAIP no.185,188-a y 172</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0</t>
+  </si>
+  <si>
+    <t>Asesoría laboral en los juicios promovidos por Ana Laura Hernández, José Manuel Palomo May y Alma Zulema Tovar Figueroa ante la junta especial número 2 de la Junta Local Especial Número 2 de la Junta Local de Conciliación y Arbitraje.Honorarios por terminación del juicio laboral promovido por Edwin Jose Rejón González y Felix Guillermo Pérez Flores, que cursa ante la junta local de conciliación y arbitraje con número de expediente 52/2020</t>
+  </si>
+  <si>
+    <t>2021-12-20T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-14.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Compra de cartuchos de tinta y toner para PLENO</t>
+  </si>
+  <si>
+    <t>id-27.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Compra de toner para Secretaría Técnica</t>
+  </si>
+  <si>
+    <t>id-29.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0</t>
   </si>
   <si>
     <t xml:space="preserve">   Pago de energía eléctrica </t>
   </si>
   <si>
     <t>Suministrar el servicio de energía eléctrica para el desarrollo de las funciones del instituto</t>
   </si>
   <si>
-    <t>id-3.0.contracts.0</t>
-[...88 lines deleted...]
-  <si>
     <t>_link_contracts</t>
   </si>
   <si>
     <t>quantity</t>
   </si>
   <si>
     <t>unit_name</t>
   </si>
   <si>
     <t>unit_value_amount</t>
   </si>
   <si>
     <t>unit_value_currency</t>
   </si>
   <si>
     <t>unit_value_netAmount</t>
   </si>
   <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
     <t>classification_description</t>
@@ -2192,2017 +2192,1660 @@
   <si>
     <t>deliveryAddress_region</t>
   </si>
   <si>
     <t>deliveryAddress_locality</t>
   </si>
   <si>
     <t>deliveryAddress_postalCode</t>
   </si>
   <si>
     <t>deliveryAddress_countryName</t>
   </si>
   <si>
     <t>deliveryAddress_streetAddress</t>
   </si>
   <si>
     <t>deliveryLocation_geometry_type</t>
   </si>
   <si>
     <t>deliveryLocation_geometry_coordinates</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>item-9c2100c9-006b-4e07-aec3-b7cffeb6fda8</t>
+  </si>
+  <si>
+    <t>HONORARIOS PARA LA ELABORACIÓN DE CONTRATO DE ARRENDAMIENTO, RESPECTO A LA OCUPACIÓN, DESOCUPACIÓN Y ENTREGA DE DOS INMUEBLES, RESPECTO DE LOS PREDIOS CALLE 17 NUMERO 172 DE LA COLONIA GARCÍA GINERÉS Y CALLE 10 NO. 187A COLONIA GARCÍA GINERÉS</t>
+  </si>
+  <si>
+    <t>Servicio</t>
+  </si>
+  <si>
+    <t>CUCOP</t>
+  </si>
+  <si>
+    <t>Servicios legales</t>
+  </si>
+  <si>
+    <t>Avenida Colón</t>
+  </si>
+  <si>
+    <t>Point</t>
+  </si>
+  <si>
+    <t>[-89.627931,20.987246]</t>
+  </si>
+  <si>
+    <t>id-1.0.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>item-ab224288-1e8d-4db7-95e2-0eb313edd135</t>
   </si>
   <si>
     <t>Adquisición de Vales de Gasolina</t>
   </si>
   <si>
-    <t>Servicio</t>
-[...4 lines deleted...]
-  <si>
     <t>Gastos de orden social</t>
   </si>
   <si>
-    <t>Avenida Colón</t>
-[...8 lines deleted...]
-    <t>id-0.0.contracts.0.items.1</t>
+    <t>id-1.0.contracts.0.items.1</t>
   </si>
   <si>
     <t>item-c6397652-3b54-4555-bb8c-6129eb5703b5</t>
   </si>
   <si>
     <t>Adquisición de Vales de Gasolina Comisión</t>
   </si>
   <si>
     <t>Servicios bancarios y financieros</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.items.0</t>
+    <t>id-2.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-2317b708-124a-437a-9e05-146f279945cb</t>
+  </si>
+  <si>
+    <t>TRABAJOS DE ALBAÑILERIA, REPARACIÓN Y RESANES DEL EDIFICIO 187-A</t>
+  </si>
+  <si>
+    <t>Servicios de instalacion, reparacion, mantenimiento y conservacion menor de inmuebles</t>
+  </si>
+  <si>
+    <t>id-2.0.contracts.0.items.1</t>
+  </si>
+  <si>
+    <t>item-57ab531a-11db-43ff-94fd-8d2f8ac796e6</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-f86942c0-3491-423f-9222-df2a1a808ac4</t>
+  </si>
+  <si>
+    <t>APORTACIÓN EXTRAORDINARIA</t>
+  </si>
+  <si>
+    <t>Desarrollo y mantenimiento de sistemas (paginas de internet, elaboracion de programas)</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-4a39e0ec-cc6e-4cf9-9ad1-9176b88cbc3a</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMPRA DE VALES DE GASOLINA </t>
+  </si>
+  <si>
+    <t>Litro</t>
+  </si>
+  <si>
+    <t>Gasolina</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0.items.1</t>
+  </si>
+  <si>
+    <t>item-823d408a-eb4c-4c55-a191-490541c7e977</t>
+  </si>
+  <si>
+    <t>COMISIÓN POR VALES DE GASOLINA</t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-9086ad35-57c7-4197-806f-e8caa1fc9954</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VALES ELECTRONICOS PREMIUMPASS </t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0.items.1</t>
+  </si>
+  <si>
+    <t>item-c9d4c253-87ff-4397-9c8d-19c0ff0678fa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMISIÓN DE LOS VALES ELECTRONICOS PREMIUMPASS </t>
+  </si>
+  <si>
+    <t>id-6.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-08c61aa9-a6e4-4895-bf47-15294bbb2633</t>
+  </si>
+  <si>
+    <t>SERVICIO NORMAL TISANOM MONOUSUARIO 2022</t>
+  </si>
+  <si>
+    <t>id-8.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>item-6a0ef12c-e597-45d4-b61b-7e107dd4fd9b</t>
   </si>
   <si>
     <t>PAGO RENTA CORRESPONDIENTE AL MES DE JULIO EDIFICIOS INAIP CALLE 17 NUM. 172 Y CALLE 10 NO.188-A COLONIA GARCÍA GINERÉS</t>
   </si>
   <si>
     <t>Arrendamiento de edificios y locales</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.items.1</t>
+    <t>id-8.0.contracts.0.items.1</t>
   </si>
   <si>
     <t>item-044a85d3-8c67-442b-b2de-aa920c100abf</t>
   </si>
   <si>
     <t>DEPÓSITO EN GARANTÍA POR RENTA DE EDIFICIOS INAIP CALLE 17 NUM. 172 Y CALLE 10 NO.188-A COLONIA GARCÍA GINERÉS</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.items.2</t>
+    <t>id-8.0.contracts.0.items.2</t>
   </si>
   <si>
     <t>item-112b1c31-0a88-4b64-9c67-88565cc12032</t>
   </si>
   <si>
     <t>RENTA DE AGOSTO DEL LOCAL 188</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.items.3</t>
+    <t>id-8.0.contracts.0.items.3</t>
   </si>
   <si>
     <t>item-02e29a2a-79f3-4b4b-b550-d9bcdc4c47ec</t>
   </si>
   <si>
     <t>RENTA DE SEPTIEMBRE DEL LOCAL 188</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.items.4</t>
+    <t>id-8.0.contracts.0.items.4</t>
   </si>
   <si>
     <t>item-3abe3170-c9a4-4b9d-ab47-8f03f3a1ede8</t>
   </si>
   <si>
     <t>PAGO RENTA CORRESPONDIENTE AL MES DE OCTUBRE EDIFICIOS INAIP CALLE 17 NUM. 172 Y CALLE 10 NO.188-A COLONIA GARCÍA GINERÉS</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.items.5</t>
+    <t>id-8.0.contracts.0.items.5</t>
   </si>
   <si>
     <t>item-25d355f8-d468-4c53-9a9d-ebe786d30b52</t>
   </si>
   <si>
     <t>PAGO RENTA CORRESPONDIENTE AL MES DE NOVIEMBRE EDIFICIOS INAIP CALLE 17 NUM. 172 Y CALLE 10 NO.188-A COLONIA GARCÍA GINERÉS</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.items.6</t>
+    <t>id-8.0.contracts.0.items.6</t>
   </si>
   <si>
     <t>item-38b38066-7f84-485c-9cd6-eaefe2ac4853</t>
   </si>
   <si>
     <t>PAGO RENTA CORRESPONDIENTE AL MES DE DICIEMBRE EDIFICIOS INAIP CALLE 17 NUM. 172 Y CALLE 10 NO.188-A COLONIA GARCÍA GINERÉS</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.items.0</t>
+    <t>id-9.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-dc8b7b89-48c6-4c66-894f-b5d7284460c0</t>
+  </si>
+  <si>
+    <t>RENTA DE ABRIL DEL LOCAL 187 A</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.items.1</t>
+  </si>
+  <si>
+    <t>item-5c8d72b2-c2b8-4fef-b9af-1762014a8bf5</t>
+  </si>
+  <si>
+    <t>RENTA DE ABRIL DEL LOCAL 185</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.items.2</t>
+  </si>
+  <si>
+    <t>item-8989bd51-ac5f-4278-abab-1e53fbb7d7ae</t>
+  </si>
+  <si>
+    <t>RENTA DE MAYO DEL LOCAL 187 A</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.items.3</t>
+  </si>
+  <si>
+    <t>item-8cf9e942-ef86-4ace-98d4-498b6d7bb6f8</t>
+  </si>
+  <si>
+    <t>RENTA DE MAYO DEL LOCAL 185</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.items.4</t>
+  </si>
+  <si>
+    <t>item-d9b9c64a-27a7-4674-bd0c-21bc9cd866eb</t>
+  </si>
+  <si>
+    <t>RENTA DE JUNIO DEL LOCAL 187 A</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.items.5</t>
+  </si>
+  <si>
+    <t>item-b5129950-5e00-4953-903c-daaffaf94f8a</t>
+  </si>
+  <si>
+    <t>RENTA DE JUNIO DEL LOCAL 185</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.items.6</t>
+  </si>
+  <si>
+    <t>item-f5888a7e-6190-4dc3-81cc-d24ce32f4939</t>
+  </si>
+  <si>
+    <t>RENTA DE JULIO DEL LOCAL 185</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.items.7</t>
+  </si>
+  <si>
+    <t>item-95a4b722-a449-48d6-aa10-42069ebdf5df</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> RENTA DE AGOSTO DEL LOCAL 185</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.items.8</t>
+  </si>
+  <si>
+    <t>item-d2f9c5b8-f315-4a3e-adf6-1cfbc050e696</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> RENTA DE SEPTIEMBRE DEL LOCAL 185</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.items.9</t>
+  </si>
+  <si>
+    <t>item-a3679056-fcca-448a-a553-53284715bec2</t>
+  </si>
+  <si>
+    <t>RENTA DE OCTUBRE DEL LOCAL 185</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.items.10</t>
+  </si>
+  <si>
+    <t>item-9149b5e3-9726-4a30-97a2-9a538f2920cc</t>
+  </si>
+  <si>
+    <t>RENTA DE NOVIEMBRE DEL LOCAL 185</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.items.11</t>
+  </si>
+  <si>
+    <t>item-692e2dd8-1b1e-492b-83c3-0db67e9fa475</t>
+  </si>
+  <si>
+    <t>RENTA DE DICIEMBRE DEL LOCAL 185</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-905ea034-ee05-4cf2-8def-a22f33149132</t>
+  </si>
+  <si>
+    <t>SERVICIO DE CONSUMO DE ELECTRICIDAD ELÉCTRICA</t>
+  </si>
+  <si>
+    <t>Servicio de energia electrica</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.items.1</t>
+  </si>
+  <si>
+    <t>item-a5cc4d5d-2b9e-45af-a5e4-4889e9fa3319</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.items.2</t>
+  </si>
+  <si>
+    <t>item-ae1c3a4d-e53f-44e3-817c-3b0d5f78a5e5</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.items.3</t>
+  </si>
+  <si>
+    <t>item-eb35634f-b115-45b0-8f9c-9aae5c9bac28</t>
+  </si>
+  <si>
+    <t>CONSUMO DE ENERGIA ELECTRICA</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.items.4</t>
+  </si>
+  <si>
+    <t>item-aec2662a-1281-4b00-afb3-ae869c4b1530</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.items.5</t>
+  </si>
+  <si>
+    <t>item-4384e953-f9c1-4891-bf1f-0f9481ee8620</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.items.6</t>
+  </si>
+  <si>
+    <t>item-5419dfbb-12b5-4748-b3e5-9d27c7b30162</t>
+  </si>
+  <si>
+    <t>id-11.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-b6c6820e-d202-43c2-8a07-636129625cfd</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMPRA DE AIRE ACONDICIONADO </t>
+  </si>
+  <si>
+    <t>Pieza</t>
+  </si>
+  <si>
+    <t>Acondicionador aire</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-d7a8d845-84a6-41c2-9070-c13a58f022cc</t>
+  </si>
+  <si>
+    <t>SEGURO PARA BIENES PATRIMONIALES</t>
+  </si>
+  <si>
+    <t>Contratacion de seguros para bienes muebles</t>
+  </si>
+  <si>
+    <t>[-89.628174,20.987259]</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-58828bd4-3513-4e3f-b5f0-2683a5b6181c</t>
+  </si>
+  <si>
+    <t>ASESORÍA LABORAL EN LOS JUICIOS PROMOVIDOS ANTE LA JUNTA ESPECIAL NÚMERO 2 DE LA JUNTA LOCAL DE CONCILIACIÓN Y ARBITRAJE</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.items.1</t>
+  </si>
+  <si>
+    <t>item-157784a4-b58f-4655-883d-320a1a0d0815</t>
+  </si>
+  <si>
+    <t>id-14.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-c948ee5d-5cc2-4ee0-bd9c-fabbae04f34e</t>
+  </si>
+  <si>
+    <t>ELABORACION DE CONTRATO DE ARRENDAMIENTO PARA EL INAIP YUCATÁN</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-0ded3c11-1f25-45fd-bd3d-0b28c8e29025</t>
+  </si>
+  <si>
+    <t>TONER Y CARTUCHOS PARA IMPRESORAS</t>
+  </si>
+  <si>
+    <t>Tinta para impresion (suministros informaticos)</t>
+  </si>
+  <si>
+    <t>id-27.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-8bed961a-fd95-448c-98cc-0d5f555b9810</t>
+  </si>
+  <si>
+    <t>TONER ORIGINAL HP89Y LASER JET 20000</t>
+  </si>
+  <si>
+    <t>id-27.0.contracts.0.items.1</t>
+  </si>
+  <si>
+    <t>item-82217402-ef40-4085-b2b2-bbd6a516e59c</t>
+  </si>
+  <si>
+    <t>TONER ORIGINAL HP89Y (CF289Y) LASER JET 20000</t>
+  </si>
+  <si>
+    <t>id-29.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-0a3cbd0c-6734-463b-aa54-f11bd9c94316</t>
+  </si>
+  <si>
+    <t>ENCUADERNACIÓN DE ACTAS DEL PLENO DEL INAIP</t>
+  </si>
+  <si>
+    <t>Otros servicios comerciales</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>item-fe5402ac-c2fd-4be5-a90f-697c588b6ba4</t>
   </si>
   <si>
     <t>Suministros de Energía Eléctrica</t>
   </si>
   <si>
-    <t>Servicio de energia electrica</t>
-[...346 lines deleted...]
-  <si>
     <t>url</t>
   </si>
   <si>
     <t>format</t>
   </si>
   <si>
     <t>dateModified</t>
   </si>
   <si>
     <t>documentType</t>
   </si>
   <si>
     <t>datePublished</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.documents.0</t>
   </si>
   <si>
+    <t>doc-4cbb2788-5c21-4d5d-a83d-ecb0dc8846e5</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=3b63dd53-ddee-4782-99ec-6d36b73a5694</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 045_2021</t>
+  </si>
+  <si>
+    <t>PDF</t>
+  </si>
+  <si>
+    <t>Spanish; Castilian</t>
+  </si>
+  <si>
+    <t>Documento en el cual se asigna al proveedor ganador, Unidad Administrativa solicitante y el desglose de los bienes o servicios adquiridos para lograr el desarrollo y cumplimento de sus programas.</t>
+  </si>
+  <si>
+    <t>2021-08-30T15:18:59-05:00</t>
+  </si>
+  <si>
+    <t>contractSigned</t>
+  </si>
+  <si>
+    <t>2021-08-30T15:18:58-05:00</t>
+  </si>
+  <si>
+    <t>id-0.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-03d97459-6dc5-431f-b9fb-8982acca7668</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=8863f5eb-9ea7-4209-8af7-8ebf67fcab17</t>
+  </si>
+  <si>
+    <t>FACTURA CRED 928</t>
+  </si>
+  <si>
+    <t>Documento donde el contratante solicita el pago de bienes y servicios prestados de acuerdo a la factura emitida.</t>
+  </si>
+  <si>
+    <t>2021-08-30T15:19:38-05:00</t>
+  </si>
+  <si>
+    <t>2021-08-30T15:19:37-05:00</t>
+  </si>
+  <si>
+    <t>id-1.0.contracts.0.documents.0</t>
+  </si>
+  <si>
     <t>doc-a99b451c-24b2-4a3b-90e4-4f889332602e</t>
   </si>
   <si>
     <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9dbd5d7a-32d9-4a2f-ac7b-29e5bf661aa7</t>
   </si>
   <si>
     <t>Orden de Compra DAF 170/2020</t>
   </si>
   <si>
-    <t>PDF</t>
-[...10 lines deleted...]
-  <si>
     <t>2021-03-25T12:13:45-06:00</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0.documents.1</t>
+    <t>id-1.0.contracts.0.documents.1</t>
   </si>
   <si>
     <t>doc-29eba573-a43b-41c9-bc5b-1882771ecb85</t>
   </si>
   <si>
     <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=6ccf5a5a-07a5-40d8-b540-a76f62637637</t>
   </si>
   <si>
     <t>Factura</t>
   </si>
   <si>
-    <t>Documento donde el contratante solicita el pago de bienes y servicios prestados de acuerdo a la factura emitida.</t>
-[...2 lines deleted...]
-    <t>id-1.0.contracts.0.documents.0</t>
+    <t>id-2.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-42cb6112-4c71-43e8-b339-56e474db7492</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=e1a91e1a-4aa3-4b99-b772-25bb5b4615b1</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 108_2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T12:21:56-06:00</t>
+  </si>
+  <si>
+    <t>id-2.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-2b0553b9-307e-4f3e-ba3d-2f6b388b82f2</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=38ead823-4165-4391-b96e-9aefae429707</t>
+  </si>
+  <si>
+    <t>FACTURA A-128</t>
+  </si>
+  <si>
+    <t>2022-01-11T12:22:43-06:00</t>
+  </si>
+  <si>
+    <t>id-2.0.contracts.0.documents.2</t>
+  </si>
+  <si>
+    <t>doc-b668a401-73f9-481d-a861-b135c1b5883f</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=f3e116e2-8a93-4023-9a7f-59cea3a7da61</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 131_2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T12:25:04-06:00</t>
+  </si>
+  <si>
+    <t>id-2.0.contracts.0.documents.3</t>
+  </si>
+  <si>
+    <t>doc-69dc515b-00b5-40c9-a3c5-c2dbf35eba57</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=222f8851-519a-484b-a6e6-b9def3b29190</t>
+  </si>
+  <si>
+    <t>FACTURA A-131</t>
+  </si>
+  <si>
+    <t>2022-01-11T12:25:49-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-f41ad5da-2272-41f1-888c-aee1fb8f6da7</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=2d494047-a808-4ca1-816d-06c5f446a231</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 117_2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T11:48:59-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-ac594ee9-079e-4690-a78e-28ab772af6b0</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=113e2ed4-e041-462a-bae5-c7989355c2ec</t>
+  </si>
+  <si>
+    <t>FACTURA A 15732</t>
+  </si>
+  <si>
+    <t>2022-01-11T11:49:53-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-6ce1d463-8602-4492-80d2-b0fd82632650</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=aaadcb0a-f7b1-4be0-83a0-df2132e589a5</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 128_2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T10:56:01-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-4529d3dc-40c0-4b7f-b06b-4dcb3f795369</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=91ce512d-2312-463e-b53a-74579a211475</t>
+  </si>
+  <si>
+    <t>FACTURA AE 4813958</t>
+  </si>
+  <si>
+    <t>2022-01-11T10:56:57-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-d31098e9-dd0b-4d71-93fe-79e893d9a749</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=c83d5e4d-d101-4505-895d-1a9870763df7</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 153_2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T11:25:07-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-67f7f0c1-610f-440c-a7ba-ecad553ab907</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=0d64c046-f966-49cd-ba6f-db56763f9356</t>
+  </si>
+  <si>
+    <t>FACTURA AE 4854723</t>
+  </si>
+  <si>
+    <t>2022-01-11T11:26:31-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-c29c8a63-30b0-4725-824e-839b39027a93</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d181e105-3e8a-482a-8f38-cb1aeef0727c</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 121_2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T12:07:42-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-a7fccbe8-8922-4b89-aba6-c1ef826ab7c5</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=ec2d5231-c479-4931-8927-cf0508ce699b</t>
+  </si>
+  <si>
+    <t>FACTURA T-38</t>
+  </si>
+  <si>
+    <t>2022-01-11T12:08:29-06:00</t>
+  </si>
+  <si>
+    <t>id-8.0.contracts.0.documents.0</t>
   </si>
   <si>
     <t>doc-6879b7a9-ea08-4939-959e-d1d7aab6ce58</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=7dc60926-0cb8-44ad-83bd-481a117bcb82</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA DAF 046_2021</t>
   </si>
   <si>
     <t>2021-08-31T08:24:11-05:00</t>
   </si>
   <si>
     <t>2021-08-31T08:24:10-05:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.documents.1</t>
+    <t>id-8.0.contracts.0.documents.1</t>
   </si>
   <si>
     <t>doc-d483eb06-ac5b-416a-b11f-5b371178f040</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=a11fe73f-913f-409a-a5ca-5c0f6f319ec5</t>
   </si>
   <si>
     <t>FACTURA 87</t>
   </si>
   <si>
     <t>2021-08-31T08:25:06-05:00</t>
   </si>
   <si>
     <t>2021-08-31T08:25:04-05:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.documents.2</t>
+    <t>id-8.0.contracts.0.documents.2</t>
   </si>
   <si>
     <t>doc-4ef1d3c5-ce0a-48ba-8ab0-afc4e8a85835</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=1fb630af-48a3-43b8-bc98-57dae012fd30</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA DAF 047_2021</t>
   </si>
   <si>
     <t>2021-08-31T08:37:21-05:00</t>
   </si>
   <si>
     <t>2021-08-31T08:37:19-05:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.documents.3</t>
+    <t>id-8.0.contracts.0.documents.3</t>
   </si>
   <si>
     <t>doc-e20a416b-fc9a-40f7-8a42-fc5f92d779e6</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=de9637cb-4cec-494f-baf1-d9c1a29a0de9</t>
   </si>
   <si>
     <t>FACTURA 88</t>
   </si>
   <si>
     <t>2021-08-31T08:37:54-05:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.documents.4</t>
+    <t>id-8.0.contracts.0.documents.4</t>
   </si>
   <si>
     <t>doc-afad9061-5ad2-4a77-976d-93d32b01dde9</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=4e2c36e7-ca88-420e-9024-9d86603e0d5c</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA DAF 071_2021</t>
   </si>
   <si>
     <t>2021-10-29T13:11:44-05:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.documents.5</t>
+    <t>id-8.0.contracts.0.documents.5</t>
   </si>
   <si>
     <t>doc-9df91902-e936-4904-8d60-e88373fec774</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=344b30f5-e15e-4dc3-8d19-cbb1ec74fc44</t>
   </si>
   <si>
     <t>FACTURA 91</t>
   </si>
   <si>
     <t>2021-10-29T13:12:21-05:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.documents.6</t>
+    <t>id-8.0.contracts.0.documents.6</t>
   </si>
   <si>
     <t>doc-3f69ae21-a5f3-4b0d-8540-b5a07a43af40</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=edcd6732-61a9-4364-8db7-601bdf11bff0</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA DAF 089_2021</t>
   </si>
   <si>
     <t>2021-10-29T13:13:45-05:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.documents.7</t>
+    <t>id-8.0.contracts.0.documents.7</t>
   </si>
   <si>
     <t>doc-cbb765af-521b-459a-a9b5-a3a7eabd7916</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=797a3404-e122-4176-8461-d3eb9967fe5d</t>
   </si>
   <si>
     <t>FACTURA 93</t>
   </si>
   <si>
     <t>2021-10-29T13:14:23-05:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.documents.8</t>
+    <t>id-8.0.contracts.0.documents.8</t>
   </si>
   <si>
     <t>doc-f49c2956-6dc6-416a-8ec4-cb361214bb51</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=27cb950d-ffdf-425b-9a75-d790db3dc748</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA DAF 100_2021</t>
   </si>
   <si>
     <t>2022-01-11T14:50:25-06:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.documents.9</t>
+    <t>id-8.0.contracts.0.documents.9</t>
   </si>
   <si>
     <t>doc-586b769b-1abf-4674-8960-98ed54e5aefd</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=5dea86c9-744a-4817-9340-7067f316364d</t>
   </si>
   <si>
     <t>FACT 95</t>
   </si>
   <si>
     <t>2022-01-11T14:56:29-06:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.documents.10</t>
+    <t>id-8.0.contracts.0.documents.10</t>
   </si>
   <si>
     <t>doc-64ff1ccc-e7b6-480a-9316-61069e0b2b30</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9f39993c-ee43-471b-9d2e-c1cbca1627af</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA DAF 114_2021</t>
   </si>
   <si>
     <t>2022-01-11T14:56:56-06:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.documents.11</t>
+    <t>id-8.0.contracts.0.documents.11</t>
   </si>
   <si>
     <t>doc-3ab14363-2e25-4a0a-be12-249c32a10ea4</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=5c4e298a-3426-47d7-ad35-f32fac04b4d8</t>
   </si>
   <si>
     <t>FACT 97</t>
   </si>
   <si>
     <t>2022-01-11T14:57:57-06:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.documents.12</t>
+    <t>id-8.0.contracts.0.documents.12</t>
   </si>
   <si>
     <t>doc-8d716757-88ef-4421-8532-abebac455459</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=5a91b7ac-fa40-4190-ba99-4b209e761eae</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA DAF 140_2021</t>
   </si>
   <si>
     <t>2022-01-11T14:59:20-06:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.documents.13</t>
+    <t>id-8.0.contracts.0.documents.13</t>
   </si>
   <si>
     <t>doc-fa2951f5-7265-4f7b-87d2-f22f75144b87</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=0a59434c-ac68-43aa-9117-f7720fa8b180</t>
   </si>
   <si>
     <t>FACT 98</t>
   </si>
   <si>
     <t>2022-01-11T14:59:53-06:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.documents.0</t>
-[...574 lines deleted...]
-  <si>
     <t>id-9.0.contracts.0.documents.0</t>
   </si>
   <si>
-    <t>doc-d31098e9-dd0b-4d71-93fe-79e893d9a749</t>
-[...8 lines deleted...]
-    <t>2022-01-11T11:25:07-06:00</t>
+    <t>doc-3ca926dc-c354-4be5-8c9e-24c61eb2b2d1</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=2a644905-0a4d-437f-a7ab-0d6f2c64ec8f</t>
+  </si>
+  <si>
+    <t>Contrato de Renta del 185 y 187A</t>
+  </si>
+  <si>
+    <t>Acuerdo en el cual el proveedor y el instituto pactan las condiciones de entrega y recepción de (los) producto (s), así como los plazos de entrega de dichos productos y se establece las condiciones de pago.</t>
+  </si>
+  <si>
+    <t>2021-08-30T12:47:17-05:00</t>
+  </si>
+  <si>
+    <t>2021-08-30T12:47:16-05:00</t>
   </si>
   <si>
     <t>id-9.0.contracts.0.documents.1</t>
   </si>
   <si>
-    <t>doc-67f7f0c1-610f-440c-a7ba-ecad553ab907</t>
-[...34 lines deleted...]
-  <si>
     <t>doc-2c38e782-afd8-401a-9103-dca4e66e8c42</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=a314dea5-8d40-4cdb-be13-124af01ff4dc</t>
   </si>
   <si>
     <t>FACTURA I 012</t>
   </si>
   <si>
     <t>2021-08-30T12:49:46-05:00</t>
   </si>
   <si>
     <t>2021-08-30T12:49:45-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.documents.2</t>
+    <t>id-9.0.contracts.0.documents.2</t>
   </si>
   <si>
     <t>doc-abfa1200-2bce-42d3-bbf3-ae4c8e4eba0e</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=cc68fa83-157e-45e1-a44a-d169e00ee6a9</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA DAF 023_2021</t>
   </si>
   <si>
     <t>2021-09-06T12:51:21-05:00</t>
   </si>
   <si>
     <t>2021-08-30T12:51:21-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.documents.3</t>
+    <t>id-9.0.contracts.0.documents.3</t>
   </si>
   <si>
     <t>doc-a60ff7d0-49a5-4423-9270-2f87524d943b</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=29009f09-25aa-4ef1-84a1-b5735c1448c5</t>
   </si>
   <si>
     <t>FACTURA I 013</t>
   </si>
   <si>
     <t>2021-08-30T12:52:03-05:00</t>
   </si>
   <si>
     <t>2021-08-30T12:52:02-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.documents.4</t>
+    <t>id-9.0.contracts.0.documents.4</t>
   </si>
   <si>
     <t>doc-b3a6591c-5659-4640-82f2-5369576808ea</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=1f758e40-6210-4a41-885f-4e560c84eb0a</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA DAF 022_2021</t>
   </si>
   <si>
     <t>2021-08-30T12:52:53-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.documents.5</t>
+    <t>id-9.0.contracts.0.documents.5</t>
   </si>
   <si>
     <t>doc-81d48339-d7dc-4b94-88a8-13872b3ba393</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=eb19e2f8-dee8-49f5-9263-0d88f9b92786</t>
   </si>
   <si>
     <t>FACTURA I 017</t>
   </si>
   <si>
     <t xml:space="preserve">Documento donde el contratante solicita el pago de bienes y servicios prestados de acuerdo a la factura emitida._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>2021-08-30T12:54:07-05:00</t>
   </si>
   <si>
     <t>2021-08-30T12:54:06-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.documents.6</t>
+    <t>id-9.0.contracts.0.documents.6</t>
   </si>
   <si>
     <t>doc-b1c16819-2381-46a6-9ac9-8970fdf6e873</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=7a3b8504-42e1-46a3-a4b7-00918dc662ed</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA DAF 033_2021</t>
   </si>
   <si>
     <t>2021-08-30T12:54:50-05:00</t>
   </si>
   <si>
     <t>2021-08-30T12:54:49-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.documents.7</t>
+    <t>id-9.0.contracts.0.documents.7</t>
   </si>
   <si>
     <t>doc-14cfe153-4bdb-4492-ba00-5f948f88dc93</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=93b96ea6-4908-4496-aa29-6513b5d01fd7</t>
   </si>
   <si>
     <t>FACTURA I 018</t>
   </si>
   <si>
     <t>2021-08-30T12:55:38-05:00</t>
   </si>
   <si>
     <t>2021-08-30T12:55:37-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.documents.8</t>
+    <t>id-9.0.contracts.0.documents.8</t>
   </si>
   <si>
     <t>doc-a3b2381f-ff4b-4ba9-90b8-57a90aa87476</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=27452558-0317-47db-a8f3-b6ce44fd2613</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA DAF 032_2021</t>
   </si>
   <si>
     <t xml:space="preserve">Documento en el cual se asigna al proveedor ganador, Unidad Administrativa solicitante y el desglose de los bienes o servicios adquiridos para lograr el desarrollo y cumplimento de sus programas._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>2021-08-30T12:56:26-05:00</t>
   </si>
   <si>
+    <t>id-9.0.contracts.0.documents.9</t>
+  </si>
+  <si>
+    <t>doc-231634e1-b711-4b74-b61d-98db8371e0c5</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=054ac6d3-16b8-484c-bc6d-fd8feb5ce68a</t>
+  </si>
+  <si>
+    <t>FACTURA I 022</t>
+  </si>
+  <si>
+    <t>2021-08-30T12:57:48-05:00</t>
+  </si>
+  <si>
+    <t>2021-08-30T12:57:47-05:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.documents.10</t>
+  </si>
+  <si>
+    <t>doc-9ced0841-178f-4a80-b7db-1a51099144d9</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=f900f6a3-8a83-4796-aac4-929c4681dd71</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 041_2021</t>
+  </si>
+  <si>
+    <t>2021-08-30T12:58:23-05:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.documents.11</t>
+  </si>
+  <si>
+    <t>doc-bbfd1d09-ace8-4a4c-8a65-031d25eb4db1</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=f73a69fc-a231-40de-8244-f0da7b5860b1</t>
+  </si>
+  <si>
+    <t>FACTURA I 023</t>
+  </si>
+  <si>
+    <t>2021-08-30T12:59:06-05:00</t>
+  </si>
+  <si>
+    <t>2021-08-30T12:58:54-05:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.documents.12</t>
+  </si>
+  <si>
+    <t>doc-96795c04-6d64-4be9-832b-f6fa5f4a818b</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=c0fef153-7697-4155-be80-79db8d650ef6</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 040_2021</t>
+  </si>
+  <si>
+    <t>2021-08-30T12:59:55-05:00</t>
+  </si>
+  <si>
+    <t>2021-08-30T12:59:54-05:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.documents.13</t>
+  </si>
+  <si>
+    <t>doc-49b898b0-0c6f-499a-afb3-6a73ff64a639</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=80046666-c198-40fc-b6e3-f436f2fcd7c6</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 056_2021</t>
+  </si>
+  <si>
+    <t>2021-10-29T12:35:19-05:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.documents.14</t>
+  </si>
+  <si>
+    <t>doc-40ca5b82-1361-47b7-bd12-3a1022d26c36</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=e107d56c-ab41-492c-9bdb-e1b689561a28</t>
+  </si>
+  <si>
+    <t>FACTURA I 027</t>
+  </si>
+  <si>
+    <t>2021-10-29T12:35:54-05:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.documents.15</t>
+  </si>
+  <si>
+    <t>doc-0095248f-68cf-43b1-9357-6e51c50d4cbf</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=30aa17c7-f8ac-477f-8465-e91951eff709</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 070_2021</t>
+  </si>
+  <si>
+    <t>2021-10-29T12:42:11-05:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.documents.16</t>
+  </si>
+  <si>
+    <t>doc-e8137593-3942-4ed0-a841-de750f058e67</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=5d294749-c85c-42f0-84d0-1516bb6bbab9</t>
+  </si>
+  <si>
+    <t>FACTURA I 031</t>
+  </si>
+  <si>
+    <t>2021-10-29T12:43:33-05:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.documents.17</t>
+  </si>
+  <si>
+    <t>doc-1458fa1f-f7c7-40be-83d1-86d0a7e9e963</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=2b3e84d7-5e76-4bef-a765-18467a362501</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 088_2021</t>
+  </si>
+  <si>
+    <t>2021-10-29T12:44:53-05:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.documents.18</t>
+  </si>
+  <si>
+    <t>doc-160e1336-095f-4912-8b08-aeb7a079edd6</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=1a70cab2-a394-4a8f-ac70-ca015220c978</t>
+  </si>
+  <si>
+    <t>FACTURA I 035</t>
+  </si>
+  <si>
+    <t>2021-10-29T12:45:25-05:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.documents.19</t>
+  </si>
+  <si>
+    <t>doc-f92528f2-638f-462a-985b-7c87dce8708b</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b8cbc7d7-988b-4bd3-b7ea-166fd4c04ad8</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 097-BIS_2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T13:44:51-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.documents.20</t>
+  </si>
+  <si>
+    <t>doc-34c241eb-cc6b-4780-a54c-a1c53d7a90ec</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=8c555211-6491-45df-b828-b99aa01c2f1b</t>
+  </si>
+  <si>
+    <t>FACTURA I 039</t>
+  </si>
+  <si>
+    <t>2022-01-11T13:45:18-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.documents.21</t>
+  </si>
+  <si>
+    <t>doc-de51d94f-f3d1-4ef8-85c7-1376f0e7c040</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=dd4bed0e-583c-458c-9fd7-1ed9c6f2e2c9</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 115_2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T13:46:39-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.documents.22</t>
+  </si>
+  <si>
+    <t>doc-caaf5142-4dd2-4d95-97c8-f1a25748f085</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=57daaffa-42a7-49e2-ba81-d220f0c3a42e</t>
+  </si>
+  <si>
+    <t>FACTURA I 043</t>
+  </si>
+  <si>
+    <t>2022-01-11T13:47:49-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.documents.23</t>
+  </si>
+  <si>
+    <t>doc-89d89717-e381-43bd-b0cd-c3a51009b3f4</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=3fe5d1d4-0669-4daa-9f00-5bc0b4162167</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 142_2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T13:48:48-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.documents.24</t>
+  </si>
+  <si>
+    <t>doc-803e89da-9252-48f9-87b4-95f7fa7835a0</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=a35bcc89-09e6-47f2-8e64-98da82aca63e</t>
+  </si>
+  <si>
+    <t>FACTURA I 047</t>
+  </si>
+  <si>
+    <t>2022-01-11T13:49:37-06:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-5bffc5e0-dff3-46bb-8eda-5cede61cabef</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=c64f55ae-d627-4370-bde1-f9d1def84c21</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 063_2021</t>
+  </si>
+  <si>
+    <t>2021-10-29T09:23:19-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-f8fb6099-2123-4537-9d33-0c45ef1bb46f</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=8efbee0f-dc75-4157-a656-1f8f8c887aa2</t>
+  </si>
+  <si>
+    <t>FACTURA 08 06-07 07 21</t>
+  </si>
+  <si>
+    <t>2021-10-29T09:24:10-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.documents.2</t>
+  </si>
+  <si>
+    <t>doc-60b9e19b-3666-42f9-9a71-1f6ec5adf831</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=3e7a5e7d-b1fb-4059-b723-ec2b4bb71a34</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 081_2021</t>
+  </si>
+  <si>
+    <t>2021-10-29T09:25:04-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.documents.3</t>
+  </si>
+  <si>
+    <t>doc-40b4575e-f027-4865-accf-9c45a5c10e90</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=f078d89e-09b0-4b4c-a47e-433f0b2d3af5</t>
+  </si>
+  <si>
+    <t>FACTURA 07 07 - 06 08 21</t>
+  </si>
+  <si>
+    <t>2021-10-29T09:26:42-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.documents.4</t>
+  </si>
+  <si>
+    <t>doc-929948e6-45c6-4052-a18b-3fb59813a1cb</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=bc96920f-2d0a-49a3-b06d-1d56e31ae66b</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 092_2021</t>
+  </si>
+  <si>
+    <t>2021-10-29T09:28:47-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.documents.5</t>
+  </si>
+  <si>
+    <t>doc-a550caa6-ac19-4cda-b71a-901be5416c6a</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b8396a28-c136-455b-9c52-6acd95a4e3e5</t>
+  </si>
+  <si>
+    <t>FACTURA 06 08 - 06 09 21</t>
+  </si>
+  <si>
+    <t>2021-10-29T09:29:48-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.documents.6</t>
+  </si>
+  <si>
+    <t>doc-2696126b-b353-4250-92eb-3d52083e59bf</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=ae3d2109-ea12-4865-86c4-3d69a026e259</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 101-2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T15:31:48-06:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.documents.7</t>
+  </si>
+  <si>
+    <t>doc-b9db22da-e0c3-4469-827c-148da1071738</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=ab8b1c53-81a0-4a84-8130-a6af72a72439</t>
+  </si>
+  <si>
+    <t>FACT 06-09 AL 07-10 2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T15:32:21-06:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.documents.8</t>
+  </si>
+  <si>
+    <t>doc-c4473148-ad9b-40e7-9b3e-b08e5cd481e1</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=57301a7a-6e8d-4409-a755-fc56e10824b3</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 103-2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T15:33:13-06:00</t>
+  </si>
+  <si>
     <t>id-10.0.contracts.0.documents.9</t>
   </si>
   <si>
-    <t>doc-231634e1-b711-4b74-b61d-98db8371e0c5</t>
-[...11 lines deleted...]
-    <t>2021-08-30T12:57:47-05:00</t>
+    <t>doc-45b780a1-c033-432a-abad-487ca154f2ff</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=a77a6eae-fdb8-4101-bb98-36562edf9bd9</t>
+  </si>
+  <si>
+    <t>FACT 04-08 AL 05-10 2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T15:33:48-06:00</t>
   </si>
   <si>
     <t>id-10.0.contracts.0.documents.10</t>
   </si>
   <si>
-    <t>doc-9ced0841-178f-4a80-b7db-1a51099144d9</t>
-[...8 lines deleted...]
-    <t>2021-08-30T12:58:23-05:00</t>
+    <t>doc-c9b7e4f2-8391-4a09-b144-b01cfbffac34</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d122541f-fc79-472e-85f1-b245157a4ee3</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 119_2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T15:34:54-06:00</t>
   </si>
   <si>
     <t>id-10.0.contracts.0.documents.11</t>
   </si>
   <si>
-    <t>doc-bbfd1d09-ace8-4a4c-8a65-031d25eb4db1</t>
-[...11 lines deleted...]
-    <t>2021-08-30T12:58:54-05:00</t>
+    <t>doc-88ab750c-cb19-4283-ad35-5b35216cce5e</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=16cd8242-1748-447f-a908-36fe2fa81047</t>
+  </si>
+  <si>
+    <t>FACT 07-10 AL 05-11 2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T15:35:33-06:00</t>
   </si>
   <si>
     <t>id-10.0.contracts.0.documents.12</t>
   </si>
   <si>
-    <t>doc-96795c04-6d64-4be9-832b-f6fa5f4a818b</t>
-[...11 lines deleted...]
-    <t>2021-08-30T12:59:54-05:00</t>
+    <t>doc-e5b00d52-da4d-4cc4-8973-8a5a4b649e15</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=8741c2ba-859e-45be-9377-f2a9095a1ce5</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 143-2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T15:36:14-06:00</t>
   </si>
   <si>
     <t>id-10.0.contracts.0.documents.13</t>
   </si>
   <si>
-    <t>doc-49b898b0-0c6f-499a-afb3-6a73ff64a639</t>
-[...173 lines deleted...]
-    <t>2022-01-11T13:49:37-06:00</t>
+    <t>doc-380c0a16-3490-4845-bff8-23bbf152c95a</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=3f2d88ee-61a5-4b54-a34c-b4f4c3e0560a</t>
+  </si>
+  <si>
+    <t>FACT 05-10 al 03-12 2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T15:37:28-06:00</t>
   </si>
   <si>
     <t>id-11.0.contracts.0.documents.0</t>
   </si>
   <si>
-    <t>doc-5bffc5e0-dff3-46bb-8eda-5cede61cabef</t>
-[...8 lines deleted...]
-    <t>2021-10-29T09:23:19-05:00</t>
+    <t>doc-6b336a54-bc67-4d2c-953d-637260d5dfe3</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=6d6bdd8d-e41b-419d-818e-9995e3a25542</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAFRH 108-2022</t>
+  </si>
+  <si>
+    <t>2025-11-27T18:00:06-06:00</t>
+  </si>
+  <si>
+    <t>2022-10-21T14:46:03-05:00</t>
   </si>
   <si>
     <t>id-11.0.contracts.0.documents.1</t>
   </si>
   <si>
-    <t>doc-f8fb6099-2123-4537-9d33-0c45ef1bb46f</t>
-[...188 lines deleted...]
-    <t>2022-01-11T15:37:28-06:00</t>
+    <t>doc-81c85b25-bf76-41c8-9539-4f25254e714e</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=c62d8960-619e-4b5d-8574-eb6311895fb8</t>
+  </si>
+  <si>
+    <t>FACTURA MER 208201</t>
+  </si>
+  <si>
+    <t>2022-10-21T14:47:20-05:00</t>
   </si>
   <si>
     <t>id-12.0.contracts.0.documents.0</t>
   </si>
   <si>
     <t>doc-ff8b84f9-8e46-4d41-ba22-1b905d20a506</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=82b3837f-37bb-4d87-b9bf-e62c8baa23c6</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA DAF 040-2022</t>
   </si>
   <si>
     <t>2022-07-13T10:57:19-05:00</t>
   </si>
   <si>
     <t>id-12.0.contracts.0.documents.1</t>
   </si>
   <si>
     <t>doc-b8881185-7387-4a39-a211-4f64588c2ecf</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=5d76ea60-2e4b-4641-908d-79137bded9f0</t>
   </si>
@@ -4245,3780 +3888,4140 @@
   <si>
     <t>2022-07-13T11:37:23-05:00</t>
   </si>
   <si>
     <t>id-12.0.contracts.0.documents.4</t>
   </si>
   <si>
     <t>doc-2fe4390f-9f3c-4855-93f9-d131e8ae5f80</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b8857ba4-4790-412e-af04-26c5dffe6499</t>
   </si>
   <si>
     <t>PÓLIZA DE SEGURO STDN-070-1032280-0</t>
   </si>
   <si>
     <t>Documento donde se especifican los detalles de los montos asegurados y las especificaciones de las misma.</t>
   </si>
   <si>
     <t>2022-07-13T11:44:46-05:00</t>
   </si>
   <si>
     <t>id-13.0.contracts.0.documents.0</t>
   </si>
   <si>
-    <t>doc-6b336a54-bc67-4d2c-953d-637260d5dfe3</t>
-[...8 lines deleted...]
-    <t>2022-10-21T14:46:03-05:00</t>
+    <t>doc-e60dca9f-fc99-4683-b4a1-cbd09d887b38</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=06e2e305-6616-402c-9180-e6c51b5b50ed</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA PLENO 004_2021</t>
+  </si>
+  <si>
+    <t>2021-08-30T15:01:51-05:00</t>
   </si>
   <si>
     <t>id-13.0.contracts.0.documents.1</t>
   </si>
   <si>
-    <t>doc-81c85b25-bf76-41c8-9539-4f25254e714e</t>
-[...8 lines deleted...]
-    <t>2022-10-21T14:47:20-05:00</t>
+    <t>doc-4d82f7e0-e1c6-4da8-9ab7-5b890e92da08</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=896c7cbb-761f-41d5-bfb3-21b9eec05e1f</t>
+  </si>
+  <si>
+    <t>FACTURA 1182</t>
+  </si>
+  <si>
+    <t>2021-08-30T15:02:33-05:00</t>
+  </si>
+  <si>
+    <t>2021-08-30T15:02:32-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.documents.2</t>
+  </si>
+  <si>
+    <t>doc-726b663e-2b6d-46eb-ada2-fc20971158e8</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b0d209a3-040c-4e20-b095-e75ab65dbf5d</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA DAF 154_2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T14:13:43-06:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.documents.3</t>
+  </si>
+  <si>
+    <t>doc-93580c63-c552-415f-898e-1c3b4213db13</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=21dd279a-7e09-4331-a391-d30eb9b2135f</t>
+  </si>
+  <si>
+    <t>FACTURA 1269</t>
+  </si>
+  <si>
+    <t>2022-01-11T14:14:19-06:00</t>
   </si>
   <si>
     <t>id-14.0.contracts.0.documents.0</t>
   </si>
   <si>
     <t>doc-d988d0a0-079b-4bf5-a6f0-5201aeae1ef7</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=07218057-44cf-466e-b90c-72c1a2201ab2</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA PLENO 007-2022</t>
   </si>
   <si>
     <t>2022-10-21T09:49:33-05:00</t>
   </si>
   <si>
     <t>id-14.0.contracts.0.documents.1</t>
   </si>
   <si>
     <t>doc-34578563-6926-403c-8005-4d3f80d5a2f4</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=ecc5745c-2cec-4c6a-bd60-af59d0d77fcc</t>
   </si>
   <si>
     <t>FACTURA 001591</t>
   </si>
   <si>
     <t>2022-10-21T09:51:07-05:00</t>
   </si>
   <si>
     <t>id-15.0.contracts.0.documents.0</t>
   </si>
   <si>
-    <t>doc-e60dca9f-fc99-4683-b4a1-cbd09d887b38</t>
-[...8 lines deleted...]
-    <t>2021-08-30T15:01:51-05:00</t>
+    <t>doc-1f9da753-dd75-44e7-ba70-5f992a03281c</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b2836190-5fe4-495a-8037-1f720b4c3e71</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA PLENO 008-2021</t>
+  </si>
+  <si>
+    <t>2021-10-29T10:42:51-05:00</t>
   </si>
   <si>
     <t>id-15.0.contracts.0.documents.1</t>
   </si>
   <si>
-    <t>doc-4d82f7e0-e1c6-4da8-9ab7-5b890e92da08</t>
-[...61 lines deleted...]
-  <si>
     <t>doc-bf287d12-f778-4ebe-a9fa-c76c5e7dee7f</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b27e6ee4-0e20-404d-bdae-3d8e936ba5a3</t>
   </si>
   <si>
     <t>FACTURA F106169</t>
   </si>
   <si>
     <t>2021-10-29T10:43:51-05:00</t>
   </si>
   <si>
+    <t>id-27.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-ee6cea92-5042-4b3b-9992-d89604dd079c</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b0e8fe66-00aa-4909-8aa7-443918721f81</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA ST 007_2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T14:28:52-06:00</t>
+  </si>
+  <si>
+    <t>id-27.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-5c53f0fc-ec7c-45dc-aaa9-7746bf4dbd91</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=985b4103-4805-4b2b-a94b-734bd1f09cd3</t>
+  </si>
+  <si>
+    <t>FACTURA F108682</t>
+  </si>
+  <si>
+    <t>2022-01-11T14:29:51-06:00</t>
+  </si>
+  <si>
+    <t>id-27.0.contracts.0.documents.2</t>
+  </si>
+  <si>
+    <t>doc-a73ef1e0-5abb-47ce-a3b4-7382916e437a</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=e48be642-af6f-4420-b496-4b60973840db</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA ST 008_2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T14:30:48-06:00</t>
+  </si>
+  <si>
+    <t>id-27.0.contracts.0.documents.3</t>
+  </si>
+  <si>
+    <t>doc-d52bc752-d632-4621-bada-1a930c25fb23</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=0b5ed57c-89fa-4aa7-a73f-2da46e457f6b</t>
+  </si>
+  <si>
+    <t>FACTURA F109890</t>
+  </si>
+  <si>
+    <t>2022-01-11T14:32:00-06:00</t>
+  </si>
+  <si>
+    <t>id-29.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-cdc1644f-063f-4258-b776-370db40d735c</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=bc802bc7-1f69-4f65-b017-891b119735d2</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA PLENO 011_2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T13:08:55-06:00</t>
+  </si>
+  <si>
+    <t>id-29.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-3c11367a-3d1d-4c1e-99b7-1071008e19ef</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=1fd25b30-3eeb-455a-9edf-02bec7c8ce7e</t>
+  </si>
+  <si>
+    <t>FACTURA 11427, 11428 y 11429</t>
+  </si>
+  <si>
+    <t>2022-01-11T13:09:51-06:00</t>
+  </si>
+  <si>
     <t>id-31.0.contracts.0.documents.0</t>
   </si>
   <si>
-    <t>doc-4cbb2788-5c21-4d5d-a83d-ecb0dc8846e5</t>
-[...11 lines deleted...]
-    <t>2021-08-30T15:18:58-05:00</t>
+    <t>doc-8fa7c50c-8496-4b46-8d3b-4df7efe1de5c</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=823f45ea-f307-4613-a614-16cb8ccfc868</t>
+  </si>
+  <si>
+    <t>2021-03-24T12:05:18-06:00</t>
   </si>
   <si>
     <t>id-31.0.contracts.0.documents.1</t>
   </si>
   <si>
-    <t>doc-03d97459-6dc5-431f-b9fb-8982acca7668</t>
-[...11 lines deleted...]
-    <t>2021-08-30T15:19:37-05:00</t>
+    <t>doc-2dc04767-fc7f-40f4-8d63-dea92d993886</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=fddce293-d373-4688-b27d-4fd16df71e45</t>
+  </si>
+  <si>
+    <t>2021-03-24T12:06:10-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.2</t>
+  </si>
+  <si>
+    <t>doc-42cd24db-c6c1-4d53-b033-c0a04133f711</t>
+  </si>
+  <si>
+    <t>2021-03-24T12:06:48-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.3</t>
+  </si>
+  <si>
+    <t>doc-d61b1b02-a5ab-4e18-b59c-a1e9e77fb2e4</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=04150370-a011-42a5-bff5-8bf70217ec70</t>
+  </si>
+  <si>
+    <t>2021-03-24T12:07:49-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.4</t>
+  </si>
+  <si>
+    <t>doc-9a1c039f-9aff-471b-adcb-06725b65a847</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=5b9f0a95-3312-4857-aea4-720c9d6532c3</t>
+  </si>
+  <si>
+    <t>2021-03-24T12:08:29-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.5</t>
+  </si>
+  <si>
+    <t>doc-126fac86-f51f-40b9-843d-80fabc06664b</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=179bfa44-7e05-4bbf-8349-29a4b16961e6</t>
+  </si>
+  <si>
+    <t>2021-03-24T12:09:03-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.6</t>
+  </si>
+  <si>
+    <t>doc-0ae1cbe1-fe30-41dd-9020-e0e61465ed74</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=4bf10fd3-f21f-479d-bc0a-30a74b7171f1</t>
+  </si>
+  <si>
+    <t>2021-03-24T12:09:34-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.7</t>
+  </si>
+  <si>
+    <t>doc-3a06d038-cd4f-46a3-803b-5e9bddd7640b</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=5441d9e5-dad4-4288-96ea-9db9cf16a4d0</t>
+  </si>
+  <si>
+    <t>2021-03-24T12:10:13-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.8</t>
+  </si>
+  <si>
+    <t>doc-ecb5909b-ec7c-4eff-bf1e-e1ed640a194e</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d304e77f-49ff-42c0-b6b4-f5bb13d1bc5e</t>
+  </si>
+  <si>
+    <t>2021-03-24T12:10:37-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.9</t>
+  </si>
+  <si>
+    <t>doc-860ad053-258f-4e6a-a2cc-2e0e021a4f48</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=05148114-bf93-44d5-be7d-40d5d91a822e</t>
+  </si>
+  <si>
+    <t>2021-03-24T12:11:16-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.10</t>
+  </si>
+  <si>
+    <t>doc-f7e988c6-5043-4e2d-a3c1-05dc1aa20cfe</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9f9a3d8c-c01e-47de-99fd-ae3f1c4153c2</t>
+  </si>
+  <si>
+    <t>2021-03-24T12:11:42-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.11</t>
+  </si>
+  <si>
+    <t>doc-7c5bc63c-6691-4347-bac6-5ad1bbbfc551</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b3746957-fdce-4be0-a7f1-0aea157d4b7a</t>
+  </si>
+  <si>
+    <t>2021-03-24T12:12:25-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.12</t>
+  </si>
+  <si>
+    <t>doc-64920b6f-8eed-4000-928c-3373230e91b5</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=40dc2360-e938-46f6-9215-615340caffaf</t>
+  </si>
+  <si>
+    <t>2021-03-24T12:12:41-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.13</t>
+  </si>
+  <si>
+    <t>doc-c3713c94-cbd9-496b-a8b1-346297f7c511</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=fba20155-a73f-4a32-b061-f01bf2928f20</t>
+  </si>
+  <si>
+    <t>Orden de Compra DAF 004-2020</t>
+  </si>
+  <si>
+    <t>2021-03-25T02:00:09-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.14</t>
+  </si>
+  <si>
+    <t>doc-1c85c834-9970-49f1-9683-0e06a55bb53f</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=27672100-d9b9-457a-9a65-27853e8d1226</t>
+  </si>
+  <si>
+    <t>Orden de Compra  DAF 017-2020</t>
+  </si>
+  <si>
+    <t>2021-03-25T02:01:15-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.15</t>
+  </si>
+  <si>
+    <t>doc-490dea6f-7055-403f-8591-714205106381</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=055d83b3-8a4f-4523-931b-92c052382d85</t>
+  </si>
+  <si>
+    <t>Orden de Compra DAF 030-2020</t>
+  </si>
+  <si>
+    <t>2021-03-25T02:01:57-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.16</t>
+  </si>
+  <si>
+    <t>doc-e341e872-3697-4e87-9bfd-19f43bb70d0e</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=419f8e6e-c099-40c4-8dac-a142a2ccbeb6</t>
+  </si>
+  <si>
+    <t>Orden de Compra DAF 040-2020</t>
+  </si>
+  <si>
+    <t>2021-03-25T02:03:12-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.17</t>
+  </si>
+  <si>
+    <t>doc-8b8d18d2-b288-4695-8798-98f006be702d</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=292efaf7-d5ef-4139-94b0-53b41ac121be</t>
+  </si>
+  <si>
+    <t>Orden de Compra DAF 052-2020</t>
+  </si>
+  <si>
+    <t>2021-03-25T02:03:39-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.18</t>
+  </si>
+  <si>
+    <t>doc-861a2974-0665-4695-8c25-2802654bd799</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=c59cc7b3-5805-4a76-875e-b4776119d741</t>
+  </si>
+  <si>
+    <t>Orden de Compra  DAF 064-2020</t>
+  </si>
+  <si>
+    <t>2021-03-25T02:04:20-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.19</t>
+  </si>
+  <si>
+    <t>doc-97b815ca-948b-4456-89a8-d52e73fd0da6</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=6f020569-8f28-4833-8474-ecad9c1e321b</t>
+  </si>
+  <si>
+    <t>Orden de Compra DAF 075-2020</t>
+  </si>
+  <si>
+    <t>contractArrangements</t>
+  </si>
+  <si>
+    <t>2021-03-25T02:05:05-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.20</t>
+  </si>
+  <si>
+    <t>doc-9bf1ffab-458e-4310-a0f7-d939dd617ae4</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=e1ee6488-cf3e-41be-af63-87321c331d94</t>
+  </si>
+  <si>
+    <t>Orden de Compra DAF 088-2020</t>
+  </si>
+  <si>
+    <t>2021-03-25T02:05:40-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.21</t>
+  </si>
+  <si>
+    <t>doc-5870c05a-9c92-4c0f-9d6b-ed652ef6b5a0</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=35942536-f9dc-46fe-982a-bf37f70c06bd</t>
+  </si>
+  <si>
+    <t>Orden de Compra DAF 103-2020</t>
+  </si>
+  <si>
+    <t>2021-03-25T02:06:15-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.22</t>
+  </si>
+  <si>
+    <t>doc-3dc67975-2416-4081-9179-04129072991b</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=0d1b4707-cd8f-4f20-aca3-0c5ae7d15a73</t>
+  </si>
+  <si>
+    <t>Orden de Compra DAF 122-2020</t>
+  </si>
+  <si>
+    <t>2021-03-25T02:06:54-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.23</t>
+  </si>
+  <si>
+    <t>doc-6357e581-d0b4-4325-b05f-e1ab88dfa247</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=42da1d2b-9a01-44d7-9cd4-6e85b62642ae</t>
+  </si>
+  <si>
+    <t>Orden de Compra DAF 139-2020</t>
+  </si>
+  <si>
+    <t>2021-03-25T02:07:40-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.24</t>
+  </si>
+  <si>
+    <t>doc-3897bebf-0189-46c5-87c3-c41d55b38ba6</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=000ae8d4-ca76-4722-980d-3113ab2b851d</t>
+  </si>
+  <si>
+    <t>Orden de Compra DAF 167-2020</t>
+  </si>
+  <si>
+    <t>2021-03-25T02:08:20-06:00</t>
   </si>
   <si>
     <t>currency</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-1.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-2.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-3.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-4.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-5.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-6.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
-    <t>id-7.0.contracts.0.value.exchangeRates.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-8.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-9.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-10.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-11.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-12.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-13.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-14.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-15.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
-    <t>id-16.0.contracts.0.value.exchangeRates.0</t>
+    <t>id-27.0.contracts.0.value.exchangeRates.0</t>
+  </si>
+  <si>
+    <t>id-29.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-31.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.implementation.documents.0</t>
   </si>
   <si>
+    <t>doc-141ed01a-b890-4324-8722-01b00ea5217d</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d5ba2b37-bc78-4dd6-be27-ebe6ac3c860b</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 89</t>
+  </si>
+  <si>
+    <t>Documento donde se Solicita la autorización del pago del proveedor, por medio de transferencia bancaria.</t>
+  </si>
+  <si>
+    <t>2021-08-30T15:22:24-05:00</t>
+  </si>
+  <si>
+    <t>transferReport</t>
+  </si>
+  <si>
+    <t>id-0.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-bc51fb58-e20b-4763-9ff8-44ce0295840d</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=e13b6c7a-9188-432f-9994-c0be168f8282</t>
+  </si>
+  <si>
+    <t>SPEI</t>
+  </si>
+  <si>
+    <t>Documento bancario donde se realiza la transacción al proveedor por el pago de los servicios.</t>
+  </si>
+  <si>
+    <t>2021-08-30T15:22:53-05:00</t>
+  </si>
+  <si>
+    <t>2021-08-30T15:22:52-05:00</t>
+  </si>
+  <si>
+    <t>id-1.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
     <t>doc-6b53fb8e-7e17-48c5-9ec4-7b99ed04466b</t>
   </si>
   <si>
     <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=1ba640bd-8621-4416-a887-5993719ac124</t>
   </si>
   <si>
     <t>Reporte de Pago de Servicio</t>
   </si>
   <si>
     <t xml:space="preserve">Documento bancario donde se realiza la transacción al proveedor por el pago de los servicios  </t>
   </si>
   <si>
-    <t>transferReport</t>
-[...2 lines deleted...]
-    <t>id-0.0.contracts.0.implementation.documents.1</t>
+    <t>id-1.0.contracts.0.implementation.documents.1</t>
   </si>
   <si>
     <t>doc-47828ef1-e16c-4e14-a815-2142c5ab9042</t>
   </si>
   <si>
     <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=91b985ed-ac84-4053-b193-40f61d8bb096</t>
   </si>
   <si>
     <t>Solicitud de Transferencia Bancaria No.252</t>
   </si>
   <si>
-    <t>Documento donde se Solicita la autorización del pago del proveedor, por medio de transferencia bancaria.</t>
-[...2 lines deleted...]
-    <t>id-1.0.contracts.0.implementation.documents.0</t>
+    <t>id-2.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-1092467c-8553-4349-802b-503e7374b5ed</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=e75cf5db-35e5-4744-a7f1-4c24166e8453</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 201</t>
+  </si>
+  <si>
+    <t>2022-01-11T12:46:54-06:00</t>
+  </si>
+  <si>
+    <t>id-2.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-9e3367f2-26ac-4ea8-9241-3824eca26b11</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=c92a2018-d587-4394-b752-37478e743459</t>
+  </si>
+  <si>
+    <t>2022-01-11T12:47:37-06:00</t>
+  </si>
+  <si>
+    <t>id-2.0.contracts.0.implementation.documents.2</t>
+  </si>
+  <si>
+    <t>doc-71ac22aa-093c-4dc7-bc7a-747d856a4f0e</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=6897021b-3dbe-47c2-8187-b510e178e959</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 233</t>
+  </si>
+  <si>
+    <t>2022-01-11T12:50:13-06:00</t>
+  </si>
+  <si>
+    <t>id-2.0.contracts.0.implementation.documents.3</t>
+  </si>
+  <si>
+    <t>doc-9f0f54a8-1c47-4c68-a243-d576398257bd</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=77916804-6e4e-41ff-9d8c-c328086dae2b</t>
+  </si>
+  <si>
+    <t>2022-01-11T12:51:03-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-347742d4-8b60-4956-b70f-ad651271846c</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=80011292-6bb0-435b-9e31-3e6d5d1aa14a</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 220</t>
+  </si>
+  <si>
+    <t>2022-01-11T11:57:03-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-15e16a9e-955e-4732-8adc-9503294dbb8f</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=61f4bf99-f0b0-453a-9713-2933c1d61840</t>
+  </si>
+  <si>
+    <t>2022-01-11T11:57:48-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-74df7804-686a-40e4-976f-4b1247bc2870</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9c6fea8e-3f29-48f8-922d-102d30f95872</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 228</t>
+  </si>
+  <si>
+    <t>2022-01-11T11:05:33-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-e31f06a1-b822-4458-9867-bdb66d108215</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=a4e57cea-4cd3-48a5-87e1-a4b845e4518a</t>
+  </si>
+  <si>
+    <t>2022-01-11T11:06:59-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-70ef9969-63f0-4643-8502-db1ddc0368da</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=65ec892b-4018-4a9f-8c76-c4987f7095c2</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 280</t>
+  </si>
+  <si>
+    <t>2022-01-11T11:34:03-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-74a5eb47-4a23-4696-8967-83161f8d408d</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=666f087e-462b-4a29-99d9-bc5ac5eeb618</t>
+  </si>
+  <si>
+    <t>2022-01-11T11:35:17-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-eae0d591-1bd5-47b7-aa10-a65efde9e260</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9c21103c-1a22-469e-a25b-8346de630b14</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 224</t>
+  </si>
+  <si>
+    <t>2022-01-11T12:11:41-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-41e25c25-73a0-477f-adcc-3a1aa32fab7a</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=6dbce94d-d38f-4ba8-a997-21388257dc09</t>
+  </si>
+  <si>
+    <t>2022-01-11T12:12:46-06:00</t>
+  </si>
+  <si>
+    <t>id-8.0.contracts.0.implementation.documents.0</t>
   </si>
   <si>
     <t>doc-b4a745e5-c6fe-4526-a720-7a599bc1ad5e</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=625f374d-3b20-4219-a85d-2bd3b9973b6c</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA 91</t>
   </si>
   <si>
     <t>2021-08-31T08:39:11-05:00</t>
   </si>
   <si>
     <t>2021-08-31T08:39:09-05:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.documents.1</t>
+    <t>id-8.0.contracts.0.implementation.documents.1</t>
   </si>
   <si>
     <t>doc-ac58a1bb-5647-4e7f-9f56-cb55c3b24cce</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=59eb4bd4-fce4-4f40-ad99-6da2d692aac2</t>
   </si>
   <si>
-    <t>SPEI</t>
-[...1 lines deleted...]
-  <si>
     <t>2021-08-31T08:39:43-05:00</t>
   </si>
   <si>
     <t>2021-08-31T08:39:41-05:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.documents.2</t>
+    <t>id-8.0.contracts.0.implementation.documents.2</t>
   </si>
   <si>
     <t>doc-5e90ef8f-fcf5-4df8-9cda-40a7c334dc92</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=6161f0dc-6b4f-4620-a9d0-e0344eddc2db</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA 93</t>
   </si>
   <si>
     <t>2021-08-31T08:40:26-05:00</t>
   </si>
   <si>
     <t>2021-08-31T08:40:25-05:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.documents.3</t>
+    <t>id-8.0.contracts.0.implementation.documents.3</t>
   </si>
   <si>
     <t>doc-2b91e63f-428f-4b80-bd5b-d2d95cae061b</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=637f9ca6-3502-4d30-9597-0e05b01a5032</t>
   </si>
   <si>
-    <t>Documento bancario donde se realiza la transacción al proveedor por el pago de los servicios.</t>
-[...1 lines deleted...]
-  <si>
     <t>2021-08-31T08:41:12-05:00</t>
   </si>
   <si>
     <t>2021-08-31T08:41:11-05:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.documents.4</t>
+    <t>id-8.0.contracts.0.implementation.documents.4</t>
   </si>
   <si>
     <t>doc-5b9a75f3-5291-4f6a-8ac6-c35b8cd64662</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9d0b3a75-eb85-4d70-9ad6-51b5c3a963fb</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA 131</t>
   </si>
   <si>
     <t xml:space="preserve">Documento donde se Solicita la autorización del pago del proveedor, por medio de transferencia bancaria._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>2021-10-29T13:18:21-05:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.documents.5</t>
+    <t>id-8.0.contracts.0.implementation.documents.5</t>
   </si>
   <si>
     <t>doc-8515045b-b4a1-45ca-8ab1-1e0d65a8f410</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=637cc971-a49a-4156-beb3-0acdc1c0e9d7</t>
   </si>
   <si>
     <t xml:space="preserve">Documento bancario donde se realiza la transacción al proveedor por el pago de los servicios  _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>2021-10-29T13:18:54-05:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.documents.6</t>
+    <t>id-8.0.contracts.0.implementation.documents.6</t>
   </si>
   <si>
     <t>doc-3c745afd-e821-42a5-88d2-1a30900aa27d</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=e9ca140c-2b03-4611-9e6a-c16bf3bf715e</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA 163</t>
   </si>
   <si>
     <t>2021-10-29T13:19:31-05:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.documents.7</t>
+    <t>id-8.0.contracts.0.implementation.documents.7</t>
   </si>
   <si>
     <t>doc-e17d7e81-02ac-4d4c-87df-d6e9b87235d9</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=046ebcd2-33b5-4bea-b924-a41ac844c91d</t>
   </si>
   <si>
     <t>2021-10-29T13:20:03-05:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.documents.8</t>
+    <t>id-8.0.contracts.0.implementation.documents.8</t>
   </si>
   <si>
     <t>doc-d173ccb2-7cd1-4b53-a679-c074b747e0ae</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=3652f4d0-7672-4a5b-b35f-8396ac620515</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA 191</t>
   </si>
   <si>
     <t>2022-01-11T15:06:33-06:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.documents.9</t>
+    <t>id-8.0.contracts.0.implementation.documents.9</t>
   </si>
   <si>
     <t>doc-3bfc38a1-dd0e-4233-8ba4-14db02255dd5</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=19874d39-8649-4437-a3ab-c68f97118c19</t>
   </si>
   <si>
     <t>2022-01-11T15:07:01-06:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.documents.10</t>
+    <t>id-8.0.contracts.0.implementation.documents.10</t>
   </si>
   <si>
     <t>doc-d68508ac-48f9-4e6d-aaa1-20f0785ae70a</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=4157e5cf-9bba-4c90-ac53-a595ee075203</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA 213</t>
   </si>
   <si>
     <t>2022-01-11T15:07:46-06:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.documents.11</t>
+    <t>id-8.0.contracts.0.implementation.documents.11</t>
   </si>
   <si>
     <t>doc-19fb331c-be45-45a1-9ccb-500dcde16f34</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=43986e01-98ad-4b3b-ad2e-6878c79170f8</t>
   </si>
   <si>
     <t>2022-01-11T15:08:24-06:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.documents.12</t>
+    <t>id-8.0.contracts.0.implementation.documents.12</t>
   </si>
   <si>
     <t>doc-4ecf2d5e-bf8a-42dd-8804-38d9df8c4f59</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=e080e798-4543-4bef-a94a-780415438ee3</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA 251</t>
   </si>
   <si>
     <t>2022-01-11T15:09:15-06:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.documents.13</t>
+    <t>id-8.0.contracts.0.implementation.documents.13</t>
   </si>
   <si>
     <t>doc-433629af-fdac-4cfd-82fa-933093f9840d</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=f305cbfc-0d95-4eff-afd7-a4626d522f3e</t>
   </si>
   <si>
     <t>2022-01-11T15:09:42-06:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.implementation.documents.0</t>
-[...539 lines deleted...]
-  <si>
     <t>id-9.0.contracts.0.implementation.documents.0</t>
   </si>
   <si>
-    <t>doc-70ef9969-63f0-4643-8502-db1ddc0368da</t>
-[...8 lines deleted...]
-    <t>2022-01-11T11:34:03-06:00</t>
+    <t>doc-ee4badf4-0dd6-4b40-9352-ebb9693e91cd</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=cd5851d7-104c-40b9-9cc6-19a42368a568</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 46</t>
+  </si>
+  <si>
+    <t>2021-08-30T13:13:29-05:00</t>
+  </si>
+  <si>
+    <t>2021-08-30T13:13:28-05:00</t>
   </si>
   <si>
     <t>id-9.0.contracts.0.implementation.documents.1</t>
   </si>
   <si>
-    <t>doc-74a5eb47-4a23-4696-8967-83161f8d408d</t>
-[...28 lines deleted...]
-  <si>
     <t>doc-1003afae-ffd8-4b4e-97c0-a3790832a541</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=1d063120-0ebb-4a55-8cd0-1d6a40d7148d</t>
   </si>
   <si>
     <t>2021-08-30T13:14:41-05:00</t>
   </si>
   <si>
     <t>2021-08-30T13:14:40-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.2</t>
+    <t>id-9.0.contracts.0.implementation.documents.2</t>
   </si>
   <si>
     <t>doc-1f5158a0-11e6-46d1-89a8-08e35f875d0f</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=4564400c-79bf-48b0-a145-5733ffd6d859</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA 45</t>
   </si>
   <si>
     <t>2021-08-30T13:15:44-05:00</t>
   </si>
   <si>
     <t>2021-08-30T13:15:43-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.3</t>
+    <t>id-9.0.contracts.0.implementation.documents.3</t>
   </si>
   <si>
     <t>doc-0ee7813b-baba-481d-baa4-01cd80ccc6ce</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=22519b44-79d4-4386-9f23-803786ce369e</t>
   </si>
   <si>
     <t>2021-08-30T13:16:29-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.4</t>
+    <t>id-9.0.contracts.0.implementation.documents.4</t>
   </si>
   <si>
     <t>doc-6e996eb0-3b2f-49e0-b4c5-9efe3f34e91a</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d5d61979-ab0b-410d-958f-7ab06c67534c</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA 61</t>
   </si>
   <si>
     <t>2021-08-30T13:17:42-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.5</t>
+    <t>id-9.0.contracts.0.implementation.documents.5</t>
   </si>
   <si>
     <t>doc-ee681868-ea08-49c3-a62c-ba8915a8a28a</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=f0eb75fc-4e4b-41c3-9c5a-ddc1926b0f1c</t>
   </si>
   <si>
     <t>2021-08-30T13:23:36-05:00</t>
   </si>
   <si>
     <t>2021-08-30T13:23:35-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.6</t>
+    <t>id-9.0.contracts.0.implementation.documents.6</t>
   </si>
   <si>
     <t>doc-21fa538f-cbdb-4ae7-9488-7bc036c33c61</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=3e4da4e5-b6f4-47a0-9fa5-1ddb54909bc4</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA 60</t>
   </si>
   <si>
     <t>2021-08-30T13:24:43-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.7</t>
+    <t>id-9.0.contracts.0.implementation.documents.7</t>
   </si>
   <si>
     <t>doc-2865c381-8875-491b-ac11-f8db6d1e3da8</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=88764dd9-ec0e-4cbc-b4b0-2c4df0897593</t>
   </si>
   <si>
     <t>2021-08-30T13:25:17-05:00</t>
   </si>
   <si>
     <t>2021-08-30T13:25:16-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.8</t>
+    <t>id-9.0.contracts.0.implementation.documents.8</t>
   </si>
   <si>
     <t>doc-fe716df6-1b03-456d-9645-055f1515a76e</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9a756a98-fd90-4af8-8a8e-3b6c7542eeed</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA 74</t>
   </si>
   <si>
     <t>2021-08-30T13:26:07-05:00</t>
   </si>
   <si>
     <t>2021-08-30T13:26:06-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.9</t>
+    <t>id-9.0.contracts.0.implementation.documents.9</t>
   </si>
   <si>
     <t>doc-90de3518-0f8f-44a5-9377-c3fa72ea3000</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=2fd73181-f76f-4806-8357-277b52a718d6</t>
   </si>
   <si>
     <t>2021-08-30T13:26:43-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.10</t>
+    <t>id-9.0.contracts.0.implementation.documents.10</t>
   </si>
   <si>
     <t>doc-2273fbbd-fb90-4328-92be-66e743d0cc18</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=29640ea7-e0a3-4272-bb26-8ab7a19cc235</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA 73</t>
   </si>
   <si>
     <t>2021-08-30T13:27:18-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.11</t>
+    <t>id-9.0.contracts.0.implementation.documents.11</t>
   </si>
   <si>
     <t>doc-03d9abe3-fb1c-4aeb-804f-5dc45bc6dd1e</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=fe649920-83ef-472e-8e8a-aed1b2c5cdfd</t>
   </si>
   <si>
     <t>2021-08-30T13:27:47-05:00</t>
   </si>
   <si>
     <t>2021-08-30T13:27:46-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.12</t>
+    <t>id-9.0.contracts.0.implementation.documents.12</t>
   </si>
   <si>
     <t>doc-947cb5a4-7c09-4afb-9c04-4c8814eba9cf</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=093a4d1b-aea2-4e38-9688-dfa38943b166</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA 109</t>
   </si>
   <si>
     <t>2021-10-29T12:49:56-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.13</t>
+    <t>id-9.0.contracts.0.implementation.documents.13</t>
   </si>
   <si>
     <t>doc-1db81193-5145-412b-8b64-6eb370c3be14</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=58bf9456-6bd4-4473-b9fd-100b641e5b50</t>
   </si>
   <si>
     <t xml:space="preserve">Documento bancario donde se realiza la transacción al proveedor por el pago de los servicios  _x000D_
 </t>
   </si>
   <si>
     <t>2021-10-29T12:50:32-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.14</t>
+    <t>id-9.0.contracts.0.implementation.documents.14</t>
   </si>
   <si>
     <t>doc-35ffca29-161a-4a49-8ce3-703320e5cde7</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=328ca0cc-6f20-4229-87ad-393de0b4c26b</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA 130</t>
   </si>
   <si>
     <t>2021-10-29T12:51:20-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.15</t>
+    <t>id-9.0.contracts.0.implementation.documents.15</t>
   </si>
   <si>
     <t>doc-afb3d2b4-3207-4f77-99ed-771fb7c5bf6f</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=930b1a93-3082-484e-a5d4-711a0db55644</t>
   </si>
   <si>
     <t xml:space="preserve">Documento bancario donde se realiza la transacción al proveedor por el pago de los servicios  _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>2021-10-29T12:51:51-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.16</t>
+    <t>id-9.0.contracts.0.implementation.documents.16</t>
   </si>
   <si>
     <t>doc-ef5a8934-d217-49a1-b087-ebd7d2591979</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=70cc2333-b4bb-4c86-8154-fda628462c9e</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA 156</t>
   </si>
   <si>
     <t>2021-10-29T12:55:18-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.17</t>
+    <t>id-9.0.contracts.0.implementation.documents.17</t>
   </si>
   <si>
     <t>doc-a35e5015-7fc4-48a0-bc6a-eae32eb9f2a2</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=2a26c103-19c0-4113-9285-75078255825a</t>
   </si>
   <si>
     <t>2021-10-29T12:55:54-05:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.18</t>
+    <t>id-9.0.contracts.0.implementation.documents.18</t>
   </si>
   <si>
     <t>doc-5fd4fced-c2d9-4a1c-bd37-c6d26b28e1f8</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9361fc93-b586-48d1-9c9b-876d3977280f</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA 193</t>
   </si>
   <si>
     <t>2022-01-11T14:00:19-06:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.19</t>
+    <t>id-9.0.contracts.0.implementation.documents.19</t>
   </si>
   <si>
     <t>doc-40830152-9bd1-48ea-bb4b-e90324855e4b</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=3a20dd7c-431e-453f-b419-b0b36ca94ee0</t>
   </si>
   <si>
     <t>2022-01-11T14:00:57-06:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.20</t>
+    <t>id-9.0.contracts.0.implementation.documents.20</t>
   </si>
   <si>
     <t>doc-27045089-00ae-4d21-8a97-acddd53aa367</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=df2c9297-3673-478e-9e80-1d7391a6fd68</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA 214</t>
   </si>
   <si>
     <t>2022-01-11T14:01:48-06:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.21</t>
+    <t>id-9.0.contracts.0.implementation.documents.21</t>
   </si>
   <si>
     <t>doc-de08be79-5a8c-4160-b7ba-bbf8ab51a5c6</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=87fc661f-8865-4a28-ac96-3e8ca880d77b</t>
   </si>
   <si>
     <t>2022-01-11T14:02:20-06:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.22</t>
+    <t>id-9.0.contracts.0.implementation.documents.22</t>
   </si>
   <si>
     <t>doc-e5b61d80-e7ce-474b-9f5e-213fa05de653</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=67601f8e-c91b-453f-b9e6-bd2b04180307</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA 257</t>
   </si>
   <si>
     <t>2022-01-11T14:03:16-06:00</t>
   </si>
   <si>
-    <t>id-10.0.contracts.0.implementation.documents.23</t>
+    <t>id-9.0.contracts.0.implementation.documents.23</t>
   </si>
   <si>
     <t>doc-c0ca68b8-57dd-4c89-8d1a-beba51ed8f38</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=1c63bd75-02d1-4a16-80d5-4e779c495547</t>
   </si>
   <si>
     <t>2022-01-11T14:03:45-06:00</t>
   </si>
   <si>
+    <t>id-10.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-9c477cdb-a108-4afb-ac26-b501dc4dca41</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=251cea80-c325-4185-8d93-8f8bc1905a0a</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 119</t>
+  </si>
+  <si>
+    <t>2021-10-29T09:37:37-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-bf991ff1-ee52-46ce-90f5-865214d053c6</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d9c91ef1-3b5c-46e7-a02c-3a2f06fa6f35</t>
+  </si>
+  <si>
+    <t>2021-10-29T09:38:23-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.documents.2</t>
+  </si>
+  <si>
+    <t>doc-bd545a75-360c-4d39-b723-c221343cc685</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=c43dc523-3edd-4687-8bc1-5b97044c2f8e</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 145</t>
+  </si>
+  <si>
+    <t>2021-10-29T09:39:05-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.documents.3</t>
+  </si>
+  <si>
+    <t>doc-6d01d67c-6a85-4a67-b500-f03957331062</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=44379ca9-62a3-455e-a843-a292d6233eff</t>
+  </si>
+  <si>
+    <t>2021-10-29T09:39:49-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.documents.4</t>
+  </si>
+  <si>
+    <t>doc-40000bad-c336-4ccc-a1d6-a3d12ed50b99</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=aeb8be36-ece1-4112-9749-66b5240fd520</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 168</t>
+  </si>
+  <si>
+    <t>2021-10-29T09:40:50-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.documents.5</t>
+  </si>
+  <si>
+    <t>doc-87c87ac5-1d5d-4b73-9da5-d4f3c8851159</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=695a8590-25e1-4be1-b83d-69ef9638edef</t>
+  </si>
+  <si>
+    <t>2021-10-29T09:41:44-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.documents.6</t>
+  </si>
+  <si>
+    <t>doc-96251089-0df9-45d6-8a70-8925f3e2fa85</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=be264cb4-b87f-4dd3-81a8-d2e3261d12b3</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 196</t>
+  </si>
+  <si>
+    <t>2022-01-11T15:43:41-06:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.documents.7</t>
+  </si>
+  <si>
+    <t>doc-6f5bd1bd-8af5-4826-b088-82d2330c7983</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=61867367-21b8-460f-9b86-64ab8a7b0eb3</t>
+  </si>
+  <si>
+    <t>2022-01-11T15:45:17-06:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.documents.8</t>
+  </si>
+  <si>
+    <t>doc-41330332-d9cd-4d8d-bae2-5a4a72150b24</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=305032f9-9b52-4e78-8045-d25e55c498e9</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 194</t>
+  </si>
+  <si>
+    <t>2022-01-11T15:46:26-06:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.documents.9</t>
+  </si>
+  <si>
+    <t>doc-37ad2c90-f99c-41ed-a7a1-1c50c35bbd3d</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=c6619129-2d0c-4794-8441-95d8513b4d4d</t>
+  </si>
+  <si>
+    <t>2022-01-11T15:47:03-06:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.documents.10</t>
+  </si>
+  <si>
+    <t>doc-ea390290-708f-4d5e-b5f3-910d5452d82b</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=1b90ef57-dc79-431f-b37e-554be9e5f888</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 259</t>
+  </si>
+  <si>
+    <t>2022-01-11T15:47:43-06:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.documents.11</t>
+  </si>
+  <si>
+    <t>doc-2a587fea-4f2a-43db-9d0d-8a6747e3708d</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=8953c8a0-2917-441d-ba2e-e927356de805</t>
+  </si>
+  <si>
+    <t>physicalReception</t>
+  </si>
+  <si>
+    <t>2022-01-11T15:48:14-06:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.documents.12</t>
+  </si>
+  <si>
+    <t>doc-4565ebdf-6c65-4a53-a5a0-967578df555f</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=7559a267-686a-4cd7-a2b8-67648db97388</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 222</t>
+  </si>
+  <si>
+    <t>2022-01-11T15:49:10-06:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.documents.13</t>
+  </si>
+  <si>
+    <t>doc-70ca617a-ec64-4209-b4c9-7dcc78b489b7</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=6a1c2c62-0827-4641-90d2-dc630fc2a697</t>
+  </si>
+  <si>
+    <t>2022-01-11T15:49:54-06:00</t>
+  </si>
+  <si>
     <t>id-11.0.contracts.0.implementation.documents.0</t>
   </si>
   <si>
-    <t>doc-9c477cdb-a108-4afb-ac26-b501dc4dca41</t>
-[...8 lines deleted...]
-    <t>2021-10-29T09:37:37-05:00</t>
+    <t>doc-28acf349-1075-42c4-b624-4ef7689da790</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=6553a5b3-bb41-45ba-b4fe-a262ab0d6e40</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA No. 164</t>
+  </si>
+  <si>
+    <t>2022-10-21T14:51:48-05:00</t>
   </si>
   <si>
     <t>id-11.0.contracts.0.implementation.documents.1</t>
   </si>
   <si>
-    <t>doc-bf991ff1-ee52-46ce-90f5-865214d053c6</t>
-[...170 lines deleted...]
-    <t>2022-01-11T15:49:54-06:00</t>
+    <t>doc-f8137b4e-a8ee-4af5-9385-a2a77c3c27f7</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=34774b08-2c96-41ac-a25e-7ea3f9758581</t>
+  </si>
+  <si>
+    <t>2022-10-21T14:52:24-05:00</t>
   </si>
   <si>
     <t>id-12.0.contracts.0.implementation.documents.0</t>
   </si>
   <si>
     <t>doc-261e4baf-4b22-450b-b615-4aa9f3cd2f69</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=f77bda48-8033-4a2d-8886-9007564e3f32</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA No. 060</t>
   </si>
   <si>
     <t>2022-07-13T11:52:02-05:00</t>
   </si>
   <si>
     <t>id-12.0.contracts.0.implementation.documents.1</t>
   </si>
   <si>
     <t>doc-af600bf5-d88b-4026-ae5a-db5086a1148d</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=beb86402-a984-40f6-960e-052b8d30ffeb</t>
   </si>
   <si>
     <t>2022-07-13T11:52:37-05:00</t>
   </si>
   <si>
     <t>id-12.0.contracts.0.implementation.documents.2</t>
   </si>
   <si>
     <t>doc-4ec12751-a1b4-4a36-96b9-985111cdde20</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=917348a0-fd38-4d64-8128-a97323e413a9</t>
   </si>
   <si>
     <t>AVISO DE COBRO</t>
   </si>
   <si>
     <t>Documento donde avisan el de cobro del seguro</t>
   </si>
   <si>
     <t>2022-07-13T11:54:57-05:00</t>
   </si>
   <si>
     <t>id-13.0.contracts.0.implementation.documents.0</t>
   </si>
   <si>
-    <t>doc-28acf349-1075-42c4-b624-4ef7689da790</t>
-[...8 lines deleted...]
-    <t>2022-10-21T14:51:48-05:00</t>
+    <t>doc-42e7d0b0-de69-4bd0-929f-9b32a2b203b7</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=29e66923-bc15-4367-a586-ab7115868c43</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 70</t>
+  </si>
+  <si>
+    <t>2021-08-30T15:08:16-05:00</t>
   </si>
   <si>
     <t>id-13.0.contracts.0.implementation.documents.1</t>
   </si>
   <si>
-    <t>doc-f8137b4e-a8ee-4af5-9385-a2a77c3c27f7</t>
-[...5 lines deleted...]
-    <t>2022-10-21T14:52:24-05:00</t>
+    <t>doc-f85faf1e-8c0b-4d7e-bae7-7bd02d15e023</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=a2b444ac-0330-483c-892d-fa695b712536</t>
+  </si>
+  <si>
+    <t>2021-08-30T15:08:39-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.implementation.documents.2</t>
+  </si>
+  <si>
+    <t>doc-9a8a835f-4aad-4a3a-8825-0f0a4e1fe87e</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=c07da64f-29e2-47be-bbdb-b45c4d890b6c</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 272</t>
+  </si>
+  <si>
+    <t>2022-01-11T14:17:08-06:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.implementation.documents.3</t>
+  </si>
+  <si>
+    <t>doc-ecdedbfa-77a7-4087-8d51-031645e685f1</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=c6711735-dd2d-4c22-ab73-8ee156b57027</t>
+  </si>
+  <si>
+    <t>2022-01-11T14:21:32-06:00</t>
   </si>
   <si>
     <t>id-14.0.contracts.0.implementation.documents.0</t>
   </si>
   <si>
     <t>doc-162e6785-6de1-46bc-8792-7bbfac0fc331</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=245628af-4ebc-4cd5-b85e-9a8c2bea5804</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA No. 168</t>
   </si>
   <si>
     <t>2022-10-21T10:03:27-05:00</t>
   </si>
   <si>
     <t>id-14.0.contracts.0.implementation.documents.1</t>
   </si>
   <si>
     <t>doc-5f923c34-e50f-40c6-b8e0-7a446c227596</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=bee7398b-44cb-4f3d-877b-97a34a3fc9d5</t>
   </si>
   <si>
     <t>2022-10-21T10:04:23-05:00</t>
   </si>
   <si>
     <t>id-15.0.contracts.0.implementation.documents.0</t>
   </si>
   <si>
-    <t>doc-42e7d0b0-de69-4bd0-929f-9b32a2b203b7</t>
-[...8 lines deleted...]
-    <t>2021-08-30T15:08:16-05:00</t>
+    <t>doc-7ef7f275-1135-4562-9cff-25653fa7d24b</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9d6cbf9c-af8e-4225-9773-8293ebda6b7b</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 202</t>
+  </si>
+  <si>
+    <t>2021-10-29T10:54:35-05:00</t>
   </si>
   <si>
     <t>id-15.0.contracts.0.implementation.documents.1</t>
   </si>
   <si>
-    <t>doc-f85faf1e-8c0b-4d7e-bae7-7bd02d15e023</t>
-[...52 lines deleted...]
-  <si>
     <t>doc-942a72a8-5342-4b85-8c81-c26dbcaf24e6</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d7a109ef-c29d-4643-97a5-8000c9fe5736</t>
   </si>
   <si>
     <t xml:space="preserve">Documento bancario donde se realiza la transacción al proveedor por el pago de los servicios </t>
   </si>
   <si>
     <t>2021-10-29T10:54:58-05:00</t>
   </si>
   <si>
+    <t>id-27.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-46d6d747-e387-4bea-a254-c94318709cac</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=f50d060b-04ca-4b10-a97d-dd4226df552d</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 244</t>
+  </si>
+  <si>
+    <t>2022-01-11T14:40:39-06:00</t>
+  </si>
+  <si>
+    <t>id-27.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-81c6f307-5261-4c7f-81d1-e1aeef2cd931</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=6f8a534c-feb3-4978-ac31-b4157b908083</t>
+  </si>
+  <si>
+    <t>2022-01-11T14:41:32-06:00</t>
+  </si>
+  <si>
+    <t>id-27.0.contracts.0.implementation.documents.2</t>
+  </si>
+  <si>
+    <t>doc-ce246c7d-c23a-4b2d-bc09-c06e8b8b19b6</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=58b2708f-418e-4d11-84da-e4f33444156f</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 283</t>
+  </si>
+  <si>
+    <t>2022-01-11T14:42:32-06:00</t>
+  </si>
+  <si>
+    <t>id-27.0.contracts.0.implementation.documents.3</t>
+  </si>
+  <si>
+    <t>doc-f55cff73-eb68-4d7c-a44a-a7e500bd060b</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=dedeeb43-7a75-4a3b-a072-d5cfd6b9000c</t>
+  </si>
+  <si>
+    <t>2022-01-11T14:43:14-06:00</t>
+  </si>
+  <si>
+    <t>id-29.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-1ff063a4-dfba-436c-9fab-ba0adb4b3289</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=e19e3a14-8068-4e38-b3ee-ddf2bfe54845</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA 269</t>
+  </si>
+  <si>
+    <t>2022-01-11T13:21:27-06:00</t>
+  </si>
+  <si>
+    <t>id-29.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-cdc0807e-0181-4920-948c-d8c9ac07eb34</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=4b48c124-ad55-4d46-891a-bfb3ffb52c5d</t>
+  </si>
+  <si>
+    <t>2022-01-11T13:22:14-06:00</t>
+  </si>
+  <si>
     <t>id-31.0.contracts.0.implementation.documents.0</t>
   </si>
   <si>
-    <t>doc-141ed01a-b890-4324-8722-01b00ea5217d</t>
-[...8 lines deleted...]
-    <t>2021-08-30T15:22:24-05:00</t>
+    <t>doc-d4f95eb6-3dd6-4dcb-ad90-c2acee4220af</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=97134969-3038-4823-937a-fbad4095aa61</t>
+  </si>
+  <si>
+    <t>Solicitud de Transferencia Bancaria No. 04</t>
+  </si>
+  <si>
+    <t>2021-03-24T10:58:00-06:00</t>
   </si>
   <si>
     <t>id-31.0.contracts.0.implementation.documents.1</t>
   </si>
   <si>
-    <t>doc-bc51fb58-e20b-4763-9ff8-44ce0295840d</t>
-[...8 lines deleted...]
-    <t>2021-08-30T15:22:52-05:00</t>
+    <t>doc-5a0bfe0a-b712-42a7-bfe5-b946e91d6afe</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b06b8852-c8b8-4d05-9f18-2af0b580ee81</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.2</t>
+  </si>
+  <si>
+    <t>doc-f383e964-e4c4-4a0a-a28d-3ba90b9764f5</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=f6f87b3c-5811-4163-86e6-75e5cf087f56</t>
+  </si>
+  <si>
+    <t>Solicitud de Transferencia Bancaria No. 18</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.3</t>
+  </si>
+  <si>
+    <t>doc-9b6e2f27-4d39-4078-9779-d549cc4de0df</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=6e68e219-c803-45f7-946c-efa7ffae4f66</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Reporte de Pago de Servicio </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Documento bancario donde se realiza la transacción al proveedor por el pago de los servicios de Febrero </t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.4</t>
+  </si>
+  <si>
+    <t>doc-a6bc2cdb-ba72-4d93-ae2f-4704d075298e</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=c1c3641c-bdd1-414f-8e86-5509ca074f2f</t>
+  </si>
+  <si>
+    <t>Solicitud de Transferencia Bancaria No. 31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Documento bancario donde se realiza la transacción al proveedor por el pago de los servicios  Marzo_x000D_
+</t>
+  </si>
+  <si>
+    <t>2021-03-24T11:23:09-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.5</t>
+  </si>
+  <si>
+    <t>doc-d725ea3f-241c-4cea-90ab-fd43276de033</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9d547c18-baca-4ef6-bfa9-8d001d6ce9e6</t>
+  </si>
+  <si>
+    <t>2021-03-24T11:24:21-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.6</t>
+  </si>
+  <si>
+    <t>doc-32e2214d-4d4f-48e0-896a-426df43d8455</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=2c4173b0-17fa-4bc2-81ba-4499acfdd142</t>
+  </si>
+  <si>
+    <t>Solicitud de Transferencia Bancaria No. 52</t>
+  </si>
+  <si>
+    <t>2021-03-24T11:27:31-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.7</t>
+  </si>
+  <si>
+    <t>doc-72d0ce0f-9bcd-4550-8926-11bb6068668e</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=93f6a904-c485-47ad-9b70-69b3e7d26e77</t>
+  </si>
+  <si>
+    <t>Solicitud de Transferencia Bancaria No. 68</t>
+  </si>
+  <si>
+    <t>2021-03-24T11:29:39-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.8</t>
+  </si>
+  <si>
+    <t>doc-46698400-e398-41c2-bc6f-af1374c7c43b</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=73a2d0f3-e3c4-41ed-b766-e32a1398c5a7</t>
+  </si>
+  <si>
+    <t>2021-03-24T11:30:37-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.9</t>
+  </si>
+  <si>
+    <t>doc-7bb0cf2d-b8de-43bf-a9a6-147dae1fd9f7</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=3a5cde87-a55c-4152-8ba1-29b85f21e356</t>
+  </si>
+  <si>
+    <t>Solicitud de Transferencia Bancaria No. 85</t>
+  </si>
+  <si>
+    <t>2021-03-24T11:33:41-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.10</t>
+  </si>
+  <si>
+    <t>doc-8dd4c3fa-8419-43c5-abc1-203421848f0f</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=7d88e0de-7ac6-4c7b-b8c4-938723a28aeb</t>
+  </si>
+  <si>
+    <t>2021-03-24T11:34:10-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.11</t>
+  </si>
+  <si>
+    <t>doc-d4ee2e4a-6d5c-4852-8d0f-1411e0c77ede</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=6925a89e-b8c6-4820-98fe-bc663dd8b2c7</t>
+  </si>
+  <si>
+    <t>Solicitud de Transferencia Bancaria No. 101</t>
+  </si>
+  <si>
+    <t>2021-03-24T11:37:04-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.12</t>
+  </si>
+  <si>
+    <t>doc-8ed233e2-79f8-4514-b2db-a66ea60017fe</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=42b4e5ec-119e-4cca-b225-ec60dbd5e20c</t>
+  </si>
+  <si>
+    <t>Documento bancario donde se realiza la transacción al proveedor por el pago de los servicios de Julio</t>
+  </si>
+  <si>
+    <t>2021-03-24T11:37:46-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.13</t>
+  </si>
+  <si>
+    <t>doc-2e91088d-f5c4-4ee1-87b6-174011025abc</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=3a557419-4ef4-4743-8972-b2729d637c01</t>
+  </si>
+  <si>
+    <t>Solicitud de Transferencia Bancaria No. 119</t>
+  </si>
+  <si>
+    <t>2021-03-24T11:40:46-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.14</t>
+  </si>
+  <si>
+    <t>doc-456283c1-c2d0-46d9-816a-187ff08f2d79</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=f82e728b-b2bd-4d58-922f-19139cc6ced5</t>
+  </si>
+  <si>
+    <t>Documento bancario donde se realiza la transacción al proveedor por el pago de los servicios  Agosto.</t>
+  </si>
+  <si>
+    <t>2021-03-24T11:41:30-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.15</t>
+  </si>
+  <si>
+    <t>doc-e8daffb6-3a46-4d3b-9c52-63e43730cb6e</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=5fab9c54-a45d-4aba-a6b9-3ed3fbe5ab73</t>
+  </si>
+  <si>
+    <t>Solicitud de Transferencia Bancaria No. 141</t>
+  </si>
+  <si>
+    <t>2021-03-24T11:45:33-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.16</t>
+  </si>
+  <si>
+    <t>doc-237b3720-b9f2-4956-9523-cf186238a391</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=555c04af-72ca-4726-ac5a-c71d3ee44810</t>
+  </si>
+  <si>
+    <t>2021-03-24T11:45:58-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.17</t>
+  </si>
+  <si>
+    <t>doc-722eeffc-f337-4eeb-ac1f-7388cd9335f0</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b01890ed-be67-487e-9f88-9158e6ab9b78</t>
+  </si>
+  <si>
+    <t>Solicitud de Transferencia Bancaria No. 169</t>
+  </si>
+  <si>
+    <t>2021-03-24T11:49:12-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.18</t>
+  </si>
+  <si>
+    <t>doc-7c4c8d75-dc4a-46f0-a709-b3cc199b6a31</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b7ca4978-e98c-472a-b74f-f1d9bfdd6447</t>
+  </si>
+  <si>
+    <t>2021-03-24T11:49:39-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.19</t>
+  </si>
+  <si>
+    <t>doc-4aa31406-f5a9-48ad-9cd1-02fd8d7db06e</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=3d22616f-31f0-4a8c-a402-d001b1929592</t>
+  </si>
+  <si>
+    <t>Solicitud de Transferencia Bancaria No. 207</t>
+  </si>
+  <si>
+    <t>2021-03-24T11:54:52-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.20</t>
+  </si>
+  <si>
+    <t>doc-0fce450d-0d0c-41d3-b285-00f26e44af6a</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=bda7604f-f5fb-4d4b-819d-33c0a80ba6e2</t>
+  </si>
+  <si>
+    <t>Documento bancario donde se realiza la transacción al proveedor por el pago de los servicios Noviembre</t>
+  </si>
+  <si>
+    <t>2021-03-24T11:57:01-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.21</t>
+  </si>
+  <si>
+    <t>doc-f2b7a9eb-22d7-48c0-9c9f-d2b77701d33a</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=59cd70bf-7478-43f0-bd95-5fa5d846b097</t>
+  </si>
+  <si>
+    <t>Solicitud de Transferencia Bancaria No. 251</t>
+  </si>
+  <si>
+    <t>2021-03-24T11:58:24-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.22</t>
+  </si>
+  <si>
+    <t>doc-22a6c3a1-79c5-427b-aa7d-ead5c2c5ce67</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=778b7a65-de17-4b97-ab7b-cd090febaa51</t>
+  </si>
+  <si>
+    <t>Documento bancario donde se realiza la transacción al proveedor por el pago de los servicios Diciembre</t>
+  </si>
+  <si>
+    <t>2021-03-24T11:59:17-06:00</t>
   </si>
   <si>
     <t>paymentMethod</t>
   </si>
   <si>
     <t>payee_id</t>
   </si>
   <si>
     <t>payee_name</t>
   </si>
   <si>
     <t>payer_id</t>
   </si>
   <si>
     <t>payer_name</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
+    <t>transaction-6e0a3022-67b0-4ebb-a90d-c669f67acde2</t>
+  </si>
+  <si>
+    <t>2021-06-17T08:55:05-05:00</t>
+  </si>
+  <si>
+    <t>wireTransfe</t>
+  </si>
+  <si>
+    <t>id-1.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
     <t>transaction-c61fc4c6-b97a-4b75-a377-fac2326cf97b</t>
   </si>
   <si>
     <t>2020-12-18T03:29:00-06:00</t>
   </si>
   <si>
-    <t>wireTransfe</t>
-[...1 lines deleted...]
-  <si>
     <t>DIRECCIÓN DE ADMINISTRACIÓN Y FINANZAS</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.transactions.0</t>
+    <t>id-2.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-07bc30a7-3e66-4a40-97ba-ec5056221b2e</t>
+  </si>
+  <si>
+    <t>2021-10-25T12:26:00-05:00</t>
+  </si>
+  <si>
+    <t>id-2.0.contracts.0.implementation.transactions.1</t>
+  </si>
+  <si>
+    <t>transaction-5e29c0c0-da54-4894-a357-89fb846d01b0</t>
+  </si>
+  <si>
+    <t>2021-11-18T12:20:00-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-9e15f700-2577-4cfe-93d4-77ef1fbc937b</t>
+  </si>
+  <si>
+    <t>2021-11-11T15:28:00-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-b82208b6-70e7-4d9e-b40d-be93488262b4</t>
+  </si>
+  <si>
+    <t>2021-11-18T12:23:00-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-1531a41a-1071-4292-aa76-ae827e2659c7</t>
+  </si>
+  <si>
+    <t>2021-12-22T15:11:00-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-2a46bb06-f1c0-40ed-91f0-9291bc497bd8</t>
+  </si>
+  <si>
+    <t>2021-11-12T15:28:00-06:00</t>
+  </si>
+  <si>
+    <t>id-8.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>transaction-876c5ee9-f9f5-4436-bb80-c4da7fa3baca</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.transactions.1</t>
+    <t>id-8.0.contracts.0.implementation.transactions.1</t>
   </si>
   <si>
     <t>transaction-561117e1-e797-4159-91cf-07792c4f1e1c</t>
   </si>
   <si>
     <t>2021-06-21T09:07:00-05:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.transactions.2</t>
+    <t>id-8.0.contracts.0.implementation.transactions.2</t>
   </si>
   <si>
     <t>transaction-c43785ce-c46b-4b2a-a889-8dbefd816b37</t>
   </si>
   <si>
     <t>2021-09-08T15:27:00-05:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.transactions.3</t>
+    <t>id-8.0.contracts.0.implementation.transactions.3</t>
   </si>
   <si>
     <t>transaction-49769625-1e7a-4dd6-9105-d5f8e0bbb636</t>
   </si>
   <si>
     <t>2021-08-09T15:54:10-05:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.transactions.4</t>
+    <t>id-8.0.contracts.0.implementation.transactions.4</t>
   </si>
   <si>
     <t>transaction-ad31cde5-3dc5-4b9a-be0b-5765e6fec3b5</t>
   </si>
   <si>
     <t>2021-10-06T15:01:00-05:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.transactions.5</t>
+    <t>id-8.0.contracts.0.implementation.transactions.5</t>
   </si>
   <si>
     <t>transaction-f90dd33c-65dd-4f23-a9ff-c1fa4396c5d9</t>
   </si>
   <si>
     <t>2021-11-04T11:01:00-06:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.transactions.6</t>
+    <t>id-8.0.contracts.0.implementation.transactions.6</t>
   </si>
   <si>
     <t>transaction-f9e2c777-f881-46c4-afc3-9fe6148f5b05</t>
   </si>
   <si>
     <t>2021-12-09T15:10:18-06:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.implementation.transactions.0</t>
+    <t>id-9.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-8334ebbb-1323-41d5-9aab-b871f30a3ad2</t>
+  </si>
+  <si>
+    <t>2021-04-13T15:34:00-05:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.implementation.transactions.1</t>
+  </si>
+  <si>
+    <t>transaction-e9efcaab-e493-4736-a15e-95d7c3f63260</t>
+  </si>
+  <si>
+    <t>2021-04-13T15:33:00-05:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.implementation.transactions.2</t>
+  </si>
+  <si>
+    <t>transaction-c4f472de-e42f-45e3-84b5-63e21a154d1a</t>
+  </si>
+  <si>
+    <t>2021-05-10T14:57:00-05:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.implementation.transactions.3</t>
+  </si>
+  <si>
+    <t>transaction-e50a7589-771a-4970-bbd1-c6a3ede76c9b</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.implementation.transactions.4</t>
+  </si>
+  <si>
+    <t>transaction-978eae3b-95f6-4afb-8fef-9292e9b3d962</t>
+  </si>
+  <si>
+    <t>2021-06-07T14:10:00-05:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.implementation.transactions.5</t>
+  </si>
+  <si>
+    <t>transaction-87f469a3-8949-4c21-aef7-9496f2755aa3</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.implementation.transactions.6</t>
+  </si>
+  <si>
+    <t>transaction-f77ff086-3d19-4763-ac52-1fdd958338b0</t>
+  </si>
+  <si>
+    <t>2021-07-05T13:48:00-05:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.implementation.transactions.7</t>
+  </si>
+  <si>
+    <t>transaction-067409f9-38a6-4007-8b8c-73e07f0e17c7</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.implementation.transactions.8</t>
+  </si>
+  <si>
+    <t>transaction-5c633854-8c1e-4f38-ba24-38a2d92f1f0d</t>
+  </si>
+  <si>
+    <t>2021-09-08T10:55:00-05:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.implementation.transactions.9</t>
+  </si>
+  <si>
+    <t>transaction-72369f81-ef99-4819-bcca-86c655031e1a</t>
+  </si>
+  <si>
+    <t>2021-10-20T09:26:00-05:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.implementation.transactions.10</t>
+  </si>
+  <si>
+    <t>transaction-0a7f12e7-daa9-4d8c-b7cc-66b24f59ab4d</t>
+  </si>
+  <si>
+    <t>2021-11-09T13:02:00-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.implementation.transactions.11</t>
+  </si>
+  <si>
+    <t>transaction-a2c26ee3-ad7b-4aa5-a457-b4d58643a2ee</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-24bb5a8b-28d7-4eca-8671-99d267c05ff1</t>
+  </si>
+  <si>
+    <t>2021-07-16T10:18:00-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.transactions.1</t>
+  </si>
+  <si>
+    <t>transaction-4ef854a2-f08d-46fd-8604-615ad4ffb62a</t>
+  </si>
+  <si>
+    <t>2021-08-18T14:32:00-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.transactions.2</t>
+  </si>
+  <si>
+    <t>transaction-e2ac1d68-9333-4193-a6ab-622208c20662</t>
+  </si>
+  <si>
+    <t>2021-09-15T11:26:00-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.transactions.3</t>
+  </si>
+  <si>
+    <t>transaction-f76cbfea-ad45-42c6-8aa9-0ce0c42ab5b6</t>
+  </si>
+  <si>
+    <t>2021-10-12T15:40:00-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.transactions.4</t>
+  </si>
+  <si>
+    <t>transaction-415db494-dd3b-4beb-98bc-a96566e40043</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.transactions.5</t>
+  </si>
+  <si>
+    <t>transaction-e154ae2b-bbaf-413a-af11-4897fe89096c</t>
+  </si>
+  <si>
+    <t>2021-12-09T15:12:00-06:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.transactions.6</t>
+  </si>
+  <si>
+    <t>transaction-0835b10e-5e8d-4f09-a311-7344d3cca514</t>
+  </si>
+  <si>
+    <t>2021-11-11T15:29:00-06:00</t>
+  </si>
+  <si>
+    <t>id-11.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-c97e087f-2846-47ec-a2d8-91c9d4d3b6b1</t>
+  </si>
+  <si>
+    <t>2022-09-30T11:03:00-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-8bc90874-af7d-40e5-89c6-a242435d6a6a</t>
+  </si>
+  <si>
+    <t>2022-04-26T15:57:00-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-88ad8e0f-4b5a-4738-a704-7a5665f877f8</t>
+  </si>
+  <si>
+    <t>2021-06-02T14:13:00-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.implementation.transactions.1</t>
+  </si>
+  <si>
+    <t>transaction-ab49de38-2f6e-43bf-ac84-08e13cd01aeb</t>
+  </si>
+  <si>
+    <t>2021-12-20T10:28:00-06:00</t>
+  </si>
+  <si>
+    <t>id-14.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-9d254661-d496-4150-94ae-1bbea8b89a81</t>
+  </si>
+  <si>
+    <t>2022-10-03T09:26:00-05:00</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-cdb2798f-994c-4922-8a17-63e748f9ca9a</t>
+  </si>
+  <si>
+    <t>2021-10-21T14:17:00-05:00</t>
+  </si>
+  <si>
+    <t>id-27.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-f3dd5208-0f4b-425f-a154-c2ed18361a86</t>
+  </si>
+  <si>
+    <t>2021-11-30T10:01:00-06:00</t>
+  </si>
+  <si>
+    <t>id-27.0.contracts.0.implementation.transactions.1</t>
+  </si>
+  <si>
+    <t>transaction-6380e23d-3616-487a-ad89-ac9b58b81ba7</t>
+  </si>
+  <si>
+    <t>2022-12-22T14:05:00-06:00</t>
+  </si>
+  <si>
+    <t>id-29.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-3f394b97-a20a-4061-b27b-4d82f17bb7ca</t>
+  </si>
+  <si>
+    <t>2021-12-16T09:51:00-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>transaction-4a30e790-0424-4c21-864a-6605d31b5d93</t>
   </si>
   <si>
     <t>2020-01-15T03:08:00-06:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.implementation.transactions.1</t>
+    <t>id-31.0.contracts.0.implementation.transactions.1</t>
   </si>
   <si>
     <t>transaction-99b27112-6210-4ebd-a66f-43f0942f2530</t>
   </si>
   <si>
     <t>2020-02-17T03:45:00-06:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.implementation.transactions.2</t>
+    <t>id-31.0.contracts.0.implementation.transactions.2</t>
   </si>
   <si>
     <t>transaction-a6595bf9-4c78-4433-a56a-6fe507bfff79</t>
   </si>
   <si>
     <t>2020-03-13T12:07:00-06:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.implementation.transactions.3</t>
+    <t>id-31.0.contracts.0.implementation.transactions.3</t>
   </si>
   <si>
     <t>transaction-4394463e-cfb1-411c-9472-ccb3f2451859</t>
   </si>
   <si>
     <t>2020-04-13T12:00:00-05:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.implementation.transactions.4</t>
+    <t>id-31.0.contracts.0.implementation.transactions.4</t>
   </si>
   <si>
     <t>transaction-6d35a87b-eb13-4425-a38f-8134b7b6428f</t>
   </si>
   <si>
     <t>2020-05-15T09:41:00-05:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.implementation.transactions.5</t>
+    <t>id-31.0.contracts.0.implementation.transactions.5</t>
   </si>
   <si>
     <t>transaction-d894b66b-7319-41cd-86e1-75c27195e9ea</t>
   </si>
   <si>
     <t>2020-06-16T09:28:00-05:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.implementation.transactions.6</t>
+    <t>id-31.0.contracts.0.implementation.transactions.6</t>
   </si>
   <si>
     <t>transaction-3923887f-9575-4e46-80da-5767188b6f06</t>
   </si>
   <si>
     <t>2020-07-13T10:54:00-05:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.implementation.transactions.7</t>
+    <t>id-31.0.contracts.0.implementation.transactions.7</t>
   </si>
   <si>
     <t>transaction-36487b00-9d77-4f38-82b1-cd0189a8ff56</t>
   </si>
   <si>
     <t>2020-08-14T03:10:00-05:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.implementation.transactions.8</t>
+    <t>id-31.0.contracts.0.implementation.transactions.8</t>
   </si>
   <si>
     <t>transaction-9ee6e8b7-864e-4ec7-9c78-cc1e6248bba4</t>
   </si>
   <si>
     <t>2020-09-15T09:27:00-05:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.implementation.transactions.9</t>
+    <t>id-31.0.contracts.0.implementation.transactions.9</t>
   </si>
   <si>
     <t>transaction-f0ebfdf4-09fe-418b-b991-2cb812259d57</t>
   </si>
   <si>
     <t>2020-10-14T01:35:00-05:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.implementation.transactions.10</t>
+    <t>id-31.0.contracts.0.implementation.transactions.10</t>
   </si>
   <si>
     <t>transaction-b4ccb9c0-8671-4da6-aaa4-20889d1908dd</t>
   </si>
   <si>
     <t>2020-11-19T11:29:00-06:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.implementation.transactions.11</t>
+    <t>id-31.0.contracts.0.implementation.transactions.11</t>
   </si>
   <si>
     <t>transaction-0755462c-7d1a-410f-8c4a-254e93f60ebb</t>
   </si>
   <si>
     <t>2020-12-15T10:45:00-06:00</t>
   </si>
   <si>
-    <t>id-3.0.contracts.0.implementation.transactions.0</t>
-[...298 lines deleted...]
-  <si>
     <t>id-0.0.planning.documents.0</t>
   </si>
   <si>
+    <t>doc-5f7a4de1-3013-4b17-ae22-9797191f835a</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=e6e1aa3a-315f-497e-9961-2ec2e9619175</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA DAF 045_2021</t>
+  </si>
+  <si>
+    <t>Documento en el cual la Unidad Administrativa solicita bienes o servicios para lograr el desarrollo y cumplimento de sus programas.</t>
+  </si>
+  <si>
+    <t>2021-08-30T15:13:23-05:00</t>
+  </si>
+  <si>
+    <t>request</t>
+  </si>
+  <si>
+    <t>id-1.0.planning.documents.0</t>
+  </si>
+  <si>
     <t>doc-70271338-3304-480f-8a35-65c69ad41bc5</t>
   </si>
   <si>
     <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=afc0a0eb-081b-4e10-b837-f376c33274ac</t>
   </si>
   <si>
     <t>Requisición de Compra DAF 176/2020</t>
   </si>
   <si>
-    <t>Documento en el cual la Unidad Administrativa solicita bienes o servicios para lograr el desarrollo y cumplimento de sus programas.</t>
-[...5 lines deleted...]
-    <t>id-1.0.planning.documents.0</t>
+    <t>id-2.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-e15095e6-68e3-4bdc-a38f-aca579b4c1ff</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b774e5aa-3e0b-4bd8-9d01-fb2d2e65d269</t>
+  </si>
+  <si>
+    <t>COTIZACÓN 07-07-2021</t>
+  </si>
+  <si>
+    <t>Documento que muestra el precio real que se va a cobrar el proveedor por los bienes o servicio solicitado en la solicitud de cotización.</t>
+  </si>
+  <si>
+    <t>feasibilityStudy</t>
+  </si>
+  <si>
+    <t>2022-01-11T12:18:31-06:00</t>
+  </si>
+  <si>
+    <t>id-2.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-00f61e2a-b094-4344-8f81-2148aa4817d8</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=8d7e8da2-4af5-4dc7-ac49-0f11212e4862</t>
+  </si>
+  <si>
+    <t>COTIZACÓN 08-07-2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T12:19:11-06:00</t>
+  </si>
+  <si>
+    <t>id-2.0.planning.documents.2</t>
+  </si>
+  <si>
+    <t>doc-45bbd34a-0dba-4c88-908f-77562341740f</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=63995625-1abe-4df5-895c-8d482a4fcf07</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA DAF 108_2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T12:20:00-06:00</t>
+  </si>
+  <si>
+    <t>id-2.0.planning.documents.3</t>
+  </si>
+  <si>
+    <t>doc-5a9c300b-e6ee-412c-9e08-14916fbe7c74</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d662c2c2-f2b6-42a1-b272-19051ca251c7</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA DAF 131_2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T12:24:07-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-d585b1de-1128-4992-9d8c-56b89f229188</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=8577d992-41c3-451b-a156-12b0f69009a0</t>
+  </si>
+  <si>
+    <t>COTIZACIÓN</t>
+  </si>
+  <si>
+    <t>2022-01-11T11:39:59-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-87f38a6f-0ec8-440a-aded-48853de46e8b</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=c7dc1b2f-41ad-436d-9f37-67e27ed2873c</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA DAF 117_2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T11:40:39-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-f91cbff6-74e7-4afa-91b6-d357bb5c7877</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=c17d8f1b-5cc3-45ed-8987-ab76546c8c06</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA DAF 128_2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T10:54:00-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-8d011937-bde9-4610-9755-d0145f8e71ab</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=851cd052-d903-4a8c-8669-c6ab536d403f</t>
+  </si>
+  <si>
+    <t>PROPUESTA ECONOMICA</t>
+  </si>
+  <si>
+    <t>2022-01-11T11:14:49-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-8b1a27cd-18c7-47a4-a5ae-a6670b8e41d3</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=a9858100-2d31-47db-9cfd-5b3cf79c74ad</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA DAF 153_2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T11:17:18-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-3a36a5ca-0f0d-4aec-ad0b-ee8bb9167faf</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=ead4c2e9-b248-4d71-801f-69ddac551ae0</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA DAF 121_2021</t>
+  </si>
+  <si>
+    <t>hearingNotice</t>
+  </si>
+  <si>
+    <t>2022-01-11T12:05:31-06:00</t>
+  </si>
+  <si>
+    <t>id-8.0.planning.documents.0</t>
   </si>
   <si>
     <t>doc-53baf399-8738-421e-a1d4-0aabcd7be1e5</t>
   </si>
   <si>
-    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=e6e1aa3a-315f-497e-9961-2ec2e9619175</t>
-[...1 lines deleted...]
-  <si>
     <t>REQUISICIÓN DE COMPRA DAF 047_2021</t>
   </si>
   <si>
+    <t>2021-08-31T08:19:03-05:00</t>
+  </si>
+  <si>
     <t>2021-08-31T08:19:00-05:00</t>
   </si>
   <si>
-    <t>2021-08-31T08:19:03-05:00</t>
-[...2 lines deleted...]
-    <t>id-3.0.planning.documents.0</t>
+    <t>id-11.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-8d724fa7-0efe-4ed8-bb4c-4c94e1c5a969</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9582d4d4-604a-4aa5-a477-ced84e21c81f</t>
+  </si>
+  <si>
+    <t>DICTAMEN DE TECNICO</t>
+  </si>
+  <si>
+    <t>Documento en el cual el proveedor certificado y calificado emite su opinión acerca del estado de un bien, promueve la acción repentina de dar de baja o reparar dichos bienes.</t>
+  </si>
+  <si>
+    <t>needsAssessment</t>
+  </si>
+  <si>
+    <t>2022-10-21T14:24:24-05:00</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-b92ea25a-ff35-4905-a2b5-f9cc585d9186</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=5e27aadd-4ca9-4828-a44c-be47ad828567</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA DAFRH 108-2022</t>
+  </si>
+  <si>
+    <t>2022-10-21T14:26:40-05:00</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.documents.2</t>
+  </si>
+  <si>
+    <t>doc-9d92a237-ec8a-4295-9913-056e8c82d585</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=7675e7d4-f215-4a51-9583-224db339a0ea</t>
+  </si>
+  <si>
+    <t>COTIZACION BOXITO CG118271</t>
+  </si>
+  <si>
+    <t>2022-10-21T14:27:36-05:00</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.documents.3</t>
+  </si>
+  <si>
+    <t>doc-fa29efa1-137b-43d2-96fb-6c028d10013a</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=93605681-69c1-450b-bcd4-9aecd59ae114</t>
+  </si>
+  <si>
+    <t>COTIZACION COMPAÑIA FERNANDEZ</t>
+  </si>
+  <si>
+    <t>2022-10-21T14:28:11-05:00</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.documents.4</t>
+  </si>
+  <si>
+    <t>doc-d0fe9051-137d-4bdc-acd7-92f504740b25</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=8e33bbfd-e8b6-4f05-8987-1be09f299947</t>
+  </si>
+  <si>
+    <t>COTIZACION XAZE</t>
+  </si>
+  <si>
+    <t>2022-10-21T14:28:54-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-d3f769fc-b3a2-4866-bd00-cc2bd9bcaf13</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b3958d4c-6b7e-407a-aaf3-efa5b388cc47</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA DAF 040-2022</t>
+  </si>
+  <si>
+    <t>2022-07-13T10:53:59-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-3e90456f-5f66-4861-bfa9-eb514da4c074</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=0766e3ef-edad-490e-97e7-ac4dd4af17df</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA PLENO 005_2021</t>
+  </si>
+  <si>
+    <t>2021-08-30T14:58:42-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-1e02996f-79c2-4938-9bce-0fa906c0572e</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=6512f2ea-917f-4b4f-944d-e725ed96f879</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA DAF 154_2021</t>
+  </si>
+  <si>
+    <t>2022-01-11T14:12:38-06:00</t>
+  </si>
+  <si>
+    <t>id-14.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-9759c981-4457-4fff-974f-6471dd605991</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=c70bf1c5-1798-4e8c-b069-7cbfcf583b4c</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA PLENO 05-2022</t>
+  </si>
+  <si>
+    <t>2022-10-21T09:36:09-05:00</t>
+  </si>
+  <si>
+    <t>id-15.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-82619b37-8e17-4bb7-9101-5c1ad799b18c</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=7d0130c2-9090-4788-bf7d-6336d2bc1495</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA PLENO 008-2021</t>
+  </si>
+  <si>
+    <t>2021-10-29T10:27:21-05:00</t>
+  </si>
+  <si>
+    <t>id-27.0.planning.documents.0</t>
   </si>
   <si>
     <t>doc-bc67c625-c84c-4f42-9881-c95e0739d983</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=3aaff261-4288-4a9f-ab57-6a1db533fbd0</t>
   </si>
   <si>
     <t>COTIZACIÓN 244960</t>
   </si>
   <si>
-    <t>Documento que muestra el precio real que se va a cobrar el proveedor por los bienes o servicio solicitado en la solicitud de cotización.</t>
-[...4 lines deleted...]
-  <si>
     <t>2019-01-20T10:00:00-06:00</t>
   </si>
   <si>
-    <t>id-3.0.planning.documents.1</t>
+    <t>id-27.0.planning.documents.1</t>
   </si>
   <si>
     <t>doc-a5e08fdf-e202-473b-9a49-9d463fb68b0c</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=0b68cde4-39f9-43a8-a526-685e3463a9b6</t>
   </si>
   <si>
     <t>COTIZACIÓN 246530</t>
   </si>
   <si>
-    <t>id-3.0.planning.documents.2</t>
+    <t>id-27.0.planning.documents.2</t>
   </si>
   <si>
     <t>doc-f6649c85-0f1c-4e9e-82f9-381dc970b7e2</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=f4613976-8f6e-4b3d-bd22-b5a5b581675e</t>
   </si>
   <si>
     <t>REQUISICIÓN DE COMPRA ST 07_2021</t>
   </si>
   <si>
-    <t>id-3.0.planning.documents.3</t>
+    <t>id-27.0.planning.documents.3</t>
   </si>
   <si>
     <t>doc-f10e5550-e982-4603-b859-85e57ae1586e</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=4dbf9a70-25bc-4467-83a9-6cb53ea00727</t>
   </si>
   <si>
     <t>REQUISICIÓN DE COMPRA ST 08_2021</t>
   </si>
   <si>
-    <t>id-4.0.planning.documents.0</t>
+    <t>id-29.0.planning.documents.0</t>
   </si>
   <si>
     <t>doc-be31b8b9-60ee-49e6-be05-ee2c19d6c010</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=37cf46a1-5f85-4c92-904d-f763b4357333</t>
   </si>
   <si>
-    <t>COTIZACIÓN</t>
-[...1 lines deleted...]
-  <si>
     <t>2022-01-11T13:03:01-06:00</t>
   </si>
   <si>
-    <t>id-4.0.planning.documents.1</t>
+    <t>id-29.0.planning.documents.1</t>
   </si>
   <si>
     <t>doc-96f2d430-3f47-4ae9-81fc-4249f45d9910</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d0c056e7-5b04-4736-83cd-d5f8e3b9cdd2</t>
   </si>
   <si>
     <t>REQUISICIÓN DE COMPRA PLENO 11-2021, 12-2021, 13-2021</t>
   </si>
   <si>
     <t>2022-01-11T13:03:51-06:00</t>
   </si>
   <si>
-    <t>id-5.0.planning.documents.0</t>
-[...316 lines deleted...]
-  <si>
     <t>id-0.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-1.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-2.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-3.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-4.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-5.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-6.0.planning.requestingUnits.0</t>
   </si>
   <si>
-    <t>id-7.0.planning.requestingUnits.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-8.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-9.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-10.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-11.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-12.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-13.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-14.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-15.0.planning.requestingUnits.0</t>
   </si>
   <si>
-    <t>id-16.0.planning.requestingUnits.0</t>
+    <t>id-27.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-29.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-31.0.planning.requestingUnits.0</t>
   </si>
   <si>
     <t>id-0.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-1.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-2.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-3.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-4.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-5.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-6.0.planning.contractingUnits.0</t>
   </si>
   <si>
-    <t>id-7.0.planning.contractingUnits.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-8.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-9.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-10.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-11.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-12.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-13.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-14.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-15.0.planning.contractingUnits.0</t>
   </si>
   <si>
-    <t>id-16.0.planning.contractingUnits.0</t>
+    <t>id-27.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-29.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-31.0.planning.contractingUnits.0</t>
   </si>
   <si>
     <t>id-0.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-1.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-2.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-3.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-4.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-5.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-6.0.planning.responsibleUnits.0</t>
   </si>
   <si>
-    <t>id-7.0.planning.responsibleUnits.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-8.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-9.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-10.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-11.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-12.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-13.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-14.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-15.0.planning.responsibleUnits.0</t>
   </si>
   <si>
-    <t>id-16.0.planning.responsibleUnits.0</t>
+    <t>id-27.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-29.0.planning.responsibleUnits.0</t>
   </si>
   <si>
     <t>id-31.0.planning.responsibleUnits.0</t>
   </si>
   <si>
+    <t>fundType</t>
+  </si>
+  <si>
     <t>origin</t>
   </si>
   <si>
-    <t>fundType</t>
-[...1 lines deleted...]
-  <si>
     <t>amount_amount</t>
   </si>
   <si>
     <t>amount_currency</t>
   </si>
   <si>
     <t>sourceParty_id</t>
   </si>
   <si>
     <t>sourceParty_name</t>
   </si>
   <si>
     <t>id-0.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
+    <t>Participaciones</t>
+  </si>
+  <si>
+    <t>Estatales</t>
+  </si>
+  <si>
+    <t>Se afecta la partida la específica del clasificador por objeto del gasto 3311</t>
+  </si>
+  <si>
+    <t>id-1.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>Se afecta la partida específica de acuerdo al clasificador objeto del gasto emitido por el CONAC, que dando la codificación: 3000/3800/3820/3821</t>
+  </si>
+  <si>
+    <t>2020-12-14T00:00:00-06:00</t>
+  </si>
+  <si>
     <t>20204747.1.10101.08.0801.08.08.0404705460744001138560382111310</t>
   </si>
   <si>
-    <t>Se afecta la partida específica de acuerdo al clasificador objeto del gasto emitido por el CONAC, que dando la codificación: 3000/3800/3820/3821</t>
-[...11 lines deleted...]
-    <t>id-0.0.planning.budget.budgetBreakdown.1</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.1</t>
+  </si>
+  <si>
+    <t>PARTICIPACIONES</t>
+  </si>
+  <si>
+    <t>Se afecta la partida específica de acuerdo al clasificador objeto del gasto emitido por el CONAC, que dando la codificación: 3000/3400/3410/3411</t>
   </si>
   <si>
     <t>20204747.1.10101.08.0801.08.08.040470546074400113856034111101310</t>
   </si>
   <si>
-    <t>Se afecta la partida específica de acuerdo al clasificador objeto del gasto emitido por el CONAC, que dando la codificación: 3000/3400/3410/3411</t>
-[...5 lines deleted...]
-    <t>id-1.0.planning.budget.budgetBreakdown.0</t>
+    <t>id-2.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>Se afectó la partida específica del clasificador por objeto del gasto CONAC 3511</t>
+  </si>
+  <si>
+    <t>id-3.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>Se afectó la partida específica del clasificador por objeto del gasto 3332</t>
+  </si>
+  <si>
+    <t>id-4.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>Se afecta la partida específica del clasificador por objeto del gasto CONAC 2611</t>
+  </si>
+  <si>
+    <t>id-5.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-5.0.planning.budget.budgetBreakdown.1</t>
+  </si>
+  <si>
+    <t>id-6.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-8.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
     <t>Se afecta la partida específica del clasificador por objeto del gasto 3221</t>
   </si>
   <si>
-    <t>id-2.0.planning.budget.budgetBreakdown.0</t>
+    <t>id-9.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>2021-06-30T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>Se afecta la partida específica del clasificador por objeto del gasto 5191</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.budget.budgetBreakdown.1</t>
+  </si>
+  <si>
+    <t>RECURSOS PROPIOS</t>
+  </si>
+  <si>
+    <t>2022-10-24T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>20224747.2101.08.0801.08.08.04047054674447.3.113856051912131NA</t>
+  </si>
+  <si>
+    <t>id-12.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>Se afecta la partida específica del clasificador por objeto del gasto 3451</t>
+  </si>
+  <si>
+    <t>20224747.2101.08.0801.08.08.04047054674447.3.113900034511131NA</t>
+  </si>
+  <si>
+    <t>id-13.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>Se afecta la partida específica del clasificador por objeto del gasto 3311</t>
+  </si>
+  <si>
+    <t>id-14.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>Se afectó la partida específica del clasificador por objeto del gasto emitido por el CONAC 3311</t>
+  </si>
+  <si>
+    <t>id-15.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>Se afecta la partida específica del clasificador por objeto del gasto 2141</t>
+  </si>
+  <si>
+    <t>id-27.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-29.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>Se afectó la partida específica del clasificador por objeto del gasto del CONAC 3363</t>
+  </si>
+  <si>
+    <t>id-31.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>Se afecta la partida específica de acuerdo al clasificador objeto del gasto emitido por el CONAC, que dando la codificación: 3000/3100/3110/3111</t>
   </si>
   <si>
     <t>20204747.1.10101.08.0801.08.08.040470546074400113900031111101310</t>
   </si>
   <si>
-    <t>Se afecta la partida específica de acuerdo al clasificador objeto del gasto emitido por el CONAC, que dando la codificación: 3000/3100/3110/3111</t>
-[...94 lines deleted...]
-  <si>
     <t>_link_planning_budget_budgetBreakdown</t>
   </si>
   <si>
-    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0</t>
-[...5 lines deleted...]
-    <t>id-2.0.planning.budget.budgetBreakdown.0.budgetLines.0</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.0.budgetLines.0</t>
+  </si>
+  <si>
+    <t>id-1.0.planning.budget.budgetBreakdown.1.budgetLines.0</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.budget.budgetBreakdown.1.budgetLines.0</t>
   </si>
   <si>
     <t>id-12.0.planning.budget.budgetBreakdown.0.budgetLines.0</t>
   </si>
   <si>
-    <t>id-13.0.planning.budget.budgetBreakdown.1.budgetLines.0</t>
+    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0</t>
   </si>
   <si>
     <t>_link_planning_budget_budgetBreakdown_budgetLines</t>
   </si>
   <si>
     <t>code</t>
   </si>
   <si>
     <t>level</t>
   </si>
   <si>
-    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.0</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.0</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>branch</t>
   </si>
   <si>
     <t>INSTITUTO ESTATAL DE TRANSPARENCIA, ACCESO A LA INFORMACIÓN PÚBLICA Y PROTECCIÓN DE DATOS PERSONALES</t>
   </si>
   <si>
-    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.1</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.1</t>
   </si>
   <si>
     <t>47.2.1</t>
   </si>
   <si>
     <t>responsibleUnit</t>
   </si>
   <si>
     <t>OFICINA DE LA DIRECCIÓN GENERAL EJECUTIVA</t>
   </si>
   <si>
-    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.2</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.2</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>finality</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
-    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.3</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.3</t>
   </si>
   <si>
     <t>01.08.08</t>
   </si>
   <si>
     <t>function</t>
   </si>
   <si>
     <t>Otros Servicios Generales</t>
   </si>
   <si>
-    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.4</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.4</t>
   </si>
   <si>
     <t>01.08.08.04</t>
   </si>
   <si>
     <t>subFunction</t>
   </si>
   <si>
     <t>Acceso a la Información Pública Gubernamental</t>
   </si>
   <si>
-    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.5</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.5</t>
   </si>
   <si>
     <t>institutionalActivity</t>
   </si>
   <si>
-    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.6</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.6</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>budgetProgram</t>
   </si>
   <si>
     <t>Administración de Recursos Materiales, Humanos y Financieros del INAIP</t>
   </si>
   <si>
-    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.7</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.7</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>strategicObjective</t>
   </si>
   <si>
     <t>Sin Objetivo</t>
   </si>
   <si>
-    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.8</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.8</t>
   </si>
   <si>
     <t>requestingUnit</t>
   </si>
   <si>
     <t>OFICINA DEL DIRECTOR DE ADMINISTRACIÓN</t>
   </si>
   <si>
-    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.9</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.9</t>
   </si>
   <si>
     <t>13856</t>
   </si>
   <si>
     <t>specificActivity</t>
   </si>
   <si>
     <t>Administrar y asignar los recursos a las unidades administrativas del INAIP.</t>
   </si>
   <si>
-    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.10</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.10</t>
   </si>
   <si>
     <t>3821</t>
   </si>
   <si>
     <t>spendingObject</t>
   </si>
   <si>
     <t>GASTOS DE ORDEN SOCIAL Y CULTURAL</t>
   </si>
   <si>
-    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.11</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.11</t>
   </si>
   <si>
     <t>spendingType</t>
   </si>
   <si>
     <t>Gasto Corriente</t>
   </si>
   <si>
-    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.12</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.12</t>
   </si>
   <si>
     <t>budgetSource</t>
   </si>
   <si>
-    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.13</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.13</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>region</t>
   </si>
   <si>
-    <t>id-0.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.0</t>
-[...5 lines deleted...]
-    <t>id-0.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.2</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.0</t>
+  </si>
+  <si>
+    <t>id-1.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.1</t>
+  </si>
+  <si>
+    <t>id-1.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.2</t>
   </si>
   <si>
     <t>01</t>
   </si>
   <si>
-    <t>id-0.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.3</t>
-[...11 lines deleted...]
-    <t>id-0.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.7</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.3</t>
+  </si>
+  <si>
+    <t>id-1.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.4</t>
+  </si>
+  <si>
+    <t>id-1.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.5</t>
+  </si>
+  <si>
+    <t>id-1.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.6</t>
+  </si>
+  <si>
+    <t>id-1.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.7</t>
   </si>
   <si>
     <t>0744</t>
   </si>
   <si>
-    <t>id-0.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.8</t>
-[...5 lines deleted...]
-    <t>id-0.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.10</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.8</t>
+  </si>
+  <si>
+    <t>id-1.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.9</t>
+  </si>
+  <si>
+    <t>id-1.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.10</t>
   </si>
   <si>
     <t>3411</t>
   </si>
   <si>
     <t>INTERESES, DESCUENTOS Y OTROS SERVICIOS BANCARIOS</t>
   </si>
   <si>
-    <t>id-0.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.11</t>
-[...2 lines deleted...]
-    <t>id-0.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.12</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.11</t>
+  </si>
+  <si>
+    <t>id-1.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.12</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>INGRESOS FISCALES RECURSOS PROPIOS</t>
   </si>
   <si>
-    <t>id-0.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.13</t>
-[...29 lines deleted...]
-    <t>id-2.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.9</t>
+    <t>id-1.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.13</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.0</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.1</t>
+  </si>
+  <si>
+    <t>47.2</t>
+  </si>
+  <si>
+    <t>DIRECCIÓN GENERAL EJECUTIVA</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.2</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.3</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.4</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.5</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.6</t>
+  </si>
+  <si>
+    <t>546</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.7</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.8</t>
+  </si>
+  <si>
+    <t>47.3.1</t>
+  </si>
+  <si>
+    <t>OFICINA DEL DIRECTOR DE ADMINISTRACION Y FINANZAS</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.9</t>
+  </si>
+  <si>
+    <t>Administración y asignación de recursos a las unidades administrativas del INAIP</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.10</t>
+  </si>
+  <si>
+    <t>5191</t>
+  </si>
+  <si>
+    <t>OTROS IMPUESTOS Y DERECHOS</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.11</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Gasto Capital</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.12</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.budget.budgetBreakdown.1.budgetLines.0.components.13</t>
+  </si>
+  <si>
+    <t>YUCATAN</t>
+  </si>
+  <si>
+    <t>id-12.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.0</t>
+  </si>
+  <si>
+    <t>id-12.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.1</t>
+  </si>
+  <si>
+    <t>id-12.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.2</t>
+  </si>
+  <si>
+    <t>id-12.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.3</t>
+  </si>
+  <si>
+    <t>id-12.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.4</t>
+  </si>
+  <si>
+    <t>id-12.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.5</t>
+  </si>
+  <si>
+    <t>id-12.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.6</t>
+  </si>
+  <si>
+    <t>id-12.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.7</t>
+  </si>
+  <si>
+    <t>id-12.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.8</t>
+  </si>
+  <si>
+    <t>id-12.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.9</t>
   </si>
   <si>
     <t>13900</t>
   </si>
   <si>
+    <t>Gasto administrativo del Instituto Estatal de Transparencia, Acceso a la Información Pública y Protección de Datos Personales.</t>
+  </si>
+  <si>
+    <t>id-12.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.10</t>
+  </si>
+  <si>
+    <t>3451</t>
+  </si>
+  <si>
+    <t>SEGUROS DE BIENES PATRIMONIALES</t>
+  </si>
+  <si>
+    <t>id-12.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.11</t>
+  </si>
+  <si>
+    <t>id-12.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.12</t>
+  </si>
+  <si>
+    <t>id-12.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.13</t>
+  </si>
+  <si>
+    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.0</t>
+  </si>
+  <si>
+    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.1</t>
+  </si>
+  <si>
+    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.2</t>
+  </si>
+  <si>
+    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.3</t>
+  </si>
+  <si>
+    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.4</t>
+  </si>
+  <si>
+    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.5</t>
+  </si>
+  <si>
+    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.6</t>
+  </si>
+  <si>
+    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.7</t>
+  </si>
+  <si>
+    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.8</t>
+  </si>
+  <si>
+    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.9</t>
+  </si>
+  <si>
     <t>Administrar los recursos para el funcionamiento del INAIP</t>
   </si>
   <si>
-    <t>id-2.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.10</t>
+    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.10</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
     <t>SERVICIO DE ENERGÍA ELÉCTRICA</t>
   </si>
   <si>
-    <t>id-2.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.11</t>
-[...134 lines deleted...]
-    <t>id-3.0.planning.requestsForQuotes.0</t>
+    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.11</t>
+  </si>
+  <si>
+    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.12</t>
+  </si>
+  <si>
+    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.13</t>
+  </si>
+  <si>
+    <t>id-2.0.planning.requestsForQuotes.0</t>
+  </si>
+  <si>
+    <t>request-9d28435a-0a78-4487-9463-a82404fc5f88</t>
+  </si>
+  <si>
+    <t>2021-07-19T11:51:52-05:00</t>
+  </si>
+  <si>
+    <t>2021-07-01T11:51:52-05:00</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.requestsForQuotes.0</t>
+  </si>
+  <si>
+    <t>request-ef812619-42a1-43ad-baba-37d27c0ec913</t>
+  </si>
+  <si>
+    <t>Aire acondicionado 18000 btus on off frio calor 220</t>
+  </si>
+  <si>
+    <t>2022-09-28T02:30:05-05:00</t>
+  </si>
+  <si>
+    <t>2022-09-01T02:30:05-05:00</t>
+  </si>
+  <si>
+    <t>id-27.0.planning.requestsForQuotes.0</t>
   </si>
   <si>
     <t>request-4f474869-df40-4d84-b5d3-370b8b19eb0d</t>
   </si>
   <si>
     <t>Documento informativo donde el departamento requirente solicita a (l) o  (los) proveedor(es), los precios de uno o varios artículos o servicios requeridos por departamento solicitante para el desarrollo correcto de las actividades del instituto.</t>
   </si>
   <si>
     <t>2021-11-17T10:10:00-06:00</t>
   </si>
   <si>
     <t>2021-11-12T10:05:00-06:00</t>
   </si>
   <si>
-    <t>id-3.0.planning.requestsForQuotes.1</t>
+    <t>id-27.0.planning.requestsForQuotes.1</t>
   </si>
   <si>
     <t>request-ec713fd3-ed5b-417c-a0b6-56a0c994512e</t>
   </si>
   <si>
     <t>2021-12-15T16:00:00-06:00</t>
   </si>
   <si>
     <t>2021-12-15T09:00:00-06:00</t>
   </si>
   <si>
-    <t>id-5.0.planning.requestsForQuotes.0</t>
-[...25 lines deleted...]
-  <si>
     <t>_link_planning_requestsForQuotes</t>
   </si>
   <si>
-    <t>id-3.0.planning.requestsForQuotes.0.items.0</t>
+    <t>id-2.0.planning.requestsForQuotes.0.items.0</t>
+  </si>
+  <si>
+    <t>Conservacion y mantenimiento menor de inmuebles</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.requestsForQuotes.0.items.0</t>
+  </si>
+  <si>
+    <t>Equipo aire acondicionado</t>
+  </si>
+  <si>
+    <t>id-27.0.planning.requestsForQuotes.0.items.0</t>
   </si>
   <si>
     <t>Toner</t>
   </si>
   <si>
-    <t>id-3.0.planning.requestsForQuotes.1.items.0</t>
-[...11 lines deleted...]
-    <t>Equipo aire acondicionado</t>
+    <t>id-27.0.planning.requestsForQuotes.1.items.0</t>
   </si>
   <si>
     <t>issuingSupplier_id</t>
   </si>
   <si>
     <t>issuingSupplier_name</t>
   </si>
   <si>
-    <t>id-3.0.planning.requestsForQuotes.0.quotes.0</t>
+    <t>id-2.0.planning.requestsForQuotes.0.quotes.0</t>
+  </si>
+  <si>
+    <t>quote-ebe3bd58-4924-421d-adb6-0319b20ee016</t>
+  </si>
+  <si>
+    <t>2021-07-07T11:55:03-05:00</t>
+  </si>
+  <si>
+    <t>2021-07-31T11:55:44-05:00</t>
+  </si>
+  <si>
+    <t>2021-07-07T11:55:44-05:00</t>
+  </si>
+  <si>
+    <t>id-2.0.planning.requestsForQuotes.0.quotes.1</t>
+  </si>
+  <si>
+    <t>quote-3194700f-9375-43d7-8d23-f79c917c254b</t>
+  </si>
+  <si>
+    <t>2021-07-08T11:56:28-05:00</t>
+  </si>
+  <si>
+    <t>2022-07-31T11:56:59-05:00</t>
+  </si>
+  <si>
+    <t>2021-07-08T11:56:59-05:00</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.requestsForQuotes.0.quotes.0</t>
+  </si>
+  <si>
+    <t>quote-35fd5113-28b5-4f4c-9d22-bd332f6619bd</t>
+  </si>
+  <si>
+    <t>2022-09-07T14:34:32-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aire acondicionado 18000 btus on off frio calor 220v </t>
+  </si>
+  <si>
+    <t>2022-09-28T14:35:27-05:00</t>
+  </si>
+  <si>
+    <t>2022-09-07T14:35:27-05:00</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.requestsForQuotes.0.quotes.1</t>
+  </si>
+  <si>
+    <t>quote-5a98beb2-049b-4d87-bd2f-3f0ef3a127f9</t>
+  </si>
+  <si>
+    <t>2022-09-26T14:36:14-05:00</t>
+  </si>
+  <si>
+    <t>2022-09-28T14:37:13-05:00</t>
+  </si>
+  <si>
+    <t>2022-09-26T14:37:13-05:00</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.requestsForQuotes.0.quotes.2</t>
+  </si>
+  <si>
+    <t>quote-05dc84eb-ccc7-43fb-ac3b-93259ea9ac25</t>
+  </si>
+  <si>
+    <t>2022-09-26T14:38:28-05:00</t>
+  </si>
+  <si>
+    <t>2022-09-28T14:39:11-05:00</t>
+  </si>
+  <si>
+    <t>2022-09-26T14:39:11-05:00</t>
+  </si>
+  <si>
+    <t>id-27.0.planning.requestsForQuotes.0.quotes.0</t>
   </si>
   <si>
     <t>quote-4cbc5c25-f6e3-4def-9838-417f01dff3c5</t>
   </si>
   <si>
     <t>2021-11-12T10:20:00-06:00</t>
   </si>
   <si>
     <t>2021-11-12T00:00:00-06:00</t>
   </si>
   <si>
-    <t>id-3.0.planning.requestsForQuotes.1.quotes.0</t>
+    <t>id-27.0.planning.requestsForQuotes.1.quotes.0</t>
   </si>
   <si>
     <t>quote-52d24cd1-5bd0-4bfd-bae3-ee3b744acaa5</t>
   </si>
   <si>
-    <t>id-5.0.planning.requestsForQuotes.0.quotes.0</t>
-[...76 lines deleted...]
-  <si>
     <t>_link_planning_requestsForQuotes_quotes</t>
   </si>
   <si>
-    <t>id-3.0.planning.requestsForQuotes.0.quotes.0.items.0</t>
-[...38 lines deleted...]
-    <t>id-13.0.planning.requestsForQuotes.0.invitedSuppliers.2</t>
+    <t>id-2.0.planning.requestsForQuotes.0.quotes.0.items.0</t>
+  </si>
+  <si>
+    <t>id-2.0.planning.requestsForQuotes.0.quotes.1.items.0</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.requestsForQuotes.0.quotes.0.items.0</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.requestsForQuotes.0.quotes.1.items.0</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.requestsForQuotes.0.quotes.2.items.0</t>
+  </si>
+  <si>
+    <t>id-27.0.planning.requestsForQuotes.0.quotes.0.items.0</t>
+  </si>
+  <si>
+    <t>id-27.0.planning.requestsForQuotes.1.quotes.0.items.0</t>
+  </si>
+  <si>
+    <t>id-2.0.planning.requestsForQuotes.0.invitedSuppliers.0</t>
+  </si>
+  <si>
+    <t>id-2.0.planning.requestsForQuotes.0.invitedSuppliers.1</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.requestsForQuotes.0.invitedSuppliers.0</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.requestsForQuotes.0.invitedSuppliers.1</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.requestsForQuotes.0.invitedSuppliers.2</t>
+  </si>
+  <si>
+    <t>id-27.0.planning.requestsForQuotes.0.invitedSuppliers.0</t>
+  </si>
+  <si>
+    <t>id-27.0.planning.requestsForQuotes.1.invitedSuppliers.0</t>
   </si>
   <si>
     <t>update</t>
   </si>
   <si>
-    <t>id-13.0.planning.budget.budgetBreakdown.1.budgetLines.0.measures.0</t>
+    <t>id-11.0.planning.budget.budgetBreakdown.1.budgetLines.0.measures.0</t>
   </si>
   <si>
     <t>modified</t>
   </si>
   <si>
     <t>Primer Trimestre</t>
   </si>
   <si>
-    <t>id-13.0.planning.budget.budgetBreakdown.1.budgetLines.0.measures.1</t>
+    <t>id-11.0.planning.budget.budgetBreakdown.1.budgetLines.0.measures.1</t>
   </si>
   <si>
     <t>executed</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -8503,8952 +8506,8952 @@
       <c r="K2" t="s">
         <v>49</v>
       </c>
       <c r="L2" t="s">
         <v>50</v>
       </c>
       <c r="M2" t="s">
         <v>51</v>
       </c>
       <c r="N2" t="s">
         <v>52</v>
       </c>
       <c r="O2" t="s">
         <v>53</v>
       </c>
       <c r="P2" t="s">
         <v>54</v>
       </c>
       <c r="Q2" t="s">
         <v>55</v>
       </c>
       <c r="R2" t="s">
         <v>56</v>
       </c>
       <c r="S2" t="s">
+        <v>50</v>
+      </c>
+      <c r="T2" t="s">
         <v>57</v>
       </c>
-      <c r="T2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U2" t="s">
+        <v>52</v>
+      </c>
+      <c r="V2">
+        <v>16820</v>
+      </c>
+      <c r="W2" t="s">
         <v>58</v>
       </c>
-      <c r="V2" t="s">
+      <c r="X2">
+        <v>16820</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z2" t="s">
         <v>59</v>
       </c>
-      <c r="W2">
-[...2 lines deleted...]
-      <c r="X2" t="s">
+      <c r="AA2" t="s">
         <v>60</v>
       </c>
-      <c r="Y2">
-[...7 lines deleted...]
-      </c>
       <c r="AB2" t="s">
-        <v>61</v>
+        <v>46</v>
       </c>
       <c r="AC2" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="AD2" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="AE2" t="s">
-        <v>63</v>
-[...20 lines deleted...]
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B3" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="C3" t="s">
         <v>41</v>
       </c>
       <c r="D3" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="E3" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="F3" t="s">
         <v>44</v>
       </c>
       <c r="G3" t="s">
         <v>45</v>
       </c>
       <c r="H3" t="s">
         <v>46</v>
       </c>
       <c r="I3" t="s">
         <v>47</v>
       </c>
       <c r="J3" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="K3" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="L3" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="M3" t="s">
         <v>51</v>
       </c>
       <c r="N3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="O3" t="s">
         <v>53</v>
       </c>
       <c r="P3" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="Q3" t="s">
         <v>55</v>
       </c>
+      <c r="R3" t="s">
+        <v>56</v>
+      </c>
       <c r="S3" t="s">
+        <v>50</v>
+      </c>
+      <c r="T3" t="s">
         <v>57</v>
       </c>
-      <c r="T3" t="s">
+      <c r="U3" t="s">
+        <v>69</v>
+      </c>
+      <c r="V3">
+        <v>671484</v>
+      </c>
+      <c r="W3" t="s">
+        <v>58</v>
+      </c>
+      <c r="X3">
+        <v>671484</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>70</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>47</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>55</v>
+      </c>
+      <c r="AE3" t="s">
+        <v>66</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>71</v>
+      </c>
+      <c r="AG3" t="s">
+        <v>72</v>
+      </c>
+      <c r="AH3">
+        <v>0</v>
+      </c>
+      <c r="AI3" t="s">
         <v>73</v>
       </c>
-      <c r="U3" t="s">
+      <c r="AJ3" t="s">
         <v>74</v>
       </c>
-      <c r="V3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="AK3" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="AL3" t="s">
         <v>70</v>
       </c>
-      <c r="AM3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B4" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C4" t="s">
         <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="E4" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="F4" t="s">
         <v>44</v>
       </c>
       <c r="G4" t="s">
         <v>45</v>
       </c>
       <c r="H4" t="s">
         <v>46</v>
       </c>
       <c r="I4" t="s">
         <v>47</v>
       </c>
       <c r="J4" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="K4" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="L4" t="s">
         <v>50</v>
       </c>
       <c r="M4" t="s">
         <v>51</v>
       </c>
       <c r="N4" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="O4" t="s">
-        <v>53</v>
+        <v>82</v>
       </c>
       <c r="P4" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="Q4" t="s">
         <v>55</v>
       </c>
       <c r="R4" t="s">
+        <v>84</v>
+      </c>
+      <c r="S4" t="s">
+        <v>50</v>
+      </c>
+      <c r="T4" t="s">
+        <v>85</v>
+      </c>
+      <c r="U4" t="s">
         <v>86</v>
       </c>
-      <c r="S4" t="s">
-[...5 lines deleted...]
-      <c r="U4" t="s">
+      <c r="V4">
+        <v>108344</v>
+      </c>
+      <c r="W4" t="s">
+        <v>58</v>
+      </c>
+      <c r="X4">
+        <v>108344</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z4" t="s">
         <v>87</v>
       </c>
-      <c r="V4" t="s">
-[...15 lines deleted...]
-        <v>61755</v>
+      <c r="AA4" t="s">
+        <v>88</v>
       </c>
       <c r="AB4" t="s">
-        <v>61</v>
+        <v>46</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>47</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>89</v>
       </c>
       <c r="AE4" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="AF4" t="s">
-        <v>89</v>
+        <v>91</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>72</v>
       </c>
       <c r="AI4" t="s">
-        <v>46</v>
+        <v>92</v>
       </c>
       <c r="AJ4" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>90</v>
+        <v>93</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>86</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B5" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="E5" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F5" t="s">
         <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>45</v>
       </c>
       <c r="H5" t="s">
         <v>46</v>
       </c>
       <c r="I5" t="s">
         <v>47</v>
       </c>
       <c r="J5" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="K5" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="L5" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="M5" t="s">
         <v>51</v>
       </c>
       <c r="N5" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="O5" t="s">
         <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="Q5" t="s">
         <v>55</v>
       </c>
       <c r="R5" t="s">
-        <v>86</v>
+        <v>56</v>
       </c>
       <c r="S5" t="s">
+        <v>50</v>
+      </c>
+      <c r="T5" t="s">
+        <v>57</v>
+      </c>
+      <c r="U5" t="s">
+        <v>101</v>
+      </c>
+      <c r="V5">
+        <v>12600</v>
+      </c>
+      <c r="W5" t="s">
+        <v>58</v>
+      </c>
+      <c r="X5">
+        <v>12600</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>102</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>103</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>47</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>55</v>
+      </c>
+      <c r="AE5" t="s">
         <v>99</v>
       </c>
-      <c r="T5" t="s">
-[...2 lines deleted...]
-      <c r="U5" t="s">
+      <c r="AF5" t="s">
+        <v>91</v>
+      </c>
+      <c r="AG5" t="s">
         <v>72</v>
       </c>
-      <c r="V5" t="s">
-[...20 lines deleted...]
-      <c r="AD5" t="s">
+      <c r="AI5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ5" t="s">
+        <v>105</v>
+      </c>
+      <c r="AM5" t="s">
         <v>101</v>
-      </c>
-[...19 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B6" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C6" t="s">
         <v>41</v>
       </c>
       <c r="D6" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="E6" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="F6" t="s">
         <v>44</v>
       </c>
       <c r="G6" t="s">
         <v>45</v>
       </c>
       <c r="H6" t="s">
         <v>46</v>
       </c>
       <c r="I6" t="s">
         <v>47</v>
       </c>
       <c r="J6" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="K6" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="L6" t="s">
         <v>50</v>
       </c>
       <c r="M6" t="s">
         <v>51</v>
       </c>
       <c r="N6" t="s">
-        <v>110</v>
+        <v>67</v>
       </c>
       <c r="O6" t="s">
         <v>53</v>
       </c>
       <c r="P6" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="Q6" t="s">
         <v>55</v>
       </c>
+      <c r="R6" t="s">
+        <v>56</v>
+      </c>
       <c r="S6" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="T6" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="U6" t="s">
+        <v>113</v>
+      </c>
+      <c r="V6">
+        <v>24549.84</v>
+      </c>
+      <c r="W6" t="s">
+        <v>58</v>
+      </c>
+      <c r="X6">
+        <v>24549.84</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>58</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>47</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>55</v>
+      </c>
+      <c r="AE6" t="s">
         <v>111</v>
       </c>
-      <c r="X6" t="s">
-[...12 lines deleted...]
-        <v>61</v>
+      <c r="AF6" t="s">
+        <v>71</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>72</v>
       </c>
       <c r="AI6" t="s">
-        <v>46</v>
+        <v>114</v>
       </c>
       <c r="AJ6" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>109</v>
+        <v>115</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>113</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B7" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C7" t="s">
         <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="E7" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="F7" t="s">
         <v>44</v>
       </c>
       <c r="G7" t="s">
         <v>45</v>
       </c>
       <c r="H7" t="s">
         <v>46</v>
       </c>
       <c r="I7" t="s">
         <v>47</v>
       </c>
       <c r="J7" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="K7" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="L7" t="s">
         <v>50</v>
       </c>
       <c r="M7" t="s">
         <v>51</v>
       </c>
       <c r="N7" t="s">
-        <v>118</v>
+        <v>67</v>
       </c>
       <c r="O7" t="s">
-        <v>119</v>
+        <v>53</v>
       </c>
       <c r="P7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="Q7" t="s">
         <v>55</v>
       </c>
       <c r="R7" t="s">
-        <v>86</v>
+        <v>56</v>
       </c>
       <c r="S7" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="T7" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="U7" t="s">
+        <v>122</v>
+      </c>
+      <c r="V7">
+        <v>300133</v>
+      </c>
+      <c r="W7" t="s">
+        <v>58</v>
+      </c>
+      <c r="X7">
+        <v>300133</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>123</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>124</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>47</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>55</v>
+      </c>
+      <c r="AE7" t="s">
         <v>121</v>
       </c>
-      <c r="V7" t="s">
-[...2 lines deleted...]
-      <c r="X7" t="s">
+      <c r="AF7" t="s">
+        <v>91</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>72</v>
+      </c>
+      <c r="AI7" t="s">
+        <v>125</v>
+      </c>
+      <c r="AJ7" t="s">
+        <v>126</v>
+      </c>
+      <c r="AM7" t="s">
         <v>122</v>
-      </c>
-[...37 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B8" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C8" t="s">
         <v>41</v>
       </c>
       <c r="D8" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="E8" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="F8" t="s">
         <v>44</v>
       </c>
       <c r="G8" t="s">
         <v>45</v>
       </c>
       <c r="H8" t="s">
         <v>46</v>
       </c>
       <c r="I8" t="s">
         <v>47</v>
       </c>
       <c r="J8" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="K8" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="L8" t="s">
         <v>50</v>
       </c>
       <c r="M8" t="s">
         <v>51</v>
       </c>
       <c r="N8" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
       <c r="O8" t="s">
         <v>53</v>
       </c>
       <c r="P8" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="Q8" t="s">
         <v>55</v>
       </c>
       <c r="R8" t="s">
-        <v>86</v>
+        <v>56</v>
       </c>
       <c r="S8" t="s">
+        <v>50</v>
+      </c>
+      <c r="T8" t="s">
         <v>57</v>
       </c>
-      <c r="T8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U8" t="s">
+        <v>134</v>
+      </c>
+      <c r="V8">
+        <v>18270</v>
+      </c>
+      <c r="W8" t="s">
+        <v>58</v>
+      </c>
+      <c r="X8">
+        <v>18270</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>135</v>
+      </c>
+      <c r="AA8" t="s">
         <v>136</v>
       </c>
-      <c r="V8" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="AB8" t="s">
-        <v>61</v>
+        <v>46</v>
       </c>
       <c r="AC8" t="s">
+        <v>47</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>55</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>132</v>
+      </c>
+      <c r="AM8" t="s">
         <v>137</v>
-      </c>
-[...22 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B9" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="E9" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="F9" t="s">
         <v>44</v>
       </c>
       <c r="G9" t="s">
         <v>45</v>
       </c>
       <c r="H9" t="s">
         <v>46</v>
       </c>
       <c r="I9" t="s">
         <v>47</v>
       </c>
       <c r="J9" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="K9" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="L9" t="s">
-        <v>50</v>
+        <v>144</v>
       </c>
       <c r="M9" t="s">
         <v>51</v>
       </c>
       <c r="N9" t="s">
-        <v>52</v>
+        <v>145</v>
       </c>
       <c r="O9" t="s">
         <v>53</v>
       </c>
       <c r="P9" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="Q9" t="s">
         <v>55</v>
       </c>
       <c r="R9" t="s">
         <v>56</v>
       </c>
       <c r="S9" t="s">
+        <v>146</v>
+      </c>
+      <c r="T9" t="s">
         <v>57</v>
       </c>
-      <c r="T9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U9" t="s">
+        <v>147</v>
+      </c>
+      <c r="V9">
+        <v>117740</v>
+      </c>
+      <c r="W9" t="s">
+        <v>58</v>
+      </c>
+      <c r="X9">
+        <v>117740</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z9" t="s">
         <v>148</v>
       </c>
-      <c r="V9" t="s">
-[...12 lines deleted...]
-        <v>24549.84</v>
+      <c r="AA9" t="s">
+        <v>149</v>
       </c>
       <c r="AB9" t="s">
-        <v>61</v>
+        <v>46</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>47</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>55</v>
       </c>
       <c r="AE9" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="AF9" t="s">
+        <v>143</v>
+      </c>
+      <c r="AG9" t="s">
         <v>150</v>
       </c>
-      <c r="AI9" t="s">
-[...9 lines deleted...]
-        <v>146</v>
+      <c r="AH9">
+        <v>0</v>
       </c>
       <c r="AM9" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>151</v>
       </c>
       <c r="B10" t="s">
         <v>152</v>
       </c>
       <c r="C10" t="s">
         <v>41</v>
       </c>
       <c r="D10" t="s">
         <v>153</v>
       </c>
       <c r="E10" t="s">
         <v>154</v>
       </c>
       <c r="F10" t="s">
         <v>44</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
       <c r="H10" t="s">
         <v>46</v>
       </c>
       <c r="I10" t="s">
         <v>47</v>
       </c>
       <c r="J10" t="s">
         <v>155</v>
       </c>
       <c r="K10" t="s">
         <v>156</v>
       </c>
       <c r="L10" t="s">
-        <v>50</v>
+        <v>144</v>
       </c>
       <c r="M10" t="s">
         <v>51</v>
       </c>
       <c r="N10" t="s">
-        <v>52</v>
+        <v>157</v>
       </c>
       <c r="O10" t="s">
         <v>53</v>
       </c>
       <c r="P10" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="Q10" t="s">
         <v>55</v>
       </c>
+      <c r="R10" t="s">
+        <v>56</v>
+      </c>
       <c r="S10" t="s">
+        <v>146</v>
+      </c>
+      <c r="T10" t="s">
         <v>57</v>
       </c>
-      <c r="T10" t="s">
-[...15 lines deleted...]
-        <v>18270</v>
+      <c r="V10">
+        <v>563166.21</v>
+      </c>
+      <c r="W10" t="s">
+        <v>58</v>
+      </c>
+      <c r="X10">
+        <v>563166.21</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>58</v>
       </c>
       <c r="AB10" t="s">
-        <v>61</v>
+        <v>46</v>
       </c>
       <c r="AC10" t="s">
+        <v>47</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>55</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>156</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>150</v>
+      </c>
+      <c r="AI10" t="s">
         <v>159</v>
       </c>
-      <c r="AD10" t="s">
+      <c r="AJ10" t="s">
         <v>160</v>
-      </c>
-[...13 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>161</v>
+      </c>
+      <c r="B11" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="C11" t="s">
         <v>41</v>
       </c>
       <c r="D11" t="s">
+        <v>163</v>
+      </c>
+      <c r="E11" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="F11" t="s">
         <v>44</v>
       </c>
       <c r="G11" t="s">
         <v>45</v>
       </c>
       <c r="H11" t="s">
         <v>46</v>
       </c>
       <c r="I11" t="s">
         <v>47</v>
       </c>
       <c r="J11" t="s">
+        <v>165</v>
+      </c>
+      <c r="K11" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="L11" t="s">
         <v>50</v>
       </c>
       <c r="M11" t="s">
         <v>51</v>
       </c>
       <c r="N11" t="s">
-        <v>52</v>
+        <v>167</v>
       </c>
       <c r="O11" t="s">
         <v>53</v>
       </c>
       <c r="P11" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="Q11" t="s">
         <v>55</v>
       </c>
       <c r="R11" t="s">
-        <v>86</v>
+        <v>56</v>
       </c>
       <c r="S11" t="s">
+        <v>50</v>
+      </c>
+      <c r="T11" t="s">
         <v>57</v>
       </c>
-      <c r="T11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U11" t="s">
-        <v>168</v>
-[...14 lines deleted...]
-        <v>300133</v>
+        <v>169</v>
+      </c>
+      <c r="V11">
+        <v>96910</v>
+      </c>
+      <c r="W11" t="s">
+        <v>58</v>
+      </c>
+      <c r="X11">
+        <v>96910</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>58</v>
       </c>
       <c r="AB11" t="s">
-        <v>61</v>
+        <v>46</v>
       </c>
       <c r="AC11" t="s">
-        <v>169</v>
+        <v>47</v>
       </c>
       <c r="AD11" t="s">
+        <v>55</v>
+      </c>
+      <c r="AE11" t="s">
         <v>170</v>
       </c>
-      <c r="AE11" t="s">
-[...18 lines deleted...]
-        <v>168</v>
+      <c r="AG11" t="s">
+        <v>72</v>
+      </c>
+      <c r="AH11">
+        <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B12" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C12" t="s">
         <v>41</v>
       </c>
       <c r="D12" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="E12" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="F12" t="s">
         <v>44</v>
       </c>
       <c r="G12" t="s">
         <v>45</v>
       </c>
       <c r="H12" t="s">
         <v>46</v>
       </c>
       <c r="I12" t="s">
         <v>47</v>
       </c>
       <c r="J12" t="s">
+        <v>175</v>
+      </c>
+      <c r="K12" t="s">
+        <v>176</v>
+      </c>
+      <c r="L12" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
       <c r="M12" t="s">
         <v>51</v>
       </c>
       <c r="N12" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="O12" t="s">
         <v>53</v>
       </c>
       <c r="P12" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="Q12" t="s">
         <v>55</v>
       </c>
+      <c r="R12" t="s">
+        <v>84</v>
+      </c>
       <c r="S12" t="s">
+        <v>146</v>
+      </c>
+      <c r="T12" t="s">
         <v>57</v>
       </c>
-      <c r="T12" t="s">
-[...15 lines deleted...]
-        <v>563166.21</v>
+      <c r="U12" t="s">
+        <v>179</v>
+      </c>
+      <c r="V12">
+        <v>15641.44</v>
+      </c>
+      <c r="W12" t="s">
+        <v>58</v>
+      </c>
+      <c r="X12">
+        <v>15641.44</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>58</v>
       </c>
       <c r="AB12" t="s">
-        <v>61</v>
+        <v>46</v>
+      </c>
+      <c r="AC12" t="s">
+        <v>47</v>
+      </c>
+      <c r="AD12" t="s">
+        <v>89</v>
       </c>
       <c r="AE12" t="s">
+        <v>176</v>
+      </c>
+      <c r="AF12" t="s">
+        <v>71</v>
+      </c>
+      <c r="AG12" t="s">
+        <v>72</v>
+      </c>
+      <c r="AI12" t="s">
+        <v>180</v>
+      </c>
+      <c r="AJ12" t="s">
         <v>181</v>
       </c>
-      <c r="AF12" t="s">
-[...12 lines deleted...]
-        <v>178</v>
+      <c r="AM12" t="s">
+        <v>179</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>182</v>
+      </c>
+      <c r="B13" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="C13" t="s">
         <v>41</v>
       </c>
       <c r="D13" t="s">
+        <v>184</v>
+      </c>
+      <c r="E13" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="F13" t="s">
         <v>44</v>
       </c>
       <c r="G13" t="s">
         <v>45</v>
       </c>
       <c r="H13" t="s">
         <v>46</v>
       </c>
       <c r="I13" t="s">
         <v>47</v>
       </c>
       <c r="J13" t="s">
+        <v>186</v>
+      </c>
+      <c r="K13" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="L13" t="s">
         <v>50</v>
       </c>
       <c r="M13" t="s">
         <v>51</v>
       </c>
       <c r="N13" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="O13" t="s">
         <v>53</v>
       </c>
       <c r="P13" t="s">
-        <v>85</v>
+        <v>189</v>
       </c>
       <c r="Q13" t="s">
         <v>55</v>
       </c>
+      <c r="R13" t="s">
+        <v>84</v>
+      </c>
       <c r="S13" t="s">
+        <v>50</v>
+      </c>
+      <c r="T13" t="s">
         <v>57</v>
       </c>
-      <c r="T13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U13" t="s">
-        <v>87</v>
-[...17 lines deleted...]
-        <v>96910</v>
+        <v>190</v>
+      </c>
+      <c r="V13">
+        <v>39116.2</v>
+      </c>
+      <c r="W13" t="s">
+        <v>58</v>
+      </c>
+      <c r="X13">
+        <v>39116.2</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>58</v>
       </c>
       <c r="AB13" t="s">
-        <v>61</v>
+        <v>46</v>
+      </c>
+      <c r="AC13" t="s">
+        <v>47</v>
+      </c>
+      <c r="AD13" t="s">
+        <v>89</v>
+      </c>
+      <c r="AE13" t="s">
+        <v>191</v>
+      </c>
+      <c r="AF13" t="s">
+        <v>71</v>
+      </c>
+      <c r="AG13" t="s">
+        <v>72</v>
       </c>
       <c r="AI13" t="s">
-        <v>46</v>
+        <v>192</v>
       </c>
       <c r="AJ13" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>190</v>
+        <v>193</v>
+      </c>
+      <c r="AM13" t="s">
+        <v>194</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B14" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="E14" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="F14" t="s">
         <v>44</v>
       </c>
       <c r="G14" t="s">
         <v>45</v>
       </c>
       <c r="H14" t="s">
         <v>46</v>
       </c>
       <c r="I14" t="s">
         <v>47</v>
       </c>
       <c r="J14" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="K14" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="L14" t="s">
         <v>50</v>
       </c>
       <c r="M14" t="s">
         <v>51</v>
       </c>
       <c r="N14" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="O14" t="s">
         <v>53</v>
       </c>
       <c r="P14" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="Q14" t="s">
         <v>55</v>
       </c>
       <c r="R14" t="s">
         <v>56</v>
       </c>
       <c r="S14" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="T14" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="U14" t="s">
-        <v>199</v>
-[...8 lines deleted...]
-        <v>39116.2</v>
+        <v>201</v>
+      </c>
+      <c r="V14">
+        <v>33640</v>
+      </c>
+      <c r="W14" t="s">
+        <v>58</v>
+      </c>
+      <c r="X14">
+        <v>33640</v>
+      </c>
+      <c r="Y14" t="s">
+        <v>58</v>
       </c>
       <c r="Z14" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>39116.2</v>
+        <v>203</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>204</v>
       </c>
       <c r="AB14" t="s">
-        <v>61</v>
+        <v>46</v>
+      </c>
+      <c r="AC14" t="s">
+        <v>47</v>
+      </c>
+      <c r="AD14" t="s">
+        <v>55</v>
       </c>
       <c r="AE14" t="s">
         <v>200</v>
       </c>
-      <c r="AF14" t="s">
+      <c r="AH14">
+        <v>0</v>
+      </c>
+      <c r="AI14" t="s">
+        <v>205</v>
+      </c>
+      <c r="AJ14" t="s">
+        <v>206</v>
+      </c>
+      <c r="AM14" t="s">
         <v>201</v>
-      </c>
-[...13 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B15" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C15" t="s">
         <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="E15" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="F15" t="s">
         <v>44</v>
       </c>
       <c r="G15" t="s">
         <v>45</v>
       </c>
       <c r="H15" t="s">
         <v>46</v>
       </c>
       <c r="I15" t="s">
         <v>47</v>
       </c>
       <c r="J15" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="K15" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="L15" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="M15" t="s">
         <v>51</v>
       </c>
       <c r="N15" t="s">
-        <v>210</v>
+        <v>178</v>
       </c>
       <c r="O15" t="s">
         <v>53</v>
       </c>
       <c r="P15" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="Q15" t="s">
         <v>55</v>
       </c>
       <c r="R15" t="s">
         <v>56</v>
       </c>
       <c r="S15" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="T15" t="s">
-        <v>73</v>
-[...17 lines deleted...]
-        <v>15641.44</v>
+        <v>57</v>
+      </c>
+      <c r="V15">
+        <v>20000</v>
+      </c>
+      <c r="W15" t="s">
+        <v>58</v>
+      </c>
+      <c r="X15">
+        <v>20000</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>58</v>
       </c>
       <c r="AB15" t="s">
-        <v>61</v>
+        <v>46</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>47</v>
+      </c>
+      <c r="AD15" t="s">
+        <v>55</v>
       </c>
       <c r="AE15" t="s">
         <v>212</v>
       </c>
-      <c r="AF15" t="s">
-[...16 lines deleted...]
-      </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
+        <v>213</v>
+      </c>
+      <c r="B16" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
+        <v>215</v>
+      </c>
+      <c r="E16" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="F16" t="s">
         <v>44</v>
       </c>
       <c r="G16" t="s">
         <v>45</v>
       </c>
       <c r="H16" t="s">
         <v>46</v>
       </c>
       <c r="I16" t="s">
         <v>47</v>
       </c>
       <c r="J16" t="s">
+        <v>217</v>
+      </c>
+      <c r="K16" t="s">
         <v>218</v>
       </c>
-      <c r="K16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L16" t="s">
-        <v>50</v>
+        <v>177</v>
       </c>
       <c r="M16" t="s">
         <v>51</v>
       </c>
       <c r="N16" t="s">
-        <v>210</v>
+        <v>145</v>
       </c>
       <c r="O16" t="s">
         <v>53</v>
       </c>
       <c r="P16" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="Q16" t="s">
         <v>55</v>
       </c>
+      <c r="R16" t="s">
+        <v>84</v>
+      </c>
       <c r="S16" t="s">
+        <v>146</v>
+      </c>
+      <c r="T16" t="s">
         <v>57</v>
       </c>
-      <c r="T16" t="s">
-[...6 lines deleted...]
-        <v>20000</v>
+      <c r="U16" t="s">
+        <v>145</v>
+      </c>
+      <c r="V16">
+        <v>10740.15</v>
+      </c>
+      <c r="W16" t="s">
+        <v>58</v>
+      </c>
+      <c r="X16">
+        <v>10740.15</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>58</v>
       </c>
       <c r="Z16" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>20000</v>
+        <v>219</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>220</v>
       </c>
       <c r="AB16" t="s">
-        <v>61</v>
+        <v>46</v>
+      </c>
+      <c r="AC16" t="s">
+        <v>47</v>
+      </c>
+      <c r="AD16" t="s">
+        <v>55</v>
+      </c>
+      <c r="AE16" t="s">
+        <v>218</v>
+      </c>
+      <c r="AF16" t="s">
+        <v>91</v>
+      </c>
+      <c r="AG16" t="s">
+        <v>72</v>
+      </c>
+      <c r="AH16">
+        <v>0</v>
       </c>
       <c r="AI16" t="s">
-        <v>46</v>
+        <v>221</v>
       </c>
       <c r="AJ16" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>219</v>
+        <v>222</v>
+      </c>
+      <c r="AM16" t="s">
+        <v>145</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="B17" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="E17" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="F17" t="s">
         <v>44</v>
       </c>
       <c r="G17" t="s">
         <v>45</v>
       </c>
       <c r="H17" t="s">
         <v>46</v>
       </c>
       <c r="I17" t="s">
         <v>47</v>
       </c>
       <c r="J17" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="K17" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="L17" t="s">
-        <v>50</v>
+        <v>177</v>
       </c>
       <c r="M17" t="s">
         <v>51</v>
       </c>
       <c r="N17" t="s">
-        <v>226</v>
+        <v>145</v>
       </c>
       <c r="O17" t="s">
         <v>53</v>
       </c>
       <c r="P17" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="Q17" t="s">
         <v>55</v>
       </c>
+      <c r="R17" t="s">
+        <v>84</v>
+      </c>
       <c r="S17" t="s">
+        <v>146</v>
+      </c>
+      <c r="T17" t="s">
         <v>57</v>
       </c>
-      <c r="T17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U17" t="s">
-        <v>226</v>
-[...8 lines deleted...]
-        <v>33640</v>
+        <v>145</v>
+      </c>
+      <c r="V17">
+        <v>26976.76</v>
+      </c>
+      <c r="W17" t="s">
+        <v>58</v>
+      </c>
+      <c r="X17">
+        <v>26976.76</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>58</v>
       </c>
       <c r="Z17" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>33640</v>
+        <v>230</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>231</v>
       </c>
       <c r="AB17" t="s">
-        <v>61</v>
+        <v>46</v>
       </c>
       <c r="AC17" t="s">
-        <v>228</v>
+        <v>47</v>
       </c>
       <c r="AD17" t="s">
-        <v>229</v>
+        <v>55</v>
       </c>
       <c r="AE17" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="AF17" t="s">
-        <v>231</v>
+        <v>91</v>
+      </c>
+      <c r="AG17" t="s">
+        <v>72</v>
       </c>
       <c r="AI17" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="AJ17" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="AM17" t="s">
-        <v>226</v>
+        <v>145</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B18" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C18" t="s">
         <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="E18" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="F18" t="s">
         <v>44</v>
       </c>
       <c r="G18" t="s">
         <v>45</v>
       </c>
       <c r="H18" t="s">
         <v>46</v>
       </c>
       <c r="I18" t="s">
         <v>47</v>
       </c>
       <c r="J18" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="K18" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="L18" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="M18" t="s">
         <v>51</v>
       </c>
       <c r="N18" t="s">
-        <v>72</v>
+        <v>240</v>
       </c>
       <c r="O18" t="s">
         <v>53</v>
       </c>
       <c r="P18" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="Q18" t="s">
         <v>55</v>
       </c>
       <c r="R18" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="S18" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="T18" t="s">
-        <v>73</v>
+        <v>57</v>
       </c>
       <c r="U18" t="s">
-        <v>72</v>
-[...17 lines deleted...]
-        <v>10740.15</v>
+        <v>241</v>
+      </c>
+      <c r="V18">
+        <v>10200</v>
+      </c>
+      <c r="W18" t="s">
+        <v>58</v>
+      </c>
+      <c r="X18">
+        <v>10200</v>
+      </c>
+      <c r="Y18" t="s">
+        <v>58</v>
       </c>
       <c r="AB18" t="s">
-        <v>61</v>
+        <v>46</v>
       </c>
       <c r="AC18" t="s">
-        <v>238</v>
+        <v>47</v>
       </c>
       <c r="AD18" t="s">
+        <v>55</v>
+      </c>
+      <c r="AE18" t="s">
         <v>239</v>
-      </c>
-[...19 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>242</v>
       </c>
       <c r="B19" t="s">
         <v>243</v>
       </c>
       <c r="C19" t="s">
         <v>41</v>
       </c>
       <c r="D19" t="s">
         <v>244</v>
       </c>
       <c r="E19" t="s">
         <v>245</v>
       </c>
       <c r="F19" t="s">
         <v>44</v>
       </c>
       <c r="G19" t="s">
         <v>45</v>
       </c>
       <c r="H19" t="s">
         <v>46</v>
       </c>
       <c r="I19" t="s">
         <v>47</v>
       </c>
       <c r="J19" t="s">
         <v>246</v>
       </c>
       <c r="K19" t="s">
         <v>247</v>
       </c>
       <c r="L19" t="s">
         <v>50</v>
       </c>
       <c r="M19" t="s">
         <v>51</v>
       </c>
       <c r="N19" t="s">
         <v>248</v>
       </c>
       <c r="O19" t="s">
         <v>53</v>
       </c>
       <c r="P19" t="s">
-        <v>249</v>
+        <v>168</v>
       </c>
       <c r="Q19" t="s">
         <v>55</v>
       </c>
+      <c r="R19" t="s">
+        <v>56</v>
+      </c>
       <c r="S19" t="s">
+        <v>50</v>
+      </c>
+      <c r="T19" t="s">
         <v>57</v>
       </c>
-      <c r="T19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U19" t="s">
-        <v>248</v>
-[...11 lines deleted...]
-        <v>16820</v>
+        <v>169</v>
+      </c>
+      <c r="V19">
+        <v>61755</v>
+      </c>
+      <c r="W19" t="s">
+        <v>58</v>
+      </c>
+      <c r="X19">
+        <v>61755</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>58</v>
       </c>
       <c r="AB19" t="s">
-        <v>61</v>
+        <v>46</v>
       </c>
       <c r="AC19" t="s">
+        <v>47</v>
+      </c>
+      <c r="AD19" t="s">
+        <v>55</v>
+      </c>
+      <c r="AE19" t="s">
+        <v>249</v>
+      </c>
+      <c r="AF19" t="s">
+        <v>91</v>
+      </c>
+      <c r="AG19" t="s">
+        <v>72</v>
+      </c>
+      <c r="AH19">
+        <v>0</v>
+      </c>
+      <c r="AI19" t="s">
         <v>250</v>
       </c>
-      <c r="AD19" t="s">
+      <c r="AJ19" t="s">
         <v>251</v>
-      </c>
-[...10 lines deleted...]
-        <v>249</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M56"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>695</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>257</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B2" t="s">
         <v>652</v>
       </c>
       <c r="C2" t="s">
         <v>39</v>
       </c>
       <c r="D2" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E2" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="F2" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G2" t="s">
         <v>350</v>
       </c>
       <c r="H2" t="s">
         <v>351</v>
       </c>
       <c r="I2" t="s">
         <v>46</v>
       </c>
       <c r="J2" t="s">
-        <v>2008</v>
+        <v>47</v>
       </c>
       <c r="K2">
-        <v>671484</v>
+        <v>16820</v>
       </c>
       <c r="L2" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M2">
-        <v>669900</v>
+        <v>14500</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>2009</v>
       </c>
       <c r="B3" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="C3" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D3" t="s">
         <v>2010</v>
       </c>
       <c r="E3" t="s">
-        <v>344</v>
+        <v>2011</v>
       </c>
       <c r="F3" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G3" t="s">
         <v>353</v>
       </c>
       <c r="H3" t="s">
         <v>354</v>
       </c>
       <c r="I3" t="s">
         <v>46</v>
       </c>
       <c r="J3" t="s">
-        <v>47</v>
+        <v>2012</v>
       </c>
       <c r="K3">
-        <v>13823.33</v>
+        <v>671484</v>
       </c>
       <c r="L3" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M3">
-        <v>14500</v>
+        <v>669900</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="B4" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C4" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="D4" t="s">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="E4" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="F4" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G4" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="H4" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="I4" t="s">
         <v>46</v>
       </c>
       <c r="J4" t="s">
         <v>47</v>
       </c>
       <c r="K4">
-        <v>13823.33</v>
+        <v>65006.4</v>
       </c>
       <c r="L4" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M4">
-        <v>14500</v>
+        <v>56040</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="B5" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C5" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="D5" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E5" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="F5" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G5" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="H5" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="I5" t="s">
         <v>46</v>
       </c>
       <c r="J5" t="s">
         <v>47</v>
       </c>
       <c r="K5">
-        <v>16820</v>
+        <v>43337.6</v>
       </c>
       <c r="L5" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M5">
-        <v>14500</v>
+        <v>37360</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="B6" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="C6" t="s">
-        <v>65</v>
+        <v>94</v>
       </c>
       <c r="D6" t="s">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E6" t="s">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="F6" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G6" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="H6" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="I6" t="s">
         <v>46</v>
       </c>
       <c r="J6" t="s">
         <v>47</v>
       </c>
       <c r="K6">
-        <v>16820</v>
+        <v>12600</v>
       </c>
       <c r="L6" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M6">
-        <v>14500</v>
+        <v>12600</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="B7" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="C7" t="s">
-        <v>65</v>
+        <v>106</v>
       </c>
       <c r="D7" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="E7" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="F7" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G7" t="s">
         <v>353</v>
       </c>
       <c r="H7" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="I7" t="s">
         <v>46</v>
       </c>
       <c r="J7" t="s">
         <v>47</v>
       </c>
       <c r="K7">
-        <v>13823.33</v>
+        <v>24549.84</v>
       </c>
       <c r="L7" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M7">
-        <v>16820</v>
+        <v>24474</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="B8" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="C8" t="s">
-        <v>65</v>
+        <v>116</v>
       </c>
       <c r="D8" t="s">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="E8" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="F8" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G8" t="s">
         <v>353</v>
       </c>
       <c r="H8" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="I8" t="s">
         <v>46</v>
       </c>
       <c r="J8" t="s">
         <v>47</v>
       </c>
       <c r="K8">
-        <v>13823.33</v>
+        <v>300133</v>
       </c>
       <c r="L8" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M8">
-        <v>16820</v>
+        <v>299425</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2026</v>
+        <v>2028</v>
       </c>
       <c r="B9" t="s">
-        <v>658</v>
+        <v>667</v>
       </c>
       <c r="C9" t="s">
-        <v>65</v>
+        <v>127</v>
       </c>
       <c r="D9" t="s">
-        <v>2027</v>
+        <v>2029</v>
       </c>
       <c r="E9" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="F9" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G9" t="s">
-        <v>353</v>
+        <v>365</v>
       </c>
       <c r="H9" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="I9" t="s">
         <v>46</v>
       </c>
       <c r="J9" t="s">
         <v>47</v>
       </c>
       <c r="K9">
-        <v>13823.33</v>
+        <v>18270</v>
       </c>
       <c r="L9" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M9">
-        <v>16820</v>
+        <v>15750</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2029</v>
+        <v>2031</v>
       </c>
       <c r="B10" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C10" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D10" t="s">
-        <v>2030</v>
+        <v>2032</v>
       </c>
       <c r="E10" t="s">
-        <v>2031</v>
+        <v>264</v>
       </c>
       <c r="F10" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G10" t="s">
-        <v>356</v>
+        <v>368</v>
       </c>
       <c r="H10" t="s">
-        <v>357</v>
+        <v>369</v>
       </c>
       <c r="I10" t="s">
         <v>46</v>
       </c>
       <c r="J10" t="s">
         <v>47</v>
       </c>
       <c r="K10">
-        <v>5195.36</v>
+        <v>13823.33</v>
       </c>
       <c r="L10" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M10">
-        <v>4486.24</v>
+        <v>14500</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2032</v>
+        <v>2033</v>
       </c>
       <c r="B11" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C11" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D11" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="E11" t="s">
-        <v>2034</v>
+        <v>2035</v>
       </c>
       <c r="F11" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G11" t="s">
-        <v>356</v>
+        <v>368</v>
       </c>
       <c r="H11" t="s">
-        <v>357</v>
+        <v>369</v>
       </c>
       <c r="I11" t="s">
         <v>46</v>
       </c>
       <c r="J11" t="s">
         <v>47</v>
       </c>
       <c r="K11">
-        <v>12475.18</v>
+        <v>13823.33</v>
       </c>
       <c r="L11" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M11">
-        <v>10761.95</v>
+        <v>14500</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2035</v>
+        <v>2036</v>
       </c>
       <c r="B12" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C12" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D12" t="s">
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="E12" t="s">
-        <v>2037</v>
+        <v>2038</v>
       </c>
       <c r="F12" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G12" t="s">
-        <v>356</v>
+        <v>368</v>
       </c>
       <c r="H12" t="s">
-        <v>357</v>
+        <v>369</v>
       </c>
       <c r="I12" t="s">
         <v>46</v>
       </c>
       <c r="J12" t="s">
         <v>47</v>
       </c>
       <c r="K12">
-        <v>5612.7</v>
+        <v>16820</v>
       </c>
       <c r="L12" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M12">
-        <v>4846.02</v>
+        <v>14500</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2038</v>
+        <v>2039</v>
       </c>
       <c r="B13" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C13" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D13" t="s">
-        <v>2039</v>
+        <v>2040</v>
       </c>
       <c r="E13" t="s">
-        <v>2040</v>
+        <v>2041</v>
       </c>
       <c r="F13" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G13" t="s">
-        <v>356</v>
+        <v>368</v>
       </c>
       <c r="H13" t="s">
-        <v>357</v>
+        <v>369</v>
       </c>
       <c r="I13" t="s">
         <v>46</v>
       </c>
       <c r="J13" t="s">
         <v>47</v>
       </c>
       <c r="K13">
-        <v>1542.83</v>
+        <v>16820</v>
       </c>
       <c r="L13" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M13">
-        <v>1337.51</v>
+        <v>14500</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
       <c r="B14" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C14" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D14" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="E14" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
       <c r="F14" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G14" t="s">
-        <v>356</v>
+        <v>368</v>
       </c>
       <c r="H14" t="s">
-        <v>357</v>
+        <v>369</v>
       </c>
       <c r="I14" t="s">
         <v>46</v>
       </c>
       <c r="J14" t="s">
         <v>47</v>
       </c>
       <c r="K14">
-        <v>1695.64</v>
+        <v>13823.33</v>
       </c>
       <c r="L14" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M14">
-        <v>1469.24</v>
+        <v>16820</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2044</v>
+        <v>2045</v>
       </c>
       <c r="B15" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C15" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D15" t="s">
-        <v>2045</v>
+        <v>2046</v>
       </c>
       <c r="E15" t="s">
-        <v>2046</v>
+        <v>2047</v>
       </c>
       <c r="F15" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G15" t="s">
-        <v>356</v>
+        <v>368</v>
       </c>
       <c r="H15" t="s">
-        <v>357</v>
+        <v>369</v>
       </c>
       <c r="I15" t="s">
         <v>46</v>
       </c>
       <c r="J15" t="s">
         <v>47</v>
       </c>
       <c r="K15">
-        <v>2730.82</v>
+        <v>13823.33</v>
       </c>
       <c r="L15" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M15">
-        <v>2361.64</v>
+        <v>16820</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2047</v>
+        <v>2048</v>
       </c>
       <c r="B16" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C16" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D16" t="s">
-        <v>2048</v>
+        <v>2049</v>
       </c>
       <c r="E16" t="s">
-        <v>2049</v>
+        <v>2050</v>
       </c>
       <c r="F16" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G16" t="s">
-        <v>356</v>
+        <v>368</v>
       </c>
       <c r="H16" t="s">
-        <v>357</v>
+        <v>369</v>
       </c>
       <c r="I16" t="s">
         <v>46</v>
       </c>
       <c r="J16" t="s">
         <v>47</v>
       </c>
       <c r="K16">
-        <v>6743.59</v>
+        <v>13823.33</v>
       </c>
       <c r="L16" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M16">
-        <v>5820.92</v>
+        <v>16820</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
       <c r="B17" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C17" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D17" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="E17" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="F17" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G17" t="s">
-        <v>356</v>
+        <v>371</v>
       </c>
       <c r="H17" t="s">
-        <v>357</v>
+        <v>372</v>
       </c>
       <c r="I17" t="s">
         <v>46</v>
       </c>
       <c r="J17" t="s">
         <v>47</v>
       </c>
       <c r="K17">
-        <v>14614.5</v>
+        <v>38924.54</v>
       </c>
       <c r="L17" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M17">
-        <v>12606.19</v>
+        <v>40829.96</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
       <c r="B18" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C18" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D18" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
       <c r="E18" t="s">
-        <v>2055</v>
+        <v>2056</v>
       </c>
       <c r="F18" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G18" t="s">
-        <v>356</v>
+        <v>371</v>
       </c>
       <c r="H18" t="s">
-        <v>357</v>
+        <v>372</v>
       </c>
       <c r="I18" t="s">
         <v>46</v>
       </c>
       <c r="J18" t="s">
         <v>47</v>
       </c>
       <c r="K18">
-        <v>3616.39</v>
+        <v>38450.91</v>
       </c>
       <c r="L18" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M18">
-        <v>3125.06</v>
+        <v>40333.14</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
       <c r="B19" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C19" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D19" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="E19" t="s">
-        <v>2058</v>
+        <v>2059</v>
       </c>
       <c r="F19" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G19" t="s">
-        <v>356</v>
+        <v>371</v>
       </c>
       <c r="H19" t="s">
-        <v>357</v>
+        <v>372</v>
       </c>
       <c r="I19" t="s">
         <v>46</v>
       </c>
       <c r="J19" t="s">
         <v>47</v>
       </c>
       <c r="K19">
-        <v>642.85</v>
+        <v>38924.54</v>
       </c>
       <c r="L19" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M19">
-        <v>557.85</v>
+        <v>40829.96</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
+        <v>2060</v>
+      </c>
+      <c r="B20" t="s">
+        <v>673</v>
+      </c>
+      <c r="C20" t="s">
+        <v>151</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2061</v>
+      </c>
+      <c r="E20" t="s">
         <v>2059</v>
       </c>
-      <c r="B20" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F20" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G20" t="s">
-        <v>356</v>
+        <v>371</v>
       </c>
       <c r="H20" t="s">
-        <v>357</v>
+        <v>372</v>
       </c>
       <c r="I20" t="s">
         <v>46</v>
       </c>
       <c r="J20" t="s">
         <v>47</v>
       </c>
       <c r="K20">
-        <v>2333.93</v>
+        <v>38450.91</v>
       </c>
       <c r="L20" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M20">
-        <v>2019.49</v>
+        <v>40333.14</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>2062</v>
       </c>
       <c r="B21" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C21" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D21" t="s">
         <v>2063</v>
       </c>
       <c r="E21" t="s">
         <v>2064</v>
       </c>
       <c r="F21" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G21" t="s">
-        <v>356</v>
+        <v>371</v>
       </c>
       <c r="H21" t="s">
-        <v>357</v>
+        <v>372</v>
       </c>
       <c r="I21" t="s">
         <v>46</v>
       </c>
       <c r="J21" t="s">
         <v>47</v>
       </c>
       <c r="K21">
-        <v>4551.07</v>
+        <v>38924.54</v>
       </c>
       <c r="L21" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M21">
-        <v>3930.82</v>
+        <v>40829.96</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>2065</v>
       </c>
       <c r="B22" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="C22" t="s">
-        <v>91</v>
+        <v>151</v>
       </c>
       <c r="D22" t="s">
         <v>2066</v>
       </c>
       <c r="E22" t="s">
-        <v>2067</v>
+        <v>2064</v>
       </c>
       <c r="F22" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G22" t="s">
-        <v>359</v>
+        <v>371</v>
       </c>
       <c r="H22" t="s">
-        <v>360</v>
+        <v>372</v>
       </c>
       <c r="I22" t="s">
         <v>46</v>
       </c>
       <c r="J22" t="s">
         <v>47</v>
       </c>
       <c r="K22">
-        <v>13638.38</v>
+        <v>38450.91</v>
       </c>
       <c r="L22" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M22">
-        <v>11757.22</v>
+        <v>40333.14</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
+        <v>2067</v>
+      </c>
+      <c r="B23" t="s">
+        <v>673</v>
+      </c>
+      <c r="C23" t="s">
+        <v>151</v>
+      </c>
+      <c r="D23" t="s">
         <v>2068</v>
       </c>
-      <c r="B23" t="s">
-[...5 lines deleted...]
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>2069</v>
       </c>
-      <c r="E23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F23" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G23" t="s">
-        <v>359</v>
+        <v>371</v>
       </c>
       <c r="H23" t="s">
-        <v>360</v>
+        <v>372</v>
       </c>
       <c r="I23" t="s">
         <v>46</v>
       </c>
       <c r="J23" t="s">
         <v>47</v>
       </c>
       <c r="K23">
-        <v>13338.38</v>
+        <v>46786.44</v>
       </c>
       <c r="L23" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M23">
-        <v>11498.6</v>
+        <v>40333.14</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B24" t="s">
+        <v>673</v>
+      </c>
+      <c r="C24" t="s">
+        <v>151</v>
+      </c>
+      <c r="D24" t="s">
         <v>2071</v>
       </c>
-      <c r="B24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E24" t="s">
-        <v>2073</v>
+        <v>2041</v>
       </c>
       <c r="F24" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G24" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="H24" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="I24" t="s">
         <v>46</v>
       </c>
       <c r="J24" t="s">
         <v>47</v>
       </c>
       <c r="K24">
-        <v>10200</v>
+        <v>46786.44</v>
       </c>
       <c r="L24" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M24">
-        <v>8793.1</v>
+        <v>40333.14</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
+        <v>2072</v>
+      </c>
+      <c r="B25" t="s">
+        <v>673</v>
+      </c>
+      <c r="C25" t="s">
+        <v>151</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2073</v>
+      </c>
+      <c r="E25" t="s">
         <v>2074</v>
       </c>
-      <c r="B25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F25" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G25" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="H25" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="I25" t="s">
         <v>46</v>
       </c>
       <c r="J25" t="s">
         <v>47</v>
       </c>
       <c r="K25">
-        <v>65006.4</v>
+        <v>46786.44</v>
       </c>
       <c r="L25" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M25">
-        <v>56040</v>
+        <v>40333.14</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
+        <v>2075</v>
+      </c>
+      <c r="B26" t="s">
+        <v>673</v>
+      </c>
+      <c r="C26" t="s">
+        <v>151</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2076</v>
+      </c>
+      <c r="E26" t="s">
         <v>2077</v>
       </c>
-      <c r="B26" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F26" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G26" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="H26" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="I26" t="s">
         <v>46</v>
       </c>
       <c r="J26" t="s">
         <v>47</v>
       </c>
       <c r="K26">
-        <v>43337.6</v>
+        <v>38450.91</v>
       </c>
       <c r="L26" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M26">
-        <v>37360</v>
+        <v>40333.14</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
+        <v>2078</v>
+      </c>
+      <c r="B27" t="s">
+        <v>673</v>
+      </c>
+      <c r="C27" t="s">
+        <v>151</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2079</v>
+      </c>
+      <c r="E27" t="s">
         <v>2080</v>
       </c>
-      <c r="B27" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F27" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G27" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="H27" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="I27" t="s">
         <v>46</v>
       </c>
       <c r="J27" t="s">
         <v>47</v>
       </c>
       <c r="K27">
-        <v>12600</v>
+        <v>38450.91</v>
       </c>
       <c r="L27" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M27">
-        <v>12600</v>
+        <v>46786.44</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2083</v>
+        <v>2081</v>
       </c>
       <c r="B28" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C28" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="D28" t="s">
-        <v>2084</v>
+        <v>2082</v>
       </c>
       <c r="E28" t="s">
-        <v>2085</v>
+        <v>290</v>
       </c>
       <c r="F28" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G28" t="s">
-        <v>350</v>
+        <v>371</v>
       </c>
       <c r="H28" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="I28" t="s">
         <v>46</v>
       </c>
       <c r="J28" t="s">
         <v>47</v>
       </c>
       <c r="K28">
-        <v>24549.84</v>
+        <v>38450.91</v>
       </c>
       <c r="L28" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M28">
-        <v>24474</v>
+        <v>46786.44</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2086</v>
+        <v>2083</v>
       </c>
       <c r="B29" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="C29" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="D29" t="s">
-        <v>2087</v>
+        <v>2084</v>
       </c>
       <c r="E29" t="s">
-        <v>2088</v>
+        <v>2085</v>
       </c>
       <c r="F29" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G29" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="H29" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="I29" t="s">
         <v>46</v>
       </c>
       <c r="J29" t="s">
         <v>47</v>
       </c>
       <c r="K29">
-        <v>18270</v>
+        <v>20213</v>
       </c>
       <c r="L29" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M29">
-        <v>15750</v>
+        <v>17425</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2089</v>
+        <v>2086</v>
       </c>
       <c r="B30" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C30" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D30" t="s">
-        <v>2090</v>
+        <v>2087</v>
       </c>
       <c r="E30" t="s">
-        <v>2091</v>
+        <v>2088</v>
       </c>
       <c r="F30" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G30" t="s">
-        <v>350</v>
+        <v>374</v>
       </c>
       <c r="H30" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="I30" t="s">
         <v>46</v>
       </c>
       <c r="J30" t="s">
         <v>47</v>
       </c>
       <c r="K30">
-        <v>300133</v>
+        <v>13705</v>
       </c>
       <c r="L30" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M30">
-        <v>299425</v>
+        <v>11814.66</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2092</v>
+        <v>2089</v>
       </c>
       <c r="B31" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C31" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D31" t="s">
-        <v>2093</v>
+        <v>2090</v>
       </c>
       <c r="E31" t="s">
-        <v>2094</v>
+        <v>2091</v>
       </c>
       <c r="F31" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G31" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="H31" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="I31" t="s">
         <v>46</v>
       </c>
       <c r="J31" t="s">
         <v>47</v>
       </c>
       <c r="K31">
-        <v>38924.54</v>
+        <v>11978</v>
       </c>
       <c r="L31" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M31">
-        <v>40829.96</v>
+        <v>10325.86</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2095</v>
+        <v>2092</v>
       </c>
       <c r="B32" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C32" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D32" t="s">
-        <v>2096</v>
+        <v>2093</v>
       </c>
       <c r="E32" t="s">
-        <v>2097</v>
+        <v>2094</v>
       </c>
       <c r="F32" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G32" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="H32" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="I32" t="s">
         <v>46</v>
       </c>
       <c r="J32" t="s">
         <v>47</v>
       </c>
       <c r="K32">
-        <v>38450.91</v>
+        <v>14002</v>
       </c>
       <c r="L32" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M32">
-        <v>40333.14</v>
+        <v>12070.69</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2098</v>
+        <v>2095</v>
       </c>
       <c r="B33" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C33" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D33" t="s">
-        <v>2099</v>
+        <v>2096</v>
       </c>
       <c r="E33" t="s">
-        <v>2100</v>
+        <v>2094</v>
       </c>
       <c r="F33" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G33" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="H33" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="I33" t="s">
         <v>46</v>
       </c>
       <c r="J33" t="s">
         <v>47</v>
       </c>
       <c r="K33">
-        <v>38924.54</v>
+        <v>13452</v>
       </c>
       <c r="L33" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M33">
-        <v>40829.96</v>
+        <v>11596.55</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2101</v>
+        <v>2097</v>
       </c>
       <c r="B34" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C34" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D34" t="s">
-        <v>2102</v>
+        <v>2098</v>
       </c>
       <c r="E34" t="s">
-        <v>2100</v>
+        <v>2099</v>
       </c>
       <c r="F34" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G34" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="H34" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="I34" t="s">
         <v>46</v>
       </c>
       <c r="J34" t="s">
         <v>47</v>
       </c>
       <c r="K34">
-        <v>38450.91</v>
+        <v>12370</v>
       </c>
       <c r="L34" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M34">
-        <v>40333.14</v>
+        <v>10663.79</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2103</v>
+        <v>2100</v>
       </c>
       <c r="B35" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C35" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D35" t="s">
-        <v>2104</v>
+        <v>2101</v>
       </c>
       <c r="E35" t="s">
-        <v>2105</v>
+        <v>2102</v>
       </c>
       <c r="F35" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G35" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="H35" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="I35" t="s">
         <v>46</v>
       </c>
       <c r="J35" t="s">
         <v>47</v>
       </c>
       <c r="K35">
-        <v>38924.54</v>
+        <v>11190</v>
       </c>
       <c r="L35" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M35">
-        <v>40829.96</v>
+        <v>9646.55</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2106</v>
+        <v>2103</v>
       </c>
       <c r="B36" t="s">
         <v>679</v>
       </c>
       <c r="C36" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D36" t="s">
-        <v>2107</v>
+        <v>2104</v>
       </c>
       <c r="E36" t="s">
         <v>2105</v>
       </c>
       <c r="F36" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G36" t="s">
         <v>377</v>
       </c>
       <c r="H36" t="s">
         <v>378</v>
       </c>
       <c r="I36" t="s">
         <v>46</v>
       </c>
       <c r="J36" t="s">
         <v>47</v>
       </c>
       <c r="K36">
-        <v>38450.91</v>
+        <v>15641.44</v>
       </c>
       <c r="L36" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M36">
-        <v>40333.14</v>
+        <v>13484</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
+        <v>2106</v>
+      </c>
+      <c r="B37" t="s">
+        <v>681</v>
+      </c>
+      <c r="C37" t="s">
+        <v>182</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2107</v>
+      </c>
+      <c r="E37" t="s">
         <v>2108</v>
       </c>
-      <c r="B37" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F37" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G37" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="H37" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="I37" t="s">
         <v>46</v>
       </c>
       <c r="J37" t="s">
         <v>47</v>
       </c>
       <c r="K37">
-        <v>46786.44</v>
+        <v>39116.18</v>
       </c>
       <c r="L37" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M37">
-        <v>40333.14</v>
+        <v>33720.84</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B38" t="s">
+        <v>683</v>
+      </c>
+      <c r="C38" t="s">
+        <v>195</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2110</v>
+      </c>
+      <c r="E38" t="s">
         <v>2111</v>
       </c>
-      <c r="B38" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F38" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G38" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="H38" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="I38" t="s">
         <v>46</v>
       </c>
       <c r="J38" t="s">
         <v>47</v>
       </c>
       <c r="K38">
-        <v>46786.44</v>
+        <v>23200</v>
       </c>
       <c r="L38" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M38">
-        <v>40333.14</v>
+        <v>20000</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
+        <v>2112</v>
+      </c>
+      <c r="B39" t="s">
+        <v>683</v>
+      </c>
+      <c r="C39" t="s">
+        <v>195</v>
+      </c>
+      <c r="D39" t="s">
         <v>2113</v>
       </c>
-      <c r="B39" t="s">
-[...5 lines deleted...]
-      <c r="D39" t="s">
+      <c r="E39" t="s">
         <v>2114</v>
       </c>
-      <c r="E39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G39" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="H39" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="I39" t="s">
         <v>46</v>
       </c>
       <c r="J39" t="s">
         <v>47</v>
       </c>
       <c r="K39">
-        <v>46786.44</v>
+        <v>10440</v>
       </c>
       <c r="L39" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M39">
-        <v>40333.14</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
+        <v>2115</v>
+      </c>
+      <c r="B40" t="s">
+        <v>686</v>
+      </c>
+      <c r="C40" t="s">
+        <v>207</v>
+      </c>
+      <c r="D40" t="s">
         <v>2116</v>
       </c>
-      <c r="B40" t="s">
-[...5 lines deleted...]
-      <c r="D40" t="s">
+      <c r="E40" t="s">
         <v>2117</v>
       </c>
-      <c r="E40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F40" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G40" t="s">
-        <v>377</v>
+        <v>386</v>
       </c>
       <c r="H40" t="s">
-        <v>378</v>
+        <v>387</v>
       </c>
       <c r="I40" t="s">
         <v>46</v>
       </c>
       <c r="J40" t="s">
         <v>47</v>
       </c>
       <c r="K40">
-        <v>38450.91</v>
+        <v>20000</v>
       </c>
       <c r="L40" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M40">
-        <v>40333.14</v>
+        <v>17241.38</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
+        <v>2118</v>
+      </c>
+      <c r="B41" t="s">
+        <v>687</v>
+      </c>
+      <c r="C41" t="s">
+        <v>213</v>
+      </c>
+      <c r="D41" t="s">
         <v>2119</v>
       </c>
-      <c r="B41" t="s">
-[...5 lines deleted...]
-      <c r="D41" t="s">
+      <c r="E41" t="s">
         <v>2120</v>
       </c>
-      <c r="E41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F41" t="s">
-        <v>2007</v>
-[...5 lines deleted...]
-        <v>378</v>
+        <v>2008</v>
       </c>
       <c r="I41" t="s">
         <v>46</v>
       </c>
       <c r="J41" t="s">
         <v>47</v>
       </c>
       <c r="K41">
-        <v>38450.91</v>
+        <v>10740.15</v>
       </c>
       <c r="L41" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M41">
-        <v>46786.44</v>
+        <v>9258.75</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
+        <v>2121</v>
+      </c>
+      <c r="B42" t="s">
+        <v>689</v>
+      </c>
+      <c r="C42" t="s">
+        <v>223</v>
+      </c>
+      <c r="D42" t="s">
         <v>2122</v>
       </c>
-      <c r="B42" t="s">
-[...5 lines deleted...]
-      <c r="D42" t="s">
+      <c r="E42" t="s">
         <v>2123</v>
       </c>
-      <c r="E42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F42" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G42" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="H42" t="s">
-        <v>378</v>
+        <v>390</v>
       </c>
       <c r="I42" t="s">
         <v>46</v>
       </c>
       <c r="J42" t="s">
         <v>47</v>
       </c>
       <c r="K42">
-        <v>38450.91</v>
+        <v>13638.38</v>
       </c>
       <c r="L42" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M42">
-        <v>46786.44</v>
+        <v>11757.22</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>2124</v>
       </c>
       <c r="B43" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="C43" t="s">
-        <v>183</v>
+        <v>223</v>
       </c>
       <c r="D43" t="s">
         <v>2125</v>
       </c>
       <c r="E43" t="s">
         <v>2126</v>
       </c>
       <c r="F43" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G43" t="s">
-        <v>356</v>
+        <v>389</v>
       </c>
       <c r="H43" t="s">
-        <v>380</v>
+        <v>390</v>
       </c>
       <c r="I43" t="s">
         <v>46</v>
       </c>
       <c r="J43" t="s">
         <v>47</v>
       </c>
       <c r="K43">
-        <v>20213</v>
+        <v>13338.38</v>
       </c>
       <c r="L43" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M43">
-        <v>17425</v>
+        <v>11498.6</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>2127</v>
       </c>
       <c r="B44" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="C44" t="s">
-        <v>183</v>
+        <v>234</v>
       </c>
       <c r="D44" t="s">
         <v>2128</v>
       </c>
       <c r="E44" t="s">
         <v>2129</v>
       </c>
       <c r="F44" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G44" t="s">
-        <v>356</v>
+        <v>393</v>
       </c>
       <c r="H44" t="s">
-        <v>380</v>
+        <v>394</v>
       </c>
       <c r="I44" t="s">
         <v>46</v>
       </c>
       <c r="J44" t="s">
         <v>47</v>
       </c>
       <c r="K44">
-        <v>13705</v>
+        <v>10200</v>
       </c>
       <c r="L44" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M44">
-        <v>11814.66</v>
+        <v>8793.1</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>2130</v>
       </c>
       <c r="B45" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C45" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="D45" t="s">
         <v>2131</v>
       </c>
       <c r="E45" t="s">
         <v>2132</v>
       </c>
       <c r="F45" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G45" t="s">
-        <v>356</v>
+        <v>374</v>
       </c>
       <c r="H45" t="s">
-        <v>380</v>
+        <v>396</v>
       </c>
       <c r="I45" t="s">
         <v>46</v>
       </c>
       <c r="J45" t="s">
         <v>47</v>
       </c>
       <c r="K45">
-        <v>11978</v>
+        <v>5195.36</v>
       </c>
       <c r="L45" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M45">
-        <v>10325.86</v>
+        <v>4486.24</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>2133</v>
       </c>
       <c r="B46" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C46" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="D46" t="s">
         <v>2134</v>
       </c>
       <c r="E46" t="s">
         <v>2135</v>
       </c>
       <c r="F46" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G46" t="s">
-        <v>356</v>
+        <v>374</v>
       </c>
       <c r="H46" t="s">
-        <v>380</v>
+        <v>396</v>
       </c>
       <c r="I46" t="s">
         <v>46</v>
       </c>
       <c r="J46" t="s">
         <v>47</v>
       </c>
       <c r="K46">
-        <v>14002</v>
+        <v>12475.18</v>
       </c>
       <c r="L46" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M46">
-        <v>12070.69</v>
+        <v>10761.95</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>2136</v>
       </c>
       <c r="B47" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C47" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="D47" t="s">
         <v>2137</v>
       </c>
       <c r="E47" t="s">
-        <v>2135</v>
+        <v>2138</v>
       </c>
       <c r="F47" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G47" t="s">
-        <v>356</v>
+        <v>374</v>
       </c>
       <c r="H47" t="s">
-        <v>380</v>
+        <v>396</v>
       </c>
       <c r="I47" t="s">
         <v>46</v>
       </c>
       <c r="J47" t="s">
         <v>47</v>
       </c>
       <c r="K47">
-        <v>13452</v>
+        <v>5612.7</v>
       </c>
       <c r="L47" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M47">
-        <v>11596.55</v>
+        <v>4846.02</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2138</v>
+        <v>2139</v>
       </c>
       <c r="B48" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C48" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="D48" t="s">
-        <v>2139</v>
+        <v>2140</v>
       </c>
       <c r="E48" t="s">
-        <v>2140</v>
+        <v>2141</v>
       </c>
       <c r="F48" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G48" t="s">
-        <v>356</v>
+        <v>374</v>
       </c>
       <c r="H48" t="s">
-        <v>380</v>
+        <v>396</v>
       </c>
       <c r="I48" t="s">
         <v>46</v>
       </c>
       <c r="J48" t="s">
         <v>47</v>
       </c>
       <c r="K48">
-        <v>12370</v>
+        <v>1542.83</v>
       </c>
       <c r="L48" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M48">
-        <v>10663.79</v>
+        <v>1337.51</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2141</v>
+        <v>2142</v>
       </c>
       <c r="B49" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C49" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="D49" t="s">
-        <v>2142</v>
+        <v>2143</v>
       </c>
       <c r="E49" t="s">
-        <v>2143</v>
+        <v>2144</v>
       </c>
       <c r="F49" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G49" t="s">
-        <v>356</v>
+        <v>374</v>
       </c>
       <c r="H49" t="s">
-        <v>380</v>
+        <v>396</v>
       </c>
       <c r="I49" t="s">
         <v>46</v>
       </c>
       <c r="J49" t="s">
         <v>47</v>
       </c>
       <c r="K49">
-        <v>11190</v>
+        <v>1695.64</v>
       </c>
       <c r="L49" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M49">
-        <v>9646.55</v>
+        <v>1469.24</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2144</v>
+        <v>2145</v>
       </c>
       <c r="B50" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="C50" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="D50" t="s">
-        <v>2145</v>
+        <v>2146</v>
       </c>
       <c r="E50" t="s">
-        <v>2146</v>
+        <v>2147</v>
       </c>
       <c r="F50" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G50" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H50" t="s">
-        <v>383</v>
+        <v>396</v>
       </c>
       <c r="I50" t="s">
         <v>46</v>
       </c>
       <c r="J50" t="s">
         <v>47</v>
       </c>
       <c r="K50">
-        <v>39116.18</v>
+        <v>2730.82</v>
       </c>
       <c r="L50" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M50">
-        <v>33720.84</v>
+        <v>2361.64</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>2147</v>
+        <v>2148</v>
       </c>
       <c r="B51" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="C51" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="D51" t="s">
-        <v>2148</v>
+        <v>2149</v>
       </c>
       <c r="E51" t="s">
-        <v>2149</v>
+        <v>2150</v>
       </c>
       <c r="F51" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G51" t="s">
-        <v>385</v>
+        <v>374</v>
       </c>
       <c r="H51" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
       <c r="I51" t="s">
         <v>46</v>
       </c>
       <c r="J51" t="s">
         <v>47</v>
       </c>
       <c r="K51">
-        <v>15641.44</v>
+        <v>6743.59</v>
       </c>
       <c r="L51" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M51">
-        <v>13484</v>
+        <v>5820.92</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>2150</v>
+        <v>2151</v>
       </c>
       <c r="B52" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="C52" t="s">
-        <v>214</v>
+        <v>242</v>
       </c>
       <c r="D52" t="s">
-        <v>2151</v>
+        <v>2152</v>
       </c>
       <c r="E52" t="s">
-        <v>2152</v>
+        <v>2153</v>
       </c>
       <c r="F52" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G52" t="s">
-        <v>388</v>
+        <v>374</v>
       </c>
       <c r="H52" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="I52" t="s">
         <v>46</v>
       </c>
       <c r="J52" t="s">
         <v>47</v>
       </c>
       <c r="K52">
-        <v>20000</v>
+        <v>14614.5</v>
       </c>
       <c r="L52" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M52">
-        <v>17241.38</v>
+        <v>12606.19</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>2153</v>
+        <v>2154</v>
       </c>
       <c r="B53" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="C53" t="s">
-        <v>220</v>
+        <v>242</v>
       </c>
       <c r="D53" t="s">
-        <v>2154</v>
+        <v>2155</v>
       </c>
       <c r="E53" t="s">
-        <v>2155</v>
+        <v>2156</v>
       </c>
       <c r="F53" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G53" t="s">
-        <v>391</v>
+        <v>374</v>
       </c>
       <c r="H53" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="I53" t="s">
         <v>46</v>
       </c>
       <c r="J53" t="s">
         <v>47</v>
       </c>
       <c r="K53">
-        <v>23200</v>
+        <v>3616.39</v>
       </c>
       <c r="L53" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M53">
-        <v>20000</v>
+        <v>3125.06</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>2156</v>
+        <v>2157</v>
       </c>
       <c r="B54" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="C54" t="s">
-        <v>220</v>
+        <v>242</v>
       </c>
       <c r="D54" t="s">
-        <v>2157</v>
+        <v>2158</v>
       </c>
       <c r="E54" t="s">
-        <v>2158</v>
+        <v>2159</v>
       </c>
       <c r="F54" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G54" t="s">
-        <v>391</v>
+        <v>374</v>
       </c>
       <c r="H54" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="I54" t="s">
         <v>46</v>
       </c>
       <c r="J54" t="s">
         <v>47</v>
       </c>
       <c r="K54">
-        <v>10440</v>
+        <v>642.85</v>
       </c>
       <c r="L54" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M54">
-        <v>9000</v>
+        <v>557.85</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>2159</v>
+        <v>2160</v>
       </c>
       <c r="B55" t="s">
         <v>692</v>
       </c>
       <c r="C55" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="D55" t="s">
-        <v>2160</v>
+        <v>2161</v>
       </c>
       <c r="E55" t="s">
-        <v>2161</v>
+        <v>2162</v>
       </c>
       <c r="F55" t="s">
-        <v>2007</v>
+        <v>2008</v>
+      </c>
+      <c r="G55" t="s">
+        <v>374</v>
+      </c>
+      <c r="H55" t="s">
+        <v>396</v>
       </c>
       <c r="I55" t="s">
         <v>46</v>
       </c>
       <c r="J55" t="s">
         <v>47</v>
       </c>
       <c r="K55">
-        <v>10740.15</v>
+        <v>2333.93</v>
       </c>
       <c r="L55" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M55">
-        <v>9258.75</v>
+        <v>2019.49</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>2162</v>
+        <v>2163</v>
       </c>
       <c r="B56" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="C56" t="s">
         <v>242</v>
       </c>
       <c r="D56" t="s">
-        <v>2163</v>
+        <v>2164</v>
       </c>
       <c r="E56" t="s">
-        <v>2164</v>
+        <v>2165</v>
       </c>
       <c r="F56" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G56" t="s">
-        <v>395</v>
+        <v>374</v>
       </c>
       <c r="H56" t="s">
         <v>396</v>
       </c>
       <c r="I56" t="s">
         <v>46</v>
       </c>
       <c r="J56" t="s">
         <v>47</v>
       </c>
       <c r="K56">
-        <v>16820</v>
+        <v>4551.07</v>
       </c>
       <c r="L56" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="M56">
-        <v>14500</v>
+        <v>3930.82</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>865</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>253</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>866</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>254</v>
       </c>
       <c r="I1" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="J1" s="1" t="s">
         <v>868</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="K1" s="1" t="s">
         <v>869</v>
-      </c>
-[...1 lines deleted...]
-        <v>867</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2165</v>
+        <v>2166</v>
       </c>
       <c r="B2" t="s">
         <v>39</v>
       </c>
       <c r="C2" t="s">
-        <v>2166</v>
+        <v>2167</v>
       </c>
       <c r="D2" t="s">
-        <v>2167</v>
+        <v>2168</v>
       </c>
       <c r="E2" t="s">
-        <v>2168</v>
+        <v>2169</v>
       </c>
       <c r="F2" t="s">
         <v>874</v>
       </c>
       <c r="G2" t="s">
         <v>875</v>
       </c>
       <c r="H2" t="s">
-        <v>2169</v>
+        <v>2170</v>
       </c>
       <c r="I2" t="s">
-        <v>2170</v>
+        <v>2171</v>
       </c>
       <c r="J2" t="s">
-        <v>878</v>
+        <v>2172</v>
+      </c>
+      <c r="K2" t="s">
+        <v>2171</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2171</v>
+        <v>2173</v>
       </c>
       <c r="B3" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="C3" t="s">
-        <v>2172</v>
+        <v>2174</v>
       </c>
       <c r="D3" t="s">
-        <v>2173</v>
+        <v>2175</v>
       </c>
       <c r="E3" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="F3" t="s">
         <v>874</v>
       </c>
       <c r="G3" t="s">
         <v>875</v>
       </c>
       <c r="H3" t="s">
-        <v>2169</v>
-[...1 lines deleted...]
-      <c r="I3" t="s">
         <v>2170</v>
       </c>
       <c r="J3" t="s">
-        <v>2175</v>
+        <v>2172</v>
       </c>
       <c r="K3" t="s">
-        <v>2176</v>
+        <v>891</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>2177</v>
       </c>
       <c r="B4" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="C4" t="s">
         <v>2178</v>
       </c>
       <c r="D4" t="s">
         <v>2179</v>
       </c>
       <c r="E4" t="s">
         <v>2180</v>
       </c>
       <c r="F4" t="s">
         <v>874</v>
       </c>
       <c r="G4" t="s">
         <v>875</v>
       </c>
       <c r="H4" t="s">
         <v>2181</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
         <v>2182</v>
       </c>
-      <c r="J4" t="s">
+      <c r="K4" t="s">
         <v>2183</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>2184</v>
       </c>
       <c r="B5" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="C5" t="s">
         <v>2185</v>
       </c>
       <c r="D5" t="s">
         <v>2186</v>
       </c>
       <c r="E5" t="s">
         <v>2187</v>
       </c>
       <c r="F5" t="s">
         <v>874</v>
       </c>
       <c r="G5" t="s">
         <v>875</v>
       </c>
       <c r="H5" t="s">
         <v>2181</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
         <v>2182</v>
       </c>
-      <c r="J5" t="s">
-        <v>2183</v>
+      <c r="K5" t="s">
+        <v>2188</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2188</v>
+        <v>2189</v>
       </c>
       <c r="B6" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="C6" t="s">
-        <v>2189</v>
+        <v>2190</v>
       </c>
       <c r="D6" t="s">
-        <v>2190</v>
+        <v>2191</v>
       </c>
       <c r="E6" t="s">
-        <v>2191</v>
+        <v>2192</v>
       </c>
       <c r="F6" t="s">
         <v>874</v>
       </c>
       <c r="G6" t="s">
         <v>875</v>
       </c>
       <c r="H6" t="s">
-        <v>2169</v>
-[...1 lines deleted...]
-      <c r="I6" t="s">
         <v>2170</v>
       </c>
       <c r="J6" t="s">
-        <v>2183</v>
+        <v>2172</v>
+      </c>
+      <c r="K6" t="s">
+        <v>2193</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2192</v>
+        <v>2194</v>
       </c>
       <c r="B7" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="C7" t="s">
-        <v>2193</v>
+        <v>2195</v>
       </c>
       <c r="D7" t="s">
-        <v>2194</v>
+        <v>2196</v>
       </c>
       <c r="E7" t="s">
-        <v>2195</v>
+        <v>2197</v>
       </c>
       <c r="F7" t="s">
         <v>874</v>
       </c>
       <c r="G7" t="s">
         <v>875</v>
       </c>
       <c r="H7" t="s">
-        <v>2169</v>
-[...1 lines deleted...]
-      <c r="I7" t="s">
         <v>2170</v>
       </c>
       <c r="J7" t="s">
-        <v>2183</v>
+        <v>2172</v>
+      </c>
+      <c r="K7" t="s">
+        <v>2198</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2196</v>
+        <v>2199</v>
       </c>
       <c r="B8" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="C8" t="s">
-        <v>2197</v>
+        <v>2200</v>
       </c>
       <c r="D8" t="s">
-        <v>2198</v>
+        <v>2201</v>
       </c>
       <c r="E8" t="s">
-        <v>2199</v>
+        <v>2202</v>
       </c>
       <c r="F8" t="s">
         <v>874</v>
       </c>
       <c r="G8" t="s">
         <v>875</v>
       </c>
       <c r="H8" t="s">
         <v>2181</v>
       </c>
-      <c r="I8" t="s">
+      <c r="J8" t="s">
         <v>2182</v>
       </c>
-      <c r="J8" t="s">
-        <v>2200</v>
+      <c r="K8" t="s">
+        <v>2203</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2201</v>
+        <v>2204</v>
       </c>
       <c r="B9" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="C9" t="s">
-        <v>2202</v>
+        <v>2205</v>
       </c>
       <c r="D9" t="s">
-        <v>2203</v>
+        <v>2206</v>
       </c>
       <c r="E9" t="s">
-        <v>2204</v>
+        <v>2207</v>
       </c>
       <c r="F9" t="s">
         <v>874</v>
       </c>
       <c r="G9" t="s">
         <v>875</v>
       </c>
       <c r="H9" t="s">
-        <v>2169</v>
-[...1 lines deleted...]
-      <c r="I9" t="s">
         <v>2170</v>
       </c>
       <c r="J9" t="s">
-        <v>2205</v>
+        <v>2172</v>
+      </c>
+      <c r="K9" t="s">
+        <v>2208</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2206</v>
+        <v>2209</v>
       </c>
       <c r="B10" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="C10" t="s">
-        <v>2207</v>
+        <v>2210</v>
       </c>
       <c r="D10" t="s">
-        <v>2208</v>
+        <v>2211</v>
       </c>
       <c r="E10" t="s">
-        <v>2209</v>
+        <v>2212</v>
       </c>
       <c r="F10" t="s">
         <v>874</v>
       </c>
       <c r="G10" t="s">
         <v>875</v>
       </c>
       <c r="H10" t="s">
-        <v>2181</v>
-[...2 lines deleted...]
-        <v>2182</v>
+        <v>2170</v>
       </c>
       <c r="J10" t="s">
-        <v>2210</v>
+        <v>2172</v>
+      </c>
+      <c r="K10" t="s">
+        <v>2213</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2211</v>
+        <v>2214</v>
       </c>
       <c r="B11" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C11" t="s">
-        <v>2212</v>
+        <v>2215</v>
       </c>
       <c r="D11" t="s">
-        <v>2213</v>
+        <v>2216</v>
       </c>
       <c r="E11" t="s">
-        <v>2214</v>
+        <v>2217</v>
       </c>
       <c r="F11" t="s">
         <v>874</v>
       </c>
       <c r="G11" t="s">
         <v>875</v>
       </c>
       <c r="H11" t="s">
         <v>2181</v>
       </c>
-      <c r="I11" t="s">
+      <c r="J11" t="s">
         <v>2182</v>
       </c>
-      <c r="J11" t="s">
-        <v>2215</v>
+      <c r="K11" t="s">
+        <v>2218</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2216</v>
+        <v>2219</v>
       </c>
       <c r="B12" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C12" t="s">
-        <v>2217</v>
+        <v>2220</v>
       </c>
       <c r="D12" t="s">
-        <v>2218</v>
+        <v>2221</v>
       </c>
       <c r="E12" t="s">
-        <v>2219</v>
+        <v>2222</v>
       </c>
       <c r="F12" t="s">
         <v>874</v>
       </c>
       <c r="G12" t="s">
         <v>875</v>
       </c>
       <c r="H12" t="s">
-        <v>2169</v>
-[...1 lines deleted...]
-      <c r="I12" t="s">
         <v>2170</v>
       </c>
       <c r="J12" t="s">
-        <v>2220</v>
+        <v>2172</v>
+      </c>
+      <c r="K12" t="s">
+        <v>2223</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2221</v>
+        <v>2224</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>127</v>
       </c>
       <c r="C13" t="s">
-        <v>2222</v>
+        <v>2225</v>
       </c>
       <c r="D13" t="s">
-        <v>2223</v>
+        <v>2226</v>
       </c>
       <c r="E13" t="s">
-        <v>2224</v>
+        <v>2227</v>
       </c>
       <c r="F13" t="s">
         <v>874</v>
       </c>
       <c r="G13" t="s">
         <v>875</v>
       </c>
       <c r="H13" t="s">
-        <v>2169</v>
-[...1 lines deleted...]
-      <c r="I13" t="s">
         <v>2170</v>
       </c>
       <c r="J13" t="s">
-        <v>2225</v>
+        <v>2228</v>
+      </c>
+      <c r="K13" t="s">
+        <v>2229</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2226</v>
+        <v>2230</v>
       </c>
       <c r="B14" t="s">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="C14" t="s">
-        <v>2227</v>
+        <v>2231</v>
       </c>
       <c r="D14" t="s">
-        <v>2228</v>
+        <v>2168</v>
       </c>
       <c r="E14" t="s">
-        <v>2199</v>
+        <v>2232</v>
       </c>
       <c r="F14" t="s">
         <v>874</v>
       </c>
       <c r="G14" t="s">
         <v>875</v>
       </c>
       <c r="H14" t="s">
-        <v>2181</v>
+        <v>2170</v>
       </c>
       <c r="I14" t="s">
-        <v>2182</v>
+        <v>2233</v>
       </c>
       <c r="J14" t="s">
-        <v>2229</v>
+        <v>2172</v>
+      </c>
+      <c r="K14" t="s">
+        <v>2234</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2230</v>
+        <v>2235</v>
       </c>
       <c r="B15" t="s">
-        <v>129</v>
+        <v>171</v>
       </c>
       <c r="C15" t="s">
-        <v>2231</v>
+        <v>2236</v>
       </c>
       <c r="D15" t="s">
-        <v>2232</v>
+        <v>2237</v>
       </c>
       <c r="E15" t="s">
-        <v>2233</v>
+        <v>2238</v>
       </c>
       <c r="F15" t="s">
         <v>874</v>
       </c>
       <c r="G15" t="s">
         <v>875</v>
       </c>
       <c r="H15" t="s">
-        <v>2169</v>
-[...2 lines deleted...]
-        <v>2170</v>
+        <v>2239</v>
       </c>
       <c r="J15" t="s">
-        <v>2234</v>
+        <v>2240</v>
+      </c>
+      <c r="K15" t="s">
+        <v>2241</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2235</v>
+        <v>2242</v>
       </c>
       <c r="B16" t="s">
-        <v>141</v>
+        <v>171</v>
       </c>
       <c r="C16" t="s">
-        <v>2236</v>
+        <v>2243</v>
       </c>
       <c r="D16" t="s">
-        <v>2237</v>
+        <v>2244</v>
       </c>
       <c r="E16" t="s">
-        <v>2238</v>
+        <v>2245</v>
       </c>
       <c r="F16" t="s">
         <v>874</v>
       </c>
       <c r="G16" t="s">
         <v>875</v>
       </c>
       <c r="H16" t="s">
-        <v>2169</v>
-[...1 lines deleted...]
-      <c r="I16" t="s">
         <v>2170</v>
       </c>
       <c r="J16" t="s">
-        <v>2239</v>
+        <v>2172</v>
+      </c>
+      <c r="K16" t="s">
+        <v>2246</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2240</v>
+        <v>2247</v>
       </c>
       <c r="B17" t="s">
-        <v>151</v>
+        <v>171</v>
       </c>
       <c r="C17" t="s">
-        <v>2241</v>
+        <v>2248</v>
       </c>
       <c r="D17" t="s">
-        <v>2242</v>
+        <v>2249</v>
       </c>
       <c r="E17" t="s">
-        <v>2243</v>
+        <v>2250</v>
       </c>
       <c r="F17" t="s">
         <v>874</v>
       </c>
       <c r="G17" t="s">
         <v>875</v>
       </c>
       <c r="H17" t="s">
-        <v>2169</v>
-[...2 lines deleted...]
-        <v>2244</v>
+        <v>2181</v>
       </c>
       <c r="J17" t="s">
-        <v>2245</v>
+        <v>2182</v>
+      </c>
+      <c r="K17" t="s">
+        <v>2251</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2246</v>
+        <v>2252</v>
       </c>
       <c r="B18" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="C18" t="s">
-        <v>2247</v>
+        <v>2253</v>
       </c>
       <c r="D18" t="s">
-        <v>2248</v>
+        <v>2254</v>
       </c>
       <c r="E18" t="s">
-        <v>2249</v>
+        <v>2255</v>
       </c>
       <c r="F18" t="s">
         <v>874</v>
       </c>
       <c r="G18" t="s">
         <v>875</v>
       </c>
       <c r="H18" t="s">
         <v>2181</v>
       </c>
-      <c r="I18" t="s">
+      <c r="J18" t="s">
         <v>2182</v>
       </c>
-      <c r="J18" t="s">
-        <v>2250</v>
+      <c r="K18" t="s">
+        <v>2256</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2251</v>
+        <v>2257</v>
       </c>
       <c r="B19" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="C19" t="s">
-        <v>2252</v>
+        <v>2258</v>
       </c>
       <c r="D19" t="s">
-        <v>2253</v>
+        <v>2259</v>
       </c>
       <c r="E19" t="s">
-        <v>2254</v>
+        <v>2260</v>
       </c>
       <c r="F19" t="s">
         <v>874</v>
       </c>
       <c r="G19" t="s">
         <v>875</v>
       </c>
       <c r="H19" t="s">
-        <v>2169</v>
-[...2 lines deleted...]
-        <v>2170</v>
+        <v>2181</v>
       </c>
       <c r="J19" t="s">
-        <v>2255</v>
+        <v>2182</v>
+      </c>
+      <c r="K19" t="s">
+        <v>2261</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2256</v>
+        <v>2262</v>
       </c>
       <c r="B20" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="C20" t="s">
-        <v>2257</v>
+        <v>2263</v>
       </c>
       <c r="D20" t="s">
-        <v>2258</v>
+        <v>2264</v>
       </c>
       <c r="E20" t="s">
-        <v>2259</v>
+        <v>2265</v>
       </c>
       <c r="F20" t="s">
         <v>874</v>
       </c>
       <c r="G20" t="s">
         <v>875</v>
       </c>
       <c r="H20" t="s">
-        <v>2169</v>
-[...1 lines deleted...]
-      <c r="I20" t="s">
         <v>2170</v>
       </c>
       <c r="J20" t="s">
-        <v>2260</v>
+        <v>2172</v>
+      </c>
+      <c r="K20" t="s">
+        <v>2266</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2261</v>
+        <v>2267</v>
       </c>
       <c r="B21" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="C21" t="s">
-        <v>2262</v>
+        <v>2268</v>
       </c>
       <c r="D21" t="s">
-        <v>2263</v>
+        <v>2269</v>
       </c>
       <c r="E21" t="s">
-        <v>2264</v>
+        <v>2270</v>
       </c>
       <c r="F21" t="s">
         <v>874</v>
       </c>
       <c r="G21" t="s">
         <v>875</v>
       </c>
       <c r="H21" t="s">
-        <v>2265</v>
+        <v>2170</v>
       </c>
       <c r="I21" t="s">
-        <v>2266</v>
+        <v>2271</v>
       </c>
       <c r="J21" t="s">
-        <v>2267</v>
+        <v>2172</v>
+      </c>
+      <c r="K21" t="s">
+        <v>2271</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2268</v>
+        <v>2272</v>
       </c>
       <c r="B22" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="C22" t="s">
-        <v>2269</v>
+        <v>2273</v>
       </c>
       <c r="D22" t="s">
-        <v>2270</v>
+        <v>2274</v>
       </c>
       <c r="E22" t="s">
-        <v>2271</v>
+        <v>2275</v>
       </c>
       <c r="F22" t="s">
         <v>874</v>
       </c>
       <c r="G22" t="s">
         <v>875</v>
       </c>
       <c r="H22" t="s">
-        <v>2169</v>
-[...1 lines deleted...]
-      <c r="I22" t="s">
         <v>2170</v>
       </c>
       <c r="J22" t="s">
-        <v>2272</v>
+        <v>2172</v>
+      </c>
+      <c r="K22" t="s">
+        <v>2276</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2273</v>
+        <v>2277</v>
       </c>
       <c r="B23" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C23" t="s">
-        <v>2274</v>
+        <v>2278</v>
       </c>
       <c r="D23" t="s">
-        <v>2275</v>
+        <v>2279</v>
       </c>
       <c r="E23" t="s">
-        <v>2276</v>
+        <v>2280</v>
       </c>
       <c r="F23" t="s">
         <v>874</v>
       </c>
       <c r="G23" t="s">
         <v>875</v>
       </c>
       <c r="H23" t="s">
-        <v>2181</v>
-[...2 lines deleted...]
-        <v>2182</v>
+        <v>2170</v>
       </c>
       <c r="J23" t="s">
-        <v>2277</v>
+        <v>2172</v>
+      </c>
+      <c r="K23" t="s">
+        <v>2281</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2278</v>
+        <v>2282</v>
       </c>
       <c r="B24" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
       <c r="C24" t="s">
-        <v>2279</v>
+        <v>2283</v>
       </c>
       <c r="D24" t="s">
-        <v>2280</v>
+        <v>2284</v>
       </c>
       <c r="E24" t="s">
-        <v>2281</v>
+        <v>2285</v>
       </c>
       <c r="F24" t="s">
         <v>874</v>
       </c>
       <c r="G24" t="s">
         <v>875</v>
       </c>
       <c r="H24" t="s">
-        <v>2181</v>
-[...2 lines deleted...]
-        <v>2182</v>
+        <v>2170</v>
       </c>
       <c r="J24" t="s">
-        <v>2282</v>
+        <v>2172</v>
+      </c>
+      <c r="K24" t="s">
+        <v>2286</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2283</v>
+        <v>2287</v>
       </c>
       <c r="B25" t="s">
-        <v>204</v>
+        <v>223</v>
       </c>
       <c r="C25" t="s">
-        <v>2284</v>
+        <v>2288</v>
       </c>
       <c r="D25" t="s">
-        <v>2285</v>
+        <v>2289</v>
       </c>
       <c r="E25" t="s">
-        <v>2286</v>
+        <v>2290</v>
       </c>
       <c r="F25" t="s">
         <v>874</v>
       </c>
       <c r="G25" t="s">
         <v>875</v>
       </c>
       <c r="H25" t="s">
         <v>2181</v>
       </c>
-      <c r="I25" t="s">
+      <c r="J25" t="s">
         <v>2182</v>
       </c>
-      <c r="J25" t="s">
-        <v>2287</v>
+      <c r="K25" t="s">
+        <v>2291</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2288</v>
+        <v>2292</v>
       </c>
       <c r="B26" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="C26" t="s">
-        <v>2289</v>
+        <v>2293</v>
       </c>
       <c r="D26" t="s">
-        <v>2290</v>
+        <v>2294</v>
       </c>
       <c r="E26" t="s">
-        <v>2291</v>
+        <v>2295</v>
       </c>
       <c r="F26" t="s">
         <v>874</v>
       </c>
       <c r="G26" t="s">
         <v>875</v>
       </c>
       <c r="H26" t="s">
-        <v>2169</v>
-[...2 lines deleted...]
-        <v>2170</v>
+        <v>2181</v>
       </c>
       <c r="J26" t="s">
-        <v>2292</v>
+        <v>2182</v>
+      </c>
+      <c r="K26" t="s">
+        <v>2291</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2293</v>
+        <v>2296</v>
       </c>
       <c r="B27" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C27" t="s">
-        <v>2294</v>
+        <v>2297</v>
       </c>
       <c r="D27" t="s">
-        <v>2295</v>
+        <v>2298</v>
       </c>
       <c r="E27" t="s">
-        <v>2296</v>
+        <v>2299</v>
       </c>
       <c r="F27" t="s">
         <v>874</v>
       </c>
       <c r="G27" t="s">
         <v>875</v>
       </c>
       <c r="H27" t="s">
-        <v>2169</v>
-[...1 lines deleted...]
-      <c r="I27" t="s">
         <v>2170</v>
       </c>
       <c r="J27" t="s">
-        <v>2297</v>
+        <v>2172</v>
       </c>
       <c r="K27" t="s">
-        <v>2297</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2298</v>
+        <v>2300</v>
       </c>
       <c r="B28" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C28" t="s">
-        <v>2299</v>
+        <v>2301</v>
       </c>
       <c r="D28" t="s">
-        <v>2300</v>
+        <v>2302</v>
       </c>
       <c r="E28" t="s">
-        <v>2301</v>
+        <v>2303</v>
       </c>
       <c r="F28" t="s">
         <v>874</v>
       </c>
       <c r="G28" t="s">
         <v>875</v>
       </c>
       <c r="H28" t="s">
-        <v>2169</v>
-[...1 lines deleted...]
-      <c r="I28" t="s">
         <v>2170</v>
       </c>
       <c r="J28" t="s">
-        <v>2302</v>
+        <v>2172</v>
+      </c>
+      <c r="K28" t="s">
+        <v>2291</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2303</v>
+        <v>2304</v>
       </c>
       <c r="B29" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C29" t="s">
-        <v>2304</v>
+        <v>2305</v>
       </c>
       <c r="D29" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E29" t="s">
-        <v>2306</v>
+        <v>2202</v>
       </c>
       <c r="F29" t="s">
         <v>874</v>
       </c>
       <c r="G29" t="s">
         <v>875</v>
       </c>
       <c r="H29" t="s">
-        <v>2169</v>
-[...2 lines deleted...]
-        <v>2170</v>
+        <v>2181</v>
       </c>
       <c r="J29" t="s">
+        <v>2182</v>
+      </c>
+      <c r="K29" t="s">
         <v>2307</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>2308</v>
       </c>
       <c r="B30" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="C30" t="s">
         <v>2309</v>
       </c>
       <c r="D30" t="s">
-        <v>2173</v>
+        <v>2310</v>
       </c>
       <c r="E30" t="s">
-        <v>2310</v>
+        <v>2311</v>
       </c>
       <c r="F30" t="s">
         <v>874</v>
       </c>
       <c r="G30" t="s">
         <v>875</v>
       </c>
       <c r="H30" t="s">
-        <v>2169</v>
-[...1 lines deleted...]
-      <c r="I30" t="s">
         <v>2170</v>
       </c>
       <c r="J30" t="s">
-        <v>2311</v>
+        <v>2172</v>
       </c>
       <c r="K30" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2312</v>
+        <v>2313</v>
       </c>
       <c r="B2" t="s">
         <v>39</v>
       </c>
       <c r="C2" t="s">
         <v>46</v>
       </c>
       <c r="D2" t="s">
-        <v>2008</v>
+        <v>432</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2313</v>
+        <v>2314</v>
       </c>
       <c r="B3" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="C3" t="s">
         <v>46</v>
       </c>
       <c r="D3" t="s">
-        <v>509</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2314</v>
+        <v>2315</v>
       </c>
       <c r="B4" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C4" t="s">
         <v>46</v>
       </c>
       <c r="D4" t="s">
-        <v>2008</v>
+        <v>432</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2315</v>
+        <v>2316</v>
       </c>
       <c r="B5" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C5" t="s">
         <v>46</v>
       </c>
       <c r="D5" t="s">
-        <v>474</v>
+        <v>432</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2316</v>
+        <v>2317</v>
       </c>
       <c r="B6" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C6" t="s">
         <v>46</v>
       </c>
       <c r="D6" t="s">
-        <v>490</v>
+        <v>432</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2317</v>
+        <v>2318</v>
       </c>
       <c r="B7" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C7" t="s">
         <v>46</v>
       </c>
       <c r="D7" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2318</v>
+        <v>2319</v>
       </c>
       <c r="B8" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2319</v>
+        <v>2320</v>
       </c>
       <c r="B9" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C9" t="s">
         <v>46</v>
       </c>
       <c r="D9" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2320</v>
+        <v>2321</v>
       </c>
       <c r="B10" t="s">
         <v>151</v>
       </c>
       <c r="C10" t="s">
         <v>46</v>
       </c>
       <c r="D10" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2321</v>
+        <v>2322</v>
       </c>
       <c r="B11" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C11" t="s">
         <v>46</v>
       </c>
       <c r="D11" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2322</v>
+        <v>2323</v>
       </c>
       <c r="B12" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C12" t="s">
         <v>46</v>
       </c>
       <c r="D12" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2323</v>
+        <v>2324</v>
       </c>
       <c r="B13" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C13" t="s">
         <v>46</v>
       </c>
       <c r="D13" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2324</v>
+        <v>2325</v>
       </c>
       <c r="B14" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C14" t="s">
         <v>46</v>
       </c>
       <c r="D14" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2325</v>
+        <v>2326</v>
       </c>
       <c r="B15" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C15" t="s">
         <v>46</v>
       </c>
       <c r="D15" t="s">
-        <v>509</v>
+        <v>602</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2326</v>
+        <v>2327</v>
       </c>
       <c r="B16" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C16" t="s">
         <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>490</v>
+        <v>602</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2327</v>
+        <v>2328</v>
       </c>
       <c r="B17" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>509</v>
+        <v>616</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2328</v>
+        <v>2329</v>
       </c>
       <c r="B18" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>490</v>
+        <v>602</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2329</v>
+        <v>2330</v>
       </c>
       <c r="B19" t="s">
         <v>242</v>
       </c>
       <c r="C19" t="s">
         <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>509</v>
+        <v>2012</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2330</v>
+        <v>2331</v>
       </c>
       <c r="B2" t="s">
         <v>39</v>
       </c>
       <c r="C2" t="s">
         <v>46</v>
       </c>
       <c r="D2" t="s">
-        <v>2008</v>
+        <v>432</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
       <c r="B3" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="C3" t="s">
         <v>46</v>
       </c>
       <c r="D3" t="s">
-        <v>509</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
       <c r="B4" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C4" t="s">
         <v>46</v>
       </c>
       <c r="D4" t="s">
-        <v>2008</v>
+        <v>432</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
       <c r="B5" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C5" t="s">
         <v>46</v>
       </c>
       <c r="D5" t="s">
-        <v>474</v>
+        <v>432</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2334</v>
+        <v>2335</v>
       </c>
       <c r="B6" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C6" t="s">
         <v>46</v>
       </c>
       <c r="D6" t="s">
-        <v>490</v>
+        <v>432</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2335</v>
+        <v>2336</v>
       </c>
       <c r="B7" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C7" t="s">
         <v>46</v>
       </c>
       <c r="D7" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2336</v>
+        <v>2337</v>
       </c>
       <c r="B8" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2337</v>
+        <v>2338</v>
       </c>
       <c r="B9" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C9" t="s">
         <v>46</v>
       </c>
       <c r="D9" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2338</v>
+        <v>2339</v>
       </c>
       <c r="B10" t="s">
         <v>151</v>
       </c>
       <c r="C10" t="s">
         <v>46</v>
       </c>
       <c r="D10" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2339</v>
+        <v>2340</v>
       </c>
       <c r="B11" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C11" t="s">
         <v>46</v>
       </c>
       <c r="D11" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2340</v>
+        <v>2341</v>
       </c>
       <c r="B12" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C12" t="s">
         <v>46</v>
       </c>
       <c r="D12" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="B13" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C13" t="s">
         <v>46</v>
       </c>
       <c r="D13" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="B14" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C14" t="s">
         <v>46</v>
       </c>
       <c r="D14" t="s">
-        <v>509</v>
+        <v>602</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2343</v>
+        <v>2344</v>
       </c>
       <c r="B15" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C15" t="s">
         <v>46</v>
       </c>
       <c r="D15" t="s">
-        <v>509</v>
+        <v>602</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2344</v>
+        <v>2345</v>
       </c>
       <c r="B16" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C16" t="s">
         <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>490</v>
+        <v>602</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2345</v>
+        <v>2346</v>
       </c>
       <c r="B17" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>490</v>
+        <v>616</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2346</v>
+        <v>2347</v>
       </c>
       <c r="B18" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>490</v>
+        <v>602</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2347</v>
+        <v>2348</v>
       </c>
       <c r="B19" t="s">
         <v>242</v>
       </c>
       <c r="C19" t="s">
         <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>509</v>
+        <v>2012</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2348</v>
+        <v>2349</v>
       </c>
       <c r="B2" t="s">
         <v>39</v>
       </c>
       <c r="C2" t="s">
         <v>46</v>
       </c>
       <c r="D2" t="s">
-        <v>2008</v>
+        <v>432</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2349</v>
+        <v>2350</v>
       </c>
       <c r="B3" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="C3" t="s">
         <v>46</v>
       </c>
       <c r="D3" t="s">
-        <v>509</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2350</v>
+        <v>2351</v>
       </c>
       <c r="B4" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C4" t="s">
         <v>46</v>
       </c>
       <c r="D4" t="s">
-        <v>2008</v>
+        <v>432</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2351</v>
+        <v>2352</v>
       </c>
       <c r="B5" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C5" t="s">
         <v>46</v>
       </c>
       <c r="D5" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="B6" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C6" t="s">
         <v>46</v>
       </c>
       <c r="D6" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2353</v>
+        <v>2354</v>
       </c>
       <c r="B7" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C7" t="s">
         <v>46</v>
       </c>
       <c r="D7" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2354</v>
+        <v>2355</v>
       </c>
       <c r="B8" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
       <c r="B9" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C9" t="s">
         <v>46</v>
       </c>
       <c r="D9" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2356</v>
+        <v>2357</v>
       </c>
       <c r="B10" t="s">
         <v>151</v>
       </c>
       <c r="C10" t="s">
         <v>46</v>
       </c>
       <c r="D10" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2357</v>
+        <v>2358</v>
       </c>
       <c r="B11" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C11" t="s">
         <v>46</v>
       </c>
       <c r="D11" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
       <c r="B12" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C12" t="s">
         <v>46</v>
       </c>
       <c r="D12" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2359</v>
+        <v>2360</v>
       </c>
       <c r="B13" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C13" t="s">
         <v>46</v>
       </c>
       <c r="D13" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2360</v>
+        <v>2361</v>
       </c>
       <c r="B14" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C14" t="s">
         <v>46</v>
       </c>
       <c r="D14" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
       <c r="B15" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C15" t="s">
         <v>46</v>
       </c>
       <c r="D15" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2362</v>
+        <v>2363</v>
       </c>
       <c r="B16" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C16" t="s">
         <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2363</v>
+        <v>2364</v>
       </c>
       <c r="B17" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2364</v>
+        <v>2365</v>
       </c>
       <c r="B18" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2365</v>
+        <v>2366</v>
       </c>
       <c r="B19" t="s">
         <v>242</v>
       </c>
       <c r="C19" t="s">
         <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>509</v>
+        <v>2012</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C1" s="1" t="s">
+        <v>2367</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>2368</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>2369</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>2370</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>2372</v>
+      </c>
+      <c r="L1" s="1" t="s">
         <v>1</v>
-      </c>
-[...25 lines deleted...]
-        <v>2371</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2372</v>
+        <v>2373</v>
       </c>
       <c r="B2" t="s">
         <v>39</v>
       </c>
       <c r="C2" t="s">
-        <v>2373</v>
+        <v>2374</v>
       </c>
       <c r="D2" t="s">
-        <v>2374</v>
+        <v>2375</v>
       </c>
       <c r="E2" t="s">
-        <v>2375</v>
-[...1 lines deleted...]
-      <c r="F2" t="s">
         <v>2376</v>
       </c>
-      <c r="G2">
+      <c r="F2">
         <v>0</v>
       </c>
+      <c r="G2" t="s">
+        <v>58</v>
+      </c>
       <c r="H2" t="s">
-        <v>61</v>
+        <v>286</v>
       </c>
       <c r="I2" t="s">
-        <v>2377</v>
+        <v>304</v>
       </c>
       <c r="J2" t="s">
-        <v>2377</v>
+        <v>46</v>
       </c>
       <c r="K2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>432</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>2377</v>
+      </c>
+      <c r="B3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2374</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2375</v>
+      </c>
+      <c r="E3" t="s">
         <v>2378</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="F3">
+        <v>0</v>
+      </c>
+      <c r="G3" t="s">
+        <v>58</v>
+      </c>
+      <c r="H3" t="s">
         <v>2379</v>
       </c>
-      <c r="D3" t="s">
+      <c r="I3" t="s">
+        <v>2379</v>
+      </c>
+      <c r="J3" t="s">
+        <v>46</v>
+      </c>
+      <c r="K3" t="s">
+        <v>47</v>
+      </c>
+      <c r="L3" t="s">
         <v>2380</v>
-      </c>
-[...22 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>2381</v>
+      </c>
+      <c r="B4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C4" t="s">
         <v>2382</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
+        <v>2375</v>
+      </c>
+      <c r="E4" t="s">
         <v>2383</v>
       </c>
-      <c r="E4" t="s">
-[...5 lines deleted...]
-      <c r="G4">
+      <c r="F4">
         <v>0</v>
       </c>
+      <c r="G4" t="s">
+        <v>58</v>
+      </c>
       <c r="H4" t="s">
-        <v>61</v>
+        <v>345</v>
       </c>
       <c r="I4" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="J4" t="s">
-        <v>271</v>
+        <v>46</v>
       </c>
       <c r="K4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L4" t="s">
-        <v>509</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2384</v>
+        <v>2385</v>
       </c>
       <c r="B5" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C5" t="s">
-        <v>2385</v>
+        <v>2374</v>
       </c>
       <c r="D5" t="s">
+        <v>2375</v>
+      </c>
+      <c r="E5" t="s">
         <v>2386</v>
       </c>
-      <c r="E5" t="s">
-[...5 lines deleted...]
-      <c r="G5">
+      <c r="F5">
         <v>0</v>
       </c>
+      <c r="G5" t="s">
+        <v>58</v>
+      </c>
       <c r="H5" t="s">
-        <v>61</v>
+        <v>286</v>
       </c>
       <c r="I5" t="s">
-        <v>274</v>
+        <v>304</v>
       </c>
       <c r="J5" t="s">
-        <v>275</v>
+        <v>46</v>
       </c>
       <c r="K5" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>432</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>2387</v>
       </c>
       <c r="B6" t="s">
-        <v>91</v>
+        <v>94</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2374</v>
       </c>
       <c r="D6" t="s">
+        <v>2375</v>
+      </c>
+      <c r="E6" t="s">
         <v>2388</v>
       </c>
-      <c r="E6" t="s">
-[...5 lines deleted...]
-      <c r="G6">
+      <c r="F6">
         <v>0</v>
       </c>
+      <c r="G6" t="s">
+        <v>58</v>
+      </c>
       <c r="H6" t="s">
-        <v>61</v>
+        <v>286</v>
       </c>
       <c r="I6" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="J6" t="s">
-        <v>271</v>
+        <v>46</v>
       </c>
       <c r="K6" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>474</v>
+        <v>47</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>2389</v>
       </c>
       <c r="B7" t="s">
-        <v>104</v>
+        <v>106</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2374</v>
       </c>
       <c r="D7" t="s">
+        <v>2375</v>
+      </c>
+      <c r="E7" t="s">
         <v>2390</v>
       </c>
-      <c r="E7" t="s">
-[...5 lines deleted...]
-      <c r="G7">
+      <c r="F7">
         <v>0</v>
       </c>
+      <c r="G7" t="s">
+        <v>58</v>
+      </c>
       <c r="H7" t="s">
-        <v>61</v>
+        <v>286</v>
       </c>
       <c r="I7" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="J7" t="s">
-        <v>271</v>
+        <v>46</v>
       </c>
       <c r="K7" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>490</v>
+        <v>432</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>2391</v>
       </c>
       <c r="B8" t="s">
-        <v>112</v>
+        <v>116</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2374</v>
       </c>
       <c r="D8" t="s">
-        <v>2392</v>
+        <v>2375</v>
       </c>
       <c r="E8" t="s">
-        <v>2375</v>
-[...4 lines deleted...]
-      <c r="G8">
+        <v>2378</v>
+      </c>
+      <c r="F8">
         <v>0</v>
       </c>
+      <c r="G8" t="s">
+        <v>58</v>
+      </c>
       <c r="H8" t="s">
-        <v>61</v>
+        <v>286</v>
       </c>
       <c r="I8" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="J8" t="s">
-        <v>271</v>
+        <v>46</v>
       </c>
       <c r="K8" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2393</v>
+        <v>2392</v>
       </c>
       <c r="B9" t="s">
-        <v>129</v>
+        <v>116</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2374</v>
       </c>
       <c r="D9" t="s">
-        <v>2394</v>
+        <v>2375</v>
       </c>
       <c r="E9" t="s">
-        <v>2375</v>
-[...4 lines deleted...]
-      <c r="G9">
+        <v>2383</v>
+      </c>
+      <c r="F9">
         <v>0</v>
       </c>
+      <c r="G9" t="s">
+        <v>58</v>
+      </c>
       <c r="H9" t="s">
-        <v>61</v>
+        <v>286</v>
       </c>
       <c r="I9" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="J9" t="s">
-        <v>271</v>
+        <v>46</v>
       </c>
       <c r="K9" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>432</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2395</v>
+        <v>2393</v>
       </c>
       <c r="B10" t="s">
-        <v>141</v>
+        <v>127</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2374</v>
       </c>
       <c r="D10" t="s">
-        <v>2396</v>
+        <v>2375</v>
       </c>
       <c r="E10" t="s">
-        <v>2375</v>
-[...4 lines deleted...]
-      <c r="G10">
+        <v>2388</v>
+      </c>
+      <c r="F10">
         <v>0</v>
       </c>
+      <c r="G10" t="s">
+        <v>58</v>
+      </c>
       <c r="H10" t="s">
-        <v>61</v>
+        <v>286</v>
       </c>
       <c r="I10" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="J10" t="s">
-        <v>271</v>
+        <v>46</v>
       </c>
       <c r="K10" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2397</v>
+        <v>2394</v>
       </c>
       <c r="B11" t="s">
-        <v>151</v>
+        <v>138</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2374</v>
       </c>
       <c r="D11" t="s">
-        <v>2394</v>
+        <v>2375</v>
       </c>
       <c r="E11" t="s">
-        <v>2375</v>
-[...4 lines deleted...]
-      <c r="G11">
+        <v>2395</v>
+      </c>
+      <c r="F11">
         <v>0</v>
       </c>
+      <c r="G11" t="s">
+        <v>58</v>
+      </c>
       <c r="H11" t="s">
-        <v>61</v>
+        <v>286</v>
       </c>
       <c r="I11" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="J11" t="s">
-        <v>271</v>
+        <v>46</v>
       </c>
       <c r="K11" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2398</v>
+        <v>2396</v>
       </c>
       <c r="B12" t="s">
-        <v>162</v>
+        <v>151</v>
+      </c>
+      <c r="C12" t="s">
+        <v>2374</v>
       </c>
       <c r="D12" t="s">
-        <v>2374</v>
+        <v>2375</v>
       </c>
       <c r="E12" t="s">
-        <v>2375</v>
-[...4 lines deleted...]
-      <c r="G12">
+        <v>2395</v>
+      </c>
+      <c r="F12">
         <v>0</v>
       </c>
+      <c r="G12" t="s">
+        <v>58</v>
+      </c>
       <c r="H12" t="s">
-        <v>61</v>
+        <v>2397</v>
       </c>
       <c r="I12" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="J12" t="s">
-        <v>308</v>
+        <v>46</v>
       </c>
       <c r="K12" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>2398</v>
+      </c>
+      <c r="B13" t="s">
+        <v>171</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2374</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2375</v>
+      </c>
+      <c r="E13" t="s">
         <v>2399</v>
       </c>
-      <c r="B13" t="s">
-[...11 lines deleted...]
-      <c r="G13">
+      <c r="F13">
         <v>0</v>
       </c>
+      <c r="G13" t="s">
+        <v>58</v>
+      </c>
       <c r="H13" t="s">
-        <v>61</v>
+        <v>294</v>
       </c>
       <c r="I13" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="J13" t="s">
-        <v>271</v>
+        <v>46</v>
       </c>
       <c r="K13" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>509</v>
+        <v>432</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>2400</v>
       </c>
       <c r="B14" t="s">
-        <v>173</v>
+        <v>171</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2401</v>
       </c>
       <c r="D14" t="s">
-        <v>2383</v>
-[...1 lines deleted...]
-      <c r="E14" t="s">
         <v>2375</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14">
+      <c r="F14">
         <v>0</v>
       </c>
+      <c r="G14" t="s">
+        <v>58</v>
+      </c>
       <c r="H14" t="s">
-        <v>61</v>
+        <v>2402</v>
       </c>
       <c r="I14" t="s">
-        <v>2401</v>
+        <v>2402</v>
       </c>
       <c r="J14" t="s">
-        <v>271</v>
+        <v>46</v>
       </c>
       <c r="K14" t="s">
-        <v>46</v>
+        <v>432</v>
       </c>
       <c r="L14" t="s">
-        <v>509</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="B15" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="C15" t="s">
-        <v>2403</v>
+        <v>2374</v>
       </c>
       <c r="D15" t="s">
-        <v>2404</v>
+        <v>2375</v>
       </c>
       <c r="E15" t="s">
-        <v>2375</v>
-[...4 lines deleted...]
-      <c r="G15">
+        <v>2405</v>
+      </c>
+      <c r="F15">
         <v>0</v>
       </c>
+      <c r="G15" t="s">
+        <v>58</v>
+      </c>
       <c r="H15" t="s">
-        <v>61</v>
+        <v>294</v>
       </c>
       <c r="I15" t="s">
-        <v>304</v>
+        <v>295</v>
       </c>
       <c r="J15" t="s">
-        <v>305</v>
+        <v>46</v>
       </c>
       <c r="K15" t="s">
-        <v>46</v>
+        <v>432</v>
       </c>
       <c r="L15" t="s">
-        <v>509</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2405</v>
+        <v>2407</v>
       </c>
       <c r="B16" t="s">
-        <v>204</v>
+        <v>195</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2374</v>
       </c>
       <c r="D16" t="s">
-        <v>2406</v>
+        <v>2375</v>
       </c>
       <c r="E16" t="s">
-        <v>2375</v>
-[...4 lines deleted...]
-      <c r="G16">
+        <v>2408</v>
+      </c>
+      <c r="F16">
         <v>0</v>
       </c>
+      <c r="G16" t="s">
+        <v>58</v>
+      </c>
       <c r="H16" t="s">
-        <v>61</v>
+        <v>286</v>
       </c>
       <c r="I16" t="s">
         <v>304</v>
       </c>
       <c r="J16" t="s">
-        <v>305</v>
+        <v>46</v>
       </c>
       <c r="K16" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>509</v>
+        <v>602</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2407</v>
+        <v>2409</v>
       </c>
       <c r="B17" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C17" t="s">
-        <v>2408</v>
+        <v>2374</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2375</v>
       </c>
       <c r="E17" t="s">
-        <v>2375</v>
-[...4 lines deleted...]
-      <c r="G17">
+        <v>2410</v>
+      </c>
+      <c r="F17">
         <v>0</v>
       </c>
+      <c r="G17" t="s">
+        <v>58</v>
+      </c>
       <c r="H17" t="s">
-        <v>61</v>
+        <v>294</v>
       </c>
       <c r="I17" t="s">
-        <v>2410</v>
+        <v>295</v>
       </c>
       <c r="J17" t="s">
-        <v>2410</v>
+        <v>46</v>
       </c>
       <c r="K17" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>509</v>
+        <v>602</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>2411</v>
       </c>
       <c r="B18" t="s">
-        <v>214</v>
+        <v>213</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2374</v>
       </c>
       <c r="D18" t="s">
+        <v>2375</v>
+      </c>
+      <c r="E18" t="s">
         <v>2412</v>
       </c>
-      <c r="E18" t="s">
-[...5 lines deleted...]
-      <c r="G18">
+      <c r="F18">
         <v>0</v>
       </c>
+      <c r="G18" t="s">
+        <v>58</v>
+      </c>
       <c r="H18" t="s">
-        <v>61</v>
+        <v>303</v>
       </c>
       <c r="I18" t="s">
         <v>304</v>
       </c>
       <c r="J18" t="s">
-        <v>305</v>
+        <v>46</v>
       </c>
       <c r="K18" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>490</v>
+        <v>602</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>2413</v>
       </c>
       <c r="B19" t="s">
-        <v>220</v>
+        <v>223</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2374</v>
       </c>
       <c r="D19" t="s">
-        <v>2414</v>
+        <v>2375</v>
       </c>
       <c r="E19" t="s">
-        <v>2375</v>
-[...4 lines deleted...]
-      <c r="G19">
+        <v>2412</v>
+      </c>
+      <c r="F19">
         <v>0</v>
       </c>
+      <c r="G19" t="s">
+        <v>58</v>
+      </c>
       <c r="H19" t="s">
-        <v>61</v>
+        <v>286</v>
       </c>
       <c r="I19" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="J19" t="s">
-        <v>271</v>
+        <v>46</v>
       </c>
       <c r="K19" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>490</v>
+        <v>616</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
+        <v>2414</v>
+      </c>
+      <c r="B20" t="s">
+        <v>234</v>
+      </c>
+      <c r="C20" t="s">
+        <v>2374</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2375</v>
+      </c>
+      <c r="E20" t="s">
         <v>2415</v>
       </c>
-      <c r="B20" t="s">
-[...11 lines deleted...]
-      <c r="G20">
+      <c r="F20">
         <v>0</v>
       </c>
+      <c r="G20" t="s">
+        <v>58</v>
+      </c>
       <c r="H20" t="s">
-        <v>61</v>
+        <v>286</v>
       </c>
       <c r="I20" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="J20" t="s">
-        <v>271</v>
+        <v>46</v>
       </c>
       <c r="K20" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>490</v>
+        <v>602</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>2416</v>
       </c>
       <c r="B21" t="s">
         <v>242</v>
       </c>
+      <c r="C21" t="s">
+        <v>2374</v>
+      </c>
       <c r="D21" t="s">
+        <v>2375</v>
+      </c>
+      <c r="E21" t="s">
         <v>2417</v>
       </c>
-      <c r="E21" t="s">
-[...5 lines deleted...]
-      <c r="G21">
+      <c r="F21">
         <v>0</v>
       </c>
+      <c r="G21" t="s">
+        <v>58</v>
+      </c>
       <c r="H21" t="s">
-        <v>61</v>
+        <v>345</v>
       </c>
       <c r="I21" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="J21" t="s">
-        <v>271</v>
+        <v>46</v>
       </c>
       <c r="K21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L21" t="s">
-        <v>509</v>
+        <v>2418</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>2418</v>
+        <v>2419</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="B2" t="s">
-        <v>2372</v>
+        <v>2377</v>
       </c>
       <c r="C2" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="B3" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="C3" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="B4" t="s">
-        <v>2384</v>
+        <v>2400</v>
       </c>
       <c r="C4" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="B5" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="C5" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="B6" t="s">
-        <v>2407</v>
+        <v>2416</v>
       </c>
       <c r="C6" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H71"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>2418</v>
+        <v>2419</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>2424</v>
+        <v>2425</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>252</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>2425</v>
+        <v>2426</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>348</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>2426</v>
+        <v>2427</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2427</v>
+        <v>2428</v>
       </c>
       <c r="B2" t="s">
-        <v>2372</v>
+        <v>2377</v>
       </c>
       <c r="C2" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="D2" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E2" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="F2" t="s">
-        <v>2429</v>
+        <v>2430</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2" t="s">
-        <v>2430</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2431</v>
+        <v>2432</v>
       </c>
       <c r="B3" t="s">
-        <v>2372</v>
+        <v>2377</v>
       </c>
       <c r="C3" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="D3" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E3" t="s">
-        <v>2432</v>
+        <v>2433</v>
       </c>
       <c r="F3" t="s">
-        <v>2433</v>
+        <v>2434</v>
       </c>
       <c r="G3">
         <v>2</v>
       </c>
       <c r="H3" t="s">
-        <v>2434</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2435</v>
+        <v>2436</v>
       </c>
       <c r="B4" t="s">
-        <v>2372</v>
+        <v>2377</v>
       </c>
       <c r="C4" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E4" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="F4" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="G4">
         <v>3</v>
       </c>
       <c r="H4" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2439</v>
+        <v>2440</v>
       </c>
       <c r="B5" t="s">
-        <v>2372</v>
+        <v>2377</v>
       </c>
       <c r="C5" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="D5" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E5" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="F5" t="s">
-        <v>2441</v>
+        <v>2442</v>
       </c>
       <c r="G5">
         <v>4</v>
       </c>
       <c r="H5" t="s">
-        <v>2442</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2443</v>
+        <v>2444</v>
       </c>
       <c r="B6" t="s">
-        <v>2372</v>
+        <v>2377</v>
       </c>
       <c r="C6" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="D6" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E6" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
       <c r="F6" t="s">
-        <v>2445</v>
+        <v>2446</v>
       </c>
       <c r="G6">
         <v>5</v>
       </c>
       <c r="H6" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2447</v>
+        <v>2448</v>
       </c>
       <c r="B7" t="s">
-        <v>2372</v>
+        <v>2377</v>
       </c>
       <c r="C7" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="D7" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E7" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="F7" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
       <c r="G7">
         <v>6</v>
       </c>
       <c r="H7" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2449</v>
+        <v>2450</v>
       </c>
       <c r="B8" t="s">
-        <v>2372</v>
+        <v>2377</v>
       </c>
       <c r="C8" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="D8" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E8" t="s">
-        <v>2450</v>
+        <v>2451</v>
       </c>
       <c r="F8" t="s">
-        <v>2451</v>
+        <v>2452</v>
       </c>
       <c r="G8">
         <v>7</v>
       </c>
       <c r="H8" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2453</v>
+        <v>2454</v>
       </c>
       <c r="B9" t="s">
-        <v>2372</v>
+        <v>2377</v>
       </c>
       <c r="C9" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="D9" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E9" t="s">
-        <v>2454</v>
+        <v>2455</v>
       </c>
       <c r="F9" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="G9">
         <v>8</v>
       </c>
       <c r="H9" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2457</v>
+        <v>2458</v>
       </c>
       <c r="B10" t="s">
-        <v>2372</v>
+        <v>2377</v>
       </c>
       <c r="C10" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="D10" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E10" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="F10" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
       <c r="G10">
         <v>9</v>
       </c>
       <c r="H10" t="s">
-        <v>2459</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="B11" t="s">
-        <v>2372</v>
+        <v>2377</v>
       </c>
       <c r="C11" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="D11" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E11" t="s">
-        <v>2461</v>
+        <v>2462</v>
       </c>
       <c r="F11" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
       <c r="G11">
         <v>10</v>
       </c>
       <c r="H11" t="s">
-        <v>2463</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2464</v>
+        <v>2465</v>
       </c>
       <c r="B12" t="s">
-        <v>2372</v>
+        <v>2377</v>
       </c>
       <c r="C12" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="D12" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E12" t="s">
-        <v>2465</v>
+        <v>2466</v>
       </c>
       <c r="F12" t="s">
-        <v>2466</v>
+        <v>2467</v>
       </c>
       <c r="G12">
         <v>11</v>
       </c>
       <c r="H12" t="s">
-        <v>2467</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2468</v>
+        <v>2469</v>
       </c>
       <c r="B13" t="s">
-        <v>2372</v>
+        <v>2377</v>
       </c>
       <c r="C13" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E13" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="F13" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
       <c r="G13">
         <v>12</v>
       </c>
       <c r="H13" t="s">
-        <v>2470</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2471</v>
+        <v>2472</v>
       </c>
       <c r="B14" t="s">
-        <v>2372</v>
+        <v>2377</v>
       </c>
       <c r="C14" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E14" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="F14" t="s">
-        <v>2472</v>
+        <v>2473</v>
       </c>
       <c r="G14">
         <v>13</v>
       </c>
       <c r="H14" t="s">
-        <v>2381</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2473</v>
+        <v>2474</v>
       </c>
       <c r="B15" t="s">
-        <v>2372</v>
+        <v>2377</v>
       </c>
       <c r="C15" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E15" t="s">
-        <v>2474</v>
+        <v>2475</v>
       </c>
       <c r="F15" t="s">
-        <v>2475</v>
+        <v>2476</v>
       </c>
       <c r="G15">
         <v>14</v>
       </c>
       <c r="H15" t="s">
-        <v>421</v>
+        <v>445</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2476</v>
+        <v>2477</v>
       </c>
       <c r="B16" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="C16" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E16" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="F16" t="s">
-        <v>2429</v>
+        <v>2430</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
       <c r="H16" t="s">
-        <v>2430</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2477</v>
+        <v>2478</v>
       </c>
       <c r="B17" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="C17" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E17" t="s">
-        <v>2432</v>
+        <v>2433</v>
       </c>
       <c r="F17" t="s">
-        <v>2433</v>
+        <v>2434</v>
       </c>
       <c r="G17">
         <v>2</v>
       </c>
       <c r="H17" t="s">
-        <v>2434</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2478</v>
+        <v>2479</v>
       </c>
       <c r="B18" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="C18" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E18" t="s">
-        <v>2479</v>
+        <v>2480</v>
       </c>
       <c r="F18" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="G18">
         <v>3</v>
       </c>
       <c r="H18" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2480</v>
+        <v>2481</v>
       </c>
       <c r="B19" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="C19" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="D19" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E19" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="F19" t="s">
-        <v>2441</v>
+        <v>2442</v>
       </c>
       <c r="G19">
         <v>4</v>
       </c>
       <c r="H19" t="s">
-        <v>2442</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2481</v>
+        <v>2482</v>
       </c>
       <c r="B20" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="C20" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="D20" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E20" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
       <c r="F20" t="s">
-        <v>2445</v>
+        <v>2446</v>
       </c>
       <c r="G20">
         <v>5</v>
       </c>
       <c r="H20" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2482</v>
+        <v>2483</v>
       </c>
       <c r="B21" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="C21" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="D21" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E21" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="F21" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
       <c r="G21">
         <v>6</v>
       </c>
       <c r="H21" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2483</v>
+        <v>2484</v>
       </c>
       <c r="B22" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="C22" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="D22" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E22" t="s">
-        <v>2450</v>
+        <v>2451</v>
       </c>
       <c r="F22" t="s">
-        <v>2451</v>
+        <v>2452</v>
       </c>
       <c r="G22">
         <v>7</v>
       </c>
       <c r="H22" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2484</v>
+        <v>2485</v>
       </c>
       <c r="B23" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="C23" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="D23" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E23" t="s">
-        <v>2485</v>
+        <v>2486</v>
       </c>
       <c r="F23" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="G23">
         <v>8</v>
       </c>
       <c r="H23" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2486</v>
+        <v>2487</v>
       </c>
       <c r="B24" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="C24" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="D24" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E24" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="F24" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
       <c r="G24">
         <v>9</v>
       </c>
       <c r="H24" t="s">
-        <v>2459</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2487</v>
+        <v>2488</v>
       </c>
       <c r="B25" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="C25" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="D25" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E25" t="s">
-        <v>2461</v>
+        <v>2462</v>
       </c>
       <c r="F25" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
       <c r="G25">
         <v>10</v>
       </c>
       <c r="H25" t="s">
-        <v>2463</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2488</v>
+        <v>2489</v>
       </c>
       <c r="B26" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="C26" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="D26" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E26" t="s">
-        <v>2489</v>
+        <v>2490</v>
       </c>
       <c r="F26" t="s">
-        <v>2466</v>
+        <v>2467</v>
       </c>
       <c r="G26">
         <v>11</v>
       </c>
       <c r="H26" t="s">
-        <v>2490</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="B27" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="C27" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="D27" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E27" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="F27" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
       <c r="G27">
         <v>12</v>
       </c>
       <c r="H27" t="s">
-        <v>2470</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2492</v>
+        <v>2493</v>
       </c>
       <c r="B28" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="C28" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="D28" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E28" t="s">
-        <v>2493</v>
+        <v>2494</v>
       </c>
       <c r="F28" t="s">
-        <v>2472</v>
+        <v>2473</v>
       </c>
       <c r="G28">
         <v>13</v>
       </c>
       <c r="H28" t="s">
-        <v>2494</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2495</v>
+        <v>2496</v>
       </c>
       <c r="B29" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="C29" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="D29" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E29" t="s">
-        <v>2474</v>
+        <v>2475</v>
       </c>
       <c r="F29" t="s">
-        <v>2475</v>
+        <v>2476</v>
       </c>
       <c r="G29">
         <v>14</v>
       </c>
       <c r="H29" t="s">
-        <v>421</v>
+        <v>445</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2496</v>
+        <v>2497</v>
       </c>
       <c r="B30" t="s">
-        <v>2384</v>
+        <v>2400</v>
       </c>
       <c r="C30" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="D30" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
       <c r="E30" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="F30" t="s">
-        <v>2429</v>
+        <v>2430</v>
       </c>
       <c r="G30">
         <v>1</v>
       </c>
       <c r="H30" t="s">
-        <v>2430</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2497</v>
+        <v>2498</v>
       </c>
       <c r="B31" t="s">
-        <v>2384</v>
+        <v>2400</v>
       </c>
       <c r="C31" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="D31" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
       <c r="E31" t="s">
-        <v>2432</v>
+        <v>2499</v>
       </c>
       <c r="F31" t="s">
-        <v>2433</v>
+        <v>2434</v>
       </c>
       <c r="G31">
         <v>2</v>
       </c>
       <c r="H31" t="s">
-        <v>2434</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="B32" t="s">
-        <v>2384</v>
+        <v>2400</v>
       </c>
       <c r="C32" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="D32" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
       <c r="E32" t="s">
-        <v>2479</v>
+        <v>2437</v>
       </c>
       <c r="F32" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="G32">
         <v>3</v>
       </c>
       <c r="H32" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2499</v>
+        <v>2502</v>
       </c>
       <c r="B33" t="s">
-        <v>2384</v>
+        <v>2400</v>
       </c>
       <c r="C33" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="D33" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
       <c r="E33" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="F33" t="s">
-        <v>2441</v>
+        <v>2442</v>
       </c>
       <c r="G33">
         <v>4</v>
       </c>
       <c r="H33" t="s">
-        <v>2442</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2500</v>
+        <v>2503</v>
       </c>
       <c r="B34" t="s">
-        <v>2384</v>
+        <v>2400</v>
       </c>
       <c r="C34" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="D34" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
       <c r="E34" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
       <c r="F34" t="s">
-        <v>2445</v>
+        <v>2446</v>
       </c>
       <c r="G34">
         <v>5</v>
       </c>
       <c r="H34" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2501</v>
+        <v>2504</v>
       </c>
       <c r="B35" t="s">
-        <v>2384</v>
+        <v>2400</v>
       </c>
       <c r="C35" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="D35" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
       <c r="E35" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="F35" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
       <c r="G35">
         <v>6</v>
       </c>
       <c r="H35" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2502</v>
+        <v>2505</v>
       </c>
       <c r="B36" t="s">
-        <v>2384</v>
+        <v>2400</v>
       </c>
       <c r="C36" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="D36" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
       <c r="E36" t="s">
-        <v>2450</v>
+        <v>2506</v>
       </c>
       <c r="F36" t="s">
-        <v>2451</v>
+        <v>2452</v>
       </c>
       <c r="G36">
         <v>7</v>
       </c>
       <c r="H36" t="s">
-        <v>2452</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2503</v>
+        <v>2507</v>
       </c>
       <c r="B37" t="s">
-        <v>2384</v>
+        <v>2400</v>
       </c>
       <c r="C37" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="D37" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
       <c r="E37" t="s">
-        <v>2485</v>
+        <v>2455</v>
       </c>
       <c r="F37" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="G37">
         <v>8</v>
       </c>
       <c r="H37" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2504</v>
+        <v>2508</v>
       </c>
       <c r="B38" t="s">
-        <v>2384</v>
+        <v>2400</v>
       </c>
       <c r="C38" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="D38" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
       <c r="E38" t="s">
-        <v>2436</v>
+        <v>2509</v>
       </c>
       <c r="F38" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
       <c r="G38">
         <v>9</v>
       </c>
       <c r="H38" t="s">
-        <v>2459</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2505</v>
+        <v>2511</v>
       </c>
       <c r="B39" t="s">
-        <v>2384</v>
+        <v>2400</v>
       </c>
       <c r="C39" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="D39" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
       <c r="E39" t="s">
-        <v>2506</v>
+        <v>2462</v>
       </c>
       <c r="F39" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
       <c r="G39">
         <v>10</v>
       </c>
       <c r="H39" t="s">
-        <v>2507</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2508</v>
+        <v>2513</v>
       </c>
       <c r="B40" t="s">
-        <v>2384</v>
+        <v>2400</v>
       </c>
       <c r="C40" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="D40" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
       <c r="E40" t="s">
-        <v>2509</v>
+        <v>2514</v>
       </c>
       <c r="F40" t="s">
-        <v>2466</v>
+        <v>2467</v>
       </c>
       <c r="G40">
         <v>11</v>
       </c>
       <c r="H40" t="s">
-        <v>2510</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2511</v>
+        <v>2516</v>
       </c>
       <c r="B41" t="s">
-        <v>2384</v>
+        <v>2400</v>
       </c>
       <c r="C41" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="D41" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
       <c r="E41" t="s">
-        <v>2436</v>
+        <v>2517</v>
       </c>
       <c r="F41" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
       <c r="G41">
         <v>12</v>
       </c>
       <c r="H41" t="s">
-        <v>2470</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2512</v>
+        <v>2519</v>
       </c>
       <c r="B42" t="s">
-        <v>2384</v>
+        <v>2400</v>
       </c>
       <c r="C42" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="D42" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
       <c r="E42" t="s">
-        <v>2493</v>
+        <v>2437</v>
       </c>
       <c r="F42" t="s">
-        <v>2472</v>
+        <v>2473</v>
       </c>
       <c r="G42">
         <v>13</v>
       </c>
       <c r="H42" t="s">
-        <v>2494</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2513</v>
+        <v>2520</v>
       </c>
       <c r="B43" t="s">
-        <v>2384</v>
+        <v>2400</v>
       </c>
       <c r="C43" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="D43" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
       <c r="E43" t="s">
-        <v>2474</v>
+        <v>2475</v>
       </c>
       <c r="F43" t="s">
-        <v>2475</v>
+        <v>2476</v>
       </c>
       <c r="G43">
         <v>14</v>
       </c>
       <c r="H43" t="s">
-        <v>421</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2514</v>
+        <v>2522</v>
       </c>
       <c r="B44" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="C44" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="D44" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="E44" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="F44" t="s">
-        <v>2429</v>
+        <v>2430</v>
       </c>
       <c r="G44">
         <v>1</v>
       </c>
       <c r="H44" t="s">
-        <v>2430</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2515</v>
+        <v>2523</v>
       </c>
       <c r="B45" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="C45" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="D45" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="E45" t="s">
-        <v>2516</v>
+        <v>2499</v>
       </c>
       <c r="F45" t="s">
-        <v>2433</v>
+        <v>2434</v>
       </c>
       <c r="G45">
         <v>2</v>
       </c>
       <c r="H45" t="s">
-        <v>2517</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2518</v>
+        <v>2524</v>
       </c>
       <c r="B46" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="C46" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="D46" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="E46" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="F46" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="G46">
         <v>3</v>
       </c>
       <c r="H46" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2519</v>
+        <v>2525</v>
       </c>
       <c r="B47" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="C47" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="D47" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="E47" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="F47" t="s">
-        <v>2441</v>
+        <v>2442</v>
       </c>
       <c r="G47">
         <v>4</v>
       </c>
       <c r="H47" t="s">
-        <v>2442</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2520</v>
+        <v>2526</v>
       </c>
       <c r="B48" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="C48" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="D48" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="E48" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
       <c r="F48" t="s">
-        <v>2445</v>
+        <v>2446</v>
       </c>
       <c r="G48">
         <v>5</v>
       </c>
       <c r="H48" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2521</v>
+        <v>2527</v>
       </c>
       <c r="B49" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="C49" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="D49" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="E49" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="F49" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
       <c r="G49">
         <v>6</v>
       </c>
       <c r="H49" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2522</v>
+        <v>2528</v>
       </c>
       <c r="B50" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="C50" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="D50" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="E50" t="s">
-        <v>2523</v>
+        <v>2506</v>
       </c>
       <c r="F50" t="s">
-        <v>2451</v>
+        <v>2452</v>
       </c>
       <c r="G50">
         <v>7</v>
       </c>
       <c r="H50" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>2524</v>
+        <v>2529</v>
       </c>
       <c r="B51" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="C51" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="D51" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="E51" t="s">
-        <v>2454</v>
+        <v>2455</v>
       </c>
       <c r="F51" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="G51">
         <v>8</v>
       </c>
       <c r="H51" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>2525</v>
+        <v>2530</v>
       </c>
       <c r="B52" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="C52" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="D52" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="E52" t="s">
-        <v>2526</v>
+        <v>2509</v>
       </c>
       <c r="F52" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
       <c r="G52">
         <v>9</v>
       </c>
       <c r="H52" t="s">
-        <v>2527</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>2528</v>
+        <v>2531</v>
       </c>
       <c r="B53" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="C53" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="D53" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="E53" t="s">
-        <v>2506</v>
+        <v>2532</v>
       </c>
       <c r="F53" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
       <c r="G53">
         <v>10</v>
       </c>
       <c r="H53" t="s">
-        <v>2529</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>2530</v>
+        <v>2534</v>
       </c>
       <c r="B54" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="C54" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="D54" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="E54" t="s">
-        <v>2531</v>
+        <v>2535</v>
       </c>
       <c r="F54" t="s">
-        <v>2466</v>
+        <v>2467</v>
       </c>
       <c r="G54">
         <v>11</v>
       </c>
       <c r="H54" t="s">
-        <v>2532</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>2533</v>
+        <v>2537</v>
       </c>
       <c r="B55" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="C55" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="D55" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="E55" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="F55" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
       <c r="G55">
         <v>12</v>
       </c>
       <c r="H55" t="s">
-        <v>2470</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>2534</v>
+        <v>2538</v>
       </c>
       <c r="B56" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="C56" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="D56" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="E56" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="F56" t="s">
-        <v>2472</v>
+        <v>2473</v>
       </c>
       <c r="G56">
         <v>13</v>
       </c>
       <c r="H56" t="s">
-        <v>2409</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>2535</v>
+        <v>2539</v>
       </c>
       <c r="B57" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="C57" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="D57" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="E57" t="s">
-        <v>2474</v>
+        <v>2475</v>
       </c>
       <c r="F57" t="s">
-        <v>2475</v>
+        <v>2476</v>
       </c>
       <c r="G57">
         <v>14</v>
       </c>
       <c r="H57" t="s">
-        <v>2536</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>2537</v>
+        <v>2540</v>
       </c>
       <c r="B58" t="s">
-        <v>2407</v>
+        <v>2416</v>
       </c>
       <c r="C58" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="D58" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="E58" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="F58" t="s">
-        <v>2429</v>
+        <v>2430</v>
       </c>
       <c r="G58">
         <v>1</v>
       </c>
       <c r="H58" t="s">
-        <v>2430</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>2538</v>
+        <v>2541</v>
       </c>
       <c r="B59" t="s">
-        <v>2407</v>
+        <v>2416</v>
       </c>
       <c r="C59" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="D59" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="E59" t="s">
-        <v>2516</v>
+        <v>2433</v>
       </c>
       <c r="F59" t="s">
-        <v>2433</v>
+        <v>2434</v>
       </c>
       <c r="G59">
         <v>2</v>
       </c>
       <c r="H59" t="s">
-        <v>2517</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>2539</v>
+        <v>2542</v>
       </c>
       <c r="B60" t="s">
-        <v>2407</v>
+        <v>2416</v>
       </c>
       <c r="C60" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="D60" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="E60" t="s">
-        <v>2436</v>
+        <v>2480</v>
       </c>
       <c r="F60" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="G60">
         <v>3</v>
       </c>
       <c r="H60" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>2540</v>
+        <v>2543</v>
       </c>
       <c r="B61" t="s">
-        <v>2407</v>
+        <v>2416</v>
       </c>
       <c r="C61" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="D61" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="E61" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="F61" t="s">
-        <v>2441</v>
+        <v>2442</v>
       </c>
       <c r="G61">
         <v>4</v>
       </c>
       <c r="H61" t="s">
-        <v>2442</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>2541</v>
+        <v>2544</v>
       </c>
       <c r="B62" t="s">
-        <v>2407</v>
+        <v>2416</v>
       </c>
       <c r="C62" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="D62" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="E62" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
       <c r="F62" t="s">
-        <v>2445</v>
+        <v>2446</v>
       </c>
       <c r="G62">
         <v>5</v>
       </c>
       <c r="H62" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>2542</v>
+        <v>2545</v>
       </c>
       <c r="B63" t="s">
-        <v>2407</v>
+        <v>2416</v>
       </c>
       <c r="C63" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="D63" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="E63" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="F63" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
       <c r="G63">
         <v>6</v>
       </c>
       <c r="H63" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>2543</v>
+        <v>2546</v>
       </c>
       <c r="B64" t="s">
-        <v>2407</v>
+        <v>2416</v>
       </c>
       <c r="C64" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="D64" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="E64" t="s">
-        <v>2523</v>
+        <v>2451</v>
       </c>
       <c r="F64" t="s">
-        <v>2451</v>
+        <v>2452</v>
       </c>
       <c r="G64">
         <v>7</v>
       </c>
       <c r="H64" t="s">
-        <v>2446</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>2544</v>
+        <v>2547</v>
       </c>
       <c r="B65" t="s">
-        <v>2407</v>
+        <v>2416</v>
       </c>
       <c r="C65" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="D65" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="E65" t="s">
-        <v>2454</v>
+        <v>2486</v>
       </c>
       <c r="F65" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="G65">
         <v>8</v>
       </c>
       <c r="H65" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>2545</v>
+        <v>2548</v>
       </c>
       <c r="B66" t="s">
-        <v>2407</v>
+        <v>2416</v>
       </c>
       <c r="C66" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="D66" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="E66" t="s">
-        <v>2526</v>
+        <v>2437</v>
       </c>
       <c r="F66" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
       <c r="G66">
         <v>9</v>
       </c>
       <c r="H66" t="s">
-        <v>2527</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>2546</v>
+        <v>2549</v>
       </c>
       <c r="B67" t="s">
-        <v>2407</v>
+        <v>2416</v>
       </c>
       <c r="C67" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="D67" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="E67" t="s">
-        <v>2461</v>
+        <v>2532</v>
       </c>
       <c r="F67" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
       <c r="G67">
         <v>10</v>
       </c>
       <c r="H67" t="s">
-        <v>2547</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="B68" t="s">
-        <v>2407</v>
+        <v>2416</v>
       </c>
       <c r="C68" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="D68" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="E68" t="s">
-        <v>2549</v>
+        <v>2552</v>
       </c>
       <c r="F68" t="s">
-        <v>2466</v>
+        <v>2467</v>
       </c>
       <c r="G68">
         <v>11</v>
       </c>
       <c r="H68" t="s">
-        <v>2550</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>2551</v>
+        <v>2554</v>
       </c>
       <c r="B69" t="s">
-        <v>2407</v>
+        <v>2416</v>
       </c>
       <c r="C69" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="D69" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="E69" t="s">
-        <v>2552</v>
+        <v>2437</v>
       </c>
       <c r="F69" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
       <c r="G69">
         <v>12</v>
       </c>
       <c r="H69" t="s">
-        <v>2553</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>2554</v>
+        <v>2555</v>
       </c>
       <c r="B70" t="s">
-        <v>2407</v>
+        <v>2416</v>
       </c>
       <c r="C70" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="D70" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="E70" t="s">
-        <v>2436</v>
+        <v>2494</v>
       </c>
       <c r="F70" t="s">
-        <v>2472</v>
+        <v>2473</v>
       </c>
       <c r="G70">
         <v>13</v>
       </c>
       <c r="H70" t="s">
-        <v>2409</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>2555</v>
+        <v>2556</v>
       </c>
       <c r="B71" t="s">
-        <v>2407</v>
+        <v>2416</v>
       </c>
       <c r="C71" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="D71" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="E71" t="s">
-        <v>2474</v>
+        <v>2475</v>
       </c>
       <c r="F71" t="s">
-        <v>2475</v>
+        <v>2476</v>
       </c>
       <c r="G71">
         <v>14</v>
       </c>
       <c r="H71" t="s">
-        <v>2536</v>
+        <v>445</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>254</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>253</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>649</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>650</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2556</v>
+        <v>2557</v>
       </c>
       <c r="B2" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="C2" t="s">
-        <v>2557</v>
+        <v>2558</v>
       </c>
       <c r="D2" t="s">
-        <v>2558</v>
+        <v>80</v>
       </c>
       <c r="E2" t="s">
-        <v>2180</v>
+        <v>80</v>
       </c>
       <c r="F2" t="s">
         <v>2559</v>
       </c>
       <c r="G2" t="s">
         <v>2560</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>2561</v>
       </c>
       <c r="B3" t="s">
-        <v>91</v>
+        <v>171</v>
       </c>
       <c r="C3" t="s">
         <v>2562</v>
       </c>
       <c r="D3" t="s">
-        <v>2558</v>
+        <v>2563</v>
       </c>
       <c r="E3" t="s">
-        <v>2187</v>
+        <v>176</v>
       </c>
       <c r="F3" t="s">
-        <v>2563</v>
+        <v>2564</v>
       </c>
       <c r="G3" t="s">
-        <v>2564</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2565</v>
+        <v>2566</v>
       </c>
       <c r="B4" t="s">
-        <v>112</v>
+        <v>223</v>
       </c>
       <c r="C4" t="s">
-        <v>2566</v>
+        <v>2567</v>
       </c>
       <c r="D4" t="s">
-        <v>117</v>
+        <v>2568</v>
       </c>
       <c r="E4" t="s">
-        <v>117</v>
+        <v>2290</v>
       </c>
       <c r="F4" t="s">
-        <v>2567</v>
+        <v>2569</v>
       </c>
       <c r="G4" t="s">
-        <v>2568</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2569</v>
+        <v>2571</v>
       </c>
       <c r="B5" t="s">
-        <v>204</v>
+        <v>223</v>
       </c>
       <c r="C5" t="s">
-        <v>2570</v>
+        <v>2572</v>
       </c>
       <c r="D5" t="s">
-        <v>2571</v>
+        <v>2568</v>
       </c>
       <c r="E5" t="s">
-        <v>209</v>
+        <v>2295</v>
       </c>
       <c r="F5" t="s">
-        <v>2572</v>
+        <v>2573</v>
       </c>
       <c r="G5" t="s">
-        <v>2573</v>
+        <v>2574</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>2574</v>
+        <v>2575</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="F1" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="F1" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G1" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="I1" s="1" t="s">
         <v>697</v>
-      </c>
-[...4 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="B2" t="s">
-        <v>2556</v>
+        <v>2557</v>
       </c>
       <c r="C2" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="D2">
-        <v>21200030</v>
-[...14 lines deleted...]
-        <v>2576</v>
+        <v>3510</v>
+      </c>
+      <c r="E2">
+        <v>1</v>
+      </c>
+      <c r="F2" t="s">
+        <v>2577</v>
+      </c>
+      <c r="G2">
+        <v>3510</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2577</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2577</v>
+        <v>2578</v>
       </c>
       <c r="B3" t="s">
         <v>2561</v>
       </c>
       <c r="C3" t="s">
-        <v>91</v>
+        <v>171</v>
       </c>
       <c r="D3">
-        <v>21200030</v>
-[...4 lines deleted...]
-      <c r="F3">
+        <v>56400001</v>
+      </c>
+      <c r="E3">
         <v>2</v>
       </c>
-      <c r="G3" t="s">
-[...3 lines deleted...]
-        <v>21200030</v>
+      <c r="G3">
+        <v>56400001</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2579</v>
       </c>
       <c r="I3" t="s">
-        <v>2576</v>
+        <v>833</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2578</v>
+        <v>2580</v>
       </c>
       <c r="B4" t="s">
-        <v>2565</v>
+        <v>2566</v>
       </c>
       <c r="C4" t="s">
-        <v>112</v>
+        <v>223</v>
       </c>
       <c r="D4">
-        <v>3510</v>
-[...8 lines deleted...]
-        <v>3510</v>
+        <v>21200030</v>
+      </c>
+      <c r="E4">
+        <v>2</v>
+      </c>
+      <c r="F4" t="s">
+        <v>2581</v>
+      </c>
+      <c r="G4">
+        <v>21200030</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2581</v>
       </c>
       <c r="I4" t="s">
-        <v>2579</v>
+        <v>833</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2580</v>
+        <v>2582</v>
       </c>
       <c r="B5" t="s">
-        <v>2569</v>
+        <v>2571</v>
       </c>
       <c r="C5" t="s">
-        <v>204</v>
+        <v>223</v>
       </c>
       <c r="D5">
-        <v>56400001</v>
-[...1 lines deleted...]
-      <c r="F5">
+        <v>21200030</v>
+      </c>
+      <c r="E5">
         <v>2</v>
       </c>
-      <c r="G5" t="s">
-[...3 lines deleted...]
-        <v>56400001</v>
+      <c r="F5" t="s">
+        <v>2581</v>
+      </c>
+      <c r="G5">
+        <v>21200030</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2581</v>
       </c>
       <c r="I5" t="s">
-        <v>2581</v>
+        <v>833</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -17469,1544 +17472,1544 @@
       </c>
       <c r="I1" s="1" t="s">
         <v>257</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>259</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>260</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>262</v>
       </c>
       <c r="B2" t="s">
         <v>39</v>
       </c>
       <c r="C2" t="s">
-        <v>48</v>
+        <v>263</v>
       </c>
       <c r="D2" t="s">
-        <v>62</v>
+        <v>264</v>
       </c>
       <c r="E2" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="F2" t="s">
-        <v>49</v>
+        <v>266</v>
       </c>
       <c r="G2" t="s">
+        <v>267</v>
+      </c>
+      <c r="H2" t="s">
+        <v>54</v>
+      </c>
+      <c r="I2">
+        <v>16820</v>
+      </c>
+      <c r="J2" t="s">
+        <v>58</v>
+      </c>
+      <c r="K2">
+        <v>14500</v>
+      </c>
+      <c r="L2" t="s">
+        <v>268</v>
+      </c>
+      <c r="M2" t="s">
         <v>264</v>
-      </c>
-[...16 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="B3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C3" t="s">
         <v>65</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>266</v>
+        <v>70</v>
       </c>
       <c r="E3" t="s">
+        <v>270</v>
+      </c>
+      <c r="F3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G3" t="s">
         <v>267</v>
       </c>
-      <c r="F3" t="s">
+      <c r="H3" t="s">
+        <v>66</v>
+      </c>
+      <c r="I3">
+        <v>671484</v>
+      </c>
+      <c r="J3" t="s">
+        <v>58</v>
+      </c>
+      <c r="K3">
+        <v>669900</v>
+      </c>
+      <c r="L3" t="s">
         <v>70</v>
       </c>
-      <c r="G3" t="s">
-[...2 lines deleted...]
-      <c r="H3" t="s">
+      <c r="M3" t="s">
         <v>70</v>
-      </c>
-[...13 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B4" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C4" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="D4" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E4" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F4" t="s">
-        <v>273</v>
+        <v>83</v>
       </c>
       <c r="G4" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="H4" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="I4">
-        <v>61755</v>
+        <v>108344</v>
       </c>
       <c r="J4" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K4">
-        <v>53237</v>
+        <v>93400</v>
       </c>
       <c r="L4" t="s">
         <v>274</v>
       </c>
       <c r="M4" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>275</v>
+      </c>
+      <c r="B5" t="s">
+        <v>94</v>
+      </c>
+      <c r="C5" t="s">
+        <v>98</v>
+      </c>
+      <c r="D5" t="s">
         <v>276</v>
       </c>
-      <c r="B5" t="s">
-[...5 lines deleted...]
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="F5" t="s">
         <v>278</v>
       </c>
       <c r="G5" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="H5" t="s">
+        <v>100</v>
+      </c>
+      <c r="I5">
+        <v>12600</v>
+      </c>
+      <c r="J5" t="s">
+        <v>58</v>
+      </c>
+      <c r="K5">
+        <v>12600</v>
+      </c>
+      <c r="L5" t="s">
         <v>279</v>
       </c>
-      <c r="I5">
-[...10 lines deleted...]
-      </c>
       <c r="M5" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>280</v>
+      </c>
+      <c r="B6" t="s">
+        <v>106</v>
+      </c>
+      <c r="C6" t="s">
         <v>281</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>282</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>283</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
         <v>284</v>
       </c>
-      <c r="F6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G6" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="H6" t="s">
-        <v>109</v>
+        <v>285</v>
       </c>
       <c r="I6">
-        <v>10200</v>
+        <v>24549.84</v>
       </c>
       <c r="J6" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K6">
-        <v>8793.1</v>
+        <v>24474</v>
+      </c>
+      <c r="L6" t="s">
+        <v>286</v>
+      </c>
+      <c r="M6" t="s">
+        <v>282</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B7" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C7" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="D7" t="s">
+        <v>288</v>
+      </c>
+      <c r="E7" t="s">
+        <v>289</v>
+      </c>
+      <c r="F7" t="s">
+        <v>121</v>
+      </c>
+      <c r="G7" t="s">
+        <v>267</v>
+      </c>
+      <c r="H7" t="s">
+        <v>66</v>
+      </c>
+      <c r="I7">
+        <v>300133</v>
+      </c>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7">
+        <v>295000</v>
+      </c>
+      <c r="L7" t="s">
         <v>286</v>
       </c>
-      <c r="E7" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M7" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B8" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C8" t="s">
+        <v>131</v>
+      </c>
+      <c r="D8" t="s">
+        <v>292</v>
+      </c>
+      <c r="E8" t="s">
+        <v>293</v>
+      </c>
+      <c r="F8" t="s">
         <v>133</v>
       </c>
-      <c r="D8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G8" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="H8" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="I8">
-        <v>12600</v>
+        <v>18270</v>
       </c>
       <c r="J8" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K8">
-        <v>12600</v>
+        <v>15750</v>
       </c>
       <c r="L8" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="M8" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B9" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C9" t="s">
-        <v>295</v>
+        <v>142</v>
       </c>
       <c r="D9" t="s">
-        <v>296</v>
+        <v>268</v>
       </c>
       <c r="E9" t="s">
         <v>297</v>
       </c>
       <c r="F9" t="s">
+        <v>143</v>
+      </c>
+      <c r="G9" t="s">
+        <v>267</v>
+      </c>
+      <c r="H9" t="s">
+        <v>143</v>
+      </c>
+      <c r="I9">
+        <v>117740</v>
+      </c>
+      <c r="J9" t="s">
+        <v>58</v>
+      </c>
+      <c r="K9">
+        <v>101500</v>
+      </c>
+      <c r="L9" t="s">
         <v>298</v>
       </c>
-      <c r="G9" t="s">
-[...2 lines deleted...]
-      <c r="H9" t="s">
+      <c r="M9" t="s">
         <v>299</v>
-      </c>
-[...13 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="B10" t="s">
         <v>151</v>
       </c>
       <c r="C10" t="s">
         <v>155</v>
       </c>
       <c r="D10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E10" t="s">
+        <v>301</v>
+      </c>
+      <c r="F10" t="s">
         <v>302</v>
       </c>
-      <c r="E10" t="s">
+      <c r="G10" t="s">
+        <v>267</v>
+      </c>
+      <c r="H10" t="s">
+        <v>302</v>
+      </c>
+      <c r="I10">
+        <v>563166.21</v>
+      </c>
+      <c r="J10" t="s">
+        <v>58</v>
+      </c>
+      <c r="K10">
+        <v>485488.11</v>
+      </c>
+      <c r="L10" t="s">
         <v>303</v>
       </c>
-      <c r="F10" t="s">
-[...17 lines deleted...]
-      <c r="L10" t="s">
+      <c r="M10" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>305</v>
+      </c>
+      <c r="B11" t="s">
+        <v>161</v>
+      </c>
+      <c r="C11" t="s">
+        <v>165</v>
+      </c>
+      <c r="D11" t="s">
+        <v>304</v>
+      </c>
+      <c r="E11" t="s">
         <v>306</v>
       </c>
-      <c r="B11" t="s">
-[...8 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11" t="s">
         <v>307</v>
       </c>
-      <c r="F11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="H11" t="s">
-        <v>49</v>
+        <v>308</v>
       </c>
       <c r="I11">
-        <v>300133</v>
+        <v>96910</v>
       </c>
       <c r="J11" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K11">
-        <v>295000</v>
+        <v>96910</v>
       </c>
       <c r="L11" t="s">
-        <v>300</v>
+        <v>286</v>
       </c>
       <c r="M11" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>309</v>
       </c>
       <c r="B12" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C12" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="D12" t="s">
-        <v>63</v>
+        <v>310</v>
       </c>
       <c r="E12" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F12" t="s">
-        <v>311</v>
+        <v>176</v>
       </c>
       <c r="G12" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="H12" t="s">
-        <v>311</v>
+        <v>176</v>
       </c>
       <c r="I12">
-        <v>563166.21</v>
+        <v>15641.44</v>
       </c>
       <c r="J12" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K12">
-        <v>485488.11</v>
+        <v>13484</v>
       </c>
       <c r="L12" t="s">
         <v>312</v>
       </c>
       <c r="M12" t="s">
-        <v>271</v>
+        <v>313</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B13" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C13" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="D13" t="s">
-        <v>271</v>
+        <v>315</v>
       </c>
       <c r="E13" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F13" t="s">
+        <v>316</v>
+      </c>
+      <c r="G13" t="s">
+        <v>267</v>
+      </c>
+      <c r="H13" t="s">
+        <v>317</v>
+      </c>
+      <c r="I13">
+        <v>39116.2</v>
+      </c>
+      <c r="J13" t="s">
+        <v>58</v>
+      </c>
+      <c r="K13">
+        <v>33720.86</v>
+      </c>
+      <c r="L13" t="s">
+        <v>318</v>
+      </c>
+      <c r="M13" t="s">
         <v>315</v>
-      </c>
-[...19 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B14" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C14" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="D14" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="E14" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="F14" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="G14" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="H14" t="s">
+        <v>322</v>
+      </c>
+      <c r="I14">
+        <v>33640</v>
+      </c>
+      <c r="J14" t="s">
+        <v>58</v>
+      </c>
+      <c r="K14">
+        <v>29000</v>
+      </c>
+      <c r="L14" t="s">
+        <v>323</v>
+      </c>
+      <c r="M14" t="s">
         <v>320</v>
-      </c>
-[...13 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B15" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C15" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="D15" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="E15" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="F15" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="G15" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="H15" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="I15">
-        <v>15641.44</v>
+        <v>20000</v>
       </c>
       <c r="J15" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K15">
-        <v>13484</v>
+        <v>17241.38</v>
       </c>
       <c r="L15" t="s">
+        <v>327</v>
+      </c>
+      <c r="M15" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B16" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C16" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="D16" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E16" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F16" t="s">
-        <v>219</v>
+        <v>330</v>
       </c>
       <c r="G16" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="H16" t="s">
-        <v>219</v>
+        <v>331</v>
       </c>
       <c r="I16">
-        <v>20000</v>
+        <v>10740.15</v>
       </c>
       <c r="J16" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K16">
-        <v>17241.38</v>
+        <v>9258.75</v>
       </c>
       <c r="L16" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="M16" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="B17" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C17" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D17" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="E17" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="F17" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="G17" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="H17" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="I17">
-        <v>33640</v>
+        <v>26976.76</v>
       </c>
       <c r="J17" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K17">
-        <v>29000</v>
+        <v>23255.83</v>
       </c>
       <c r="L17" t="s">
+        <v>338</v>
+      </c>
+      <c r="M17" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="B18" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C18" t="s">
-        <v>236</v>
+        <v>340</v>
       </c>
       <c r="D18" t="s">
-        <v>337</v>
+        <v>288</v>
       </c>
       <c r="E18" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="F18" t="s">
-        <v>338</v>
+        <v>239</v>
       </c>
       <c r="G18" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="H18" t="s">
-        <v>339</v>
+        <v>239</v>
       </c>
       <c r="I18">
-        <v>10740.15</v>
+        <v>10200</v>
       </c>
       <c r="J18" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K18">
-        <v>9258.75</v>
-[...5 lines deleted...]
-        <v>341</v>
+        <v>8793.1</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>342</v>
       </c>
       <c r="B19" t="s">
         <v>242</v>
       </c>
       <c r="C19" t="s">
+        <v>246</v>
+      </c>
+      <c r="D19" t="s">
+        <v>304</v>
+      </c>
+      <c r="E19" t="s">
         <v>343</v>
       </c>
-      <c r="D19" t="s">
+      <c r="F19" t="s">
         <v>344</v>
       </c>
-      <c r="E19" t="s">
+      <c r="G19" t="s">
+        <v>267</v>
+      </c>
+      <c r="H19" t="s">
+        <v>168</v>
+      </c>
+      <c r="I19">
+        <v>61755</v>
+      </c>
+      <c r="J19" t="s">
+        <v>58</v>
+      </c>
+      <c r="K19">
+        <v>53237</v>
+      </c>
+      <c r="L19" t="s">
         <v>345</v>
       </c>
-      <c r="F19" t="s">
+      <c r="M19" t="s">
         <v>346</v>
-      </c>
-[...19 lines deleted...]
-        <v>344</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>2574</v>
+        <v>2575</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>254</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>257</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>649</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>650</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2584</v>
+        <v>2585</v>
       </c>
       <c r="B2" t="s">
-        <v>2556</v>
+        <v>2557</v>
       </c>
       <c r="C2" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="D2" t="s">
-        <v>2585</v>
+        <v>2586</v>
       </c>
       <c r="E2" t="s">
-        <v>2586</v>
+        <v>2587</v>
       </c>
       <c r="F2" t="s">
-        <v>2181</v>
+        <v>80</v>
       </c>
       <c r="G2">
-        <v>13638.38</v>
+        <v>145070.95</v>
       </c>
       <c r="H2" t="s">
-        <v>277</v>
+        <v>2588</v>
       </c>
       <c r="I2" t="s">
-        <v>2587</v>
+        <v>2589</v>
       </c>
       <c r="J2" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="K2" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2588</v>
+        <v>2590</v>
       </c>
       <c r="B3" t="s">
-        <v>2561</v>
+        <v>2557</v>
       </c>
       <c r="C3" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="D3" t="s">
-        <v>2589</v>
+        <v>2591</v>
       </c>
       <c r="E3" t="s">
-        <v>691</v>
+        <v>2592</v>
       </c>
       <c r="F3" t="s">
-        <v>2181</v>
+        <v>80</v>
       </c>
       <c r="G3">
-        <v>13338.38</v>
+        <v>157296</v>
       </c>
       <c r="H3" t="s">
-        <v>335</v>
+        <v>2593</v>
       </c>
       <c r="I3" t="s">
-        <v>335</v>
+        <v>2594</v>
       </c>
       <c r="J3" t="s">
-        <v>359</v>
+        <v>481</v>
       </c>
       <c r="K3" t="s">
-        <v>360</v>
+        <v>482</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2590</v>
+        <v>2595</v>
       </c>
       <c r="B4" t="s">
-        <v>2565</v>
+        <v>2561</v>
       </c>
       <c r="C4" t="s">
-        <v>112</v>
+        <v>171</v>
       </c>
       <c r="D4" t="s">
-        <v>2591</v>
+        <v>2596</v>
       </c>
       <c r="E4" t="s">
-        <v>2592</v>
+        <v>2597</v>
       </c>
       <c r="F4" t="s">
-        <v>117</v>
+        <v>2598</v>
       </c>
       <c r="G4">
-        <v>145070.95</v>
+        <v>19000.66</v>
       </c>
       <c r="H4" t="s">
-        <v>2593</v>
+        <v>2599</v>
       </c>
       <c r="I4" t="s">
-        <v>2594</v>
+        <v>2600</v>
       </c>
       <c r="J4" t="s">
-        <v>365</v>
+        <v>559</v>
       </c>
       <c r="K4" t="s">
-        <v>366</v>
+        <v>560</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2595</v>
+        <v>2601</v>
       </c>
       <c r="B5" t="s">
-        <v>2565</v>
+        <v>2561</v>
       </c>
       <c r="C5" t="s">
-        <v>112</v>
+        <v>171</v>
       </c>
       <c r="D5" t="s">
-        <v>2596</v>
+        <v>2602</v>
       </c>
       <c r="E5" t="s">
-        <v>2597</v>
+        <v>2603</v>
       </c>
       <c r="F5" t="s">
-        <v>117</v>
+        <v>2598</v>
       </c>
       <c r="G5">
-        <v>157296</v>
+        <v>15641.44</v>
       </c>
       <c r="H5" t="s">
-        <v>2598</v>
+        <v>2604</v>
       </c>
       <c r="I5" t="s">
-        <v>2599</v>
+        <v>2605</v>
       </c>
       <c r="J5" t="s">
-        <v>525</v>
+        <v>377</v>
       </c>
       <c r="K5" t="s">
-        <v>526</v>
+        <v>378</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2600</v>
+        <v>2606</v>
       </c>
       <c r="B6" t="s">
-        <v>2569</v>
+        <v>2561</v>
       </c>
       <c r="C6" t="s">
-        <v>204</v>
+        <v>171</v>
       </c>
       <c r="D6" t="s">
-        <v>2601</v>
+        <v>2607</v>
       </c>
       <c r="E6" t="s">
-        <v>2602</v>
+        <v>2608</v>
       </c>
       <c r="F6" t="s">
-        <v>2603</v>
+        <v>2598</v>
       </c>
       <c r="G6">
-        <v>19000.66</v>
+        <v>16398</v>
       </c>
       <c r="H6" t="s">
-        <v>2604</v>
+        <v>2609</v>
       </c>
       <c r="I6" t="s">
-        <v>2605</v>
+        <v>2610</v>
       </c>
       <c r="J6" t="s">
-        <v>604</v>
+        <v>569</v>
       </c>
       <c r="K6" t="s">
-        <v>605</v>
+        <v>570</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2606</v>
+        <v>2611</v>
       </c>
       <c r="B7" t="s">
-        <v>2569</v>
+        <v>2566</v>
       </c>
       <c r="C7" t="s">
-        <v>204</v>
+        <v>223</v>
       </c>
       <c r="D7" t="s">
-        <v>2607</v>
+        <v>2612</v>
       </c>
       <c r="E7" t="s">
-        <v>2608</v>
+        <v>2613</v>
       </c>
       <c r="F7" t="s">
-        <v>2603</v>
+        <v>2181</v>
       </c>
       <c r="G7">
-        <v>15641.44</v>
+        <v>13638.38</v>
       </c>
       <c r="H7" t="s">
-        <v>2609</v>
+        <v>335</v>
       </c>
       <c r="I7" t="s">
-        <v>2610</v>
+        <v>2614</v>
       </c>
       <c r="J7" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="K7" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2611</v>
+        <v>2615</v>
       </c>
       <c r="B8" t="s">
-        <v>2569</v>
+        <v>2571</v>
       </c>
       <c r="C8" t="s">
-        <v>204</v>
+        <v>223</v>
       </c>
       <c r="D8" t="s">
-        <v>2612</v>
+        <v>2616</v>
       </c>
       <c r="E8" t="s">
-        <v>2613</v>
+        <v>685</v>
       </c>
       <c r="F8" t="s">
-        <v>2603</v>
+        <v>2181</v>
       </c>
       <c r="G8">
-        <v>16398</v>
+        <v>13338.38</v>
       </c>
       <c r="H8" t="s">
-        <v>2614</v>
+        <v>323</v>
       </c>
       <c r="I8" t="s">
-        <v>2615</v>
+        <v>323</v>
       </c>
       <c r="J8" t="s">
-        <v>613</v>
+        <v>389</v>
       </c>
       <c r="K8" t="s">
-        <v>614</v>
+        <v>390</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:I8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>2574</v>
+        <v>2575</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>2616</v>
+        <v>2617</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>252</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="I1" s="1" t="s">
         <v>697</v>
-      </c>
-[...7 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2617</v>
+        <v>2618</v>
       </c>
       <c r="B2" t="s">
-        <v>2556</v>
+        <v>2557</v>
       </c>
       <c r="C2" t="s">
-        <v>2584</v>
+        <v>2585</v>
       </c>
       <c r="D2" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="E2">
-        <v>21200030</v>
-[...2 lines deleted...]
-        <v>753</v>
+        <v>3510</v>
+      </c>
+      <c r="F2">
+        <v>145070.95</v>
       </c>
       <c r="G2">
-        <v>13638.38</v>
-[...5 lines deleted...]
-        <v>2576</v>
+        <v>3510</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2577</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2618</v>
+        <v>2619</v>
       </c>
       <c r="B3" t="s">
-        <v>2561</v>
+        <v>2557</v>
       </c>
       <c r="C3" t="s">
-        <v>2588</v>
+        <v>2590</v>
       </c>
       <c r="D3" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="E3">
-        <v>21200030</v>
-[...2 lines deleted...]
-        <v>753</v>
+        <v>3510</v>
+      </c>
+      <c r="F3">
+        <v>157296</v>
       </c>
       <c r="G3">
-        <v>13338.38</v>
-[...5 lines deleted...]
-        <v>2576</v>
+        <v>3510</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2577</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2619</v>
+        <v>2620</v>
       </c>
       <c r="B4" t="s">
-        <v>2565</v>
+        <v>2561</v>
       </c>
       <c r="C4" t="s">
-        <v>2590</v>
+        <v>2595</v>
       </c>
       <c r="D4" t="s">
-        <v>112</v>
+        <v>171</v>
       </c>
       <c r="E4">
-        <v>3510</v>
+        <v>56400001</v>
+      </c>
+      <c r="F4">
+        <v>19000.66</v>
       </c>
       <c r="G4">
-        <v>145070.95</v>
-[...2 lines deleted...]
-        <v>3510</v>
+        <v>56400001</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2579</v>
       </c>
       <c r="I4" t="s">
-        <v>2579</v>
+        <v>833</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2620</v>
+        <v>2621</v>
       </c>
       <c r="B5" t="s">
-        <v>2565</v>
+        <v>2561</v>
       </c>
       <c r="C5" t="s">
-        <v>2595</v>
+        <v>2601</v>
       </c>
       <c r="D5" t="s">
-        <v>112</v>
+        <v>171</v>
       </c>
       <c r="E5">
-        <v>3510</v>
+        <v>56400001</v>
+      </c>
+      <c r="F5">
+        <v>15641.44</v>
       </c>
       <c r="G5">
-        <v>157296</v>
-[...2 lines deleted...]
-        <v>3510</v>
+        <v>56400001</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2579</v>
       </c>
       <c r="I5" t="s">
-        <v>2579</v>
+        <v>833</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2621</v>
+        <v>2622</v>
       </c>
       <c r="B6" t="s">
-        <v>2569</v>
+        <v>2561</v>
       </c>
       <c r="C6" t="s">
-        <v>2600</v>
+        <v>2606</v>
       </c>
       <c r="D6" t="s">
-        <v>204</v>
+        <v>171</v>
       </c>
       <c r="E6">
         <v>56400001</v>
       </c>
-      <c r="F6" t="s">
-        <v>753</v>
+      <c r="F6">
+        <v>16398</v>
       </c>
       <c r="G6">
-        <v>19000.66</v>
-[...1 lines deleted...]
-      <c r="H6">
         <v>56400001</v>
       </c>
+      <c r="H6" t="s">
+        <v>2579</v>
+      </c>
       <c r="I6" t="s">
-        <v>2581</v>
+        <v>833</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2622</v>
+        <v>2623</v>
       </c>
       <c r="B7" t="s">
-        <v>2569</v>
+        <v>2566</v>
       </c>
       <c r="C7" t="s">
-        <v>2606</v>
+        <v>2611</v>
       </c>
       <c r="D7" t="s">
-        <v>204</v>
+        <v>223</v>
       </c>
       <c r="E7">
-        <v>56400001</v>
-[...2 lines deleted...]
-        <v>753</v>
+        <v>21200030</v>
+      </c>
+      <c r="F7">
+        <v>13638.38</v>
       </c>
       <c r="G7">
-        <v>15641.44</v>
-[...2 lines deleted...]
-        <v>56400001</v>
+        <v>21200030</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2581</v>
       </c>
       <c r="I7" t="s">
-        <v>2581</v>
+        <v>833</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2623</v>
+        <v>2624</v>
       </c>
       <c r="B8" t="s">
-        <v>2569</v>
+        <v>2571</v>
       </c>
       <c r="C8" t="s">
-        <v>2611</v>
+        <v>2615</v>
       </c>
       <c r="D8" t="s">
-        <v>204</v>
+        <v>223</v>
       </c>
       <c r="E8">
-        <v>56400001</v>
-[...2 lines deleted...]
-        <v>753</v>
+        <v>21200030</v>
+      </c>
+      <c r="F8">
+        <v>13338.38</v>
       </c>
       <c r="G8">
-        <v>16398</v>
-[...2 lines deleted...]
-        <v>56400001</v>
+        <v>21200030</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2581</v>
       </c>
       <c r="I8" t="s">
-        <v>2581</v>
+        <v>833</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>2574</v>
+        <v>2575</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2624</v>
+        <v>2625</v>
       </c>
       <c r="B2" t="s">
-        <v>2556</v>
+        <v>2557</v>
       </c>
       <c r="C2" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="D2" t="s">
-        <v>359</v>
+        <v>481</v>
       </c>
       <c r="E2" t="s">
-        <v>360</v>
+        <v>482</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2625</v>
+        <v>2626</v>
       </c>
       <c r="B3" t="s">
-        <v>2561</v>
+        <v>2557</v>
       </c>
       <c r="C3" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="D3" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="E3" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2626</v>
+        <v>2627</v>
       </c>
       <c r="B4" t="s">
-        <v>2565</v>
+        <v>2561</v>
       </c>
       <c r="C4" t="s">
-        <v>112</v>
+        <v>171</v>
       </c>
       <c r="D4" t="s">
-        <v>525</v>
+        <v>569</v>
       </c>
       <c r="E4" t="s">
-        <v>526</v>
+        <v>570</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2627</v>
+        <v>2628</v>
       </c>
       <c r="B5" t="s">
-        <v>2565</v>
+        <v>2561</v>
       </c>
       <c r="C5" t="s">
-        <v>112</v>
+        <v>171</v>
       </c>
       <c r="D5" t="s">
-        <v>365</v>
+        <v>559</v>
       </c>
       <c r="E5" t="s">
-        <v>366</v>
+        <v>560</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2628</v>
+        <v>2629</v>
       </c>
       <c r="B6" t="s">
-        <v>2569</v>
+        <v>2561</v>
       </c>
       <c r="C6" t="s">
-        <v>204</v>
+        <v>171</v>
       </c>
       <c r="D6" t="s">
-        <v>613</v>
+        <v>377</v>
       </c>
       <c r="E6" t="s">
-        <v>614</v>
+        <v>378</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2629</v>
+        <v>2630</v>
       </c>
       <c r="B7" t="s">
-        <v>2569</v>
+        <v>2566</v>
       </c>
       <c r="C7" t="s">
-        <v>204</v>
+        <v>223</v>
       </c>
       <c r="D7" t="s">
-        <v>604</v>
+        <v>389</v>
       </c>
       <c r="E7" t="s">
-        <v>605</v>
+        <v>390</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2630</v>
+        <v>2631</v>
       </c>
       <c r="B8" t="s">
-        <v>2569</v>
+        <v>2571</v>
       </c>
       <c r="C8" t="s">
-        <v>204</v>
+        <v>223</v>
       </c>
       <c r="D8" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="E8" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>2418</v>
+        <v>2419</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>2424</v>
+        <v>2425</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>252</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>2631</v>
+        <v>2632</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>257</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2632</v>
+        <v>2633</v>
       </c>
       <c r="B2" t="s">
-        <v>2407</v>
+        <v>2400</v>
       </c>
       <c r="C2" t="s">
-        <v>2423</v>
+        <v>2422</v>
       </c>
       <c r="D2" t="s">
-        <v>204</v>
+        <v>171</v>
       </c>
       <c r="E2" t="s">
-        <v>2633</v>
+        <v>2634</v>
       </c>
       <c r="F2" t="s">
-        <v>2634</v>
+        <v>2635</v>
       </c>
       <c r="G2">
         <v>8000</v>
       </c>
       <c r="H2" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>2636</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2400</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2422</v>
+      </c>
+      <c r="D3" t="s">
+        <v>171</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2637</v>
+      </c>
+      <c r="F3" t="s">
         <v>2635</v>
-      </c>
-[...13 lines deleted...]
-        <v>2634</v>
       </c>
       <c r="G3">
         <v>7573.64</v>
       </c>
       <c r="H3" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>252</v>
       </c>
@@ -19017,329 +19020,329 @@
         <v>348</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>349</v>
       </c>
       <c r="B2" t="s">
         <v>262</v>
       </c>
       <c r="C2" t="s">
         <v>39</v>
       </c>
       <c r="D2" t="s">
         <v>350</v>
       </c>
       <c r="E2" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>352</v>
       </c>
       <c r="B3" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C3" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D3" t="s">
         <v>353</v>
       </c>
       <c r="E3" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>355</v>
       </c>
       <c r="B4" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C4" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="D4" t="s">
         <v>356</v>
       </c>
       <c r="E4" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>358</v>
       </c>
       <c r="B5" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="C5" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D5" t="s">
         <v>359</v>
       </c>
       <c r="E5" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>361</v>
       </c>
       <c r="B6" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="C6" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D6" t="s">
+        <v>353</v>
+      </c>
+      <c r="E6" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="B7" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C7" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="D7" t="s">
-        <v>365</v>
+        <v>353</v>
       </c>
       <c r="E7" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B8" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C8" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D8" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="E8" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="B9" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C9" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="D9" t="s">
-        <v>350</v>
+        <v>368</v>
       </c>
       <c r="E9" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="B10" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="C10" t="s">
         <v>151</v>
       </c>
       <c r="D10" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="E10" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>373</v>
+      </c>
+      <c r="B11" t="s">
+        <v>305</v>
+      </c>
+      <c r="C11" t="s">
+        <v>161</v>
+      </c>
+      <c r="D11" t="s">
+        <v>374</v>
+      </c>
+      <c r="E11" t="s">
         <v>375</v>
-      </c>
-[...10 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>376</v>
       </c>
       <c r="B12" t="s">
         <v>309</v>
       </c>
       <c r="C12" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D12" t="s">
         <v>377</v>
       </c>
       <c r="E12" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>379</v>
       </c>
       <c r="B13" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C13" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="D13" t="s">
-        <v>356</v>
+        <v>380</v>
       </c>
       <c r="E13" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B14" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C14" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="D14" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="E14" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B15" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C15" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B16" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C16" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="D16" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E16" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
+        <v>391</v>
+      </c>
+      <c r="B17" t="s">
+        <v>334</v>
+      </c>
+      <c r="C17" t="s">
+        <v>223</v>
+      </c>
+      <c r="D17" t="s">
+        <v>389</v>
+      </c>
+      <c r="E17" t="s">
         <v>390</v>
-      </c>
-[...10 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
+        <v>392</v>
+      </c>
+      <c r="B18" t="s">
+        <v>339</v>
+      </c>
+      <c r="C18" t="s">
+        <v>234</v>
+      </c>
+      <c r="D18" t="s">
         <v>393</v>
       </c>
-      <c r="B18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>360</v>
+        <v>394</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B19" t="s">
         <v>342</v>
       </c>
       <c r="C19" t="s">
         <v>242</v>
       </c>
       <c r="D19" t="s">
-        <v>395</v>
+        <v>374</v>
       </c>
       <c r="E19" t="s">
         <v>396</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Z40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>252</v>
       </c>
@@ -19402,2416 +19405,2416 @@
       </c>
       <c r="V1" s="1" t="s">
         <v>414</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>415</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>416</v>
       </c>
       <c r="Y1" s="1" t="s">
         <v>417</v>
       </c>
       <c r="Z1" s="1" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>419</v>
       </c>
       <c r="B2" t="s">
         <v>39</v>
       </c>
       <c r="C2" t="s">
-        <v>46</v>
+        <v>350</v>
       </c>
       <c r="D2" t="s">
-        <v>47</v>
+        <v>351</v>
       </c>
       <c r="E2" t="s">
         <v>420</v>
       </c>
       <c r="F2" t="s">
         <v>421</v>
       </c>
       <c r="G2" t="s">
         <v>422</v>
       </c>
       <c r="H2" t="s">
         <v>423</v>
       </c>
       <c r="I2" t="s">
         <v>424</v>
       </c>
       <c r="J2" t="s">
         <v>425</v>
       </c>
       <c r="K2" t="s">
         <v>426</v>
       </c>
       <c r="L2" t="s">
         <v>427</v>
       </c>
       <c r="M2" t="s">
+        <v>351</v>
+      </c>
+      <c r="N2" t="s">
         <v>428</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>429</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>430</v>
-      </c>
-[...19 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="B3" t="s">
         <v>39</v>
       </c>
       <c r="C3" t="s">
-        <v>350</v>
+        <v>46</v>
       </c>
       <c r="D3" t="s">
-        <v>351</v>
+        <v>432</v>
       </c>
       <c r="E3" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="F3" t="s">
-        <v>440</v>
+        <v>421</v>
       </c>
       <c r="G3" t="s">
-        <v>441</v>
+        <v>422</v>
       </c>
       <c r="H3" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="I3" t="s">
         <v>424</v>
       </c>
       <c r="J3" t="s">
-        <v>442</v>
+        <v>435</v>
       </c>
       <c r="K3" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
       <c r="L3" t="s">
         <v>427</v>
       </c>
       <c r="M3" t="s">
-        <v>444</v>
+        <v>432</v>
       </c>
       <c r="N3" t="s">
+        <v>428</v>
+      </c>
+      <c r="O3" t="s">
         <v>429</v>
       </c>
       <c r="P3" t="s">
-        <v>445</v>
+        <v>437</v>
       </c>
       <c r="Q3" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="R3" t="s">
-        <v>446</v>
+        <v>439</v>
       </c>
       <c r="S3" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-        <v>448</v>
+        <v>440</v>
+      </c>
+      <c r="T3" t="s">
+        <v>441</v>
+      </c>
+      <c r="U3" t="s">
+        <v>442</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="B4" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="C4" t="s">
         <v>46</v>
       </c>
       <c r="D4" t="s">
         <v>47</v>
       </c>
       <c r="E4" t="s">
-        <v>420</v>
+        <v>444</v>
       </c>
       <c r="F4" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="G4" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="H4" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="I4" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="J4" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="K4" t="s">
-        <v>426</v>
+        <v>436</v>
       </c>
       <c r="L4" t="s">
         <v>427</v>
       </c>
       <c r="M4" t="s">
-        <v>47</v>
+        <v>449</v>
       </c>
       <c r="N4" t="s">
+        <v>428</v>
+      </c>
+      <c r="O4" t="s">
         <v>429</v>
       </c>
       <c r="P4" t="s">
+        <v>437</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>450</v>
+      </c>
+      <c r="R4" t="s">
+        <v>451</v>
+      </c>
+      <c r="S4" t="s">
+        <v>452</v>
+      </c>
+      <c r="T4" t="s">
+        <v>453</v>
+      </c>
+      <c r="U4" t="s">
+        <v>442</v>
+      </c>
+      <c r="V4" t="s">
         <v>454</v>
-      </c>
-[...16 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="B5" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="C5" t="s">
         <v>353</v>
       </c>
       <c r="D5" t="s">
         <v>354</v>
       </c>
       <c r="E5" t="s">
-        <v>439</v>
+        <v>420</v>
       </c>
       <c r="F5" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="G5" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="H5" t="s">
+        <v>434</v>
+      </c>
+      <c r="I5" t="s">
+        <v>447</v>
+      </c>
+      <c r="J5" t="s">
+        <v>458</v>
+      </c>
+      <c r="K5" t="s">
         <v>459</v>
-      </c>
-[...7 lines deleted...]
-        <v>461</v>
       </c>
       <c r="L5" t="s">
         <v>427</v>
       </c>
+      <c r="M5" t="s">
+        <v>460</v>
+      </c>
       <c r="N5" t="s">
+        <v>428</v>
+      </c>
+      <c r="O5" t="s">
+        <v>429</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>461</v>
+      </c>
+      <c r="R5" t="s">
         <v>462</v>
       </c>
-      <c r="P5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S5" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="W5" t="s">
         <v>463</v>
       </c>
-      <c r="X5" t="s">
+      <c r="U5" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="B6" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C6" t="s">
         <v>46</v>
       </c>
       <c r="D6" t="s">
-        <v>47</v>
+        <v>432</v>
       </c>
       <c r="E6" t="s">
-        <v>420</v>
+        <v>433</v>
       </c>
       <c r="F6" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G6" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H6" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="I6" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J6" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="K6" t="s">
-        <v>426</v>
+        <v>436</v>
       </c>
       <c r="L6" t="s">
         <v>427</v>
       </c>
       <c r="M6" t="s">
+        <v>432</v>
+      </c>
+      <c r="N6" t="s">
+        <v>428</v>
+      </c>
+      <c r="O6" t="s">
+        <v>429</v>
+      </c>
+      <c r="P6" t="s">
+        <v>437</v>
+      </c>
+      <c r="Q6" t="s">
         <v>467</v>
       </c>
-      <c r="N6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R6" t="s">
-        <v>455</v>
+        <v>439</v>
       </c>
       <c r="S6" t="s">
-        <v>456</v>
+        <v>440</v>
       </c>
       <c r="T6" t="s">
-        <v>468</v>
+        <v>453</v>
       </c>
       <c r="U6" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>442</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="B7" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C7" t="s">
         <v>356</v>
       </c>
       <c r="D7" t="s">
         <v>357</v>
       </c>
       <c r="E7" t="s">
-        <v>439</v>
+        <v>469</v>
+      </c>
+      <c r="F7" t="s">
+        <v>421</v>
+      </c>
+      <c r="G7" t="s">
+        <v>422</v>
+      </c>
+      <c r="H7" t="s">
+        <v>470</v>
       </c>
       <c r="I7" t="s">
         <v>424</v>
       </c>
+      <c r="J7" t="s">
+        <v>471</v>
+      </c>
       <c r="K7" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="L7" t="s">
         <v>427</v>
       </c>
       <c r="M7" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="N7" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-        <v>472</v>
+        <v>428</v>
+      </c>
+      <c r="O7" t="s">
+        <v>474</v>
       </c>
       <c r="Q7" t="s">
-        <v>432</v>
+        <v>475</v>
+      </c>
+      <c r="R7" t="s">
+        <v>476</v>
       </c>
       <c r="S7" t="s">
-        <v>472</v>
+        <v>477</v>
+      </c>
+      <c r="T7" t="s">
+        <v>478</v>
+      </c>
+      <c r="U7" t="s">
+        <v>479</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>473</v>
+        <v>480</v>
       </c>
       <c r="B8" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="C8" t="s">
-        <v>46</v>
+        <v>481</v>
       </c>
       <c r="D8" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="E8" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
       <c r="F8" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G8" t="s">
-        <v>451</v>
+        <v>484</v>
       </c>
       <c r="H8" t="s">
-        <v>423</v>
+        <v>485</v>
       </c>
       <c r="I8" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J8" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="K8" t="s">
-        <v>426</v>
+        <v>487</v>
       </c>
       <c r="L8" t="s">
         <v>427</v>
       </c>
       <c r="M8" t="s">
-        <v>474</v>
+        <v>488</v>
       </c>
       <c r="N8" t="s">
+        <v>428</v>
+      </c>
+      <c r="O8" t="s">
         <v>429</v>
       </c>
       <c r="P8" t="s">
-        <v>477</v>
+        <v>489</v>
       </c>
       <c r="Q8" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>478</v>
+        <v>488</v>
       </c>
       <c r="S8" t="s">
-        <v>479</v>
-[...8 lines deleted...]
-        <v>481</v>
+        <v>488</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>482</v>
+        <v>490</v>
       </c>
       <c r="B9" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C9" t="s">
-        <v>359</v>
+        <v>46</v>
       </c>
       <c r="D9" t="s">
-        <v>360</v>
+        <v>432</v>
       </c>
       <c r="E9" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="F9" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G9" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H9" t="s">
-        <v>483</v>
+        <v>434</v>
       </c>
       <c r="I9" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J9" t="s">
-        <v>484</v>
+        <v>466</v>
       </c>
       <c r="K9" t="s">
-        <v>485</v>
+        <v>436</v>
       </c>
       <c r="L9" t="s">
         <v>427</v>
       </c>
       <c r="M9" t="s">
-        <v>486</v>
+        <v>432</v>
       </c>
       <c r="N9" t="s">
+        <v>428</v>
+      </c>
+      <c r="O9" t="s">
         <v>429</v>
       </c>
       <c r="P9" t="s">
-        <v>360</v>
+        <v>437</v>
       </c>
       <c r="Q9" t="s">
-        <v>432</v>
+        <v>467</v>
       </c>
       <c r="R9" t="s">
-        <v>487</v>
+        <v>439</v>
       </c>
       <c r="S9" t="s">
-        <v>360</v>
+        <v>440</v>
       </c>
       <c r="T9" t="s">
-        <v>488</v>
+        <v>453</v>
+      </c>
+      <c r="U9" t="s">
+        <v>442</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B10" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="C10" t="s">
-        <v>46</v>
+        <v>359</v>
       </c>
       <c r="D10" t="s">
-        <v>490</v>
+        <v>360</v>
       </c>
       <c r="E10" t="s">
-        <v>475</v>
+        <v>420</v>
       </c>
       <c r="F10" t="s">
-        <v>450</v>
+        <v>492</v>
       </c>
       <c r="G10" t="s">
-        <v>451</v>
+        <v>493</v>
       </c>
       <c r="H10" t="s">
-        <v>423</v>
+        <v>494</v>
       </c>
       <c r="I10" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J10" t="s">
-        <v>476</v>
+        <v>495</v>
       </c>
       <c r="K10" t="s">
-        <v>426</v>
+        <v>496</v>
       </c>
       <c r="L10" t="s">
         <v>427</v>
       </c>
       <c r="M10" t="s">
-        <v>490</v>
+        <v>497</v>
       </c>
       <c r="N10" t="s">
+        <v>428</v>
+      </c>
+      <c r="O10" t="s">
         <v>429</v>
       </c>
-      <c r="P10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q10" t="s">
-        <v>432</v>
+        <v>498</v>
       </c>
       <c r="R10" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
       <c r="S10" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="T10" t="s">
-        <v>435</v>
+        <v>501</v>
       </c>
       <c r="U10" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-        <v>495</v>
+        <v>502</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="B11" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C11" t="s">
-        <v>362</v>
+        <v>46</v>
       </c>
       <c r="D11" t="s">
-        <v>363</v>
+        <v>47</v>
       </c>
       <c r="E11" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="F11" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G11" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H11" t="s">
-        <v>497</v>
+        <v>434</v>
       </c>
       <c r="I11" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J11" t="s">
-        <v>498</v>
+        <v>466</v>
       </c>
       <c r="K11" t="s">
-        <v>499</v>
+        <v>436</v>
       </c>
       <c r="L11" t="s">
         <v>427</v>
       </c>
+      <c r="M11" t="s">
+        <v>47</v>
+      </c>
       <c r="N11" t="s">
-        <v>462</v>
+        <v>428</v>
+      </c>
+      <c r="O11" t="s">
+        <v>429</v>
       </c>
       <c r="P11" t="s">
-        <v>500</v>
+        <v>437</v>
       </c>
       <c r="Q11" t="s">
-        <v>432</v>
+        <v>467</v>
       </c>
       <c r="R11" t="s">
-        <v>501</v>
+        <v>439</v>
       </c>
       <c r="S11" t="s">
-        <v>502</v>
+        <v>440</v>
       </c>
       <c r="T11" t="s">
-        <v>503</v>
+        <v>453</v>
       </c>
       <c r="U11" t="s">
-        <v>504</v>
-[...11 lines deleted...]
-        <v>507</v>
+        <v>442</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="B12" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="C12" t="s">
-        <v>46</v>
+        <v>353</v>
       </c>
       <c r="D12" t="s">
-        <v>509</v>
+        <v>362</v>
       </c>
       <c r="E12" t="s">
-        <v>510</v>
+        <v>420</v>
       </c>
       <c r="F12" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="G12" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="H12" t="s">
-        <v>423</v>
+        <v>505</v>
       </c>
       <c r="I12" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J12" t="s">
-        <v>476</v>
+        <v>458</v>
       </c>
       <c r="K12" t="s">
-        <v>426</v>
+        <v>459</v>
       </c>
       <c r="L12" t="s">
         <v>427</v>
       </c>
       <c r="M12" t="s">
-        <v>509</v>
+        <v>460</v>
       </c>
       <c r="N12" t="s">
+        <v>428</v>
+      </c>
+      <c r="O12" t="s">
         <v>429</v>
       </c>
-      <c r="P12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q12" t="s">
-        <v>432</v>
+        <v>506</v>
       </c>
       <c r="R12" t="s">
-        <v>455</v>
+        <v>507</v>
       </c>
       <c r="S12" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
       <c r="T12" t="s">
-        <v>435</v>
+        <v>508</v>
       </c>
       <c r="U12" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>464</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C13" t="s">
-        <v>365</v>
+        <v>46</v>
       </c>
       <c r="D13" t="s">
-        <v>366</v>
+        <v>47</v>
       </c>
       <c r="E13" t="s">
-        <v>513</v>
+        <v>444</v>
       </c>
       <c r="F13" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G13" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H13" t="s">
-        <v>514</v>
+        <v>434</v>
       </c>
       <c r="I13" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J13" t="s">
-        <v>515</v>
+        <v>466</v>
       </c>
       <c r="K13" t="s">
-        <v>516</v>
+        <v>436</v>
       </c>
       <c r="L13" t="s">
         <v>427</v>
       </c>
       <c r="M13" t="s">
-        <v>517</v>
+        <v>47</v>
       </c>
       <c r="N13" t="s">
+        <v>428</v>
+      </c>
+      <c r="O13" t="s">
         <v>429</v>
       </c>
       <c r="P13" t="s">
-        <v>518</v>
+        <v>437</v>
       </c>
       <c r="Q13" t="s">
-        <v>519</v>
+        <v>467</v>
       </c>
       <c r="R13" t="s">
-        <v>520</v>
+        <v>439</v>
       </c>
       <c r="S13" t="s">
-        <v>521</v>
+        <v>440</v>
+      </c>
+      <c r="T13" t="s">
+        <v>453</v>
       </c>
       <c r="U13" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-        <v>523</v>
+        <v>442</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>524</v>
+        <v>510</v>
       </c>
       <c r="B14" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C14" t="s">
-        <v>525</v>
+        <v>353</v>
       </c>
       <c r="D14" t="s">
-        <v>526</v>
+        <v>362</v>
       </c>
       <c r="E14" t="s">
-        <v>527</v>
+        <v>420</v>
       </c>
       <c r="F14" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="G14" t="s">
-        <v>528</v>
+        <v>457</v>
       </c>
       <c r="H14" t="s">
-        <v>529</v>
+        <v>505</v>
       </c>
       <c r="I14" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J14" t="s">
-        <v>530</v>
+        <v>458</v>
       </c>
       <c r="K14" t="s">
-        <v>531</v>
+        <v>459</v>
       </c>
       <c r="L14" t="s">
         <v>427</v>
       </c>
       <c r="M14" t="s">
-        <v>532</v>
+        <v>460</v>
       </c>
       <c r="N14" t="s">
+        <v>428</v>
+      </c>
+      <c r="O14" t="s">
         <v>429</v>
       </c>
-      <c r="P14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q14" t="s">
-        <v>432</v>
+        <v>461</v>
+      </c>
+      <c r="R14" t="s">
+        <v>462</v>
       </c>
       <c r="S14" t="s">
-        <v>532</v>
-[...2 lines deleted...]
-        <v>533</v>
+        <v>463</v>
+      </c>
+      <c r="U14" t="s">
+        <v>464</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>534</v>
+        <v>511</v>
       </c>
       <c r="B15" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C15" t="s">
         <v>46</v>
       </c>
       <c r="D15" t="s">
-        <v>509</v>
+        <v>47</v>
       </c>
       <c r="E15" t="s">
-        <v>510</v>
+        <v>444</v>
       </c>
       <c r="F15" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G15" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H15" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="I15" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J15" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="K15" t="s">
-        <v>426</v>
+        <v>436</v>
       </c>
       <c r="L15" t="s">
         <v>427</v>
       </c>
       <c r="M15" t="s">
-        <v>509</v>
+        <v>47</v>
       </c>
       <c r="N15" t="s">
+        <v>428</v>
+      </c>
+      <c r="O15" t="s">
         <v>429</v>
       </c>
       <c r="P15" t="s">
-        <v>511</v>
+        <v>437</v>
       </c>
       <c r="Q15" t="s">
-        <v>432</v>
+        <v>467</v>
       </c>
       <c r="R15" t="s">
-        <v>455</v>
+        <v>439</v>
       </c>
       <c r="S15" t="s">
-        <v>456</v>
+        <v>440</v>
       </c>
       <c r="T15" t="s">
-        <v>435</v>
+        <v>453</v>
       </c>
       <c r="U15" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>442</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>535</v>
+        <v>512</v>
       </c>
       <c r="B16" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C16" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="D16" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="E16" t="s">
-        <v>439</v>
+        <v>420</v>
       </c>
       <c r="F16" t="s">
-        <v>536</v>
+        <v>421</v>
       </c>
       <c r="G16" t="s">
-        <v>537</v>
+        <v>422</v>
       </c>
       <c r="H16" t="s">
-        <v>538</v>
+        <v>513</v>
       </c>
       <c r="I16" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J16" t="s">
-        <v>539</v>
+        <v>514</v>
       </c>
       <c r="K16" t="s">
-        <v>540</v>
+        <v>515</v>
       </c>
       <c r="L16" t="s">
         <v>427</v>
       </c>
       <c r="M16" t="s">
-        <v>541</v>
+        <v>516</v>
       </c>
       <c r="N16" t="s">
-        <v>429</v>
+        <v>428</v>
+      </c>
+      <c r="O16" t="s">
+        <v>474</v>
       </c>
       <c r="P16" t="s">
-        <v>542</v>
+        <v>517</v>
       </c>
       <c r="Q16" t="s">
-        <v>432</v>
+        <v>518</v>
       </c>
       <c r="R16" t="s">
-        <v>543</v>
+        <v>519</v>
       </c>
       <c r="S16" t="s">
-        <v>544</v>
+        <v>520</v>
+      </c>
+      <c r="T16" t="s">
+        <v>521</v>
       </c>
       <c r="U16" t="s">
-        <v>545</v>
-[...2 lines deleted...]
-        <v>546</v>
+        <v>522</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>547</v>
+        <v>523</v>
       </c>
       <c r="B17" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17" t="s">
         <v>47</v>
       </c>
       <c r="E17" t="s">
-        <v>420</v>
+        <v>444</v>
       </c>
       <c r="F17" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G17" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H17" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="I17" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J17" t="s">
-        <v>476</v>
+        <v>435</v>
       </c>
       <c r="K17" t="s">
-        <v>426</v>
+        <v>436</v>
       </c>
       <c r="L17" t="s">
         <v>427</v>
       </c>
       <c r="M17" t="s">
         <v>47</v>
       </c>
       <c r="N17" t="s">
+        <v>428</v>
+      </c>
+      <c r="O17" t="s">
         <v>429</v>
       </c>
       <c r="P17" t="s">
-        <v>511</v>
+        <v>437</v>
       </c>
       <c r="Q17" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="R17" t="s">
-        <v>455</v>
+        <v>439</v>
       </c>
       <c r="S17" t="s">
-        <v>456</v>
+        <v>440</v>
       </c>
       <c r="T17" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="U17" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>442</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>548</v>
+        <v>524</v>
       </c>
       <c r="B18" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C18" t="s">
-        <v>350</v>
+        <v>368</v>
       </c>
       <c r="D18" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="E18" t="s">
-        <v>439</v>
+        <v>420</v>
       </c>
       <c r="F18" t="s">
-        <v>440</v>
+        <v>421</v>
       </c>
       <c r="G18" t="s">
-        <v>441</v>
+        <v>422</v>
       </c>
       <c r="H18" t="s">
-        <v>549</v>
+        <v>513</v>
       </c>
       <c r="I18" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J18" t="s">
-        <v>442</v>
+        <v>525</v>
       </c>
       <c r="K18" t="s">
-        <v>443</v>
+        <v>526</v>
       </c>
       <c r="L18" t="s">
         <v>427</v>
       </c>
-      <c r="M18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N18" t="s">
+        <v>527</v>
+      </c>
+      <c r="O18" t="s">
         <v>429</v>
       </c>
-      <c r="P18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q18" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>551</v>
+        <v>369</v>
       </c>
       <c r="S18" t="s">
-        <v>447</v>
-[...5 lines deleted...]
-        <v>448</v>
+        <v>369</v>
+      </c>
+      <c r="W18" t="s">
+        <v>528</v>
+      </c>
+      <c r="X18" t="s">
+        <v>529</v>
+      </c>
+      <c r="Y18" t="s">
+        <v>530</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>553</v>
+        <v>531</v>
       </c>
       <c r="B19" t="s">
         <v>151</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>371</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>372</v>
       </c>
       <c r="E19" t="s">
         <v>420</v>
       </c>
       <c r="F19" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G19" t="s">
-        <v>451</v>
-[...8 lines deleted...]
-        <v>476</v>
+        <v>422</v>
       </c>
       <c r="K19" t="s">
-        <v>426</v>
+        <v>532</v>
       </c>
       <c r="L19" t="s">
         <v>427</v>
       </c>
-      <c r="M19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N19" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-        <v>511</v>
+        <v>527</v>
+      </c>
+      <c r="O19" t="s">
+        <v>474</v>
       </c>
       <c r="Q19" t="s">
-        <v>432</v>
+        <v>533</v>
       </c>
       <c r="R19" t="s">
-        <v>455</v>
+        <v>534</v>
       </c>
       <c r="S19" t="s">
-        <v>456</v>
+        <v>535</v>
       </c>
       <c r="T19" t="s">
-        <v>435</v>
+        <v>508</v>
       </c>
       <c r="U19" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>536</v>
+      </c>
+      <c r="W19" t="s">
+        <v>537</v>
+      </c>
+      <c r="X19" t="s">
+        <v>538</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>501</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>554</v>
+        <v>539</v>
       </c>
       <c r="B20" t="s">
         <v>151</v>
       </c>
       <c r="C20" t="s">
-        <v>373</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>374</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="F20" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G20" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H20" t="s">
-        <v>459</v>
+        <v>434</v>
       </c>
       <c r="I20" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J20" t="s">
-        <v>555</v>
+        <v>435</v>
       </c>
       <c r="K20" t="s">
-        <v>556</v>
+        <v>436</v>
       </c>
       <c r="L20" t="s">
         <v>427</v>
       </c>
       <c r="M20" t="s">
-        <v>557</v>
+        <v>47</v>
       </c>
       <c r="N20" t="s">
+        <v>428</v>
+      </c>
+      <c r="O20" t="s">
         <v>429</v>
       </c>
       <c r="P20" t="s">
-        <v>558</v>
+        <v>437</v>
       </c>
       <c r="Q20" t="s">
-        <v>519</v>
+        <v>438</v>
       </c>
       <c r="R20" t="s">
-        <v>559</v>
+        <v>439</v>
       </c>
       <c r="S20" t="s">
-        <v>560</v>
+        <v>440</v>
       </c>
       <c r="T20" t="s">
-        <v>561</v>
+        <v>441</v>
       </c>
       <c r="U20" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-        <v>563</v>
+        <v>442</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>564</v>
+        <v>540</v>
       </c>
       <c r="B21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C21" t="s">
         <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>432</v>
       </c>
       <c r="E21" t="s">
-        <v>420</v>
+        <v>433</v>
       </c>
       <c r="F21" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G21" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H21" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="I21" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J21" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="K21" t="s">
-        <v>426</v>
+        <v>436</v>
       </c>
       <c r="L21" t="s">
         <v>427</v>
       </c>
       <c r="M21" t="s">
-        <v>47</v>
+        <v>432</v>
       </c>
       <c r="N21" t="s">
+        <v>428</v>
+      </c>
+      <c r="O21" t="s">
         <v>429</v>
       </c>
       <c r="P21" t="s">
-        <v>511</v>
+        <v>437</v>
       </c>
       <c r="Q21" t="s">
-        <v>432</v>
+        <v>541</v>
       </c>
       <c r="R21" t="s">
-        <v>455</v>
+        <v>439</v>
       </c>
       <c r="S21" t="s">
-        <v>456</v>
+        <v>440</v>
       </c>
       <c r="T21" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="U21" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>542</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>565</v>
+        <v>543</v>
       </c>
       <c r="B22" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C22" t="s">
-        <v>350</v>
+        <v>374</v>
       </c>
       <c r="D22" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="E22" t="s">
-        <v>439</v>
-[...14 lines deleted...]
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="K22" t="s">
-        <v>443</v>
+        <v>544</v>
       </c>
       <c r="L22" t="s">
         <v>427</v>
       </c>
       <c r="M22" t="s">
-        <v>444</v>
+        <v>545</v>
       </c>
       <c r="N22" t="s">
+        <v>428</v>
+      </c>
+      <c r="O22" t="s">
         <v>429</v>
       </c>
-      <c r="P22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q22" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>446</v>
+        <v>375</v>
       </c>
       <c r="S22" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-        <v>448</v>
+        <v>375</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>566</v>
+        <v>546</v>
       </c>
       <c r="B23" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C23" t="s">
-        <v>377</v>
+        <v>46</v>
       </c>
       <c r="D23" t="s">
-        <v>378</v>
+        <v>47</v>
       </c>
       <c r="E23" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="F23" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G23" t="s">
-        <v>451</v>
+        <v>422</v>
+      </c>
+      <c r="H23" t="s">
+        <v>434</v>
+      </c>
+      <c r="I23" t="s">
+        <v>424</v>
+      </c>
+      <c r="J23" t="s">
+        <v>435</v>
       </c>
       <c r="K23" t="s">
-        <v>567</v>
+        <v>436</v>
       </c>
       <c r="L23" t="s">
         <v>427</v>
       </c>
+      <c r="M23" t="s">
+        <v>47</v>
+      </c>
       <c r="N23" t="s">
-        <v>462</v>
+        <v>428</v>
+      </c>
+      <c r="O23" t="s">
+        <v>429</v>
       </c>
       <c r="P23" t="s">
-        <v>568</v>
+        <v>437</v>
       </c>
       <c r="Q23" t="s">
-        <v>519</v>
+        <v>438</v>
       </c>
       <c r="R23" t="s">
-        <v>569</v>
+        <v>439</v>
       </c>
       <c r="S23" t="s">
-        <v>570</v>
+        <v>440</v>
+      </c>
+      <c r="T23" t="s">
+        <v>441</v>
       </c>
       <c r="U23" t="s">
-        <v>552</v>
-[...11 lines deleted...]
-        <v>545</v>
+        <v>442</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>574</v>
+        <v>547</v>
       </c>
       <c r="B24" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C24" t="s">
-        <v>46</v>
+        <v>377</v>
       </c>
       <c r="D24" t="s">
-        <v>47</v>
+        <v>378</v>
       </c>
       <c r="E24" t="s">
-        <v>420</v>
+        <v>548</v>
       </c>
       <c r="F24" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G24" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H24" t="s">
-        <v>423</v>
+        <v>549</v>
       </c>
       <c r="I24" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J24" t="s">
-        <v>453</v>
+        <v>550</v>
       </c>
       <c r="K24" t="s">
-        <v>426</v>
+        <v>551</v>
       </c>
       <c r="L24" t="s">
         <v>427</v>
       </c>
       <c r="M24" t="s">
-        <v>47</v>
+        <v>552</v>
       </c>
       <c r="N24" t="s">
+        <v>428</v>
+      </c>
+      <c r="O24" t="s">
         <v>429</v>
       </c>
       <c r="P24" t="s">
-        <v>454</v>
+        <v>553</v>
       </c>
       <c r="Q24" t="s">
-        <v>432</v>
+        <v>554</v>
       </c>
       <c r="R24" t="s">
-        <v>455</v>
+        <v>555</v>
       </c>
       <c r="S24" t="s">
-        <v>456</v>
+        <v>556</v>
       </c>
       <c r="T24" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="U24" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>557</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>575</v>
+        <v>558</v>
       </c>
       <c r="B25" t="s">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="C25" t="s">
-        <v>46</v>
+        <v>559</v>
       </c>
       <c r="D25" t="s">
-        <v>509</v>
+        <v>560</v>
       </c>
       <c r="E25" t="s">
-        <v>510</v>
+        <v>561</v>
       </c>
       <c r="F25" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G25" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H25" t="s">
-        <v>423</v>
+        <v>562</v>
       </c>
       <c r="I25" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J25" t="s">
-        <v>476</v>
+        <v>563</v>
       </c>
       <c r="K25" t="s">
-        <v>426</v>
+        <v>560</v>
       </c>
       <c r="L25" t="s">
         <v>427</v>
       </c>
       <c r="M25" t="s">
-        <v>509</v>
+        <v>564</v>
       </c>
       <c r="N25" t="s">
+        <v>428</v>
+      </c>
+      <c r="O25" t="s">
         <v>429</v>
       </c>
-      <c r="P25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q25" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>455</v>
+        <v>565</v>
       </c>
       <c r="S25" t="s">
-        <v>456</v>
+        <v>566</v>
       </c>
       <c r="T25" t="s">
-        <v>435</v>
+        <v>567</v>
       </c>
       <c r="U25" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-        <v>577</v>
+        <v>521</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>578</v>
+        <v>568</v>
       </c>
       <c r="B26" t="s">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="C26" t="s">
-        <v>356</v>
+        <v>569</v>
       </c>
       <c r="D26" t="s">
-        <v>380</v>
+        <v>570</v>
       </c>
       <c r="E26" t="s">
-        <v>439</v>
+        <v>561</v>
+      </c>
+      <c r="F26" t="s">
+        <v>421</v>
+      </c>
+      <c r="G26" t="s">
+        <v>422</v>
+      </c>
+      <c r="H26" t="s">
+        <v>571</v>
+      </c>
+      <c r="I26" t="s">
+        <v>424</v>
+      </c>
+      <c r="J26" t="s">
+        <v>572</v>
       </c>
       <c r="K26" t="s">
-        <v>470</v>
+        <v>570</v>
       </c>
       <c r="L26" t="s">
         <v>427</v>
       </c>
       <c r="M26" t="s">
-        <v>579</v>
+        <v>573</v>
       </c>
       <c r="N26" t="s">
+        <v>428</v>
+      </c>
+      <c r="O26" t="s">
         <v>429</v>
       </c>
       <c r="P26" t="s">
-        <v>380</v>
-[...5 lines deleted...]
-        <v>380</v>
+        <v>574</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
+        <v>575</v>
+      </c>
+      <c r="B27" t="s">
+        <v>182</v>
+      </c>
+      <c r="C27" t="s">
+        <v>380</v>
+      </c>
+      <c r="D27" t="s">
+        <v>381</v>
+      </c>
+      <c r="E27" t="s">
+        <v>420</v>
+      </c>
+      <c r="F27" t="s">
+        <v>576</v>
+      </c>
+      <c r="G27" t="s">
+        <v>577</v>
+      </c>
+      <c r="H27" t="s">
+        <v>578</v>
+      </c>
+      <c r="I27" t="s">
+        <v>424</v>
+      </c>
+      <c r="J27" t="s">
+        <v>579</v>
+      </c>
+      <c r="K27" t="s">
         <v>580</v>
-      </c>
-[...28 lines deleted...]
-        <v>585</v>
       </c>
       <c r="L27" t="s">
         <v>427</v>
       </c>
       <c r="M27" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="N27" t="s">
+        <v>428</v>
+      </c>
+      <c r="O27" t="s">
         <v>429</v>
       </c>
       <c r="P27" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="Q27" t="s">
-        <v>432</v>
+        <v>583</v>
       </c>
       <c r="R27" t="s">
-        <v>588</v>
+        <v>584</v>
       </c>
       <c r="S27" t="s">
-        <v>587</v>
-[...2 lines deleted...]
-        <v>589</v>
+        <v>583</v>
       </c>
       <c r="Z27" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>590</v>
+        <v>585</v>
       </c>
       <c r="B28" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="C28" t="s">
         <v>46</v>
       </c>
       <c r="D28" t="s">
         <v>47</v>
       </c>
       <c r="E28" t="s">
-        <v>420</v>
+        <v>444</v>
       </c>
       <c r="F28" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G28" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H28" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="I28" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J28" t="s">
-        <v>453</v>
+        <v>435</v>
       </c>
       <c r="K28" t="s">
-        <v>426</v>
+        <v>436</v>
       </c>
       <c r="L28" t="s">
         <v>427</v>
       </c>
       <c r="M28" t="s">
         <v>47</v>
       </c>
       <c r="N28" t="s">
+        <v>428</v>
+      </c>
+      <c r="O28" t="s">
         <v>429</v>
       </c>
       <c r="P28" t="s">
-        <v>454</v>
+        <v>437</v>
       </c>
       <c r="Q28" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="R28" t="s">
-        <v>455</v>
+        <v>439</v>
       </c>
       <c r="S28" t="s">
-        <v>456</v>
+        <v>440</v>
       </c>
       <c r="T28" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="U28" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>442</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>591</v>
+        <v>586</v>
       </c>
       <c r="B29" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="C29" t="s">
-        <v>46</v>
+        <v>383</v>
       </c>
       <c r="D29" t="s">
-        <v>47</v>
+        <v>384</v>
       </c>
       <c r="E29" t="s">
         <v>420</v>
       </c>
       <c r="F29" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G29" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H29" t="s">
-        <v>423</v>
+        <v>587</v>
       </c>
       <c r="I29" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J29" t="s">
-        <v>453</v>
+        <v>588</v>
       </c>
       <c r="K29" t="s">
-        <v>426</v>
+        <v>589</v>
       </c>
       <c r="L29" t="s">
         <v>427</v>
       </c>
       <c r="M29" t="s">
-        <v>47</v>
+        <v>590</v>
       </c>
       <c r="N29" t="s">
+        <v>428</v>
+      </c>
+      <c r="O29" t="s">
         <v>429</v>
       </c>
       <c r="P29" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-        <v>432</v>
+        <v>591</v>
       </c>
       <c r="R29" t="s">
-        <v>455</v>
-[...11 lines deleted...]
-        <v>437</v>
+        <v>592</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B30" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="C30" t="s">
-        <v>385</v>
+        <v>46</v>
       </c>
       <c r="D30" t="s">
-        <v>386</v>
+        <v>47</v>
       </c>
       <c r="E30" t="s">
-        <v>593</v>
+        <v>444</v>
       </c>
       <c r="F30" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G30" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H30" t="s">
-        <v>594</v>
+        <v>434</v>
       </c>
       <c r="I30" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J30" t="s">
-        <v>595</v>
+        <v>435</v>
       </c>
       <c r="K30" t="s">
-        <v>596</v>
+        <v>436</v>
       </c>
       <c r="L30" t="s">
         <v>427</v>
       </c>
       <c r="M30" t="s">
-        <v>597</v>
+        <v>47</v>
       </c>
       <c r="N30" t="s">
+        <v>428</v>
+      </c>
+      <c r="O30" t="s">
         <v>429</v>
       </c>
       <c r="P30" t="s">
-        <v>598</v>
+        <v>437</v>
       </c>
       <c r="Q30" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="R30" t="s">
-        <v>599</v>
+        <v>439</v>
       </c>
       <c r="S30" t="s">
-        <v>600</v>
+        <v>440</v>
       </c>
       <c r="T30" t="s">
-        <v>601</v>
+        <v>441</v>
       </c>
       <c r="U30" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-        <v>602</v>
+        <v>442</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>603</v>
+        <v>594</v>
       </c>
       <c r="B31" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C31" t="s">
-        <v>604</v>
+        <v>46</v>
       </c>
       <c r="D31" t="s">
-        <v>605</v>
+        <v>47</v>
       </c>
       <c r="E31" t="s">
-        <v>606</v>
+        <v>444</v>
       </c>
       <c r="F31" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G31" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H31" t="s">
-        <v>483</v>
+        <v>434</v>
       </c>
       <c r="I31" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J31" t="s">
-        <v>607</v>
+        <v>435</v>
       </c>
       <c r="K31" t="s">
-        <v>605</v>
+        <v>436</v>
       </c>
       <c r="L31" t="s">
         <v>427</v>
       </c>
       <c r="M31" t="s">
-        <v>608</v>
+        <v>47</v>
       </c>
       <c r="N31" t="s">
+        <v>428</v>
+      </c>
+      <c r="O31" t="s">
         <v>429</v>
       </c>
       <c r="P31" t="s">
-        <v>609</v>
+        <v>437</v>
       </c>
       <c r="Q31" t="s">
-        <v>432</v>
+        <v>438</v>
+      </c>
+      <c r="R31" t="s">
+        <v>439</v>
       </c>
       <c r="S31" t="s">
-        <v>610</v>
+        <v>440</v>
+      </c>
+      <c r="T31" t="s">
+        <v>441</v>
       </c>
       <c r="U31" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-        <v>562</v>
+        <v>442</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>612</v>
+        <v>595</v>
       </c>
       <c r="B32" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C32" t="s">
-        <v>613</v>
+        <v>386</v>
       </c>
       <c r="D32" t="s">
-        <v>614</v>
+        <v>387</v>
       </c>
       <c r="E32" t="s">
-        <v>606</v>
+        <v>420</v>
       </c>
       <c r="F32" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G32" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H32" t="s">
-        <v>615</v>
+        <v>434</v>
       </c>
       <c r="I32" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J32" t="s">
-        <v>616</v>
+        <v>435</v>
       </c>
       <c r="K32" t="s">
-        <v>614</v>
+        <v>596</v>
       </c>
       <c r="L32" t="s">
         <v>427</v>
       </c>
-      <c r="M32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N32" t="s">
-        <v>429</v>
-[...5 lines deleted...]
-        <v>618</v>
+        <v>527</v>
+      </c>
+      <c r="W32" t="s">
+        <v>597</v>
+      </c>
+      <c r="X32" t="s">
+        <v>598</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>599</v>
+      </c>
+      <c r="Z32" t="s">
+        <v>600</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>619</v>
+        <v>601</v>
       </c>
       <c r="B33" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C33" t="s">
         <v>46</v>
       </c>
       <c r="D33" t="s">
-        <v>47</v>
+        <v>602</v>
       </c>
       <c r="E33" t="s">
-        <v>420</v>
+        <v>603</v>
       </c>
       <c r="F33" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G33" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H33" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="I33" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J33" t="s">
-        <v>453</v>
+        <v>466</v>
       </c>
       <c r="K33" t="s">
-        <v>426</v>
+        <v>436</v>
       </c>
       <c r="L33" t="s">
         <v>427</v>
       </c>
       <c r="M33" t="s">
-        <v>47</v>
+        <v>602</v>
       </c>
       <c r="N33" t="s">
+        <v>428</v>
+      </c>
+      <c r="O33" t="s">
         <v>429</v>
       </c>
       <c r="P33" t="s">
-        <v>454</v>
+        <v>437</v>
       </c>
       <c r="Q33" t="s">
-        <v>432</v>
+        <v>604</v>
       </c>
       <c r="R33" t="s">
-        <v>455</v>
+        <v>605</v>
       </c>
       <c r="S33" t="s">
-        <v>456</v>
+        <v>606</v>
       </c>
       <c r="T33" t="s">
-        <v>435</v>
+        <v>607</v>
       </c>
       <c r="U33" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>608</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>620</v>
+        <v>609</v>
       </c>
       <c r="B34" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C34" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D34" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E34" t="s">
-        <v>439</v>
+        <v>420</v>
       </c>
       <c r="F34" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G34" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H34" t="s">
-        <v>423</v>
+        <v>562</v>
       </c>
       <c r="I34" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J34" t="s">
-        <v>453</v>
+        <v>610</v>
       </c>
       <c r="K34" t="s">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="L34" t="s">
         <v>427</v>
       </c>
+      <c r="M34" t="s">
+        <v>612</v>
+      </c>
       <c r="N34" t="s">
-        <v>462</v>
-[...11 lines deleted...]
-        <v>625</v>
+        <v>428</v>
+      </c>
+      <c r="O34" t="s">
+        <v>429</v>
+      </c>
+      <c r="P34" t="s">
+        <v>613</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>390</v>
+      </c>
+      <c r="R34" t="s">
+        <v>614</v>
+      </c>
+      <c r="S34" t="s">
+        <v>390</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>626</v>
+        <v>615</v>
       </c>
       <c r="B35" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C35" t="s">
-        <v>391</v>
+        <v>46</v>
       </c>
       <c r="D35" t="s">
-        <v>392</v>
+        <v>616</v>
       </c>
       <c r="E35" t="s">
-        <v>439</v>
+        <v>603</v>
       </c>
       <c r="F35" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G35" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H35" t="s">
-        <v>627</v>
+        <v>434</v>
       </c>
       <c r="I35" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J35" t="s">
-        <v>628</v>
+        <v>466</v>
       </c>
       <c r="K35" t="s">
-        <v>629</v>
+        <v>436</v>
       </c>
       <c r="L35" t="s">
         <v>427</v>
       </c>
       <c r="M35" t="s">
-        <v>630</v>
+        <v>616</v>
       </c>
       <c r="N35" t="s">
+        <v>428</v>
+      </c>
+      <c r="O35" t="s">
         <v>429</v>
       </c>
+      <c r="P35" t="s">
+        <v>437</v>
+      </c>
       <c r="Q35" t="s">
-        <v>432</v>
+        <v>617</v>
       </c>
       <c r="R35" t="s">
-        <v>631</v>
+        <v>618</v>
+      </c>
+      <c r="S35" t="s">
+        <v>619</v>
       </c>
       <c r="T35" t="s">
-        <v>632</v>
+        <v>620</v>
+      </c>
+      <c r="U35" t="s">
+        <v>621</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>633</v>
+        <v>622</v>
       </c>
       <c r="B36" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C36" t="s">
-        <v>46</v>
+        <v>389</v>
       </c>
       <c r="D36" t="s">
-        <v>47</v>
+        <v>390</v>
       </c>
       <c r="E36" t="s">
         <v>420</v>
       </c>
       <c r="F36" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G36" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H36" t="s">
-        <v>423</v>
+        <v>562</v>
       </c>
       <c r="I36" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J36" t="s">
-        <v>453</v>
+        <v>610</v>
       </c>
       <c r="K36" t="s">
-        <v>426</v>
+        <v>611</v>
       </c>
       <c r="L36" t="s">
         <v>427</v>
       </c>
       <c r="M36" t="s">
-        <v>47</v>
+        <v>612</v>
       </c>
       <c r="N36" t="s">
+        <v>428</v>
+      </c>
+      <c r="O36" t="s">
         <v>429</v>
       </c>
       <c r="P36" t="s">
-        <v>454</v>
+        <v>613</v>
       </c>
       <c r="Q36" t="s">
-        <v>432</v>
+        <v>390</v>
       </c>
       <c r="R36" t="s">
-        <v>455</v>
+        <v>614</v>
       </c>
       <c r="S36" t="s">
-        <v>456</v>
-[...8 lines deleted...]
-        <v>437</v>
+        <v>390</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>634</v>
+        <v>623</v>
       </c>
       <c r="B37" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C37" t="s">
         <v>46</v>
       </c>
       <c r="D37" t="s">
-        <v>490</v>
+        <v>602</v>
       </c>
       <c r="E37" t="s">
-        <v>475</v>
+        <v>603</v>
       </c>
       <c r="F37" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G37" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H37" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="I37" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J37" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="K37" t="s">
-        <v>426</v>
+        <v>436</v>
       </c>
       <c r="L37" t="s">
         <v>427</v>
       </c>
       <c r="M37" t="s">
-        <v>490</v>
+        <v>602</v>
       </c>
       <c r="N37" t="s">
+        <v>428</v>
+      </c>
+      <c r="O37" t="s">
         <v>429</v>
       </c>
       <c r="P37" t="s">
-        <v>635</v>
+        <v>437</v>
       </c>
       <c r="Q37" t="s">
-        <v>432</v>
+        <v>624</v>
       </c>
       <c r="R37" t="s">
-        <v>636</v>
+        <v>625</v>
       </c>
       <c r="S37" t="s">
-        <v>637</v>
+        <v>626</v>
       </c>
       <c r="T37" t="s">
-        <v>435</v>
+        <v>607</v>
       </c>
       <c r="U37" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-        <v>638</v>
+        <v>627</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>639</v>
+        <v>628</v>
       </c>
       <c r="B38" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C38" t="s">
-        <v>359</v>
+        <v>393</v>
       </c>
       <c r="D38" t="s">
-        <v>360</v>
+        <v>394</v>
       </c>
       <c r="E38" t="s">
-        <v>439</v>
+        <v>420</v>
       </c>
       <c r="F38" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G38" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H38" t="s">
-        <v>483</v>
+        <v>629</v>
       </c>
       <c r="I38" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J38" t="s">
-        <v>484</v>
+        <v>630</v>
       </c>
       <c r="K38" t="s">
-        <v>485</v>
+        <v>631</v>
       </c>
       <c r="L38" t="s">
         <v>427</v>
       </c>
-      <c r="M38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N38" t="s">
+        <v>527</v>
+      </c>
+      <c r="O38" t="s">
         <v>429</v>
       </c>
       <c r="P38" t="s">
-        <v>360</v>
+        <v>632</v>
       </c>
       <c r="Q38" t="s">
-        <v>432</v>
+        <v>633</v>
       </c>
       <c r="R38" t="s">
-        <v>487</v>
+        <v>634</v>
       </c>
       <c r="S38" t="s">
-        <v>360</v>
+        <v>635</v>
       </c>
       <c r="T38" t="s">
-        <v>488</v>
+        <v>636</v>
+      </c>
+      <c r="U38" t="s">
+        <v>637</v>
+      </c>
+      <c r="W38" t="s">
+        <v>638</v>
+      </c>
+      <c r="X38" t="s">
+        <v>636</v>
+      </c>
+      <c r="Y38" t="s">
+        <v>639</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>640</v>
       </c>
       <c r="B39" t="s">
         <v>242</v>
       </c>
       <c r="C39" t="s">
-        <v>395</v>
+        <v>46</v>
       </c>
       <c r="D39" t="s">
-        <v>396</v>
+        <v>47</v>
       </c>
       <c r="E39" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="F39" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="G39" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="H39" t="s">
-        <v>641</v>
+        <v>434</v>
       </c>
       <c r="I39" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="J39" t="s">
-        <v>642</v>
+        <v>448</v>
       </c>
       <c r="K39" t="s">
-        <v>643</v>
+        <v>436</v>
       </c>
       <c r="L39" t="s">
         <v>427</v>
       </c>
       <c r="M39" t="s">
-        <v>396</v>
+        <v>641</v>
       </c>
       <c r="N39" t="s">
+        <v>428</v>
+      </c>
+      <c r="O39" t="s">
         <v>429</v>
       </c>
+      <c r="P39" t="s">
+        <v>642</v>
+      </c>
       <c r="Q39" t="s">
-        <v>432</v>
+        <v>438</v>
+      </c>
+      <c r="R39" t="s">
+        <v>439</v>
+      </c>
+      <c r="S39" t="s">
+        <v>440</v>
       </c>
       <c r="T39" t="s">
-        <v>644</v>
+        <v>441</v>
+      </c>
+      <c r="U39" t="s">
+        <v>442</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="B40" t="s">
         <v>242</v>
       </c>
       <c r="C40" t="s">
-        <v>46</v>
+        <v>374</v>
       </c>
       <c r="D40" t="s">
-        <v>509</v>
+        <v>396</v>
       </c>
       <c r="E40" t="s">
-        <v>510</v>
-[...8 lines deleted...]
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="I40" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="K40" t="s">
-        <v>426</v>
+        <v>544</v>
       </c>
       <c r="L40" t="s">
         <v>427</v>
       </c>
       <c r="M40" t="s">
-        <v>509</v>
+        <v>644</v>
       </c>
       <c r="N40" t="s">
+        <v>428</v>
+      </c>
+      <c r="O40" t="s">
         <v>429</v>
       </c>
-      <c r="P40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q40" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>455</v>
+        <v>645</v>
       </c>
       <c r="S40" t="s">
-        <v>456</v>
-[...8 lines deleted...]
-        <v>437</v>
+        <v>645</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:O19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -21838,880 +21841,880 @@
       </c>
       <c r="K1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>259</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>649</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>650</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>652</v>
       </c>
       <c r="B2" t="s">
         <v>39</v>
       </c>
       <c r="C2" t="s">
-        <v>48</v>
+        <v>263</v>
       </c>
       <c r="D2" t="s">
         <v>653</v>
       </c>
       <c r="E2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" t="s">
+        <v>54</v>
+      </c>
+      <c r="G2" t="s">
+        <v>264</v>
+      </c>
+      <c r="H2" t="s">
         <v>654</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2" t="s">
+      <c r="I2" t="s">
+        <v>263</v>
+      </c>
+      <c r="J2">
+        <v>16820</v>
+      </c>
+      <c r="K2" t="s">
+        <v>58</v>
+      </c>
+      <c r="L2">
+        <v>14500</v>
+      </c>
+      <c r="M2" t="s">
+        <v>268</v>
+      </c>
+      <c r="N2" t="s">
+        <v>264</v>
+      </c>
+      <c r="O2" t="s">
         <v>655</v>
-      </c>
-[...19 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="B3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C3" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="D3" t="s">
         <v>653</v>
       </c>
       <c r="E3" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="F3" t="s">
-        <v>660</v>
+        <v>66</v>
       </c>
       <c r="G3" t="s">
-        <v>661</v>
+        <v>70</v>
       </c>
       <c r="H3" t="s">
+        <v>654</v>
+      </c>
+      <c r="I3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J3">
+        <v>671484</v>
+      </c>
+      <c r="K3" t="s">
+        <v>58</v>
+      </c>
+      <c r="L3">
+        <v>669900</v>
+      </c>
+      <c r="M3" t="s">
+        <v>73</v>
+      </c>
+      <c r="N3" t="s">
+        <v>658</v>
+      </c>
+      <c r="O3" t="s">
         <v>655</v>
-      </c>
-[...19 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="B4" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C4" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="D4" t="s">
         <v>653</v>
       </c>
       <c r="E4" t="s">
-        <v>663</v>
+        <v>273</v>
       </c>
       <c r="F4" t="s">
-        <v>664</v>
+        <v>83</v>
       </c>
       <c r="G4" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="H4" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="I4" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="J4">
-        <v>61755</v>
+        <v>108344</v>
       </c>
       <c r="K4" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="L4">
-        <v>53237</v>
+        <v>93400</v>
       </c>
       <c r="M4" t="s">
         <v>274</v>
       </c>
       <c r="N4" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="O4" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
       <c r="B5" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C5" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D5" t="s">
-        <v>666</v>
+        <v>653</v>
       </c>
       <c r="E5" t="s">
-        <v>667</v>
+        <v>661</v>
       </c>
       <c r="F5" t="s">
+        <v>100</v>
+      </c>
+      <c r="G5" t="s">
+        <v>276</v>
+      </c>
+      <c r="H5" t="s">
+        <v>654</v>
+      </c>
+      <c r="I5" t="s">
+        <v>98</v>
+      </c>
+      <c r="J5">
+        <v>12600</v>
+      </c>
+      <c r="K5" t="s">
+        <v>58</v>
+      </c>
+      <c r="L5">
+        <v>12600</v>
+      </c>
+      <c r="M5" t="s">
         <v>279</v>
       </c>
-      <c r="G5" t="s">
-[...2 lines deleted...]
-      <c r="H5" t="s">
+      <c r="N5" t="s">
+        <v>276</v>
+      </c>
+      <c r="O5" t="s">
         <v>655</v>
-      </c>
-[...19 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>668</v>
+        <v>662</v>
       </c>
       <c r="B6" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C6" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="D6" t="s">
         <v>653</v>
       </c>
       <c r="E6" t="s">
-        <v>284</v>
+        <v>663</v>
       </c>
       <c r="F6" t="s">
-        <v>109</v>
+        <v>285</v>
       </c>
       <c r="G6" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="H6" t="s">
+        <v>654</v>
+      </c>
+      <c r="I6" t="s">
+        <v>281</v>
+      </c>
+      <c r="J6">
+        <v>24549.84</v>
+      </c>
+      <c r="K6" t="s">
+        <v>58</v>
+      </c>
+      <c r="L6">
+        <v>24474</v>
+      </c>
+      <c r="M6" t="s">
+        <v>286</v>
+      </c>
+      <c r="N6" t="s">
+        <v>282</v>
+      </c>
+      <c r="O6" t="s">
         <v>655</v>
-      </c>
-[...13 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>669</v>
+        <v>664</v>
       </c>
       <c r="B7" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C7" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="D7" t="s">
         <v>653</v>
       </c>
       <c r="E7" t="s">
-        <v>287</v>
+        <v>665</v>
       </c>
       <c r="F7" t="s">
+        <v>666</v>
+      </c>
+      <c r="G7" t="s">
+        <v>290</v>
+      </c>
+      <c r="H7" t="s">
+        <v>654</v>
+      </c>
+      <c r="I7" t="s">
         <v>120</v>
       </c>
-      <c r="G7" t="s">
+      <c r="J7">
+        <v>300133</v>
+      </c>
+      <c r="K7" t="s">
+        <v>58</v>
+      </c>
+      <c r="L7">
+        <v>295000</v>
+      </c>
+      <c r="M7" t="s">
         <v>286</v>
       </c>
-      <c r="H7" t="s">
+      <c r="N7" t="s">
+        <v>290</v>
+      </c>
+      <c r="O7" t="s">
         <v>655</v>
-      </c>
-[...19 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="B8" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C8" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D8" t="s">
         <v>653</v>
       </c>
       <c r="E8" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
       <c r="F8" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="G8" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="H8" t="s">
+        <v>654</v>
+      </c>
+      <c r="I8" t="s">
+        <v>131</v>
+      </c>
+      <c r="J8">
+        <v>18270</v>
+      </c>
+      <c r="K8" t="s">
+        <v>58</v>
+      </c>
+      <c r="L8">
+        <v>15750</v>
+      </c>
+      <c r="M8" t="s">
+        <v>294</v>
+      </c>
+      <c r="N8" t="s">
+        <v>295</v>
+      </c>
+      <c r="O8" t="s">
         <v>655</v>
-      </c>
-[...19 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="B9" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C9" t="s">
-        <v>295</v>
+        <v>142</v>
       </c>
       <c r="D9" t="s">
         <v>653</v>
       </c>
       <c r="E9" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="F9" t="s">
+        <v>671</v>
+      </c>
+      <c r="G9" t="s">
+        <v>672</v>
+      </c>
+      <c r="H9" t="s">
+        <v>654</v>
+      </c>
+      <c r="I9" t="s">
+        <v>142</v>
+      </c>
+      <c r="J9">
+        <v>117740</v>
+      </c>
+      <c r="K9" t="s">
+        <v>58</v>
+      </c>
+      <c r="L9">
+        <v>101500</v>
+      </c>
+      <c r="M9" t="s">
+        <v>286</v>
+      </c>
+      <c r="N9" t="s">
         <v>299</v>
       </c>
-      <c r="G9" t="s">
-[...2 lines deleted...]
-      <c r="H9" t="s">
+      <c r="O9" t="s">
         <v>655</v>
-      </c>
-[...19 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="B10" t="s">
         <v>151</v>
       </c>
       <c r="C10" t="s">
-        <v>155</v>
+        <v>674</v>
       </c>
       <c r="D10" t="s">
         <v>653</v>
       </c>
       <c r="E10" t="s">
         <v>675</v>
       </c>
       <c r="F10" t="s">
-        <v>157</v>
+        <v>302</v>
       </c>
       <c r="G10" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="H10" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="I10" t="s">
         <v>155</v>
       </c>
       <c r="J10">
-        <v>18270</v>
+        <v>563166.21</v>
       </c>
       <c r="K10" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="L10">
-        <v>15750</v>
+        <v>485488.11</v>
       </c>
       <c r="M10" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="N10" t="s">
-        <v>305</v>
+        <v>676</v>
       </c>
       <c r="O10" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B11" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C11" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="D11" t="s">
-        <v>653</v>
+        <v>678</v>
       </c>
       <c r="E11" t="s">
-        <v>677</v>
+        <v>306</v>
       </c>
       <c r="F11" t="s">
-        <v>678</v>
+        <v>168</v>
       </c>
       <c r="G11" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="H11" t="s">
+        <v>654</v>
+      </c>
+      <c r="I11" t="s">
+        <v>165</v>
+      </c>
+      <c r="J11">
+        <v>96910</v>
+      </c>
+      <c r="K11" t="s">
+        <v>58</v>
+      </c>
+      <c r="L11">
+        <v>96910</v>
+      </c>
+      <c r="M11" t="s">
+        <v>286</v>
+      </c>
+      <c r="N11" t="s">
+        <v>304</v>
+      </c>
+      <c r="O11" t="s">
         <v>655</v>
-      </c>
-[...19 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>679</v>
       </c>
       <c r="B12" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C12" t="s">
-        <v>680</v>
+        <v>175</v>
       </c>
       <c r="D12" t="s">
         <v>653</v>
       </c>
       <c r="E12" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="F12" t="s">
         <v>311</v>
       </c>
       <c r="G12" t="s">
-        <v>271</v>
+        <v>313</v>
       </c>
       <c r="H12" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="I12" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="J12">
-        <v>563166.21</v>
+        <v>15641.44</v>
       </c>
       <c r="K12" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="L12">
-        <v>485488.11</v>
+        <v>13484</v>
       </c>
       <c r="M12" t="s">
         <v>312</v>
       </c>
       <c r="N12" t="s">
-        <v>682</v>
+        <v>313</v>
       </c>
       <c r="O12" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
       <c r="B13" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C13" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="D13" t="s">
-        <v>666</v>
+        <v>653</v>
       </c>
       <c r="E13" t="s">
-        <v>314</v>
+        <v>682</v>
       </c>
       <c r="F13" t="s">
-        <v>85</v>
+        <v>682</v>
       </c>
       <c r="G13" t="s">
-        <v>271</v>
+        <v>315</v>
       </c>
       <c r="H13" t="s">
+        <v>654</v>
+      </c>
+      <c r="I13" t="s">
+        <v>186</v>
+      </c>
+      <c r="J13">
+        <v>39116.2</v>
+      </c>
+      <c r="K13" t="s">
+        <v>58</v>
+      </c>
+      <c r="L13">
+        <v>33720.86</v>
+      </c>
+      <c r="M13" t="s">
+        <v>318</v>
+      </c>
+      <c r="N13" t="s">
+        <v>315</v>
+      </c>
+      <c r="O13" t="s">
         <v>655</v>
-      </c>
-[...19 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="B14" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C14" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="D14" t="s">
         <v>653</v>
       </c>
       <c r="E14" t="s">
+        <v>321</v>
+      </c>
+      <c r="F14" t="s">
+        <v>684</v>
+      </c>
+      <c r="G14" t="s">
+        <v>320</v>
+      </c>
+      <c r="H14" t="s">
+        <v>654</v>
+      </c>
+      <c r="I14" t="s">
+        <v>199</v>
+      </c>
+      <c r="J14">
+        <v>33640</v>
+      </c>
+      <c r="K14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L14">
+        <v>29000</v>
+      </c>
+      <c r="M14" t="s">
         <v>685</v>
       </c>
-      <c r="F14" t="s">
-[...5 lines deleted...]
-      <c r="H14" t="s">
+      <c r="N14" t="s">
+        <v>320</v>
+      </c>
+      <c r="O14" t="s">
         <v>655</v>
-      </c>
-[...19 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>686</v>
       </c>
       <c r="B15" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C15" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="D15" t="s">
         <v>653</v>
       </c>
       <c r="E15" t="s">
-        <v>687</v>
+        <v>326</v>
       </c>
       <c r="F15" t="s">
-        <v>324</v>
+        <v>212</v>
       </c>
       <c r="G15" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="H15" t="s">
+        <v>654</v>
+      </c>
+      <c r="I15" t="s">
+        <v>211</v>
+      </c>
+      <c r="J15">
+        <v>20000</v>
+      </c>
+      <c r="K15" t="s">
+        <v>58</v>
+      </c>
+      <c r="L15">
+        <v>17241.38</v>
+      </c>
+      <c r="M15" t="s">
+        <v>327</v>
+      </c>
+      <c r="N15" t="s">
+        <v>325</v>
+      </c>
+      <c r="O15" t="s">
         <v>655</v>
-      </c>
-[...19 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
+        <v>687</v>
+      </c>
+      <c r="B16" t="s">
+        <v>213</v>
+      </c>
+      <c r="C16" t="s">
+        <v>217</v>
+      </c>
+      <c r="D16" t="s">
+        <v>678</v>
+      </c>
+      <c r="E16" t="s">
         <v>688</v>
       </c>
-      <c r="B16" t="s">
-[...8 lines deleted...]
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>331</v>
+      </c>
+      <c r="G16" t="s">
         <v>329</v>
       </c>
-      <c r="F16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H16" t="s">
+        <v>654</v>
+      </c>
+      <c r="I16" t="s">
+        <v>217</v>
+      </c>
+      <c r="J16">
+        <v>10740.15</v>
+      </c>
+      <c r="K16" t="s">
+        <v>58</v>
+      </c>
+      <c r="L16">
+        <v>9258.75</v>
+      </c>
+      <c r="M16" t="s">
+        <v>332</v>
+      </c>
+      <c r="N16" t="s">
+        <v>329</v>
+      </c>
+      <c r="O16" t="s">
         <v>655</v>
-      </c>
-[...19 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>689</v>
       </c>
       <c r="B17" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C17" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D17" t="s">
-        <v>653</v>
+        <v>678</v>
       </c>
       <c r="E17" t="s">
-        <v>333</v>
+        <v>690</v>
       </c>
       <c r="F17" t="s">
-        <v>690</v>
+        <v>337</v>
       </c>
       <c r="G17" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="H17" t="s">
+        <v>654</v>
+      </c>
+      <c r="I17" t="s">
+        <v>227</v>
+      </c>
+      <c r="J17">
+        <v>26976.76</v>
+      </c>
+      <c r="K17" t="s">
+        <v>58</v>
+      </c>
+      <c r="L17">
+        <v>23255.83</v>
+      </c>
+      <c r="M17" t="s">
+        <v>286</v>
+      </c>
+      <c r="N17" t="s">
+        <v>335</v>
+      </c>
+      <c r="O17" t="s">
         <v>655</v>
-      </c>
-[...19 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="B18" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C18" t="s">
-        <v>236</v>
+        <v>340</v>
       </c>
       <c r="D18" t="s">
-        <v>666</v>
+        <v>653</v>
       </c>
       <c r="E18" t="s">
-        <v>693</v>
+        <v>341</v>
       </c>
       <c r="F18" t="s">
-        <v>339</v>
+        <v>239</v>
       </c>
       <c r="G18" t="s">
-        <v>337</v>
+        <v>288</v>
       </c>
       <c r="H18" t="s">
+        <v>654</v>
+      </c>
+      <c r="I18" t="s">
+        <v>340</v>
+      </c>
+      <c r="J18">
+        <v>10200</v>
+      </c>
+      <c r="K18" t="s">
+        <v>58</v>
+      </c>
+      <c r="L18">
+        <v>8793.1</v>
+      </c>
+      <c r="O18" t="s">
         <v>655</v>
-      </c>
-[...19 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="B19" t="s">
         <v>242</v>
       </c>
       <c r="C19" t="s">
-        <v>343</v>
+        <v>246</v>
       </c>
       <c r="D19" t="s">
         <v>653</v>
       </c>
       <c r="E19" t="s">
-        <v>247</v>
+        <v>693</v>
       </c>
       <c r="F19" t="s">
-        <v>249</v>
+        <v>694</v>
       </c>
       <c r="G19" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="H19" t="s">
+        <v>654</v>
+      </c>
+      <c r="I19" t="s">
+        <v>246</v>
+      </c>
+      <c r="J19">
+        <v>61755</v>
+      </c>
+      <c r="K19" t="s">
+        <v>58</v>
+      </c>
+      <c r="L19">
+        <v>53237</v>
+      </c>
+      <c r="M19" t="s">
+        <v>345</v>
+      </c>
+      <c r="N19" t="s">
+        <v>346</v>
+      </c>
+      <c r="O19" t="s">
         <v>655</v>
-      </c>
-[...19 lines deleted...]
-        <v>657</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:T48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>695</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>252</v>
       </c>
@@ -22768,2900 +22771,2900 @@
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>711</v>
       </c>
       <c r="B2" t="s">
         <v>652</v>
       </c>
       <c r="C2" t="s">
         <v>39</v>
       </c>
       <c r="D2" t="s">
         <v>712</v>
       </c>
       <c r="E2" t="s">
         <v>713</v>
       </c>
       <c r="F2">
         <v>1</v>
       </c>
       <c r="G2" t="s">
         <v>714</v>
       </c>
       <c r="H2">
-        <v>660000</v>
+        <v>16820</v>
       </c>
       <c r="I2" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J2">
-        <v>660000</v>
+        <v>14500</v>
       </c>
       <c r="K2">
-        <v>38200001</v>
+        <v>33100006</v>
       </c>
       <c r="L2" t="s">
         <v>715</v>
       </c>
       <c r="M2" t="s">
         <v>716</v>
       </c>
       <c r="N2" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O2" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P2">
         <v>97070</v>
       </c>
       <c r="Q2" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R2" t="s">
         <v>717</v>
       </c>
       <c r="S2" t="s">
         <v>718</v>
       </c>
       <c r="T2" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>720</v>
       </c>
       <c r="B3" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C3" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="D3" t="s">
         <v>721</v>
       </c>
       <c r="E3" t="s">
         <v>722</v>
       </c>
       <c r="F3">
         <v>1</v>
       </c>
       <c r="G3" t="s">
         <v>714</v>
       </c>
       <c r="H3">
-        <v>11484</v>
+        <v>660000</v>
       </c>
       <c r="I3" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J3">
-        <v>9900</v>
+        <v>660000</v>
       </c>
       <c r="K3">
-        <v>34100002</v>
+        <v>38200001</v>
       </c>
       <c r="L3" t="s">
         <v>715</v>
       </c>
       <c r="M3" t="s">
         <v>723</v>
       </c>
       <c r="N3" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O3" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P3">
         <v>97070</v>
       </c>
       <c r="Q3" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R3" t="s">
         <v>717</v>
       </c>
       <c r="S3" t="s">
         <v>718</v>
       </c>
       <c r="T3" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>724</v>
       </c>
       <c r="B4" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="C4" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D4" t="s">
         <v>725</v>
       </c>
       <c r="E4" t="s">
         <v>726</v>
       </c>
       <c r="F4">
         <v>1</v>
       </c>
       <c r="G4" t="s">
         <v>714</v>
       </c>
       <c r="H4">
-        <v>13823.33</v>
+        <v>11484</v>
       </c>
       <c r="I4" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J4">
-        <v>14500</v>
+        <v>9900</v>
       </c>
       <c r="K4">
-        <v>32201001</v>
+        <v>34100002</v>
       </c>
       <c r="L4" t="s">
         <v>715</v>
       </c>
       <c r="M4" t="s">
         <v>727</v>
       </c>
       <c r="N4" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O4" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P4">
         <v>97070</v>
       </c>
       <c r="Q4" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R4" t="s">
         <v>717</v>
       </c>
       <c r="S4" t="s">
         <v>718</v>
       </c>
       <c r="T4" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>728</v>
       </c>
       <c r="B5" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C5" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="D5" t="s">
         <v>729</v>
       </c>
       <c r="E5" t="s">
         <v>730</v>
       </c>
       <c r="F5">
         <v>1</v>
       </c>
       <c r="G5" t="s">
         <v>714</v>
       </c>
       <c r="H5">
-        <v>13823.33</v>
+        <v>65006.4</v>
       </c>
       <c r="I5" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J5">
-        <v>14500</v>
+        <v>56040</v>
       </c>
       <c r="K5">
-        <v>32201001</v>
+        <v>35100001</v>
       </c>
       <c r="L5" t="s">
         <v>715</v>
       </c>
       <c r="M5" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="N5" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O5" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P5">
         <v>97070</v>
       </c>
       <c r="Q5" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R5" t="s">
         <v>717</v>
       </c>
       <c r="S5" t="s">
         <v>718</v>
       </c>
       <c r="T5" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="B6" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C6" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="D6" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="E6" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="F6">
         <v>1</v>
       </c>
       <c r="G6" t="s">
         <v>714</v>
       </c>
       <c r="H6">
-        <v>16820</v>
+        <v>43337.6</v>
       </c>
       <c r="I6" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J6">
-        <v>14500</v>
+        <v>37360</v>
       </c>
       <c r="K6">
-        <v>32201001</v>
+        <v>35100001</v>
       </c>
       <c r="L6" t="s">
         <v>715</v>
       </c>
       <c r="M6" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="N6" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O6" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P6">
         <v>97070</v>
       </c>
       <c r="Q6" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R6" t="s">
         <v>717</v>
       </c>
       <c r="S6" t="s">
         <v>718</v>
       </c>
       <c r="T6" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>734</v>
       </c>
       <c r="B7" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="C7" t="s">
-        <v>65</v>
+        <v>94</v>
       </c>
       <c r="D7" t="s">
         <v>735</v>
       </c>
       <c r="E7" t="s">
         <v>736</v>
       </c>
       <c r="F7">
         <v>1</v>
       </c>
       <c r="G7" t="s">
         <v>714</v>
       </c>
       <c r="H7">
-        <v>16820</v>
+        <v>12600</v>
       </c>
       <c r="I7" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J7">
-        <v>14500</v>
+        <v>12600</v>
       </c>
       <c r="K7">
-        <v>32201001</v>
+        <v>33300006</v>
       </c>
       <c r="L7" t="s">
         <v>715</v>
       </c>
       <c r="M7" t="s">
-        <v>727</v>
+        <v>737</v>
       </c>
       <c r="N7" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O7" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P7">
         <v>97070</v>
       </c>
       <c r="Q7" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R7" t="s">
         <v>717</v>
       </c>
       <c r="S7" t="s">
         <v>718</v>
       </c>
       <c r="T7" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="B8" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="C8" t="s">
-        <v>65</v>
+        <v>106</v>
       </c>
       <c r="D8" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="E8" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="F8">
-        <v>1</v>
+        <v>24000</v>
       </c>
       <c r="G8" t="s">
-        <v>714</v>
+        <v>741</v>
       </c>
       <c r="H8">
-        <v>16820</v>
+        <v>24000</v>
       </c>
       <c r="I8" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J8">
-        <v>14500</v>
+        <v>24000</v>
       </c>
       <c r="K8">
-        <v>32201001</v>
+        <v>26100013</v>
       </c>
       <c r="L8" t="s">
         <v>715</v>
       </c>
       <c r="M8" t="s">
-        <v>727</v>
+        <v>742</v>
       </c>
       <c r="N8" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O8" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P8">
         <v>97070</v>
       </c>
       <c r="Q8" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R8" t="s">
         <v>717</v>
       </c>
       <c r="S8" t="s">
         <v>718</v>
       </c>
       <c r="T8" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="B9" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="C9" t="s">
-        <v>65</v>
+        <v>106</v>
       </c>
       <c r="D9" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="E9" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="F9">
         <v>1</v>
       </c>
       <c r="G9" t="s">
         <v>714</v>
       </c>
       <c r="H9">
-        <v>16820</v>
+        <v>549.84</v>
       </c>
       <c r="I9" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J9">
-        <v>14500</v>
+        <v>474</v>
       </c>
       <c r="K9">
-        <v>32201001</v>
+        <v>34100002</v>
       </c>
       <c r="L9" t="s">
         <v>715</v>
       </c>
       <c r="M9" t="s">
         <v>727</v>
       </c>
       <c r="N9" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O9" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P9">
         <v>97070</v>
       </c>
       <c r="Q9" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R9" t="s">
         <v>717</v>
       </c>
       <c r="S9" t="s">
         <v>718</v>
       </c>
       <c r="T9" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="B10" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="C10" t="s">
-        <v>65</v>
+        <v>116</v>
       </c>
       <c r="D10" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="E10" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="F10">
         <v>1</v>
       </c>
       <c r="G10" t="s">
         <v>714</v>
       </c>
       <c r="H10">
-        <v>16820</v>
+        <v>295000</v>
       </c>
       <c r="I10" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J10">
-        <v>14500</v>
+        <v>295000</v>
       </c>
       <c r="K10">
-        <v>32201001</v>
+        <v>38200001</v>
       </c>
       <c r="L10" t="s">
         <v>715</v>
       </c>
       <c r="M10" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="N10" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O10" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P10">
         <v>97070</v>
       </c>
       <c r="Q10" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R10" t="s">
         <v>717</v>
       </c>
       <c r="S10" t="s">
         <v>718</v>
       </c>
       <c r="T10" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="B11" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="C11" t="s">
-        <v>78</v>
+        <v>116</v>
       </c>
       <c r="D11" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="E11" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="F11">
         <v>1</v>
       </c>
       <c r="G11" t="s">
         <v>714</v>
       </c>
       <c r="H11">
-        <v>61755</v>
+        <v>5133</v>
       </c>
       <c r="I11" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J11">
-        <v>53237.07</v>
+        <v>4425</v>
       </c>
       <c r="K11">
-        <v>31100001</v>
+        <v>34100002</v>
       </c>
       <c r="L11" t="s">
         <v>715</v>
       </c>
       <c r="M11" t="s">
-        <v>749</v>
+        <v>727</v>
       </c>
       <c r="N11" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O11" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P11">
         <v>97070</v>
       </c>
       <c r="Q11" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R11" t="s">
         <v>717</v>
       </c>
       <c r="S11" t="s">
         <v>718</v>
       </c>
       <c r="T11" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="B12" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="C12" t="s">
-        <v>91</v>
+        <v>127</v>
       </c>
       <c r="D12" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="E12" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="F12">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G12" t="s">
-        <v>753</v>
+        <v>714</v>
       </c>
       <c r="H12">
-        <v>13638.38</v>
+        <v>18270</v>
       </c>
       <c r="I12" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J12">
-        <v>11757.22</v>
+        <v>15750</v>
       </c>
       <c r="K12">
-        <v>21400019</v>
+        <v>33300006</v>
       </c>
       <c r="L12" t="s">
         <v>715</v>
       </c>
       <c r="M12" t="s">
-        <v>754</v>
+        <v>737</v>
       </c>
       <c r="N12" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O12" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P12">
         <v>97070</v>
       </c>
       <c r="Q12" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R12" t="s">
         <v>717</v>
       </c>
       <c r="S12" t="s">
         <v>718</v>
       </c>
       <c r="T12" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>755</v>
       </c>
       <c r="B13" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="C13" t="s">
-        <v>91</v>
+        <v>138</v>
       </c>
       <c r="D13" t="s">
         <v>756</v>
       </c>
       <c r="E13" t="s">
         <v>757</v>
       </c>
       <c r="F13">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G13" t="s">
-        <v>753</v>
+        <v>714</v>
       </c>
       <c r="H13">
-        <v>13338.38</v>
+        <v>13823.33</v>
       </c>
       <c r="I13" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J13">
-        <v>11498.6</v>
+        <v>14500</v>
       </c>
       <c r="K13">
-        <v>21400019</v>
+        <v>32201001</v>
       </c>
       <c r="L13" t="s">
         <v>715</v>
       </c>
       <c r="M13" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="N13" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O13" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P13">
         <v>97070</v>
       </c>
       <c r="Q13" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R13" t="s">
         <v>717</v>
       </c>
       <c r="S13" t="s">
         <v>718</v>
       </c>
       <c r="T13" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="B14" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C14" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="D14" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="E14" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="F14">
         <v>1</v>
       </c>
       <c r="G14" t="s">
         <v>714</v>
       </c>
       <c r="H14">
-        <v>10200</v>
+        <v>13823.33</v>
       </c>
       <c r="I14" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J14">
-        <v>8793.1</v>
+        <v>14500</v>
       </c>
       <c r="K14">
-        <v>33602008</v>
+        <v>32201001</v>
       </c>
       <c r="L14" t="s">
         <v>715</v>
       </c>
       <c r="M14" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="N14" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O14" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P14">
         <v>97070</v>
       </c>
       <c r="Q14" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R14" t="s">
         <v>717</v>
       </c>
       <c r="S14" t="s">
         <v>718</v>
       </c>
       <c r="T14" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>762</v>
       </c>
       <c r="B15" t="s">
         <v>669</v>
       </c>
       <c r="C15" t="s">
-        <v>112</v>
+        <v>138</v>
       </c>
       <c r="D15" t="s">
         <v>763</v>
       </c>
       <c r="E15" t="s">
         <v>764</v>
       </c>
       <c r="F15">
         <v>1</v>
       </c>
       <c r="G15" t="s">
         <v>714</v>
       </c>
       <c r="H15">
-        <v>65006.4</v>
+        <v>16820</v>
       </c>
       <c r="I15" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J15">
-        <v>56040</v>
+        <v>14500</v>
       </c>
       <c r="K15">
-        <v>35100001</v>
+        <v>32201001</v>
       </c>
       <c r="L15" t="s">
         <v>715</v>
       </c>
       <c r="M15" t="s">
-        <v>765</v>
+        <v>758</v>
       </c>
       <c r="N15" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O15" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P15">
         <v>97070</v>
       </c>
       <c r="Q15" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R15" t="s">
         <v>717</v>
       </c>
       <c r="S15" t="s">
         <v>718</v>
       </c>
       <c r="T15" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>766</v>
+        <v>765</v>
       </c>
       <c r="B16" t="s">
         <v>669</v>
       </c>
       <c r="C16" t="s">
-        <v>112</v>
+        <v>138</v>
       </c>
       <c r="D16" t="s">
+        <v>766</v>
+      </c>
+      <c r="E16" t="s">
         <v>767</v>
-      </c>
-[...1 lines deleted...]
-        <v>764</v>
       </c>
       <c r="F16">
         <v>1</v>
       </c>
       <c r="G16" t="s">
         <v>714</v>
       </c>
       <c r="H16">
-        <v>43337.6</v>
+        <v>16820</v>
       </c>
       <c r="I16" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J16">
-        <v>37360</v>
+        <v>14500</v>
       </c>
       <c r="K16">
-        <v>35100001</v>
+        <v>32201001</v>
       </c>
       <c r="L16" t="s">
         <v>715</v>
       </c>
       <c r="M16" t="s">
-        <v>765</v>
+        <v>758</v>
       </c>
       <c r="N16" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O16" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P16">
         <v>97070</v>
       </c>
       <c r="Q16" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R16" t="s">
         <v>717</v>
       </c>
       <c r="S16" t="s">
         <v>718</v>
       </c>
       <c r="T16" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>768</v>
       </c>
       <c r="B17" t="s">
-        <v>670</v>
+        <v>669</v>
       </c>
       <c r="C17" t="s">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="D17" t="s">
         <v>769</v>
       </c>
       <c r="E17" t="s">
         <v>770</v>
       </c>
       <c r="F17">
         <v>1</v>
       </c>
       <c r="G17" t="s">
         <v>714</v>
       </c>
       <c r="H17">
-        <v>12600</v>
+        <v>16820</v>
       </c>
       <c r="I17" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J17">
-        <v>12600</v>
+        <v>14500</v>
       </c>
       <c r="K17">
-        <v>33300006</v>
+        <v>32201001</v>
       </c>
       <c r="L17" t="s">
         <v>715</v>
       </c>
       <c r="M17" t="s">
-        <v>771</v>
+        <v>758</v>
       </c>
       <c r="N17" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O17" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P17">
         <v>97070</v>
       </c>
       <c r="Q17" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R17" t="s">
         <v>717</v>
       </c>
       <c r="S17" t="s">
         <v>718</v>
       </c>
       <c r="T17" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
+        <v>771</v>
+      </c>
+      <c r="B18" t="s">
+        <v>669</v>
+      </c>
+      <c r="C18" t="s">
+        <v>138</v>
+      </c>
+      <c r="D18" t="s">
         <v>772</v>
       </c>
-      <c r="B18" t="s">
-[...5 lines deleted...]
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>773</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18">
-        <v>24000</v>
+        <v>1</v>
       </c>
       <c r="G18" t="s">
-        <v>775</v>
+        <v>714</v>
       </c>
       <c r="H18">
-        <v>24000</v>
+        <v>16820</v>
       </c>
       <c r="I18" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J18">
-        <v>24000</v>
+        <v>14500</v>
       </c>
       <c r="K18">
-        <v>26100013</v>
+        <v>32201001</v>
       </c>
       <c r="L18" t="s">
         <v>715</v>
       </c>
       <c r="M18" t="s">
-        <v>776</v>
+        <v>758</v>
       </c>
       <c r="N18" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O18" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P18">
         <v>97070</v>
       </c>
       <c r="Q18" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R18" t="s">
         <v>717</v>
       </c>
       <c r="S18" t="s">
         <v>718</v>
       </c>
       <c r="T18" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B19" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="C19" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="D19" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="E19" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="F19">
         <v>1</v>
       </c>
       <c r="G19" t="s">
         <v>714</v>
       </c>
       <c r="H19">
-        <v>549.84</v>
+        <v>16820</v>
       </c>
       <c r="I19" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J19">
-        <v>474</v>
+        <v>14500</v>
       </c>
       <c r="K19">
-        <v>34100002</v>
+        <v>32201001</v>
       </c>
       <c r="L19" t="s">
         <v>715</v>
       </c>
       <c r="M19" t="s">
-        <v>723</v>
+        <v>758</v>
       </c>
       <c r="N19" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O19" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P19">
         <v>97070</v>
       </c>
       <c r="Q19" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R19" t="s">
         <v>717</v>
       </c>
       <c r="S19" t="s">
         <v>718</v>
       </c>
       <c r="T19" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="B20" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="C20" t="s">
         <v>151</v>
       </c>
       <c r="D20" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="E20" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="F20">
         <v>1</v>
       </c>
       <c r="G20" t="s">
         <v>714</v>
       </c>
       <c r="H20">
-        <v>18270</v>
+        <v>38924.54</v>
       </c>
       <c r="I20" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J20">
-        <v>15750</v>
+        <v>40829.96</v>
       </c>
       <c r="K20">
-        <v>33300006</v>
+        <v>32201001</v>
       </c>
       <c r="L20" t="s">
         <v>715</v>
       </c>
       <c r="M20" t="s">
-        <v>771</v>
+        <v>758</v>
       </c>
       <c r="N20" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O20" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P20">
         <v>97070</v>
       </c>
       <c r="Q20" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R20" t="s">
         <v>717</v>
       </c>
       <c r="S20" t="s">
         <v>718</v>
       </c>
       <c r="T20" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="B21" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c r="C21" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
       <c r="D21" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="E21" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="F21">
         <v>1</v>
       </c>
       <c r="G21" t="s">
         <v>714</v>
       </c>
       <c r="H21">
-        <v>295000</v>
+        <v>38450.91</v>
       </c>
       <c r="I21" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J21">
-        <v>295000</v>
+        <v>40333.14</v>
       </c>
       <c r="K21">
-        <v>38200001</v>
+        <v>32201001</v>
       </c>
       <c r="L21" t="s">
         <v>715</v>
       </c>
       <c r="M21" t="s">
-        <v>716</v>
+        <v>758</v>
       </c>
       <c r="N21" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O21" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P21">
         <v>97070</v>
       </c>
       <c r="Q21" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R21" t="s">
         <v>717</v>
       </c>
       <c r="S21" t="s">
         <v>718</v>
       </c>
       <c r="T21" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="B22" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c r="C22" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
       <c r="D22" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="E22" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
       <c r="F22">
         <v>1</v>
       </c>
       <c r="G22" t="s">
         <v>714</v>
       </c>
       <c r="H22">
-        <v>5133</v>
+        <v>38924.54</v>
       </c>
       <c r="I22" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J22">
-        <v>4425</v>
+        <v>40829.96</v>
       </c>
       <c r="K22">
-        <v>34100002</v>
+        <v>32201001</v>
       </c>
       <c r="L22" t="s">
         <v>715</v>
       </c>
       <c r="M22" t="s">
-        <v>723</v>
+        <v>758</v>
       </c>
       <c r="N22" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O22" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P22">
         <v>97070</v>
       </c>
       <c r="Q22" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R22" t="s">
         <v>717</v>
       </c>
       <c r="S22" t="s">
         <v>718</v>
       </c>
       <c r="T22" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="B23" t="s">
-        <v>679</v>
+        <v>673</v>
       </c>
       <c r="C23" t="s">
-        <v>173</v>
+        <v>151</v>
       </c>
       <c r="D23" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="E23" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
       <c r="F23">
         <v>1</v>
       </c>
       <c r="G23" t="s">
         <v>714</v>
       </c>
       <c r="H23">
-        <v>38924.54</v>
+        <v>38450.91</v>
       </c>
       <c r="I23" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J23">
-        <v>40829.96</v>
+        <v>40333.14</v>
       </c>
       <c r="K23">
         <v>32201001</v>
       </c>
       <c r="L23" t="s">
         <v>715</v>
       </c>
       <c r="M23" t="s">
-        <v>727</v>
+        <v>758</v>
       </c>
       <c r="N23" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O23" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P23">
         <v>97070</v>
       </c>
       <c r="Q23" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R23" t="s">
         <v>717</v>
       </c>
       <c r="S23" t="s">
         <v>718</v>
       </c>
       <c r="T23" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="B24" t="s">
-        <v>679</v>
+        <v>673</v>
       </c>
       <c r="C24" t="s">
-        <v>173</v>
+        <v>151</v>
       </c>
       <c r="D24" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="E24" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="F24">
         <v>1</v>
       </c>
       <c r="G24" t="s">
         <v>714</v>
       </c>
       <c r="H24">
-        <v>38450.91</v>
+        <v>38924.54</v>
       </c>
       <c r="I24" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J24">
-        <v>40333.14</v>
+        <v>40829.96</v>
       </c>
       <c r="K24">
         <v>32201001</v>
       </c>
       <c r="L24" t="s">
         <v>715</v>
       </c>
       <c r="M24" t="s">
-        <v>727</v>
+        <v>758</v>
       </c>
       <c r="N24" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O24" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P24">
         <v>97070</v>
       </c>
       <c r="Q24" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R24" t="s">
         <v>717</v>
       </c>
       <c r="S24" t="s">
         <v>718</v>
       </c>
       <c r="T24" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="B25" t="s">
-        <v>679</v>
+        <v>673</v>
       </c>
       <c r="C25" t="s">
-        <v>173</v>
+        <v>151</v>
       </c>
       <c r="D25" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="E25" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="F25">
         <v>1</v>
       </c>
       <c r="G25" t="s">
         <v>714</v>
       </c>
       <c r="H25">
-        <v>38924.54</v>
+        <v>38450.91</v>
       </c>
       <c r="I25" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J25">
-        <v>40829.96</v>
+        <v>40333.14</v>
       </c>
       <c r="K25">
         <v>32201001</v>
       </c>
       <c r="L25" t="s">
         <v>715</v>
       </c>
       <c r="M25" t="s">
-        <v>727</v>
+        <v>758</v>
       </c>
       <c r="N25" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O25" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P25">
         <v>97070</v>
       </c>
       <c r="Q25" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R25" t="s">
         <v>717</v>
       </c>
       <c r="S25" t="s">
         <v>718</v>
       </c>
       <c r="T25" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="B26" t="s">
-        <v>679</v>
+        <v>673</v>
       </c>
       <c r="C26" t="s">
-        <v>173</v>
+        <v>151</v>
       </c>
       <c r="D26" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="E26" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="F26">
         <v>1</v>
       </c>
       <c r="G26" t="s">
         <v>714</v>
       </c>
       <c r="H26">
-        <v>38450.91</v>
+        <v>46786.44</v>
       </c>
       <c r="I26" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J26">
         <v>40333.14</v>
       </c>
       <c r="K26">
         <v>32201001</v>
       </c>
       <c r="L26" t="s">
         <v>715</v>
       </c>
       <c r="M26" t="s">
-        <v>727</v>
+        <v>758</v>
       </c>
       <c r="N26" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O26" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P26">
         <v>97070</v>
       </c>
       <c r="Q26" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R26" t="s">
         <v>717</v>
       </c>
       <c r="S26" t="s">
         <v>718</v>
       </c>
       <c r="T26" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="B27" t="s">
-        <v>679</v>
+        <v>673</v>
       </c>
       <c r="C27" t="s">
-        <v>173</v>
+        <v>151</v>
       </c>
       <c r="D27" t="s">
-        <v>802</v>
+        <v>799</v>
       </c>
       <c r="E27" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="F27">
         <v>1</v>
       </c>
       <c r="G27" t="s">
         <v>714</v>
       </c>
       <c r="H27">
-        <v>38924.54</v>
+        <v>46786.44</v>
       </c>
       <c r="I27" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J27">
-        <v>40829.96</v>
+        <v>40333.14</v>
       </c>
       <c r="K27">
         <v>32201001</v>
       </c>
       <c r="L27" t="s">
         <v>715</v>
       </c>
       <c r="M27" t="s">
-        <v>727</v>
+        <v>758</v>
       </c>
       <c r="N27" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O27" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P27">
         <v>97070</v>
       </c>
       <c r="Q27" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R27" t="s">
         <v>717</v>
       </c>
       <c r="S27" t="s">
         <v>718</v>
       </c>
       <c r="T27" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
       <c r="B28" t="s">
-        <v>679</v>
+        <v>673</v>
       </c>
       <c r="C28" t="s">
-        <v>173</v>
+        <v>151</v>
       </c>
       <c r="D28" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="E28" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
       <c r="F28">
         <v>1</v>
       </c>
       <c r="G28" t="s">
         <v>714</v>
       </c>
       <c r="H28">
-        <v>38450.91</v>
+        <v>46786.44</v>
       </c>
       <c r="I28" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J28">
         <v>40333.14</v>
       </c>
       <c r="K28">
         <v>32201001</v>
       </c>
       <c r="L28" t="s">
         <v>715</v>
       </c>
       <c r="M28" t="s">
-        <v>727</v>
+        <v>758</v>
       </c>
       <c r="N28" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O28" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P28">
         <v>97070</v>
       </c>
       <c r="Q28" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R28" t="s">
         <v>717</v>
       </c>
       <c r="S28" t="s">
         <v>718</v>
       </c>
       <c r="T28" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="B29" t="s">
-        <v>679</v>
+        <v>673</v>
       </c>
       <c r="C29" t="s">
-        <v>173</v>
+        <v>151</v>
       </c>
       <c r="D29" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="E29" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="F29">
         <v>1</v>
       </c>
       <c r="G29" t="s">
         <v>714</v>
       </c>
       <c r="H29">
         <v>46786.44</v>
       </c>
       <c r="I29" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J29">
         <v>40333.14</v>
       </c>
       <c r="K29">
         <v>32201001</v>
       </c>
       <c r="L29" t="s">
         <v>715</v>
       </c>
       <c r="M29" t="s">
-        <v>727</v>
+        <v>758</v>
       </c>
       <c r="N29" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O29" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P29">
         <v>97070</v>
       </c>
       <c r="Q29" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R29" t="s">
         <v>717</v>
       </c>
       <c r="S29" t="s">
         <v>718</v>
       </c>
       <c r="T29" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="B30" t="s">
-        <v>679</v>
+        <v>673</v>
       </c>
       <c r="C30" t="s">
-        <v>173</v>
+        <v>151</v>
       </c>
       <c r="D30" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="E30" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="F30">
         <v>1</v>
       </c>
       <c r="G30" t="s">
         <v>714</v>
       </c>
       <c r="H30">
         <v>46786.44</v>
       </c>
       <c r="I30" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J30">
         <v>40333.14</v>
       </c>
       <c r="K30">
         <v>32201001</v>
       </c>
       <c r="L30" t="s">
         <v>715</v>
       </c>
       <c r="M30" t="s">
-        <v>727</v>
+        <v>758</v>
       </c>
       <c r="N30" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O30" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P30">
         <v>97070</v>
       </c>
       <c r="Q30" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R30" t="s">
         <v>717</v>
       </c>
       <c r="S30" t="s">
         <v>718</v>
       </c>
       <c r="T30" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
       <c r="B31" t="s">
-        <v>679</v>
+        <v>673</v>
       </c>
       <c r="C31" t="s">
-        <v>173</v>
+        <v>151</v>
       </c>
       <c r="D31" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="E31" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="F31">
         <v>1</v>
       </c>
       <c r="G31" t="s">
         <v>714</v>
       </c>
       <c r="H31">
         <v>46786.44</v>
       </c>
       <c r="I31" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J31">
         <v>40333.14</v>
       </c>
       <c r="K31">
         <v>32201001</v>
       </c>
       <c r="L31" t="s">
         <v>715</v>
       </c>
       <c r="M31" t="s">
-        <v>727</v>
+        <v>758</v>
       </c>
       <c r="N31" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O31" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P31">
         <v>97070</v>
       </c>
       <c r="Q31" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R31" t="s">
         <v>717</v>
       </c>
       <c r="S31" t="s">
         <v>718</v>
       </c>
       <c r="T31" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="B32" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C32" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D32" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="E32" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="F32">
         <v>1</v>
       </c>
       <c r="G32" t="s">
         <v>714</v>
       </c>
       <c r="H32">
-        <v>46786.44</v>
+        <v>20213</v>
       </c>
       <c r="I32" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J32">
-        <v>40333.14</v>
+        <v>17425</v>
       </c>
       <c r="K32">
-        <v>32201001</v>
+        <v>31100001</v>
       </c>
       <c r="L32" t="s">
         <v>715</v>
       </c>
       <c r="M32" t="s">
-        <v>727</v>
+        <v>816</v>
       </c>
       <c r="N32" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O32" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P32">
         <v>97070</v>
       </c>
       <c r="Q32" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R32" t="s">
         <v>717</v>
       </c>
       <c r="S32" t="s">
         <v>718</v>
       </c>
       <c r="T32" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="B33" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C33" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D33" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="E33" t="s">
-        <v>821</v>
+        <v>815</v>
       </c>
       <c r="F33">
         <v>1</v>
       </c>
       <c r="G33" t="s">
         <v>714</v>
       </c>
       <c r="H33">
-        <v>46786.44</v>
+        <v>13705</v>
       </c>
       <c r="I33" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J33">
-        <v>40333.14</v>
+        <v>11814.66</v>
       </c>
       <c r="K33">
-        <v>32201001</v>
+        <v>31100001</v>
       </c>
       <c r="L33" t="s">
         <v>715</v>
       </c>
       <c r="M33" t="s">
-        <v>727</v>
+        <v>816</v>
       </c>
       <c r="N33" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O33" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P33">
         <v>97070</v>
       </c>
       <c r="Q33" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R33" t="s">
         <v>717</v>
       </c>
       <c r="S33" t="s">
         <v>718</v>
       </c>
       <c r="T33" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="B34" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C34" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D34" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="E34" t="s">
-        <v>824</v>
+        <v>815</v>
       </c>
       <c r="F34">
         <v>1</v>
       </c>
       <c r="G34" t="s">
         <v>714</v>
       </c>
       <c r="H34">
-        <v>46786.44</v>
+        <v>11978</v>
       </c>
       <c r="I34" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J34">
-        <v>40333.14</v>
+        <v>10325.86</v>
       </c>
       <c r="K34">
-        <v>32201001</v>
+        <v>31100001</v>
       </c>
       <c r="L34" t="s">
         <v>715</v>
       </c>
       <c r="M34" t="s">
-        <v>727</v>
+        <v>816</v>
       </c>
       <c r="N34" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O34" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P34">
         <v>97070</v>
       </c>
       <c r="Q34" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R34" t="s">
         <v>717</v>
       </c>
       <c r="S34" t="s">
         <v>718</v>
       </c>
       <c r="T34" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="B35" t="s">
-        <v>683</v>
+        <v>677</v>
       </c>
       <c r="C35" t="s">
-        <v>183</v>
+        <v>161</v>
       </c>
       <c r="D35" t="s">
-        <v>826</v>
+        <v>822</v>
       </c>
       <c r="E35" t="s">
-        <v>827</v>
+        <v>823</v>
       </c>
       <c r="F35">
         <v>1</v>
       </c>
       <c r="G35" t="s">
         <v>714</v>
       </c>
       <c r="H35">
-        <v>20213</v>
+        <v>14002</v>
       </c>
       <c r="I35" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J35">
-        <v>17425</v>
+        <v>12070.69</v>
       </c>
       <c r="K35">
         <v>31100001</v>
       </c>
       <c r="L35" t="s">
         <v>715</v>
       </c>
       <c r="M35" t="s">
-        <v>749</v>
+        <v>816</v>
       </c>
       <c r="N35" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O35" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P35">
         <v>97070</v>
       </c>
       <c r="Q35" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R35" t="s">
         <v>717</v>
       </c>
       <c r="S35" t="s">
         <v>718</v>
       </c>
       <c r="T35" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>828</v>
+        <v>824</v>
       </c>
       <c r="B36" t="s">
-        <v>683</v>
+        <v>677</v>
       </c>
       <c r="C36" t="s">
-        <v>183</v>
+        <v>161</v>
       </c>
       <c r="D36" t="s">
-        <v>829</v>
+        <v>825</v>
       </c>
       <c r="E36" t="s">
-        <v>827</v>
+        <v>823</v>
       </c>
       <c r="F36">
         <v>1</v>
       </c>
       <c r="G36" t="s">
         <v>714</v>
       </c>
       <c r="H36">
-        <v>13705</v>
+        <v>13452</v>
       </c>
       <c r="I36" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J36">
-        <v>11814.66</v>
+        <v>11596.55</v>
       </c>
       <c r="K36">
         <v>31100001</v>
       </c>
       <c r="L36" t="s">
         <v>715</v>
       </c>
       <c r="M36" t="s">
-        <v>749</v>
+        <v>816</v>
       </c>
       <c r="N36" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O36" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P36">
         <v>97070</v>
       </c>
       <c r="Q36" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R36" t="s">
         <v>717</v>
       </c>
       <c r="S36" t="s">
         <v>718</v>
       </c>
       <c r="T36" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>830</v>
+        <v>826</v>
       </c>
       <c r="B37" t="s">
-        <v>683</v>
+        <v>677</v>
       </c>
       <c r="C37" t="s">
-        <v>183</v>
+        <v>161</v>
       </c>
       <c r="D37" t="s">
-        <v>831</v>
+        <v>827</v>
       </c>
       <c r="E37" t="s">
-        <v>827</v>
+        <v>823</v>
       </c>
       <c r="F37">
         <v>1</v>
       </c>
       <c r="G37" t="s">
         <v>714</v>
       </c>
       <c r="H37">
-        <v>11978</v>
+        <v>11190</v>
       </c>
       <c r="I37" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J37">
-        <v>10325.86</v>
+        <v>9646.55</v>
       </c>
       <c r="K37">
         <v>31100001</v>
       </c>
       <c r="L37" t="s">
         <v>715</v>
       </c>
       <c r="M37" t="s">
-        <v>749</v>
+        <v>816</v>
       </c>
       <c r="N37" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O37" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P37">
         <v>97070</v>
       </c>
       <c r="Q37" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R37" t="s">
         <v>717</v>
       </c>
       <c r="S37" t="s">
         <v>718</v>
       </c>
       <c r="T37" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="B38" t="s">
-        <v>683</v>
+        <v>677</v>
       </c>
       <c r="C38" t="s">
-        <v>183</v>
+        <v>161</v>
       </c>
       <c r="D38" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="E38" t="s">
-        <v>834</v>
+        <v>823</v>
       </c>
       <c r="F38">
         <v>1</v>
       </c>
       <c r="G38" t="s">
         <v>714</v>
       </c>
       <c r="H38">
-        <v>14002</v>
+        <v>12370</v>
       </c>
       <c r="I38" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J38">
-        <v>12070.69</v>
+        <v>10663.79</v>
       </c>
       <c r="K38">
         <v>31100001</v>
       </c>
       <c r="L38" t="s">
         <v>715</v>
       </c>
       <c r="M38" t="s">
-        <v>749</v>
+        <v>816</v>
       </c>
       <c r="N38" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O38" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P38">
         <v>97070</v>
       </c>
       <c r="Q38" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R38" t="s">
         <v>717</v>
       </c>
       <c r="S38" t="s">
         <v>718</v>
       </c>
       <c r="T38" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>835</v>
+        <v>830</v>
       </c>
       <c r="B39" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="C39" t="s">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="D39" t="s">
-        <v>836</v>
+        <v>831</v>
       </c>
       <c r="E39" t="s">
-        <v>834</v>
+        <v>832</v>
       </c>
       <c r="F39">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G39" t="s">
-        <v>714</v>
+        <v>833</v>
       </c>
       <c r="H39">
-        <v>13452</v>
+        <v>15641.44</v>
       </c>
       <c r="I39" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J39">
-        <v>11596.55</v>
+        <v>13484</v>
       </c>
       <c r="K39">
-        <v>31100001</v>
+        <v>51900002</v>
       </c>
       <c r="L39" t="s">
         <v>715</v>
       </c>
       <c r="M39" t="s">
-        <v>749</v>
-[...5 lines deleted...]
-        <v>451</v>
+        <v>834</v>
       </c>
       <c r="P39">
         <v>97070</v>
       </c>
-      <c r="Q39" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S39" t="s">
         <v>718</v>
       </c>
-      <c r="T39" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
+        <v>835</v>
+      </c>
+      <c r="B40" t="s">
+        <v>681</v>
+      </c>
+      <c r="C40" t="s">
+        <v>182</v>
+      </c>
+      <c r="D40" t="s">
+        <v>836</v>
+      </c>
+      <c r="E40" t="s">
         <v>837</v>
-      </c>
-[...10 lines deleted...]
-        <v>834</v>
       </c>
       <c r="F40">
         <v>1</v>
       </c>
       <c r="G40" t="s">
         <v>714</v>
       </c>
       <c r="H40">
-        <v>11190</v>
+        <v>39116.18</v>
       </c>
       <c r="I40" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J40">
-        <v>9646.55</v>
+        <v>33720.84</v>
       </c>
       <c r="K40">
-        <v>31100001</v>
+        <v>34500001</v>
       </c>
       <c r="L40" t="s">
         <v>715</v>
       </c>
       <c r="M40" t="s">
-        <v>749</v>
+        <v>838</v>
       </c>
       <c r="N40" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O40" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P40">
         <v>97070</v>
       </c>
       <c r="Q40" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R40" t="s">
         <v>717</v>
       </c>
       <c r="S40" t="s">
         <v>718</v>
       </c>
       <c r="T40" t="s">
-        <v>719</v>
+        <v>839</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="B41" t="s">
         <v>683</v>
       </c>
       <c r="C41" t="s">
-        <v>183</v>
+        <v>195</v>
       </c>
       <c r="D41" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="E41" t="s">
-        <v>834</v>
+        <v>842</v>
       </c>
       <c r="F41">
         <v>1</v>
       </c>
       <c r="G41" t="s">
         <v>714</v>
       </c>
       <c r="H41">
-        <v>12370</v>
+        <v>23200</v>
       </c>
       <c r="I41" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J41">
-        <v>10663.79</v>
+        <v>20000</v>
       </c>
       <c r="K41">
-        <v>31100001</v>
+        <v>33100006</v>
       </c>
       <c r="L41" t="s">
         <v>715</v>
       </c>
       <c r="M41" t="s">
-        <v>749</v>
+        <v>716</v>
       </c>
       <c r="N41" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O41" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P41">
         <v>97070</v>
       </c>
       <c r="Q41" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R41" t="s">
         <v>717</v>
       </c>
       <c r="S41" t="s">
         <v>718</v>
       </c>
       <c r="T41" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="B42" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="C42" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="D42" t="s">
+        <v>844</v>
+      </c>
+      <c r="E42" t="s">
         <v>842</v>
-      </c>
-[...1 lines deleted...]
-        <v>843</v>
       </c>
       <c r="F42">
         <v>1</v>
       </c>
       <c r="G42" t="s">
         <v>714</v>
       </c>
       <c r="H42">
-        <v>39116.18</v>
+        <v>10440</v>
       </c>
       <c r="I42" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J42">
-        <v>33720.84</v>
+        <v>9000</v>
       </c>
       <c r="K42">
-        <v>34500001</v>
+        <v>33100006</v>
       </c>
       <c r="L42" t="s">
         <v>715</v>
       </c>
       <c r="M42" t="s">
-        <v>844</v>
+        <v>716</v>
       </c>
       <c r="N42" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O42" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P42">
         <v>97070</v>
       </c>
       <c r="Q42" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R42" t="s">
         <v>717</v>
       </c>
       <c r="S42" t="s">
         <v>718</v>
       </c>
       <c r="T42" t="s">
-        <v>845</v>
+        <v>719</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>846</v>
+        <v>845</v>
       </c>
       <c r="B43" t="s">
         <v>686</v>
       </c>
       <c r="C43" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D43" t="s">
+        <v>846</v>
+      </c>
+      <c r="E43" t="s">
         <v>847</v>
       </c>
-      <c r="E43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F43">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G43" t="s">
-        <v>753</v>
+        <v>714</v>
       </c>
       <c r="H43">
-        <v>15641.44</v>
+        <v>20000</v>
       </c>
       <c r="I43" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J43">
-        <v>13484</v>
+        <v>17241.38</v>
       </c>
       <c r="K43">
-        <v>51900002</v>
+        <v>33100006</v>
       </c>
       <c r="L43" t="s">
         <v>715</v>
       </c>
       <c r="M43" t="s">
-        <v>849</v>
+        <v>716</v>
       </c>
       <c r="P43">
         <v>97070</v>
       </c>
       <c r="S43" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
+        <v>848</v>
+      </c>
+      <c r="B44" t="s">
+        <v>687</v>
+      </c>
+      <c r="C44" t="s">
+        <v>213</v>
+      </c>
+      <c r="D44" t="s">
+        <v>849</v>
+      </c>
+      <c r="E44" t="s">
         <v>850</v>
       </c>
-      <c r="B44" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F44">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G44" t="s">
-        <v>714</v>
+        <v>833</v>
       </c>
       <c r="H44">
-        <v>20000</v>
+        <v>10740.15</v>
       </c>
       <c r="I44" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J44">
-        <v>17241.38</v>
+        <v>9258.75</v>
       </c>
       <c r="K44">
-        <v>33100006</v>
+        <v>21400019</v>
       </c>
       <c r="L44" t="s">
         <v>715</v>
       </c>
       <c r="M44" t="s">
-        <v>853</v>
+        <v>851</v>
+      </c>
+      <c r="N44" t="s">
+        <v>421</v>
+      </c>
+      <c r="O44" t="s">
+        <v>422</v>
       </c>
       <c r="P44">
         <v>97070</v>
       </c>
+      <c r="Q44" t="s">
+        <v>424</v>
+      </c>
+      <c r="R44" t="s">
+        <v>717</v>
+      </c>
       <c r="S44" t="s">
         <v>718</v>
       </c>
+      <c r="T44" t="s">
+        <v>719</v>
+      </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>854</v>
+        <v>852</v>
       </c>
       <c r="B45" t="s">
         <v>689</v>
       </c>
       <c r="C45" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D45" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
       <c r="E45" t="s">
-        <v>856</v>
+        <v>854</v>
       </c>
       <c r="F45">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G45" t="s">
-        <v>714</v>
+        <v>833</v>
       </c>
       <c r="H45">
-        <v>23200</v>
+        <v>13638.38</v>
       </c>
       <c r="I45" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J45">
-        <v>20000</v>
+        <v>11757.22</v>
       </c>
       <c r="K45">
-        <v>33100006</v>
+        <v>21400019</v>
       </c>
       <c r="L45" t="s">
         <v>715</v>
       </c>
       <c r="M45" t="s">
-        <v>853</v>
+        <v>851</v>
       </c>
       <c r="N45" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O45" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P45">
         <v>97070</v>
       </c>
       <c r="Q45" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R45" t="s">
         <v>717</v>
       </c>
       <c r="S45" t="s">
         <v>718</v>
       </c>
       <c r="T45" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>857</v>
+        <v>855</v>
       </c>
       <c r="B46" t="s">
         <v>689</v>
       </c>
       <c r="C46" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D46" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="E46" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="F46">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G46" t="s">
-        <v>714</v>
+        <v>833</v>
       </c>
       <c r="H46">
-        <v>10440</v>
+        <v>13338.38</v>
       </c>
       <c r="I46" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J46">
-        <v>9000</v>
+        <v>11498.6</v>
       </c>
       <c r="K46">
-        <v>33100006</v>
+        <v>21400019</v>
       </c>
       <c r="L46" t="s">
         <v>715</v>
       </c>
       <c r="M46" t="s">
-        <v>853</v>
+        <v>851</v>
       </c>
       <c r="N46" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O46" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P46">
         <v>97070</v>
       </c>
       <c r="Q46" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R46" t="s">
         <v>717</v>
       </c>
       <c r="S46" t="s">
         <v>718</v>
       </c>
       <c r="T46" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
+        <v>858</v>
+      </c>
+      <c r="B47" t="s">
+        <v>691</v>
+      </c>
+      <c r="C47" t="s">
+        <v>234</v>
+      </c>
+      <c r="D47" t="s">
         <v>859</v>
       </c>
-      <c r="B47" t="s">
-[...5 lines deleted...]
-      <c r="D47" t="s">
+      <c r="E47" t="s">
         <v>860</v>
       </c>
-      <c r="E47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G47" t="s">
-        <v>753</v>
+        <v>714</v>
       </c>
       <c r="H47">
-        <v>10740.15</v>
+        <v>10200</v>
       </c>
       <c r="I47" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J47">
-        <v>9258.75</v>
+        <v>8793.1</v>
       </c>
       <c r="K47">
-        <v>21400019</v>
+        <v>33602008</v>
       </c>
       <c r="L47" t="s">
         <v>715</v>
       </c>
       <c r="M47" t="s">
-        <v>754</v>
+        <v>861</v>
       </c>
       <c r="N47" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O47" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P47">
         <v>97070</v>
       </c>
       <c r="Q47" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R47" t="s">
         <v>717</v>
       </c>
       <c r="S47" t="s">
         <v>718</v>
       </c>
       <c r="T47" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>862</v>
       </c>
       <c r="B48" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="C48" t="s">
         <v>242</v>
       </c>
       <c r="D48" t="s">
         <v>863</v>
       </c>
       <c r="E48" t="s">
         <v>864</v>
       </c>
       <c r="F48">
         <v>1</v>
       </c>
       <c r="G48" t="s">
         <v>714</v>
       </c>
       <c r="H48">
-        <v>16820</v>
+        <v>61755</v>
       </c>
       <c r="I48" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="J48">
-        <v>14500</v>
+        <v>53237.07</v>
       </c>
       <c r="K48">
-        <v>33100006</v>
+        <v>31100001</v>
       </c>
       <c r="L48" t="s">
         <v>715</v>
       </c>
       <c r="M48" t="s">
-        <v>853</v>
+        <v>816</v>
       </c>
       <c r="N48" t="s">
-        <v>450</v>
+        <v>421</v>
       </c>
       <c r="O48" t="s">
-        <v>451</v>
+        <v>422</v>
       </c>
       <c r="P48">
         <v>97070</v>
       </c>
       <c r="Q48" t="s">
-        <v>452</v>
+        <v>424</v>
       </c>
       <c r="R48" t="s">
         <v>717</v>
       </c>
       <c r="S48" t="s">
         <v>718</v>
       </c>
       <c r="T48" t="s">
         <v>719</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L116"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -25709,4668 +25712,4668 @@
       <c r="B2" t="s">
         <v>652</v>
       </c>
       <c r="C2" t="s">
         <v>39</v>
       </c>
       <c r="D2" t="s">
         <v>871</v>
       </c>
       <c r="E2" t="s">
         <v>872</v>
       </c>
       <c r="F2" t="s">
         <v>873</v>
       </c>
       <c r="G2" t="s">
         <v>874</v>
       </c>
       <c r="H2" t="s">
         <v>875</v>
       </c>
       <c r="I2" t="s">
         <v>876</v>
       </c>
       <c r="J2" t="s">
-        <v>63</v>
+        <v>877</v>
       </c>
       <c r="K2" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L2" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="B3" t="s">
         <v>652</v>
       </c>
       <c r="C3" t="s">
         <v>39</v>
       </c>
       <c r="D3" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="E3" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="F3" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="G3" t="s">
         <v>874</v>
       </c>
       <c r="H3" t="s">
         <v>875</v>
       </c>
       <c r="I3" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J3" t="s">
-        <v>63</v>
+        <v>885</v>
       </c>
       <c r="K3" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L3" t="s">
-        <v>878</v>
+        <v>886</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="B4" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="C4" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D4" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="E4" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="F4" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="G4" t="s">
         <v>874</v>
       </c>
       <c r="H4" t="s">
         <v>875</v>
       </c>
       <c r="I4" t="s">
         <v>876</v>
       </c>
       <c r="J4" t="s">
-        <v>888</v>
+        <v>73</v>
       </c>
       <c r="K4" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L4" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="B5" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="C5" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D5" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="E5" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="F5" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="G5" t="s">
         <v>874</v>
       </c>
       <c r="H5" t="s">
         <v>875</v>
       </c>
       <c r="I5" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J5" t="s">
-        <v>894</v>
+        <v>73</v>
       </c>
       <c r="K5" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L5" t="s">
-        <v>895</v>
+        <v>891</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>896</v>
       </c>
       <c r="B6" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C6" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="D6" t="s">
         <v>897</v>
       </c>
       <c r="E6" t="s">
         <v>898</v>
       </c>
       <c r="F6" t="s">
         <v>899</v>
       </c>
       <c r="G6" t="s">
         <v>874</v>
       </c>
       <c r="H6" t="s">
         <v>875</v>
       </c>
       <c r="I6" t="s">
         <v>876</v>
       </c>
       <c r="J6" t="s">
+        <v>73</v>
+      </c>
+      <c r="K6" t="s">
+        <v>878</v>
+      </c>
+      <c r="L6" t="s">
         <v>900</v>
-      </c>
-[...4 lines deleted...]
-        <v>901</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>901</v>
+      </c>
+      <c r="B7" t="s">
+        <v>659</v>
+      </c>
+      <c r="C7" t="s">
+        <v>75</v>
+      </c>
+      <c r="D7" t="s">
         <v>902</v>
       </c>
-      <c r="B7" t="s">
-[...5 lines deleted...]
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>903</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
         <v>904</v>
-      </c>
-[...1 lines deleted...]
-        <v>905</v>
       </c>
       <c r="G7" t="s">
         <v>874</v>
       </c>
       <c r="H7" t="s">
         <v>875</v>
       </c>
       <c r="I7" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J7" t="s">
-        <v>906</v>
+        <v>73</v>
       </c>
       <c r="K7" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L7" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>906</v>
+      </c>
+      <c r="B8" t="s">
+        <v>659</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
         <v>907</v>
       </c>
-      <c r="B8" t="s">
-[...5 lines deleted...]
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>908</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
         <v>909</v>
-      </c>
-[...1 lines deleted...]
-        <v>910</v>
       </c>
       <c r="G8" t="s">
         <v>874</v>
       </c>
       <c r="H8" t="s">
         <v>875</v>
       </c>
       <c r="I8" t="s">
         <v>876</v>
       </c>
       <c r="J8" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K8" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L8" t="s">
-        <v>911</v>
+        <v>910</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>911</v>
+      </c>
+      <c r="B9" t="s">
+        <v>659</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
         <v>912</v>
       </c>
-      <c r="B9" t="s">
-[...5 lines deleted...]
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>913</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
         <v>914</v>
-      </c>
-[...1 lines deleted...]
-        <v>915</v>
       </c>
       <c r="G9" t="s">
         <v>874</v>
       </c>
       <c r="H9" t="s">
         <v>875</v>
       </c>
       <c r="I9" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J9" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K9" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L9" t="s">
-        <v>916</v>
+        <v>915</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>916</v>
+      </c>
+      <c r="B10" t="s">
+        <v>660</v>
+      </c>
+      <c r="C10" t="s">
+        <v>94</v>
+      </c>
+      <c r="D10" t="s">
         <v>917</v>
       </c>
-      <c r="B10" t="s">
-[...5 lines deleted...]
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>918</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
         <v>919</v>
-      </c>
-[...1 lines deleted...]
-        <v>920</v>
       </c>
       <c r="G10" t="s">
         <v>874</v>
       </c>
       <c r="H10" t="s">
         <v>875</v>
       </c>
       <c r="I10" t="s">
         <v>876</v>
       </c>
       <c r="J10" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K10" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L10" t="s">
-        <v>921</v>
+        <v>920</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>921</v>
+      </c>
+      <c r="B11" t="s">
+        <v>660</v>
+      </c>
+      <c r="C11" t="s">
+        <v>94</v>
+      </c>
+      <c r="D11" t="s">
         <v>922</v>
       </c>
-      <c r="B11" t="s">
-[...5 lines deleted...]
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>923</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
         <v>924</v>
-      </c>
-[...1 lines deleted...]
-        <v>925</v>
       </c>
       <c r="G11" t="s">
         <v>874</v>
       </c>
       <c r="H11" t="s">
         <v>875</v>
       </c>
       <c r="I11" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J11" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K11" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L11" t="s">
-        <v>926</v>
+        <v>925</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
+        <v>926</v>
+      </c>
+      <c r="B12" t="s">
+        <v>662</v>
+      </c>
+      <c r="C12" t="s">
+        <v>106</v>
+      </c>
+      <c r="D12" t="s">
         <v>927</v>
       </c>
-      <c r="B12" t="s">
-[...5 lines deleted...]
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>928</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
         <v>929</v>
-      </c>
-[...1 lines deleted...]
-        <v>930</v>
       </c>
       <c r="G12" t="s">
         <v>874</v>
       </c>
       <c r="H12" t="s">
         <v>875</v>
       </c>
       <c r="I12" t="s">
         <v>876</v>
       </c>
       <c r="J12" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K12" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L12" t="s">
-        <v>931</v>
+        <v>930</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>931</v>
+      </c>
+      <c r="B13" t="s">
+        <v>662</v>
+      </c>
+      <c r="C13" t="s">
+        <v>106</v>
+      </c>
+      <c r="D13" t="s">
         <v>932</v>
       </c>
-      <c r="B13" t="s">
-[...5 lines deleted...]
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>933</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
         <v>934</v>
-      </c>
-[...1 lines deleted...]
-        <v>935</v>
       </c>
       <c r="G13" t="s">
         <v>874</v>
       </c>
       <c r="H13" t="s">
         <v>875</v>
       </c>
       <c r="I13" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J13" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K13" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L13" t="s">
-        <v>936</v>
+        <v>935</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
+        <v>936</v>
+      </c>
+      <c r="B14" t="s">
+        <v>664</v>
+      </c>
+      <c r="C14" t="s">
+        <v>116</v>
+      </c>
+      <c r="D14" t="s">
         <v>937</v>
       </c>
-      <c r="B14" t="s">
-[...5 lines deleted...]
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>938</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
         <v>939</v>
-      </c>
-[...1 lines deleted...]
-        <v>940</v>
       </c>
       <c r="G14" t="s">
         <v>874</v>
       </c>
       <c r="H14" t="s">
         <v>875</v>
       </c>
       <c r="I14" t="s">
         <v>876</v>
       </c>
       <c r="J14" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K14" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L14" t="s">
-        <v>941</v>
+        <v>940</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
+        <v>941</v>
+      </c>
+      <c r="B15" t="s">
+        <v>664</v>
+      </c>
+      <c r="C15" t="s">
+        <v>116</v>
+      </c>
+      <c r="D15" t="s">
         <v>942</v>
       </c>
-      <c r="B15" t="s">
-[...5 lines deleted...]
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>943</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
         <v>944</v>
-      </c>
-[...1 lines deleted...]
-        <v>945</v>
       </c>
       <c r="G15" t="s">
         <v>874</v>
       </c>
       <c r="H15" t="s">
         <v>875</v>
       </c>
       <c r="I15" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J15" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K15" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L15" t="s">
-        <v>946</v>
+        <v>945</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
+        <v>946</v>
+      </c>
+      <c r="B16" t="s">
+        <v>667</v>
+      </c>
+      <c r="C16" t="s">
+        <v>127</v>
+      </c>
+      <c r="D16" t="s">
         <v>947</v>
       </c>
-      <c r="B16" t="s">
-[...5 lines deleted...]
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>948</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
         <v>949</v>
-      </c>
-[...1 lines deleted...]
-        <v>950</v>
       </c>
       <c r="G16" t="s">
         <v>874</v>
       </c>
       <c r="H16" t="s">
         <v>875</v>
       </c>
       <c r="I16" t="s">
         <v>876</v>
       </c>
       <c r="J16" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K16" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L16" t="s">
-        <v>951</v>
+        <v>950</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
+        <v>951</v>
+      </c>
+      <c r="B17" t="s">
+        <v>667</v>
+      </c>
+      <c r="C17" t="s">
+        <v>127</v>
+      </c>
+      <c r="D17" t="s">
         <v>952</v>
       </c>
-      <c r="B17" t="s">
-[...5 lines deleted...]
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>953</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
         <v>954</v>
-      </c>
-[...1 lines deleted...]
-        <v>955</v>
       </c>
       <c r="G17" t="s">
         <v>874</v>
       </c>
       <c r="H17" t="s">
         <v>875</v>
       </c>
       <c r="I17" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J17" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K17" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L17" t="s">
-        <v>956</v>
+        <v>955</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
+        <v>956</v>
+      </c>
+      <c r="B18" t="s">
+        <v>669</v>
+      </c>
+      <c r="C18" t="s">
+        <v>138</v>
+      </c>
+      <c r="D18" t="s">
         <v>957</v>
       </c>
-      <c r="B18" t="s">
-[...5 lines deleted...]
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>958</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
         <v>959</v>
-      </c>
-[...1 lines deleted...]
-        <v>882</v>
       </c>
       <c r="G18" t="s">
         <v>874</v>
       </c>
       <c r="H18" t="s">
         <v>875</v>
       </c>
       <c r="I18" t="s">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="J18" t="s">
-        <v>63</v>
+        <v>960</v>
       </c>
       <c r="K18" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L18" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="B19" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C19" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D19" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="E19" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="F19" t="s">
-        <v>882</v>
+        <v>965</v>
       </c>
       <c r="G19" t="s">
         <v>874</v>
       </c>
       <c r="H19" t="s">
         <v>875</v>
       </c>
       <c r="I19" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J19" t="s">
-        <v>63</v>
+        <v>966</v>
       </c>
       <c r="K19" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L19" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="B20" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C20" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D20" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="E20" t="s">
-        <v>959</v>
+        <v>970</v>
       </c>
       <c r="F20" t="s">
-        <v>882</v>
+        <v>971</v>
       </c>
       <c r="G20" t="s">
         <v>874</v>
       </c>
       <c r="H20" t="s">
         <v>875</v>
       </c>
       <c r="I20" t="s">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="J20" t="s">
-        <v>63</v>
+        <v>972</v>
       </c>
       <c r="K20" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L20" t="s">
-        <v>967</v>
+        <v>973</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="B21" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C21" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D21" t="s">
-        <v>969</v>
+        <v>975</v>
       </c>
       <c r="E21" t="s">
-        <v>970</v>
+        <v>976</v>
       </c>
       <c r="F21" t="s">
-        <v>882</v>
+        <v>977</v>
       </c>
       <c r="G21" t="s">
         <v>874</v>
       </c>
       <c r="H21" t="s">
         <v>875</v>
       </c>
       <c r="I21" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J21" t="s">
-        <v>63</v>
+        <v>978</v>
       </c>
       <c r="K21" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L21" t="s">
-        <v>971</v>
+        <v>978</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>972</v>
+        <v>979</v>
       </c>
       <c r="B22" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C22" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D22" t="s">
-        <v>973</v>
+        <v>980</v>
       </c>
       <c r="E22" t="s">
-        <v>974</v>
+        <v>981</v>
       </c>
       <c r="F22" t="s">
-        <v>882</v>
+        <v>982</v>
       </c>
       <c r="G22" t="s">
         <v>874</v>
       </c>
       <c r="H22" t="s">
         <v>875</v>
       </c>
       <c r="I22" t="s">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="J22" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K22" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L22" t="s">
-        <v>975</v>
+        <v>983</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>976</v>
+        <v>984</v>
       </c>
       <c r="B23" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C23" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D23" t="s">
-        <v>977</v>
+        <v>985</v>
       </c>
       <c r="E23" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="F23" t="s">
-        <v>882</v>
+        <v>987</v>
       </c>
       <c r="G23" t="s">
         <v>874</v>
       </c>
       <c r="H23" t="s">
         <v>875</v>
       </c>
       <c r="I23" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J23" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K23" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L23" t="s">
-        <v>979</v>
+        <v>988</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>980</v>
+        <v>989</v>
       </c>
       <c r="B24" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C24" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D24" t="s">
-        <v>981</v>
+        <v>990</v>
       </c>
       <c r="E24" t="s">
-        <v>982</v>
+        <v>991</v>
       </c>
       <c r="F24" t="s">
-        <v>882</v>
+        <v>992</v>
       </c>
       <c r="G24" t="s">
         <v>874</v>
       </c>
       <c r="H24" t="s">
         <v>875</v>
       </c>
       <c r="I24" t="s">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="J24" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K24" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L24" t="s">
-        <v>983</v>
+        <v>993</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>984</v>
+        <v>994</v>
       </c>
       <c r="B25" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C25" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D25" t="s">
-        <v>985</v>
+        <v>995</v>
       </c>
       <c r="E25" t="s">
-        <v>986</v>
+        <v>996</v>
       </c>
       <c r="F25" t="s">
-        <v>882</v>
+        <v>997</v>
       </c>
       <c r="G25" t="s">
         <v>874</v>
       </c>
       <c r="H25" t="s">
         <v>875</v>
       </c>
       <c r="I25" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J25" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K25" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L25" t="s">
-        <v>987</v>
+        <v>998</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>988</v>
+        <v>999</v>
       </c>
       <c r="B26" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C26" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D26" t="s">
-        <v>989</v>
+        <v>1000</v>
       </c>
       <c r="E26" t="s">
-        <v>990</v>
+        <v>1001</v>
       </c>
       <c r="F26" t="s">
-        <v>882</v>
+        <v>1002</v>
       </c>
       <c r="G26" t="s">
         <v>874</v>
       </c>
       <c r="H26" t="s">
         <v>875</v>
       </c>
       <c r="I26" t="s">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="J26" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K26" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L26" t="s">
-        <v>991</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>992</v>
+        <v>1004</v>
       </c>
       <c r="B27" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C27" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D27" t="s">
-        <v>993</v>
+        <v>1005</v>
       </c>
       <c r="E27" t="s">
-        <v>994</v>
+        <v>1006</v>
       </c>
       <c r="F27" t="s">
-        <v>882</v>
+        <v>1007</v>
       </c>
       <c r="G27" t="s">
         <v>874</v>
       </c>
       <c r="H27" t="s">
         <v>875</v>
       </c>
       <c r="I27" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J27" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K27" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L27" t="s">
-        <v>995</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>996</v>
+        <v>1009</v>
       </c>
       <c r="B28" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C28" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D28" t="s">
-        <v>997</v>
+        <v>1010</v>
       </c>
       <c r="E28" t="s">
-        <v>998</v>
+        <v>1011</v>
       </c>
       <c r="F28" t="s">
-        <v>882</v>
+        <v>1012</v>
       </c>
       <c r="G28" t="s">
         <v>874</v>
       </c>
       <c r="H28" t="s">
         <v>875</v>
       </c>
       <c r="I28" t="s">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="J28" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K28" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L28" t="s">
-        <v>999</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1000</v>
+        <v>1014</v>
       </c>
       <c r="B29" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C29" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D29" t="s">
-        <v>1001</v>
+        <v>1015</v>
       </c>
       <c r="E29" t="s">
-        <v>1002</v>
+        <v>1016</v>
       </c>
       <c r="F29" t="s">
-        <v>882</v>
+        <v>1017</v>
       </c>
       <c r="G29" t="s">
         <v>874</v>
       </c>
       <c r="H29" t="s">
         <v>875</v>
       </c>
       <c r="I29" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J29" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K29" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L29" t="s">
-        <v>1003</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1004</v>
+        <v>1019</v>
       </c>
       <c r="B30" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C30" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D30" t="s">
-        <v>1005</v>
+        <v>1020</v>
       </c>
       <c r="E30" t="s">
-        <v>1006</v>
+        <v>1021</v>
       </c>
       <c r="F30" t="s">
-        <v>882</v>
+        <v>1022</v>
       </c>
       <c r="G30" t="s">
         <v>874</v>
       </c>
       <c r="H30" t="s">
         <v>875</v>
       </c>
       <c r="I30" t="s">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="J30" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K30" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L30" t="s">
-        <v>1007</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1008</v>
+        <v>1024</v>
       </c>
       <c r="B31" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C31" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D31" t="s">
-        <v>1009</v>
+        <v>1025</v>
       </c>
       <c r="E31" t="s">
-        <v>1010</v>
+        <v>1026</v>
       </c>
       <c r="F31" t="s">
-        <v>1011</v>
+        <v>1027</v>
       </c>
       <c r="G31" t="s">
         <v>874</v>
       </c>
       <c r="H31" t="s">
         <v>875</v>
       </c>
       <c r="I31" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="J31" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K31" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L31" t="s">
-        <v>1012</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1013</v>
+        <v>1029</v>
       </c>
       <c r="B32" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C32" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D32" t="s">
-        <v>1014</v>
+        <v>1030</v>
       </c>
       <c r="E32" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="F32" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="G32" t="s">
         <v>874</v>
       </c>
       <c r="H32" t="s">
         <v>875</v>
       </c>
       <c r="I32" t="s">
-        <v>876</v>
+        <v>1033</v>
       </c>
       <c r="J32" t="s">
-        <v>63</v>
+        <v>1034</v>
       </c>
       <c r="K32" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L32" t="s">
-        <v>1017</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1018</v>
+        <v>1036</v>
       </c>
       <c r="B33" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C33" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D33" t="s">
-        <v>1019</v>
+        <v>1037</v>
       </c>
       <c r="E33" t="s">
-        <v>1020</v>
+        <v>1038</v>
       </c>
       <c r="F33" t="s">
-        <v>1021</v>
+        <v>1039</v>
       </c>
       <c r="G33" t="s">
         <v>874</v>
       </c>
       <c r="H33" t="s">
         <v>875</v>
       </c>
       <c r="I33" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="J33" t="s">
-        <v>63</v>
+        <v>1040</v>
       </c>
       <c r="K33" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L33" t="s">
-        <v>1022</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1023</v>
+        <v>1042</v>
       </c>
       <c r="B34" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C34" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D34" t="s">
-        <v>1024</v>
+        <v>1043</v>
       </c>
       <c r="E34" t="s">
-        <v>1025</v>
+        <v>1044</v>
       </c>
       <c r="F34" t="s">
-        <v>1026</v>
+        <v>1045</v>
       </c>
       <c r="G34" t="s">
         <v>874</v>
       </c>
       <c r="H34" t="s">
         <v>875</v>
       </c>
       <c r="I34" t="s">
         <v>876</v>
       </c>
       <c r="J34" t="s">
-        <v>63</v>
+        <v>1046</v>
       </c>
       <c r="K34" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L34" t="s">
-        <v>1027</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1028</v>
+        <v>1048</v>
       </c>
       <c r="B35" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C35" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D35" t="s">
-        <v>1029</v>
+        <v>1049</v>
       </c>
       <c r="E35" t="s">
-        <v>1030</v>
+        <v>1050</v>
       </c>
       <c r="F35" t="s">
-        <v>1031</v>
+        <v>1051</v>
       </c>
       <c r="G35" t="s">
         <v>874</v>
       </c>
       <c r="H35" t="s">
         <v>875</v>
       </c>
       <c r="I35" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="J35" t="s">
-        <v>63</v>
+        <v>1052</v>
       </c>
       <c r="K35" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L35" t="s">
-        <v>1032</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1033</v>
+        <v>1054</v>
       </c>
       <c r="B36" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C36" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D36" t="s">
-        <v>1034</v>
+        <v>1055</v>
       </c>
       <c r="E36" t="s">
-        <v>1035</v>
+        <v>1056</v>
       </c>
       <c r="F36" t="s">
-        <v>1036</v>
+        <v>1057</v>
       </c>
       <c r="G36" t="s">
         <v>874</v>
       </c>
       <c r="H36" t="s">
         <v>875</v>
       </c>
       <c r="I36" t="s">
         <v>876</v>
       </c>
       <c r="J36" t="s">
-        <v>63</v>
+        <v>1058</v>
       </c>
       <c r="K36" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L36" t="s">
-        <v>1037</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1038</v>
+        <v>1059</v>
       </c>
       <c r="B37" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C37" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D37" t="s">
-        <v>1039</v>
+        <v>1060</v>
       </c>
       <c r="E37" t="s">
-        <v>1040</v>
+        <v>1061</v>
       </c>
       <c r="F37" t="s">
-        <v>1041</v>
+        <v>1062</v>
       </c>
       <c r="G37" t="s">
         <v>874</v>
       </c>
       <c r="H37" t="s">
         <v>875</v>
       </c>
       <c r="I37" t="s">
-        <v>876</v>
+        <v>1063</v>
       </c>
       <c r="J37" t="s">
-        <v>63</v>
+        <v>1064</v>
       </c>
       <c r="K37" t="s">
-        <v>1042</v>
+        <v>878</v>
       </c>
       <c r="L37" t="s">
-        <v>1043</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1044</v>
+        <v>1066</v>
       </c>
       <c r="B38" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C38" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D38" t="s">
-        <v>1045</v>
+        <v>1067</v>
       </c>
       <c r="E38" t="s">
-        <v>1046</v>
+        <v>1068</v>
       </c>
       <c r="F38" t="s">
-        <v>1047</v>
+        <v>1069</v>
       </c>
       <c r="G38" t="s">
         <v>874</v>
       </c>
       <c r="H38" t="s">
         <v>875</v>
       </c>
       <c r="I38" t="s">
         <v>876</v>
       </c>
       <c r="J38" t="s">
-        <v>63</v>
+        <v>1070</v>
       </c>
       <c r="K38" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L38" t="s">
-        <v>1048</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1049</v>
+        <v>1072</v>
       </c>
       <c r="B39" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C39" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D39" t="s">
-        <v>1050</v>
+        <v>1073</v>
       </c>
       <c r="E39" t="s">
-        <v>1051</v>
+        <v>1074</v>
       </c>
       <c r="F39" t="s">
-        <v>1052</v>
+        <v>1075</v>
       </c>
       <c r="G39" t="s">
         <v>874</v>
       </c>
       <c r="H39" t="s">
         <v>875</v>
       </c>
       <c r="I39" t="s">
-        <v>876</v>
+        <v>1063</v>
       </c>
       <c r="J39" t="s">
-        <v>63</v>
+        <v>1076</v>
       </c>
       <c r="K39" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L39" t="s">
-        <v>1053</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1054</v>
+        <v>1078</v>
       </c>
       <c r="B40" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C40" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D40" t="s">
-        <v>1055</v>
+        <v>1079</v>
       </c>
       <c r="E40" t="s">
-        <v>1056</v>
+        <v>1080</v>
       </c>
       <c r="F40" t="s">
-        <v>1057</v>
+        <v>1081</v>
       </c>
       <c r="G40" t="s">
         <v>874</v>
       </c>
       <c r="H40" t="s">
         <v>875</v>
       </c>
       <c r="I40" t="s">
-        <v>876</v>
+        <v>1082</v>
       </c>
       <c r="J40" t="s">
-        <v>63</v>
+        <v>1083</v>
       </c>
       <c r="K40" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L40" t="s">
-        <v>1058</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1059</v>
+        <v>1084</v>
       </c>
       <c r="B41" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C41" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D41" t="s">
-        <v>1060</v>
+        <v>1085</v>
       </c>
       <c r="E41" t="s">
-        <v>1061</v>
+        <v>1086</v>
       </c>
       <c r="F41" t="s">
-        <v>1062</v>
+        <v>1087</v>
       </c>
       <c r="G41" t="s">
         <v>874</v>
       </c>
       <c r="H41" t="s">
         <v>875</v>
       </c>
       <c r="I41" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="J41" t="s">
-        <v>63</v>
+        <v>1088</v>
       </c>
       <c r="K41" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L41" t="s">
-        <v>1063</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1064</v>
+        <v>1090</v>
       </c>
       <c r="B42" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C42" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D42" t="s">
-        <v>1065</v>
+        <v>1091</v>
       </c>
       <c r="E42" t="s">
-        <v>1066</v>
+        <v>1092</v>
       </c>
       <c r="F42" t="s">
-        <v>1067</v>
+        <v>1093</v>
       </c>
       <c r="G42" t="s">
         <v>874</v>
       </c>
       <c r="H42" t="s">
         <v>875</v>
       </c>
       <c r="I42" t="s">
         <v>876</v>
       </c>
       <c r="J42" t="s">
-        <v>63</v>
+        <v>1094</v>
       </c>
       <c r="K42" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L42" t="s">
-        <v>1068</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1069</v>
+        <v>1095</v>
       </c>
       <c r="B43" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="C43" t="s">
-        <v>91</v>
+        <v>151</v>
       </c>
       <c r="D43" t="s">
-        <v>1070</v>
+        <v>1096</v>
       </c>
       <c r="E43" t="s">
-        <v>1071</v>
+        <v>1097</v>
       </c>
       <c r="F43" t="s">
-        <v>1072</v>
+        <v>1098</v>
       </c>
       <c r="G43" t="s">
         <v>874</v>
       </c>
       <c r="H43" t="s">
         <v>875</v>
       </c>
       <c r="I43" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="J43" t="s">
-        <v>63</v>
+        <v>1099</v>
       </c>
       <c r="K43" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L43" t="s">
-        <v>1073</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1074</v>
+        <v>1101</v>
       </c>
       <c r="B44" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="C44" t="s">
-        <v>91</v>
+        <v>151</v>
       </c>
       <c r="D44" t="s">
-        <v>1075</v>
+        <v>1102</v>
       </c>
       <c r="E44" t="s">
-        <v>1076</v>
+        <v>1103</v>
       </c>
       <c r="F44" t="s">
-        <v>1077</v>
+        <v>1104</v>
       </c>
       <c r="G44" t="s">
         <v>874</v>
       </c>
       <c r="H44" t="s">
         <v>875</v>
       </c>
       <c r="I44" t="s">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="J44" t="s">
-        <v>63</v>
+        <v>1105</v>
       </c>
       <c r="K44" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L44" t="s">
-        <v>1078</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1079</v>
+        <v>1107</v>
       </c>
       <c r="B45" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="C45" t="s">
-        <v>91</v>
+        <v>151</v>
       </c>
       <c r="D45" t="s">
-        <v>1080</v>
+        <v>1108</v>
       </c>
       <c r="E45" t="s">
-        <v>1081</v>
+        <v>1109</v>
       </c>
       <c r="F45" t="s">
-        <v>1082</v>
+        <v>1110</v>
       </c>
       <c r="G45" t="s">
         <v>874</v>
       </c>
       <c r="H45" t="s">
         <v>875</v>
       </c>
       <c r="I45" t="s">
         <v>876</v>
       </c>
       <c r="J45" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K45" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L45" t="s">
-        <v>1083</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1084</v>
+        <v>1112</v>
       </c>
       <c r="B46" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="C46" t="s">
-        <v>91</v>
+        <v>151</v>
       </c>
       <c r="D46" t="s">
-        <v>1085</v>
+        <v>1113</v>
       </c>
       <c r="E46" t="s">
-        <v>1086</v>
+        <v>1114</v>
       </c>
       <c r="F46" t="s">
-        <v>1087</v>
+        <v>1115</v>
       </c>
       <c r="G46" t="s">
         <v>874</v>
       </c>
       <c r="H46" t="s">
         <v>875</v>
       </c>
       <c r="I46" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J46" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K46" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L46" t="s">
-        <v>1088</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1089</v>
+        <v>1117</v>
       </c>
       <c r="B47" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="C47" t="s">
-        <v>104</v>
+        <v>151</v>
       </c>
       <c r="D47" t="s">
-        <v>1090</v>
+        <v>1118</v>
       </c>
       <c r="E47" t="s">
-        <v>1091</v>
+        <v>1119</v>
       </c>
       <c r="F47" t="s">
-        <v>1092</v>
+        <v>1120</v>
       </c>
       <c r="G47" t="s">
         <v>874</v>
       </c>
       <c r="H47" t="s">
         <v>875</v>
       </c>
       <c r="I47" t="s">
         <v>876</v>
       </c>
       <c r="J47" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K47" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L47" t="s">
-        <v>1093</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1094</v>
+        <v>1122</v>
       </c>
       <c r="B48" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="C48" t="s">
-        <v>104</v>
+        <v>151</v>
       </c>
       <c r="D48" t="s">
-        <v>1095</v>
+        <v>1123</v>
       </c>
       <c r="E48" t="s">
-        <v>1096</v>
+        <v>1124</v>
       </c>
       <c r="F48" t="s">
-        <v>1097</v>
+        <v>1125</v>
       </c>
       <c r="G48" t="s">
         <v>874</v>
       </c>
       <c r="H48" t="s">
         <v>875</v>
       </c>
       <c r="I48" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J48" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K48" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L48" t="s">
-        <v>1098</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1099</v>
+        <v>1127</v>
       </c>
       <c r="B49" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="C49" t="s">
-        <v>112</v>
+        <v>151</v>
       </c>
       <c r="D49" t="s">
-        <v>1100</v>
+        <v>1128</v>
       </c>
       <c r="E49" t="s">
-        <v>1101</v>
+        <v>1129</v>
       </c>
       <c r="F49" t="s">
-        <v>1102</v>
+        <v>1130</v>
       </c>
       <c r="G49" t="s">
         <v>874</v>
       </c>
       <c r="H49" t="s">
         <v>875</v>
       </c>
       <c r="I49" t="s">
         <v>876</v>
       </c>
       <c r="J49" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K49" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L49" t="s">
-        <v>1103</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1104</v>
+        <v>1132</v>
       </c>
       <c r="B50" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="C50" t="s">
-        <v>112</v>
+        <v>151</v>
       </c>
       <c r="D50" t="s">
-        <v>1105</v>
+        <v>1133</v>
       </c>
       <c r="E50" t="s">
-        <v>1106</v>
+        <v>1134</v>
       </c>
       <c r="F50" t="s">
-        <v>1107</v>
+        <v>1135</v>
       </c>
       <c r="G50" t="s">
         <v>874</v>
       </c>
       <c r="H50" t="s">
         <v>875</v>
       </c>
       <c r="I50" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J50" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K50" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L50" t="s">
-        <v>1108</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1109</v>
+        <v>1137</v>
       </c>
       <c r="B51" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="C51" t="s">
-        <v>112</v>
+        <v>151</v>
       </c>
       <c r="D51" t="s">
-        <v>1110</v>
+        <v>1138</v>
       </c>
       <c r="E51" t="s">
-        <v>1111</v>
+        <v>1139</v>
       </c>
       <c r="F51" t="s">
-        <v>1112</v>
+        <v>1140</v>
       </c>
       <c r="G51" t="s">
         <v>874</v>
       </c>
       <c r="H51" t="s">
         <v>875</v>
       </c>
       <c r="I51" t="s">
         <v>876</v>
       </c>
       <c r="J51" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K51" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L51" t="s">
-        <v>1113</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1114</v>
+        <v>1142</v>
       </c>
       <c r="B52" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="C52" t="s">
-        <v>112</v>
+        <v>151</v>
       </c>
       <c r="D52" t="s">
-        <v>1115</v>
+        <v>1143</v>
       </c>
       <c r="E52" t="s">
-        <v>1116</v>
+        <v>1144</v>
       </c>
       <c r="F52" t="s">
-        <v>1117</v>
+        <v>1145</v>
       </c>
       <c r="G52" t="s">
         <v>874</v>
       </c>
       <c r="H52" t="s">
         <v>875</v>
       </c>
       <c r="I52" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J52" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K52" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L52" t="s">
-        <v>1118</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1119</v>
+        <v>1147</v>
       </c>
       <c r="B53" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C53" t="s">
-        <v>129</v>
+        <v>151</v>
       </c>
       <c r="D53" t="s">
-        <v>1120</v>
+        <v>1148</v>
       </c>
       <c r="E53" t="s">
-        <v>1121</v>
+        <v>1149</v>
       </c>
       <c r="F53" t="s">
-        <v>1122</v>
+        <v>1150</v>
       </c>
       <c r="G53" t="s">
         <v>874</v>
       </c>
       <c r="H53" t="s">
         <v>875</v>
       </c>
       <c r="I53" t="s">
         <v>876</v>
       </c>
       <c r="J53" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K53" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L53" t="s">
-        <v>1123</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1124</v>
+        <v>1152</v>
       </c>
       <c r="B54" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C54" t="s">
-        <v>129</v>
+        <v>151</v>
       </c>
       <c r="D54" t="s">
-        <v>1125</v>
+        <v>1153</v>
       </c>
       <c r="E54" t="s">
-        <v>1126</v>
+        <v>1154</v>
       </c>
       <c r="F54" t="s">
-        <v>1127</v>
+        <v>1155</v>
       </c>
       <c r="G54" t="s">
         <v>874</v>
       </c>
       <c r="H54" t="s">
         <v>875</v>
       </c>
       <c r="I54" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J54" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K54" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L54" t="s">
-        <v>1128</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1129</v>
+        <v>1157</v>
       </c>
       <c r="B55" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C55" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="D55" t="s">
-        <v>1130</v>
+        <v>1158</v>
       </c>
       <c r="E55" t="s">
-        <v>1131</v>
+        <v>1159</v>
       </c>
       <c r="F55" t="s">
-        <v>1132</v>
+        <v>1160</v>
       </c>
       <c r="G55" t="s">
         <v>874</v>
       </c>
       <c r="H55" t="s">
         <v>875</v>
       </c>
       <c r="I55" t="s">
         <v>876</v>
       </c>
       <c r="J55" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K55" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L55" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1134</v>
+        <v>1162</v>
       </c>
       <c r="B56" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C56" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="D56" t="s">
-        <v>1135</v>
+        <v>1163</v>
       </c>
       <c r="E56" t="s">
-        <v>1136</v>
+        <v>1164</v>
       </c>
       <c r="F56" t="s">
-        <v>1137</v>
+        <v>1165</v>
       </c>
       <c r="G56" t="s">
         <v>874</v>
       </c>
       <c r="H56" t="s">
         <v>875</v>
       </c>
       <c r="I56" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J56" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K56" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L56" t="s">
-        <v>1138</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1139</v>
+        <v>1167</v>
       </c>
       <c r="B57" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="C57" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="D57" t="s">
-        <v>1140</v>
+        <v>1168</v>
       </c>
       <c r="E57" t="s">
-        <v>1141</v>
+        <v>1169</v>
       </c>
       <c r="F57" t="s">
-        <v>1142</v>
+        <v>1170</v>
       </c>
       <c r="G57" t="s">
         <v>874</v>
       </c>
       <c r="H57" t="s">
         <v>875</v>
       </c>
       <c r="I57" t="s">
         <v>876</v>
       </c>
       <c r="J57" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K57" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L57" t="s">
-        <v>1143</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1144</v>
+        <v>1172</v>
       </c>
       <c r="B58" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="C58" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="D58" t="s">
-        <v>1145</v>
+        <v>1173</v>
       </c>
       <c r="E58" t="s">
-        <v>1146</v>
+        <v>1174</v>
       </c>
       <c r="F58" t="s">
-        <v>1147</v>
+        <v>1175</v>
       </c>
       <c r="G58" t="s">
         <v>874</v>
       </c>
       <c r="H58" t="s">
         <v>875</v>
       </c>
       <c r="I58" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J58" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K58" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L58" t="s">
-        <v>1148</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1149</v>
+        <v>1177</v>
       </c>
       <c r="B59" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C59" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D59" t="s">
-        <v>1150</v>
+        <v>1178</v>
       </c>
       <c r="E59" t="s">
-        <v>1151</v>
+        <v>1179</v>
       </c>
       <c r="F59" t="s">
-        <v>1152</v>
+        <v>1180</v>
       </c>
       <c r="G59" t="s">
         <v>874</v>
       </c>
       <c r="H59" t="s">
         <v>875</v>
       </c>
       <c r="I59" t="s">
         <v>876</v>
       </c>
       <c r="J59" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K59" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L59" t="s">
-        <v>1153</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1154</v>
+        <v>1182</v>
       </c>
       <c r="B60" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C60" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D60" t="s">
-        <v>1155</v>
+        <v>1183</v>
       </c>
       <c r="E60" t="s">
-        <v>1156</v>
+        <v>1184</v>
       </c>
       <c r="F60" t="s">
-        <v>1157</v>
+        <v>1185</v>
       </c>
       <c r="G60" t="s">
         <v>874</v>
       </c>
       <c r="H60" t="s">
         <v>875</v>
       </c>
       <c r="I60" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J60" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K60" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L60" t="s">
-        <v>1158</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1159</v>
+        <v>1187</v>
       </c>
       <c r="B61" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C61" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D61" t="s">
-        <v>1160</v>
+        <v>1188</v>
       </c>
       <c r="E61" t="s">
-        <v>1161</v>
+        <v>1189</v>
       </c>
       <c r="F61" t="s">
-        <v>1162</v>
+        <v>1190</v>
       </c>
       <c r="G61" t="s">
         <v>874</v>
       </c>
       <c r="H61" t="s">
         <v>875</v>
       </c>
       <c r="I61" t="s">
-        <v>1163</v>
+        <v>876</v>
       </c>
       <c r="J61" t="s">
-        <v>1164</v>
+        <v>73</v>
       </c>
       <c r="K61" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L61" t="s">
-        <v>1165</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1166</v>
+        <v>1192</v>
       </c>
       <c r="B62" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C62" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D62" t="s">
-        <v>1167</v>
+        <v>1193</v>
       </c>
       <c r="E62" t="s">
-        <v>1168</v>
+        <v>1194</v>
       </c>
       <c r="F62" t="s">
-        <v>1169</v>
+        <v>1195</v>
       </c>
       <c r="G62" t="s">
         <v>874</v>
       </c>
       <c r="H62" t="s">
         <v>875</v>
       </c>
       <c r="I62" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J62" t="s">
-        <v>1170</v>
+        <v>73</v>
       </c>
       <c r="K62" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L62" t="s">
-        <v>1171</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1172</v>
+        <v>1197</v>
       </c>
       <c r="B63" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C63" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D63" t="s">
-        <v>1173</v>
+        <v>1198</v>
       </c>
       <c r="E63" t="s">
-        <v>1174</v>
+        <v>1199</v>
       </c>
       <c r="F63" t="s">
-        <v>1175</v>
+        <v>1200</v>
       </c>
       <c r="G63" t="s">
         <v>874</v>
       </c>
       <c r="H63" t="s">
         <v>875</v>
       </c>
       <c r="I63" t="s">
         <v>876</v>
       </c>
       <c r="J63" t="s">
-        <v>1176</v>
+        <v>73</v>
       </c>
       <c r="K63" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L63" t="s">
-        <v>1177</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1178</v>
+        <v>1202</v>
       </c>
       <c r="B64" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C64" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D64" t="s">
-        <v>1179</v>
+        <v>1203</v>
       </c>
       <c r="E64" t="s">
-        <v>1180</v>
+        <v>1204</v>
       </c>
       <c r="F64" t="s">
-        <v>1181</v>
+        <v>1205</v>
       </c>
       <c r="G64" t="s">
         <v>874</v>
       </c>
       <c r="H64" t="s">
         <v>875</v>
       </c>
       <c r="I64" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J64" t="s">
-        <v>1182</v>
+        <v>73</v>
       </c>
       <c r="K64" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L64" t="s">
-        <v>1183</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1184</v>
+        <v>1207</v>
       </c>
       <c r="B65" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C65" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D65" t="s">
-        <v>1185</v>
+        <v>1208</v>
       </c>
       <c r="E65" t="s">
-        <v>1186</v>
+        <v>1209</v>
       </c>
       <c r="F65" t="s">
-        <v>1187</v>
+        <v>1210</v>
       </c>
       <c r="G65" t="s">
         <v>874</v>
       </c>
       <c r="H65" t="s">
         <v>875</v>
       </c>
       <c r="I65" t="s">
         <v>876</v>
       </c>
       <c r="J65" t="s">
-        <v>1188</v>
+        <v>73</v>
       </c>
       <c r="K65" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L65" t="s">
-        <v>1188</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1189</v>
+        <v>1212</v>
       </c>
       <c r="B66" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C66" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D66" t="s">
-        <v>1190</v>
+        <v>1213</v>
       </c>
       <c r="E66" t="s">
-        <v>1191</v>
+        <v>1214</v>
       </c>
       <c r="F66" t="s">
-        <v>1192</v>
+        <v>1215</v>
       </c>
       <c r="G66" t="s">
         <v>874</v>
       </c>
       <c r="H66" t="s">
         <v>875</v>
       </c>
       <c r="I66" t="s">
-        <v>1193</v>
+        <v>884</v>
       </c>
       <c r="J66" t="s">
-        <v>1194</v>
+        <v>73</v>
       </c>
       <c r="K66" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L66" t="s">
-        <v>1195</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1196</v>
+        <v>1217</v>
       </c>
       <c r="B67" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C67" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D67" t="s">
-        <v>1197</v>
+        <v>1218</v>
       </c>
       <c r="E67" t="s">
-        <v>1198</v>
+        <v>1219</v>
       </c>
       <c r="F67" t="s">
-        <v>1199</v>
+        <v>1220</v>
       </c>
       <c r="G67" t="s">
         <v>874</v>
       </c>
       <c r="H67" t="s">
         <v>875</v>
       </c>
       <c r="I67" t="s">
         <v>876</v>
       </c>
       <c r="J67" t="s">
-        <v>1200</v>
+        <v>73</v>
       </c>
       <c r="K67" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L67" t="s">
-        <v>1201</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1202</v>
+        <v>1222</v>
       </c>
       <c r="B68" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C68" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D68" t="s">
-        <v>1203</v>
+        <v>1223</v>
       </c>
       <c r="E68" t="s">
-        <v>1204</v>
+        <v>1224</v>
       </c>
       <c r="F68" t="s">
-        <v>1205</v>
+        <v>1225</v>
       </c>
       <c r="G68" t="s">
         <v>874</v>
       </c>
       <c r="H68" t="s">
         <v>875</v>
       </c>
       <c r="I68" t="s">
-        <v>1193</v>
+        <v>884</v>
       </c>
       <c r="J68" t="s">
-        <v>1206</v>
+        <v>73</v>
       </c>
       <c r="K68" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L68" t="s">
-        <v>1207</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1208</v>
+        <v>1227</v>
       </c>
       <c r="B69" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C69" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D69" t="s">
-        <v>1209</v>
+        <v>1228</v>
       </c>
       <c r="E69" t="s">
-        <v>1210</v>
+        <v>1229</v>
       </c>
       <c r="F69" t="s">
-        <v>1211</v>
+        <v>1230</v>
       </c>
       <c r="G69" t="s">
         <v>874</v>
       </c>
       <c r="H69" t="s">
         <v>875</v>
       </c>
       <c r="I69" t="s">
-        <v>1212</v>
+        <v>876</v>
       </c>
       <c r="J69" t="s">
-        <v>1213</v>
+        <v>73</v>
       </c>
       <c r="K69" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L69" t="s">
-        <v>1213</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1214</v>
+        <v>1232</v>
       </c>
       <c r="B70" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C70" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D70" t="s">
-        <v>1215</v>
+        <v>1233</v>
       </c>
       <c r="E70" t="s">
-        <v>1216</v>
+        <v>1234</v>
       </c>
       <c r="F70" t="s">
-        <v>1217</v>
+        <v>1235</v>
       </c>
       <c r="G70" t="s">
         <v>874</v>
       </c>
       <c r="H70" t="s">
         <v>875</v>
       </c>
       <c r="I70" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J70" t="s">
-        <v>1218</v>
+        <v>73</v>
       </c>
       <c r="K70" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L70" t="s">
-        <v>1219</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1220</v>
+        <v>1237</v>
       </c>
       <c r="B71" t="s">
         <v>679</v>
       </c>
       <c r="C71" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D71" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="E71" t="s">
-        <v>1222</v>
+        <v>1239</v>
       </c>
       <c r="F71" t="s">
-        <v>1223</v>
+        <v>1240</v>
       </c>
       <c r="G71" t="s">
         <v>874</v>
       </c>
       <c r="H71" t="s">
         <v>875</v>
       </c>
       <c r="I71" t="s">
         <v>876</v>
       </c>
       <c r="J71" t="s">
-        <v>1224</v>
+        <v>1241</v>
       </c>
       <c r="K71" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L71" t="s">
-        <v>1224</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1225</v>
+        <v>1243</v>
       </c>
       <c r="B72" t="s">
         <v>679</v>
       </c>
       <c r="C72" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D72" t="s">
-        <v>1226</v>
+        <v>1244</v>
       </c>
       <c r="E72" t="s">
-        <v>1227</v>
+        <v>1245</v>
       </c>
       <c r="F72" t="s">
-        <v>1228</v>
+        <v>1246</v>
       </c>
       <c r="G72" t="s">
         <v>874</v>
       </c>
       <c r="H72" t="s">
         <v>875</v>
       </c>
       <c r="I72" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J72" t="s">
-        <v>1229</v>
+        <v>1241</v>
       </c>
       <c r="K72" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L72" t="s">
-        <v>1230</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1231</v>
+        <v>1248</v>
       </c>
       <c r="B73" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C73" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="D73" t="s">
-        <v>1232</v>
+        <v>1249</v>
       </c>
       <c r="E73" t="s">
-        <v>1233</v>
+        <v>1250</v>
       </c>
       <c r="F73" t="s">
-        <v>1234</v>
+        <v>1251</v>
       </c>
       <c r="G73" t="s">
         <v>874</v>
       </c>
       <c r="H73" t="s">
         <v>875</v>
       </c>
       <c r="I73" t="s">
         <v>876</v>
       </c>
       <c r="J73" t="s">
-        <v>1235</v>
+        <v>1241</v>
       </c>
       <c r="K73" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L73" t="s">
-        <v>1236</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1237</v>
+        <v>1253</v>
       </c>
       <c r="B74" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C74" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="D74" t="s">
-        <v>1238</v>
+        <v>1254</v>
       </c>
       <c r="E74" t="s">
-        <v>1239</v>
+        <v>1255</v>
       </c>
       <c r="F74" t="s">
-        <v>1240</v>
+        <v>1256</v>
       </c>
       <c r="G74" t="s">
         <v>874</v>
       </c>
       <c r="H74" t="s">
         <v>875</v>
       </c>
       <c r="I74" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="J74" t="s">
-        <v>63</v>
+        <v>1241</v>
       </c>
       <c r="K74" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L74" t="s">
-        <v>1241</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1242</v>
+        <v>1258</v>
       </c>
       <c r="B75" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C75" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="D75" t="s">
-        <v>1243</v>
+        <v>1259</v>
       </c>
       <c r="E75" t="s">
-        <v>1244</v>
+        <v>1260</v>
       </c>
       <c r="F75" t="s">
-        <v>1245</v>
+        <v>1261</v>
       </c>
       <c r="G75" t="s">
         <v>874</v>
       </c>
       <c r="H75" t="s">
         <v>875</v>
       </c>
       <c r="I75" t="s">
-        <v>883</v>
+        <v>1262</v>
       </c>
       <c r="J75" t="s">
-        <v>63</v>
+        <v>1241</v>
       </c>
       <c r="K75" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L75" t="s">
-        <v>1246</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1247</v>
+        <v>1264</v>
       </c>
       <c r="B76" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C76" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="D76" t="s">
-        <v>1248</v>
+        <v>1265</v>
       </c>
       <c r="E76" t="s">
-        <v>1249</v>
+        <v>1266</v>
       </c>
       <c r="F76" t="s">
-        <v>1250</v>
+        <v>1267</v>
       </c>
       <c r="G76" t="s">
         <v>874</v>
       </c>
       <c r="H76" t="s">
         <v>875</v>
       </c>
       <c r="I76" t="s">
-        <v>876</v>
+        <v>1262</v>
       </c>
       <c r="J76" t="s">
-        <v>63</v>
+        <v>1241</v>
       </c>
       <c r="K76" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L76" t="s">
-        <v>1251</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1252</v>
+        <v>1269</v>
       </c>
       <c r="B77" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C77" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="D77" t="s">
-        <v>1253</v>
+        <v>1270</v>
       </c>
       <c r="E77" t="s">
-        <v>1254</v>
+        <v>1271</v>
       </c>
       <c r="F77" t="s">
-        <v>1255</v>
+        <v>1272</v>
       </c>
       <c r="G77" t="s">
         <v>874</v>
       </c>
       <c r="H77" t="s">
         <v>875</v>
       </c>
       <c r="I77" t="s">
-        <v>883</v>
+        <v>1273</v>
       </c>
       <c r="J77" t="s">
-        <v>63</v>
+        <v>1241</v>
       </c>
       <c r="K77" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L77" t="s">
-        <v>1256</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1257</v>
+        <v>1275</v>
       </c>
       <c r="B78" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="C78" t="s">
-        <v>173</v>
+        <v>195</v>
       </c>
       <c r="D78" t="s">
-        <v>1258</v>
+        <v>1276</v>
       </c>
       <c r="E78" t="s">
-        <v>1259</v>
+        <v>1277</v>
       </c>
       <c r="F78" t="s">
-        <v>1260</v>
+        <v>1278</v>
       </c>
       <c r="G78" t="s">
         <v>874</v>
       </c>
       <c r="H78" t="s">
         <v>875</v>
       </c>
       <c r="I78" t="s">
         <v>876</v>
       </c>
       <c r="J78" t="s">
-        <v>63</v>
+        <v>1279</v>
       </c>
       <c r="K78" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L78" t="s">
-        <v>1261</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1262</v>
+        <v>1280</v>
       </c>
       <c r="B79" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="C79" t="s">
-        <v>173</v>
+        <v>195</v>
       </c>
       <c r="D79" t="s">
-        <v>1263</v>
+        <v>1281</v>
       </c>
       <c r="E79" t="s">
-        <v>1264</v>
+        <v>1282</v>
       </c>
       <c r="F79" t="s">
-        <v>1265</v>
+        <v>1283</v>
       </c>
       <c r="G79" t="s">
         <v>874</v>
       </c>
       <c r="H79" t="s">
         <v>875</v>
       </c>
       <c r="I79" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J79" t="s">
-        <v>63</v>
+        <v>1284</v>
       </c>
       <c r="K79" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L79" t="s">
-        <v>1266</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1267</v>
+        <v>1286</v>
       </c>
       <c r="B80" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="C80" t="s">
-        <v>173</v>
+        <v>195</v>
       </c>
       <c r="D80" t="s">
-        <v>1268</v>
+        <v>1287</v>
       </c>
       <c r="E80" t="s">
-        <v>1269</v>
+        <v>1288</v>
       </c>
       <c r="F80" t="s">
-        <v>1270</v>
+        <v>1289</v>
       </c>
       <c r="G80" t="s">
         <v>874</v>
       </c>
       <c r="H80" t="s">
         <v>875</v>
       </c>
       <c r="I80" t="s">
         <v>876</v>
       </c>
       <c r="J80" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K80" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L80" t="s">
-        <v>1271</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1272</v>
+        <v>1291</v>
       </c>
       <c r="B81" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="C81" t="s">
-        <v>173</v>
+        <v>195</v>
       </c>
       <c r="D81" t="s">
-        <v>1273</v>
+        <v>1292</v>
       </c>
       <c r="E81" t="s">
-        <v>1274</v>
+        <v>1293</v>
       </c>
       <c r="F81" t="s">
-        <v>1275</v>
+        <v>1294</v>
       </c>
       <c r="G81" t="s">
         <v>874</v>
       </c>
       <c r="H81" t="s">
         <v>875</v>
       </c>
       <c r="I81" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J81" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K81" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L81" t="s">
-        <v>1276</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1277</v>
+        <v>1296</v>
       </c>
       <c r="B82" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="C82" t="s">
-        <v>173</v>
+        <v>207</v>
       </c>
       <c r="D82" t="s">
-        <v>1278</v>
+        <v>1297</v>
       </c>
       <c r="E82" t="s">
-        <v>1279</v>
+        <v>1298</v>
       </c>
       <c r="F82" t="s">
-        <v>1280</v>
+        <v>1299</v>
       </c>
       <c r="G82" t="s">
         <v>874</v>
       </c>
       <c r="H82" t="s">
         <v>875</v>
       </c>
       <c r="I82" t="s">
         <v>876</v>
       </c>
       <c r="J82" t="s">
-        <v>63</v>
+        <v>1241</v>
       </c>
       <c r="K82" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L82" t="s">
-        <v>1281</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1282</v>
+        <v>1301</v>
       </c>
       <c r="B83" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="C83" t="s">
-        <v>173</v>
+        <v>207</v>
       </c>
       <c r="D83" t="s">
-        <v>1283</v>
+        <v>1302</v>
       </c>
       <c r="E83" t="s">
-        <v>1284</v>
+        <v>1303</v>
       </c>
       <c r="F83" t="s">
-        <v>1285</v>
+        <v>1304</v>
       </c>
       <c r="G83" t="s">
         <v>874</v>
       </c>
       <c r="H83" t="s">
         <v>875</v>
       </c>
       <c r="I83" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J83" t="s">
-        <v>63</v>
+        <v>1241</v>
       </c>
       <c r="K83" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L83" t="s">
-        <v>1286</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1287</v>
+        <v>1306</v>
       </c>
       <c r="B84" t="s">
-        <v>679</v>
+        <v>687</v>
       </c>
       <c r="C84" t="s">
-        <v>173</v>
+        <v>213</v>
       </c>
       <c r="D84" t="s">
-        <v>1288</v>
+        <v>1307</v>
       </c>
       <c r="E84" t="s">
-        <v>1289</v>
+        <v>1308</v>
       </c>
       <c r="F84" t="s">
-        <v>1290</v>
+        <v>1309</v>
       </c>
       <c r="G84" t="s">
         <v>874</v>
       </c>
       <c r="H84" t="s">
         <v>875</v>
       </c>
       <c r="I84" t="s">
         <v>876</v>
       </c>
       <c r="J84" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K84" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L84" t="s">
-        <v>1291</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1292</v>
+        <v>1311</v>
       </c>
       <c r="B85" t="s">
-        <v>679</v>
+        <v>687</v>
       </c>
       <c r="C85" t="s">
-        <v>173</v>
+        <v>213</v>
       </c>
       <c r="D85" t="s">
-        <v>1293</v>
+        <v>1312</v>
       </c>
       <c r="E85" t="s">
-        <v>1294</v>
+        <v>1313</v>
       </c>
       <c r="F85" t="s">
-        <v>1295</v>
+        <v>1314</v>
       </c>
       <c r="G85" t="s">
         <v>874</v>
       </c>
       <c r="H85" t="s">
         <v>875</v>
       </c>
       <c r="I85" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J85" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K85" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L85" t="s">
-        <v>1296</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1297</v>
+        <v>1316</v>
       </c>
       <c r="B86" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="C86" t="s">
-        <v>183</v>
+        <v>223</v>
       </c>
       <c r="D86" t="s">
-        <v>1298</v>
+        <v>1317</v>
       </c>
       <c r="E86" t="s">
-        <v>1299</v>
+        <v>1318</v>
       </c>
       <c r="F86" t="s">
-        <v>1300</v>
+        <v>1319</v>
       </c>
       <c r="G86" t="s">
         <v>874</v>
       </c>
       <c r="H86" t="s">
         <v>875</v>
       </c>
       <c r="I86" t="s">
         <v>876</v>
       </c>
       <c r="J86" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K86" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L86" t="s">
-        <v>1301</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1302</v>
+        <v>1321</v>
       </c>
       <c r="B87" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="C87" t="s">
-        <v>183</v>
+        <v>223</v>
       </c>
       <c r="D87" t="s">
-        <v>1303</v>
+        <v>1322</v>
       </c>
       <c r="E87" t="s">
-        <v>1304</v>
+        <v>1323</v>
       </c>
       <c r="F87" t="s">
-        <v>1305</v>
+        <v>1324</v>
       </c>
       <c r="G87" t="s">
         <v>874</v>
       </c>
       <c r="H87" t="s">
         <v>875</v>
       </c>
       <c r="I87" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J87" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K87" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L87" t="s">
-        <v>1306</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1307</v>
+        <v>1326</v>
       </c>
       <c r="B88" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="C88" t="s">
-        <v>183</v>
+        <v>223</v>
       </c>
       <c r="D88" t="s">
-        <v>1308</v>
+        <v>1327</v>
       </c>
       <c r="E88" t="s">
-        <v>1309</v>
+        <v>1328</v>
       </c>
       <c r="F88" t="s">
-        <v>1310</v>
+        <v>1329</v>
       </c>
       <c r="G88" t="s">
         <v>874</v>
       </c>
       <c r="H88" t="s">
         <v>875</v>
       </c>
       <c r="I88" t="s">
         <v>876</v>
       </c>
       <c r="J88" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K88" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L88" t="s">
-        <v>1311</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1312</v>
+        <v>1331</v>
       </c>
       <c r="B89" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="C89" t="s">
-        <v>183</v>
+        <v>223</v>
       </c>
       <c r="D89" t="s">
-        <v>1313</v>
+        <v>1332</v>
       </c>
       <c r="E89" t="s">
-        <v>1314</v>
+        <v>1333</v>
       </c>
       <c r="F89" t="s">
-        <v>1315</v>
+        <v>1334</v>
       </c>
       <c r="G89" t="s">
         <v>874</v>
       </c>
       <c r="H89" t="s">
         <v>875</v>
       </c>
       <c r="I89" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J89" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K89" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L89" t="s">
-        <v>1316</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1317</v>
+        <v>1336</v>
       </c>
       <c r="B90" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="C90" t="s">
-        <v>183</v>
+        <v>234</v>
       </c>
       <c r="D90" t="s">
-        <v>1318</v>
+        <v>1337</v>
       </c>
       <c r="E90" t="s">
-        <v>1319</v>
+        <v>1338</v>
       </c>
       <c r="F90" t="s">
-        <v>1320</v>
+        <v>1339</v>
       </c>
       <c r="G90" t="s">
         <v>874</v>
       </c>
       <c r="H90" t="s">
         <v>875</v>
       </c>
       <c r="I90" t="s">
         <v>876</v>
       </c>
       <c r="J90" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K90" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L90" t="s">
-        <v>1321</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1322</v>
+        <v>1341</v>
       </c>
       <c r="B91" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="C91" t="s">
-        <v>183</v>
+        <v>234</v>
       </c>
       <c r="D91" t="s">
-        <v>1323</v>
+        <v>1342</v>
       </c>
       <c r="E91" t="s">
-        <v>1324</v>
+        <v>1343</v>
       </c>
       <c r="F91" t="s">
-        <v>1325</v>
+        <v>1344</v>
       </c>
       <c r="G91" t="s">
         <v>874</v>
       </c>
       <c r="H91" t="s">
         <v>875</v>
       </c>
       <c r="I91" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J91" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K91" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L91" t="s">
-        <v>1326</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1327</v>
+        <v>1346</v>
       </c>
       <c r="B92" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C92" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="D92" t="s">
-        <v>1328</v>
+        <v>1347</v>
       </c>
       <c r="E92" t="s">
-        <v>1329</v>
+        <v>1348</v>
       </c>
       <c r="F92" t="s">
-        <v>1330</v>
+        <v>895</v>
       </c>
       <c r="G92" t="s">
         <v>874</v>
       </c>
       <c r="H92" t="s">
         <v>875</v>
       </c>
       <c r="I92" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="J92" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K92" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L92" t="s">
-        <v>1331</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1332</v>
+        <v>1350</v>
       </c>
       <c r="B93" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C93" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="D93" t="s">
-        <v>1333</v>
+        <v>1351</v>
       </c>
       <c r="E93" t="s">
-        <v>1334</v>
+        <v>1352</v>
       </c>
       <c r="F93" t="s">
-        <v>1335</v>
+        <v>895</v>
       </c>
       <c r="G93" t="s">
         <v>874</v>
       </c>
       <c r="H93" t="s">
         <v>875</v>
       </c>
       <c r="I93" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J93" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K93" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L93" t="s">
-        <v>1336</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1337</v>
+        <v>1354</v>
       </c>
       <c r="B94" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C94" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="D94" t="s">
-        <v>1338</v>
+        <v>1355</v>
       </c>
       <c r="E94" t="s">
-        <v>1339</v>
+        <v>1348</v>
       </c>
       <c r="F94" t="s">
-        <v>1340</v>
+        <v>895</v>
       </c>
       <c r="G94" t="s">
         <v>874</v>
       </c>
       <c r="H94" t="s">
         <v>875</v>
       </c>
       <c r="I94" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="J94" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K94" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L94" t="s">
-        <v>1341</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1342</v>
+        <v>1357</v>
       </c>
       <c r="B95" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C95" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="D95" t="s">
-        <v>1343</v>
+        <v>1358</v>
       </c>
       <c r="E95" t="s">
-        <v>1344</v>
+        <v>1359</v>
       </c>
       <c r="F95" t="s">
-        <v>1345</v>
+        <v>895</v>
       </c>
       <c r="G95" t="s">
         <v>874</v>
       </c>
       <c r="H95" t="s">
         <v>875</v>
       </c>
       <c r="I95" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J95" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K95" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L95" t="s">
-        <v>1346</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1347</v>
+        <v>1361</v>
       </c>
       <c r="B96" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C96" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="D96" t="s">
-        <v>1348</v>
+        <v>1362</v>
       </c>
       <c r="E96" t="s">
-        <v>1349</v>
+        <v>1363</v>
       </c>
       <c r="F96" t="s">
-        <v>1350</v>
+        <v>895</v>
       </c>
       <c r="G96" t="s">
         <v>874</v>
       </c>
       <c r="H96" t="s">
         <v>875</v>
       </c>
       <c r="I96" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="J96" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K96" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L96" t="s">
-        <v>1351</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1352</v>
+        <v>1365</v>
       </c>
       <c r="B97" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C97" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="D97" t="s">
-        <v>1353</v>
+        <v>1366</v>
       </c>
       <c r="E97" t="s">
-        <v>1354</v>
+        <v>1367</v>
       </c>
       <c r="F97" t="s">
-        <v>1355</v>
+        <v>895</v>
       </c>
       <c r="G97" t="s">
         <v>874</v>
       </c>
       <c r="H97" t="s">
         <v>875</v>
       </c>
       <c r="I97" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J97" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K97" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L97" t="s">
-        <v>1356</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>1357</v>
+        <v>1369</v>
       </c>
       <c r="B98" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C98" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="D98" t="s">
-        <v>1358</v>
+        <v>1370</v>
       </c>
       <c r="E98" t="s">
-        <v>1359</v>
+        <v>1371</v>
       </c>
       <c r="F98" t="s">
-        <v>1360</v>
+        <v>895</v>
       </c>
       <c r="G98" t="s">
         <v>874</v>
       </c>
       <c r="H98" t="s">
         <v>875</v>
       </c>
       <c r="I98" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="J98" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K98" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L98" t="s">
-        <v>1361</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>1362</v>
+        <v>1373</v>
       </c>
       <c r="B99" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C99" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="D99" t="s">
-        <v>1363</v>
+        <v>1374</v>
       </c>
       <c r="E99" t="s">
-        <v>1364</v>
+        <v>1375</v>
       </c>
       <c r="F99" t="s">
-        <v>1365</v>
+        <v>895</v>
       </c>
       <c r="G99" t="s">
         <v>874</v>
       </c>
       <c r="H99" t="s">
         <v>875</v>
       </c>
       <c r="I99" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J99" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K99" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L99" t="s">
-        <v>1366</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>1367</v>
+        <v>1377</v>
       </c>
       <c r="B100" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="C100" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="D100" t="s">
-        <v>1368</v>
+        <v>1378</v>
       </c>
       <c r="E100" t="s">
-        <v>1369</v>
+        <v>1379</v>
       </c>
       <c r="F100" t="s">
-        <v>1370</v>
+        <v>895</v>
       </c>
       <c r="G100" t="s">
         <v>874</v>
       </c>
       <c r="H100" t="s">
         <v>875</v>
       </c>
       <c r="I100" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="J100" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K100" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L100" t="s">
-        <v>1371</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>1372</v>
+        <v>1381</v>
       </c>
       <c r="B101" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="C101" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="D101" t="s">
-        <v>1373</v>
+        <v>1382</v>
       </c>
       <c r="E101" t="s">
-        <v>1374</v>
+        <v>1383</v>
       </c>
       <c r="F101" t="s">
-        <v>1375</v>
+        <v>895</v>
       </c>
       <c r="G101" t="s">
         <v>874</v>
       </c>
       <c r="H101" t="s">
         <v>875</v>
       </c>
       <c r="I101" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J101" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K101" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L101" t="s">
-        <v>1376</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>1377</v>
+        <v>1385</v>
       </c>
       <c r="B102" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="C102" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="D102" t="s">
-        <v>1378</v>
+        <v>1386</v>
       </c>
       <c r="E102" t="s">
-        <v>1379</v>
+        <v>1387</v>
       </c>
       <c r="F102" t="s">
-        <v>1380</v>
+        <v>895</v>
       </c>
       <c r="G102" t="s">
         <v>874</v>
       </c>
       <c r="H102" t="s">
         <v>875</v>
       </c>
       <c r="I102" t="s">
-        <v>1381</v>
+        <v>884</v>
       </c>
       <c r="J102" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K102" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L102" t="s">
-        <v>1382</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>1383</v>
+        <v>1389</v>
       </c>
       <c r="B103" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="C103" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="D103" t="s">
-        <v>1384</v>
+        <v>1390</v>
       </c>
       <c r="E103" t="s">
-        <v>1385</v>
+        <v>1391</v>
       </c>
       <c r="F103" t="s">
-        <v>1386</v>
+        <v>895</v>
       </c>
       <c r="G103" t="s">
         <v>874</v>
       </c>
       <c r="H103" t="s">
         <v>875</v>
       </c>
       <c r="I103" t="s">
-        <v>1381</v>
+        <v>884</v>
       </c>
       <c r="J103" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K103" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L103" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>1388</v>
+        <v>1393</v>
       </c>
       <c r="B104" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="C104" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="D104" t="s">
-        <v>1389</v>
+        <v>1394</v>
       </c>
       <c r="E104" t="s">
-        <v>1390</v>
+        <v>1395</v>
       </c>
       <c r="F104" t="s">
-        <v>1391</v>
+        <v>895</v>
       </c>
       <c r="G104" t="s">
         <v>874</v>
       </c>
       <c r="H104" t="s">
         <v>875</v>
       </c>
       <c r="I104" t="s">
-        <v>1392</v>
+        <v>884</v>
       </c>
       <c r="J104" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K104" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L104" t="s">
-        <v>1393</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>1394</v>
+        <v>1397</v>
       </c>
       <c r="B105" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="C105" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="D105" t="s">
-        <v>1395</v>
+        <v>1398</v>
       </c>
       <c r="E105" t="s">
-        <v>1396</v>
+        <v>1399</v>
       </c>
       <c r="F105" t="s">
-        <v>1397</v>
+        <v>1400</v>
       </c>
       <c r="G105" t="s">
         <v>874</v>
       </c>
       <c r="H105" t="s">
         <v>875</v>
       </c>
       <c r="I105" t="s">
         <v>876</v>
       </c>
       <c r="J105" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K105" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L105" t="s">
-        <v>1398</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>1399</v>
+        <v>1402</v>
       </c>
       <c r="B106" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="C106" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="D106" t="s">
-        <v>1400</v>
+        <v>1403</v>
       </c>
       <c r="E106" t="s">
-        <v>1401</v>
+        <v>1404</v>
       </c>
       <c r="F106" t="s">
-        <v>1402</v>
+        <v>1405</v>
       </c>
       <c r="G106" t="s">
         <v>874</v>
       </c>
       <c r="H106" t="s">
         <v>875</v>
       </c>
       <c r="I106" t="s">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="J106" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K106" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L106" t="s">
-        <v>1403</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>1404</v>
+        <v>1407</v>
       </c>
       <c r="B107" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="C107" t="s">
-        <v>214</v>
+        <v>242</v>
       </c>
       <c r="D107" t="s">
-        <v>1405</v>
+        <v>1408</v>
       </c>
       <c r="E107" t="s">
-        <v>1406</v>
+        <v>1409</v>
       </c>
       <c r="F107" t="s">
-        <v>1407</v>
+        <v>1410</v>
       </c>
       <c r="G107" t="s">
         <v>874</v>
       </c>
       <c r="H107" t="s">
         <v>875</v>
       </c>
       <c r="I107" t="s">
         <v>876</v>
       </c>
       <c r="J107" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K107" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L107" t="s">
-        <v>1408</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>1409</v>
+        <v>1412</v>
       </c>
       <c r="B108" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="C108" t="s">
-        <v>214</v>
+        <v>242</v>
       </c>
       <c r="D108" t="s">
-        <v>1410</v>
+        <v>1413</v>
       </c>
       <c r="E108" t="s">
-        <v>1411</v>
+        <v>1414</v>
       </c>
       <c r="F108" t="s">
-        <v>1412</v>
+        <v>1415</v>
       </c>
       <c r="G108" t="s">
         <v>874</v>
       </c>
       <c r="H108" t="s">
         <v>875</v>
       </c>
       <c r="I108" t="s">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="J108" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K108" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L108" t="s">
-        <v>1413</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>1414</v>
+        <v>1417</v>
       </c>
       <c r="B109" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="C109" t="s">
-        <v>220</v>
+        <v>242</v>
       </c>
       <c r="D109" t="s">
-        <v>1415</v>
+        <v>1418</v>
       </c>
       <c r="E109" t="s">
-        <v>1416</v>
+        <v>1419</v>
       </c>
       <c r="F109" t="s">
-        <v>1417</v>
+        <v>1420</v>
       </c>
       <c r="G109" t="s">
         <v>874</v>
       </c>
       <c r="H109" t="s">
         <v>875</v>
       </c>
       <c r="I109" t="s">
         <v>876</v>
       </c>
       <c r="J109" t="s">
-        <v>1418</v>
+        <v>73</v>
       </c>
       <c r="K109" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L109" t="s">
-        <v>1418</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>1419</v>
+        <v>1422</v>
       </c>
       <c r="B110" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="C110" t="s">
-        <v>220</v>
+        <v>242</v>
       </c>
       <c r="D110" t="s">
-        <v>1420</v>
+        <v>1423</v>
       </c>
       <c r="E110" t="s">
-        <v>1421</v>
+        <v>1424</v>
       </c>
       <c r="F110" t="s">
-        <v>1422</v>
+        <v>1425</v>
       </c>
       <c r="G110" t="s">
         <v>874</v>
       </c>
       <c r="H110" t="s">
         <v>875</v>
       </c>
       <c r="I110" t="s">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="J110" t="s">
-        <v>1423</v>
+        <v>73</v>
       </c>
       <c r="K110" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L110" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="B111" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="C111" t="s">
-        <v>220</v>
+        <v>242</v>
       </c>
       <c r="D111" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="E111" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="F111" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="G111" t="s">
         <v>874</v>
       </c>
       <c r="H111" t="s">
         <v>875</v>
       </c>
       <c r="I111" t="s">
         <v>876</v>
       </c>
       <c r="J111" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K111" t="s">
-        <v>877</v>
+        <v>1431</v>
       </c>
       <c r="L111" t="s">
-        <v>1429</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>1430</v>
+        <v>1433</v>
       </c>
       <c r="B112" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="C112" t="s">
-        <v>220</v>
+        <v>242</v>
       </c>
       <c r="D112" t="s">
-        <v>1431</v>
+        <v>1434</v>
       </c>
       <c r="E112" t="s">
-        <v>1432</v>
+        <v>1435</v>
       </c>
       <c r="F112" t="s">
-        <v>1433</v>
+        <v>1436</v>
       </c>
       <c r="G112" t="s">
         <v>874</v>
       </c>
       <c r="H112" t="s">
         <v>875</v>
       </c>
       <c r="I112" t="s">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="J112" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K112" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L112" t="s">
-        <v>1434</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>1435</v>
+        <v>1438</v>
       </c>
       <c r="B113" t="s">
         <v>692</v>
       </c>
       <c r="C113" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="D113" t="s">
-        <v>1436</v>
+        <v>1439</v>
       </c>
       <c r="E113" t="s">
-        <v>1437</v>
+        <v>1440</v>
       </c>
       <c r="F113" t="s">
-        <v>1438</v>
+        <v>1441</v>
       </c>
       <c r="G113" t="s">
         <v>874</v>
       </c>
       <c r="H113" t="s">
         <v>875</v>
       </c>
       <c r="I113" t="s">
         <v>876</v>
       </c>
       <c r="J113" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K113" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L113" t="s">
-        <v>1439</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>1440</v>
+        <v>1443</v>
       </c>
       <c r="B114" t="s">
         <v>692</v>
       </c>
       <c r="C114" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="D114" t="s">
-        <v>1441</v>
+        <v>1444</v>
       </c>
       <c r="E114" t="s">
-        <v>1442</v>
+        <v>1445</v>
       </c>
       <c r="F114" t="s">
-        <v>1443</v>
+        <v>1446</v>
       </c>
       <c r="G114" t="s">
         <v>874</v>
       </c>
       <c r="H114" t="s">
         <v>875</v>
       </c>
       <c r="I114" t="s">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="J114" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K114" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L114" t="s">
-        <v>1444</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>1445</v>
+        <v>1448</v>
       </c>
       <c r="B115" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="C115" t="s">
         <v>242</v>
       </c>
       <c r="D115" t="s">
-        <v>1446</v>
+        <v>1449</v>
       </c>
       <c r="E115" t="s">
-        <v>1447</v>
+        <v>1450</v>
       </c>
       <c r="F115" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
       <c r="G115" t="s">
         <v>874</v>
       </c>
       <c r="H115" t="s">
         <v>875</v>
       </c>
       <c r="I115" t="s">
         <v>876</v>
       </c>
       <c r="J115" t="s">
-        <v>1449</v>
+        <v>73</v>
       </c>
       <c r="K115" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L115" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="B116" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="C116" t="s">
         <v>242</v>
       </c>
       <c r="D116" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="E116" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="F116" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="G116" t="s">
         <v>874</v>
       </c>
       <c r="H116" t="s">
         <v>875</v>
       </c>
       <c r="I116" t="s">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="J116" t="s">
-        <v>1455</v>
+        <v>73</v>
       </c>
       <c r="K116" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L116" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>695</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="B2" t="s">
         <v>652</v>
       </c>
       <c r="C2" t="s">
         <v>39</v>
       </c>
       <c r="D2" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="B3" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="C3" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D3" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="B4" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="C4" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="D4" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="B5" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
       <c r="C5" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D5" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="B6" t="s">
-        <v>668</v>
+        <v>662</v>
       </c>
       <c r="C6" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D6" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="B7" t="s">
-        <v>669</v>
+        <v>664</v>
       </c>
       <c r="C7" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="B8" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="C8" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D8" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="B9" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="C9" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="D9" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="B10" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="C10" t="s">
         <v>151</v>
       </c>
       <c r="D10" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="B11" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C11" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D11" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="B12" t="s">
         <v>679</v>
       </c>
       <c r="C12" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D12" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="B13" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
       <c r="C13" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="D13" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="B14" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="C14" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="D14" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="B15" t="s">
         <v>686</v>
       </c>
       <c r="C15" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D15" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="B16" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="C16" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="D16" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="B17" t="s">
         <v>689</v>
       </c>
       <c r="C17" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D17" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="B18" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="C18" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="D18" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="B19" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="C19" t="s">
         <v>242</v>
       </c>
       <c r="D19" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L111"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>695</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>252</v>
       </c>
@@ -30382,4226 +30385,4226 @@
       </c>
       <c r="F1" s="1" t="s">
         <v>253</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>866</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>254</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>867</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>868</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>869</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="B2" t="s">
         <v>652</v>
       </c>
       <c r="C2" t="s">
         <v>39</v>
       </c>
       <c r="D2" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="E2" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="F2" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="G2" t="s">
         <v>874</v>
       </c>
       <c r="H2" t="s">
         <v>875</v>
       </c>
       <c r="I2" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="J2" t="s">
-        <v>63</v>
+        <v>1482</v>
       </c>
       <c r="K2" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L2" t="s">
-        <v>878</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="B3" t="s">
         <v>652</v>
       </c>
       <c r="C3" t="s">
         <v>39</v>
       </c>
       <c r="D3" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="E3" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="F3" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="G3" t="s">
         <v>874</v>
       </c>
       <c r="H3" t="s">
         <v>875</v>
       </c>
       <c r="I3" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="J3" t="s">
-        <v>63</v>
+        <v>1489</v>
       </c>
       <c r="K3" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L3" t="s">
-        <v>878</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1487</v>
+        <v>1491</v>
       </c>
       <c r="B4" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="C4" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D4" t="s">
-        <v>1488</v>
+        <v>1492</v>
       </c>
       <c r="E4" t="s">
-        <v>1489</v>
+        <v>1493</v>
       </c>
       <c r="F4" t="s">
-        <v>1490</v>
+        <v>1494</v>
       </c>
       <c r="G4" t="s">
         <v>874</v>
       </c>
       <c r="H4" t="s">
         <v>875</v>
       </c>
       <c r="I4" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="J4" t="s">
-        <v>1491</v>
+        <v>73</v>
       </c>
       <c r="K4" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L4" t="s">
-        <v>1492</v>
+        <v>891</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1493</v>
+        <v>1496</v>
       </c>
       <c r="B5" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="C5" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D5" t="s">
-        <v>1494</v>
+        <v>1497</v>
       </c>
       <c r="E5" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
       <c r="F5" t="s">
-        <v>1496</v>
+        <v>1499</v>
       </c>
       <c r="G5" t="s">
         <v>874</v>
       </c>
       <c r="H5" t="s">
         <v>875</v>
       </c>
       <c r="I5" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="J5" t="s">
-        <v>1497</v>
+        <v>73</v>
       </c>
       <c r="K5" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L5" t="s">
-        <v>1498</v>
+        <v>891</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="B6" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C6" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="D6" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="E6" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="F6" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="G6" t="s">
         <v>874</v>
       </c>
       <c r="H6" t="s">
         <v>875</v>
       </c>
       <c r="I6" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J6" t="s">
-        <v>1503</v>
+        <v>73</v>
       </c>
       <c r="K6" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L6" t="s">
         <v>1504</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>1505</v>
       </c>
       <c r="B7" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C7" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="D7" t="s">
         <v>1506</v>
       </c>
       <c r="E7" t="s">
         <v>1507</v>
       </c>
       <c r="F7" t="s">
-        <v>1496</v>
+        <v>1487</v>
       </c>
       <c r="G7" t="s">
         <v>874</v>
       </c>
       <c r="H7" t="s">
         <v>875</v>
       </c>
       <c r="I7" t="s">
+        <v>1495</v>
+      </c>
+      <c r="J7" t="s">
+        <v>73</v>
+      </c>
+      <c r="K7" t="s">
+        <v>1483</v>
+      </c>
+      <c r="L7" t="s">
         <v>1508</v>
-      </c>
-[...7 lines deleted...]
-        <v>1510</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B8" t="s">
+        <v>659</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1510</v>
+      </c>
+      <c r="E8" t="s">
         <v>1511</v>
       </c>
-      <c r="B8" t="s">
-[...5 lines deleted...]
-      <c r="D8" t="s">
+      <c r="F8" t="s">
         <v>1512</v>
-      </c>
-[...4 lines deleted...]
-        <v>1514</v>
       </c>
       <c r="G8" t="s">
         <v>874</v>
       </c>
       <c r="H8" t="s">
         <v>875</v>
       </c>
       <c r="I8" t="s">
-        <v>1515</v>
+        <v>1481</v>
       </c>
       <c r="J8" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K8" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L8" t="s">
-        <v>1516</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1517</v>
+        <v>1514</v>
       </c>
       <c r="B9" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C9" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="D9" t="s">
-        <v>1518</v>
+        <v>1515</v>
       </c>
       <c r="E9" t="s">
-        <v>1519</v>
+        <v>1516</v>
       </c>
       <c r="F9" t="s">
-        <v>1496</v>
+        <v>1487</v>
       </c>
       <c r="G9" t="s">
         <v>874</v>
       </c>
       <c r="H9" t="s">
         <v>875</v>
       </c>
       <c r="I9" t="s">
-        <v>1520</v>
+        <v>1495</v>
       </c>
       <c r="J9" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K9" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L9" t="s">
-        <v>1521</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1522</v>
+        <v>1518</v>
       </c>
       <c r="B10" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="C10" t="s">
-        <v>65</v>
+        <v>94</v>
       </c>
       <c r="D10" t="s">
-        <v>1523</v>
+        <v>1519</v>
       </c>
       <c r="E10" t="s">
-        <v>1524</v>
+        <v>1520</v>
       </c>
       <c r="F10" t="s">
-        <v>1525</v>
+        <v>1521</v>
       </c>
       <c r="G10" t="s">
         <v>874</v>
       </c>
       <c r="H10" t="s">
         <v>875</v>
       </c>
       <c r="I10" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J10" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K10" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L10" t="s">
-        <v>1526</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1527</v>
+        <v>1523</v>
       </c>
       <c r="B11" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="C11" t="s">
-        <v>65</v>
+        <v>94</v>
       </c>
       <c r="D11" t="s">
-        <v>1528</v>
+        <v>1524</v>
       </c>
       <c r="E11" t="s">
-        <v>1529</v>
+        <v>1525</v>
       </c>
       <c r="F11" t="s">
-        <v>1496</v>
+        <v>1487</v>
       </c>
       <c r="G11" t="s">
         <v>874</v>
       </c>
       <c r="H11" t="s">
         <v>875</v>
       </c>
       <c r="I11" t="s">
-        <v>1520</v>
+        <v>1495</v>
       </c>
       <c r="J11" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K11" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L11" t="s">
-        <v>1530</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1531</v>
+        <v>1527</v>
       </c>
       <c r="B12" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="C12" t="s">
-        <v>65</v>
+        <v>106</v>
       </c>
       <c r="D12" t="s">
-        <v>1532</v>
+        <v>1528</v>
       </c>
       <c r="E12" t="s">
-        <v>1533</v>
+        <v>1529</v>
       </c>
       <c r="F12" t="s">
-        <v>1534</v>
+        <v>1530</v>
       </c>
       <c r="G12" t="s">
         <v>874</v>
       </c>
       <c r="H12" t="s">
         <v>875</v>
       </c>
       <c r="I12" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J12" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K12" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L12" t="s">
-        <v>1535</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1536</v>
+        <v>1532</v>
       </c>
       <c r="B13" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="C13" t="s">
-        <v>65</v>
+        <v>106</v>
       </c>
       <c r="D13" t="s">
-        <v>1537</v>
+        <v>1533</v>
       </c>
       <c r="E13" t="s">
-        <v>1538</v>
+        <v>1534</v>
       </c>
       <c r="F13" t="s">
-        <v>1496</v>
+        <v>1487</v>
       </c>
       <c r="G13" t="s">
         <v>874</v>
       </c>
       <c r="H13" t="s">
         <v>875</v>
       </c>
       <c r="I13" t="s">
-        <v>1480</v>
+        <v>1495</v>
       </c>
       <c r="J13" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K13" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L13" t="s">
-        <v>1539</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1540</v>
+        <v>1536</v>
       </c>
       <c r="B14" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="C14" t="s">
-        <v>65</v>
+        <v>116</v>
       </c>
       <c r="D14" t="s">
-        <v>1541</v>
+        <v>1537</v>
       </c>
       <c r="E14" t="s">
-        <v>1542</v>
+        <v>1538</v>
       </c>
       <c r="F14" t="s">
-        <v>1543</v>
+        <v>1539</v>
       </c>
       <c r="G14" t="s">
         <v>874</v>
       </c>
       <c r="H14" t="s">
         <v>875</v>
       </c>
       <c r="I14" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J14" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K14" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L14" t="s">
-        <v>1544</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1545</v>
+        <v>1541</v>
       </c>
       <c r="B15" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="C15" t="s">
-        <v>65</v>
+        <v>116</v>
       </c>
       <c r="D15" t="s">
-        <v>1546</v>
+        <v>1542</v>
       </c>
       <c r="E15" t="s">
-        <v>1547</v>
+        <v>1543</v>
       </c>
       <c r="F15" t="s">
-        <v>1496</v>
+        <v>1487</v>
       </c>
       <c r="G15" t="s">
         <v>874</v>
       </c>
       <c r="H15" t="s">
         <v>875</v>
       </c>
       <c r="I15" t="s">
-        <v>1480</v>
+        <v>1495</v>
       </c>
       <c r="J15" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K15" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L15" t="s">
-        <v>1548</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1549</v>
+        <v>1545</v>
       </c>
       <c r="B16" t="s">
-        <v>658</v>
+        <v>667</v>
       </c>
       <c r="C16" t="s">
-        <v>65</v>
+        <v>127</v>
       </c>
       <c r="D16" t="s">
-        <v>1550</v>
+        <v>1546</v>
       </c>
       <c r="E16" t="s">
-        <v>1551</v>
+        <v>1547</v>
       </c>
       <c r="F16" t="s">
-        <v>1552</v>
+        <v>1548</v>
       </c>
       <c r="G16" t="s">
         <v>874</v>
       </c>
       <c r="H16" t="s">
         <v>875</v>
       </c>
       <c r="I16" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J16" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K16" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L16" t="s">
-        <v>1553</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1554</v>
+        <v>1550</v>
       </c>
       <c r="B17" t="s">
-        <v>658</v>
+        <v>667</v>
       </c>
       <c r="C17" t="s">
-        <v>65</v>
+        <v>127</v>
       </c>
       <c r="D17" t="s">
-        <v>1555</v>
+        <v>1551</v>
       </c>
       <c r="E17" t="s">
-        <v>1556</v>
+        <v>1552</v>
       </c>
       <c r="F17" t="s">
-        <v>1496</v>
+        <v>1487</v>
       </c>
       <c r="G17" t="s">
         <v>874</v>
       </c>
       <c r="H17" t="s">
         <v>875</v>
       </c>
       <c r="I17" t="s">
-        <v>1480</v>
+        <v>1495</v>
       </c>
       <c r="J17" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K17" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L17" t="s">
-        <v>1557</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1558</v>
+        <v>1554</v>
       </c>
       <c r="B18" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C18" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D18" t="s">
-        <v>1559</v>
+        <v>1555</v>
       </c>
       <c r="E18" t="s">
-        <v>1560</v>
+        <v>1556</v>
       </c>
       <c r="F18" t="s">
-        <v>1561</v>
+        <v>1557</v>
       </c>
       <c r="G18" t="s">
         <v>874</v>
       </c>
       <c r="H18" t="s">
         <v>875</v>
       </c>
       <c r="I18" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J18" t="s">
-        <v>63</v>
+        <v>1558</v>
       </c>
       <c r="K18" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L18" t="s">
-        <v>1562</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1563</v>
+        <v>1560</v>
       </c>
       <c r="B19" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C19" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D19" t="s">
-        <v>1564</v>
+        <v>1561</v>
       </c>
       <c r="E19" t="s">
-        <v>1565</v>
+        <v>1562</v>
       </c>
       <c r="F19" t="s">
-        <v>1479</v>
+        <v>1487</v>
       </c>
       <c r="G19" t="s">
         <v>874</v>
       </c>
       <c r="H19" t="s">
         <v>875</v>
       </c>
       <c r="I19" t="s">
-        <v>1480</v>
+        <v>1495</v>
       </c>
       <c r="J19" t="s">
-        <v>63</v>
+        <v>1563</v>
       </c>
       <c r="K19" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L19" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B20" t="s">
+        <v>669</v>
+      </c>
+      <c r="C20" t="s">
+        <v>138</v>
+      </c>
+      <c r="D20" t="s">
         <v>1566</v>
       </c>
-      <c r="B20" t="s">
-[...5 lines deleted...]
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>1567</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
         <v>1568</v>
-      </c>
-[...1 lines deleted...]
-        <v>1569</v>
       </c>
       <c r="G20" t="s">
         <v>874</v>
       </c>
       <c r="H20" t="s">
         <v>875</v>
       </c>
       <c r="I20" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J20" t="s">
-        <v>63</v>
+        <v>1569</v>
       </c>
       <c r="K20" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L20" t="s">
-        <v>1562</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="B21" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C21" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D21" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="E21" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="F21" t="s">
-        <v>1573</v>
+        <v>1487</v>
       </c>
       <c r="G21" t="s">
         <v>874</v>
       </c>
       <c r="H21" t="s">
         <v>875</v>
       </c>
       <c r="I21" t="s">
+        <v>1488</v>
+      </c>
+      <c r="J21" t="s">
         <v>1574</v>
       </c>
-      <c r="J21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K21" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L21" t="s">
-        <v>1562</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="B22" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C22" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D22" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="E22" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="F22" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="G22" t="s">
         <v>874</v>
       </c>
       <c r="H22" t="s">
         <v>875</v>
       </c>
       <c r="I22" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="J22" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K22" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L22" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="B23" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C23" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D23" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="E23" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="F23" t="s">
-        <v>1479</v>
+        <v>1487</v>
       </c>
       <c r="G23" t="s">
         <v>874</v>
       </c>
       <c r="H23" t="s">
         <v>875</v>
       </c>
       <c r="I23" t="s">
-        <v>1480</v>
+        <v>1585</v>
       </c>
       <c r="J23" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K23" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L23" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="B24" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C24" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D24" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
       <c r="E24" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="F24" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="G24" t="s">
         <v>874</v>
       </c>
       <c r="H24" t="s">
         <v>875</v>
       </c>
       <c r="I24" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J24" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K24" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L24" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
       <c r="B25" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C25" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D25" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="E25" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="F25" t="s">
-        <v>1593</v>
+        <v>1487</v>
       </c>
       <c r="G25" t="s">
         <v>874</v>
       </c>
       <c r="H25" t="s">
         <v>875</v>
       </c>
       <c r="I25" t="s">
-        <v>1486</v>
+        <v>1585</v>
       </c>
       <c r="J25" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K25" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L25" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="B26" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C26" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D26" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="E26" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="F26" t="s">
-        <v>1479</v>
+        <v>1599</v>
       </c>
       <c r="G26" t="s">
         <v>874</v>
       </c>
       <c r="H26" t="s">
         <v>875</v>
       </c>
       <c r="I26" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="J26" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K26" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L26" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="B27" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C27" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D27" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="E27" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="F27" t="s">
-        <v>1602</v>
+        <v>1487</v>
       </c>
       <c r="G27" t="s">
         <v>874</v>
       </c>
       <c r="H27" t="s">
         <v>875</v>
       </c>
       <c r="I27" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="J27" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K27" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L27" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="B28" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C28" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D28" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="E28" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="F28" t="s">
-        <v>1479</v>
+        <v>1608</v>
       </c>
       <c r="G28" t="s">
         <v>874</v>
       </c>
       <c r="H28" t="s">
         <v>875</v>
       </c>
       <c r="I28" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="J28" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K28" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L28" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="B29" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C29" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D29" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="E29" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="F29" t="s">
-        <v>1611</v>
+        <v>1487</v>
       </c>
       <c r="G29" t="s">
         <v>874</v>
       </c>
       <c r="H29" t="s">
         <v>875</v>
       </c>
       <c r="I29" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="J29" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K29" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L29" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="B30" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C30" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D30" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="E30" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="F30" t="s">
-        <v>1479</v>
+        <v>1617</v>
       </c>
       <c r="G30" t="s">
         <v>874</v>
       </c>
       <c r="H30" t="s">
         <v>875</v>
       </c>
       <c r="I30" t="s">
-        <v>1616</v>
+        <v>1481</v>
       </c>
       <c r="J30" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K30" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L30" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="B31" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C31" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D31" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="E31" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="F31" t="s">
-        <v>1621</v>
+        <v>1487</v>
       </c>
       <c r="G31" t="s">
         <v>874</v>
       </c>
       <c r="H31" t="s">
         <v>875</v>
       </c>
       <c r="I31" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="J31" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K31" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L31" t="s">
         <v>1622</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>1623</v>
       </c>
       <c r="B32" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C32" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D32" t="s">
         <v>1624</v>
       </c>
       <c r="E32" t="s">
         <v>1625</v>
       </c>
       <c r="F32" t="s">
-        <v>1479</v>
+        <v>1626</v>
       </c>
       <c r="G32" t="s">
         <v>874</v>
       </c>
       <c r="H32" t="s">
         <v>875</v>
       </c>
       <c r="I32" t="s">
-        <v>1626</v>
+        <v>1481</v>
       </c>
       <c r="J32" t="s">
-        <v>63</v>
+        <v>1627</v>
       </c>
       <c r="K32" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L32" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="B33" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C33" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D33" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="E33" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="F33" t="s">
-        <v>1631</v>
+        <v>1487</v>
       </c>
       <c r="G33" t="s">
         <v>874</v>
       </c>
       <c r="H33" t="s">
         <v>875</v>
       </c>
       <c r="I33" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="J33" t="s">
-        <v>63</v>
+        <v>1632</v>
       </c>
       <c r="K33" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L33" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="B34" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C34" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D34" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="E34" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="F34" t="s">
-        <v>1479</v>
+        <v>1637</v>
       </c>
       <c r="G34" t="s">
         <v>874</v>
       </c>
       <c r="H34" t="s">
         <v>875</v>
       </c>
       <c r="I34" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="J34" t="s">
-        <v>63</v>
+        <v>1638</v>
       </c>
       <c r="K34" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L34" t="s">
-        <v>1636</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1637</v>
+        <v>1640</v>
       </c>
       <c r="B35" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C35" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D35" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="E35" t="s">
-        <v>1639</v>
+        <v>1642</v>
       </c>
       <c r="F35" t="s">
-        <v>1640</v>
+        <v>1487</v>
       </c>
       <c r="G35" t="s">
         <v>874</v>
       </c>
       <c r="H35" t="s">
         <v>875</v>
       </c>
       <c r="I35" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="J35" t="s">
-        <v>63</v>
+        <v>1643</v>
       </c>
       <c r="K35" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L35" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="B36" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C36" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D36" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="E36" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="F36" t="s">
-        <v>1479</v>
+        <v>1647</v>
       </c>
       <c r="G36" t="s">
         <v>874</v>
       </c>
       <c r="H36" t="s">
         <v>875</v>
       </c>
       <c r="I36" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="J36" t="s">
-        <v>63</v>
+        <v>1648</v>
       </c>
       <c r="K36" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L36" t="s">
-        <v>1645</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1646</v>
+        <v>1649</v>
       </c>
       <c r="B37" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C37" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D37" t="s">
-        <v>1647</v>
+        <v>1650</v>
       </c>
       <c r="E37" t="s">
-        <v>1648</v>
+        <v>1651</v>
       </c>
       <c r="F37" t="s">
-        <v>1649</v>
+        <v>1487</v>
       </c>
       <c r="G37" t="s">
         <v>874</v>
       </c>
       <c r="H37" t="s">
         <v>875</v>
       </c>
       <c r="I37" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="J37" t="s">
-        <v>63</v>
+        <v>1652</v>
       </c>
       <c r="K37" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L37" t="s">
-        <v>1650</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1651</v>
+        <v>1654</v>
       </c>
       <c r="B38" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C38" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D38" t="s">
-        <v>1652</v>
+        <v>1655</v>
       </c>
       <c r="E38" t="s">
-        <v>1653</v>
+        <v>1656</v>
       </c>
       <c r="F38" t="s">
-        <v>1479</v>
+        <v>1657</v>
       </c>
       <c r="G38" t="s">
         <v>874</v>
       </c>
       <c r="H38" t="s">
         <v>875</v>
       </c>
       <c r="I38" t="s">
-        <v>1654</v>
+        <v>1481</v>
       </c>
       <c r="J38" t="s">
-        <v>63</v>
+        <v>1658</v>
       </c>
       <c r="K38" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L38" t="s">
-        <v>1655</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1656</v>
+        <v>1659</v>
       </c>
       <c r="B39" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C39" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D39" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="E39" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
       <c r="F39" t="s">
-        <v>1659</v>
+        <v>1487</v>
       </c>
       <c r="G39" t="s">
         <v>874</v>
       </c>
       <c r="H39" t="s">
         <v>875</v>
       </c>
       <c r="I39" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="J39" t="s">
-        <v>63</v>
+        <v>1662</v>
       </c>
       <c r="K39" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L39" t="s">
-        <v>1660</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1661</v>
+        <v>1664</v>
       </c>
       <c r="B40" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="C40" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="D40" t="s">
-        <v>1662</v>
+        <v>1665</v>
       </c>
       <c r="E40" t="s">
-        <v>1663</v>
+        <v>1666</v>
       </c>
       <c r="F40" t="s">
-        <v>1479</v>
+        <v>1667</v>
       </c>
       <c r="G40" t="s">
         <v>874</v>
       </c>
       <c r="H40" t="s">
         <v>875</v>
       </c>
       <c r="I40" t="s">
-        <v>1664</v>
+        <v>1481</v>
       </c>
       <c r="J40" t="s">
-        <v>63</v>
+        <v>1668</v>
       </c>
       <c r="K40" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L40" t="s">
-        <v>1665</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1666</v>
+        <v>1670</v>
       </c>
       <c r="B41" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="C41" t="s">
-        <v>91</v>
+        <v>151</v>
       </c>
       <c r="D41" t="s">
-        <v>1667</v>
+        <v>1671</v>
       </c>
       <c r="E41" t="s">
-        <v>1668</v>
+        <v>1672</v>
       </c>
       <c r="F41" t="s">
-        <v>1669</v>
+        <v>1487</v>
       </c>
       <c r="G41" t="s">
         <v>874</v>
       </c>
       <c r="H41" t="s">
         <v>875</v>
       </c>
       <c r="I41" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="J41" t="s">
-        <v>63</v>
+        <v>1673</v>
       </c>
       <c r="K41" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L41" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1671</v>
+        <v>1674</v>
       </c>
       <c r="B42" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="C42" t="s">
-        <v>91</v>
+        <v>151</v>
       </c>
       <c r="D42" t="s">
-        <v>1672</v>
+        <v>1675</v>
       </c>
       <c r="E42" t="s">
-        <v>1673</v>
+        <v>1676</v>
       </c>
       <c r="F42" t="s">
-        <v>1496</v>
+        <v>1677</v>
       </c>
       <c r="G42" t="s">
         <v>874</v>
       </c>
       <c r="H42" t="s">
         <v>875</v>
       </c>
       <c r="I42" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="J42" t="s">
-        <v>63</v>
+        <v>1678</v>
       </c>
       <c r="K42" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L42" t="s">
-        <v>1674</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
       <c r="B43" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="C43" t="s">
-        <v>91</v>
+        <v>151</v>
       </c>
       <c r="D43" t="s">
-        <v>1676</v>
+        <v>1680</v>
       </c>
       <c r="E43" t="s">
-        <v>1677</v>
+        <v>1681</v>
       </c>
       <c r="F43" t="s">
-        <v>1678</v>
+        <v>1487</v>
       </c>
       <c r="G43" t="s">
         <v>874</v>
       </c>
       <c r="H43" t="s">
         <v>875</v>
       </c>
       <c r="I43" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="J43" t="s">
-        <v>63</v>
+        <v>1682</v>
       </c>
       <c r="K43" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L43" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="B44" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="C44" t="s">
-        <v>91</v>
+        <v>151</v>
       </c>
       <c r="D44" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="E44" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="F44" t="s">
-        <v>1496</v>
+        <v>1687</v>
       </c>
       <c r="G44" t="s">
         <v>874</v>
       </c>
       <c r="H44" t="s">
         <v>875</v>
       </c>
       <c r="I44" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="J44" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K44" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L44" t="s">
-        <v>1683</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1684</v>
+        <v>1689</v>
       </c>
       <c r="B45" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="C45" t="s">
-        <v>104</v>
+        <v>151</v>
       </c>
       <c r="D45" t="s">
-        <v>1685</v>
+        <v>1690</v>
       </c>
       <c r="E45" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="F45" t="s">
-        <v>1687</v>
+        <v>1487</v>
       </c>
       <c r="G45" t="s">
         <v>874</v>
       </c>
       <c r="H45" t="s">
         <v>875</v>
       </c>
       <c r="I45" t="s">
-        <v>1486</v>
+        <v>1692</v>
       </c>
       <c r="J45" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K45" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L45" t="s">
-        <v>1688</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1689</v>
+        <v>1694</v>
       </c>
       <c r="B46" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="C46" t="s">
-        <v>104</v>
+        <v>151</v>
       </c>
       <c r="D46" t="s">
-        <v>1690</v>
+        <v>1695</v>
       </c>
       <c r="E46" t="s">
-        <v>1691</v>
+        <v>1696</v>
       </c>
       <c r="F46" t="s">
-        <v>1496</v>
+        <v>1697</v>
       </c>
       <c r="G46" t="s">
         <v>874</v>
       </c>
       <c r="H46" t="s">
         <v>875</v>
       </c>
       <c r="I46" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="J46" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K46" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L46" t="s">
-        <v>1692</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1693</v>
+        <v>1699</v>
       </c>
       <c r="B47" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="C47" t="s">
-        <v>112</v>
+        <v>151</v>
       </c>
       <c r="D47" t="s">
-        <v>1694</v>
+        <v>1700</v>
       </c>
       <c r="E47" t="s">
-        <v>1695</v>
+        <v>1701</v>
       </c>
       <c r="F47" t="s">
-        <v>1696</v>
+        <v>1487</v>
       </c>
       <c r="G47" t="s">
         <v>874</v>
       </c>
       <c r="H47" t="s">
         <v>875</v>
       </c>
       <c r="I47" t="s">
-        <v>1486</v>
+        <v>1702</v>
       </c>
       <c r="J47" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K47" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L47" t="s">
-        <v>1697</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1698</v>
+        <v>1704</v>
       </c>
       <c r="B48" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="C48" t="s">
-        <v>112</v>
+        <v>151</v>
       </c>
       <c r="D48" t="s">
-        <v>1699</v>
+        <v>1705</v>
       </c>
       <c r="E48" t="s">
-        <v>1700</v>
+        <v>1706</v>
       </c>
       <c r="F48" t="s">
-        <v>1496</v>
+        <v>1707</v>
       </c>
       <c r="G48" t="s">
         <v>874</v>
       </c>
       <c r="H48" t="s">
         <v>875</v>
       </c>
       <c r="I48" t="s">
-        <v>1480</v>
+        <v>1580</v>
       </c>
       <c r="J48" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K48" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L48" t="s">
-        <v>1701</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1702</v>
+        <v>1709</v>
       </c>
       <c r="B49" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="C49" t="s">
-        <v>112</v>
+        <v>151</v>
       </c>
       <c r="D49" t="s">
-        <v>1703</v>
+        <v>1710</v>
       </c>
       <c r="E49" t="s">
-        <v>1704</v>
+        <v>1711</v>
       </c>
       <c r="F49" t="s">
-        <v>1705</v>
+        <v>1487</v>
       </c>
       <c r="G49" t="s">
         <v>874</v>
       </c>
       <c r="H49" t="s">
         <v>875</v>
       </c>
       <c r="I49" t="s">
-        <v>1486</v>
+        <v>1702</v>
       </c>
       <c r="J49" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K49" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L49" t="s">
-        <v>1706</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1707</v>
+        <v>1713</v>
       </c>
       <c r="B50" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="C50" t="s">
-        <v>112</v>
+        <v>151</v>
       </c>
       <c r="D50" t="s">
-        <v>1708</v>
+        <v>1714</v>
       </c>
       <c r="E50" t="s">
-        <v>1709</v>
+        <v>1715</v>
       </c>
       <c r="F50" t="s">
-        <v>1496</v>
+        <v>1716</v>
       </c>
       <c r="G50" t="s">
         <v>874</v>
       </c>
       <c r="H50" t="s">
         <v>875</v>
       </c>
       <c r="I50" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="J50" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K50" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L50" t="s">
-        <v>1710</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1711</v>
+        <v>1718</v>
       </c>
       <c r="B51" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C51" t="s">
-        <v>129</v>
+        <v>151</v>
       </c>
       <c r="D51" t="s">
-        <v>1712</v>
+        <v>1719</v>
       </c>
       <c r="E51" t="s">
-        <v>1713</v>
+        <v>1720</v>
       </c>
       <c r="F51" t="s">
-        <v>1714</v>
+        <v>1487</v>
       </c>
       <c r="G51" t="s">
         <v>874</v>
       </c>
       <c r="H51" t="s">
         <v>875</v>
       </c>
       <c r="I51" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="J51" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K51" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L51" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1716</v>
+        <v>1722</v>
       </c>
       <c r="B52" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C52" t="s">
-        <v>129</v>
+        <v>151</v>
       </c>
       <c r="D52" t="s">
-        <v>1717</v>
+        <v>1723</v>
       </c>
       <c r="E52" t="s">
-        <v>1718</v>
+        <v>1724</v>
       </c>
       <c r="F52" t="s">
-        <v>1496</v>
+        <v>1725</v>
       </c>
       <c r="G52" t="s">
         <v>874</v>
       </c>
       <c r="H52" t="s">
         <v>875</v>
       </c>
       <c r="I52" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="J52" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K52" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L52" t="s">
-        <v>1719</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1720</v>
+        <v>1727</v>
       </c>
       <c r="B53" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C53" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="D53" t="s">
-        <v>1721</v>
+        <v>1728</v>
       </c>
       <c r="E53" t="s">
-        <v>1722</v>
+        <v>1729</v>
       </c>
       <c r="F53" t="s">
-        <v>1723</v>
+        <v>1487</v>
       </c>
       <c r="G53" t="s">
         <v>874</v>
       </c>
       <c r="H53" t="s">
         <v>875</v>
       </c>
       <c r="I53" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="J53" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K53" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L53" t="s">
-        <v>1724</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1725</v>
+        <v>1731</v>
       </c>
       <c r="B54" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C54" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="D54" t="s">
-        <v>1726</v>
+        <v>1732</v>
       </c>
       <c r="E54" t="s">
-        <v>1727</v>
+        <v>1733</v>
       </c>
       <c r="F54" t="s">
-        <v>1496</v>
+        <v>1734</v>
       </c>
       <c r="G54" t="s">
         <v>874</v>
       </c>
       <c r="H54" t="s">
         <v>875</v>
       </c>
       <c r="I54" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="J54" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K54" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L54" t="s">
-        <v>1728</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1729</v>
+        <v>1736</v>
       </c>
       <c r="B55" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="C55" t="s">
         <v>151</v>
       </c>
       <c r="D55" t="s">
-        <v>1730</v>
+        <v>1737</v>
       </c>
       <c r="E55" t="s">
-        <v>1731</v>
+        <v>1738</v>
       </c>
       <c r="F55" t="s">
-        <v>1732</v>
+        <v>1487</v>
       </c>
       <c r="G55" t="s">
         <v>874</v>
       </c>
       <c r="H55" t="s">
         <v>875</v>
       </c>
       <c r="I55" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="J55" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K55" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L55" t="s">
-        <v>1733</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1734</v>
+        <v>1740</v>
       </c>
       <c r="B56" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="C56" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="D56" t="s">
-        <v>1735</v>
+        <v>1741</v>
       </c>
       <c r="E56" t="s">
-        <v>1736</v>
+        <v>1742</v>
       </c>
       <c r="F56" t="s">
-        <v>1496</v>
+        <v>1743</v>
       </c>
       <c r="G56" t="s">
         <v>874</v>
       </c>
       <c r="H56" t="s">
         <v>875</v>
       </c>
       <c r="I56" t="s">
-        <v>1480</v>
+        <v>1580</v>
       </c>
       <c r="J56" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K56" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L56" t="s">
-        <v>1737</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1738</v>
+        <v>1745</v>
       </c>
       <c r="B57" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C57" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D57" t="s">
-        <v>1739</v>
+        <v>1746</v>
       </c>
       <c r="E57" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="F57" t="s">
-        <v>1741</v>
+        <v>1487</v>
       </c>
       <c r="G57" t="s">
         <v>874</v>
       </c>
       <c r="H57" t="s">
         <v>875</v>
       </c>
       <c r="I57" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="J57" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K57" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L57" t="s">
-        <v>1742</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1743</v>
+        <v>1749</v>
       </c>
       <c r="B58" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C58" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D58" t="s">
-        <v>1744</v>
+        <v>1750</v>
       </c>
       <c r="E58" t="s">
-        <v>1745</v>
+        <v>1751</v>
       </c>
       <c r="F58" t="s">
-        <v>1496</v>
+        <v>1752</v>
       </c>
       <c r="G58" t="s">
         <v>874</v>
       </c>
       <c r="H58" t="s">
         <v>875</v>
       </c>
       <c r="I58" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="J58" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K58" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L58" t="s">
-        <v>1746</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1747</v>
+        <v>1754</v>
       </c>
       <c r="B59" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C59" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D59" t="s">
-        <v>1748</v>
+        <v>1755</v>
       </c>
       <c r="E59" t="s">
-        <v>1749</v>
+        <v>1756</v>
       </c>
       <c r="F59" t="s">
-        <v>1750</v>
+        <v>1487</v>
       </c>
       <c r="G59" t="s">
         <v>874</v>
       </c>
       <c r="H59" t="s">
         <v>875</v>
       </c>
       <c r="I59" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="J59" t="s">
-        <v>1751</v>
+        <v>73</v>
       </c>
       <c r="K59" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L59" t="s">
-        <v>1752</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1753</v>
+        <v>1758</v>
       </c>
       <c r="B60" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C60" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D60" t="s">
-        <v>1754</v>
+        <v>1759</v>
       </c>
       <c r="E60" t="s">
-        <v>1755</v>
+        <v>1760</v>
       </c>
       <c r="F60" t="s">
-        <v>1496</v>
+        <v>1761</v>
       </c>
       <c r="G60" t="s">
         <v>874</v>
       </c>
       <c r="H60" t="s">
         <v>875</v>
       </c>
       <c r="I60" t="s">
-        <v>1508</v>
+        <v>1481</v>
       </c>
       <c r="J60" t="s">
-        <v>1756</v>
+        <v>73</v>
       </c>
       <c r="K60" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L60" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1758</v>
+        <v>1763</v>
       </c>
       <c r="B61" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C61" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D61" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
       <c r="E61" t="s">
-        <v>1760</v>
+        <v>1765</v>
       </c>
       <c r="F61" t="s">
-        <v>1761</v>
+        <v>1487</v>
       </c>
       <c r="G61" t="s">
         <v>874</v>
       </c>
       <c r="H61" t="s">
         <v>875</v>
       </c>
       <c r="I61" t="s">
-        <v>1486</v>
+        <v>1692</v>
       </c>
       <c r="J61" t="s">
-        <v>1762</v>
+        <v>73</v>
       </c>
       <c r="K61" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L61" t="s">
-        <v>1763</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1764</v>
+        <v>1767</v>
       </c>
       <c r="B62" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C62" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D62" t="s">
-        <v>1765</v>
+        <v>1768</v>
       </c>
       <c r="E62" t="s">
-        <v>1766</v>
+        <v>1769</v>
       </c>
       <c r="F62" t="s">
-        <v>1496</v>
+        <v>1770</v>
       </c>
       <c r="G62" t="s">
         <v>874</v>
       </c>
       <c r="H62" t="s">
         <v>875</v>
       </c>
       <c r="I62" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="J62" t="s">
-        <v>1767</v>
+        <v>73</v>
       </c>
       <c r="K62" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L62" t="s">
-        <v>1767</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1768</v>
+        <v>1772</v>
       </c>
       <c r="B63" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C63" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D63" t="s">
-        <v>1769</v>
+        <v>1773</v>
       </c>
       <c r="E63" t="s">
-        <v>1770</v>
+        <v>1774</v>
       </c>
       <c r="F63" t="s">
-        <v>1771</v>
+        <v>1487</v>
       </c>
       <c r="G63" t="s">
         <v>874</v>
       </c>
       <c r="H63" t="s">
         <v>875</v>
       </c>
       <c r="I63" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="J63" t="s">
-        <v>1772</v>
+        <v>73</v>
       </c>
       <c r="K63" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L63" t="s">
-        <v>1772</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1773</v>
+        <v>1776</v>
       </c>
       <c r="B64" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C64" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D64" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="E64" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="F64" t="s">
-        <v>1496</v>
+        <v>1779</v>
       </c>
       <c r="G64" t="s">
         <v>874</v>
       </c>
       <c r="H64" t="s">
         <v>875</v>
       </c>
       <c r="I64" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="J64" t="s">
-        <v>1776</v>
+        <v>73</v>
       </c>
       <c r="K64" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L64" t="s">
-        <v>1777</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1778</v>
+        <v>1781</v>
       </c>
       <c r="B65" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C65" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D65" t="s">
-        <v>1779</v>
+        <v>1782</v>
       </c>
       <c r="E65" t="s">
-        <v>1780</v>
+        <v>1783</v>
       </c>
       <c r="F65" t="s">
-        <v>1781</v>
+        <v>1487</v>
       </c>
       <c r="G65" t="s">
         <v>874</v>
       </c>
       <c r="H65" t="s">
         <v>875</v>
       </c>
       <c r="I65" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="J65" t="s">
-        <v>1782</v>
+        <v>73</v>
       </c>
       <c r="K65" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L65" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="B66" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C66" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D66" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="E66" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="F66" t="s">
-        <v>1496</v>
+        <v>1788</v>
       </c>
       <c r="G66" t="s">
         <v>874</v>
       </c>
       <c r="H66" t="s">
         <v>875</v>
       </c>
       <c r="I66" t="s">
-        <v>1508</v>
+        <v>1481</v>
       </c>
       <c r="J66" t="s">
-        <v>1786</v>
+        <v>73</v>
       </c>
       <c r="K66" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L66" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
       <c r="B67" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C67" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D67" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="E67" t="s">
-        <v>1790</v>
+        <v>1792</v>
       </c>
       <c r="F67" t="s">
-        <v>1791</v>
+        <v>1487</v>
       </c>
       <c r="G67" t="s">
         <v>874</v>
       </c>
       <c r="H67" t="s">
         <v>875</v>
       </c>
       <c r="I67" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="J67" t="s">
-        <v>1792</v>
+        <v>73</v>
       </c>
       <c r="K67" t="s">
-        <v>1481</v>
+        <v>1793</v>
       </c>
       <c r="L67" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="B68" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C68" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D68" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="E68" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="F68" t="s">
-        <v>1496</v>
+        <v>1798</v>
       </c>
       <c r="G68" t="s">
         <v>874</v>
       </c>
       <c r="H68" t="s">
         <v>875</v>
       </c>
       <c r="I68" t="s">
-        <v>1508</v>
+        <v>1481</v>
       </c>
       <c r="J68" t="s">
-        <v>1797</v>
+        <v>73</v>
       </c>
       <c r="K68" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L68" t="s">
-        <v>1797</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1798</v>
+        <v>1800</v>
       </c>
       <c r="B69" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C69" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D69" t="s">
-        <v>1799</v>
+        <v>1801</v>
       </c>
       <c r="E69" t="s">
-        <v>1800</v>
+        <v>1802</v>
       </c>
       <c r="F69" t="s">
-        <v>1801</v>
+        <v>1487</v>
       </c>
       <c r="G69" t="s">
         <v>874</v>
       </c>
       <c r="H69" t="s">
         <v>875</v>
       </c>
       <c r="I69" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="J69" t="s">
-        <v>1802</v>
+        <v>73</v>
       </c>
       <c r="K69" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L69" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
       <c r="B70" t="s">
         <v>679</v>
       </c>
       <c r="C70" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D70" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="E70" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="F70" t="s">
-        <v>1496</v>
+        <v>1807</v>
       </c>
       <c r="G70" t="s">
         <v>874</v>
       </c>
       <c r="H70" t="s">
         <v>875</v>
       </c>
       <c r="I70" t="s">
-        <v>1508</v>
+        <v>1481</v>
       </c>
       <c r="J70" t="s">
-        <v>1806</v>
+        <v>1241</v>
       </c>
       <c r="K70" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L70" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="B71" t="s">
         <v>679</v>
       </c>
       <c r="C71" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D71" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="E71" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="F71" t="s">
-        <v>1811</v>
+        <v>1487</v>
       </c>
       <c r="G71" t="s">
         <v>874</v>
       </c>
       <c r="H71" t="s">
         <v>875</v>
       </c>
       <c r="I71" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="J71" t="s">
-        <v>63</v>
+        <v>1241</v>
       </c>
       <c r="K71" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L71" t="s">
         <v>1812</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>1813</v>
       </c>
       <c r="B72" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C72" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="D72" t="s">
         <v>1814</v>
       </c>
       <c r="E72" t="s">
         <v>1815</v>
       </c>
       <c r="F72" t="s">
-        <v>1496</v>
+        <v>1816</v>
       </c>
       <c r="G72" t="s">
         <v>874</v>
       </c>
       <c r="H72" t="s">
         <v>875</v>
       </c>
       <c r="I72" t="s">
-        <v>1816</v>
+        <v>1481</v>
       </c>
       <c r="J72" t="s">
-        <v>63</v>
+        <v>1241</v>
       </c>
       <c r="K72" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L72" t="s">
         <v>1817</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>1818</v>
       </c>
       <c r="B73" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C73" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="D73" t="s">
         <v>1819</v>
       </c>
       <c r="E73" t="s">
         <v>1820</v>
       </c>
       <c r="F73" t="s">
-        <v>1821</v>
+        <v>1487</v>
       </c>
       <c r="G73" t="s">
         <v>874</v>
       </c>
       <c r="H73" t="s">
         <v>875</v>
       </c>
       <c r="I73" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="J73" t="s">
-        <v>63</v>
+        <v>1241</v>
       </c>
       <c r="K73" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L73" t="s">
-        <v>1822</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B74" t="s">
+        <v>681</v>
+      </c>
+      <c r="C74" t="s">
+        <v>182</v>
+      </c>
+      <c r="D74" t="s">
         <v>1823</v>
       </c>
-      <c r="B74" t="s">
-[...5 lines deleted...]
-      <c r="D74" t="s">
+      <c r="E74" t="s">
         <v>1824</v>
       </c>
-      <c r="E74" t="s">
+      <c r="F74" t="s">
         <v>1825</v>
-      </c>
-[...1 lines deleted...]
-        <v>1496</v>
       </c>
       <c r="G74" t="s">
         <v>874</v>
       </c>
       <c r="H74" t="s">
         <v>875</v>
       </c>
       <c r="I74" t="s">
         <v>1826</v>
       </c>
       <c r="J74" t="s">
-        <v>63</v>
+        <v>1241</v>
       </c>
       <c r="K74" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L74" t="s">
         <v>1827</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>1828</v>
       </c>
       <c r="B75" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="C75" t="s">
-        <v>173</v>
+        <v>195</v>
       </c>
       <c r="D75" t="s">
         <v>1829</v>
       </c>
       <c r="E75" t="s">
         <v>1830</v>
       </c>
       <c r="F75" t="s">
         <v>1831</v>
       </c>
       <c r="G75" t="s">
         <v>874</v>
       </c>
       <c r="H75" t="s">
         <v>875</v>
       </c>
       <c r="I75" t="s">
-        <v>1515</v>
+        <v>1481</v>
       </c>
       <c r="J75" t="s">
-        <v>63</v>
+        <v>1832</v>
       </c>
       <c r="K75" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L75" t="s">
         <v>1832</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>1833</v>
       </c>
       <c r="B76" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="C76" t="s">
-        <v>173</v>
+        <v>195</v>
       </c>
       <c r="D76" t="s">
         <v>1834</v>
       </c>
       <c r="E76" t="s">
         <v>1835</v>
       </c>
       <c r="F76" t="s">
-        <v>1496</v>
+        <v>1487</v>
       </c>
       <c r="G76" t="s">
         <v>874</v>
       </c>
       <c r="H76" t="s">
         <v>875</v>
       </c>
       <c r="I76" t="s">
-        <v>1826</v>
+        <v>1488</v>
       </c>
       <c r="J76" t="s">
-        <v>63</v>
+        <v>1836</v>
       </c>
       <c r="K76" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L76" t="s">
         <v>1836</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>1837</v>
       </c>
       <c r="B77" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="C77" t="s">
-        <v>173</v>
+        <v>195</v>
       </c>
       <c r="D77" t="s">
         <v>1838</v>
       </c>
       <c r="E77" t="s">
         <v>1839</v>
       </c>
       <c r="F77" t="s">
         <v>1840</v>
       </c>
       <c r="G77" t="s">
         <v>874</v>
       </c>
       <c r="H77" t="s">
         <v>875</v>
       </c>
       <c r="I77" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J77" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K77" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L77" t="s">
         <v>1841</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>1842</v>
       </c>
       <c r="B78" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="C78" t="s">
-        <v>173</v>
+        <v>195</v>
       </c>
       <c r="D78" t="s">
         <v>1843</v>
       </c>
       <c r="E78" t="s">
         <v>1844</v>
       </c>
       <c r="F78" t="s">
-        <v>1496</v>
+        <v>1487</v>
       </c>
       <c r="G78" t="s">
         <v>874</v>
       </c>
       <c r="H78" t="s">
         <v>875</v>
       </c>
       <c r="I78" t="s">
-        <v>1480</v>
+        <v>1495</v>
       </c>
       <c r="J78" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K78" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L78" t="s">
         <v>1845</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>1846</v>
       </c>
       <c r="B79" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="C79" t="s">
-        <v>173</v>
+        <v>207</v>
       </c>
       <c r="D79" t="s">
         <v>1847</v>
       </c>
       <c r="E79" t="s">
         <v>1848</v>
       </c>
       <c r="F79" t="s">
         <v>1849</v>
       </c>
       <c r="G79" t="s">
         <v>874</v>
       </c>
       <c r="H79" t="s">
         <v>875</v>
       </c>
       <c r="I79" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J79" t="s">
-        <v>63</v>
+        <v>1241</v>
       </c>
       <c r="K79" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L79" t="s">
         <v>1850</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>1851</v>
       </c>
       <c r="B80" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="C80" t="s">
-        <v>173</v>
+        <v>207</v>
       </c>
       <c r="D80" t="s">
         <v>1852</v>
       </c>
       <c r="E80" t="s">
         <v>1853</v>
       </c>
       <c r="F80" t="s">
-        <v>1496</v>
+        <v>1487</v>
       </c>
       <c r="G80" t="s">
         <v>874</v>
       </c>
       <c r="H80" t="s">
         <v>875</v>
       </c>
       <c r="I80" t="s">
-        <v>1480</v>
+        <v>1495</v>
       </c>
       <c r="J80" t="s">
-        <v>63</v>
+        <v>1241</v>
       </c>
       <c r="K80" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L80" t="s">
         <v>1854</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>1855</v>
       </c>
       <c r="B81" t="s">
-        <v>679</v>
+        <v>687</v>
       </c>
       <c r="C81" t="s">
-        <v>173</v>
+        <v>213</v>
       </c>
       <c r="D81" t="s">
         <v>1856</v>
       </c>
       <c r="E81" t="s">
         <v>1857</v>
       </c>
       <c r="F81" t="s">
         <v>1858</v>
       </c>
       <c r="G81" t="s">
         <v>874</v>
       </c>
       <c r="H81" t="s">
         <v>875</v>
       </c>
       <c r="I81" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J81" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K81" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L81" t="s">
         <v>1859</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>1860</v>
       </c>
       <c r="B82" t="s">
-        <v>679</v>
+        <v>687</v>
       </c>
       <c r="C82" t="s">
-        <v>173</v>
+        <v>213</v>
       </c>
       <c r="D82" t="s">
         <v>1861</v>
       </c>
       <c r="E82" t="s">
         <v>1862</v>
       </c>
       <c r="F82" t="s">
-        <v>1496</v>
+        <v>1487</v>
       </c>
       <c r="G82" t="s">
         <v>874</v>
       </c>
       <c r="H82" t="s">
         <v>875</v>
       </c>
       <c r="I82" t="s">
-        <v>1480</v>
+        <v>1863</v>
       </c>
       <c r="J82" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K82" t="s">
-        <v>1481</v>
+        <v>1793</v>
       </c>
       <c r="L82" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
       <c r="B83" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="C83" t="s">
-        <v>183</v>
+        <v>223</v>
       </c>
       <c r="D83" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
       <c r="E83" t="s">
-        <v>1866</v>
+        <v>1867</v>
       </c>
       <c r="F83" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="G83" t="s">
         <v>874</v>
       </c>
       <c r="H83" t="s">
         <v>875</v>
       </c>
       <c r="I83" t="s">
-        <v>1515</v>
+        <v>1481</v>
       </c>
       <c r="J83" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K83" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L83" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="B84" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="C84" t="s">
-        <v>183</v>
+        <v>223</v>
       </c>
       <c r="D84" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="E84" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="F84" t="s">
-        <v>1496</v>
+        <v>1487</v>
       </c>
       <c r="G84" t="s">
         <v>874</v>
       </c>
       <c r="H84" t="s">
         <v>875</v>
       </c>
       <c r="I84" t="s">
-        <v>1480</v>
+        <v>1495</v>
       </c>
       <c r="J84" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K84" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L84" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
       <c r="B85" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="C85" t="s">
-        <v>183</v>
+        <v>223</v>
       </c>
       <c r="D85" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
       <c r="E85" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="F85" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="G85" t="s">
         <v>874</v>
       </c>
       <c r="H85" t="s">
         <v>875</v>
       </c>
       <c r="I85" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J85" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K85" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L85" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="B86" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="C86" t="s">
-        <v>183</v>
+        <v>223</v>
       </c>
       <c r="D86" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="E86" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="F86" t="s">
-        <v>1496</v>
+        <v>1487</v>
       </c>
       <c r="G86" t="s">
         <v>874</v>
       </c>
       <c r="H86" t="s">
         <v>875</v>
       </c>
       <c r="I86" t="s">
-        <v>1480</v>
+        <v>1495</v>
       </c>
       <c r="J86" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K86" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L86" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="B87" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="C87" t="s">
-        <v>183</v>
+        <v>234</v>
       </c>
       <c r="D87" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="E87" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="F87" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="G87" t="s">
         <v>874</v>
       </c>
       <c r="H87" t="s">
         <v>875</v>
       </c>
       <c r="I87" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J87" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K87" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L87" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="B88" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="C88" t="s">
-        <v>183</v>
+        <v>234</v>
       </c>
       <c r="D88" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="E88" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="F88" t="s">
-        <v>1496</v>
+        <v>1487</v>
       </c>
       <c r="G88" t="s">
         <v>874</v>
       </c>
       <c r="H88" t="s">
         <v>875</v>
       </c>
       <c r="I88" t="s">
-        <v>1816</v>
+        <v>1495</v>
       </c>
       <c r="J88" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K88" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L88" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="B89" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C89" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="D89" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="E89" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="F89" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="G89" t="s">
         <v>874</v>
       </c>
       <c r="H89" t="s">
         <v>875</v>
       </c>
       <c r="I89" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J89" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K89" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L89" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="B90" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C90" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="D90" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="E90" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="F90" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="G90" t="s">
         <v>874</v>
       </c>
       <c r="H90" t="s">
         <v>875</v>
       </c>
       <c r="I90" t="s">
-        <v>1480</v>
+        <v>1495</v>
       </c>
       <c r="J90" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K90" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L90" t="s">
-        <v>1899</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>1900</v>
       </c>
       <c r="B91" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C91" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="D91" t="s">
         <v>1901</v>
       </c>
       <c r="E91" t="s">
         <v>1902</v>
       </c>
       <c r="F91" t="s">
         <v>1903</v>
       </c>
       <c r="G91" t="s">
         <v>874</v>
       </c>
       <c r="H91" t="s">
         <v>875</v>
       </c>
       <c r="I91" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J91" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K91" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L91" t="s">
-        <v>1904</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
+        <v>1904</v>
+      </c>
+      <c r="B92" t="s">
+        <v>692</v>
+      </c>
+      <c r="C92" t="s">
+        <v>242</v>
+      </c>
+      <c r="D92" t="s">
         <v>1905</v>
       </c>
-      <c r="B92" t="s">
-[...5 lines deleted...]
-      <c r="D92" t="s">
+      <c r="E92" t="s">
         <v>1906</v>
       </c>
-      <c r="E92" t="s">
+      <c r="F92" t="s">
         <v>1907</v>
-      </c>
-[...1 lines deleted...]
-        <v>1496</v>
       </c>
       <c r="G92" t="s">
         <v>874</v>
       </c>
       <c r="H92" t="s">
         <v>875</v>
       </c>
       <c r="I92" t="s">
-        <v>1480</v>
+        <v>1908</v>
       </c>
       <c r="J92" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K92" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L92" t="s">
-        <v>1908</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>1909</v>
       </c>
       <c r="B93" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C93" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="D93" t="s">
         <v>1910</v>
       </c>
       <c r="E93" t="s">
         <v>1911</v>
       </c>
       <c r="F93" t="s">
         <v>1912</v>
       </c>
       <c r="G93" t="s">
         <v>874</v>
       </c>
       <c r="H93" t="s">
         <v>875</v>
       </c>
       <c r="I93" t="s">
-        <v>1486</v>
+        <v>1913</v>
       </c>
       <c r="J93" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K93" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L93" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
       <c r="B94" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C94" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="D94" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="E94" t="s">
-        <v>1916</v>
+        <v>1917</v>
       </c>
       <c r="F94" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="G94" t="s">
         <v>874</v>
       </c>
       <c r="H94" t="s">
         <v>875</v>
       </c>
       <c r="I94" t="s">
-        <v>1480</v>
+        <v>1495</v>
       </c>
       <c r="J94" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K94" t="s">
-        <v>1917</v>
+        <v>1483</v>
       </c>
       <c r="L94" t="s">
         <v>1918</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>1919</v>
       </c>
       <c r="B95" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C95" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="D95" t="s">
         <v>1920</v>
       </c>
       <c r="E95" t="s">
         <v>1921</v>
       </c>
       <c r="F95" t="s">
         <v>1922</v>
       </c>
       <c r="G95" t="s">
         <v>874</v>
       </c>
       <c r="H95" t="s">
         <v>875</v>
       </c>
       <c r="I95" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J95" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K95" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L95" t="s">
         <v>1923</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>1924</v>
       </c>
       <c r="B96" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C96" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="D96" t="s">
         <v>1925</v>
       </c>
       <c r="E96" t="s">
         <v>1926</v>
       </c>
       <c r="F96" t="s">
-        <v>1496</v>
+        <v>1927</v>
       </c>
       <c r="G96" t="s">
         <v>874</v>
       </c>
       <c r="H96" t="s">
         <v>875</v>
       </c>
       <c r="I96" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="J96" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K96" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L96" t="s">
-        <v>1927</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="B97" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="C97" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="D97" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="E97" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="F97" t="s">
-        <v>1931</v>
+        <v>1494</v>
       </c>
       <c r="G97" t="s">
         <v>874</v>
       </c>
       <c r="H97" t="s">
         <v>875</v>
       </c>
       <c r="I97" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="J97" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K97" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L97" t="s">
         <v>1932</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>1933</v>
       </c>
       <c r="B98" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="C98" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="D98" t="s">
         <v>1934</v>
       </c>
       <c r="E98" t="s">
         <v>1935</v>
       </c>
       <c r="F98" t="s">
-        <v>1496</v>
+        <v>1936</v>
       </c>
       <c r="G98" t="s">
         <v>874</v>
       </c>
       <c r="H98" t="s">
         <v>875</v>
       </c>
       <c r="I98" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="J98" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K98" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L98" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="B99" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="C99" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="D99" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
       <c r="E99" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="F99" t="s">
-        <v>1940</v>
+        <v>1494</v>
       </c>
       <c r="G99" t="s">
         <v>874</v>
       </c>
       <c r="H99" t="s">
         <v>875</v>
       </c>
       <c r="I99" t="s">
+        <v>1495</v>
+      </c>
+      <c r="J99" t="s">
+        <v>73</v>
+      </c>
+      <c r="K99" t="s">
+        <v>1483</v>
+      </c>
+      <c r="L99" t="s">
         <v>1941</v>
-      </c>
-[...7 lines deleted...]
-        <v>1942</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B100" t="s">
+        <v>692</v>
+      </c>
+      <c r="C100" t="s">
+        <v>242</v>
+      </c>
+      <c r="D100" t="s">
         <v>1943</v>
       </c>
-      <c r="B100" t="s">
-[...5 lines deleted...]
-      <c r="D100" t="s">
+      <c r="E100" t="s">
         <v>1944</v>
       </c>
-      <c r="E100" t="s">
+      <c r="F100" t="s">
         <v>1945</v>
-      </c>
-[...1 lines deleted...]
-        <v>1946</v>
       </c>
       <c r="G100" t="s">
         <v>874</v>
       </c>
       <c r="H100" t="s">
         <v>875</v>
       </c>
       <c r="I100" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J100" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K100" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L100" t="s">
-        <v>1947</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
+        <v>1947</v>
+      </c>
+      <c r="B101" t="s">
+        <v>692</v>
+      </c>
+      <c r="C101" t="s">
+        <v>242</v>
+      </c>
+      <c r="D101" t="s">
         <v>1948</v>
       </c>
-      <c r="B101" t="s">
-[...5 lines deleted...]
-      <c r="D101" t="s">
+      <c r="E101" t="s">
         <v>1949</v>
       </c>
-      <c r="E101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F101" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="G101" t="s">
         <v>874</v>
       </c>
       <c r="H101" t="s">
         <v>875</v>
       </c>
       <c r="I101" t="s">
-        <v>1480</v>
+        <v>1950</v>
       </c>
       <c r="J101" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K101" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L101" t="s">
         <v>1951</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>1952</v>
       </c>
       <c r="B102" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="C102" t="s">
-        <v>214</v>
+        <v>242</v>
       </c>
       <c r="D102" t="s">
         <v>1953</v>
       </c>
       <c r="E102" t="s">
         <v>1954</v>
       </c>
       <c r="F102" t="s">
         <v>1955</v>
       </c>
       <c r="G102" t="s">
         <v>874</v>
       </c>
       <c r="H102" t="s">
         <v>875</v>
       </c>
       <c r="I102" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J102" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K102" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L102" t="s">
         <v>1956</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>1957</v>
       </c>
       <c r="B103" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="C103" t="s">
-        <v>214</v>
+        <v>242</v>
       </c>
       <c r="D103" t="s">
         <v>1958</v>
       </c>
       <c r="E103" t="s">
         <v>1959</v>
       </c>
       <c r="F103" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="G103" t="s">
         <v>874</v>
       </c>
       <c r="H103" t="s">
         <v>875</v>
       </c>
       <c r="I103" t="s">
-        <v>1480</v>
+        <v>1960</v>
       </c>
       <c r="J103" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K103" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L103" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>1961</v>
+        <v>1962</v>
       </c>
       <c r="B104" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="C104" t="s">
-        <v>220</v>
+        <v>242</v>
       </c>
       <c r="D104" t="s">
-        <v>1962</v>
+        <v>1963</v>
       </c>
       <c r="E104" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="F104" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="G104" t="s">
         <v>874</v>
       </c>
       <c r="H104" t="s">
         <v>875</v>
       </c>
       <c r="I104" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J104" t="s">
-        <v>1965</v>
+        <v>73</v>
       </c>
       <c r="K104" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L104" t="s">
-        <v>1965</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="B105" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="C105" t="s">
-        <v>220</v>
+        <v>242</v>
       </c>
       <c r="D105" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="E105" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
       <c r="F105" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="G105" t="s">
         <v>874</v>
       </c>
       <c r="H105" t="s">
         <v>875</v>
       </c>
       <c r="I105" t="s">
-        <v>1508</v>
+        <v>1495</v>
       </c>
       <c r="J105" t="s">
-        <v>1969</v>
+        <v>73</v>
       </c>
       <c r="K105" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L105" t="s">
-        <v>1969</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="B106" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="C106" t="s">
-        <v>220</v>
+        <v>242</v>
       </c>
       <c r="D106" t="s">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E106" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="F106" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="G106" t="s">
         <v>874</v>
       </c>
       <c r="H106" t="s">
         <v>875</v>
       </c>
       <c r="I106" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J106" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K106" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L106" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="B107" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="C107" t="s">
-        <v>220</v>
+        <v>242</v>
       </c>
       <c r="D107" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="E107" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="F107" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="G107" t="s">
         <v>874</v>
       </c>
       <c r="H107" t="s">
         <v>875</v>
       </c>
       <c r="I107" t="s">
-        <v>1480</v>
+        <v>1495</v>
       </c>
       <c r="J107" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K107" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L107" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="B108" t="s">
         <v>692</v>
       </c>
       <c r="C108" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="D108" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="E108" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="F108" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="G108" t="s">
         <v>874</v>
       </c>
       <c r="H108" t="s">
         <v>875</v>
       </c>
       <c r="I108" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J108" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K108" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L108" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="B109" t="s">
         <v>692</v>
       </c>
       <c r="C109" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="D109" t="s">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="E109" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="F109" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="G109" t="s">
         <v>874</v>
       </c>
       <c r="H109" t="s">
         <v>875</v>
       </c>
       <c r="I109" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="J109" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K109" t="s">
-        <v>1917</v>
+        <v>1483</v>
       </c>
       <c r="L109" t="s">
-        <v>1988</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="B110" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="C110" t="s">
         <v>242</v>
       </c>
       <c r="D110" t="s">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="E110" t="s">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="F110" t="s">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="G110" t="s">
         <v>874</v>
       </c>
       <c r="H110" t="s">
         <v>875</v>
       </c>
       <c r="I110" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="J110" t="s">
-        <v>1993</v>
+        <v>73</v>
       </c>
       <c r="K110" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L110" t="s">
-        <v>1993</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="B111" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="C111" t="s">
         <v>242</v>
       </c>
       <c r="D111" t="s">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="E111" t="s">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="F111" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="G111" t="s">
         <v>874</v>
       </c>
       <c r="H111" t="s">
         <v>875</v>
       </c>
       <c r="I111" t="s">
-        <v>1508</v>
+        <v>1998</v>
       </c>
       <c r="J111" t="s">
-        <v>1997</v>
+        <v>73</v>
       </c>
       <c r="K111" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L111" t="s">
-        <v>1998</v>
+        <v>1999</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>23</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="23" baseType="lpstr">
       <vt:lpstr>main</vt:lpstr>