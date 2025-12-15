--- v0 (2025-10-13)
+++ v1 (2025-12-15)
@@ -242,479 +242,479 @@
   <si>
     <t>electronicSubmission</t>
   </si>
   <si>
     <t>2022-08-31T14:00:00Z</t>
   </si>
   <si>
     <t>2021-08-31T14:00:00Z</t>
   </si>
   <si>
     <t>2021-08-02T08:17:00Z</t>
   </si>
   <si>
     <t>2021-08-31T10:00:00Z</t>
   </si>
   <si>
     <t>2021-08-02T10:00:00Z</t>
   </si>
   <si>
     <t>open tendering</t>
   </si>
   <si>
     <t>NGN</t>
   </si>
   <si>
-    <t>id-1.0</t>
+    <t>id-2.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-007218-EB/MPE/EP007-NG-2021-08-20T12:35:05:00Z</t>
+  </si>
+  <si>
+    <t>2021-08-20T12:35:05:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-007218-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>education@ebonyieprocure.eb.gov.ng</t>
+  </si>
+  <si>
+    <t>MINISTRY OF EDUCATION</t>
+  </si>
+  <si>
+    <t>LOT 4: PROCUREMENT OF BESDA BOOKS</t>
+  </si>
+  <si>
+    <t>goods</t>
+  </si>
+  <si>
+    <t>2022-09-20T14:40:00Z</t>
+  </si>
+  <si>
+    <t>2021-09-20T14:40:00Z</t>
+  </si>
+  <si>
+    <t>2021-09-20T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2021-08-20T12:42:00Z</t>
+  </si>
+  <si>
+    <t>2021-09-20T10:00:00Z</t>
+  </si>
+  <si>
+    <t>2021-08-20T10:00:00Z</t>
+  </si>
+  <si>
+    <t>LOT 4: PROCUREMENT OF BESDA BOOKS - Procurement of P1 Early Grade Reading (EGR) Teachers guide 1,078 copies. Procurement of P2 Early Grade Reading (EGR) Teachers guide 1,236 copies. Procurement of P3 Early Grade Reading (EGR) Teachers guide 1,236 copies</t>
+  </si>
+  <si>
+    <t>id-3.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-007234-EB/MPE/EP007-NG-2021-08-20T12:59:53:00Z</t>
+  </si>
+  <si>
+    <t>2021-08-20T12:59:53:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-007234-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>LOT 5: PROCUREMENT OF BESDA BOOKS</t>
+  </si>
+  <si>
+    <t>2022-09-20T14:44:00Z</t>
+  </si>
+  <si>
+    <t>2021-09-20T14:44:00Z</t>
+  </si>
+  <si>
+    <t>2021-08-20T13:01:00Z</t>
+  </si>
+  <si>
+    <t>LOT 5: PROCUREMENT OF BESDA BOOKS - Procurement of Igbo P1 Teachers guide (KA ANYI GUO) 1,236 copies. Procurement of Igbo P2 Teachers guide (KA ANYI GUO) 1,236 copies. Procurement of Igbo P3 Teachers guide (KA ANYI GUO) 1,236 copies</t>
+  </si>
+  <si>
+    <t>id-4.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-007207-EB/MPE/EP007-NG-2021-08-20T11:53:53:00Z</t>
+  </si>
+  <si>
+    <t>2021-08-20T11:53:53:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-007207-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>LOT 3: PROCUREMENT OF BESDA BOOKS</t>
+  </si>
+  <si>
+    <t>2022-09-20T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2021-08-20T12:07:00Z</t>
+  </si>
+  <si>
+    <t>LOT 3: PROCUREMENT OF BESDA BOOKS - Procurement of P3 English Textbooks (Early Grade Reading) 27,500 copies and Procurement of P3 IgboTextbooks (KA ANYI GUO) 27,500 copies</t>
+  </si>
+  <si>
+    <t>id-5.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-006714-EB/HSG/EP013-NG-2021-08-02T09:24:51:00Z</t>
   </si>
   <si>
     <t>2021-08-02T09:24:51:00Z</t>
   </si>
   <si>
     <t>ocds-zinqhl-006714-EB/HSG/EP013-NG</t>
   </si>
   <si>
     <t>LOT 3: CONSTRUCTION OF PROSPED HIGH COURT AT CENTENARY CITY, ABAKALIKI</t>
   </si>
   <si>
     <t>2021-08-02T09:26:00Z</t>
   </si>
   <si>
-    <t>id-2.0</t>
+    <t>id-8.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-007196-EB/MPE/EP007-NG-2021-08-20T11:53:53:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-007196-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>LOT 2: PROCUREMENT OF BESDA BOOKS</t>
+  </si>
+  <si>
+    <t>LOT 2: PROCUREMENT OF BESDA BOOKS - Procurement of P2 English Textbooks (Early Grade Reading) 27,500 copies and Procurement of P2 Igbo Textbooks (KA ANYI GUO) 27,500 copies</t>
+  </si>
+  <si>
+    <t>id-9.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-006566-EB/HSG/EP013-NG-2021-08-02T02:40:17:00Z</t>
+  </si>
+  <si>
+    <t>2021-08-02T02:40:17:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-006566-EB/HSG/EP013-NG</t>
+  </si>
+  <si>
+    <t>LOT 1: CONSTRUCTION OF 622 METERS DWARF FENCE AROUND PROPOSED CHIEF JUDGE FENCE AT CENTENARY CITY</t>
+  </si>
+  <si>
+    <t>2021-08-02T08:00:00Z</t>
+  </si>
+  <si>
+    <t>id-26.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-007183-EB/MPE/EP007-NG-2021-08-20T11:10:46:00Z</t>
+  </si>
+  <si>
+    <t>2021-08-20T11:10:46:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-007183-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>LOT 1: PROCUREMENT OF BESDA BOOKS</t>
+  </si>
+  <si>
+    <t>2022-09-20T14:22:00Z</t>
+  </si>
+  <si>
+    <t>2021-09-20T14:22:00Z</t>
+  </si>
+  <si>
+    <t>2021-08-20T11:12:00Z</t>
+  </si>
+  <si>
+    <t>LOT 1: PROCUREMENT OF BESDA BOOKS - Procurement of P1 English Textbooks (Early Grade Reading) 14,160 copies and Procurement of P1 Igbo Textbooks (KA ANYI GUO) 14,160</t>
+  </si>
+  <si>
+    <t>id-31.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-006846-EB/HSG/EP013-NG-2021-08-02T11:13:10:00Z</t>
   </si>
   <si>
     <t>2021-08-02T11:13:10:00Z</t>
   </si>
   <si>
     <t>ocds-zinqhl-006846-EB/HSG/EP013-NG</t>
   </si>
   <si>
     <t>LOT 4: CONSTRUCTION OF PROSPED HIGH COURT AT UBURU, OBIOZARA, OHAOZARA L.G.A</t>
   </si>
   <si>
     <t>Awarded to most responsive bid</t>
   </si>
   <si>
     <t>2021-08-02T11:14:00Z</t>
   </si>
   <si>
-    <t>id-3.0</t>
-[...154 lines deleted...]
-  <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>contractPeriod_endDate</t>
   </si>
   <si>
     <t>contractPeriod_startDate</t>
   </si>
   <si>
     <t>contractPeriod_durationInDays</t>
   </si>
   <si>
     <t>id-0.0.awards.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-006675-EB/HSG/EP013-NGi/55</t>
   </si>
   <si>
-    <t>id-1.0.awards.0</t>
+    <t>id-2.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-007218-EB/MPE/EP007-NGi/66</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-007234-EB/MPE/EP007-NGi/73</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-007207-EB/MPE/EP007-NGi/70</t>
+  </si>
+  <si>
+    <t>id-5.0.awards.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-006714-EB/HSG/EP013-NGi/54</t>
   </si>
   <si>
-    <t>id-2.0.awards.0</t>
+    <t>id-8.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-007196-EB/MPE/EP007-NGi/68</t>
+  </si>
+  <si>
+    <t>id-9.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-006566-EB/HSG/EP013-NGi/53</t>
+  </si>
+  <si>
+    <t>id-26.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-007183-EB/MPE/EP007-NGi/62</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-006846-EB/HSG/EP013-NGi/50</t>
   </si>
   <si>
-    <t>id-3.0.awards.0</t>
-[...34 lines deleted...]
-  <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>quantity</t>
   </si>
   <si>
     <t>unit_name</t>
   </si>
   <si>
     <t>unit_scheme</t>
   </si>
   <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
     <t>classification_description</t>
   </si>
   <si>
     <t>deliveryAddress_locality</t>
   </si>
   <si>
     <t>id-0.0.awards.0.items.0</t>
   </si>
   <si>
     <t>UNCEFACT</t>
   </si>
   <si>
     <t>UNSPSC</t>
   </si>
   <si>
     <t>Abakaliki, Ebonyi State</t>
   </si>
   <si>
-    <t>id-1.0.awards.0.items.0</t>
+    <t>id-2.0.awards.0.items.0</t>
   </si>
   <si>
     <t>Lot</t>
   </si>
   <si>
-    <t>id-2.0.awards.0.items.0</t>
+    <t>Ebonyi state</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-5.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-8.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>Ebonyi State</t>
+  </si>
+  <si>
+    <t>id-9.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>Centenary city, Abakaliki</t>
+  </si>
+  <si>
+    <t>id-26.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0.items.0</t>
   </si>
   <si>
     <t>UBURU, OBIOZARA, OHAOZARA L.G.A</t>
   </si>
   <si>
-    <t>id-3.0.awards.0.items.0</t>
-[...25 lines deleted...]
-  <si>
     <t>name</t>
   </si>
   <si>
     <t>id-0.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>RC1606405</t>
   </si>
   <si>
     <t>EUNIPETRUS MULTIPURPOSE NIG LTD</t>
   </si>
   <si>
-    <t>id-1.0.awards.0.suppliers.0</t>
+    <t>id-2.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>RC 3306867</t>
+  </si>
+  <si>
+    <t>INNOAGY AGRO VENTURES</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>1786349</t>
+  </si>
+  <si>
+    <t>CEENAC CAPITAL NIG LTD</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>BN-EB2419</t>
+  </si>
+  <si>
+    <t>ABAMS WORLDWIDE VENTURES NIG</t>
+  </si>
+  <si>
+    <t>id-5.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>1235108</t>
   </si>
   <si>
     <t>ARIMA PROJECTS LIMITED</t>
   </si>
   <si>
-    <t>id-2.0.awards.0.suppliers.0</t>
+    <t>id-8.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>RC1110480</t>
+  </si>
+  <si>
+    <t>ALIAWOKE MEGA SERVICES LTD</t>
+  </si>
+  <si>
+    <t>id-9.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>1785517</t>
+  </si>
+  <si>
+    <t>TELMZ PROJECTS LTD</t>
+  </si>
+  <si>
+    <t>id-26.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>RC604927</t>
   </si>
   <si>
     <t>IKWORTEK LIMITED</t>
   </si>
   <si>
-    <t>id-3.0.awards.0.suppliers.0</t>
-[...46 lines deleted...]
-  <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_locality</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>address_streetAddress</t>
   </si>
   <si>
     <t>identifier_scheme</t>
   </si>
   <si>
     <t>identifier_legalName</t>
   </si>
   <si>
     <t>contactPoint_url</t>
@@ -758,471 +758,471 @@
   <si>
     <t>id-0.0.parties.1</t>
   </si>
   <si>
     <t>supplier</t>
   </si>
   <si>
     <t>ABAKALIKI</t>
   </si>
   <si>
     <t>NO 31 EMEOFOR STREET, ABAKALIKI</t>
   </si>
   <si>
     <t>https://ebonyieprocure.eb.gov.ng/report/economic_operator.php</t>
   </si>
   <si>
     <t>Procurement Team</t>
   </si>
   <si>
     <t>okenwodom1986@gmail.com</t>
   </si>
   <si>
     <t>07032985608</t>
   </si>
   <si>
-    <t>id-1.0.parties.0</t>
-[...2 lines deleted...]
-    <t>id-1.0.parties.1</t>
+    <t>id-2.0.parties.0</t>
+  </si>
+  <si>
+    <t>EB/MPE/EP007</t>
+  </si>
+  <si>
+    <t>http://www.ebonyistate.gov.ng/Ministry/Education/</t>
+  </si>
+  <si>
+    <t>Dr.Onyebuchi Chima</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.1</t>
+  </si>
+  <si>
+    <t>Abakaliki</t>
+  </si>
+  <si>
+    <t>1 Nwankwo Street Abakaliki</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nil </t>
+  </si>
+  <si>
+    <t>innocentakamc@gmail.com</t>
+  </si>
+  <si>
+    <t>08035289029</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.1</t>
+  </si>
+  <si>
+    <t>Ezza North LGA</t>
+  </si>
+  <si>
+    <t>Ekka Ezza North LGA</t>
+  </si>
+  <si>
+    <t>cefanec75@gmail.com</t>
+  </si>
+  <si>
+    <t>08032719989</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.1</t>
+  </si>
+  <si>
+    <t>No 1 Ben Igwe, Abakaliki</t>
+  </si>
+  <si>
+    <t>igwesundayelechi2020@gmail.com</t>
+  </si>
+  <si>
+    <t>07033915952</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.1</t>
   </si>
   <si>
     <t>LAGOS</t>
   </si>
   <si>
     <t>NO.1A KENNETH AGBAKURU ST. LEKKI PHASE 1</t>
   </si>
   <si>
     <t>arimasprojects84@gmail.com</t>
   </si>
   <si>
     <t>08066897108</t>
   </si>
   <si>
-    <t>id-2.0.parties.0</t>
-[...2 lines deleted...]
-    <t>id-2.0.parties.1</t>
+    <t>id-8.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.1</t>
+  </si>
+  <si>
+    <t>No 13 Akuzu Street Abakaliki</t>
+  </si>
+  <si>
+    <t>simonigwe821@gmail.com</t>
+  </si>
+  <si>
+    <t>08035421207</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.1</t>
+  </si>
+  <si>
+    <t>F CLOSE 52 ROAD 5TH AVENUE, GOWON ESTATE</t>
+  </si>
+  <si>
+    <t>telmzcompany@gmail.com</t>
+  </si>
+  <si>
+    <t>08160339864</t>
+  </si>
+  <si>
+    <t>id-26.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-26.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.1</t>
   </si>
   <si>
     <t>NO.1, ADAZI STRT, HILLTOP, ABAKALIK</t>
   </si>
   <si>
     <t>ikwotek@gmail.com</t>
   </si>
   <si>
     <t>08037262573</t>
   </si>
   <si>
-    <t>id-3.0.parties.0</t>
-[...97 lines deleted...]
-  <si>
     <t>awardID</t>
   </si>
   <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>period_endDate</t>
   </si>
   <si>
     <t>period_startDate</t>
   </si>
   <si>
     <t>period_durationInDays</t>
   </si>
   <si>
     <t>id-0.0.contracts.0</t>
   </si>
   <si>
     <t>2021-09-06T16:27:00Z</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0</t>
+    <t>id-2.0.contracts.0</t>
+  </si>
+  <si>
+    <t>2021-09-27T14:00:00Z</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0</t>
   </si>
   <si>
     <t>2021-09-06T16:47:00Z</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0</t>
+    <t>id-8.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0</t>
+  </si>
+  <si>
+    <t>2021-09-06T14:20:00Z</t>
+  </si>
+  <si>
+    <t>id-26.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0</t>
   </si>
   <si>
     <t>2021-09-06T16:55:00Z</t>
   </si>
   <si>
-    <t>id-3.0.contracts.0</t>
-[...22 lines deleted...]
-  <si>
     <t>_link_contracts</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-2.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-3.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-4.0.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-5.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-6.0.contracts.0.items.0</t>
-[...5 lines deleted...]
-    <t>id-28.0.contracts.0.items.0</t>
+    <t>id-8.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>id-26.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-31.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>payee_id</t>
   </si>
   <si>
     <t>payee_name</t>
   </si>
   <si>
     <t>payer_id</t>
   </si>
   <si>
     <t>payer_name</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.transactions.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-2.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>id-3.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
+    <t>id-4.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
     <t>id-5.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
-    <t>id-6.0.contracts.0.implementation.transactions.0</t>
-[...5 lines deleted...]
-    <t>id-28.0.contracts.0.implementation.transactions.0</t>
+    <t>id-8.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>id-26.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>id-31.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>id-0.0.tender.items.0</t>
   </si>
   <si>
     <t>CONSTRUCTION OF 888METERS DWARF FENCE</t>
   </si>
   <si>
     <t>72154013 : Fence construction service</t>
   </si>
   <si>
-    <t>id-1.0.tender.items.0</t>
+    <t>id-2.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>BESDA BOOKS</t>
+  </si>
+  <si>
+    <t>UNSPSC; 55101509 : Educational or vocational textbooks</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-5.0.tender.items.0</t>
   </si>
   <si>
     <t>Construction of High Court</t>
   </si>
   <si>
     <t>95120000 : Permanent buildings and structures</t>
   </si>
   <si>
-    <t>id-2.0.tender.items.0</t>
+    <t>id-8.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>BOOKS</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF 622 METERS DWARF FENCE</t>
+  </si>
+  <si>
+    <t>id-26.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>BESDA Books</t>
+  </si>
+  <si>
+    <t>UNSPSC; 55101509 - Educational or vocational textbooks</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.items.0</t>
   </si>
   <si>
     <t>CONSTRUCTION OF HIGH COURT</t>
   </si>
   <si>
-    <t>id-3.0.tender.items.0</t>
-[...34 lines deleted...]
-  <si>
     <t>_link_tender_items</t>
   </si>
   <si>
     <t>scheme</t>
   </si>
   <si>
     <t>id-0.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-1.0.tender.items.0.additionalClassifications.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-2.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-3.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-4.0.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-5.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-6.0.tender.items.0.additionalClassifications.0</t>
-[...5 lines deleted...]
-    <t>id-28.0.tender.items.0.additionalClassifications.0</t>
+    <t>id-8.0.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-26.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-31.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
     <t>format</t>
   </si>
   <si>
     <t>documentType</t>
   </si>
   <si>
     <t>datePublished</t>
   </si>
   <si>
     <t>id-0.0.tender.documents.0</t>
   </si>
   <si>
     <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1627870912_MIN._O.pdf</t>
   </si>
   <si>
     <t>Tender Notice</t>
   </si>
   <si>
     <t>pdf</t>
   </si>
   <si>
     <t>Official tender notice</t>
   </si>
   <si>
     <t>tenderNotice</t>
   </si>
   <si>
-    <t>id-1.0.tender.documents.0</t>
+    <t>id-2.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1655037491_LOT_1-.pdf</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1655037668_LOT_1-.pdf</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/0</t>
+  </si>
+  <si>
+    <t>id-5.0.tender.documents.0</t>
   </si>
   <si>
     <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1627898537_MIN._O.pdf</t>
   </si>
   <si>
-    <t>id-2.0.tender.documents.0</t>
+    <t>id-8.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1627870562_MIN._O.pdf</t>
+  </si>
+  <si>
+    <t>id-26.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.documents.0</t>
   </si>
   <si>
     <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1627904189_MIN._O.pdf</t>
-  </si>
-[...28 lines deleted...]
-    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1655037491_LOT_1-.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1814,1070 +1814,1070 @@
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>70</v>
       </c>
       <c r="B3" t="s">
         <v>71</v>
       </c>
       <c r="C3" t="s">
         <v>45</v>
       </c>
       <c r="D3" t="s">
         <v>72</v>
       </c>
       <c r="E3" t="s">
         <v>73</v>
       </c>
       <c r="F3" t="s">
         <v>48</v>
       </c>
       <c r="G3" t="s">
         <v>49</v>
       </c>
       <c r="H3" t="s">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="I3" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="J3" t="s">
         <v>73</v>
       </c>
       <c r="K3" t="s">
         <v>52</v>
       </c>
       <c r="L3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="M3" t="s">
         <v>54</v>
       </c>
       <c r="N3" t="s">
         <v>55</v>
       </c>
       <c r="O3" t="s">
         <v>56</v>
       </c>
       <c r="P3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="Q3" t="s">
         <v>57</v>
       </c>
       <c r="R3" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="S3" t="s">
         <v>59</v>
       </c>
       <c r="T3" t="s">
         <v>60</v>
       </c>
       <c r="U3" t="s">
         <v>61</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3" t="s">
         <v>62</v>
       </c>
       <c r="X3" t="s">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="Y3" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="Z3" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="AA3" t="s">
+        <v>81</v>
+      </c>
+      <c r="AB3">
+        <v>-31</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>82</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>83</v>
+      </c>
+      <c r="AE3">
+        <v>31</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>79</v>
+      </c>
+      <c r="AG3" t="s">
+        <v>79</v>
+      </c>
+      <c r="AH3">
+        <v>0</v>
+      </c>
+      <c r="AI3" t="s">
+        <v>74</v>
+      </c>
+      <c r="AJ3" t="s">
         <v>75</v>
-      </c>
-[...25 lines deleted...]
-        <v>51</v>
       </c>
       <c r="AK3" t="s">
         <v>68</v>
       </c>
       <c r="AL3" t="s">
         <v>73</v>
       </c>
       <c r="AM3" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="AN3" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="AO3" t="s">
         <v>73</v>
       </c>
       <c r="AP3">
-        <v>247197856.82722</v>
+        <v>4783705.925</v>
       </c>
       <c r="AQ3" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B4" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="C4" t="s">
         <v>45</v>
       </c>
       <c r="D4" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="E4" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="F4" t="s">
         <v>48</v>
       </c>
       <c r="G4" t="s">
         <v>49</v>
       </c>
       <c r="H4" t="s">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="I4" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="J4" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="K4" t="s">
         <v>52</v>
       </c>
       <c r="L4" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="M4" t="s">
         <v>54</v>
       </c>
       <c r="N4" t="s">
         <v>55</v>
       </c>
       <c r="O4" t="s">
         <v>56</v>
       </c>
       <c r="P4" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="Q4" t="s">
         <v>57</v>
       </c>
       <c r="R4" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="S4" t="s">
         <v>59</v>
       </c>
       <c r="T4" t="s">
-        <v>81</v>
+        <v>60</v>
       </c>
       <c r="U4" t="s">
         <v>61</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4" t="s">
         <v>62</v>
       </c>
       <c r="X4" t="s">
-        <v>63</v>
+        <v>90</v>
       </c>
       <c r="Y4" t="s">
-        <v>64</v>
+        <v>91</v>
       </c>
       <c r="Z4" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="AA4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AB4">
+        <v>-31</v>
+      </c>
+      <c r="AC4" t="s">
         <v>82</v>
       </c>
-      <c r="AB4">
-[...4 lines deleted...]
-      </c>
       <c r="AD4" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="AE4">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="AF4" t="s">
-        <v>64</v>
+        <v>90</v>
       </c>
       <c r="AG4" t="s">
-        <v>64</v>
+        <v>91</v>
       </c>
       <c r="AH4">
-        <v>0</v>
+        <v>365</v>
       </c>
       <c r="AI4" t="s">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="AJ4" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="AK4" t="s">
         <v>68</v>
       </c>
       <c r="AL4" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="AM4" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="AN4" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="AO4" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="AP4">
-        <v>161529324.947</v>
+        <v>4764053.85</v>
       </c>
       <c r="AQ4" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="B5" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="C5" t="s">
         <v>45</v>
       </c>
       <c r="D5" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="E5" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="F5" t="s">
         <v>48</v>
       </c>
       <c r="G5" t="s">
         <v>49</v>
       </c>
       <c r="H5" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="I5" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="J5" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="K5" t="s">
         <v>52</v>
       </c>
       <c r="L5" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="M5" t="s">
         <v>54</v>
       </c>
       <c r="N5" t="s">
         <v>55</v>
       </c>
       <c r="O5" t="s">
         <v>56</v>
       </c>
       <c r="P5" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="Q5" t="s">
         <v>57</v>
       </c>
       <c r="R5" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="S5" t="s">
         <v>59</v>
       </c>
       <c r="T5" t="s">
         <v>60</v>
       </c>
       <c r="U5" t="s">
         <v>61</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5" t="s">
         <v>62</v>
       </c>
       <c r="X5" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="Y5" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="Z5" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="AA5" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="AB5">
         <v>-31</v>
       </c>
       <c r="AC5" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="AD5" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="AE5">
         <v>31</v>
       </c>
       <c r="AF5" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="AG5" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="AH5">
         <v>0</v>
       </c>
       <c r="AI5" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="AJ5" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="AK5" t="s">
         <v>68</v>
       </c>
       <c r="AL5" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="AM5" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="AN5" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="AO5" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="AP5">
         <v>50758812.5</v>
       </c>
       <c r="AQ5" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B6" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C6" t="s">
         <v>45</v>
       </c>
       <c r="D6" t="s">
-        <v>85</v>
+        <v>104</v>
       </c>
       <c r="E6" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="F6" t="s">
         <v>48</v>
       </c>
       <c r="G6" t="s">
         <v>49</v>
       </c>
       <c r="H6" t="s">
-        <v>87</v>
+        <v>50</v>
       </c>
       <c r="I6" t="s">
-        <v>88</v>
+        <v>51</v>
       </c>
       <c r="J6" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="K6" t="s">
         <v>52</v>
       </c>
       <c r="L6" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="M6" t="s">
         <v>54</v>
       </c>
       <c r="N6" t="s">
         <v>55</v>
       </c>
       <c r="O6" t="s">
         <v>56</v>
       </c>
       <c r="P6" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="Q6" t="s">
         <v>57</v>
       </c>
       <c r="R6" t="s">
-        <v>90</v>
+        <v>58</v>
       </c>
       <c r="S6" t="s">
         <v>59</v>
       </c>
       <c r="T6" t="s">
         <v>60</v>
       </c>
       <c r="U6" t="s">
         <v>61</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6" t="s">
         <v>62</v>
       </c>
       <c r="X6" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="Y6" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="Z6" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="AA6" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="AB6">
-        <v>-31</v>
+        <v>-29</v>
       </c>
       <c r="AC6" t="s">
-        <v>92</v>
+        <v>66</v>
       </c>
       <c r="AD6" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="AE6">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="AF6" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="AG6" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="AH6">
         <v>365</v>
       </c>
       <c r="AI6" t="s">
-        <v>87</v>
+        <v>50</v>
       </c>
       <c r="AJ6" t="s">
-        <v>88</v>
+        <v>51</v>
       </c>
       <c r="AK6" t="s">
         <v>68</v>
       </c>
       <c r="AL6" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="AM6" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="AN6" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="AO6" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="AP6">
-        <v>49713778.125</v>
+        <v>247197856.82722</v>
       </c>
       <c r="AQ6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="B7" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="C7" t="s">
         <v>45</v>
       </c>
       <c r="D7" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="E7" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="G7" t="s">
         <v>49</v>
       </c>
       <c r="H7" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="I7" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="J7" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="K7" t="s">
         <v>52</v>
       </c>
       <c r="L7" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="M7" t="s">
         <v>54</v>
       </c>
       <c r="N7" t="s">
         <v>55</v>
       </c>
       <c r="O7" t="s">
         <v>56</v>
       </c>
       <c r="P7" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="Q7" t="s">
         <v>57</v>
       </c>
       <c r="R7" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="S7" t="s">
         <v>59</v>
       </c>
       <c r="T7" t="s">
         <v>60</v>
       </c>
       <c r="U7" t="s">
         <v>61</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7" t="s">
         <v>62</v>
       </c>
       <c r="X7" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="Y7" t="s">
-        <v>108</v>
+        <v>80</v>
       </c>
       <c r="Z7" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="AA7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AB7">
         <v>-31</v>
       </c>
       <c r="AC7" t="s">
-        <v>94</v>
+        <v>80</v>
       </c>
       <c r="AD7" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="AE7">
         <v>31</v>
       </c>
       <c r="AF7" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="AG7" t="s">
-        <v>108</v>
+        <v>80</v>
       </c>
       <c r="AH7">
         <v>365</v>
       </c>
       <c r="AI7" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="AJ7" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="AK7" t="s">
         <v>68</v>
       </c>
       <c r="AL7" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="AM7" t="s">
+        <v>112</v>
+      </c>
+      <c r="AN7" t="s">
+        <v>112</v>
+      </c>
+      <c r="AO7" t="s">
         <v>110</v>
       </c>
-      <c r="AN7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AP7">
-        <v>4764053.85</v>
+        <v>49713778.125</v>
       </c>
       <c r="AQ7" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B8" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E8" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="F8" t="s">
         <v>48</v>
       </c>
       <c r="G8" t="s">
         <v>49</v>
       </c>
       <c r="H8" t="s">
         <v>50</v>
       </c>
       <c r="I8" t="s">
         <v>51</v>
       </c>
       <c r="J8" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="K8" t="s">
         <v>52</v>
       </c>
       <c r="L8" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="M8" t="s">
         <v>54</v>
       </c>
       <c r="N8" t="s">
         <v>55</v>
       </c>
       <c r="O8" t="s">
         <v>56</v>
       </c>
       <c r="P8" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="Q8" t="s">
         <v>57</v>
       </c>
       <c r="R8" t="s">
         <v>58</v>
       </c>
       <c r="S8" t="s">
         <v>59</v>
       </c>
       <c r="T8" t="s">
         <v>60</v>
       </c>
       <c r="U8" t="s">
         <v>61</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8" t="s">
         <v>62</v>
       </c>
       <c r="X8" t="s">
         <v>63</v>
       </c>
       <c r="Y8" t="s">
         <v>64</v>
       </c>
       <c r="Z8" t="s">
         <v>64</v>
       </c>
       <c r="AA8" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="AB8">
         <v>-29</v>
       </c>
       <c r="AC8" t="s">
         <v>64</v>
       </c>
       <c r="AD8" t="s">
         <v>67</v>
       </c>
       <c r="AE8">
         <v>29</v>
       </c>
       <c r="AF8" t="s">
         <v>64</v>
       </c>
       <c r="AG8" t="s">
         <v>64</v>
       </c>
       <c r="AH8">
         <v>0</v>
       </c>
       <c r="AI8" t="s">
         <v>50</v>
       </c>
       <c r="AJ8" t="s">
         <v>51</v>
       </c>
       <c r="AK8" t="s">
         <v>68</v>
       </c>
       <c r="AL8" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="AM8" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="AN8" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="AO8" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="AP8">
         <v>67040845.24</v>
       </c>
       <c r="AQ8" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B9" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C9" t="s">
         <v>45</v>
       </c>
       <c r="D9" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E9" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F9" t="s">
         <v>48</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="I9" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="J9" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="K9" t="s">
         <v>52</v>
       </c>
       <c r="L9" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="M9" t="s">
         <v>54</v>
       </c>
       <c r="N9" t="s">
         <v>55</v>
       </c>
       <c r="O9" t="s">
         <v>56</v>
       </c>
       <c r="P9" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="Q9" t="s">
         <v>57</v>
       </c>
       <c r="R9" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="S9" t="s">
         <v>59</v>
       </c>
       <c r="T9" t="s">
         <v>60</v>
       </c>
       <c r="U9" t="s">
         <v>61</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9" t="s">
         <v>62</v>
       </c>
       <c r="X9" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="Y9" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="Z9" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="AA9" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="AB9">
         <v>-31</v>
       </c>
       <c r="AC9" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="AD9" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="AE9">
         <v>31</v>
       </c>
       <c r="AF9" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AG9" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="AH9">
         <v>365</v>
       </c>
       <c r="AI9" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="AJ9" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="AK9" t="s">
         <v>68</v>
       </c>
       <c r="AL9" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AM9" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="AN9" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="AO9" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AP9">
         <v>32614870.308</v>
       </c>
       <c r="AQ9" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B10" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
       <c r="D10" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E10" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="F10" t="s">
         <v>48</v>
       </c>
       <c r="G10" t="s">
         <v>49</v>
       </c>
       <c r="H10" t="s">
-        <v>87</v>
+        <v>50</v>
       </c>
       <c r="I10" t="s">
-        <v>88</v>
+        <v>51</v>
       </c>
       <c r="J10" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="K10" t="s">
         <v>52</v>
       </c>
       <c r="L10" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M10" t="s">
         <v>54</v>
       </c>
       <c r="N10" t="s">
         <v>55</v>
       </c>
       <c r="O10" t="s">
         <v>56</v>
       </c>
       <c r="P10" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="Q10" t="s">
         <v>57</v>
       </c>
       <c r="R10" t="s">
-        <v>90</v>
+        <v>58</v>
       </c>
       <c r="S10" t="s">
         <v>59</v>
       </c>
       <c r="T10" t="s">
-        <v>60</v>
+        <v>133</v>
       </c>
       <c r="U10" t="s">
         <v>61</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10" t="s">
         <v>62</v>
       </c>
       <c r="X10" t="s">
-        <v>131</v>
+        <v>63</v>
       </c>
       <c r="Y10" t="s">
-        <v>132</v>
+        <v>64</v>
       </c>
       <c r="Z10" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="AA10" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="AB10">
-        <v>-31</v>
+        <v>-29</v>
       </c>
       <c r="AC10" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="AD10" t="s">
-        <v>95</v>
+        <v>66</v>
       </c>
       <c r="AE10">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="AF10" t="s">
-        <v>132</v>
+        <v>64</v>
       </c>
       <c r="AG10" t="s">
-        <v>132</v>
+        <v>64</v>
       </c>
       <c r="AH10">
         <v>0</v>
       </c>
       <c r="AI10" t="s">
-        <v>87</v>
+        <v>50</v>
       </c>
       <c r="AJ10" t="s">
-        <v>88</v>
+        <v>51</v>
       </c>
       <c r="AK10" t="s">
         <v>68</v>
       </c>
       <c r="AL10" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AM10" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="AN10" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="AO10" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AP10">
-        <v>4783705.925</v>
+        <v>161529324.947</v>
       </c>
       <c r="AQ10" t="s">
         <v>69</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>348</v>
       </c>
@@ -2914,153 +2914,153 @@
     <row r="3">
       <c r="A3" t="s">
         <v>351</v>
       </c>
       <c r="B3" t="s">
         <v>331</v>
       </c>
       <c r="C3" t="s">
         <v>70</v>
       </c>
       <c r="D3" t="s">
         <v>333</v>
       </c>
       <c r="E3" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>352</v>
       </c>
       <c r="B4" t="s">
         <v>334</v>
       </c>
       <c r="C4" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="D4" t="s">
         <v>333</v>
       </c>
       <c r="E4" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>353</v>
       </c>
       <c r="B5" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="C5" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="D5" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="E5" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>354</v>
       </c>
       <c r="B6" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="C6" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="D6" t="s">
         <v>338</v>
       </c>
       <c r="E6" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>355</v>
       </c>
       <c r="B7" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="C7" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="D7" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="E7" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>356</v>
       </c>
       <c r="B8" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="C8" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D8" t="s">
         <v>330</v>
       </c>
       <c r="E8" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>357</v>
       </c>
       <c r="B9" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="C9" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D9" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="E9" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>358</v>
       </c>
       <c r="B10" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="C10" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D10" t="s">
         <v>338</v>
       </c>
       <c r="E10" t="s">
         <v>172</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -3139,267 +3139,267 @@
       </c>
       <c r="E3" t="s">
         <v>365</v>
       </c>
       <c r="F3" t="s">
         <v>366</v>
       </c>
       <c r="G3" t="s">
         <v>48</v>
       </c>
       <c r="H3" t="s">
         <v>367</v>
       </c>
       <c r="I3" t="s">
         <v>368</v>
       </c>
       <c r="J3" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>371</v>
       </c>
       <c r="B4" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="s">
         <v>372</v>
       </c>
       <c r="E4" t="s">
         <v>365</v>
       </c>
       <c r="F4" t="s">
         <v>366</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
         <v>367</v>
       </c>
       <c r="I4" t="s">
         <v>368</v>
       </c>
       <c r="J4" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>373</v>
       </c>
       <c r="B5" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5" t="s">
         <v>374</v>
       </c>
       <c r="E5" t="s">
         <v>365</v>
       </c>
       <c r="F5" t="s">
         <v>366</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
         <v>367</v>
       </c>
       <c r="I5" t="s">
         <v>368</v>
       </c>
       <c r="J5" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>375</v>
       </c>
       <c r="B6" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="E6" t="s">
         <v>365</v>
       </c>
       <c r="F6" t="s">
         <v>366</v>
       </c>
       <c r="G6" t="s">
         <v>48</v>
       </c>
       <c r="H6" t="s">
         <v>367</v>
       </c>
       <c r="I6" t="s">
         <v>368</v>
       </c>
       <c r="J6" t="s">
-        <v>85</v>
+        <v>104</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B7" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="E7" t="s">
         <v>365</v>
       </c>
       <c r="F7" t="s">
         <v>366</v>
       </c>
       <c r="G7" t="s">
         <v>48</v>
       </c>
       <c r="H7" t="s">
         <v>367</v>
       </c>
       <c r="I7" t="s">
         <v>368</v>
       </c>
       <c r="J7" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>378</v>
       </c>
       <c r="B8" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
       <c r="D8" t="s">
         <v>379</v>
       </c>
       <c r="E8" t="s">
         <v>365</v>
       </c>
       <c r="F8" t="s">
         <v>366</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
       <c r="H8" t="s">
         <v>367</v>
       </c>
       <c r="I8" t="s">
         <v>368</v>
       </c>
       <c r="J8" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>380</v>
       </c>
       <c r="B9" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C9">
         <v>1</v>
       </c>
       <c r="D9" t="s">
         <v>374</v>
       </c>
       <c r="E9" t="s">
         <v>365</v>
       </c>
       <c r="F9" t="s">
         <v>366</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>367</v>
       </c>
       <c r="I9" t="s">
         <v>368</v>
       </c>
       <c r="J9" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>381</v>
       </c>
       <c r="B10" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10" t="s">
         <v>382</v>
       </c>
       <c r="E10" t="s">
         <v>365</v>
       </c>
       <c r="F10" t="s">
         <v>366</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
       <c r="H10" t="s">
         <v>367</v>
       </c>
       <c r="I10" t="s">
         <v>368</v>
       </c>
       <c r="J10" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>135</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -3458,338 +3458,338 @@
       </c>
       <c r="I2" t="s">
         <v>69</v>
       </c>
       <c r="J2" t="s">
         <v>63</v>
       </c>
       <c r="K2" t="s">
         <v>64</v>
       </c>
       <c r="L2">
         <v>365</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>146</v>
       </c>
       <c r="B3" t="s">
         <v>70</v>
       </c>
       <c r="C3" t="s">
         <v>147</v>
       </c>
       <c r="D3" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="E3" t="s">
         <v>54</v>
       </c>
       <c r="F3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="G3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="H3">
-        <v>247197856.82722</v>
+        <v>4783705.925</v>
       </c>
       <c r="I3" t="s">
         <v>69</v>
       </c>
       <c r="J3" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="K3" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="L3">
-        <v>365</v>
+        <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>148</v>
       </c>
       <c r="B4" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="C4" t="s">
         <v>149</v>
       </c>
       <c r="D4" t="s">
-        <v>64</v>
+        <v>91</v>
       </c>
       <c r="E4" t="s">
         <v>54</v>
       </c>
       <c r="F4" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="G4" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="H4">
-        <v>161529324.947</v>
+        <v>4764053.85</v>
       </c>
       <c r="I4" t="s">
         <v>69</v>
       </c>
       <c r="J4" t="s">
-        <v>64</v>
+        <v>90</v>
       </c>
       <c r="K4" t="s">
-        <v>64</v>
+        <v>91</v>
       </c>
       <c r="L4">
-        <v>0</v>
+        <v>365</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>150</v>
       </c>
       <c r="B5" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="C5" t="s">
         <v>151</v>
       </c>
       <c r="D5" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="E5" t="s">
         <v>54</v>
       </c>
       <c r="F5" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="G5" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="H5">
         <v>50758812.5</v>
       </c>
       <c r="I5" t="s">
         <v>69</v>
       </c>
       <c r="J5" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="K5" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="L5">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>152</v>
       </c>
       <c r="B6" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="C6" t="s">
         <v>153</v>
       </c>
       <c r="D6" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="E6" t="s">
         <v>54</v>
       </c>
       <c r="F6" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="G6" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="H6">
-        <v>49713778.125</v>
+        <v>247197856.82722</v>
       </c>
       <c r="I6" t="s">
         <v>69</v>
       </c>
       <c r="J6" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="K6" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="L6">
         <v>365</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>154</v>
       </c>
       <c r="B7" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="C7" t="s">
         <v>155</v>
       </c>
       <c r="D7" t="s">
-        <v>108</v>
+        <v>80</v>
       </c>
       <c r="E7" t="s">
         <v>54</v>
       </c>
       <c r="F7" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="G7" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="H7">
-        <v>4764053.85</v>
+        <v>49713778.125</v>
       </c>
       <c r="I7" t="s">
         <v>69</v>
       </c>
       <c r="J7" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="K7" t="s">
-        <v>108</v>
+        <v>80</v>
       </c>
       <c r="L7">
         <v>365</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>156</v>
       </c>
       <c r="B8" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C8" t="s">
         <v>157</v>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>54</v>
       </c>
       <c r="F8" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="G8" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="H8">
         <v>67040845.24</v>
       </c>
       <c r="I8" t="s">
         <v>69</v>
       </c>
       <c r="J8" t="s">
         <v>64</v>
       </c>
       <c r="K8" t="s">
         <v>64</v>
       </c>
       <c r="L8">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>158</v>
       </c>
       <c r="B9" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C9" t="s">
         <v>159</v>
       </c>
       <c r="D9" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E9" t="s">
         <v>54</v>
       </c>
       <c r="F9" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="G9" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="H9">
         <v>32614870.308</v>
       </c>
       <c r="I9" t="s">
         <v>69</v>
       </c>
       <c r="J9" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="K9" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="L9">
         <v>365</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>160</v>
       </c>
       <c r="B10" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C10" t="s">
         <v>161</v>
       </c>
       <c r="D10" t="s">
-        <v>132</v>
+        <v>64</v>
       </c>
       <c r="E10" t="s">
         <v>54</v>
       </c>
       <c r="F10" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G10" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="H10">
-        <v>4783705.925</v>
+        <v>161529324.947</v>
       </c>
       <c r="I10" t="s">
         <v>69</v>
       </c>
       <c r="J10" t="s">
-        <v>132</v>
+        <v>64</v>
       </c>
       <c r="K10" t="s">
-        <v>132</v>
+        <v>64</v>
       </c>
       <c r="L10">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>162</v>
       </c>
@@ -3845,290 +3845,290 @@
       </c>
       <c r="H2" t="s">
         <v>171</v>
       </c>
       <c r="J2" t="s">
         <v>172</v>
       </c>
       <c r="L2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>174</v>
       </c>
       <c r="B3" t="s">
         <v>146</v>
       </c>
       <c r="C3" t="s">
         <v>70</v>
       </c>
       <c r="D3" t="s">
         <v>73</v>
       </c>
       <c r="E3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F3">
         <v>1</v>
       </c>
       <c r="G3" t="s">
         <v>175</v>
       </c>
       <c r="H3" t="s">
         <v>171</v>
       </c>
       <c r="J3" t="s">
         <v>172</v>
       </c>
       <c r="L3" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B4" t="s">
         <v>148</v>
       </c>
       <c r="C4" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="D4" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E4" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="F4">
         <v>1</v>
       </c>
       <c r="G4" t="s">
         <v>175</v>
       </c>
       <c r="H4" t="s">
         <v>171</v>
       </c>
       <c r="J4" t="s">
         <v>172</v>
       </c>
       <c r="L4" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>178</v>
       </c>
       <c r="B5" t="s">
         <v>150</v>
       </c>
       <c r="C5" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="D5" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="E5" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="F5">
         <v>1</v>
       </c>
       <c r="G5" t="s">
         <v>175</v>
       </c>
       <c r="H5" t="s">
         <v>171</v>
       </c>
       <c r="J5" t="s">
         <v>172</v>
       </c>
       <c r="L5" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B6" t="s">
         <v>152</v>
       </c>
       <c r="C6" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="D6" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="E6" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="F6">
         <v>1</v>
       </c>
       <c r="G6" t="s">
         <v>175</v>
       </c>
       <c r="H6" t="s">
         <v>171</v>
       </c>
       <c r="J6" t="s">
         <v>172</v>
       </c>
       <c r="L6" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B7" t="s">
         <v>154</v>
       </c>
       <c r="C7" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="D7" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="E7" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="F7">
         <v>1</v>
       </c>
       <c r="G7" t="s">
         <v>175</v>
       </c>
       <c r="H7" t="s">
         <v>171</v>
       </c>
       <c r="J7" t="s">
         <v>172</v>
       </c>
       <c r="L7" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B8" t="s">
         <v>156</v>
       </c>
       <c r="C8" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D8" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E8" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F8">
         <v>1</v>
       </c>
       <c r="G8" t="s">
         <v>175</v>
       </c>
       <c r="H8" t="s">
         <v>171</v>
       </c>
       <c r="J8" t="s">
         <v>172</v>
       </c>
       <c r="L8" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B9" t="s">
         <v>158</v>
       </c>
       <c r="C9" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D9" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E9" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F9">
         <v>1</v>
       </c>
       <c r="G9" t="s">
         <v>175</v>
       </c>
       <c r="H9" t="s">
         <v>171</v>
       </c>
       <c r="J9" t="s">
         <v>172</v>
       </c>
       <c r="L9" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="B10" t="s">
         <v>160</v>
       </c>
       <c r="C10" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D10" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E10" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="F10">
         <v>1</v>
       </c>
       <c r="G10" t="s">
         <v>175</v>
       </c>
       <c r="H10" t="s">
         <v>171</v>
       </c>
       <c r="J10" t="s">
         <v>172</v>
       </c>
       <c r="L10" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>135</v>
       </c>
@@ -4159,153 +4159,153 @@
     <row r="3">
       <c r="A3" t="s">
         <v>191</v>
       </c>
       <c r="B3" t="s">
         <v>146</v>
       </c>
       <c r="C3" t="s">
         <v>70</v>
       </c>
       <c r="D3" t="s">
         <v>192</v>
       </c>
       <c r="E3" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>194</v>
       </c>
       <c r="B4" t="s">
         <v>148</v>
       </c>
       <c r="C4" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="D4" t="s">
         <v>195</v>
       </c>
       <c r="E4" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>197</v>
       </c>
       <c r="B5" t="s">
         <v>150</v>
       </c>
       <c r="C5" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="D5" t="s">
         <v>198</v>
       </c>
       <c r="E5" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>200</v>
       </c>
       <c r="B6" t="s">
         <v>152</v>
       </c>
       <c r="C6" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="D6" t="s">
         <v>201</v>
       </c>
       <c r="E6" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>203</v>
       </c>
       <c r="B7" t="s">
         <v>154</v>
       </c>
       <c r="C7" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="D7" t="s">
         <v>204</v>
       </c>
       <c r="E7" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>206</v>
       </c>
       <c r="B8" t="s">
         <v>156</v>
       </c>
       <c r="C8" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D8" t="s">
         <v>207</v>
       </c>
       <c r="E8" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>209</v>
       </c>
       <c r="B9" t="s">
         <v>158</v>
       </c>
       <c r="C9" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D9" t="s">
         <v>207</v>
       </c>
       <c r="E9" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>210</v>
       </c>
       <c r="B10" t="s">
         <v>160</v>
       </c>
       <c r="C10" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D10" t="s">
         <v>211</v>
       </c>
       <c r="E10" t="s">
         <v>212</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -4429,720 +4429,720 @@
       </c>
       <c r="L3" t="s">
         <v>190</v>
       </c>
       <c r="M3" t="s">
         <v>238</v>
       </c>
       <c r="N3" t="s">
         <v>239</v>
       </c>
       <c r="O3" t="s">
         <v>240</v>
       </c>
       <c r="P3" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>242</v>
       </c>
       <c r="B4" t="s">
         <v>70</v>
       </c>
       <c r="C4" t="s">
-        <v>226</v>
+        <v>243</v>
       </c>
       <c r="D4" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="E4" t="s">
         <v>227</v>
       </c>
       <c r="F4" t="s">
         <v>181</v>
       </c>
       <c r="G4" t="s">
         <v>228</v>
       </c>
       <c r="H4">
         <v>480271</v>
       </c>
       <c r="I4" t="s">
         <v>229</v>
       </c>
       <c r="J4" t="s">
         <v>230</v>
       </c>
       <c r="K4" t="s">
         <v>231</v>
       </c>
       <c r="L4" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="M4" t="s">
-        <v>232</v>
+        <v>244</v>
       </c>
       <c r="N4" t="s">
-        <v>233</v>
+        <v>245</v>
       </c>
       <c r="O4" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>74</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="B5" t="s">
         <v>70</v>
       </c>
       <c r="C5" t="s">
         <v>192</v>
       </c>
       <c r="D5" t="s">
         <v>193</v>
       </c>
       <c r="E5" t="s">
         <v>235</v>
       </c>
       <c r="G5" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="J5" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="L5" t="s">
         <v>193</v>
       </c>
       <c r="M5" t="s">
-        <v>238</v>
+        <v>249</v>
       </c>
       <c r="N5" t="s">
         <v>239</v>
       </c>
       <c r="O5" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="P5" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="B6" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="C6" t="s">
-        <v>226</v>
+        <v>243</v>
       </c>
       <c r="D6" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="E6" t="s">
         <v>227</v>
       </c>
       <c r="F6" t="s">
         <v>181</v>
       </c>
       <c r="G6" t="s">
         <v>228</v>
       </c>
       <c r="H6">
         <v>480271</v>
       </c>
       <c r="I6" t="s">
         <v>229</v>
       </c>
       <c r="J6" t="s">
         <v>230</v>
       </c>
       <c r="K6" t="s">
         <v>231</v>
       </c>
       <c r="L6" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="M6" t="s">
-        <v>232</v>
+        <v>244</v>
       </c>
       <c r="N6" t="s">
-        <v>233</v>
+        <v>245</v>
       </c>
       <c r="O6" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>74</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="B7" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="C7" t="s">
         <v>195</v>
       </c>
       <c r="D7" t="s">
         <v>196</v>
       </c>
       <c r="E7" t="s">
         <v>235</v>
       </c>
       <c r="G7" t="s">
-        <v>236</v>
+        <v>254</v>
       </c>
       <c r="J7" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="L7" t="s">
         <v>196</v>
       </c>
       <c r="M7" t="s">
         <v>238</v>
       </c>
       <c r="N7" t="s">
         <v>239</v>
       </c>
       <c r="O7" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="P7" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="B8" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="C8" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
       <c r="D8" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="E8" t="s">
         <v>227</v>
       </c>
       <c r="F8" t="s">
         <v>181</v>
       </c>
       <c r="G8" t="s">
         <v>228</v>
       </c>
       <c r="H8">
         <v>480271</v>
       </c>
       <c r="I8" t="s">
         <v>229</v>
       </c>
       <c r="J8" t="s">
         <v>230</v>
       </c>
       <c r="K8" t="s">
         <v>231</v>
       </c>
       <c r="L8" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="M8" t="s">
-        <v>255</v>
+        <v>244</v>
       </c>
       <c r="N8" t="s">
-        <v>256</v>
+        <v>245</v>
       </c>
       <c r="O8" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B9" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="C9" t="s">
         <v>198</v>
       </c>
       <c r="D9" t="s">
         <v>199</v>
       </c>
       <c r="E9" t="s">
         <v>235</v>
       </c>
       <c r="G9" t="s">
-        <v>258</v>
+        <v>247</v>
       </c>
       <c r="J9" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="L9" t="s">
         <v>199</v>
       </c>
       <c r="M9" t="s">
         <v>238</v>
       </c>
       <c r="N9" t="s">
         <v>239</v>
       </c>
       <c r="O9" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="P9" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B10" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="C10" t="s">
-        <v>254</v>
+        <v>226</v>
       </c>
       <c r="D10" t="s">
-        <v>88</v>
+        <v>51</v>
       </c>
       <c r="E10" t="s">
         <v>227</v>
       </c>
       <c r="F10" t="s">
         <v>181</v>
       </c>
       <c r="G10" t="s">
         <v>228</v>
       </c>
       <c r="H10">
         <v>480271</v>
       </c>
       <c r="I10" t="s">
         <v>229</v>
       </c>
       <c r="J10" t="s">
         <v>230</v>
       </c>
       <c r="K10" t="s">
         <v>231</v>
       </c>
       <c r="L10" t="s">
-        <v>88</v>
+        <v>51</v>
       </c>
       <c r="M10" t="s">
-        <v>255</v>
+        <v>232</v>
       </c>
       <c r="N10" t="s">
-        <v>256</v>
+        <v>233</v>
       </c>
       <c r="O10" t="s">
-        <v>87</v>
+        <v>50</v>
+      </c>
+      <c r="P10" t="s">
+        <v>233</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B11" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="C11" t="s">
         <v>201</v>
       </c>
       <c r="D11" t="s">
         <v>202</v>
       </c>
       <c r="E11" t="s">
         <v>235</v>
       </c>
       <c r="G11" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="J11" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="L11" t="s">
         <v>202</v>
       </c>
       <c r="M11" t="s">
         <v>238</v>
       </c>
       <c r="N11" t="s">
         <v>239</v>
       </c>
       <c r="O11" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="P11" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B12" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="C12" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
       <c r="D12" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="E12" t="s">
         <v>227</v>
       </c>
       <c r="F12" t="s">
         <v>181</v>
       </c>
       <c r="G12" t="s">
         <v>228</v>
       </c>
       <c r="H12">
         <v>480271</v>
       </c>
       <c r="I12" t="s">
         <v>229</v>
       </c>
       <c r="J12" t="s">
         <v>230</v>
       </c>
       <c r="K12" t="s">
         <v>231</v>
       </c>
       <c r="L12" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="M12" t="s">
-        <v>255</v>
+        <v>244</v>
       </c>
       <c r="N12" t="s">
-        <v>256</v>
+        <v>245</v>
       </c>
       <c r="O12" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B13" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="C13" t="s">
         <v>204</v>
       </c>
       <c r="D13" t="s">
         <v>205</v>
       </c>
       <c r="E13" t="s">
         <v>235</v>
       </c>
       <c r="G13" t="s">
-        <v>269</v>
+        <v>247</v>
       </c>
       <c r="J13" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="L13" t="s">
         <v>205</v>
       </c>
       <c r="M13" t="s">
         <v>238</v>
       </c>
       <c r="N13" t="s">
         <v>239</v>
       </c>
       <c r="O13" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="P13" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B14" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C14" t="s">
         <v>226</v>
       </c>
       <c r="D14" t="s">
         <v>51</v>
       </c>
       <c r="E14" t="s">
         <v>227</v>
       </c>
       <c r="F14" t="s">
         <v>181</v>
       </c>
       <c r="G14" t="s">
         <v>228</v>
       </c>
       <c r="H14">
         <v>480271</v>
       </c>
       <c r="I14" t="s">
         <v>229</v>
       </c>
       <c r="J14" t="s">
         <v>230</v>
       </c>
       <c r="K14" t="s">
         <v>231</v>
       </c>
       <c r="L14" t="s">
         <v>51</v>
       </c>
       <c r="M14" t="s">
         <v>232</v>
       </c>
       <c r="N14" t="s">
         <v>233</v>
       </c>
       <c r="O14" t="s">
         <v>50</v>
       </c>
       <c r="P14" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B15" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C15" t="s">
         <v>207</v>
       </c>
       <c r="D15" t="s">
         <v>208</v>
       </c>
       <c r="E15" t="s">
         <v>235</v>
       </c>
       <c r="G15" t="s">
         <v>236</v>
       </c>
       <c r="J15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="L15" t="s">
         <v>208</v>
       </c>
       <c r="M15" t="s">
         <v>238</v>
       </c>
       <c r="N15" t="s">
         <v>239</v>
       </c>
       <c r="O15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="P15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B16" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C16" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
       <c r="D16" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="E16" t="s">
         <v>227</v>
       </c>
       <c r="F16" t="s">
         <v>181</v>
       </c>
       <c r="G16" t="s">
         <v>228</v>
       </c>
       <c r="H16">
         <v>480271</v>
       </c>
       <c r="I16" t="s">
         <v>229</v>
       </c>
       <c r="J16" t="s">
         <v>230</v>
       </c>
       <c r="K16" t="s">
         <v>231</v>
       </c>
       <c r="L16" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="M16" t="s">
-        <v>255</v>
+        <v>244</v>
       </c>
       <c r="N16" t="s">
-        <v>256</v>
+        <v>245</v>
       </c>
       <c r="O16" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B17" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C17" t="s">
         <v>207</v>
       </c>
       <c r="D17" t="s">
         <v>208</v>
       </c>
       <c r="E17" t="s">
         <v>235</v>
       </c>
       <c r="G17" t="s">
         <v>236</v>
       </c>
       <c r="J17" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="L17" t="s">
         <v>208</v>
       </c>
       <c r="M17" t="s">
         <v>238</v>
       </c>
       <c r="N17" t="s">
         <v>239</v>
       </c>
       <c r="O17" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="P17" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B18" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C18" t="s">
-        <v>254</v>
+        <v>226</v>
       </c>
       <c r="D18" t="s">
-        <v>88</v>
+        <v>51</v>
       </c>
       <c r="E18" t="s">
         <v>227</v>
       </c>
       <c r="F18" t="s">
         <v>181</v>
       </c>
       <c r="G18" t="s">
         <v>228</v>
       </c>
       <c r="H18">
         <v>480271</v>
       </c>
       <c r="I18" t="s">
         <v>229</v>
       </c>
       <c r="J18" t="s">
         <v>230</v>
       </c>
       <c r="K18" t="s">
         <v>231</v>
       </c>
       <c r="L18" t="s">
-        <v>88</v>
+        <v>51</v>
       </c>
       <c r="M18" t="s">
-        <v>255</v>
+        <v>232</v>
       </c>
       <c r="N18" t="s">
-        <v>256</v>
+        <v>233</v>
       </c>
       <c r="O18" t="s">
-        <v>87</v>
+        <v>50</v>
+      </c>
+      <c r="P18" t="s">
+        <v>233</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B19" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C19" t="s">
         <v>211</v>
       </c>
       <c r="D19" t="s">
         <v>212</v>
       </c>
       <c r="E19" t="s">
         <v>235</v>
       </c>
       <c r="G19" t="s">
-        <v>258</v>
+        <v>236</v>
       </c>
       <c r="J19" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="L19" t="s">
         <v>212</v>
       </c>
       <c r="M19" t="s">
-        <v>283</v>
+        <v>238</v>
       </c>
       <c r="N19" t="s">
         <v>239</v>
       </c>
       <c r="O19" t="s">
         <v>284</v>
       </c>
       <c r="P19" t="s">
         <v>285</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -5219,359 +5219,359 @@
       </c>
       <c r="K2" t="s">
         <v>63</v>
       </c>
       <c r="L2" t="s">
         <v>64</v>
       </c>
       <c r="M2">
         <v>365</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>293</v>
       </c>
       <c r="B3" t="s">
         <v>70</v>
       </c>
       <c r="C3" t="s">
         <v>73</v>
       </c>
       <c r="D3" t="s">
         <v>147</v>
       </c>
       <c r="E3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="G3" t="s">
         <v>294</v>
       </c>
       <c r="H3" t="s">
         <v>54</v>
       </c>
       <c r="I3">
-        <v>247197856.82722</v>
+        <v>4783705.925</v>
       </c>
       <c r="J3" t="s">
         <v>69</v>
       </c>
       <c r="K3" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="L3" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="M3">
-        <v>365</v>
+        <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>295</v>
       </c>
       <c r="B4" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="C4" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="D4" t="s">
         <v>149</v>
       </c>
       <c r="E4" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="F4" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="G4" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="H4" t="s">
         <v>54</v>
       </c>
       <c r="I4">
-        <v>161529324.947</v>
+        <v>4764053.85</v>
       </c>
       <c r="J4" t="s">
         <v>69</v>
       </c>
       <c r="K4" t="s">
-        <v>64</v>
+        <v>90</v>
       </c>
       <c r="L4" t="s">
-        <v>64</v>
+        <v>91</v>
       </c>
       <c r="M4">
-        <v>0</v>
+        <v>365</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="B5" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="C5" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="D5" t="s">
         <v>151</v>
       </c>
       <c r="E5" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="F5" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="G5" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="H5" t="s">
         <v>54</v>
       </c>
       <c r="I5">
         <v>50758812.5</v>
       </c>
       <c r="J5" t="s">
         <v>69</v>
       </c>
       <c r="K5" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="L5" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="M5">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="B6" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="C6" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="D6" t="s">
         <v>153</v>
       </c>
       <c r="E6" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="F6" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="G6" t="s">
         <v>298</v>
       </c>
       <c r="H6" t="s">
         <v>54</v>
       </c>
       <c r="I6">
-        <v>49713778.125</v>
+        <v>247197856.82722</v>
       </c>
       <c r="J6" t="s">
         <v>69</v>
       </c>
       <c r="K6" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="L6" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="M6">
         <v>365</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B7" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="C7" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="D7" t="s">
         <v>155</v>
       </c>
       <c r="E7" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="F7" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="G7" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="H7" t="s">
         <v>54</v>
       </c>
       <c r="I7">
-        <v>4764053.85</v>
+        <v>49713778.125</v>
       </c>
       <c r="J7" t="s">
         <v>69</v>
       </c>
       <c r="K7" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="L7" t="s">
-        <v>108</v>
+        <v>80</v>
       </c>
       <c r="M7">
         <v>365</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="B8" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C8" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D8" t="s">
         <v>157</v>
       </c>
       <c r="E8" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F8" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="G8" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="H8" t="s">
         <v>54</v>
       </c>
       <c r="I8">
         <v>67040845.24</v>
       </c>
       <c r="J8" t="s">
         <v>69</v>
       </c>
       <c r="K8" t="s">
         <v>64</v>
       </c>
       <c r="L8" t="s">
         <v>64</v>
       </c>
       <c r="M8">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="B9" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C9" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D9" t="s">
         <v>159</v>
       </c>
       <c r="E9" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F9" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="G9" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="H9" t="s">
         <v>54</v>
       </c>
       <c r="I9">
         <v>32614870.308</v>
       </c>
       <c r="J9" t="s">
         <v>69</v>
       </c>
       <c r="K9" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="L9" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="M9">
         <v>365</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="B10" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C10" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D10" t="s">
         <v>161</v>
       </c>
       <c r="E10" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="F10" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G10" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="H10" t="s">
         <v>54</v>
       </c>
       <c r="I10">
-        <v>4783705.925</v>
+        <v>161529324.947</v>
       </c>
       <c r="J10" t="s">
         <v>69</v>
       </c>
       <c r="K10" t="s">
-        <v>132</v>
+        <v>64</v>
       </c>
       <c r="L10" t="s">
-        <v>132</v>
+        <v>64</v>
       </c>
       <c r="M10">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>305</v>
       </c>
@@ -5621,266 +5621,266 @@
       </c>
       <c r="F2">
         <v>1</v>
       </c>
       <c r="I2" t="s">
         <v>172</v>
       </c>
       <c r="K2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>307</v>
       </c>
       <c r="B3" t="s">
         <v>293</v>
       </c>
       <c r="C3" t="s">
         <v>70</v>
       </c>
       <c r="D3" t="s">
         <v>73</v>
       </c>
       <c r="E3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F3">
         <v>1</v>
       </c>
       <c r="G3" t="s">
         <v>175</v>
       </c>
       <c r="I3" t="s">
         <v>172</v>
       </c>
       <c r="K3" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>308</v>
       </c>
       <c r="B4" t="s">
         <v>295</v>
       </c>
       <c r="C4" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="D4" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E4" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="F4">
         <v>1</v>
       </c>
       <c r="G4" t="s">
         <v>175</v>
       </c>
       <c r="I4" t="s">
         <v>172</v>
       </c>
       <c r="K4" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>309</v>
       </c>
       <c r="B5" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="C5" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="D5" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="E5" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="F5">
         <v>1</v>
       </c>
       <c r="G5" t="s">
         <v>175</v>
       </c>
       <c r="I5" t="s">
         <v>172</v>
       </c>
       <c r="K5" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>310</v>
       </c>
       <c r="B6" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="C6" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="D6" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="E6" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="F6">
         <v>1</v>
       </c>
       <c r="G6" t="s">
         <v>175</v>
       </c>
       <c r="I6" t="s">
         <v>172</v>
       </c>
       <c r="K6" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>311</v>
       </c>
       <c r="B7" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="C7" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="D7" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="E7" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="F7">
         <v>1</v>
       </c>
       <c r="G7" t="s">
         <v>175</v>
       </c>
       <c r="I7" t="s">
         <v>172</v>
       </c>
       <c r="K7" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>312</v>
       </c>
       <c r="B8" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="C8" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D8" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E8" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F8">
         <v>1</v>
       </c>
       <c r="G8" t="s">
         <v>175</v>
       </c>
       <c r="I8" t="s">
         <v>172</v>
       </c>
       <c r="K8" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>313</v>
       </c>
       <c r="B9" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C9" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D9" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E9" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F9">
         <v>1</v>
       </c>
       <c r="G9" t="s">
         <v>175</v>
       </c>
       <c r="I9" t="s">
         <v>172</v>
       </c>
       <c r="K9" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>314</v>
       </c>
       <c r="B10" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="C10" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D10" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E10" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="F10">
         <v>1</v>
       </c>
       <c r="G10" t="s">
         <v>175</v>
       </c>
       <c r="I10" t="s">
         <v>172</v>
       </c>
       <c r="K10" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>305</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>135</v>
       </c>
@@ -5927,290 +5927,290 @@
       </c>
       <c r="G2" t="s">
         <v>226</v>
       </c>
       <c r="H2" t="s">
         <v>51</v>
       </c>
       <c r="I2">
         <v>90155205.62</v>
       </c>
       <c r="J2" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>320</v>
       </c>
       <c r="B3" t="s">
         <v>293</v>
       </c>
       <c r="C3" t="s">
         <v>70</v>
       </c>
       <c r="D3">
-        <v>2909243006</v>
+        <v>3161891184</v>
       </c>
       <c r="E3" t="s">
         <v>192</v>
       </c>
       <c r="F3" t="s">
         <v>193</v>
       </c>
       <c r="G3" t="s">
-        <v>226</v>
+        <v>243</v>
       </c>
       <c r="H3" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="I3">
-        <v>236638563.06</v>
+        <v>4316000</v>
       </c>
       <c r="J3" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>321</v>
       </c>
       <c r="B4" t="s">
         <v>295</v>
       </c>
       <c r="C4" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="D4">
-        <v>2780068825</v>
+        <v>2273447833</v>
       </c>
       <c r="E4" t="s">
         <v>195</v>
       </c>
       <c r="F4" t="s">
         <v>196</v>
       </c>
       <c r="G4" t="s">
-        <v>226</v>
+        <v>243</v>
       </c>
       <c r="H4" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="I4">
-        <v>155222939.41</v>
+        <v>2776000</v>
       </c>
       <c r="J4" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>322</v>
       </c>
       <c r="B5" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="C5" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="D5">
         <v>3109814089</v>
       </c>
       <c r="E5" t="s">
         <v>198</v>
       </c>
       <c r="F5" t="s">
         <v>199</v>
       </c>
       <c r="G5" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
       <c r="H5" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="I5">
         <v>45098000</v>
       </c>
       <c r="J5" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>323</v>
       </c>
       <c r="B6" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="C6" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="D6">
-        <v>5404716623</v>
+        <v>2909243006</v>
       </c>
       <c r="E6" t="s">
         <v>201</v>
       </c>
       <c r="F6" t="s">
         <v>202</v>
       </c>
       <c r="G6" t="s">
-        <v>254</v>
+        <v>226</v>
       </c>
       <c r="H6" t="s">
-        <v>88</v>
+        <v>51</v>
       </c>
       <c r="I6">
-        <v>45378000</v>
+        <v>236638563.06</v>
       </c>
       <c r="J6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>324</v>
       </c>
       <c r="B7" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="C7" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="D7">
-        <v>2273447833</v>
+        <v>5404716623</v>
       </c>
       <c r="E7" t="s">
         <v>204</v>
       </c>
       <c r="F7" t="s">
         <v>205</v>
       </c>
       <c r="G7" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
       <c r="H7" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="I7">
-        <v>2776000</v>
+        <v>45378000</v>
       </c>
       <c r="J7" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>325</v>
       </c>
       <c r="B8" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="C8" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D8">
         <v>8511822719</v>
       </c>
       <c r="E8" t="s">
         <v>207</v>
       </c>
       <c r="F8" t="s">
         <v>208</v>
       </c>
       <c r="G8" t="s">
         <v>226</v>
       </c>
       <c r="H8" t="s">
         <v>51</v>
       </c>
       <c r="I8">
         <v>64332882.34</v>
       </c>
       <c r="J8" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>326</v>
       </c>
       <c r="B9" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C9" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D9">
         <v>6170759902</v>
       </c>
       <c r="E9" t="s">
         <v>207</v>
       </c>
       <c r="F9" t="s">
         <v>208</v>
       </c>
       <c r="G9" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
       <c r="H9" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="I9">
         <v>29784800</v>
       </c>
       <c r="J9" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>327</v>
       </c>
       <c r="B10" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="C10" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D10">
-        <v>3161891184</v>
+        <v>2780068825</v>
       </c>
       <c r="E10" t="s">
         <v>211</v>
       </c>
       <c r="F10" t="s">
         <v>212</v>
       </c>
       <c r="G10" t="s">
-        <v>254</v>
+        <v>226</v>
       </c>
       <c r="H10" t="s">
-        <v>88</v>
+        <v>51</v>
       </c>
       <c r="I10">
-        <v>4316000</v>
+        <v>155222939.41</v>
       </c>
       <c r="J10" t="s">
         <v>69</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>135</v>
       </c>
@@ -6257,233 +6257,233 @@
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>331</v>
       </c>
       <c r="B3" t="s">
         <v>70</v>
       </c>
       <c r="C3" t="s">
         <v>332</v>
       </c>
       <c r="D3">
         <v>1</v>
       </c>
       <c r="E3" t="s">
         <v>175</v>
       </c>
       <c r="F3" t="s">
         <v>333</v>
       </c>
       <c r="G3" t="s">
         <v>172</v>
       </c>
       <c r="H3" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>334</v>
       </c>
       <c r="B4" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="C4" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="D4">
         <v>1</v>
       </c>
       <c r="E4" t="s">
         <v>175</v>
       </c>
       <c r="F4" t="s">
         <v>333</v>
       </c>
       <c r="G4" t="s">
         <v>172</v>
       </c>
       <c r="H4" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="B5" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="C5" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="D5">
         <v>1</v>
       </c>
       <c r="E5" t="s">
         <v>175</v>
       </c>
       <c r="F5" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="G5" t="s">
         <v>172</v>
       </c>
       <c r="H5" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="B6" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="C6" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="D6">
         <v>1</v>
       </c>
       <c r="E6" t="s">
         <v>175</v>
       </c>
       <c r="F6" t="s">
         <v>338</v>
       </c>
       <c r="G6" t="s">
         <v>172</v>
       </c>
       <c r="H6" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="B7" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="C7" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D7">
         <v>1</v>
       </c>
       <c r="E7" t="s">
         <v>175</v>
       </c>
       <c r="F7" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="G7" t="s">
         <v>172</v>
       </c>
       <c r="H7" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>341</v>
+      </c>
+      <c r="B8" t="s">
+        <v>113</v>
+      </c>
+      <c r="C8" t="s">
         <v>342</v>
-      </c>
-[...4 lines deleted...]
-        <v>343</v>
       </c>
       <c r="D8">
         <v>1</v>
       </c>
       <c r="E8" t="s">
         <v>175</v>
       </c>
       <c r="F8" t="s">
         <v>330</v>
       </c>
       <c r="G8" t="s">
         <v>172</v>
       </c>
       <c r="H8" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>343</v>
+      </c>
+      <c r="B9" t="s">
+        <v>119</v>
+      </c>
+      <c r="C9" t="s">
         <v>344</v>
-      </c>
-[...4 lines deleted...]
-        <v>345</v>
       </c>
       <c r="D9">
         <v>1</v>
       </c>
       <c r="E9" t="s">
         <v>175</v>
       </c>
       <c r="F9" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="G9" t="s">
         <v>172</v>
       </c>
       <c r="H9" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>346</v>
+      </c>
+      <c r="B10" t="s">
+        <v>128</v>
+      </c>
+      <c r="C10" t="s">
         <v>347</v>
-      </c>
-[...4 lines deleted...]
-        <v>337</v>
       </c>
       <c r="D10">
         <v>1</v>
       </c>
       <c r="E10" t="s">
         <v>175</v>
       </c>
       <c r="F10" t="s">
         <v>338</v>
       </c>
       <c r="G10" t="s">
         <v>172</v>
       </c>
       <c r="H10" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>main</vt:lpstr>