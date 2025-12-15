--- v0 (2025-10-13)
+++ v1 (2025-12-15)
@@ -239,2360 +239,2360 @@
   <si>
     <t>open</t>
   </si>
   <si>
     <t>electronic submission through Ebonyi e-procurement system</t>
   </si>
   <si>
     <t>2023-06-05T14:00:00Z</t>
   </si>
   <si>
     <t>2022-06-05T22:39:00Z</t>
   </si>
   <si>
     <t>2022-05-02T14:00:00Z</t>
   </si>
   <si>
     <t>2022-03-14T13:00:00Z</t>
   </si>
   <si>
     <t>open tendering, all Economic Operators can bid</t>
   </si>
   <si>
     <t>NGN</t>
   </si>
   <si>
+    <t>id-0.1</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-012173-EB/IDC/EP001-NG-2022-05-26T16:12:49:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-26T16:12:49:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-012173-EB/IDC/EP001-NG</t>
+  </si>
+  <si>
+    <t>infrastructure@ebonyieprocure.eb.gov.ng</t>
+  </si>
+  <si>
+    <t>MINISTRY OF INFRASTRUCTURAL DEVELOPMENT FOR CONCESSION</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF APRON ACCESS LANE (INTERNATIONAL AIRLINES PLATFORM) AT EBONYI STATE INTERNATIONAL AIRPORT PROJECT. LENGTH = 0+323.1M</t>
+  </si>
+  <si>
+    <t>works</t>
+  </si>
+  <si>
+    <t>Awardtomostresponsivebid</t>
+  </si>
+  <si>
+    <t>electronic submission via Ebonyi e-GP</t>
+  </si>
+  <si>
+    <t>2023-06-23T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-28T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-23T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-26T16:38:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-23T10:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-26T10:00:00Z</t>
+  </si>
+  <si>
+    <t>open tendering</t>
+  </si>
+  <si>
+    <t>id-0.2</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-014665-EB/WTR/EP002-NG-2022-05-27T16:31:21:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-27T16:31:21:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-014665-EB/WTR/EP002-NG</t>
+  </si>
+  <si>
+    <t>works@ebonyieprocure.eb.gov.ng</t>
+  </si>
+  <si>
+    <t>MINISTRY OF WORKS AND TRANSPORT</t>
+  </si>
+  <si>
+    <t>Procurement of Office Stationeries for Ministry of Works</t>
+  </si>
+  <si>
+    <t>goods</t>
+  </si>
+  <si>
+    <t>awardtomostresponsivebid</t>
+  </si>
+  <si>
+    <t>electronic submission through Ebonyi e-GP</t>
+  </si>
+  <si>
+    <t>2023-06-25T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-25T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-24T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-27T16:32:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-24T02:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-27T14:00:00Z</t>
+  </si>
+  <si>
     <t>id-1.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-008549-EB/MPE/EP007-NG-2022-03-14T22:29:02:00Z</t>
   </si>
   <si>
     <t>2022-03-14T22:29:02:00Z</t>
   </si>
   <si>
     <t>ocds-zinqhl-008549-EB/MPE/EP007-NG</t>
   </si>
   <si>
     <t>LOT 3: Procurement of School Bags for OOSC</t>
   </si>
   <si>
-    <t>goods</t>
-[...1 lines deleted...]
-  <si>
     <t>Awardedtomostresponsivebid</t>
   </si>
   <si>
     <t>electronic submission through Ebonyi e-Procurement system</t>
   </si>
   <si>
     <t>2022-06-05T22:47:00Z</t>
   </si>
   <si>
     <t>Awarded to most responsive bid</t>
   </si>
   <si>
     <t>id-1.1</t>
   </si>
   <si>
+    <t>ocds-zinqhl-010242-EB/WTR/EP002-NG-2022-05-13T11:19:46:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-13T11:19:46:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010242-EB/WTR/EP002-NG</t>
+  </si>
+  <si>
+    <t>DUALIZATION OF ABAKALIKI-AFIKPO ROAD UPTO OKOFFIA - LOT 5: New Jersey Barrier/Stone Pitching/Culverts and drain - 16km</t>
+  </si>
+  <si>
+    <t>Awardtothemostresponsivebid</t>
+  </si>
+  <si>
+    <t>awarded to most responsive bid</t>
+  </si>
+  <si>
+    <t>2023-06-14T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-14T14:50:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-13T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-13T16:22:00Z</t>
+  </si>
+  <si>
+    <t>id-1.2</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013526-EB/MPE/EP007-2022-06-08T02:21:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-08T02:21:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013526-EB/MPE/EP007</t>
+  </si>
+  <si>
+    <t>4bniAaazolf5</t>
+  </si>
+  <si>
+    <t>Construction of seismic survey and provision of 25 no. solar-powered boreholes for out of school children under the world bank support BESDA programme Lot 6</t>
+  </si>
+  <si>
+    <t>priceOnly</t>
+  </si>
+  <si>
+    <t>award to the most responsive bid</t>
+  </si>
+  <si>
+    <t>written</t>
+  </si>
+  <si>
+    <t>2022-11-22T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2021-11-22T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2021-10-22T10:00:00Z</t>
+  </si>
+  <si>
+    <t>EB/MPE/EP007</t>
+  </si>
+  <si>
+    <t>013525</t>
+  </si>
+  <si>
+    <t>id-2.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008525-EB/HLT/EP004-NG-2022-03-03T09:52:32:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-03T09:52:32:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008525-EB/HLT/EP004-NG</t>
+  </si>
+  <si>
+    <t>health@ebonyieprocure.eb.gov.ng</t>
+  </si>
+  <si>
+    <t>MINISTRY OF HEALTH</t>
+  </si>
+  <si>
+    <t>Procurement of 14 numbers Computers for 14 General Hospitals for the Digitalization of Healthcare services, monitoring and Evaluation services and effective referral system in the management of secondary care in Ebonyi State</t>
+  </si>
+  <si>
+    <t>priceonly</t>
+  </si>
+  <si>
+    <t>electronic submission via Ebonyi e-Procurement</t>
+  </si>
+  <si>
+    <t>2022-05-04T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-04-04T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-04T08:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-04-01T08:00:00Z</t>
+  </si>
+  <si>
+    <t>Digitalization of Healthcare services</t>
+  </si>
+  <si>
+    <t>Procurement of 14 numbers Computers for 14 General Hospitals for the Digitalization of Healthcare services, monitoring and Evaluation services and effective referral system in the management of secondary care in Ebonyi State.</t>
+  </si>
+  <si>
+    <t>id-2.1</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010236-EB/WTR/EP002-NG-2022-05-13T11:08:25:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-13T11:08:25:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010236-EB/WTR/EP002-NG</t>
+  </si>
+  <si>
+    <t>DUALIZATION OF ABAKALIKI-AFIKPO ROAD UPTO OKOFFIA - LOT 2: Amagu Junction - Ebonyi flyover Ancillary works (3.996km)</t>
+  </si>
+  <si>
+    <t>2022-06-14T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-14T14:13:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-13T13:31:00Z</t>
+  </si>
+  <si>
+    <t>id-2.2</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013503-EB/MPE/EP007-2022-06-08T01:31:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-08T01:31:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013503-EB/MPE/EP007</t>
+  </si>
+  <si>
+    <t>Construction of seismic survey and provision of 25 no. solar-powered boreholes for out of school children under the world bank support BESDA programme Lot 2</t>
+  </si>
+  <si>
+    <t>Award to most responsive bid</t>
+  </si>
+  <si>
+    <t>013502</t>
+  </si>
+  <si>
+    <t>id-3.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008691-EB/MPE/EP007-NG-2022-03-23T14:54:13:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:54:13:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008691-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>BESDA BOOKS LOT 14: Procurement of P3 Igbo Teachers guide (KA ANYI GUO)</t>
+  </si>
+  <si>
+    <t>electronic submission through Ebonyi e-GP System</t>
+  </si>
+  <si>
+    <t>2023-05-03T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-03T14:25:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-02T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T15:41:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-02T10:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T10:00:00Z</t>
+  </si>
+  <si>
+    <t>Provision of Educational Textbooks</t>
+  </si>
+  <si>
+    <t>id-3.1</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010897-EB/IDC/EP001-NG-2022-05-22T23:51:25:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-22T23:51:25:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010897-EB/IDC/EP001-NG</t>
+  </si>
+  <si>
+    <t>PROCURMENT/PURCHASE, TRANSPORTATION AND HANDLING OF MEKSAN TRANSFORMER FOR THE INJECTION SUBSTATION OF THE EBONYI STATE INTERNATIONAL AIRPORT</t>
+  </si>
+  <si>
+    <t>2023-06-26T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-25T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-23T08:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-23T10:00:00Z</t>
+  </si>
+  <si>
+    <t>id-4.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008665-EB/MPE/EP007-NG-2022-03-23T11:58:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T11:58:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008665-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>BESDA BOOKS LOT 1: Procurement of P1 English Textbooks (Early Grade Reading)</t>
+  </si>
+  <si>
+    <t>2022-08-03T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-03T16:06:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T16:49:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-03T17:00:00Z</t>
+  </si>
+  <si>
+    <t>id-4.1</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010891-EB/IDC/EP001-NG-2022-05-22T23:39:30:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-22T23:39:30:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010891-EB/IDC/EP001-NG</t>
+  </si>
+  <si>
+    <t>PROCUREMENT/PURCHASE, TRANSPORTATION AND HANDLING OF DISTRIBUTION TRANSFORMERS FOR USE AT EBONYI STATE INTERNATIONAL AIRPORT</t>
+  </si>
+  <si>
+    <t>2022-06-26T14:00:00Z</t>
+  </si>
+  <si>
+    <t>id-4.2</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013487-EB/IDC/EP001-2022-06-08T00:34:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-08T00:34:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013487-EB/IDC/EP001</t>
+  </si>
+  <si>
+    <t>PMjB6jLFPc5h</t>
+  </si>
+  <si>
+    <t>Procurement, Supply, Installation and 5 years maintenance periodic ICT system for Ebonyi state international Airport</t>
+  </si>
+  <si>
+    <t>EB/IDC/EP001</t>
+  </si>
+  <si>
+    <t>013486</t>
+  </si>
+  <si>
+    <t>id-5.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010101-EB/HLT/EP004-NG-2022-05-09T22:11:32:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-09T22:11:32:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010101-EB/HLT/EP004-NG</t>
+  </si>
+  <si>
+    <t>LOT 2: Construction of solar boreholes with water reticulation</t>
+  </si>
+  <si>
+    <t>2023-06-10T13:40:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-10T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-09T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-09T18:38:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-10T13:40:00Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Remodeling and reconstruction of medical facilities </t>
+  </si>
+  <si>
+    <t>id-5.1</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013475-EB/IDC/EP001-2022-06-08T00:20:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-08T00:20:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013475-EB/IDC/EP001</t>
+  </si>
+  <si>
+    <t>Supply, Fabrication, Installation of Ventilation and air condition Equipment for Ebonyi state international Airport terminal Building</t>
+  </si>
+  <si>
+    <t>013474</t>
+  </si>
+  <si>
+    <t>id-5.2</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013519-EB/MPE/EP007-2022-06-08T02:11:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-08T02:11:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013519-EB/MPE/EP007</t>
+  </si>
+  <si>
+    <t>Construction of seismic survey and provision of 25 no. solar-powered boreholes for out of school children under the world bank support BESDA programme Lot 5</t>
+  </si>
+  <si>
+    <t>013518</t>
+  </si>
+  <si>
+    <t>id-6.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010240-EB/WTR/EP002-NG-2022-05-13T11:16:51:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-13T11:16:51:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010240-EB/WTR/EP002-NG</t>
+  </si>
+  <si>
+    <t>DUALIZATION OF ABAKALIKI-AFIKPO ROAD UPTO OKOFFIA - LOT 4: Abakaliki Ring Road Lot 2 - Onuzoedy (4km)</t>
+  </si>
+  <si>
+    <t>2022-06-14T14:53:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-13T14:42:00Z</t>
+  </si>
+  <si>
+    <t>id-6.1</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010110-EB/HLT/EP004-NG-2022-05-09T18:31:31:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-09T18:31:31:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010110-EB/HLT/EP004-NG</t>
+  </si>
+  <si>
+    <t>LOT 5: Supply of HIV test kits, provision of Mama kits and prequalified sulfadoxine/pyrimethamine (SP) drugs</t>
+  </si>
+  <si>
+    <t>2023-06-09T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-10T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-09T18:27:00Z</t>
+  </si>
+  <si>
+    <t>2023-06-10T14:00:00Z</t>
+  </si>
+  <si>
+    <t>id-6.2</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013534-EB/MPE/EP007-2022-06-08T02:35:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-08T02:35:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013534-EB/MPE/EP007</t>
+  </si>
+  <si>
+    <t>Construction of seismic survey and provision of 25 no. solar-powered boreholes for out of school children under the world bank support BESDA programme Lot 3</t>
+  </si>
+  <si>
+    <t>2021-10-22T10:35:00Z</t>
+  </si>
+  <si>
+    <t>013533</t>
+  </si>
+  <si>
+    <t>id-7.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008551-EB/MPE/EP007-NG-2022-03-14T23:42:24:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-14T23:42:24:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008551-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>LOT 4: Procurement of School Uniform to the returned OOSC</t>
+  </si>
+  <si>
+    <t>:00Z</t>
+  </si>
+  <si>
+    <t>id-7.1</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010107-EB/HLT/EP004-NG-2022-05-09T18:25:25:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-09T18:25:25:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010107-EB/HLT/EP004-NG</t>
+  </si>
+  <si>
+    <t>LOT 4: Construction and installation of 10Nos solar street lights</t>
+  </si>
+  <si>
+    <t>2022-05-09T18:29:00Z</t>
+  </si>
+  <si>
+    <t>id-7.2</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-011061-EB/MPE/EP007-NG-2022-05-27T13:04:45:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-27T13:04:45:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-011061-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>Training of 1010 Head Teachers of Public Primary Schools and 443 Principals of Secondary Schools in Ebonyi State on the Skills to Register Pupils and Students electronically</t>
+  </si>
+  <si>
+    <t>electronic submission</t>
+  </si>
+  <si>
+    <t>2023-06-25T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-25T13:04:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-27T13:09:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-27T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2023-06-25T13:04:00Z</t>
+  </si>
+  <si>
+    <t>id-7.3</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010886-EB/IDC/EP001-NG-2022-05-22T23:34:07:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-22T23:34:07:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010886-EB/IDC/EP001-NG</t>
+  </si>
+  <si>
+    <t>INJECTION SUBSTATION AT EBONYI STATE INTERNATIONAL AIRPORT</t>
+  </si>
+  <si>
+    <t>2022-06-23T18:28:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-23T18:27:00Z</t>
+  </si>
+  <si>
+    <t>id-7.4</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-012176-EB/IDC/EP001-NG-2022-05-26T17:16:03:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-26T17:16:03:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-012176-EB/IDC/EP001-NG</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF FIRE SERVICE DEDICATED ROAD AT EBONYI STATE INTERNATIONAL AIRPORT PROJECT. LENGTH = 0+388.1 LM</t>
+  </si>
+  <si>
+    <t>2022-06-25T16:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-26T17:51:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-23T10:12:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-26T10:12:00Z</t>
+  </si>
+  <si>
+    <t>id-7.5</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013511-EB/MPE/EP007-2022-06-08T01:57:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-08T01:57:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013511-EB/MPE/EP007</t>
+  </si>
+  <si>
+    <t>Construction of seismic survey and provision of 25 no. solar-powered boreholes for out of school children under the world bank support BESDA programme Lot 4</t>
+  </si>
+  <si>
+    <t>2021-11-22T01:57:00Z</t>
+  </si>
+  <si>
+    <t>2022-11-22T01:57:00Z</t>
+  </si>
+  <si>
+    <t>2021-10-22T10:56:00Z</t>
+  </si>
+  <si>
+    <t>013510</t>
+  </si>
+  <si>
+    <t>id-8.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008553-EB/MPE/EP007-NG-2022-03-14T23:45:27:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-14T23:45:27:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008553-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>LOT 5: Procurement of a pair of School Sandals (Rubber type) to OOSC</t>
+  </si>
+  <si>
+    <t>""</t>
+  </si>
+  <si>
+    <t>2022-03-14T13:24:00Z</t>
+  </si>
+  <si>
+    <t>id-9.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008555-EB/MPE/EP007-NG-2022-03-14T11:58:39:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-14T11:58:39:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008555-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Purchase of a Smart device for 1075 schools</t>
+  </si>
+  <si>
+    <t>Purchase of a Smart device for 1075 schools</t>
+  </si>
+  <si>
+    <t>2023-06-05T12:00:00Z</t>
+  </si>
+  <si>
+    <t>EBONYI STATE BETTER EDUCATION SERVICE DELIVERY</t>
+  </si>
+  <si>
+    <t>LOT 6: Purchase of a Smart device for 1075 schools</t>
+  </si>
+  <si>
+    <t>id-10.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008671-EB/MPE/EP007-NG-2022-03-23T13:57:14:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T13:57:14:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008671-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>BESDA BOOKS LOT 4: Procurement of P1 Igbo Teachers guide (KA ANYI GUO)</t>
+  </si>
+  <si>
+    <t>awardtothemostresponsivebid</t>
+  </si>
+  <si>
+    <t>2022-05-03T15:11:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T15:06:00Z</t>
+  </si>
+  <si>
+    <t>id-11.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008669-EB/MPE/EP007-NG-2022-03-23T13:47:52:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T13:47:52:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008669-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>BESDA BOOKS LOT 3: Procurement of P1 Igbo Textbooks (KA ANYI GUO)</t>
+  </si>
+  <si>
+    <t>electronic submission via Ebonyi e-Procurement system</t>
+  </si>
+  <si>
+    <t>2022-05-03T14:33:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T19:26:00Z</t>
+  </si>
+  <si>
+    <t>id-12.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008667-EB/MPE/EP007-NG-2022-03-23T13:44:34:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T13:44:34:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008667-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>BESDA BOOKS LOT 2: Teachers guide (Early Grade Reading)</t>
+  </si>
+  <si>
+    <t>awardedtomostresponsivebid</t>
+  </si>
+  <si>
+    <t>electronic submission through Ebonyi e-Procurement</t>
+  </si>
+  <si>
+    <t>2023-03-05T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-05T16:23:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T18:25:00Z</t>
+  </si>
+  <si>
+    <t>Early Grade Reading</t>
+  </si>
+  <si>
+    <t>id-13.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008675-EB/MPE/EP007-NG-2022-03-23T14:24:46:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:24:46:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008675-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>BESDA BOOKS LOT 6: Procurement of Supplementary Reading Materials (IGBO/ mother tongue)</t>
+  </si>
+  <si>
+    <t>awardtothemostresponsive</t>
+  </si>
+  <si>
+    <t>2023-05-03T15:32:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-03T15:32:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:29:00Z</t>
+  </si>
+  <si>
+    <t>id-14.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008673-EB/MPE/EP007-NG-2022-03-23T14:20:11:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:20:11:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008673-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>BESDA BOOKS LOT 5: Procurement of Supplementary Reading Materials (English)</t>
+  </si>
+  <si>
+    <t>2022-05-03T16:31:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:25:00Z</t>
+  </si>
+  <si>
+    <t>id-15.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008677-EB/MPE/EP007-NG-2022-03-23T14:27:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:27:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008677-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>BESDA BOOKS LOT 7: Procurement of: P2 Textbooks (EGR USAID)</t>
+  </si>
+  <si>
+    <t>2022-05-03T16:45:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:32:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:33:00Z</t>
+  </si>
+  <si>
+    <t>id-16.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008679-EB/MPE/EP007-NG-2022-03-23T14:36:51:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:36:51:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008679-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>BESDA BOOKS LOT 8: Teachers guide 1 (EGR USAID)</t>
+  </si>
+  <si>
+    <t>2023-05-06T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-06T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:36:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:35:00Z</t>
+  </si>
+  <si>
+    <t>id-17.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008681-EB/MPE/EP007-NG-2022-03-23T14:40:56:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:40:56:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008681-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>BESDA BOOKS LOT 9: Procurement of  P2 Igbo Textbooks (KA ANYI GUO)</t>
+  </si>
+  <si>
+    <t>BESDA BOOKS LOT 9: Procurement of P2 Igbo Textbooks (KA ANYI GUO)</t>
+  </si>
+  <si>
+    <t>electric submission through Ebonyi e-Procurement system</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:45:00Z</t>
+  </si>
+  <si>
+    <t>id-18.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008683-EB/MPE/EP007-NG-2022-03-23T14:45:04:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:45:04:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008683-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>BESDA BOOKS LOT10: Procurement of P2 Igbo Teachers guide (KA ANYI GUO)</t>
+  </si>
+  <si>
+    <t>electronic submission through Ebonyi e-Procurement System</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:50:00Z</t>
+  </si>
+  <si>
+    <t>id-19.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008685-EB/MPE/EP007-NG-2022-03-23T14:47:58:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:47:58:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008685-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>BESDA BOOKS LOT 11: Procurement of:  P3 Textbooks (EGR USAID)</t>
+  </si>
+  <si>
+    <t>BESDA BOOKS LOT 11: Procurement of: P3 Textbooks (EGR USAID)</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:52:00Z</t>
+  </si>
+  <si>
+    <t>id-20.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008689-EB/MPE/EP007-NG-2022-03-23T14:52:29:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:52:29:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008689-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>BESDA BOOKS LOT 13: Procurement of  P3 Igbo Textbooks (KA ANYI GUO)</t>
+  </si>
+  <si>
+    <t>BESDA BOOKS LOT 13: Procurement of P3 Igbo Textbooks (KA ANYI GUO)</t>
+  </si>
+  <si>
+    <t>2023-05-02T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-03T14:16:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:58:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-03T14:00:00Z</t>
+  </si>
+  <si>
+    <t>id-21.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010104-EB/HLT/EP004-NG-2022-05-09T18:21:45:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-09T18:21:45:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010104-EB/HLT/EP004-NG</t>
+  </si>
+  <si>
+    <t>LOT 3: Construction of solar mini-grid 100KVA with lithium ion battery and 15KVA solar mini grid with lithium ion battery and 100KVA backup generator</t>
+  </si>
+  <si>
+    <t>2022-06-10T14:59:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-09T18:23:00Z</t>
+  </si>
+  <si>
+    <t>id-22.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008687-EB/MPE/EP007-NG-2022-03-23T14:50:21:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:50:21:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008687-EB/MPE/EP007-NG</t>
+  </si>
+  <si>
+    <t>BESDA BOOKS LOT 12: Teachers guide 2 (EGR USAID)</t>
+  </si>
+  <si>
+    <t>2022-03-23T14:55:00Z</t>
+  </si>
+  <si>
+    <t>id-23.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010008-EB/HLT/EP004-NG-2022-05-04T16:17:43:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-04T16:17:43:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010008-EB/HLT/EP004-NG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOT 1: Remodeling, reconstruction, renovation/external works of pharma grade Central Medical Store </t>
+  </si>
+  <si>
+    <t>LOT 1: Remodeling, reconstruction, renovation/external works of pharma grade Central Medical Store</t>
+  </si>
+  <si>
+    <t>2022-06-10T14:56:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-09T21:13:00Z</t>
+  </si>
+  <si>
+    <t>Remodeling, reconstruction, renovation/external works of pharma grade Central Medical Store</t>
+  </si>
+  <si>
+    <t>id-24.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010234-EB/WTR/EP002-NG-2022-05-13T11:00:19:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-13T11:00:19:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010234-EB/WTR/EP002-NG</t>
+  </si>
+  <si>
+    <t>DUALIZATION OF ABAKALIKI-AFIKPO ROAD UPTO OKOFFIA - LOT 1: Abakaliki Timbershed - Amagu Junction (4km)</t>
+  </si>
+  <si>
+    <t>electronic award through Ebonyi e-GP</t>
+  </si>
+  <si>
+    <t>2022-06-14T14:04:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-13T11:32:00Z</t>
+  </si>
+  <si>
+    <t>id-25.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-012170-EB/IDC/EP001-NG-2022-05-26T16:00:48:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-26T16:00:48:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-012170-EB/IDC/EP001-NG</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF APRON ACCESS LANE (LOCAL AIRLINES PLATFORM) AT EBONYI STATE INTERNATIONAL AIRPORT PROJECT. LENGTH = 0+323.1 M</t>
+  </si>
+  <si>
+    <t>2022-05-26T16:00:00Z</t>
+  </si>
+  <si>
+    <t>2023-06-23T10:00:00Z</t>
+  </si>
+  <si>
+    <t>id-26.0</t>
+  </si>
+  <si>
     <t>ocds-zinqhl-010238-EB/WTR/EP002-NG-2022-05-13T11:11:34:00Z</t>
   </si>
   <si>
     <t>2022-05-13T11:11:34:00Z</t>
   </si>
   <si>
     <t>ocds-zinqhl-010238-EB/WTR/EP002-NG</t>
   </si>
   <si>
-    <t>works@ebonyieprocure.eb.gov.ng</t>
-[...4 lines deleted...]
-  <si>
     <t>DUALIZATION OF ABAKALIKI-AFIKPO ROAD UPTO OKOFFIA - LOT 3: Airport Ancillary Works -Abakaliki Ring Road Lot 2 (4km)</t>
   </si>
   <si>
-    <t>works</t>
-[...10 lines deleted...]
-  <si>
     <t>2022-06-14T14:35:00Z</t>
   </si>
   <si>
-    <t>2022-06-13T14:00:00Z</t>
-[...1 lines deleted...]
-  <si>
     <t>2022-05-13T14:11:00Z</t>
   </si>
   <si>
     <t>2023-06-14T14:35:00Z</t>
   </si>
   <si>
-    <t>open tendering</t>
-[...200 lines deleted...]
-    <t>id-4.0</t>
+    <t>id-27.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010888-EB/IDC/EP001-NG-2022-05-22T23:37:07:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-22T23:37:07:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010888-EB/IDC/EP001-NG</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF PROPOSED GENERATOR HOUSE AT EBONYI STATE INTERNATIONAL AIRPORT</t>
+  </si>
+  <si>
+    <t>id-28.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010894-EB/IDC/EP001-NG-2022-05-22T23:41:45:00Z</t>
+  </si>
+  <si>
+    <t>2022-05-22T23:41:45:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010894-EB/IDC/EP001-NG</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF PROPOSED EMERGENCY OPERATION CENTER (EOC) AT EBONYI STATE INTERNATIONAL AIRPORT</t>
+  </si>
+  <si>
+    <t>award to most responsive</t>
+  </si>
+  <si>
+    <t>id-29.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013495-EB/MPE/EP007-2022-06-08T01:13:00Z</t>
+  </si>
+  <si>
+    <t>2022-06-08T01:13:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013495-EB/MPE/EP007</t>
+  </si>
+  <si>
+    <t>Construction of seismic survey and provision of 25 no. solar-powered boreholes for out of school children under the world bank support BESDA programme Lot 1</t>
+  </si>
+  <si>
+    <t>price only</t>
+  </si>
+  <si>
+    <t>2022-10-22T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2021-10-22T14:00:00Z</t>
+  </si>
+  <si>
+    <t>013494</t>
+  </si>
+  <si>
+    <t>id-31.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-008545-EB/MPE/EP007-NG-2022-03-14T22:14:51:00Z</t>
   </si>
   <si>
     <t>2022-03-14T22:14:51:00Z</t>
   </si>
   <si>
     <t>ocds-zinqhl-008545-EB/MPE/EP007-NG</t>
   </si>
   <si>
     <t>LOT1: Provision of a launch pack of snack and drink for each Out of School Child</t>
   </si>
   <si>
     <t>2022-06-05T22:34:00Z</t>
   </si>
   <si>
-    <t>EBONYI STATE BETTER EDUCATION SERVICE DELIVERY</t>
-[...949 lines deleted...]
-  <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>contractPeriod_endDate</t>
   </si>
   <si>
     <t>contractPeriod_startDate</t>
   </si>
   <si>
     <t>contractPeriod_durationInDays</t>
   </si>
   <si>
     <t>id-0.0.awards.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-008547-EB/MPE/EP007-NGi/120</t>
   </si>
   <si>
+    <t>id-0.1.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-012173-EB/IDC/EP001-NGi/168</t>
+  </si>
+  <si>
+    <t>id-0.2.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-014665-EB/WTR/EP002-NGi/221</t>
+  </si>
+  <si>
     <t>id-1.0.awards.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-008549-EB/MPE/EP007-NGi/113</t>
   </si>
   <si>
     <t>id-1.1.awards.0</t>
   </si>
   <si>
+    <t>ocds-zinqhl-010242-EB/WTR/EP002-NGi/213</t>
+  </si>
+  <si>
+    <t>id-1.2.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013526-EB/MPE/EP007_ocds-zinqhl-013526-EB/MPE/EP007013529</t>
+  </si>
+  <si>
+    <t>id-2.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008525-EB/HLT/EP004-NGi/76</t>
+  </si>
+  <si>
+    <t>id-2.1.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010236-EB/WTR/EP002-NGi/158</t>
+  </si>
+  <si>
+    <t>id-2.2.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013503-EB/MPE/EP007_ocds-zinqhl-013503-EB/MPE/EP007013506</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008691-EB/MPE/EP007-NGi/95</t>
+  </si>
+  <si>
+    <t>id-3.1.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010897-EB/IDC/EP001-NGi/162</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008665-EB/MPE/EP007-NGi/142</t>
+  </si>
+  <si>
+    <t>id-4.1.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010891-EB/IDC/EP001-NGi/173</t>
+  </si>
+  <si>
+    <t>id-4.2.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013487-EB/IDC/EP001_ocds-zinqhl-013487-EB/IDC/EP001013490</t>
+  </si>
+  <si>
+    <t>id-5.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010101-EB/HLT/EP004-NGi/191</t>
+  </si>
+  <si>
+    <t>id-5.1.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013475-EB/IDC/EP001_ocds-zinqhl-013475-EB/IDC/EP001013480</t>
+  </si>
+  <si>
+    <t>id-5.2.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013519-EB/MPE/EP007_ocds-zinqhl-013519-EB/MPE/EP007013522</t>
+  </si>
+  <si>
+    <t>id-6.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010240-EB/WTR/EP002-NGi/201</t>
+  </si>
+  <si>
+    <t>id-6.1.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010110-EB/HLT/EP004-NGi/186</t>
+  </si>
+  <si>
+    <t>id-6.2.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013534-EB/MPE/EP007_ocds-zinqhl-013534-EB/MPE/EP007013537</t>
+  </si>
+  <si>
+    <t>id-7.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008551-EB/MPE/EP007-NGi/78</t>
+  </si>
+  <si>
+    <t>id-7.1.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010107-EB/HLT/EP004-NGi/184</t>
+  </si>
+  <si>
+    <t>id-7.2.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-011061-EB/MPE/EP007-NGi/223</t>
+  </si>
+  <si>
+    <t>id-7.3.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010886-EB/IDC/EP001-NGi/207</t>
+  </si>
+  <si>
+    <t>id-7.4.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-012176-EB/IDC/EP001-NGi/167</t>
+  </si>
+  <si>
+    <t>id-7.5.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013511-EB/MPE/EP007_ocds-zinqhl-013511-EB/MPE/EP007013514</t>
+  </si>
+  <si>
+    <t>2021-11-22T13:57:00Z</t>
+  </si>
+  <si>
+    <t>id-8.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008553-EB/MPE/EP007-NGi/132</t>
+  </si>
+  <si>
+    <t>id-9.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008555-EB/MPE/EP007-NGi/124</t>
+  </si>
+  <si>
+    <t>id-10.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008671-EB/MPE/EP007-NGi/98</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008669-EB/MPE/EP007-NGi/97</t>
+  </si>
+  <si>
+    <t>id-12.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008667-EB/MPE/EP007-NGi/130</t>
+  </si>
+  <si>
+    <t>id-13.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008675-EB/MPE/EP007-NGi/85</t>
+  </si>
+  <si>
+    <t>id-14.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008673-EB/MPE/EP007-NGi/105</t>
+  </si>
+  <si>
+    <t>id-15.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008677-EB/MPE/EP007-NGi/141</t>
+  </si>
+  <si>
+    <t>id-16.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008679-EB/MPE/EP007-NGi/138</t>
+  </si>
+  <si>
+    <t>id-17.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008681-EB/MPE/EP007-NGi/96</t>
+  </si>
+  <si>
+    <t>id-18.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008683-EB/MPE/EP007-NGi/90</t>
+  </si>
+  <si>
+    <t>id-19.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008685-EB/MPE/EP007-NGi/143</t>
+  </si>
+  <si>
+    <t>id-20.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008689-EB/MPE/EP007-NGi/99</t>
+  </si>
+  <si>
+    <t>id-21.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010104-EB/HLT/EP004-NGi/181</t>
+  </si>
+  <si>
+    <t>id-22.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-008687-EB/MPE/EP007-NGi/114</t>
+  </si>
+  <si>
+    <t>id-23.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010008-EB/HLT/EP004-NGi/176</t>
+  </si>
+  <si>
+    <t>id-24.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010234-EB/WTR/EP002-NGi/157</t>
+  </si>
+  <si>
+    <t>id-25.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-012170-EB/IDC/EP001-NGi/159</t>
+  </si>
+  <si>
+    <t>id-26.0.awards.0</t>
+  </si>
+  <si>
     <t>ocds-zinqhl-010238-EB/WTR/EP002-NGi/170</t>
   </si>
   <si>
-    <t>id-1.2.awards.0</t>
-[...29 lines deleted...]
-    <t>id-4.0.awards.0</t>
+    <t>id-27.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010888-EB/IDC/EP001-NGi/200</t>
+  </si>
+  <si>
+    <t>id-28.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-010894-EB/IDC/EP001-NGi/195</t>
+  </si>
+  <si>
+    <t>id-29.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013495-EB/MPE/EP007_ocds-zinqhl-013495-EB/MPE/EP007013498</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-008545-EB/MPE/EP007-NGi/111</t>
   </si>
   <si>
-    <t>id-5.0.awards.0</t>
-[...241 lines deleted...]
-  <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>quantity</t>
   </si>
   <si>
     <t>unit_name</t>
   </si>
   <si>
     <t>unit_scheme</t>
   </si>
   <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
     <t>classification_description</t>
   </si>
   <si>
     <t>deliveryAddress_locality</t>
   </si>
   <si>
     <t>id-0.0.awards.0.items.0</t>
   </si>
   <si>
     <t>Nos</t>
   </si>
   <si>
     <t>UNCEFACT</t>
   </si>
   <si>
     <t>103631</t>
   </si>
   <si>
     <t>UNSPSC</t>
   </si>
   <si>
     <t>Laboratory and Measuring and Observing and Testing Equipment</t>
   </si>
   <si>
+    <t>id-0.1.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>165158</t>
+  </si>
+  <si>
+    <t>Highway and road new construction service</t>
+  </si>
+  <si>
+    <t>EBONYI STATE INTERNATIONAL AIRPORT PROJECT</t>
+  </si>
+  <si>
+    <t>id-0.2.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>packs</t>
+  </si>
+  <si>
+    <t>100767</t>
+  </si>
+  <si>
+    <t>Stationery</t>
+  </si>
+  <si>
+    <t>Abakaliki Ebonyi State</t>
+  </si>
+  <si>
     <t>id-1.0.awards.0.items.0</t>
   </si>
   <si>
     <t>101324</t>
   </si>
   <si>
     <t>Bags</t>
   </si>
   <si>
     <t>id-1.1.awards.0.items.0</t>
   </si>
   <si>
     <t>LOT</t>
   </si>
   <si>
-    <t>165158</t>
-[...4 lines deleted...]
-  <si>
     <t>ABAKALIKI-AFIKPO ROAD UPTO OKOFFIA</t>
   </si>
   <si>
     <t>id-1.2.awards.0.items.0</t>
   </si>
   <si>
+    <t>113768</t>
+  </si>
+  <si>
+    <t>Seismic services</t>
+  </si>
+  <si>
+    <t>Ebonyi State</t>
+  </si>
+  <si>
+    <t>id-2.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>104844</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
+    <t>id-2.1.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-2.2.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>107267</t>
+  </si>
+  <si>
+    <t>Educational or vocational textbooks</t>
+  </si>
+  <si>
+    <t>id-3.1.awards.0.items.0</t>
+  </si>
+  <si>
     <t>No</t>
   </si>
   <si>
     <t>135573</t>
   </si>
   <si>
     <t>Distribution power transformers</t>
   </si>
   <si>
+    <t>id-4.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-4.1.awards.0.items.0</t>
+  </si>
+  <si>
     <t>EBONYI STATE INTERNATIONAL AIRPORT</t>
   </si>
   <si>
-    <t>id-1.3.awards.0.items.0</t>
-[...44 lines deleted...]
-    <t>id-4.0.awards.0.items.0</t>
+    <t>id-4.2.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>Lot</t>
+  </si>
+  <si>
+    <t>107395</t>
+  </si>
+  <si>
+    <t>Information services</t>
+  </si>
+  <si>
+    <t>Abakaliki</t>
   </si>
   <si>
     <t>id-5.0.awards.0.items.0</t>
   </si>
   <si>
+    <t>103581</t>
+  </si>
+  <si>
+    <t>Water pumps</t>
+  </si>
+  <si>
+    <t>id-5.1.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>1000201257</t>
+  </si>
+  <si>
+    <t>Airport, Fauna Control Services</t>
+  </si>
+  <si>
+    <t>id-5.2.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-6.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-6.1.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-6.2.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-7.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>112970</t>
+  </si>
+  <si>
+    <t>Uniforms</t>
+  </si>
+  <si>
+    <t>id-7.1.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>178466</t>
+  </si>
+  <si>
+    <t>Renewable energy street lighting</t>
+  </si>
+  <si>
+    <t>id-7.2.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>107413</t>
+  </si>
+  <si>
+    <t>Education and Training Services</t>
+  </si>
+  <si>
+    <t>id-7.3.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-7.4.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-7.5.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>Ebonyi state</t>
+  </si>
+  <si>
+    <t>id-8.0.awards.0.items.0</t>
+  </si>
+  <si>
     <t>107153</t>
   </si>
   <si>
     <t>Sandals</t>
   </si>
   <si>
-    <t>id-6.0.awards.0.items.0</t>
+    <t>id-9.0.awards.0.items.0</t>
   </si>
   <si>
     <t>104878</t>
   </si>
   <si>
     <t>Touch pads</t>
   </si>
   <si>
-    <t>id-7.0.awards.0.items.0</t>
-[...22 lines deleted...]
-  <si>
     <t>id-10.0.awards.0.items.0</t>
   </si>
   <si>
     <t>id-11.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>id-11.1.awards.0.items.0</t>
-[...7 lines deleted...]
-  <si>
     <t>id-12.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>id-12.1.awards.0.items.0</t>
-[...7 lines deleted...]
-  <si>
     <t>id-13.0.awards.0.items.0</t>
   </si>
   <si>
     <t>id-14.0.awards.0.items.0</t>
   </si>
   <si>
     <t>id-15.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>id-15.1.awards.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-16.0.awards.0.items.0</t>
   </si>
   <si>
     <t>id-17.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>id-17.1.awards.0.items.0</t>
-[...7 lines deleted...]
-  <si>
     <t>id-18.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>id-18.1.awards.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-19.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>103581</t>
-[...7 lines deleted...]
-  <si>
     <t>id-20.0.awards.0.items.0</t>
   </si>
   <si>
+    <t>id-21.0.awards.0.items.0</t>
+  </si>
+  <si>
     <t>101852</t>
   </si>
   <si>
     <t>Solar power plants</t>
   </si>
   <si>
-    <t>id-20.1.awards.0.items.0</t>
-[...14 lines deleted...]
-    <t>id-21.1.awards.0.items.0</t>
+    <t>id-22.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-23.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>165134</t>
+  </si>
+  <si>
+    <t>Commercial and office building renovation and repair service</t>
+  </si>
+  <si>
+    <t>id-24.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-25.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-26.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-27.0.awards.0.items.0</t>
   </si>
   <si>
     <t>112893</t>
   </si>
   <si>
     <t>Permanent buildings and structures</t>
   </si>
   <si>
-    <t>id-21.2.awards.0.items.0</t>
-[...17 lines deleted...]
-    <t>id-22.2.awards.0.items.0</t>
+    <t>id-28.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-29.0.awards.0.items.0</t>
   </si>
   <si>
     <t>Ebonyi</t>
   </si>
   <si>
-    <t>id-23.0.awards.0.items.0</t>
-[...22 lines deleted...]
-  <si>
     <t>id-31.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>112970</t>
-[...4 lines deleted...]
-  <si>
     <t>name</t>
   </si>
   <si>
     <t>id-0.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>1892797</t>
   </si>
   <si>
     <t>ADIEL PHARMACY &amp; STORES LIMITED</t>
   </si>
   <si>
+    <t>id-0.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>1414195</t>
+  </si>
+  <si>
+    <t>BLACK LEGEND TECHNOLOGIES LTD</t>
+  </si>
+  <si>
+    <t>id-0.2.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>RC 3306867</t>
+  </si>
+  <si>
+    <t>INNOAGY AGRO VENTURES</t>
+  </si>
+  <si>
     <t>id-1.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>1041964</t>
   </si>
   <si>
     <t>TONYCELLE NIG LTD</t>
   </si>
   <si>
     <t>id-1.1.awards.0.suppliers.0</t>
   </si>
   <si>
+    <t>1522815</t>
+  </si>
+  <si>
+    <t>THOMPOWER GLOBAL SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>id-1.2.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>664606</t>
+  </si>
+  <si>
+    <t>WELL DRILL NIGERIA LIMITED</t>
+  </si>
+  <si>
+    <t>id-2.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>Rc 1172254</t>
+  </si>
+  <si>
+    <t>PAMAX GLOBAL SYNERGY LTD</t>
+  </si>
+  <si>
+    <t>id-2.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>193678</t>
+  </si>
+  <si>
+    <t>PATAN NIGERIA LTD.</t>
+  </si>
+  <si>
+    <t>id-2.2.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>219804</t>
+  </si>
+  <si>
+    <t>The Scholastichall</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>1578522</t>
+  </si>
+  <si>
+    <t>DRE.LINKS GLOBAL RESOURCES LTD</t>
+  </si>
+  <si>
+    <t>id-3.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>2731472</t>
+  </si>
+  <si>
+    <t>HAPTRICK VENTURES</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>757928</t>
+  </si>
+  <si>
+    <t>JSM GOLD INVESTMENT LTD</t>
+  </si>
+  <si>
+    <t>id-4.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>774343</t>
+  </si>
+  <si>
+    <t>GREEN AGE INTERNATIONAL LTD</t>
+  </si>
+  <si>
+    <t>id-4.2.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>898939</t>
+  </si>
+  <si>
+    <t>Blue Ocean Technical Services</t>
+  </si>
+  <si>
+    <t>id-5.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>1156714</t>
+  </si>
+  <si>
+    <t>EXPREZO DEVELOPMENT SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>id-5.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-5.2.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>DWHL12</t>
+  </si>
+  <si>
+    <t>Dealer Ware House Ltd</t>
+  </si>
+  <si>
+    <t>id-6.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-6.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>484085</t>
+  </si>
+  <si>
+    <t>EMERALD TOWERS LIMITED</t>
+  </si>
+  <si>
+    <t>id-6.2.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>89765</t>
+  </si>
+  <si>
+    <t>SAAP -Tech Nig Ltd</t>
+  </si>
+  <si>
+    <t>id-7.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>BN3065253</t>
+  </si>
+  <si>
+    <t>DOMIJO MULTI BUSINESS RESOURCES</t>
+  </si>
+  <si>
+    <t>id-7.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>1426659</t>
+  </si>
+  <si>
+    <t>ASFRANK NIGERIA LIMITED</t>
+  </si>
+  <si>
+    <t>id-7.2.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>1497017</t>
+  </si>
+  <si>
+    <t>Codefest international</t>
+  </si>
+  <si>
+    <t>id-7.3.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>1402585</t>
+  </si>
+  <si>
+    <t>FOXGUS CONSTRUCTION COMPANY LTD</t>
+  </si>
+  <si>
+    <t>id-7.4.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>1413381</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKYGRID CONSTRUCTION NIGERIA LIMITED </t>
+  </si>
+  <si>
+    <t>id-7.5.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>RN12</t>
+  </si>
+  <si>
+    <t>Rudoz Nig Ltd</t>
+  </si>
+  <si>
+    <t>id-8.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>1736712</t>
+  </si>
+  <si>
+    <t>DEVINE PURPOSE MULTIVISION NIG</t>
+  </si>
+  <si>
+    <t>id-9.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>1070383</t>
+  </si>
+  <si>
+    <t>HIPACK systems LTD</t>
+  </si>
+  <si>
+    <t>id-10.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>426726</t>
+  </si>
+  <si>
+    <t>AGELINK NETWORK LIMITED</t>
+  </si>
+  <si>
+    <t>id-12.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>756063</t>
+  </si>
+  <si>
+    <t>NTUM GLOBAL INVESTMENT LTD</t>
+  </si>
+  <si>
+    <t>id-13.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>rc 982345</t>
+  </si>
+  <si>
+    <t>LA&amp;#34;KONYE TECHNOLOGIES LTD</t>
+  </si>
+  <si>
+    <t>id-14.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>271600619</t>
+  </si>
+  <si>
+    <t>GRISOL NIGERIA LIMITED</t>
+  </si>
+  <si>
+    <t>id-15.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>1446161</t>
+  </si>
+  <si>
+    <t>RENATURE NIG LTD</t>
+  </si>
+  <si>
+    <t>id-16.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>2767083</t>
+  </si>
+  <si>
+    <t>SIMIKAN VENTURES</t>
+  </si>
+  <si>
+    <t>id-17.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>1580173</t>
+  </si>
+  <si>
+    <t>DEVINE IMPACT PROFILE LTD</t>
+  </si>
+  <si>
+    <t>id-18.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>1432466</t>
+  </si>
+  <si>
+    <t>INTEGRATED SIMAP LTD</t>
+  </si>
+  <si>
+    <t>id-19.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>943723</t>
+  </si>
+  <si>
+    <t>MST GLOBAL MULTI SERVICES LTD</t>
+  </si>
+  <si>
+    <t>id-20.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-21.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>1154961</t>
+  </si>
+  <si>
+    <t>SLEEKHILLS Nigeria LIMITED</t>
+  </si>
+  <si>
+    <t>id-22.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>647667</t>
+  </si>
+  <si>
+    <t>MOREEN GLOBAL RESOURCES NIG LTD</t>
+  </si>
+  <si>
+    <t>id-23.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>328611</t>
+  </si>
+  <si>
+    <t>XYZ ENGINEERING NIGERIA LTD</t>
+  </si>
+  <si>
+    <t>id-24.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>RC 995673</t>
+  </si>
+  <si>
+    <t>Reinforced Global Resources LTD</t>
+  </si>
+  <si>
+    <t>id-25.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-26.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
     <t>1263126</t>
   </si>
   <si>
     <t>KLYN CONSTRUCTION WORKS LTD</t>
   </si>
   <si>
-    <t>id-1.2.awards.0.suppliers.0</t>
-[...272 lines deleted...]
-    <t>id-21.1.awards.0.suppliers.0</t>
+    <t>id-27.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>754213</t>
   </si>
   <si>
     <t>AUSTAC INTEGRATED SERVICES</t>
   </si>
   <si>
-    <t>id-21.2.awards.0.suppliers.0</t>
-[...26 lines deleted...]
-    <t>id-22.1.awards.0.suppliers.0</t>
+    <t>id-28.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>1086209</t>
   </si>
   <si>
     <t>JOMEN CONSTRUCTION NIGERIA LIMITED</t>
   </si>
   <si>
-    <t>id-22.2.awards.0.suppliers.0</t>
+    <t>id-29.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>1743993</t>
   </si>
   <si>
     <t>Park Hill Nig. Ltd</t>
   </si>
   <si>
-    <t>id-23.0.awards.0.suppliers.0</t>
-[...40 lines deleted...]
-  <si>
     <t>id-31.0.awards.0.suppliers.0</t>
   </si>
   <si>
-    <t>BN3065253</t>
-[...4 lines deleted...]
-  <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_locality</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>address_streetAddress</t>
   </si>
   <si>
     <t>identifier_scheme</t>
   </si>
   <si>
     <t>identifier_legalName</t>
   </si>
   <si>
     <t>contactPoint_url</t>
@@ -2633,2109 +2633,2109 @@
   <si>
     <t>id-0.0.parties.1</t>
   </si>
   <si>
     <t>supplier</t>
   </si>
   <si>
     <t>ABAKALIKI</t>
   </si>
   <si>
     <t>1 OMEGE AVENUE,AMIKE ABA</t>
   </si>
   <si>
     <t>NIL</t>
   </si>
   <si>
     <t>Procurement Team</t>
   </si>
   <si>
     <t>adielpharmacy2022@gmail.com</t>
   </si>
   <si>
     <t>09137940399</t>
   </si>
   <si>
+    <t>id-0.1.parties.0</t>
+  </si>
+  <si>
+    <t>http://www.ebonyistate.gov.ng/Ministry/Infras</t>
+  </si>
+  <si>
+    <t>Engr. Fidelis Nweze Kings</t>
+  </si>
+  <si>
+    <t>id-0.1.parties.1</t>
+  </si>
+  <si>
+    <t>No. 13 Agwu Street, Abakaliki</t>
+  </si>
+  <si>
+    <t>https://ebonyieprocure.eb.gov.ng/report/economic_operator.php</t>
+  </si>
+  <si>
+    <t>blacklegendtech@gmail.com</t>
+  </si>
+  <si>
+    <t>07062526639</t>
+  </si>
+  <si>
+    <t>id-0.2.parties.0</t>
+  </si>
+  <si>
+    <t>EB/WTR/EP002</t>
+  </si>
+  <si>
+    <t>http://www.mowt.eb.gov.ng/</t>
+  </si>
+  <si>
+    <t>ENGR. OBASI, OGBONNAYA ABARA</t>
+  </si>
+  <si>
+    <t>id-0.2.parties.1</t>
+  </si>
+  <si>
+    <t>1 Nwankwo Street Abakaliki</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nil </t>
+  </si>
+  <si>
+    <t>innocentakamc@gmail.com</t>
+  </si>
+  <si>
+    <t>08035289029</t>
+  </si>
+  <si>
     <t>id-1.0.parties.0</t>
   </si>
   <si>
     <t>id-1.0.parties.1</t>
   </si>
   <si>
     <t>AFIKPO</t>
   </si>
   <si>
     <t>14 WTC ROAD UGWUEGU ELU</t>
   </si>
   <si>
-    <t>https://ebonyieprocure.eb.gov.ng/report/economic_operator.php</t>
-[...1 lines deleted...]
-  <si>
     <t>tonycellenig@gmail.com</t>
   </si>
   <si>
     <t>08124481254</t>
   </si>
   <si>
     <t>id-1.1.parties.0</t>
   </si>
   <si>
-    <t>EB/WTR/EP002</t>
-[...7 lines deleted...]
-  <si>
     <t>id-1.1.parties.1</t>
   </si>
   <si>
+    <t xml:space="preserve">Abakaliki </t>
+  </si>
+  <si>
+    <t>Plot 35 mile 50</t>
+  </si>
+  <si>
+    <t>davjesnigerialtd@yahoo.com</t>
+  </si>
+  <si>
+    <t>08035808019</t>
+  </si>
+  <si>
+    <t>id-1.2.parties.0</t>
+  </si>
+  <si>
+    <t>Ebonyi East</t>
+  </si>
+  <si>
+    <t>EB</t>
+  </si>
+  <si>
+    <t>id-1.2.parties.1</t>
+  </si>
+  <si>
+    <t>V/ISLAND, LAGOS</t>
+  </si>
+  <si>
+    <t>PLOT 308, ADEOLA ODEKU STREET V/ISLAND, LAGOS</t>
+  </si>
+  <si>
+    <t>NA</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.0</t>
+  </si>
+  <si>
+    <t>EB/HLT/EP004</t>
+  </si>
+  <si>
+    <t>http://www.ebonyistate.gov.ng/Ministry/Health</t>
+  </si>
+  <si>
+    <t>Dr. Umezurike Daniel (FWACS, FICS)</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.1</t>
+  </si>
+  <si>
+    <t>5 IKENGA STREET ABAKALIKI</t>
+  </si>
+  <si>
+    <t>Nil</t>
+  </si>
+  <si>
+    <t>pamaxgsy22@gmail.com</t>
+  </si>
+  <si>
+    <t>08033464110</t>
+  </si>
+  <si>
+    <t>id-2.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-2.1.parties.1</t>
+  </si>
+  <si>
+    <t>No.1 Nwofoke Oda Street</t>
+  </si>
+  <si>
+    <t>patannigltd@gmail.com</t>
+  </si>
+  <si>
+    <t>07036646664</t>
+  </si>
+  <si>
+    <t>id-2.2.parties.0</t>
+  </si>
+  <si>
+    <t>id-2.2.parties.1</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.1</t>
+  </si>
+  <si>
+    <t>ABUJA</t>
+  </si>
+  <si>
+    <t>21 RAMLAN ABUBAKAH CLOSE LAFIA CAMP,ABUJA,FCT</t>
+  </si>
+  <si>
+    <t>drelinksgloballres@gmail.com</t>
+  </si>
+  <si>
+    <t>08025816470</t>
+  </si>
+  <si>
+    <t>id-3.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-3.1.parties.1</t>
+  </si>
+  <si>
+    <t>Ojo</t>
+  </si>
+  <si>
+    <t>B33 Alaba International Market</t>
+  </si>
+  <si>
+    <t>haptrickventures@gmail.com</t>
+  </si>
+  <si>
+    <t>08034064477</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.1</t>
+  </si>
+  <si>
+    <t>OKPOSI</t>
+  </si>
+  <si>
+    <t>NO 1 NTUM CLOSE</t>
+  </si>
+  <si>
+    <t>goldjsminves@gmail.com</t>
+  </si>
+  <si>
+    <t>08079204663</t>
+  </si>
+  <si>
+    <t>id-4.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-4.1.parties.1</t>
+  </si>
+  <si>
+    <t>F 1513 B Alaba International Market</t>
+  </si>
+  <si>
+    <t>greenageint123@gmail.com</t>
+  </si>
+  <si>
+    <t>08033676031</t>
+  </si>
+  <si>
+    <t>id-4.2.parties.0</t>
+  </si>
+  <si>
+    <t>id-4.2.parties.1</t>
+  </si>
+  <si>
+    <t>LAGOS</t>
+  </si>
+  <si>
+    <t>23 LADIPO OLUWOLE STREET</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.1</t>
+  </si>
+  <si>
+    <t>PLOT 1216 LADOKE</t>
+  </si>
+  <si>
+    <t>developehre20@gmail.com</t>
+  </si>
+  <si>
+    <t>08037020343</t>
+  </si>
+  <si>
+    <t>id-5.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-5.1.parties.1</t>
+  </si>
+  <si>
+    <t>id-5.2.parties.0</t>
+  </si>
+  <si>
+    <t>id-5.2.parties.1</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-6.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-6.1.parties.1</t>
+  </si>
+  <si>
+    <t>PLOT 6 BUKE CLOSE</t>
+  </si>
+  <si>
+    <t>emeraldtow2022@gmail.com</t>
+  </si>
+  <si>
+    <t>08118679666</t>
+  </si>
+  <si>
+    <t>id-6.2.parties.0</t>
+  </si>
+  <si>
+    <t>id-6.2.parties.1</t>
+  </si>
+  <si>
+    <t>IKEJA, LAGOS</t>
+  </si>
+  <si>
+    <t>80/82, OPEBI ROAD, IKEJA, LAGOS</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.1</t>
+  </si>
+  <si>
+    <t>Isielu</t>
+  </si>
+  <si>
+    <t>Umulesha Nkalagu, Isielu</t>
+  </si>
+  <si>
+    <t>odowinni@gmail.com</t>
+  </si>
+  <si>
+    <t>08069044703</t>
+  </si>
+  <si>
+    <t>id-7.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-7.1.parties.1</t>
+  </si>
+  <si>
+    <t>PLOT 105 MAB GLOBAL ESTATE</t>
+  </si>
+  <si>
+    <t>asfrankltd12@gmail.com</t>
+  </si>
+  <si>
+    <t>0803428857</t>
+  </si>
+  <si>
+    <t>id-7.2.parties.0</t>
+  </si>
+  <si>
+    <t>id-7.2.parties.1</t>
+  </si>
+  <si>
+    <t>Maryland</t>
+  </si>
+  <si>
+    <t>6 Otuyelu Close Okukpe Estate Mende</t>
+  </si>
+  <si>
+    <t>www.codefestinternational.com</t>
+  </si>
+  <si>
+    <t>mosuromtah@gmail.com</t>
+  </si>
+  <si>
+    <t>09020007572</t>
+  </si>
+  <si>
+    <t>id-7.3.parties.0</t>
+  </si>
+  <si>
+    <t>id-7.3.parties.1</t>
+  </si>
+  <si>
+    <t>number 7 mouneke street abakaliki</t>
+  </si>
+  <si>
+    <t>foxgusnigltd@gmail.com</t>
+  </si>
+  <si>
+    <t>07037363837</t>
+  </si>
+  <si>
+    <t>id-7.4.parties.0</t>
+  </si>
+  <si>
+    <t>id-7.4.parties.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABAKALIKI </t>
+  </si>
+  <si>
+    <t>NO 138B OGOJA ROAD</t>
+  </si>
+  <si>
+    <t>SKYGRID CONSTRUCTION NIGERIA LIMITED</t>
+  </si>
+  <si>
+    <t>skygridconstruction1@gmail.com</t>
+  </si>
+  <si>
+    <t>07039579751</t>
+  </si>
+  <si>
+    <t>id-7.5.parties.0</t>
+  </si>
+  <si>
+    <t>id-7.5.parties.1</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.1</t>
+  </si>
+  <si>
+    <t>34 OKPOSI STREET ABAKALIKI</t>
+  </si>
+  <si>
+    <t>devinepurpmul@gmail.com</t>
+  </si>
+  <si>
+    <t>08106293414</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.1</t>
+  </si>
+  <si>
+    <t>IKEJA</t>
+  </si>
+  <si>
+    <t>12 SIMBIAT ABIOLA WAY IKEJA</t>
+  </si>
+  <si>
+    <t>hipacksystems22@gmail.com</t>
+  </si>
+  <si>
+    <t>08068687252</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.1</t>
+  </si>
+  <si>
+    <t>No. 13 Agwu Street Abakaliki</t>
+  </si>
+  <si>
+    <t>agelinknetwork8@gmail.com</t>
+  </si>
+  <si>
+    <t>08062210206</t>
+  </si>
+  <si>
+    <t>id-12.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-12.0.parties.1</t>
+  </si>
+  <si>
+    <t>1 Ntum close Okposi Okwu</t>
+  </si>
+  <si>
+    <t>ntumglobalinv@gmail.com</t>
+  </si>
+  <si>
+    <t>07032437172</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.1</t>
+  </si>
+  <si>
+    <t>Abuja</t>
+  </si>
+  <si>
+    <t>No. 12 Ojota Street</t>
+  </si>
+  <si>
+    <t>lakonyet@gmail.com</t>
+  </si>
+  <si>
+    <t>07031558439</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.1</t>
+  </si>
+  <si>
+    <t>SULEJA</t>
+  </si>
+  <si>
+    <t>1 NWAGBO ROAD OFF SULEIMAN BARAU ROAD SULEJA</t>
+  </si>
+  <si>
+    <t>grisolnigerialtd@gmail.com</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.1</t>
+  </si>
+  <si>
+    <t>Plot 857 , road 641, Team 7 Gwarinpa Abuja</t>
+  </si>
+  <si>
+    <t>renaturenig@gmail.com</t>
+  </si>
+  <si>
+    <t>id-16.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-16.0.parties.1</t>
+  </si>
+  <si>
+    <t>Plot 857,road 541,Team 7,Gwarinpa, Abuja</t>
+  </si>
+  <si>
+    <t>simikanltd@gmail.com</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.1</t>
+  </si>
+  <si>
+    <t>20 ELIAS ODILI STREET ABAKALIKI</t>
+  </si>
+  <si>
+    <t>https://www.devineimpactprofile.com</t>
+  </si>
+  <si>
+    <t>devineimpactltd22@gmail.com</t>
+  </si>
+  <si>
+    <t>id-18.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-18.0.parties.1</t>
+  </si>
+  <si>
+    <t>18 IKENGA STREET ABAKALIKI</t>
+  </si>
+  <si>
+    <t>integratedsimap@gmail.com</t>
+  </si>
+  <si>
+    <t>id-19.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-19.0.parties.1</t>
+  </si>
+  <si>
+    <t>23 AL-FAYUM STREET, WUSE ZONE 3, ABUJA</t>
+  </si>
+  <si>
+    <t>mstglobalmult@gmail.com</t>
+  </si>
+  <si>
+    <t>id-20.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-20.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-21.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-21.0.parties.1</t>
+  </si>
+  <si>
+    <t>PLOT 1216 LADOKE AKINTOLA GARKI</t>
+  </si>
+  <si>
+    <t>seleeknig123@gmail.com</t>
+  </si>
+  <si>
+    <t>id-22.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-22.0.parties.1</t>
+  </si>
+  <si>
+    <t>16 Adeyemi Street Federal Capital Territory</t>
+  </si>
+  <si>
+    <t>mogreenglobal1@gmail.com</t>
+  </si>
+  <si>
+    <t>id-23.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-23.0.parties.1</t>
+  </si>
+  <si>
+    <t>50 AHUMDU BELLO WAY GARKI ABUJA</t>
+  </si>
+  <si>
+    <t>xyzengrn2022@gmail.com</t>
+  </si>
+  <si>
+    <t>08066032216</t>
+  </si>
+  <si>
+    <t>id-24.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-24.0.parties.1</t>
+  </si>
+  <si>
+    <t>2 AKPOHA STREET</t>
+  </si>
+  <si>
+    <t>www.reinforcedglobal.com</t>
+  </si>
+  <si>
+    <t>reinforcedglobal@gmail.com</t>
+  </si>
+  <si>
+    <t>08138697468</t>
+  </si>
+  <si>
+    <t>id-25.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-25.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-26.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-26.0.parties.1</t>
+  </si>
+  <si>
     <t>14 Onwe Road</t>
   </si>
   <si>
     <t>klynconstr@gmail.com</t>
   </si>
   <si>
     <t>08032339943</t>
   </si>
   <si>
-    <t>id-1.2.parties.0</t>
-[...467 lines deleted...]
-    <t>id-21.1.parties.1</t>
+    <t>id-27.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-27.0.parties.1</t>
   </si>
   <si>
     <t>11 Ikenga Street</t>
   </si>
   <si>
     <t>austacintegratedservicesltd@gmail.com</t>
   </si>
   <si>
     <t>08175936376</t>
   </si>
   <si>
-    <t>id-21.2.parties.0</t>
-[...44 lines deleted...]
-    <t>id-22.1.parties.1</t>
+    <t>id-28.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-28.0.parties.1</t>
   </si>
   <si>
     <t>34 Mbam Agbo Street</t>
   </si>
   <si>
     <t>jomencons@gmail.com</t>
   </si>
   <si>
-    <t>id-22.2.parties.0</t>
-[...80 lines deleted...]
-    <t>asfrankltd12@gmail.com</t>
+    <t>id-29.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-29.0.parties.1</t>
   </si>
   <si>
     <t>id-31.0.parties.0</t>
   </si>
   <si>
     <t>id-31.0.parties.1</t>
   </si>
   <si>
-    <t>Isielu</t>
-[...10 lines deleted...]
-  <si>
     <t>awardID</t>
   </si>
   <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>period_endDate</t>
   </si>
   <si>
     <t>period_startDate</t>
   </si>
   <si>
     <t>period_durationInDays</t>
   </si>
   <si>
     <t>id-0.0.contracts.0</t>
   </si>
   <si>
+    <t>id-0.1.contracts.0</t>
+  </si>
+  <si>
+    <t>id-0.2.contracts.0</t>
+  </si>
+  <si>
+    <t>2022-06-27T09:04:00Z</t>
+  </si>
+  <si>
     <t>id-1.0.contracts.0</t>
   </si>
   <si>
     <t>id-1.1.contracts.0</t>
   </si>
   <si>
     <t>id-1.2.contracts.0</t>
   </si>
   <si>
+    <t>id-2.0.contracts.0</t>
+  </si>
+  <si>
+    <t>2022-04-05T14:33:00Z</t>
+  </si>
+  <si>
+    <t>id-2.1.contracts.0</t>
+  </si>
+  <si>
+    <t>id-2.2.contracts.0</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0</t>
+  </si>
+  <si>
+    <t>2022-06-16T11:08:00Z</t>
+  </si>
+  <si>
+    <t>id-3.1.contracts.0</t>
+  </si>
+  <si>
+    <t>2022-06-29T08:30:00Z</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0</t>
+  </si>
+  <si>
+    <t>2022-03-03T16:06:00Z</t>
+  </si>
+  <si>
+    <t>id-4.1.contracts.0</t>
+  </si>
+  <si>
     <t>2022-06-28T19:27:00Z</t>
   </si>
   <si>
-    <t>id-1.3.contracts.0</t>
-[...20 lines deleted...]
-    <t>id-4.0.contracts.0</t>
+    <t>id-4.2.contracts.0</t>
   </si>
   <si>
     <t>id-5.0.contracts.0</t>
   </si>
   <si>
+    <t>id-5.1.contracts.0</t>
+  </si>
+  <si>
+    <t>id-5.2.contracts.0</t>
+  </si>
+  <si>
     <t>id-6.0.contracts.0</t>
   </si>
   <si>
+    <t>id-6.1.contracts.0</t>
+  </si>
+  <si>
+    <t>2022-06-10T15:02:00Z</t>
+  </si>
+  <si>
+    <t>id-6.2.contracts.0</t>
+  </si>
+  <si>
     <t>id-7.0.contracts.0</t>
   </si>
   <si>
+    <t>id-7.1.contracts.0</t>
+  </si>
+  <si>
+    <t>2022-06-10T15:00:00Z</t>
+  </si>
+  <si>
+    <t>id-7.2.contracts.0</t>
+  </si>
+  <si>
+    <t>id-7.3.contracts.0</t>
+  </si>
+  <si>
+    <t>2022-06-28T14:43:00Z</t>
+  </si>
+  <si>
+    <t>id-7.4.contracts.0</t>
+  </si>
+  <si>
+    <t>2022-06-29T10:17:00Z</t>
+  </si>
+  <si>
+    <t>id-7.5.contracts.0</t>
+  </si>
+  <si>
     <t>id-8.0.contracts.0</t>
   </si>
   <si>
     <t>id-9.0.contracts.0</t>
   </si>
   <si>
-    <t>id-9.1.contracts.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-10.0.contracts.0</t>
   </si>
   <si>
     <t>id-11.0.contracts.0</t>
   </si>
   <si>
-    <t>id-11.1.contracts.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-12.0.contracts.0</t>
   </si>
   <si>
-    <t>id-12.1.contracts.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-13.0.contracts.0</t>
   </si>
   <si>
     <t>id-14.0.contracts.0</t>
   </si>
   <si>
+    <t>id-15.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-16.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-17.0.contracts.0</t>
+  </si>
+  <si>
     <t>2022-05-03T13:53:00Z</t>
   </si>
   <si>
-    <t>id-15.0.contracts.0</t>
+    <t>id-18.0.contracts.0</t>
   </si>
   <si>
     <t>2022-05-03T14:10:00Z</t>
   </si>
   <si>
-    <t>id-15.1.contracts.0</t>
-[...2 lines deleted...]
-    <t>id-16.0.contracts.0</t>
+    <t>id-19.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-20.0.contracts.0</t>
   </si>
   <si>
     <t>2022-05-03T14:07:00Z</t>
   </si>
   <si>
-    <t>id-17.0.contracts.0</t>
-[...31 lines deleted...]
-  <si>
     <t>id-21.0.contracts.0</t>
   </si>
   <si>
-    <t>id-21.1.contracts.0</t>
+    <t>id-22.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-23.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-24.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-25.0.contracts.0</t>
+  </si>
+  <si>
+    <t>2022-06-27T21:42:00Z</t>
+  </si>
+  <si>
+    <t>id-26.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-27.0.contracts.0</t>
   </si>
   <si>
     <t>2022-06-28T14:09:00Z</t>
   </si>
   <si>
-    <t>id-21.2.contracts.0</t>
-[...44 lines deleted...]
-    <t>2022-06-10T15:00:00Z</t>
+    <t>id-28.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-29.0.contracts.0</t>
   </si>
   <si>
     <t>id-31.0.contracts.0</t>
   </si>
   <si>
     <t>_link_contracts</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-0.1.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>id-0.2.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-1.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-1.1.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-1.2.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-1.3.contracts.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-2.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-2.1.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>id-2.2.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-3.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-3.1.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-4.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-4.1.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>id-4.2.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-5.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-5.1.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>id-5.2.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-6.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-6.1.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>id-6.2.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-7.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-7.1.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>id-7.2.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>id-7.3.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>id-7.4.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>id-7.5.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-8.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-9.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-9.1.contracts.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-10.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-11.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-11.1.contracts.0.items.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-12.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-12.1.contracts.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-13.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-14.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-15.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-15.1.contracts.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-16.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-17.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-17.1.contracts.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-18.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-18.1.contracts.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-19.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-19.1.contracts.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-20.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-20.1.contracts.0.items.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-21.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-21.1.contracts.0.items.0</t>
-[...7 lines deleted...]
-  <si>
     <t>id-22.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-22.1.contracts.0.items.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-23.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-23.1.contracts.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-24.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-25.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-25.1.contracts.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-26.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-27.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>id-28.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>id-29.0.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-31.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>payee_id</t>
   </si>
   <si>
     <t>payee_name</t>
   </si>
   <si>
     <t>payer_id</t>
   </si>
   <si>
     <t>payer_name</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>8234305741</t>
   </si>
   <si>
+    <t>id-0.1.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>2841573201</t>
+  </si>
+  <si>
+    <t>id-0.2.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>0018553175</t>
+  </si>
+  <si>
     <t>id-1.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>0452448141</t>
   </si>
   <si>
     <t>id-1.1.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
+    <t>0490076335</t>
+  </si>
+  <si>
+    <t>id-1.2.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013526-EB/MPE/EP007013531</t>
+  </si>
+  <si>
+    <t>id-2.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>4513787603</t>
+  </si>
+  <si>
+    <t>id-2.1.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>5839409238</t>
+  </si>
+  <si>
+    <t>id-2.2.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013503-EB/MPE/EP007013508</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>5074523946</t>
+  </si>
+  <si>
+    <t>id-3.1.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>5156244689</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>8193149137</t>
+  </si>
+  <si>
+    <t>id-4.1.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>7439000199</t>
+  </si>
+  <si>
+    <t>id-4.2.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013487-EB/IDC/EP001013492</t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>5489910662</t>
+  </si>
+  <si>
+    <t>id-5.1.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013475-EB/IDC/EP001013484</t>
+  </si>
+  <si>
+    <t>id-5.2.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>id-6.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>8631364746</t>
+  </si>
+  <si>
+    <t>id-6.1.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>7298741325</t>
+  </si>
+  <si>
+    <t>id-6.2.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013534-EB/MPE/EP007013539</t>
+  </si>
+  <si>
+    <t>id-7.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>8450223404</t>
+  </si>
+  <si>
+    <t>id-7.1.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>8733592107</t>
+  </si>
+  <si>
+    <t>id-7.2.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>4582170737</t>
+  </si>
+  <si>
+    <t>id-7.3.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>9003604712</t>
+  </si>
+  <si>
+    <t>id-7.4.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>1961447850</t>
+  </si>
+  <si>
+    <t>id-7.5.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013511-EB/MPE/EP007013516</t>
+  </si>
+  <si>
+    <t>id-8.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>1601715112</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>8999149009</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>6370174678</t>
+  </si>
+  <si>
+    <t>id-11.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>4431978179</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>4889379616</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>7012941905</t>
+  </si>
+  <si>
+    <t>id-14.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>0464782371</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>3453610081</t>
+  </si>
+  <si>
+    <t>id-16.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>4848790547</t>
+  </si>
+  <si>
+    <t>id-17.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>2325682329</t>
+  </si>
+  <si>
+    <t>id-18.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>0883106826</t>
+  </si>
+  <si>
+    <t>id-19.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>6640038253</t>
+  </si>
+  <si>
+    <t>id-20.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>7340016031</t>
+  </si>
+  <si>
+    <t>id-21.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>4301653519</t>
+  </si>
+  <si>
+    <t>id-22.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>6745049494</t>
+  </si>
+  <si>
+    <t>id-23.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>5779203020</t>
+  </si>
+  <si>
+    <t>id-24.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>6446898638</t>
+  </si>
+  <si>
+    <t>id-25.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>0519870820</t>
+  </si>
+  <si>
+    <t>id-26.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
     <t>5253155748</t>
   </si>
   <si>
-    <t>id-1.2.contracts.0.implementation.transactions.0</t>
-[...29 lines deleted...]
-    <t>id-4.0.contracts.0.implementation.transactions.0</t>
+    <t>id-27.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>4629024105</t>
+  </si>
+  <si>
+    <t>id-28.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>9176181615</t>
+  </si>
+  <si>
+    <t>id-29.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013495-EB/MPE/EP007013500</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>8868925767</t>
   </si>
   <si>
-    <t>id-5.0.contracts.0.implementation.transactions.0</t>
-[...235 lines deleted...]
-  <si>
     <t>id-0.0.tender.items.0</t>
   </si>
   <si>
     <t>41000000</t>
   </si>
   <si>
+    <t>id-0.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF APRON ACCESS LANE</t>
+  </si>
+  <si>
+    <t>72141001</t>
+  </si>
+  <si>
+    <t>id-0.2.tender.items.0</t>
+  </si>
+  <si>
+    <t>Office Stationeries</t>
+  </si>
+  <si>
+    <t>14111509</t>
+  </si>
+  <si>
     <t>id-1.0.tender.items.0</t>
   </si>
   <si>
     <t xml:space="preserve"> Procurement of School Bags</t>
   </si>
   <si>
     <t>24111500</t>
   </si>
   <si>
     <t>id-1.1.tender.items.0</t>
   </si>
   <si>
-    <t>72141001</t>
-[...1 lines deleted...]
-  <si>
     <t>id-1.2.tender.items.0</t>
   </si>
   <si>
+    <t>71112300</t>
+  </si>
+  <si>
+    <t>id-2.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>43211500</t>
+  </si>
+  <si>
+    <t>id-2.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-2.2.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>BESDA BOOKS</t>
+  </si>
+  <si>
+    <t>55101509</t>
+  </si>
+  <si>
+    <t>id-3.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>39121001</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-4.1.tender.items.0</t>
+  </si>
+  <si>
     <t>PROCUREMENT/PURCHASE, TRANSPORTATION AND HANDLING OF DISTRIBUTION TRANSFORMERS</t>
   </si>
   <si>
-    <t>39121001</t>
-[...29 lines deleted...]
-    <t>id-4.0.tender.items.0</t>
+    <t>id-4.2.tender.items.0</t>
+  </si>
+  <si>
+    <t>83120000</t>
+  </si>
+  <si>
+    <t>id-5.0.tender.items.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Construction of solar boreholes with water reticulation</t>
+  </si>
+  <si>
+    <t>40151510</t>
+  </si>
+  <si>
+    <t>id-5.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>72101511</t>
+  </si>
+  <si>
+    <t>78204018</t>
+  </si>
+  <si>
+    <t>id-5.2.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-6.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-6.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-6.2.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-7.0.tender.items.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Procurement of School Uniform </t>
+  </si>
+  <si>
+    <t>53102700</t>
+  </si>
+  <si>
+    <t>id-7.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>39111617</t>
+  </si>
+  <si>
+    <t>id-7.2.tender.items.0</t>
+  </si>
+  <si>
+    <t>Training</t>
+  </si>
+  <si>
+    <t>86000000</t>
+  </si>
+  <si>
+    <t>id-7.3.tender.items.0</t>
+  </si>
+  <si>
+    <t>INJECTION SUBSTATION</t>
+  </si>
+  <si>
+    <t>id-7.4.tender.items.0</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF FIRE SERVICE</t>
+  </si>
+  <si>
+    <t>id-7.5.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-8.0.tender.items.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Procurement of a pair of School Sandals</t>
+  </si>
+  <si>
+    <t>53111800</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>43211713</t>
+  </si>
+  <si>
+    <t>id-10.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>Procurement of P1 Igbo Teachers guide (KA ANYI GUO)</t>
+  </si>
+  <si>
+    <t>id-11.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-12.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-13.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-14.0.tender.items.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Procurement of Supplementary Reading Materials (English)</t>
+  </si>
+  <si>
+    <t>id-15.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-16.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-18.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-19.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-20.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-21.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>26131507</t>
+  </si>
+  <si>
+    <t>id-22.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-23.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>72121103</t>
+  </si>
+  <si>
+    <t>id-24.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-25.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-26.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-27.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF PROPOSED GENERATOR HOUSE</t>
+  </si>
+  <si>
+    <t>95120000</t>
+  </si>
+  <si>
+    <t>id-28.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-29.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.items.0</t>
   </si>
   <si>
     <t xml:space="preserve"> Provision of a launch pack of snack and drink for each Out of School Child</t>
   </si>
   <si>
     <t>52152018</t>
   </si>
   <si>
-    <t>id-5.0.tender.items.0</t>
-[...187 lines deleted...]
-  <si>
     <t>_link_tender_items</t>
   </si>
   <si>
     <t>scheme</t>
   </si>
   <si>
     <t>id-0.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-0.1.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-0.2.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-1.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-1.1.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-1.2.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-1.3.tender.items.0.additionalClassifications.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-2.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-2.1.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-2.2.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-3.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-3.1.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-4.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-4.1.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-4.2.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>Information and communication services</t>
+  </si>
+  <si>
     <t>id-5.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-5.1.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>Air conditioning installation or maintenance or repair service</t>
+  </si>
+  <si>
+    <t>id-5.2.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-6.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-6.1.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-6.2.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-7.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-7.1.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-7.2.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-7.3.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-7.4.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-7.5.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-8.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-9.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-9.1.tender.items.0.additionalClassifications.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-10.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-11.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-11.1.tender.items.0.additionalClassifications.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-12.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-12.1.tender.items.0.additionalClassifications.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-13.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-14.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-15.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-15.1.tender.items.0.additionalClassifications.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-16.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-17.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-17.1.tender.items.0.additionalClassifications.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-18.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-18.1.tender.items.0.additionalClassifications.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-19.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-19.1.tender.items.0.additionalClassifications.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-20.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-20.1.tender.items.0.additionalClassifications.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-21.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-21.1.tender.items.0.additionalClassifications.0</t>
-[...7 lines deleted...]
-  <si>
     <t>id-22.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-22.1.tender.items.0.additionalClassifications.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-23.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-23.1.tender.items.0.additionalClassifications.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-24.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-25.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-25.1.tender.items.0.additionalClassifications.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-26.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-27.0.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-28.0.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-29.0.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-31.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
     <t>format</t>
   </si>
   <si>
     <t>documentType</t>
   </si>
   <si>
     <t>datePublished</t>
   </si>
   <si>
     <t>id-0.0.tender.documents.0</t>
   </si>
   <si>
     <t>1.0</t>
   </si>
   <si>
     <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651347910_BESDA_.pdf</t>
   </si>
   <si>
     <t>Tender Notice</t>
   </si>
   <si>
     <t>pdf</t>
   </si>
   <si>
     <t>Official tender notice</t>
   </si>
   <si>
     <t>tenderNotice</t>
   </si>
   <si>
+    <t>id-0.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/0</t>
+  </si>
+  <si>
+    <t>id-0.2.tender.documents.0</t>
+  </si>
+  <si>
     <t>id-1.0.tender.documents.0</t>
   </si>
   <si>
     <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651348018_BESDA_.pdf</t>
   </si>
   <si>
     <t>id-1.1.tender.documents.0</t>
   </si>
   <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1653845449_ADVRT_.pdf</t>
+  </si>
+  <si>
+    <t>id-1.2.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013526-EB/MPE/EP007013527</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/</t>
+  </si>
+  <si>
+    <t>id-2.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1646376720_HLTH_A.pdf</t>
+  </si>
+  <si>
+    <t>id-2.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1655209307_ADVRT_.pdf</t>
+  </si>
+  <si>
+    <t>id-2.2.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013503-EB/MPE/EP007013504</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651497331_BESDA_.pdf</t>
+  </si>
+  <si>
+    <t>id-3.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1653262984_EBONYI.pdf</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651496008_BESDA_.pdf</t>
+  </si>
+  <si>
+    <t>id-4.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>id-4.2.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013487-EB/IDC/EP001013488</t>
+  </si>
+  <si>
+    <t>id-5.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1652133101_HLT_AD.pdf</t>
+  </si>
+  <si>
+    <t>id-5.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013475-EB/IDC/EP001013482</t>
+  </si>
+  <si>
+    <t>id-5.2.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013519-EB/MPE/EP007013520</t>
+  </si>
+  <si>
+    <t>id-6.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1655209362_ADVRT_.pdf</t>
+  </si>
+  <si>
+    <t>id-6.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1652135399_HLT_AD.pdf</t>
+  </si>
+  <si>
+    <t>id-6.2.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013534-EB/MPE/EP007013535</t>
+  </si>
+  <si>
+    <t>id-7.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651348285_BESDA_.pdf</t>
+  </si>
+  <si>
+    <t>id-7.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1652135010_HLT_AD.pdf</t>
+  </si>
+  <si>
+    <t>id-7.2.tender.documents.0</t>
+  </si>
+  <si>
+    <t>id-7.3.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1653838106_EBONYI.pdf</t>
+  </si>
+  <si>
+    <t>id-7.4.tender.documents.0</t>
+  </si>
+  <si>
+    <t>id-7.5.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013511-EB/MPE/EP007013512</t>
+  </si>
+  <si>
+    <t>id-8.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651348122_BESDA_.pdf</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651348213_BESDA_.pdf</t>
+  </si>
+  <si>
+    <t>id-10.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651496443_BESDA_.pdf</t>
+  </si>
+  <si>
+    <t>id-11.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651496347_BESDA_.pdf</t>
+  </si>
+  <si>
+    <t>id-12.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651496232_BESDA_.pdf</t>
+  </si>
+  <si>
+    <t>id-13.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651496612_BESDA_.pdf</t>
+  </si>
+  <si>
+    <t>id-14.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651496537_BESDA_.pdf</t>
+  </si>
+  <si>
+    <t>id-15.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651496710_BESDA_.pdf</t>
+  </si>
+  <si>
+    <t>id-16.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651496777_BESDA_.pdf</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651496862_BESDA_.pdf</t>
+  </si>
+  <si>
+    <t>id-18.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651496952_BESDA_.pdf</t>
+  </si>
+  <si>
+    <t>id-19.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651497074_BESDA_.pdf</t>
+  </si>
+  <si>
+    <t>id-20.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651497235_BESDA_.pdf</t>
+  </si>
+  <si>
+    <t>id-21.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1652134511_HLT_AD.pdf</t>
+  </si>
+  <si>
+    <t>id-22.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651497167_BESDA_.pdf</t>
+  </si>
+  <si>
+    <t>id-23.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1652127539_HLT_AD.pdf</t>
+  </si>
+  <si>
+    <t>id-24.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1655208227_ADVRT_.pdf</t>
+  </si>
+  <si>
+    <t>id-25.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>id-26.0.tender.documents.0</t>
+  </si>
+  <si>
     <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1653844121_ADVRT_.pdf</t>
   </si>
   <si>
-    <t>id-1.2.tender.documents.0</t>
-[...29 lines deleted...]
-    <t>id-4.0.tender.documents.0</t>
+    <t>id-27.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>id-28.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1653811477_EBONYI.pdf</t>
+  </si>
+  <si>
+    <t>id-29.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-013495-EB/MPE/EP007013496</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.documents.0</t>
   </si>
   <si>
     <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651347840_BESDA_.pdf</t>
-  </si>
-[...223 lines deleted...]
-    <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1651348285_BESDA_.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -5327,6307 +5327,6307 @@
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>69</v>
       </c>
       <c r="B3" t="s">
         <v>70</v>
       </c>
       <c r="C3" t="s">
         <v>45</v>
       </c>
       <c r="D3" t="s">
         <v>71</v>
       </c>
       <c r="E3" t="s">
         <v>72</v>
       </c>
       <c r="F3" t="s">
         <v>48</v>
       </c>
       <c r="G3" t="s">
         <v>49</v>
       </c>
       <c r="H3" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
       <c r="I3" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="J3" t="s">
         <v>72</v>
       </c>
       <c r="K3" t="s">
         <v>52</v>
       </c>
       <c r="L3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="M3" t="s">
         <v>54</v>
       </c>
       <c r="N3" t="s">
         <v>55</v>
       </c>
       <c r="O3" t="s">
         <v>56</v>
       </c>
       <c r="P3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="Q3" t="s">
         <v>57</v>
       </c>
       <c r="R3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="S3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="T3" t="s">
         <v>60</v>
       </c>
       <c r="U3" t="s">
         <v>61</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="X3" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="Y3" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="Z3" t="s">
-        <v>65</v>
+        <v>81</v>
       </c>
       <c r="AA3" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
       <c r="AB3">
-        <v>-49</v>
+        <v>-28</v>
       </c>
       <c r="AC3" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
       <c r="AD3" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="AE3">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="AF3" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="AG3" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="AH3">
         <v>365</v>
       </c>
       <c r="AI3" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
       <c r="AJ3" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="AK3" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="AL3" t="s">
         <v>72</v>
       </c>
       <c r="AM3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AN3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AO3" t="s">
         <v>72</v>
       </c>
       <c r="AP3">
-        <v>45000000</v>
+        <v>552385637.875</v>
       </c>
       <c r="AQ3" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="B4" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="C4" t="s">
         <v>45</v>
       </c>
       <c r="D4" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="E4" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="F4" t="s">
         <v>48</v>
       </c>
       <c r="G4" t="s">
         <v>49</v>
       </c>
       <c r="H4" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="I4" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="J4" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="K4" t="s">
         <v>52</v>
       </c>
       <c r="L4" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="M4" t="s">
         <v>54</v>
       </c>
       <c r="N4" t="s">
         <v>55</v>
       </c>
       <c r="O4" t="s">
         <v>56</v>
       </c>
       <c r="P4" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="Q4" t="s">
         <v>57</v>
       </c>
       <c r="R4" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="S4" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="T4" t="s">
         <v>60</v>
       </c>
       <c r="U4" t="s">
         <v>61</v>
       </c>
       <c r="V4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W4" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="X4" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="Y4" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="Z4" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="AA4" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="AB4">
-        <v>-31</v>
+        <v>-28</v>
       </c>
       <c r="AC4" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="AD4" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="AE4">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="AF4" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="AG4" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="AH4">
         <v>365</v>
       </c>
       <c r="AI4" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="AJ4" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="AK4" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="AL4" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="AM4" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="AN4" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="AO4" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="AP4">
-        <v>1551486659.3</v>
+        <v>299989.5</v>
       </c>
       <c r="AQ4" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="B5" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="C5" t="s">
         <v>45</v>
       </c>
       <c r="D5" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="E5" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="F5" t="s">
         <v>48</v>
       </c>
       <c r="G5" t="s">
         <v>49</v>
       </c>
       <c r="H5" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="I5" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="J5" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="K5" t="s">
         <v>52</v>
       </c>
       <c r="L5" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="M5" t="s">
         <v>54</v>
       </c>
       <c r="N5" t="s">
         <v>55</v>
       </c>
       <c r="O5" t="s">
         <v>56</v>
       </c>
       <c r="P5" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="Q5" t="s">
         <v>57</v>
       </c>
       <c r="R5" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="S5" t="s">
-        <v>87</v>
+        <v>107</v>
       </c>
       <c r="T5" t="s">
         <v>60</v>
       </c>
       <c r="U5" t="s">
         <v>61</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5" t="s">
-        <v>88</v>
+        <v>108</v>
       </c>
       <c r="X5" t="s">
-        <v>102</v>
+        <v>63</v>
       </c>
       <c r="Y5" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="Z5" t="s">
-        <v>104</v>
+        <v>65</v>
       </c>
       <c r="AA5" t="s">
-        <v>105</v>
+        <v>66</v>
       </c>
       <c r="AB5">
-        <v>-31</v>
+        <v>-49</v>
       </c>
       <c r="AC5" t="s">
-        <v>106</v>
+        <v>65</v>
       </c>
       <c r="AD5" t="s">
-        <v>107</v>
+        <v>66</v>
       </c>
       <c r="AE5">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="AF5" t="s">
-        <v>102</v>
+        <v>63</v>
       </c>
       <c r="AG5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AH5">
         <v>365</v>
       </c>
       <c r="AI5" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="AJ5" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="AK5" t="s">
-        <v>94</v>
+        <v>110</v>
       </c>
       <c r="AL5" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="AM5" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="AN5" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="AO5" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="AP5">
-        <v>114890625</v>
+        <v>45000000</v>
       </c>
       <c r="AQ5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B6" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C6" t="s">
         <v>45</v>
       </c>
       <c r="D6" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E6" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F6" t="s">
         <v>48</v>
       </c>
       <c r="G6" t="s">
         <v>49</v>
       </c>
       <c r="H6" t="s">
-        <v>113</v>
+        <v>90</v>
       </c>
       <c r="I6" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="J6" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="K6" t="s">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="L6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="M6" t="s">
         <v>54</v>
       </c>
       <c r="N6" t="s">
-        <v>94</v>
+        <v>55</v>
       </c>
       <c r="O6" t="s">
         <v>56</v>
       </c>
       <c r="P6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="Q6" t="s">
         <v>57</v>
       </c>
       <c r="R6" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="S6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="T6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="U6" t="s">
         <v>61</v>
       </c>
       <c r="V6">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="W6" t="s">
-        <v>117</v>
+        <v>95</v>
       </c>
       <c r="X6" t="s">
         <v>118</v>
       </c>
       <c r="Y6" t="s">
         <v>119</v>
       </c>
       <c r="Z6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="AA6" t="s">
+        <v>121</v>
+      </c>
+      <c r="AB6">
+        <v>-31</v>
+      </c>
+      <c r="AC6" t="s">
         <v>120</v>
       </c>
-      <c r="AB6">
-[...4 lines deleted...]
-      </c>
       <c r="AD6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AE6">
         <v>31</v>
       </c>
       <c r="AF6" t="s">
         <v>118</v>
       </c>
       <c r="AG6" t="s">
         <v>119</v>
       </c>
       <c r="AH6">
         <v>365</v>
       </c>
       <c r="AI6" t="s">
-        <v>121</v>
+        <v>90</v>
       </c>
       <c r="AJ6" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="AK6" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="AL6" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="AM6" t="s">
+        <v>115</v>
+      </c>
+      <c r="AN6" t="s">
+        <v>115</v>
+      </c>
+      <c r="AO6" t="s">
         <v>114</v>
       </c>
-      <c r="AN6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AP6">
-        <v>125289858.83</v>
+        <v>1125660243.092</v>
       </c>
       <c r="AQ6" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>122</v>
+      </c>
+      <c r="B7" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="C7" t="s">
         <v>45</v>
       </c>
       <c r="D7" t="s">
+        <v>124</v>
+      </c>
+      <c r="E7" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="G7" t="s">
         <v>49</v>
       </c>
       <c r="H7" t="s">
+        <v>126</v>
+      </c>
+      <c r="I7" t="s">
+        <v>51</v>
+      </c>
+      <c r="J7" t="s">
+        <v>125</v>
+      </c>
+      <c r="K7" t="s">
+        <v>85</v>
+      </c>
+      <c r="L7" t="s">
         <v>127</v>
-      </c>
-[...10 lines deleted...]
-        <v>129</v>
       </c>
       <c r="M7" t="s">
         <v>54</v>
       </c>
       <c r="N7" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="O7" t="s">
         <v>56</v>
       </c>
       <c r="P7" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="Q7" t="s">
         <v>57</v>
       </c>
       <c r="R7" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="S7" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="T7" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="U7" t="s">
         <v>61</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7" t="s">
+        <v>130</v>
+      </c>
+      <c r="X7" t="s">
+        <v>131</v>
+      </c>
+      <c r="Y7" t="s">
         <v>132</v>
       </c>
-      <c r="X7" t="s">
+      <c r="Z7" t="s">
+        <v>132</v>
+      </c>
+      <c r="AA7" t="s">
         <v>133</v>
       </c>
-      <c r="Y7" t="s">
+      <c r="AB7">
+        <v>31</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>132</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>133</v>
+      </c>
+      <c r="AE7">
+        <v>31</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>131</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>132</v>
+      </c>
+      <c r="AH7">
+        <v>365</v>
+      </c>
+      <c r="AI7" t="s">
         <v>134</v>
       </c>
-      <c r="Z7" t="s">
-[...2 lines deleted...]
-      <c r="AA7" t="s">
+      <c r="AJ7" t="s">
+        <v>51</v>
+      </c>
+      <c r="AK7" t="s">
+        <v>85</v>
+      </c>
+      <c r="AL7" t="s">
         <v>135</v>
       </c>
-      <c r="AB7">
-[...20 lines deleted...]
-      <c r="AI7" t="s">
+      <c r="AM7" t="s">
         <v>127</v>
       </c>
-      <c r="AJ7" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AN7" t="s">
-        <v>138</v>
+        <v>127</v>
       </c>
       <c r="AO7" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AP7">
-        <v>6522600</v>
+        <v>124216575.33</v>
       </c>
       <c r="AQ7" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B8" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="E8" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="F8" t="s">
         <v>48</v>
       </c>
       <c r="G8" t="s">
         <v>49</v>
       </c>
       <c r="H8" t="s">
-        <v>50</v>
+        <v>140</v>
       </c>
       <c r="I8" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="J8" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="K8" t="s">
         <v>52</v>
       </c>
       <c r="L8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="M8" t="s">
         <v>54</v>
       </c>
       <c r="N8" t="s">
         <v>55</v>
       </c>
       <c r="O8" t="s">
         <v>56</v>
       </c>
       <c r="P8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="Q8" t="s">
         <v>57</v>
       </c>
       <c r="R8" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="S8" t="s">
-        <v>75</v>
+        <v>143</v>
       </c>
       <c r="T8" t="s">
-        <v>60</v>
+        <v>117</v>
       </c>
       <c r="U8" t="s">
         <v>61</v>
       </c>
       <c r="V8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W8" t="s">
-        <v>88</v>
+        <v>144</v>
       </c>
       <c r="X8" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="Y8" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="Z8" t="s">
         <v>146</v>
       </c>
       <c r="AA8" t="s">
         <v>147</v>
       </c>
       <c r="AB8">
-        <v>-40</v>
+        <v>-31</v>
       </c>
       <c r="AC8" t="s">
+        <v>148</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>147</v>
+      </c>
+      <c r="AE8">
+        <v>28</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>145</v>
+      </c>
+      <c r="AG8" t="s">
         <v>146</v>
       </c>
-      <c r="AD8" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AH8">
-        <v>92</v>
+        <v>30</v>
       </c>
       <c r="AI8" t="s">
-        <v>50</v>
+        <v>140</v>
       </c>
       <c r="AJ8" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="AK8" t="s">
-        <v>94</v>
+        <v>149</v>
       </c>
       <c r="AL8" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="AM8" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="AN8" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="AO8" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="AP8">
-        <v>47348000</v>
+        <v>6522600</v>
       </c>
       <c r="AQ8" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B9" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C9" t="s">
         <v>45</v>
       </c>
       <c r="D9" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="E9" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="F9" t="s">
         <v>48</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="I9" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="J9" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="K9" t="s">
         <v>52</v>
       </c>
       <c r="L9" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="M9" t="s">
         <v>54</v>
       </c>
       <c r="N9" t="s">
         <v>55</v>
       </c>
       <c r="O9" t="s">
         <v>56</v>
       </c>
       <c r="P9" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="Q9" t="s">
         <v>57</v>
       </c>
       <c r="R9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="S9" t="s">
-        <v>154</v>
+        <v>77</v>
       </c>
       <c r="T9" t="s">
         <v>60</v>
       </c>
       <c r="U9" t="s">
         <v>61</v>
       </c>
       <c r="V9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W9" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="X9" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="Y9" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="Z9" t="s">
-        <v>157</v>
+        <v>120</v>
       </c>
       <c r="AA9" t="s">
         <v>158</v>
       </c>
       <c r="AB9">
-        <v>-28</v>
+        <v>-31</v>
       </c>
       <c r="AC9" t="s">
-        <v>159</v>
+        <v>120</v>
       </c>
       <c r="AD9" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="AE9">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="AF9" t="s">
-        <v>155</v>
+        <v>118</v>
       </c>
       <c r="AG9" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="AH9">
         <v>365</v>
       </c>
       <c r="AI9" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="AJ9" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="AK9" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="AL9" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="AM9" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="AN9" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="AO9" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="AP9">
-        <v>299989.5</v>
+        <v>1577985368.45</v>
       </c>
       <c r="AQ9" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B10" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
       <c r="D10" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="E10" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="F10" t="s">
         <v>48</v>
       </c>
       <c r="G10" t="s">
         <v>49</v>
       </c>
       <c r="H10" t="s">
-        <v>50</v>
+        <v>126</v>
       </c>
       <c r="I10" t="s">
         <v>51</v>
       </c>
       <c r="J10" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="K10" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="L10" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="M10" t="s">
         <v>54</v>
       </c>
       <c r="N10" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="O10" t="s">
         <v>56</v>
       </c>
       <c r="P10" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="Q10" t="s">
         <v>57</v>
       </c>
       <c r="R10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="S10" t="s">
-        <v>75</v>
+        <v>128</v>
       </c>
       <c r="T10" t="s">
-        <v>60</v>
+        <v>164</v>
       </c>
       <c r="U10" t="s">
         <v>61</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="X10" t="s">
-        <v>63</v>
+        <v>131</v>
       </c>
       <c r="Y10" t="s">
-        <v>166</v>
+        <v>132</v>
       </c>
       <c r="Z10" t="s">
-        <v>65</v>
+        <v>132</v>
       </c>
       <c r="AA10" t="s">
-        <v>66</v>
+        <v>133</v>
       </c>
       <c r="AB10">
-        <v>-49</v>
+        <v>31</v>
       </c>
       <c r="AC10" t="s">
-        <v>65</v>
+        <v>132</v>
       </c>
       <c r="AD10" t="s">
-        <v>66</v>
+        <v>133</v>
       </c>
       <c r="AE10">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="AF10" t="s">
-        <v>63</v>
+        <v>131</v>
       </c>
       <c r="AG10" t="s">
-        <v>166</v>
+        <v>132</v>
       </c>
       <c r="AH10">
         <v>365</v>
       </c>
       <c r="AI10" t="s">
-        <v>50</v>
+        <v>134</v>
       </c>
       <c r="AJ10" t="s">
         <v>51</v>
       </c>
       <c r="AK10" t="s">
-        <v>167</v>
+        <v>85</v>
       </c>
       <c r="AL10" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="AM10" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="AN10" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="AO10" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="AP10">
-        <v>225000000</v>
+        <v>125289858.83</v>
       </c>
       <c r="AQ10" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B11" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C11" t="s">
         <v>45</v>
       </c>
       <c r="D11" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="E11" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="F11" t="s">
         <v>48</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
       <c r="H11" t="s">
         <v>50</v>
       </c>
       <c r="I11" t="s">
         <v>51</v>
       </c>
       <c r="J11" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="K11" t="s">
         <v>52</v>
       </c>
       <c r="L11" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="M11" t="s">
         <v>54</v>
       </c>
       <c r="N11" t="s">
         <v>55</v>
       </c>
       <c r="O11" t="s">
         <v>56</v>
       </c>
       <c r="P11" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="Q11" t="s">
         <v>57</v>
       </c>
       <c r="R11" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="S11" t="s">
-        <v>75</v>
+        <v>116</v>
       </c>
       <c r="T11" t="s">
-        <v>60</v>
+        <v>129</v>
       </c>
       <c r="U11" t="s">
         <v>61</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11" t="s">
+        <v>171</v>
+      </c>
+      <c r="X11" t="s">
+        <v>172</v>
+      </c>
+      <c r="Y11" t="s">
         <v>173</v>
       </c>
-      <c r="X11" t="s">
-[...2 lines deleted...]
-      <c r="Y11" t="s">
+      <c r="Z11" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="AA11" t="s">
         <v>175</v>
       </c>
       <c r="AB11">
-        <v>-49</v>
+        <v>-40</v>
       </c>
       <c r="AC11" t="s">
-        <v>65</v>
+        <v>176</v>
       </c>
       <c r="AD11" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="AE11">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="AF11" t="s">
-        <v>63</v>
+        <v>172</v>
       </c>
       <c r="AG11" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="AH11">
-        <v>19514</v>
+        <v>365</v>
       </c>
       <c r="AI11" t="s">
         <v>50</v>
       </c>
       <c r="AJ11" t="s">
         <v>51</v>
       </c>
       <c r="AK11" t="s">
-        <v>67</v>
+        <v>178</v>
       </c>
       <c r="AL11" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="AM11" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="AN11" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="AO11" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="AP11">
-        <v>16000000</v>
+        <v>2476000</v>
       </c>
       <c r="AQ11" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B12" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C12" t="s">
         <v>45</v>
       </c>
       <c r="D12" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="E12" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="F12" t="s">
         <v>48</v>
       </c>
       <c r="G12" t="s">
         <v>49</v>
       </c>
       <c r="H12" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
       <c r="I12" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="J12" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="K12" t="s">
         <v>52</v>
       </c>
       <c r="L12" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="M12" t="s">
         <v>54</v>
       </c>
       <c r="N12" t="s">
         <v>55</v>
       </c>
       <c r="O12" t="s">
         <v>56</v>
       </c>
       <c r="P12" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="Q12" t="s">
         <v>57</v>
       </c>
       <c r="R12" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="S12" t="s">
-        <v>59</v>
+        <v>77</v>
       </c>
       <c r="T12" t="s">
         <v>60</v>
       </c>
       <c r="U12" t="s">
         <v>61</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="X12" t="s">
+        <v>184</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>185</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>81</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>186</v>
+      </c>
+      <c r="AB12">
+        <v>-31</v>
+      </c>
+      <c r="AC12" t="s">
+        <v>83</v>
+      </c>
+      <c r="AD12" t="s">
+        <v>187</v>
+      </c>
+      <c r="AE12">
+        <v>31</v>
+      </c>
+      <c r="AF12" t="s">
+        <v>185</v>
+      </c>
+      <c r="AG12" t="s">
+        <v>185</v>
+      </c>
+      <c r="AH12">
+        <v>0</v>
+      </c>
+      <c r="AI12" t="s">
+        <v>73</v>
+      </c>
+      <c r="AJ12" t="s">
+        <v>74</v>
+      </c>
+      <c r="AK12" t="s">
+        <v>85</v>
+      </c>
+      <c r="AL12" t="s">
         <v>182</v>
-      </c>
-[...40 lines deleted...]
-        <v>179</v>
       </c>
       <c r="AM12" t="s">
         <v>183</v>
       </c>
       <c r="AN12" t="s">
         <v>183</v>
       </c>
       <c r="AO12" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="AP12">
-        <v>86000000</v>
+        <v>114218750</v>
       </c>
       <c r="AQ12" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B13" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C13" t="s">
         <v>45</v>
       </c>
       <c r="D13" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="E13" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="F13" t="s">
         <v>48</v>
       </c>
       <c r="G13" t="s">
         <v>49</v>
       </c>
       <c r="H13" t="s">
         <v>50</v>
       </c>
       <c r="I13" t="s">
         <v>51</v>
       </c>
       <c r="J13" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="K13" t="s">
         <v>52</v>
       </c>
       <c r="L13" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="M13" t="s">
         <v>54</v>
       </c>
       <c r="N13" t="s">
         <v>55</v>
       </c>
       <c r="O13" t="s">
         <v>56</v>
       </c>
       <c r="P13" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="Q13" t="s">
         <v>57</v>
       </c>
       <c r="R13" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="S13" t="s">
-        <v>189</v>
+        <v>107</v>
       </c>
       <c r="T13" t="s">
         <v>60</v>
       </c>
       <c r="U13" t="s">
         <v>61</v>
       </c>
       <c r="V13">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W13" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="X13" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="Y13" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="Z13" t="s">
-        <v>146</v>
+        <v>174</v>
       </c>
       <c r="AA13" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="AB13">
         <v>-40</v>
       </c>
       <c r="AC13" t="s">
-        <v>146</v>
+        <v>174</v>
       </c>
       <c r="AD13" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="AE13">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="AF13" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="AG13" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="AH13">
-        <v>365</v>
+        <v>92</v>
       </c>
       <c r="AI13" t="s">
         <v>50</v>
       </c>
       <c r="AJ13" t="s">
         <v>51</v>
       </c>
       <c r="AK13" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="AL13" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="AM13" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="AN13" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="AO13" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="AP13">
-        <v>2356000</v>
+        <v>47348000</v>
       </c>
       <c r="AQ13" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B14" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C14" t="s">
         <v>45</v>
       </c>
       <c r="D14" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="E14" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="F14" t="s">
         <v>48</v>
       </c>
       <c r="G14" t="s">
         <v>49</v>
       </c>
       <c r="H14" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
       <c r="I14" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="J14" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="K14" t="s">
         <v>52</v>
       </c>
       <c r="L14" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="M14" t="s">
         <v>54</v>
       </c>
       <c r="N14" t="s">
         <v>55</v>
       </c>
       <c r="O14" t="s">
         <v>56</v>
       </c>
       <c r="P14" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="Q14" t="s">
         <v>57</v>
       </c>
       <c r="R14" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="S14" t="s">
-        <v>189</v>
+        <v>77</v>
       </c>
       <c r="T14" t="s">
         <v>60</v>
       </c>
       <c r="U14" t="s">
         <v>61</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14" t="s">
-        <v>198</v>
+        <v>95</v>
       </c>
       <c r="X14" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="Y14" t="s">
-        <v>199</v>
+        <v>185</v>
       </c>
       <c r="Z14" t="s">
-        <v>146</v>
+        <v>81</v>
       </c>
       <c r="AA14" t="s">
-        <v>200</v>
+        <v>186</v>
       </c>
       <c r="AB14">
-        <v>-40</v>
+        <v>-31</v>
       </c>
       <c r="AC14" t="s">
-        <v>146</v>
+        <v>83</v>
       </c>
       <c r="AD14" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="AE14">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="AF14" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="AG14" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="AH14">
         <v>365</v>
       </c>
       <c r="AI14" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
       <c r="AJ14" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="AK14" t="s">
+        <v>85</v>
+      </c>
+      <c r="AL14" t="s">
+        <v>200</v>
+      </c>
+      <c r="AM14" t="s">
         <v>201</v>
       </c>
-      <c r="AL14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AN14" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="AO14" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="AP14">
-        <v>52082800</v>
+        <v>114890625</v>
       </c>
       <c r="AQ14" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F15" t="s">
         <v>48</v>
       </c>
       <c r="G15" t="s">
         <v>49</v>
       </c>
       <c r="H15" t="s">
-        <v>50</v>
+        <v>207</v>
       </c>
       <c r="I15" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="J15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="K15" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="L15" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="M15" t="s">
         <v>54</v>
       </c>
       <c r="N15" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="O15" t="s">
         <v>56</v>
       </c>
       <c r="P15" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="Q15" t="s">
         <v>57</v>
       </c>
       <c r="R15" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="S15" t="s">
-        <v>207</v>
+        <v>128</v>
       </c>
       <c r="T15" t="s">
         <v>60</v>
       </c>
       <c r="U15" t="s">
         <v>61</v>
       </c>
       <c r="V15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W15" t="s">
-        <v>208</v>
+        <v>130</v>
       </c>
       <c r="X15" t="s">
-        <v>209</v>
+        <v>131</v>
       </c>
       <c r="Y15" t="s">
-        <v>210</v>
+        <v>132</v>
       </c>
       <c r="Z15" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="AA15" t="s">
-        <v>211</v>
+        <v>133</v>
       </c>
       <c r="AB15">
-        <v>-40</v>
+        <v>31</v>
       </c>
       <c r="AC15" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="AD15" t="s">
-        <v>211</v>
+        <v>133</v>
       </c>
       <c r="AE15">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="AF15" t="s">
-        <v>209</v>
+        <v>131</v>
       </c>
       <c r="AG15" t="s">
-        <v>210</v>
+        <v>132</v>
       </c>
       <c r="AH15">
         <v>365</v>
       </c>
       <c r="AI15" t="s">
-        <v>50</v>
+        <v>209</v>
       </c>
       <c r="AJ15" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="AK15" t="s">
-        <v>212</v>
+        <v>85</v>
       </c>
       <c r="AL15" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="AM15" t="s">
+        <v>208</v>
+      </c>
+      <c r="AN15" t="s">
+        <v>208</v>
+      </c>
+      <c r="AO15" t="s">
         <v>206</v>
       </c>
-      <c r="AN15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AP15">
-        <v>2120400</v>
+        <v>700000000</v>
       </c>
       <c r="AQ15" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="B16" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="C16" t="s">
         <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="E16" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="F16" t="s">
         <v>48</v>
       </c>
       <c r="G16" t="s">
         <v>49</v>
       </c>
       <c r="H16" t="s">
-        <v>217</v>
+        <v>140</v>
       </c>
       <c r="I16" t="s">
-        <v>100</v>
+        <v>141</v>
       </c>
       <c r="J16" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="K16" t="s">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="L16" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="M16" t="s">
         <v>54</v>
       </c>
       <c r="N16" t="s">
-        <v>94</v>
+        <v>55</v>
       </c>
       <c r="O16" t="s">
         <v>56</v>
       </c>
       <c r="P16" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="Q16" t="s">
         <v>57</v>
       </c>
       <c r="R16" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="S16" t="s">
-        <v>115</v>
+        <v>77</v>
       </c>
       <c r="T16" t="s">
         <v>60</v>
       </c>
       <c r="U16" t="s">
         <v>61</v>
       </c>
       <c r="V16">
         <v>3</v>
       </c>
       <c r="W16" t="s">
-        <v>117</v>
+        <v>95</v>
       </c>
       <c r="X16" t="s">
-        <v>118</v>
+        <v>216</v>
       </c>
       <c r="Y16" t="s">
-        <v>119</v>
+        <v>217</v>
       </c>
       <c r="Z16" t="s">
-        <v>119</v>
+        <v>218</v>
       </c>
       <c r="AA16" t="s">
-        <v>120</v>
+        <v>219</v>
       </c>
       <c r="AB16">
-        <v>31</v>
+        <v>-31</v>
       </c>
       <c r="AC16" t="s">
-        <v>119</v>
+        <v>218</v>
       </c>
       <c r="AD16" t="s">
-        <v>120</v>
+        <v>219</v>
       </c>
       <c r="AE16">
         <v>31</v>
       </c>
       <c r="AF16" t="s">
-        <v>118</v>
+        <v>216</v>
       </c>
       <c r="AG16" t="s">
-        <v>119</v>
+        <v>220</v>
       </c>
       <c r="AH16">
         <v>365</v>
       </c>
       <c r="AI16" t="s">
-        <v>219</v>
+        <v>140</v>
       </c>
       <c r="AJ16" t="s">
-        <v>100</v>
+        <v>141</v>
       </c>
       <c r="AK16" t="s">
-        <v>94</v>
+        <v>221</v>
       </c>
       <c r="AL16" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="AM16" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="AN16" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="AO16" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="AP16">
-        <v>700000000</v>
+        <v>145985000</v>
       </c>
       <c r="AQ16" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B17" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C17" t="s">
         <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E17" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F17" t="s">
         <v>48</v>
       </c>
       <c r="G17" t="s">
         <v>49</v>
       </c>
       <c r="H17" t="s">
-        <v>50</v>
+        <v>207</v>
       </c>
       <c r="I17" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="J17" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="K17" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="L17" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="M17" t="s">
         <v>54</v>
       </c>
       <c r="N17" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="O17" t="s">
         <v>56</v>
       </c>
       <c r="P17" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="Q17" t="s">
         <v>57</v>
       </c>
       <c r="R17" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="S17" t="s">
-        <v>189</v>
+        <v>128</v>
       </c>
       <c r="T17" t="s">
         <v>60</v>
       </c>
       <c r="U17" t="s">
         <v>61</v>
       </c>
       <c r="V17">
         <v>3</v>
       </c>
       <c r="W17" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="X17" t="s">
-        <v>190</v>
+        <v>131</v>
       </c>
       <c r="Y17" t="s">
-        <v>226</v>
+        <v>132</v>
       </c>
       <c r="Z17" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="AA17" t="s">
-        <v>227</v>
+        <v>133</v>
       </c>
       <c r="AB17">
-        <v>-40</v>
+        <v>31</v>
       </c>
       <c r="AC17" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="AD17" t="s">
-        <v>227</v>
+        <v>133</v>
       </c>
       <c r="AE17">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="AF17" t="s">
-        <v>190</v>
+        <v>131</v>
       </c>
       <c r="AG17" t="s">
-        <v>226</v>
+        <v>132</v>
       </c>
       <c r="AH17">
         <v>365</v>
       </c>
       <c r="AI17" t="s">
-        <v>50</v>
+        <v>209</v>
       </c>
       <c r="AJ17" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="AK17" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="AL17" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="AM17" t="s">
+        <v>226</v>
+      </c>
+      <c r="AN17" t="s">
+        <v>226</v>
+      </c>
+      <c r="AO17" t="s">
         <v>225</v>
       </c>
-      <c r="AN17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AP17">
-        <v>18912000</v>
+        <v>700000000</v>
       </c>
       <c r="AQ17" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>228</v>
       </c>
       <c r="B18" t="s">
         <v>229</v>
       </c>
       <c r="C18" t="s">
         <v>45</v>
       </c>
       <c r="D18" t="s">
         <v>230</v>
       </c>
       <c r="E18" t="s">
         <v>231</v>
       </c>
       <c r="F18" t="s">
         <v>48</v>
       </c>
       <c r="G18" t="s">
         <v>49</v>
       </c>
       <c r="H18" t="s">
-        <v>50</v>
+        <v>126</v>
       </c>
       <c r="I18" t="s">
         <v>51</v>
       </c>
       <c r="J18" t="s">
         <v>231</v>
       </c>
       <c r="K18" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="L18" t="s">
         <v>232</v>
       </c>
       <c r="M18" t="s">
         <v>54</v>
       </c>
       <c r="N18" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="O18" t="s">
         <v>56</v>
       </c>
       <c r="P18" t="s">
         <v>232</v>
       </c>
       <c r="Q18" t="s">
         <v>57</v>
       </c>
       <c r="R18" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="S18" t="s">
-        <v>233</v>
+        <v>128</v>
       </c>
       <c r="T18" t="s">
-        <v>116</v>
+        <v>60</v>
       </c>
       <c r="U18" t="s">
         <v>61</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="X18" t="s">
-        <v>234</v>
+        <v>131</v>
       </c>
       <c r="Y18" t="s">
-        <v>235</v>
+        <v>132</v>
       </c>
       <c r="Z18" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="AA18" t="s">
-        <v>236</v>
+        <v>133</v>
       </c>
       <c r="AB18">
-        <v>-40</v>
+        <v>31</v>
       </c>
       <c r="AC18" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="AD18" t="s">
-        <v>236</v>
+        <v>133</v>
       </c>
       <c r="AE18">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="AF18" t="s">
-        <v>234</v>
+        <v>131</v>
       </c>
       <c r="AG18" t="s">
-        <v>235</v>
+        <v>132</v>
       </c>
       <c r="AH18">
         <v>365</v>
       </c>
       <c r="AI18" t="s">
-        <v>50</v>
+        <v>134</v>
       </c>
       <c r="AJ18" t="s">
         <v>51</v>
       </c>
       <c r="AK18" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="AL18" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="AM18" t="s">
         <v>232</v>
       </c>
       <c r="AN18" t="s">
         <v>232</v>
       </c>
       <c r="AO18" t="s">
         <v>231</v>
       </c>
       <c r="AP18">
-        <v>18912000</v>
+        <v>125299858.83</v>
       </c>
       <c r="AQ18" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="B19" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="E19" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="F19" t="s">
         <v>48</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="I19" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="J19" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="K19" t="s">
         <v>52</v>
       </c>
       <c r="L19" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="M19" t="s">
         <v>54</v>
       </c>
       <c r="N19" t="s">
         <v>55</v>
       </c>
       <c r="O19" t="s">
         <v>56</v>
       </c>
       <c r="P19" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="Q19" t="s">
         <v>57</v>
       </c>
       <c r="R19" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="S19" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="T19" t="s">
-        <v>60</v>
+        <v>117</v>
       </c>
       <c r="U19" t="s">
         <v>61</v>
       </c>
       <c r="V19">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="W19" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="X19" t="s">
-        <v>89</v>
+        <v>118</v>
       </c>
       <c r="Y19" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="Z19" t="s">
-        <v>91</v>
+        <v>120</v>
       </c>
       <c r="AA19" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="AB19">
         <v>-31</v>
       </c>
       <c r="AC19" t="s">
-        <v>91</v>
+        <v>120</v>
       </c>
       <c r="AD19" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="AE19">
         <v>31</v>
       </c>
       <c r="AF19" t="s">
-        <v>244</v>
+        <v>118</v>
       </c>
       <c r="AG19" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="AH19">
         <v>365</v>
       </c>
       <c r="AI19" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="AJ19" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="AK19" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="AL19" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="AM19" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="AN19" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="AO19" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="AP19">
-        <v>1577985368.45</v>
+        <v>1587289680.5</v>
       </c>
       <c r="AQ19" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B20" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C20" t="s">
         <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="E20" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="F20" t="s">
         <v>48</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20" t="s">
-        <v>113</v>
+        <v>140</v>
       </c>
       <c r="I20" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="J20" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="K20" t="s">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="L20" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="M20" t="s">
         <v>54</v>
       </c>
       <c r="N20" t="s">
-        <v>94</v>
+        <v>55</v>
       </c>
       <c r="O20" t="s">
         <v>56</v>
       </c>
       <c r="P20" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="Q20" t="s">
         <v>57</v>
       </c>
       <c r="R20" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="S20" t="s">
-        <v>115</v>
+        <v>77</v>
       </c>
       <c r="T20" t="s">
-        <v>250</v>
+        <v>60</v>
       </c>
       <c r="U20" t="s">
         <v>61</v>
       </c>
       <c r="V20">
         <v>3</v>
       </c>
       <c r="W20" t="s">
-        <v>117</v>
+        <v>95</v>
       </c>
       <c r="X20" t="s">
-        <v>118</v>
+        <v>246</v>
       </c>
       <c r="Y20" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="Z20" t="s">
-        <v>252</v>
+        <v>218</v>
       </c>
       <c r="AA20" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="AB20">
-        <v>396</v>
+        <v>-31</v>
       </c>
       <c r="AC20" t="s">
-        <v>252</v>
+        <v>218</v>
       </c>
       <c r="AD20" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="AE20">
-        <v>396</v>
+        <v>31</v>
       </c>
       <c r="AF20" t="s">
-        <v>118</v>
+        <v>249</v>
       </c>
       <c r="AG20" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="AH20">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="AI20" t="s">
-        <v>121</v>
+        <v>140</v>
       </c>
       <c r="AJ20" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="AK20" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="AL20" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
       <c r="AM20" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="AN20" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="AO20" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="AP20">
-        <v>125462847.82</v>
+        <v>295958250</v>
       </c>
       <c r="AQ20" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="B21" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="C21" t="s">
         <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="E21" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="F21" t="s">
         <v>48</v>
       </c>
       <c r="G21" t="s">
         <v>49</v>
       </c>
       <c r="H21" t="s">
-        <v>50</v>
+        <v>126</v>
       </c>
       <c r="I21" t="s">
         <v>51</v>
       </c>
       <c r="J21" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="K21" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="L21" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="M21" t="s">
         <v>54</v>
       </c>
       <c r="N21" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="O21" t="s">
         <v>56</v>
       </c>
       <c r="P21" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="Q21" t="s">
         <v>57</v>
       </c>
       <c r="R21" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="S21" t="s">
-        <v>189</v>
+        <v>128</v>
       </c>
       <c r="T21" t="s">
-        <v>116</v>
+        <v>129</v>
       </c>
       <c r="U21" t="s">
         <v>61</v>
       </c>
       <c r="V21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W21" t="s">
-        <v>208</v>
+        <v>130</v>
       </c>
       <c r="X21" t="s">
-        <v>190</v>
+        <v>131</v>
       </c>
       <c r="Y21" t="s">
-        <v>260</v>
+        <v>132</v>
       </c>
       <c r="Z21" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="AA21" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="AB21">
-        <v>-40</v>
+        <v>31</v>
       </c>
       <c r="AC21" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="AD21" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="AE21">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="AF21" t="s">
-        <v>190</v>
+        <v>131</v>
       </c>
       <c r="AG21" t="s">
-        <v>260</v>
+        <v>132</v>
       </c>
       <c r="AH21">
         <v>365</v>
       </c>
       <c r="AI21" t="s">
-        <v>50</v>
+        <v>134</v>
       </c>
       <c r="AJ21" t="s">
         <v>51</v>
       </c>
       <c r="AK21" t="s">
-        <v>201</v>
+        <v>85</v>
       </c>
       <c r="AL21" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="AM21" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="AN21" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="AO21" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="AP21">
-        <v>24488000</v>
+        <v>124176575.33</v>
       </c>
       <c r="AQ21" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="B22" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="C22" t="s">
         <v>45</v>
       </c>
       <c r="D22" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="E22" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="F22" t="s">
         <v>48</v>
       </c>
       <c r="G22" t="s">
         <v>49</v>
       </c>
       <c r="H22" t="s">
-        <v>217</v>
+        <v>50</v>
       </c>
       <c r="I22" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="J22" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="K22" t="s">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="L22" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="M22" t="s">
         <v>54</v>
       </c>
       <c r="N22" t="s">
-        <v>94</v>
+        <v>55</v>
       </c>
       <c r="O22" t="s">
         <v>56</v>
       </c>
       <c r="P22" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="Q22" t="s">
         <v>57</v>
       </c>
       <c r="R22" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="S22" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="T22" t="s">
         <v>60</v>
       </c>
       <c r="U22" t="s">
         <v>61</v>
       </c>
       <c r="V22">
         <v>3</v>
       </c>
       <c r="W22" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="X22" t="s">
-        <v>118</v>
+        <v>262</v>
       </c>
       <c r="Y22" t="s">
-        <v>119</v>
+        <v>262</v>
       </c>
       <c r="Z22" t="s">
-        <v>119</v>
+        <v>65</v>
       </c>
       <c r="AA22" t="s">
-        <v>120</v>
+        <v>66</v>
       </c>
       <c r="AB22">
-        <v>31</v>
+        <v>-49</v>
       </c>
       <c r="AC22" t="s">
-        <v>119</v>
+        <v>65</v>
       </c>
       <c r="AD22" t="s">
-        <v>120</v>
+        <v>66</v>
       </c>
       <c r="AE22">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="AF22" t="s">
-        <v>118</v>
+        <v>262</v>
       </c>
       <c r="AG22" t="s">
-        <v>119</v>
+        <v>262</v>
       </c>
       <c r="AH22">
-        <v>365</v>
+        <v>0</v>
       </c>
       <c r="AI22" t="s">
-        <v>219</v>
+        <v>50</v>
       </c>
       <c r="AJ22" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="AK22" t="s">
-        <v>94</v>
+        <v>67</v>
       </c>
       <c r="AL22" t="s">
-        <v>268</v>
+        <v>260</v>
       </c>
       <c r="AM22" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="AN22" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="AO22" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="AP22">
-        <v>700000000</v>
+        <v>40000000</v>
       </c>
       <c r="AQ22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="B23" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="C23" t="s">
         <v>45</v>
       </c>
       <c r="D23" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="E23" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="F23" t="s">
         <v>48</v>
       </c>
       <c r="G23" t="s">
         <v>49</v>
       </c>
       <c r="H23" t="s">
-        <v>50</v>
+        <v>140</v>
       </c>
       <c r="I23" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="J23" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="K23" t="s">
         <v>52</v>
       </c>
       <c r="L23" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="M23" t="s">
         <v>54</v>
       </c>
       <c r="N23" t="s">
         <v>55</v>
       </c>
       <c r="O23" t="s">
         <v>56</v>
       </c>
       <c r="P23" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="Q23" t="s">
         <v>57</v>
       </c>
       <c r="R23" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="S23" t="s">
-        <v>274</v>
+        <v>77</v>
       </c>
       <c r="T23" t="s">
-        <v>116</v>
+        <v>60</v>
       </c>
       <c r="U23" t="s">
         <v>61</v>
       </c>
       <c r="V23">
         <v>3</v>
       </c>
       <c r="W23" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="X23" t="s">
-        <v>275</v>
+        <v>249</v>
       </c>
       <c r="Y23" t="s">
-        <v>276</v>
+        <v>247</v>
       </c>
       <c r="Z23" t="s">
-        <v>146</v>
+        <v>218</v>
       </c>
       <c r="AA23" t="s">
-        <v>277</v>
+        <v>268</v>
       </c>
       <c r="AB23">
-        <v>-40</v>
+        <v>-31</v>
       </c>
       <c r="AC23" t="s">
-        <v>146</v>
+        <v>218</v>
       </c>
       <c r="AD23" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="AE23">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="AF23" t="s">
-        <v>275</v>
+        <v>249</v>
       </c>
       <c r="AG23" t="s">
-        <v>276</v>
+        <v>247</v>
       </c>
       <c r="AH23">
         <v>365</v>
       </c>
       <c r="AI23" t="s">
-        <v>50</v>
+        <v>140</v>
       </c>
       <c r="AJ23" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="AK23" t="s">
-        <v>201</v>
+        <v>85</v>
       </c>
       <c r="AL23" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="AM23" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="AN23" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="AO23" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="AP23">
-        <v>2538000</v>
+        <v>203175000</v>
       </c>
       <c r="AQ23" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="B24" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
       <c r="C24" t="s">
         <v>45</v>
       </c>
       <c r="D24" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
       <c r="E24" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="F24" t="s">
         <v>48</v>
       </c>
       <c r="G24" t="s">
         <v>49</v>
       </c>
       <c r="H24" t="s">
         <v>50</v>
       </c>
       <c r="I24" t="s">
         <v>51</v>
       </c>
       <c r="J24" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="K24" t="s">
         <v>52</v>
       </c>
       <c r="L24" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
       <c r="M24" t="s">
         <v>54</v>
       </c>
       <c r="N24" t="s">
         <v>55</v>
       </c>
       <c r="O24" t="s">
         <v>56</v>
       </c>
       <c r="P24" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
       <c r="Q24" t="s">
         <v>57</v>
       </c>
       <c r="R24" t="s">
-        <v>74</v>
+        <v>58</v>
       </c>
       <c r="S24" t="s">
-        <v>274</v>
+        <v>94</v>
       </c>
       <c r="T24" t="s">
-        <v>116</v>
+        <v>60</v>
       </c>
       <c r="U24" t="s">
         <v>61</v>
       </c>
       <c r="V24">
         <v>3</v>
       </c>
       <c r="W24" t="s">
-        <v>285</v>
+        <v>274</v>
       </c>
       <c r="X24" t="s">
-        <v>174</v>
+        <v>275</v>
       </c>
       <c r="Y24" t="s">
-        <v>174</v>
+        <v>276</v>
       </c>
       <c r="Z24" t="s">
-        <v>146</v>
+        <v>98</v>
       </c>
       <c r="AA24" t="s">
-        <v>286</v>
+        <v>277</v>
       </c>
       <c r="AB24">
-        <v>-40</v>
+        <v>-28</v>
       </c>
       <c r="AC24" t="s">
-        <v>146</v>
+        <v>98</v>
       </c>
       <c r="AD24" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="AE24">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="AF24" t="s">
-        <v>174</v>
+        <v>279</v>
       </c>
       <c r="AG24" t="s">
-        <v>174</v>
+        <v>276</v>
       </c>
       <c r="AH24">
-        <v>0</v>
+        <v>365</v>
       </c>
       <c r="AI24" t="s">
         <v>50</v>
       </c>
       <c r="AJ24" t="s">
         <v>51</v>
       </c>
       <c r="AK24" t="s">
-        <v>201</v>
+        <v>85</v>
       </c>
       <c r="AL24" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="AM24" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
       <c r="AN24" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
       <c r="AO24" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="AP24">
-        <v>26936800</v>
+        <v>3000000</v>
       </c>
       <c r="AQ24" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="B25" t="s">
-        <v>288</v>
+        <v>281</v>
       </c>
       <c r="C25" t="s">
         <v>45</v>
       </c>
       <c r="D25" t="s">
-        <v>289</v>
+        <v>282</v>
       </c>
       <c r="E25" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="F25" t="s">
         <v>48</v>
       </c>
       <c r="G25" t="s">
         <v>49</v>
       </c>
       <c r="H25" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
       <c r="I25" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="J25" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="K25" t="s">
         <v>52</v>
       </c>
       <c r="L25" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="M25" t="s">
         <v>54</v>
       </c>
       <c r="N25" t="s">
         <v>55</v>
       </c>
       <c r="O25" t="s">
         <v>56</v>
       </c>
       <c r="P25" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="Q25" t="s">
         <v>57</v>
       </c>
       <c r="R25" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="S25" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>94</v>
       </c>
       <c r="U25" t="s">
         <v>61</v>
       </c>
       <c r="V25">
         <v>3</v>
       </c>
       <c r="W25" t="s">
-        <v>292</v>
+        <v>95</v>
       </c>
       <c r="X25" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="Y25" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
       <c r="Z25" t="s">
-        <v>146</v>
+        <v>81</v>
       </c>
       <c r="AA25" t="s">
-        <v>293</v>
+        <v>186</v>
       </c>
       <c r="AB25">
-        <v>-40</v>
+        <v>-31</v>
       </c>
       <c r="AC25" t="s">
-        <v>146</v>
+        <v>285</v>
       </c>
       <c r="AD25" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="AE25">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="AF25" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="AG25" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
       <c r="AH25">
-        <v>0</v>
+        <v>366</v>
       </c>
       <c r="AI25" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
       <c r="AJ25" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="AK25" t="s">
-        <v>201</v>
+        <v>85</v>
       </c>
       <c r="AL25" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="AM25" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="AN25" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="AO25" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="AP25">
-        <v>2820000</v>
+        <v>65985779.5375</v>
       </c>
       <c r="AQ25" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="B26" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="C26" t="s">
         <v>45</v>
       </c>
       <c r="D26" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="E26" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="F26" t="s">
         <v>48</v>
       </c>
       <c r="G26" t="s">
         <v>49</v>
       </c>
       <c r="H26" t="s">
-        <v>113</v>
+        <v>73</v>
       </c>
       <c r="I26" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="J26" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="K26" t="s">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="L26" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="M26" t="s">
         <v>54</v>
       </c>
       <c r="N26" t="s">
-        <v>94</v>
+        <v>55</v>
       </c>
       <c r="O26" t="s">
         <v>56</v>
       </c>
       <c r="P26" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="Q26" t="s">
         <v>57</v>
       </c>
       <c r="R26" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="S26" t="s">
-        <v>115</v>
+        <v>77</v>
       </c>
       <c r="T26" t="s">
         <v>60</v>
       </c>
       <c r="U26" t="s">
         <v>61</v>
       </c>
       <c r="V26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W26" t="s">
-        <v>117</v>
+        <v>95</v>
       </c>
       <c r="X26" t="s">
-        <v>118</v>
+        <v>96</v>
       </c>
       <c r="Y26" t="s">
-        <v>119</v>
+        <v>292</v>
       </c>
       <c r="Z26" t="s">
-        <v>119</v>
+        <v>81</v>
       </c>
       <c r="AA26" t="s">
-        <v>120</v>
+        <v>293</v>
       </c>
       <c r="AB26">
-        <v>31</v>
+        <v>-28</v>
       </c>
       <c r="AC26" t="s">
-        <v>119</v>
+        <v>294</v>
       </c>
       <c r="AD26" t="s">
-        <v>120</v>
+        <v>295</v>
       </c>
       <c r="AE26">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="AF26" t="s">
-        <v>118</v>
+        <v>96</v>
       </c>
       <c r="AG26" t="s">
-        <v>119</v>
+        <v>292</v>
       </c>
       <c r="AH26">
         <v>365</v>
       </c>
       <c r="AI26" t="s">
-        <v>121</v>
+        <v>73</v>
       </c>
       <c r="AJ26" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="AK26" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="AL26" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="AM26" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="AN26" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="AO26" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="AP26">
-        <v>125299858.83</v>
+        <v>226940481.7755</v>
       </c>
       <c r="AQ26" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="B27" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C27" t="s">
         <v>45</v>
       </c>
       <c r="D27" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="E27" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="F27" t="s">
         <v>48</v>
       </c>
       <c r="G27" t="s">
         <v>49</v>
       </c>
       <c r="H27" t="s">
-        <v>50</v>
+        <v>126</v>
       </c>
       <c r="I27" t="s">
         <v>51</v>
       </c>
       <c r="J27" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="K27" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="L27" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="M27" t="s">
         <v>54</v>
       </c>
       <c r="N27" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="O27" t="s">
         <v>56</v>
       </c>
       <c r="P27" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="Q27" t="s">
         <v>57</v>
       </c>
       <c r="R27" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="S27" t="s">
-        <v>274</v>
+        <v>128</v>
       </c>
       <c r="T27" t="s">
-        <v>116</v>
+        <v>129</v>
       </c>
       <c r="U27" t="s">
         <v>61</v>
       </c>
       <c r="V27">
         <v>3</v>
       </c>
       <c r="W27" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="X27" t="s">
-        <v>306</v>
+        <v>131</v>
       </c>
       <c r="Y27" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="Z27" t="s">
-        <v>146</v>
+        <v>302</v>
       </c>
       <c r="AA27" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="AB27">
-        <v>-40</v>
+        <v>396</v>
       </c>
       <c r="AC27" t="s">
-        <v>146</v>
+        <v>302</v>
       </c>
       <c r="AD27" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="AE27">
-        <v>40</v>
+        <v>396</v>
       </c>
       <c r="AF27" t="s">
-        <v>190</v>
+        <v>131</v>
       </c>
       <c r="AG27" t="s">
-        <v>310</v>
+        <v>301</v>
       </c>
       <c r="AH27">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="AI27" t="s">
-        <v>50</v>
+        <v>134</v>
       </c>
       <c r="AJ27" t="s">
         <v>51</v>
       </c>
       <c r="AK27" t="s">
-        <v>201</v>
+        <v>85</v>
       </c>
       <c r="AL27" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AM27" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="AN27" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="AO27" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="AP27">
-        <v>25744400</v>
+        <v>125462847.82</v>
       </c>
       <c r="AQ27" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="B28" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="C28" t="s">
         <v>45</v>
       </c>
       <c r="D28" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="E28" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="F28" t="s">
         <v>48</v>
       </c>
       <c r="G28" t="s">
         <v>49</v>
       </c>
       <c r="H28" t="s">
         <v>50</v>
       </c>
       <c r="I28" t="s">
         <v>51</v>
       </c>
       <c r="J28" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="K28" t="s">
         <v>52</v>
       </c>
       <c r="L28" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="M28" t="s">
         <v>54</v>
       </c>
       <c r="N28" t="s">
         <v>55</v>
       </c>
       <c r="O28" t="s">
         <v>56</v>
       </c>
       <c r="P28" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="Q28" t="s">
         <v>57</v>
       </c>
       <c r="R28" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="S28" t="s">
-        <v>87</v>
+        <v>107</v>
       </c>
       <c r="T28" t="s">
-        <v>116</v>
+        <v>60</v>
       </c>
       <c r="U28" t="s">
         <v>61</v>
       </c>
       <c r="V28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W28" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="X28" t="s">
-        <v>275</v>
+        <v>63</v>
       </c>
       <c r="Y28" t="s">
-        <v>276</v>
+        <v>262</v>
       </c>
       <c r="Z28" t="s">
-        <v>146</v>
+        <v>65</v>
       </c>
       <c r="AA28" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="AB28">
-        <v>-40</v>
+        <v>-49</v>
       </c>
       <c r="AC28" t="s">
-        <v>146</v>
+        <v>65</v>
       </c>
       <c r="AD28" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="AE28">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="AF28" t="s">
-        <v>275</v>
+        <v>63</v>
       </c>
       <c r="AG28" t="s">
-        <v>276</v>
+        <v>262</v>
       </c>
       <c r="AH28">
-        <v>365</v>
+        <v>19514</v>
       </c>
       <c r="AI28" t="s">
         <v>50</v>
       </c>
       <c r="AJ28" t="s">
         <v>51</v>
       </c>
       <c r="AK28" t="s">
-        <v>94</v>
+        <v>67</v>
       </c>
       <c r="AL28" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="AM28" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="AN28" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="AO28" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="AP28">
-        <v>23404000</v>
+        <v>16000000</v>
       </c>
       <c r="AQ28" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="B29" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="C29" t="s">
         <v>45</v>
       </c>
       <c r="D29" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="E29" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="F29" t="s">
         <v>48</v>
       </c>
       <c r="G29" t="s">
         <v>49</v>
       </c>
       <c r="H29" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="I29" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="J29" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="K29" t="s">
         <v>52</v>
       </c>
       <c r="L29" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="M29" t="s">
         <v>54</v>
       </c>
       <c r="N29" t="s">
         <v>55</v>
       </c>
       <c r="O29" t="s">
         <v>56</v>
       </c>
       <c r="P29" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="Q29" t="s">
         <v>57</v>
       </c>
       <c r="R29" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="S29" t="s">
-        <v>87</v>
+        <v>59</v>
       </c>
       <c r="T29" t="s">
         <v>60</v>
       </c>
       <c r="U29" t="s">
         <v>61</v>
       </c>
       <c r="V29">
         <v>3</v>
       </c>
       <c r="W29" t="s">
-        <v>323</v>
+        <v>108</v>
       </c>
       <c r="X29" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="Y29" t="s">
-        <v>325</v>
+        <v>262</v>
       </c>
       <c r="Z29" t="s">
-        <v>104</v>
+        <v>65</v>
       </c>
       <c r="AA29" t="s">
-        <v>326</v>
+        <v>66</v>
       </c>
       <c r="AB29">
-        <v>-28</v>
+        <v>-49</v>
       </c>
       <c r="AC29" t="s">
-        <v>106</v>
+        <v>65</v>
       </c>
       <c r="AD29" t="s">
-        <v>327</v>
+        <v>66</v>
       </c>
       <c r="AE29">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="AF29" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="AG29" t="s">
-        <v>104</v>
+        <v>262</v>
       </c>
       <c r="AH29">
-        <v>365</v>
+        <v>19513</v>
       </c>
       <c r="AI29" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="AJ29" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="AK29" t="s">
-        <v>94</v>
+        <v>319</v>
       </c>
       <c r="AL29" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="AM29" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="AN29" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="AO29" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="AP29">
-        <v>552385637.875</v>
+        <v>86000000</v>
       </c>
       <c r="AQ29" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="B30" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
       <c r="C30" t="s">
         <v>45</v>
       </c>
       <c r="D30" t="s">
-        <v>330</v>
+        <v>323</v>
       </c>
       <c r="E30" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="F30" t="s">
         <v>48</v>
       </c>
       <c r="G30" t="s">
         <v>49</v>
       </c>
       <c r="H30" t="s">
         <v>50</v>
       </c>
       <c r="I30" t="s">
         <v>51</v>
       </c>
       <c r="J30" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="K30" t="s">
         <v>52</v>
       </c>
       <c r="L30" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="M30" t="s">
         <v>54</v>
       </c>
       <c r="N30" t="s">
         <v>55</v>
       </c>
       <c r="O30" t="s">
         <v>56</v>
       </c>
       <c r="P30" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="Q30" t="s">
         <v>57</v>
       </c>
       <c r="R30" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="S30" t="s">
-        <v>274</v>
+        <v>326</v>
       </c>
       <c r="T30" t="s">
-        <v>250</v>
+        <v>60</v>
       </c>
       <c r="U30" t="s">
         <v>61</v>
       </c>
       <c r="V30">
         <v>3</v>
       </c>
       <c r="W30" t="s">
-        <v>333</v>
+        <v>95</v>
       </c>
       <c r="X30" t="s">
-        <v>190</v>
+        <v>172</v>
       </c>
       <c r="Y30" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="Z30" t="s">
-        <v>146</v>
+        <v>174</v>
       </c>
       <c r="AA30" t="s">
-        <v>335</v>
+        <v>328</v>
       </c>
       <c r="AB30">
         <v>-40</v>
       </c>
       <c r="AC30" t="s">
-        <v>336</v>
+        <v>174</v>
       </c>
       <c r="AD30" t="s">
-        <v>309</v>
+        <v>328</v>
       </c>
       <c r="AE30">
         <v>40</v>
       </c>
       <c r="AF30" t="s">
-        <v>190</v>
+        <v>172</v>
       </c>
       <c r="AG30" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="AH30">
         <v>365</v>
       </c>
       <c r="AI30" t="s">
         <v>50</v>
       </c>
       <c r="AJ30" t="s">
         <v>51</v>
       </c>
       <c r="AK30" t="s">
-        <v>201</v>
+        <v>85</v>
       </c>
       <c r="AL30" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="AM30" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="AN30" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="AO30" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="AP30">
-        <v>2476000</v>
+        <v>2356000</v>
       </c>
       <c r="AQ30" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="B31" t="s">
-        <v>338</v>
+        <v>330</v>
       </c>
       <c r="C31" t="s">
         <v>45</v>
       </c>
       <c r="D31" t="s">
-        <v>339</v>
+        <v>331</v>
       </c>
       <c r="E31" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="F31" t="s">
         <v>48</v>
       </c>
       <c r="G31" t="s">
         <v>49</v>
       </c>
       <c r="H31" t="s">
-        <v>127</v>
+        <v>50</v>
       </c>
       <c r="I31" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="J31" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="K31" t="s">
         <v>52</v>
       </c>
       <c r="L31" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="M31" t="s">
         <v>54</v>
       </c>
       <c r="N31" t="s">
         <v>55</v>
       </c>
       <c r="O31" t="s">
         <v>56</v>
       </c>
       <c r="P31" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="Q31" t="s">
         <v>57</v>
       </c>
       <c r="R31" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="S31" t="s">
-        <v>87</v>
+        <v>326</v>
       </c>
       <c r="T31" t="s">
         <v>60</v>
       </c>
       <c r="U31" t="s">
         <v>61</v>
       </c>
       <c r="V31">
         <v>3</v>
       </c>
       <c r="W31" t="s">
-        <v>88</v>
+        <v>334</v>
       </c>
       <c r="X31" t="s">
-        <v>342</v>
+        <v>172</v>
       </c>
       <c r="Y31" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="Z31" t="s">
-        <v>344</v>
+        <v>174</v>
       </c>
       <c r="AA31" t="s">
-        <v>345</v>
+        <v>336</v>
       </c>
       <c r="AB31">
-        <v>-31</v>
+        <v>-40</v>
       </c>
       <c r="AC31" t="s">
-        <v>344</v>
+        <v>174</v>
       </c>
       <c r="AD31" t="s">
-        <v>345</v>
+        <v>336</v>
       </c>
       <c r="AE31">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="AF31" t="s">
-        <v>346</v>
+        <v>172</v>
       </c>
       <c r="AG31" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="AH31">
         <v>365</v>
       </c>
       <c r="AI31" t="s">
-        <v>127</v>
+        <v>50</v>
       </c>
       <c r="AJ31" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="AK31" t="s">
-        <v>94</v>
+        <v>178</v>
       </c>
       <c r="AL31" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="AM31" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="AN31" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="AO31" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="AP31">
-        <v>295958250</v>
+        <v>52082800</v>
       </c>
       <c r="AQ31" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="B32" t="s">
-        <v>348</v>
+        <v>338</v>
       </c>
       <c r="C32" t="s">
         <v>45</v>
       </c>
       <c r="D32" t="s">
-        <v>349</v>
+        <v>339</v>
       </c>
       <c r="E32" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="F32" t="s">
         <v>48</v>
       </c>
       <c r="G32" t="s">
         <v>49</v>
       </c>
       <c r="H32" t="s">
-        <v>127</v>
+        <v>50</v>
       </c>
       <c r="I32" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="J32" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="K32" t="s">
         <v>52</v>
       </c>
       <c r="L32" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="M32" t="s">
         <v>54</v>
       </c>
       <c r="N32" t="s">
         <v>55</v>
       </c>
       <c r="O32" t="s">
         <v>56</v>
       </c>
       <c r="P32" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="Q32" t="s">
         <v>57</v>
       </c>
       <c r="R32" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="S32" t="s">
-        <v>87</v>
+        <v>342</v>
       </c>
       <c r="T32" t="s">
         <v>60</v>
       </c>
       <c r="U32" t="s">
         <v>61</v>
       </c>
       <c r="V32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W32" t="s">
-        <v>88</v>
+        <v>343</v>
       </c>
       <c r="X32" t="s">
-        <v>352</v>
+        <v>344</v>
       </c>
       <c r="Y32" t="s">
-        <v>353</v>
+        <v>345</v>
       </c>
       <c r="Z32" t="s">
+        <v>174</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>346</v>
+      </c>
+      <c r="AB32">
+        <v>-40</v>
+      </c>
+      <c r="AC32" t="s">
+        <v>174</v>
+      </c>
+      <c r="AD32" t="s">
+        <v>346</v>
+      </c>
+      <c r="AE32">
+        <v>40</v>
+      </c>
+      <c r="AF32" t="s">
         <v>344</v>
       </c>
-      <c r="AA32" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AG32" t="s">
-        <v>355</v>
+        <v>345</v>
       </c>
       <c r="AH32">
         <v>365</v>
       </c>
       <c r="AI32" t="s">
-        <v>127</v>
+        <v>50</v>
       </c>
       <c r="AJ32" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="AK32" t="s">
-        <v>356</v>
+        <v>347</v>
       </c>
       <c r="AL32" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="AM32" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="AN32" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="AO32" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="AP32">
-        <v>145985000</v>
+        <v>2120400</v>
       </c>
       <c r="AQ32" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="B33" t="s">
-        <v>358</v>
+        <v>349</v>
       </c>
       <c r="C33" t="s">
         <v>45</v>
       </c>
       <c r="D33" t="s">
-        <v>359</v>
+        <v>350</v>
       </c>
       <c r="E33" t="s">
-        <v>360</v>
+        <v>351</v>
       </c>
       <c r="F33" t="s">
         <v>48</v>
       </c>
       <c r="G33" t="s">
         <v>49</v>
       </c>
       <c r="H33" t="s">
-        <v>83</v>
+        <v>50</v>
       </c>
       <c r="I33" t="s">
-        <v>84</v>
+        <v>51</v>
       </c>
       <c r="J33" t="s">
-        <v>360</v>
+        <v>351</v>
       </c>
       <c r="K33" t="s">
         <v>52</v>
       </c>
       <c r="L33" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
       <c r="M33" t="s">
         <v>54</v>
       </c>
       <c r="N33" t="s">
         <v>55</v>
       </c>
       <c r="O33" t="s">
         <v>56</v>
       </c>
       <c r="P33" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
       <c r="Q33" t="s">
         <v>57</v>
       </c>
       <c r="R33" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="S33" t="s">
-        <v>274</v>
+        <v>353</v>
       </c>
       <c r="T33" t="s">
-        <v>131</v>
+        <v>164</v>
       </c>
       <c r="U33" t="s">
         <v>61</v>
       </c>
       <c r="V33">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="W33" t="s">
-        <v>88</v>
+        <v>108</v>
       </c>
       <c r="X33" t="s">
-        <v>244</v>
+        <v>354</v>
       </c>
       <c r="Y33" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="Z33" t="s">
-        <v>91</v>
+        <v>174</v>
       </c>
       <c r="AA33" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="AB33">
-        <v>-31</v>
+        <v>-40</v>
       </c>
       <c r="AC33" t="s">
-        <v>91</v>
+        <v>174</v>
       </c>
       <c r="AD33" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="AE33">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="AF33" t="s">
-        <v>244</v>
+        <v>354</v>
       </c>
       <c r="AG33" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="AH33">
         <v>365</v>
       </c>
       <c r="AI33" t="s">
-        <v>83</v>
+        <v>50</v>
       </c>
       <c r="AJ33" t="s">
-        <v>84</v>
+        <v>51</v>
       </c>
       <c r="AK33" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="AL33" t="s">
-        <v>360</v>
+        <v>351</v>
       </c>
       <c r="AM33" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
       <c r="AN33" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
       <c r="AO33" t="s">
-        <v>360</v>
+        <v>351</v>
       </c>
       <c r="AP33">
-        <v>1125660243.092</v>
+        <v>18912000</v>
       </c>
       <c r="AQ33" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="B34" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
       <c r="C34" t="s">
         <v>45</v>
       </c>
       <c r="D34" t="s">
-        <v>366</v>
+        <v>359</v>
       </c>
       <c r="E34" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="F34" t="s">
         <v>48</v>
       </c>
       <c r="G34" t="s">
         <v>49</v>
       </c>
       <c r="H34" t="s">
-        <v>127</v>
+        <v>50</v>
       </c>
       <c r="I34" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="J34" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="K34" t="s">
         <v>52</v>
       </c>
       <c r="L34" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="M34" t="s">
         <v>54</v>
       </c>
       <c r="N34" t="s">
         <v>55</v>
       </c>
       <c r="O34" t="s">
         <v>56</v>
       </c>
       <c r="P34" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="Q34" t="s">
         <v>57</v>
       </c>
       <c r="R34" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="S34" t="s">
-        <v>87</v>
+        <v>326</v>
       </c>
       <c r="T34" t="s">
         <v>60</v>
       </c>
       <c r="U34" t="s">
         <v>61</v>
       </c>
       <c r="V34">
         <v>3</v>
       </c>
       <c r="W34" t="s">
-        <v>88</v>
+        <v>108</v>
       </c>
       <c r="X34" t="s">
-        <v>346</v>
+        <v>172</v>
       </c>
       <c r="Y34" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
       <c r="Z34" t="s">
-        <v>344</v>
+        <v>174</v>
       </c>
       <c r="AA34" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="AB34">
-        <v>-31</v>
+        <v>-40</v>
       </c>
       <c r="AC34" t="s">
-        <v>344</v>
+        <v>174</v>
       </c>
       <c r="AD34" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="AE34">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="AF34" t="s">
-        <v>346</v>
+        <v>172</v>
       </c>
       <c r="AG34" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
       <c r="AH34">
         <v>365</v>
       </c>
       <c r="AI34" t="s">
-        <v>127</v>
+        <v>50</v>
       </c>
       <c r="AJ34" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="AK34" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="AL34" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="AM34" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="AN34" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="AO34" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="AP34">
-        <v>183276750</v>
+        <v>18912000</v>
       </c>
       <c r="AQ34" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="B35" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="C35" t="s">
         <v>45</v>
       </c>
       <c r="D35" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="E35" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="F35" t="s">
         <v>48</v>
       </c>
       <c r="G35" t="s">
         <v>49</v>
       </c>
       <c r="H35" t="s">
         <v>50</v>
       </c>
       <c r="I35" t="s">
         <v>51</v>
       </c>
       <c r="J35" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="K35" t="s">
         <v>52</v>
       </c>
       <c r="L35" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="M35" t="s">
         <v>54</v>
       </c>
       <c r="N35" t="s">
         <v>55</v>
       </c>
       <c r="O35" t="s">
         <v>56</v>
       </c>
       <c r="P35" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="Q35" t="s">
         <v>57</v>
       </c>
       <c r="R35" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
       <c r="S35" t="s">
-        <v>154</v>
+        <v>326</v>
       </c>
       <c r="T35" t="s">
-        <v>60</v>
+        <v>164</v>
       </c>
       <c r="U35" t="s">
         <v>61</v>
       </c>
       <c r="V35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W35" t="s">
-        <v>376</v>
+        <v>343</v>
       </c>
       <c r="X35" t="s">
-        <v>377</v>
+        <v>172</v>
       </c>
       <c r="Y35" t="s">
-        <v>378</v>
+        <v>369</v>
       </c>
       <c r="Z35" t="s">
-        <v>157</v>
+        <v>174</v>
       </c>
       <c r="AA35" t="s">
-        <v>379</v>
+        <v>370</v>
       </c>
       <c r="AB35">
-        <v>-28</v>
+        <v>-40</v>
       </c>
       <c r="AC35" t="s">
-        <v>157</v>
+        <v>174</v>
       </c>
       <c r="AD35" t="s">
-        <v>380</v>
+        <v>371</v>
       </c>
       <c r="AE35">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="AF35" t="s">
-        <v>381</v>
+        <v>172</v>
       </c>
       <c r="AG35" t="s">
-        <v>378</v>
+        <v>369</v>
       </c>
       <c r="AH35">
         <v>365</v>
       </c>
       <c r="AI35" t="s">
         <v>50</v>
       </c>
       <c r="AJ35" t="s">
         <v>51</v>
       </c>
       <c r="AK35" t="s">
-        <v>94</v>
+        <v>178</v>
       </c>
       <c r="AL35" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="AM35" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="AN35" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="AO35" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="AP35">
-        <v>3000000</v>
+        <v>24488000</v>
       </c>
       <c r="AQ35" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
       <c r="B36" t="s">
-        <v>383</v>
+        <v>373</v>
       </c>
       <c r="C36" t="s">
         <v>45</v>
       </c>
       <c r="D36" t="s">
-        <v>384</v>
+        <v>374</v>
       </c>
       <c r="E36" t="s">
-        <v>385</v>
+        <v>375</v>
       </c>
       <c r="F36" t="s">
         <v>48</v>
       </c>
       <c r="G36" t="s">
         <v>49</v>
       </c>
       <c r="H36" t="s">
-        <v>113</v>
+        <v>50</v>
       </c>
       <c r="I36" t="s">
         <v>51</v>
       </c>
       <c r="J36" t="s">
-        <v>385</v>
+        <v>375</v>
       </c>
       <c r="K36" t="s">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="L36" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="M36" t="s">
         <v>54</v>
       </c>
       <c r="N36" t="s">
-        <v>94</v>
+        <v>55</v>
       </c>
       <c r="O36" t="s">
         <v>56</v>
       </c>
       <c r="P36" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="Q36" t="s">
         <v>57</v>
       </c>
       <c r="R36" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="S36" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="T36" t="s">
-        <v>250</v>
+        <v>164</v>
       </c>
       <c r="U36" t="s">
         <v>61</v>
       </c>
       <c r="V36">
         <v>3</v>
       </c>
       <c r="W36" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="X36" t="s">
-        <v>118</v>
+        <v>377</v>
       </c>
       <c r="Y36" t="s">
-        <v>119</v>
+        <v>378</v>
       </c>
       <c r="Z36" t="s">
-        <v>119</v>
+        <v>174</v>
       </c>
       <c r="AA36" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="AB36">
-        <v>31</v>
+        <v>-40</v>
       </c>
       <c r="AC36" t="s">
-        <v>119</v>
+        <v>174</v>
       </c>
       <c r="AD36" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="AE36">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="AF36" t="s">
-        <v>118</v>
+        <v>377</v>
       </c>
       <c r="AG36" t="s">
-        <v>119</v>
+        <v>378</v>
       </c>
       <c r="AH36">
         <v>365</v>
       </c>
       <c r="AI36" t="s">
-        <v>121</v>
+        <v>50</v>
       </c>
       <c r="AJ36" t="s">
         <v>51</v>
       </c>
       <c r="AK36" t="s">
-        <v>94</v>
+        <v>178</v>
       </c>
       <c r="AL36" t="s">
-        <v>388</v>
+        <v>375</v>
       </c>
       <c r="AM36" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="AN36" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="AO36" t="s">
-        <v>385</v>
+        <v>375</v>
       </c>
       <c r="AP36">
-        <v>124176575.33</v>
+        <v>2538000</v>
       </c>
       <c r="AQ36" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="B37" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="C37" t="s">
         <v>45</v>
       </c>
       <c r="D37" t="s">
-        <v>391</v>
+        <v>383</v>
       </c>
       <c r="E37" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="F37" t="s">
         <v>48</v>
       </c>
       <c r="G37" t="s">
         <v>49</v>
       </c>
       <c r="H37" t="s">
         <v>50</v>
       </c>
       <c r="I37" t="s">
         <v>51</v>
       </c>
       <c r="J37" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="K37" t="s">
         <v>52</v>
       </c>
       <c r="L37" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="M37" t="s">
         <v>54</v>
       </c>
       <c r="N37" t="s">
         <v>55</v>
       </c>
       <c r="O37" t="s">
         <v>56</v>
       </c>
       <c r="P37" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="Q37" t="s">
         <v>57</v>
       </c>
       <c r="R37" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="S37" t="s">
-        <v>274</v>
+        <v>116</v>
       </c>
       <c r="T37" t="s">
-        <v>116</v>
+        <v>164</v>
       </c>
       <c r="U37" t="s">
         <v>61</v>
       </c>
       <c r="V37">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="W37" t="s">
-        <v>76</v>
+        <v>387</v>
       </c>
       <c r="X37" t="s">
+        <v>262</v>
+      </c>
+      <c r="Y37" t="s">
+        <v>262</v>
+      </c>
+      <c r="Z37" t="s">
         <v>174</v>
       </c>
-      <c r="Y37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AA37" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="AB37">
         <v>-40</v>
       </c>
       <c r="AC37" t="s">
-        <v>146</v>
+        <v>174</v>
       </c>
       <c r="AD37" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="AE37">
         <v>40</v>
       </c>
       <c r="AF37" t="s">
-        <v>174</v>
+        <v>262</v>
       </c>
       <c r="AG37" t="s">
-        <v>174</v>
+        <v>262</v>
       </c>
       <c r="AH37">
         <v>0</v>
       </c>
       <c r="AI37" t="s">
         <v>50</v>
       </c>
       <c r="AJ37" t="s">
         <v>51</v>
       </c>
       <c r="AK37" t="s">
-        <v>201</v>
+        <v>178</v>
       </c>
       <c r="AL37" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="AM37" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="AN37" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="AO37" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="AP37">
-        <v>2228400</v>
+        <v>26936800</v>
       </c>
       <c r="AQ37" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="B38" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="C38" t="s">
         <v>45</v>
       </c>
       <c r="D38" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="E38" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="F38" t="s">
         <v>48</v>
       </c>
       <c r="G38" t="s">
         <v>49</v>
       </c>
       <c r="H38" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="I38" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="J38" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="K38" t="s">
         <v>52</v>
       </c>
       <c r="L38" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="M38" t="s">
         <v>54</v>
       </c>
       <c r="N38" t="s">
         <v>55</v>
       </c>
       <c r="O38" t="s">
         <v>56</v>
       </c>
       <c r="P38" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="Q38" t="s">
         <v>57</v>
       </c>
       <c r="R38" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="S38" t="s">
-        <v>87</v>
+        <v>116</v>
       </c>
       <c r="T38" t="s">
-        <v>60</v>
+        <v>164</v>
       </c>
       <c r="U38" t="s">
         <v>61</v>
       </c>
       <c r="V38">
         <v>3</v>
       </c>
       <c r="W38" t="s">
-        <v>88</v>
+        <v>394</v>
       </c>
       <c r="X38" t="s">
-        <v>102</v>
+        <v>262</v>
       </c>
       <c r="Y38" t="s">
-        <v>103</v>
+        <v>262</v>
       </c>
       <c r="Z38" t="s">
-        <v>104</v>
+        <v>174</v>
       </c>
       <c r="AA38" t="s">
-        <v>105</v>
+        <v>395</v>
       </c>
       <c r="AB38">
-        <v>-31</v>
+        <v>-40</v>
       </c>
       <c r="AC38" t="s">
-        <v>106</v>
+        <v>174</v>
       </c>
       <c r="AD38" t="s">
-        <v>107</v>
+        <v>395</v>
       </c>
       <c r="AE38">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="AF38" t="s">
-        <v>102</v>
+        <v>262</v>
       </c>
       <c r="AG38" t="s">
-        <v>103</v>
+        <v>262</v>
       </c>
       <c r="AH38">
-        <v>366</v>
+        <v>0</v>
       </c>
       <c r="AI38" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="AJ38" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="AK38" t="s">
-        <v>94</v>
+        <v>178</v>
       </c>
       <c r="AL38" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="AM38" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="AN38" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="AO38" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="AP38">
-        <v>62932874.94375</v>
+        <v>2820000</v>
       </c>
       <c r="AQ38" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="B39" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="C39" t="s">
         <v>45</v>
       </c>
       <c r="D39" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="E39" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="F39" t="s">
         <v>48</v>
       </c>
       <c r="G39" t="s">
         <v>49</v>
       </c>
       <c r="H39" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="I39" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="J39" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="K39" t="s">
         <v>52</v>
       </c>
       <c r="L39" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="M39" t="s">
         <v>54</v>
       </c>
       <c r="N39" t="s">
         <v>55</v>
       </c>
       <c r="O39" t="s">
         <v>56</v>
       </c>
       <c r="P39" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="Q39" t="s">
         <v>57</v>
       </c>
       <c r="R39" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="S39" t="s">
-        <v>154</v>
+        <v>77</v>
+      </c>
+      <c r="T39" t="s">
+        <v>164</v>
       </c>
       <c r="U39" t="s">
         <v>61</v>
       </c>
       <c r="V39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W39" t="s">
-        <v>88</v>
+        <v>394</v>
       </c>
       <c r="X39" t="s">
-        <v>102</v>
+        <v>377</v>
       </c>
       <c r="Y39" t="s">
-        <v>103</v>
+        <v>378</v>
       </c>
       <c r="Z39" t="s">
-        <v>104</v>
+        <v>174</v>
       </c>
       <c r="AA39" t="s">
-        <v>105</v>
+        <v>402</v>
       </c>
       <c r="AB39">
-        <v>-31</v>
+        <v>-40</v>
       </c>
       <c r="AC39" t="s">
-        <v>405</v>
+        <v>174</v>
       </c>
       <c r="AD39" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="AE39">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="AF39" t="s">
-        <v>102</v>
+        <v>377</v>
       </c>
       <c r="AG39" t="s">
-        <v>103</v>
+        <v>378</v>
       </c>
       <c r="AH39">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="AI39" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="AJ39" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="AK39" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="AL39" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="AM39" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="AN39" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="AO39" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="AP39">
-        <v>65985779.5375</v>
+        <v>23404000</v>
       </c>
       <c r="AQ39" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="B40" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="C40" t="s">
         <v>45</v>
       </c>
       <c r="D40" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="E40" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="F40" t="s">
         <v>48</v>
       </c>
       <c r="G40" t="s">
         <v>49</v>
       </c>
       <c r="H40" t="s">
-        <v>113</v>
+        <v>50</v>
       </c>
       <c r="I40" t="s">
         <v>51</v>
       </c>
       <c r="J40" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="K40" t="s">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="L40" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="M40" t="s">
         <v>54</v>
       </c>
       <c r="N40" t="s">
-        <v>94</v>
+        <v>55</v>
       </c>
       <c r="O40" t="s">
         <v>56</v>
       </c>
       <c r="P40" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="Q40" t="s">
         <v>57</v>
       </c>
       <c r="R40" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="S40" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="T40" t="s">
-        <v>250</v>
+        <v>164</v>
       </c>
       <c r="U40" t="s">
         <v>61</v>
       </c>
       <c r="V40">
         <v>3</v>
       </c>
       <c r="W40" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="X40" t="s">
-        <v>118</v>
+        <v>409</v>
       </c>
       <c r="Y40" t="s">
-        <v>119</v>
+        <v>410</v>
       </c>
       <c r="Z40" t="s">
-        <v>119</v>
+        <v>174</v>
       </c>
       <c r="AA40" t="s">
-        <v>120</v>
+        <v>411</v>
       </c>
       <c r="AB40">
-        <v>31</v>
+        <v>-40</v>
       </c>
       <c r="AC40" t="s">
-        <v>119</v>
+        <v>174</v>
       </c>
       <c r="AD40" t="s">
-        <v>120</v>
+        <v>177</v>
       </c>
       <c r="AE40">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="AF40" t="s">
-        <v>118</v>
+        <v>172</v>
       </c>
       <c r="AG40" t="s">
-        <v>119</v>
+        <v>412</v>
       </c>
       <c r="AH40">
         <v>365</v>
       </c>
       <c r="AI40" t="s">
-        <v>121</v>
+        <v>50</v>
       </c>
       <c r="AJ40" t="s">
         <v>51</v>
       </c>
       <c r="AK40" t="s">
-        <v>94</v>
+        <v>178</v>
       </c>
       <c r="AL40" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="AM40" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="AN40" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="AO40" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="AP40">
-        <v>124216575.33</v>
+        <v>25744400</v>
       </c>
       <c r="AQ40" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>413</v>
       </c>
       <c r="B41" t="s">
         <v>414</v>
       </c>
       <c r="C41" t="s">
         <v>45</v>
       </c>
       <c r="D41" t="s">
         <v>415</v>
       </c>
       <c r="E41" t="s">
         <v>416</v>
       </c>
       <c r="F41" t="s">
         <v>48</v>
       </c>
       <c r="G41" t="s">
         <v>49</v>
       </c>
       <c r="H41" t="s">
-        <v>127</v>
+        <v>140</v>
       </c>
       <c r="I41" t="s">
-        <v>128</v>
+        <v>141</v>
       </c>
       <c r="J41" t="s">
         <v>416</v>
       </c>
       <c r="K41" t="s">
         <v>52</v>
       </c>
       <c r="L41" t="s">
         <v>417</v>
       </c>
       <c r="M41" t="s">
         <v>54</v>
       </c>
       <c r="N41" t="s">
         <v>55</v>
       </c>
       <c r="O41" t="s">
         <v>56</v>
       </c>
       <c r="P41" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="Q41" t="s">
         <v>57</v>
       </c>
       <c r="R41" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="S41" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="T41" t="s">
         <v>60</v>
       </c>
       <c r="U41" t="s">
         <v>61</v>
       </c>
       <c r="V41">
         <v>3</v>
       </c>
       <c r="W41" t="s">
-        <v>323</v>
+        <v>95</v>
       </c>
       <c r="X41" t="s">
-        <v>346</v>
+        <v>249</v>
       </c>
       <c r="Y41" t="s">
+        <v>418</v>
+      </c>
+      <c r="Z41" t="s">
+        <v>218</v>
+      </c>
+      <c r="AA41" t="s">
         <v>419</v>
-      </c>
-[...4 lines deleted...]
-        <v>420</v>
       </c>
       <c r="AB41">
         <v>-31</v>
       </c>
       <c r="AC41" t="s">
-        <v>344</v>
+        <v>218</v>
       </c>
       <c r="AD41" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="AE41">
         <v>31</v>
       </c>
       <c r="AF41" t="s">
-        <v>346</v>
+        <v>249</v>
       </c>
       <c r="AG41" t="s">
-        <v>343</v>
+        <v>418</v>
       </c>
       <c r="AH41">
         <v>365</v>
       </c>
       <c r="AI41" t="s">
-        <v>127</v>
+        <v>140</v>
       </c>
       <c r="AJ41" t="s">
-        <v>128</v>
+        <v>141</v>
       </c>
       <c r="AK41" t="s">
-        <v>421</v>
+        <v>85</v>
       </c>
       <c r="AL41" t="s">
         <v>416</v>
       </c>
       <c r="AM41" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="AN41" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="AO41" t="s">
         <v>416</v>
       </c>
       <c r="AP41">
-        <v>204068333.6</v>
+        <v>183276750</v>
       </c>
       <c r="AQ41" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="B42" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="C42" t="s">
         <v>45</v>
       </c>
       <c r="D42" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="E42" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="F42" t="s">
         <v>48</v>
       </c>
       <c r="G42" t="s">
         <v>49</v>
       </c>
       <c r="H42" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="I42" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="J42" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="K42" t="s">
         <v>52</v>
       </c>
       <c r="L42" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="M42" t="s">
         <v>54</v>
       </c>
       <c r="N42" t="s">
         <v>55</v>
       </c>
       <c r="O42" t="s">
         <v>56</v>
       </c>
       <c r="P42" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="Q42" t="s">
         <v>57</v>
       </c>
       <c r="R42" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="S42" t="s">
-        <v>87</v>
+        <v>116</v>
       </c>
       <c r="T42" t="s">
-        <v>427</v>
+        <v>164</v>
       </c>
       <c r="U42" t="s">
         <v>61</v>
       </c>
       <c r="V42">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="W42" t="s">
-        <v>88</v>
+        <v>108</v>
       </c>
       <c r="X42" t="s">
-        <v>155</v>
+        <v>262</v>
       </c>
       <c r="Y42" t="s">
-        <v>103</v>
+        <v>262</v>
       </c>
       <c r="Z42" t="s">
-        <v>104</v>
+        <v>174</v>
       </c>
       <c r="AA42" t="s">
-        <v>105</v>
+        <v>425</v>
       </c>
       <c r="AB42">
-        <v>-31</v>
+        <v>-40</v>
       </c>
       <c r="AC42" t="s">
-        <v>106</v>
+        <v>174</v>
       </c>
       <c r="AD42" t="s">
-        <v>107</v>
+        <v>425</v>
       </c>
       <c r="AE42">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="AF42" t="s">
-        <v>155</v>
+        <v>262</v>
       </c>
       <c r="AG42" t="s">
-        <v>103</v>
+        <v>262</v>
       </c>
       <c r="AH42">
-        <v>365</v>
+        <v>0</v>
       </c>
       <c r="AI42" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="AJ42" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="AK42" t="s">
-        <v>94</v>
+        <v>178</v>
       </c>
       <c r="AL42" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="AM42" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="AN42" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="AO42" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="AP42">
-        <v>72991634.316045</v>
+        <v>2228400</v>
       </c>
       <c r="AQ42" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="B43" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="C43" t="s">
         <v>45</v>
       </c>
       <c r="D43" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="E43" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F43" t="s">
         <v>48</v>
       </c>
       <c r="G43" t="s">
         <v>49</v>
       </c>
       <c r="H43" t="s">
-        <v>113</v>
+        <v>140</v>
       </c>
       <c r="I43" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="J43" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="K43" t="s">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="L43" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="M43" t="s">
         <v>54</v>
       </c>
       <c r="N43" t="s">
-        <v>94</v>
+        <v>55</v>
       </c>
       <c r="O43" t="s">
         <v>56</v>
       </c>
       <c r="P43" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="Q43" t="s">
         <v>57</v>
       </c>
       <c r="R43" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="S43" t="s">
-        <v>115</v>
+        <v>77</v>
       </c>
       <c r="T43" t="s">
-        <v>433</v>
+        <v>60</v>
       </c>
       <c r="U43" t="s">
         <v>61</v>
       </c>
       <c r="V43">
         <v>3</v>
       </c>
       <c r="W43" t="s">
-        <v>117</v>
+        <v>78</v>
       </c>
       <c r="X43" t="s">
-        <v>434</v>
+        <v>249</v>
       </c>
       <c r="Y43" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="Z43" t="s">
-        <v>435</v>
+        <v>218</v>
       </c>
       <c r="AA43" t="s">
-        <v>120</v>
+        <v>433</v>
       </c>
       <c r="AB43">
-        <v>0</v>
+        <v>-31</v>
       </c>
       <c r="AC43" t="s">
-        <v>435</v>
+        <v>218</v>
       </c>
       <c r="AD43" t="s">
-        <v>120</v>
+        <v>433</v>
       </c>
       <c r="AE43">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="AF43" t="s">
-        <v>434</v>
+        <v>249</v>
       </c>
       <c r="AG43" t="s">
-        <v>435</v>
+        <v>247</v>
       </c>
       <c r="AH43">
         <v>365</v>
       </c>
       <c r="AI43" t="s">
-        <v>121</v>
+        <v>140</v>
       </c>
       <c r="AJ43" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="AK43" t="s">
-        <v>94</v>
+        <v>434</v>
       </c>
       <c r="AL43" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="AM43" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="AN43" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="AO43" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="AP43">
-        <v>125512847.82</v>
+        <v>204068333.6</v>
       </c>
       <c r="AQ43" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="B44" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="C44" t="s">
         <v>45</v>
       </c>
       <c r="D44" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="E44" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="F44" t="s">
         <v>48</v>
       </c>
       <c r="G44" t="s">
         <v>49</v>
       </c>
       <c r="H44" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="I44" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="J44" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="K44" t="s">
         <v>52</v>
       </c>
       <c r="L44" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="M44" t="s">
         <v>54</v>
       </c>
       <c r="N44" t="s">
         <v>55</v>
       </c>
       <c r="O44" t="s">
         <v>56</v>
       </c>
       <c r="P44" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="Q44" t="s">
         <v>57</v>
       </c>
       <c r="R44" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="S44" t="s">
-        <v>87</v>
+        <v>116</v>
       </c>
       <c r="T44" t="s">
         <v>60</v>
       </c>
       <c r="U44" t="s">
         <v>61</v>
       </c>
       <c r="V44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W44" t="s">
-        <v>88</v>
+        <v>440</v>
       </c>
       <c r="X44" t="s">
-        <v>102</v>
+        <v>118</v>
       </c>
       <c r="Y44" t="s">
-        <v>103</v>
+        <v>441</v>
       </c>
       <c r="Z44" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
       <c r="AA44" t="s">
         <v>442</v>
       </c>
       <c r="AB44">
-        <v>-28</v>
+        <v>-31</v>
       </c>
       <c r="AC44" t="s">
-        <v>443</v>
+        <v>120</v>
       </c>
       <c r="AD44" t="s">
-        <v>327</v>
+        <v>442</v>
       </c>
       <c r="AE44">
-        <v>393</v>
+        <v>31</v>
       </c>
       <c r="AF44" t="s">
-        <v>155</v>
+        <v>118</v>
       </c>
       <c r="AG44" t="s">
-        <v>103</v>
+        <v>441</v>
       </c>
       <c r="AH44">
         <v>365</v>
       </c>
       <c r="AI44" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="AJ44" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="AK44" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="AL44" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="AM44" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="AN44" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="AO44" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="AP44">
-        <v>542300079.25</v>
+        <v>1593216714.5</v>
       </c>
       <c r="AQ44" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
+        <v>443</v>
+      </c>
+      <c r="B45" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="C45" t="s">
         <v>45</v>
       </c>
       <c r="D45" t="s">
+        <v>445</v>
+      </c>
+      <c r="E45" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
       <c r="F45" t="s">
         <v>48</v>
       </c>
       <c r="G45" t="s">
         <v>49</v>
       </c>
       <c r="H45" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
       <c r="I45" t="s">
-        <v>100</v>
+        <v>74</v>
       </c>
       <c r="J45" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="K45" t="s">
         <v>52</v>
       </c>
       <c r="L45" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="M45" t="s">
         <v>54</v>
       </c>
       <c r="N45" t="s">
         <v>55</v>
       </c>
       <c r="O45" t="s">
         <v>56</v>
       </c>
       <c r="P45" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="Q45" t="s">
         <v>57</v>
       </c>
       <c r="R45" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="S45" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="T45" t="s">
         <v>60</v>
       </c>
       <c r="U45" t="s">
         <v>61</v>
       </c>
       <c r="V45">
         <v>3</v>
       </c>
       <c r="W45" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="X45" t="s">
-        <v>102</v>
+        <v>184</v>
       </c>
       <c r="Y45" t="s">
-        <v>103</v>
+        <v>185</v>
       </c>
       <c r="Z45" t="s">
-        <v>104</v>
+        <v>81</v>
       </c>
       <c r="AA45" t="s">
-        <v>105</v>
+        <v>448</v>
       </c>
       <c r="AB45">
-        <v>-31</v>
+        <v>-28</v>
       </c>
       <c r="AC45" t="s">
-        <v>106</v>
+        <v>449</v>
       </c>
       <c r="AD45" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="AE45">
-        <v>31</v>
+        <v>393</v>
       </c>
       <c r="AF45" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="AG45" t="s">
-        <v>103</v>
+        <v>185</v>
       </c>
       <c r="AH45">
-        <v>0</v>
+        <v>365</v>
       </c>
       <c r="AI45" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
       <c r="AJ45" t="s">
-        <v>100</v>
+        <v>74</v>
       </c>
       <c r="AK45" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="AL45" t="s">
+        <v>446</v>
+      </c>
+      <c r="AM45" t="s">
         <v>447</v>
       </c>
-      <c r="AM45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AN45" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="AO45" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="AP45">
-        <v>114218750</v>
+        <v>542300079.25</v>
       </c>
       <c r="AQ45" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B46" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C46" t="s">
         <v>45</v>
       </c>
       <c r="D46" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="E46" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="F46" t="s">
         <v>48</v>
       </c>
       <c r="G46" t="s">
         <v>49</v>
       </c>
       <c r="H46" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="I46" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="J46" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="K46" t="s">
         <v>52</v>
       </c>
       <c r="L46" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="M46" t="s">
         <v>54</v>
       </c>
       <c r="N46" t="s">
         <v>55</v>
       </c>
       <c r="O46" t="s">
         <v>56</v>
       </c>
       <c r="P46" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="Q46" t="s">
         <v>57</v>
       </c>
       <c r="R46" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="S46" t="s">
-        <v>274</v>
+        <v>77</v>
       </c>
       <c r="T46" t="s">
         <v>60</v>
       </c>
       <c r="U46" t="s">
         <v>61</v>
       </c>
       <c r="V46">
         <v>4</v>
       </c>
       <c r="W46" t="s">
-        <v>454</v>
+        <v>95</v>
       </c>
       <c r="X46" t="s">
-        <v>244</v>
+        <v>156</v>
       </c>
       <c r="Y46" t="s">
         <v>455</v>
       </c>
       <c r="Z46" t="s">
-        <v>91</v>
+        <v>120</v>
       </c>
       <c r="AA46" t="s">
         <v>456</v>
       </c>
       <c r="AB46">
         <v>-31</v>
       </c>
       <c r="AC46" t="s">
-        <v>91</v>
+        <v>120</v>
       </c>
       <c r="AD46" t="s">
         <v>456</v>
       </c>
       <c r="AE46">
         <v>31</v>
       </c>
       <c r="AF46" t="s">
-        <v>244</v>
+        <v>457</v>
       </c>
       <c r="AG46" t="s">
         <v>455</v>
       </c>
       <c r="AH46">
         <v>365</v>
       </c>
       <c r="AI46" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="AJ46" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="AK46" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="AL46" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="AM46" t="s">
+        <v>454</v>
+      </c>
+      <c r="AN46" t="s">
+        <v>454</v>
+      </c>
+      <c r="AO46" t="s">
         <v>453</v>
       </c>
-      <c r="AN46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AP46">
-        <v>1593216714.5</v>
+        <v>1551486659.3</v>
       </c>
       <c r="AQ46" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B47" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C47" t="s">
         <v>45</v>
       </c>
       <c r="D47" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E47" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="F47" t="s">
         <v>48</v>
       </c>
       <c r="G47" t="s">
         <v>49</v>
       </c>
       <c r="H47" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="I47" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="J47" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="K47" t="s">
         <v>52</v>
       </c>
       <c r="L47" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="M47" t="s">
         <v>54</v>
       </c>
       <c r="N47" t="s">
         <v>55</v>
       </c>
       <c r="O47" t="s">
         <v>56</v>
       </c>
       <c r="P47" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="Q47" t="s">
         <v>57</v>
       </c>
       <c r="R47" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="S47" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="T47" t="s">
-        <v>131</v>
+        <v>60</v>
       </c>
       <c r="U47" t="s">
         <v>61</v>
       </c>
       <c r="V47">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="W47" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="X47" t="s">
-        <v>244</v>
+        <v>184</v>
       </c>
       <c r="Y47" t="s">
-        <v>462</v>
+        <v>185</v>
       </c>
       <c r="Z47" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="AA47" t="s">
-        <v>463</v>
+        <v>186</v>
       </c>
       <c r="AB47">
         <v>-31</v>
       </c>
       <c r="AC47" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="AD47" t="s">
-        <v>463</v>
+        <v>187</v>
       </c>
       <c r="AE47">
         <v>31</v>
       </c>
       <c r="AF47" t="s">
-        <v>244</v>
+        <v>184</v>
       </c>
       <c r="AG47" t="s">
+        <v>185</v>
+      </c>
+      <c r="AH47">
+        <v>366</v>
+      </c>
+      <c r="AI47" t="s">
+        <v>73</v>
+      </c>
+      <c r="AJ47" t="s">
+        <v>74</v>
+      </c>
+      <c r="AK47" t="s">
+        <v>85</v>
+      </c>
+      <c r="AL47" t="s">
+        <v>461</v>
+      </c>
+      <c r="AM47" t="s">
         <v>462</v>
       </c>
-      <c r="AH47">
-[...14 lines deleted...]
-      <c r="AM47" t="s">
+      <c r="AN47" t="s">
+        <v>462</v>
+      </c>
+      <c r="AO47" t="s">
         <v>461</v>
       </c>
-      <c r="AN47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AP47">
-        <v>1587289680.5</v>
+        <v>62932874.94375</v>
       </c>
       <c r="AQ47" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
+        <v>463</v>
+      </c>
+      <c r="B48" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
       <c r="C48" t="s">
         <v>45</v>
       </c>
       <c r="D48" t="s">
+        <v>465</v>
+      </c>
+      <c r="E48" t="s">
         <v>466</v>
-      </c>
-[...1 lines deleted...]
-        <v>467</v>
       </c>
       <c r="F48" t="s">
         <v>48</v>
       </c>
       <c r="G48" t="s">
         <v>49</v>
       </c>
       <c r="H48" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
       <c r="I48" t="s">
-        <v>100</v>
+        <v>74</v>
       </c>
       <c r="J48" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="K48" t="s">
         <v>52</v>
       </c>
       <c r="L48" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="M48" t="s">
         <v>54</v>
       </c>
       <c r="N48" t="s">
         <v>55</v>
       </c>
       <c r="O48" t="s">
         <v>56</v>
       </c>
       <c r="P48" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="Q48" t="s">
         <v>57</v>
       </c>
       <c r="R48" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="S48" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="T48" t="s">
-        <v>60</v>
+        <v>468</v>
       </c>
       <c r="U48" t="s">
         <v>61</v>
       </c>
       <c r="V48">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W48" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="X48" t="s">
-        <v>155</v>
+        <v>96</v>
       </c>
       <c r="Y48" t="s">
-        <v>469</v>
+        <v>185</v>
       </c>
       <c r="Z48" t="s">
-        <v>104</v>
+        <v>81</v>
       </c>
       <c r="AA48" t="s">
-        <v>470</v>
+        <v>186</v>
       </c>
       <c r="AB48">
-        <v>-28</v>
+        <v>-31</v>
       </c>
       <c r="AC48" t="s">
-        <v>471</v>
+        <v>83</v>
       </c>
       <c r="AD48" t="s">
-        <v>472</v>
+        <v>187</v>
       </c>
       <c r="AE48">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="AF48" t="s">
-        <v>155</v>
+        <v>96</v>
       </c>
       <c r="AG48" t="s">
-        <v>469</v>
+        <v>185</v>
       </c>
       <c r="AH48">
         <v>365</v>
       </c>
       <c r="AI48" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
       <c r="AJ48" t="s">
-        <v>100</v>
+        <v>74</v>
       </c>
       <c r="AK48" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="AL48" t="s">
+        <v>466</v>
+      </c>
+      <c r="AM48" t="s">
         <v>467</v>
       </c>
-      <c r="AM48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AN48" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="AO48" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="AP48">
-        <v>226940481.7755</v>
+        <v>72991634.316045</v>
       </c>
       <c r="AQ48" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="B49" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="C49" t="s">
         <v>45</v>
       </c>
       <c r="D49" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="E49" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="F49" t="s">
         <v>48</v>
       </c>
       <c r="G49" t="s">
         <v>49</v>
       </c>
       <c r="H49" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="I49" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="J49" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="K49" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="L49" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="M49" t="s">
         <v>54</v>
       </c>
       <c r="N49" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="O49" t="s">
         <v>56</v>
       </c>
       <c r="P49" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="Q49" t="s">
         <v>57</v>
       </c>
       <c r="R49" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="S49" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="T49" t="s">
-        <v>60</v>
+        <v>474</v>
       </c>
       <c r="U49" t="s">
         <v>61</v>
       </c>
       <c r="V49">
         <v>3</v>
       </c>
       <c r="W49" t="s">
-        <v>88</v>
+        <v>130</v>
       </c>
       <c r="X49" t="s">
-        <v>346</v>
+        <v>475</v>
       </c>
       <c r="Y49" t="s">
-        <v>343</v>
+        <v>476</v>
       </c>
       <c r="Z49" t="s">
-        <v>344</v>
+        <v>476</v>
       </c>
       <c r="AA49" t="s">
-        <v>478</v>
+        <v>133</v>
       </c>
       <c r="AB49">
-        <v>-31</v>
+        <v>0</v>
       </c>
       <c r="AC49" t="s">
-        <v>344</v>
+        <v>476</v>
       </c>
       <c r="AD49" t="s">
-        <v>478</v>
+        <v>133</v>
       </c>
       <c r="AE49">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="AF49" t="s">
-        <v>346</v>
+        <v>475</v>
       </c>
       <c r="AG49" t="s">
-        <v>343</v>
+        <v>476</v>
       </c>
       <c r="AH49">
         <v>365</v>
       </c>
       <c r="AI49" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="AJ49" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="AK49" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="AL49" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="AM49" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="AN49" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="AO49" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="AP49">
-        <v>203175000</v>
+        <v>125512847.82</v>
       </c>
       <c r="AQ49" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
+        <v>478</v>
+      </c>
+      <c r="B50" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
       <c r="C50" t="s">
         <v>45</v>
       </c>
       <c r="D50" t="s">
+        <v>480</v>
+      </c>
+      <c r="E50" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
       <c r="F50" t="s">
         <v>48</v>
       </c>
       <c r="G50" t="s">
         <v>49</v>
       </c>
       <c r="H50" t="s">
         <v>50</v>
       </c>
       <c r="I50" t="s">
         <v>51</v>
       </c>
       <c r="J50" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="K50" t="s">
         <v>52</v>
       </c>
       <c r="L50" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="M50" t="s">
         <v>54</v>
       </c>
       <c r="N50" t="s">
         <v>55</v>
       </c>
       <c r="O50" t="s">
         <v>56</v>
       </c>
       <c r="P50" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="Q50" t="s">
         <v>57</v>
       </c>
       <c r="R50" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="S50" t="s">
-        <v>75</v>
+        <v>107</v>
       </c>
       <c r="T50" t="s">
         <v>60</v>
       </c>
       <c r="U50" t="s">
         <v>61</v>
       </c>
       <c r="V50">
         <v>3</v>
       </c>
       <c r="W50" t="s">
-        <v>76</v>
+        <v>108</v>
       </c>
       <c r="X50" t="s">
-        <v>174</v>
+        <v>63</v>
       </c>
       <c r="Y50" t="s">
-        <v>174</v>
+        <v>483</v>
       </c>
       <c r="Z50" t="s">
         <v>65</v>
       </c>
       <c r="AA50" t="s">
         <v>66</v>
       </c>
       <c r="AB50">
         <v>-49</v>
       </c>
       <c r="AC50" t="s">
         <v>65</v>
       </c>
       <c r="AD50" t="s">
         <v>66</v>
       </c>
       <c r="AE50">
         <v>49</v>
       </c>
       <c r="AF50" t="s">
-        <v>174</v>
+        <v>63</v>
       </c>
       <c r="AG50" t="s">
-        <v>174</v>
+        <v>483</v>
       </c>
       <c r="AH50">
-        <v>0</v>
+        <v>365</v>
       </c>
       <c r="AI50" t="s">
         <v>50</v>
       </c>
       <c r="AJ50" t="s">
         <v>51</v>
       </c>
       <c r="AK50" t="s">
-        <v>67</v>
+        <v>319</v>
       </c>
       <c r="AL50" t="s">
+        <v>481</v>
+      </c>
+      <c r="AM50" t="s">
         <v>482</v>
       </c>
-      <c r="AM50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AN50" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="AO50" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="AP50">
-        <v>40000000</v>
+        <v>225000000</v>
       </c>
       <c r="AQ50" t="s">
         <v>68</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1399</v>
       </c>
@@ -11659,985 +11659,985 @@
       </c>
       <c r="E2" t="s">
         <v>604</v>
       </c>
       <c r="F2" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>1402</v>
       </c>
       <c r="B3" t="s">
         <v>1316</v>
       </c>
       <c r="C3" t="s">
         <v>69</v>
       </c>
       <c r="D3" t="s">
         <v>1318</v>
       </c>
       <c r="E3" t="s">
         <v>604</v>
       </c>
       <c r="F3" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>1403</v>
       </c>
       <c r="B4" t="s">
         <v>1319</v>
       </c>
       <c r="C4" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="D4" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="E4" t="s">
         <v>604</v>
       </c>
       <c r="F4" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>1404</v>
       </c>
       <c r="B5" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="C5" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="D5" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="E5" t="s">
         <v>604</v>
       </c>
       <c r="F5" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>1405</v>
       </c>
       <c r="B6" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="C6" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D6" t="s">
-        <v>1325</v>
+        <v>1318</v>
       </c>
       <c r="E6" t="s">
         <v>604</v>
       </c>
       <c r="F6" t="s">
-        <v>621</v>
+        <v>609</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>1406</v>
       </c>
       <c r="B7" t="s">
         <v>1326</v>
       </c>
       <c r="C7" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D7" t="s">
         <v>1327</v>
       </c>
       <c r="E7" t="s">
         <v>604</v>
       </c>
       <c r="F7" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>1407</v>
       </c>
       <c r="B8" t="s">
         <v>1328</v>
       </c>
       <c r="C8" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D8" t="s">
         <v>1329</v>
       </c>
       <c r="E8" t="s">
         <v>604</v>
       </c>
       <c r="F8" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>1408</v>
       </c>
       <c r="B9" t="s">
         <v>1330</v>
       </c>
       <c r="C9" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D9" t="s">
-        <v>1332</v>
+        <v>1318</v>
       </c>
       <c r="E9" t="s">
         <v>604</v>
       </c>
       <c r="F9" t="s">
-        <v>633</v>
+        <v>609</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>1409</v>
       </c>
       <c r="B10" t="s">
-        <v>1333</v>
+        <v>1331</v>
       </c>
       <c r="C10" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D10" t="s">
-        <v>1335</v>
+        <v>1327</v>
       </c>
       <c r="E10" t="s">
         <v>604</v>
+      </c>
+      <c r="F10" t="s">
+        <v>624</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>1410</v>
       </c>
       <c r="B11" t="s">
-        <v>1336</v>
+        <v>1332</v>
       </c>
       <c r="C11" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D11" t="s">
-        <v>1338</v>
+        <v>1334</v>
       </c>
       <c r="E11" t="s">
         <v>604</v>
       </c>
       <c r="F11" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>1411</v>
       </c>
       <c r="B12" t="s">
-        <v>1339</v>
+        <v>1335</v>
       </c>
       <c r="C12" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D12" t="s">
-        <v>1340</v>
+        <v>1336</v>
       </c>
       <c r="E12" t="s">
         <v>604</v>
       </c>
       <c r="F12" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>1412</v>
       </c>
       <c r="B13" t="s">
-        <v>1341</v>
+        <v>1337</v>
       </c>
       <c r="C13" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D13" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="E13" t="s">
         <v>604</v>
       </c>
       <c r="F13" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>1413</v>
       </c>
       <c r="B14" t="s">
-        <v>1343</v>
+        <v>1338</v>
       </c>
       <c r="C14" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="D14" t="s">
-        <v>1329</v>
+        <v>1336</v>
       </c>
       <c r="E14" t="s">
         <v>604</v>
       </c>
       <c r="F14" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>1414</v>
       </c>
       <c r="B15" t="s">
-        <v>1344</v>
+        <v>1340</v>
       </c>
       <c r="C15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D15" t="s">
-        <v>1329</v>
+        <v>1341</v>
       </c>
       <c r="E15" t="s">
         <v>604</v>
       </c>
       <c r="F15" t="s">
-        <v>629</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="B16" t="s">
-        <v>1345</v>
+        <v>1342</v>
       </c>
       <c r="C16" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="D16" t="s">
-        <v>1346</v>
+        <v>1344</v>
       </c>
       <c r="E16" t="s">
         <v>604</v>
       </c>
       <c r="F16" t="s">
-        <v>1416</v>
+        <v>648</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>1417</v>
       </c>
       <c r="B17" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C17" t="s">
+        <v>222</v>
+      </c>
+      <c r="D17" t="s">
         <v>1347</v>
-      </c>
-[...4 lines deleted...]
-        <v>1329</v>
       </c>
       <c r="E17" t="s">
         <v>604</v>
       </c>
       <c r="F17" t="s">
-        <v>629</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="B18" t="s">
-        <v>1349</v>
+        <v>1348</v>
       </c>
       <c r="C18" t="s">
         <v>228</v>
       </c>
       <c r="D18" t="s">
-        <v>1329</v>
+        <v>1327</v>
       </c>
       <c r="E18" t="s">
         <v>604</v>
       </c>
       <c r="F18" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="B19" t="s">
-        <v>1351</v>
+        <v>1349</v>
       </c>
       <c r="C19" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="D19" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
       <c r="E19" t="s">
         <v>604</v>
       </c>
       <c r="F19" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="B20" t="s">
-        <v>1352</v>
+        <v>1350</v>
       </c>
       <c r="C20" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D20" t="s">
-        <v>1325</v>
+        <v>1315</v>
       </c>
       <c r="E20" t="s">
         <v>604</v>
       </c>
       <c r="F20" t="s">
-        <v>621</v>
+        <v>605</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="B21" t="s">
-        <v>1353</v>
+        <v>1351</v>
       </c>
       <c r="C21" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="D21" t="s">
-        <v>1329</v>
+        <v>1327</v>
       </c>
       <c r="E21" t="s">
         <v>604</v>
       </c>
       <c r="F21" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="B22" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C22" t="s">
+        <v>257</v>
+      </c>
+      <c r="D22" t="s">
         <v>1354</v>
-      </c>
-[...4 lines deleted...]
-        <v>1356</v>
       </c>
       <c r="E22" t="s">
         <v>604</v>
       </c>
       <c r="F22" t="s">
-        <v>1423</v>
+        <v>658</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>1424</v>
       </c>
       <c r="B23" t="s">
-        <v>1357</v>
+        <v>1355</v>
       </c>
       <c r="C23" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="D23" t="s">
-        <v>1329</v>
+        <v>1356</v>
       </c>
       <c r="E23" t="s">
         <v>604</v>
       </c>
       <c r="F23" t="s">
-        <v>629</v>
+        <v>661</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>1425</v>
       </c>
       <c r="B24" t="s">
-        <v>1358</v>
+        <v>1357</v>
       </c>
       <c r="C24" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="D24" t="s">
-        <v>1329</v>
+        <v>1359</v>
       </c>
       <c r="E24" t="s">
         <v>604</v>
       </c>
       <c r="F24" t="s">
-        <v>629</v>
+        <v>664</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>1426</v>
       </c>
       <c r="B25" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="C25" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="D25" t="s">
-        <v>1329</v>
+        <v>604</v>
       </c>
       <c r="E25" t="s">
         <v>604</v>
-      </c>
-[...1 lines deleted...]
-        <v>629</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>1427</v>
       </c>
       <c r="B26" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="C26" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="D26" t="s">
-        <v>1325</v>
+        <v>1318</v>
       </c>
       <c r="E26" t="s">
         <v>604</v>
       </c>
       <c r="F26" t="s">
-        <v>621</v>
+        <v>609</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>1428</v>
       </c>
       <c r="B27" t="s">
-        <v>1361</v>
+        <v>1364</v>
       </c>
       <c r="C27" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="D27" t="s">
-        <v>1329</v>
+        <v>1327</v>
       </c>
       <c r="E27" t="s">
         <v>604</v>
       </c>
       <c r="F27" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>1429</v>
       </c>
       <c r="B28" t="s">
-        <v>1362</v>
+        <v>1365</v>
       </c>
       <c r="C28" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D28" t="s">
-        <v>1329</v>
+        <v>1367</v>
       </c>
       <c r="E28" t="s">
         <v>604</v>
       </c>
       <c r="F28" t="s">
-        <v>629</v>
+        <v>671</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>1430</v>
       </c>
       <c r="B29" t="s">
-        <v>1363</v>
+        <v>1368</v>
       </c>
       <c r="C29" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="D29" t="s">
-        <v>1320</v>
+        <v>1369</v>
       </c>
       <c r="E29" t="s">
         <v>604</v>
       </c>
       <c r="F29" t="s">
-        <v>612</v>
+        <v>674</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>1431</v>
       </c>
       <c r="B30" t="s">
-        <v>1365</v>
+        <v>1370</v>
       </c>
       <c r="C30" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="D30" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="E30" t="s">
         <v>604</v>
       </c>
       <c r="F30" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>1432</v>
       </c>
       <c r="B31" t="s">
-        <v>1366</v>
+        <v>1372</v>
       </c>
       <c r="C31" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="D31" t="s">
-        <v>1315</v>
+        <v>1334</v>
       </c>
       <c r="E31" t="s">
         <v>604</v>
       </c>
       <c r="F31" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>1433</v>
       </c>
       <c r="B32" t="s">
-        <v>1367</v>
+        <v>1373</v>
       </c>
       <c r="C32" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="D32" t="s">
-        <v>1369</v>
+        <v>1334</v>
       </c>
       <c r="E32" t="s">
         <v>604</v>
       </c>
       <c r="F32" t="s">
-        <v>671</v>
+        <v>633</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>1434</v>
       </c>
       <c r="B33" t="s">
-        <v>1370</v>
+        <v>1374</v>
       </c>
       <c r="C33" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="D33" t="s">
-        <v>1320</v>
+        <v>1334</v>
       </c>
       <c r="E33" t="s">
         <v>604</v>
       </c>
       <c r="F33" t="s">
-        <v>612</v>
+        <v>633</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>1435</v>
       </c>
       <c r="B34" t="s">
-        <v>1371</v>
+        <v>1375</v>
       </c>
       <c r="C34" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="D34" t="s">
-        <v>1372</v>
+        <v>1334</v>
       </c>
       <c r="E34" t="s">
         <v>604</v>
       </c>
       <c r="F34" t="s">
-        <v>675</v>
+        <v>633</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>1436</v>
       </c>
       <c r="B35" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="C35" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="D35" t="s">
-        <v>1375</v>
+        <v>1334</v>
       </c>
       <c r="E35" t="s">
         <v>604</v>
       </c>
       <c r="F35" t="s">
-        <v>678</v>
+        <v>633</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>1437</v>
       </c>
       <c r="B36" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="C36" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
       <c r="D36" t="s">
-        <v>1325</v>
+        <v>1334</v>
       </c>
       <c r="E36" t="s">
         <v>604</v>
       </c>
       <c r="F36" t="s">
-        <v>621</v>
+        <v>633</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>1438</v>
       </c>
       <c r="B37" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="C37" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="D37" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="E37" t="s">
         <v>604</v>
       </c>
       <c r="F37" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>1439</v>
       </c>
       <c r="B38" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="C38" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="D38" t="s">
-        <v>1380</v>
+        <v>1334</v>
       </c>
       <c r="E38" t="s">
         <v>604</v>
       </c>
       <c r="F38" t="s">
-        <v>683</v>
+        <v>633</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>1440</v>
       </c>
       <c r="B39" t="s">
         <v>1381</v>
       </c>
       <c r="C39" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="D39" t="s">
-        <v>604</v>
+        <v>1334</v>
       </c>
       <c r="E39" t="s">
         <v>604</v>
+      </c>
+      <c r="F39" t="s">
+        <v>633</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>1441</v>
       </c>
       <c r="B40" t="s">
-        <v>1383</v>
+        <v>1382</v>
       </c>
       <c r="C40" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="D40" t="s">
-        <v>1325</v>
+        <v>1334</v>
       </c>
       <c r="E40" t="s">
         <v>604</v>
       </c>
       <c r="F40" t="s">
-        <v>621</v>
+        <v>633</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>1442</v>
       </c>
       <c r="B41" t="s">
-        <v>1384</v>
+        <v>1383</v>
       </c>
       <c r="C41" t="s">
         <v>413</v>
       </c>
       <c r="D41" t="s">
-        <v>1385</v>
+        <v>1384</v>
       </c>
       <c r="E41" t="s">
         <v>604</v>
       </c>
       <c r="F41" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>1443</v>
       </c>
       <c r="B42" t="s">
-        <v>1386</v>
+        <v>1385</v>
       </c>
       <c r="C42" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="D42" t="s">
-        <v>1380</v>
+        <v>1334</v>
       </c>
       <c r="E42" t="s">
         <v>604</v>
       </c>
       <c r="F42" t="s">
-        <v>683</v>
+        <v>633</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>1444</v>
       </c>
       <c r="B43" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C43" t="s">
+        <v>426</v>
+      </c>
+      <c r="D43" t="s">
         <v>1387</v>
-      </c>
-[...4 lines deleted...]
-        <v>1325</v>
       </c>
       <c r="E43" t="s">
         <v>604</v>
       </c>
       <c r="F43" t="s">
-        <v>621</v>
+        <v>692</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>1445</v>
       </c>
       <c r="B44" t="s">
         <v>1388</v>
       </c>
       <c r="C44" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="D44" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
       <c r="E44" t="s">
         <v>604</v>
       </c>
       <c r="F44" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>1446</v>
       </c>
       <c r="B45" t="s">
         <v>1389</v>
       </c>
       <c r="C45" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="D45" t="s">
-        <v>1323</v>
+        <v>1318</v>
       </c>
       <c r="E45" t="s">
         <v>604</v>
       </c>
       <c r="F45" t="s">
-        <v>617</v>
+        <v>609</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>1447</v>
       </c>
       <c r="B46" t="s">
         <v>1390</v>
       </c>
       <c r="C46" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D46" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
       <c r="E46" t="s">
         <v>604</v>
       </c>
       <c r="F46" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>1448</v>
       </c>
       <c r="B47" t="s">
         <v>1391</v>
       </c>
       <c r="C47" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D47" t="s">
-        <v>1320</v>
+        <v>1393</v>
       </c>
       <c r="E47" t="s">
         <v>604</v>
       </c>
       <c r="F47" t="s">
-        <v>612</v>
+        <v>698</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>1449</v>
       </c>
       <c r="B48" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="C48" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="D48" t="s">
-        <v>1320</v>
+        <v>1393</v>
       </c>
       <c r="E48" t="s">
         <v>604</v>
       </c>
       <c r="F48" t="s">
-        <v>612</v>
+        <v>698</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>1450</v>
       </c>
       <c r="B49" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="C49" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="D49" t="s">
-        <v>1395</v>
+        <v>1327</v>
       </c>
       <c r="E49" t="s">
         <v>604</v>
       </c>
       <c r="F49" t="s">
-        <v>699</v>
+        <v>624</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>1451</v>
       </c>
       <c r="B50" t="s">
         <v>1396</v>
       </c>
       <c r="C50" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="D50" t="s">
         <v>1398</v>
       </c>
       <c r="E50" t="s">
         <v>604</v>
-      </c>
-[...1 lines deleted...]
-        <v>702</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>484</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -12710,1547 +12710,1547 @@
       </c>
       <c r="E3" t="s">
         <v>1459</v>
       </c>
       <c r="F3" t="s">
         <v>1460</v>
       </c>
       <c r="G3" t="s">
         <v>48</v>
       </c>
       <c r="H3" t="s">
         <v>1461</v>
       </c>
       <c r="I3" t="s">
         <v>1462</v>
       </c>
       <c r="J3" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>1465</v>
       </c>
       <c r="B4" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C4" t="s">
         <v>1457</v>
       </c>
       <c r="D4" t="s">
-        <v>1466</v>
+        <v>1464</v>
       </c>
       <c r="E4" t="s">
         <v>1459</v>
       </c>
       <c r="F4" t="s">
         <v>1460</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
         <v>1461</v>
       </c>
       <c r="I4" t="s">
         <v>1462</v>
       </c>
       <c r="J4" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1467</v>
+        <v>1466</v>
       </c>
       <c r="B5" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="C5" t="s">
         <v>1457</v>
       </c>
       <c r="D5" t="s">
-        <v>1468</v>
+        <v>1467</v>
       </c>
       <c r="E5" t="s">
         <v>1459</v>
       </c>
       <c r="F5" t="s">
         <v>1460</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
         <v>1461</v>
       </c>
       <c r="I5" t="s">
         <v>1462</v>
       </c>
       <c r="J5" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B6" t="s">
+        <v>111</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D6" t="s">
         <v>1469</v>
-      </c>
-[...7 lines deleted...]
-        <v>1471</v>
       </c>
       <c r="E6" t="s">
         <v>1459</v>
       </c>
       <c r="F6" t="s">
         <v>1460</v>
       </c>
       <c r="G6" t="s">
         <v>48</v>
       </c>
       <c r="H6" t="s">
-        <v>114</v>
+        <v>1461</v>
       </c>
       <c r="I6" t="s">
         <v>1462</v>
       </c>
       <c r="J6" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B7" t="s">
+        <v>122</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D7" t="s">
         <v>1472</v>
-      </c>
-[...7 lines deleted...]
-        <v>1473</v>
       </c>
       <c r="E7" t="s">
         <v>1459</v>
       </c>
       <c r="F7" t="s">
         <v>1460</v>
       </c>
       <c r="G7" t="s">
         <v>48</v>
       </c>
       <c r="H7" t="s">
-        <v>1461</v>
+        <v>127</v>
       </c>
       <c r="I7" t="s">
         <v>1462</v>
       </c>
       <c r="J7" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1474</v>
+        <v>1473</v>
       </c>
       <c r="B8" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C8" t="s">
         <v>1457</v>
       </c>
       <c r="D8" t="s">
-        <v>1475</v>
+        <v>1474</v>
       </c>
       <c r="E8" t="s">
         <v>1459</v>
       </c>
       <c r="F8" t="s">
         <v>1460</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
       <c r="H8" t="s">
         <v>1461</v>
       </c>
       <c r="I8" t="s">
         <v>1462</v>
       </c>
       <c r="J8" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1476</v>
+        <v>1475</v>
       </c>
       <c r="B9" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C9" t="s">
         <v>1457</v>
       </c>
       <c r="D9" t="s">
-        <v>1468</v>
+        <v>1476</v>
       </c>
       <c r="E9" t="s">
         <v>1459</v>
       </c>
       <c r="F9" t="s">
         <v>1460</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>1461</v>
       </c>
       <c r="I9" t="s">
         <v>1462</v>
       </c>
       <c r="J9" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>1477</v>
       </c>
       <c r="B10" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C10" t="s">
-        <v>1457</v>
+        <v>1478</v>
       </c>
       <c r="D10" t="s">
-        <v>1478</v>
+        <v>1472</v>
       </c>
       <c r="E10" t="s">
         <v>1459</v>
       </c>
       <c r="F10" t="s">
         <v>1460</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
       <c r="H10" t="s">
-        <v>1461</v>
+        <v>163</v>
       </c>
       <c r="I10" t="s">
         <v>1462</v>
       </c>
       <c r="J10" t="s">
-        <v>163</v>
+        <v>133</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>1479</v>
       </c>
       <c r="B11" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C11" t="s">
         <v>1457</v>
       </c>
       <c r="D11" t="s">
         <v>1480</v>
       </c>
       <c r="E11" t="s">
         <v>1459</v>
       </c>
       <c r="F11" t="s">
         <v>1460</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11" t="s">
         <v>1461</v>
       </c>
       <c r="I11" t="s">
         <v>1462</v>
       </c>
       <c r="J11" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>1481</v>
       </c>
       <c r="B12" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C12" t="s">
         <v>1457</v>
       </c>
       <c r="D12" t="s">
         <v>1482</v>
       </c>
       <c r="E12" t="s">
         <v>1459</v>
       </c>
       <c r="F12" t="s">
         <v>1460</v>
       </c>
       <c r="G12" t="s">
         <v>48</v>
       </c>
       <c r="H12" t="s">
         <v>1461</v>
       </c>
       <c r="I12" t="s">
         <v>1462</v>
       </c>
       <c r="J12" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>1483</v>
       </c>
       <c r="B13" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="C13" t="s">
         <v>1457</v>
       </c>
       <c r="D13" t="s">
         <v>1484</v>
       </c>
       <c r="E13" t="s">
         <v>1459</v>
       </c>
       <c r="F13" t="s">
         <v>1460</v>
       </c>
       <c r="G13" t="s">
         <v>48</v>
       </c>
       <c r="H13" t="s">
         <v>1461</v>
       </c>
       <c r="I13" t="s">
         <v>1462</v>
       </c>
       <c r="J13" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>1485</v>
       </c>
       <c r="B14" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C14" t="s">
         <v>1457</v>
       </c>
       <c r="D14" t="s">
-        <v>1486</v>
+        <v>1464</v>
       </c>
       <c r="E14" t="s">
         <v>1459</v>
       </c>
       <c r="F14" t="s">
         <v>1460</v>
       </c>
       <c r="G14" t="s">
         <v>48</v>
       </c>
       <c r="H14" t="s">
         <v>1461</v>
       </c>
       <c r="I14" t="s">
         <v>1462</v>
       </c>
       <c r="J14" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B15" t="s">
+        <v>203</v>
+      </c>
+      <c r="C15" t="s">
         <v>1487</v>
       </c>
-      <c r="B15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D15" t="s">
-        <v>1488</v>
+        <v>1472</v>
       </c>
       <c r="E15" t="s">
         <v>1459</v>
       </c>
       <c r="F15" t="s">
         <v>1460</v>
       </c>
       <c r="G15" t="s">
         <v>48</v>
       </c>
       <c r="H15" t="s">
-        <v>1461</v>
+        <v>208</v>
       </c>
       <c r="I15" t="s">
         <v>1462</v>
       </c>
       <c r="J15" t="s">
-        <v>204</v>
+        <v>133</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B16" t="s">
+        <v>211</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D16" t="s">
         <v>1489</v>
-      </c>
-[...7 lines deleted...]
-        <v>1471</v>
       </c>
       <c r="E16" t="s">
         <v>1459</v>
       </c>
       <c r="F16" t="s">
         <v>1460</v>
       </c>
       <c r="G16" t="s">
         <v>48</v>
       </c>
       <c r="H16" t="s">
-        <v>218</v>
+        <v>1461</v>
       </c>
       <c r="I16" t="s">
         <v>1462</v>
       </c>
       <c r="J16" t="s">
-        <v>120</v>
+        <v>213</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B17" t="s">
+        <v>222</v>
+      </c>
+      <c r="C17" t="s">
         <v>1491</v>
       </c>
-      <c r="B17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>1492</v>
+        <v>1472</v>
       </c>
       <c r="E17" t="s">
         <v>1459</v>
       </c>
       <c r="F17" t="s">
         <v>1460</v>
       </c>
       <c r="G17" t="s">
         <v>48</v>
       </c>
       <c r="H17" t="s">
-        <v>1461</v>
+        <v>226</v>
       </c>
       <c r="I17" t="s">
         <v>1462</v>
       </c>
       <c r="J17" t="s">
-        <v>223</v>
+        <v>133</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1493</v>
+        <v>1492</v>
       </c>
       <c r="B18" t="s">
         <v>228</v>
       </c>
       <c r="C18" t="s">
-        <v>1457</v>
+        <v>1493</v>
       </c>
       <c r="D18" t="s">
-        <v>1494</v>
+        <v>1472</v>
       </c>
       <c r="E18" t="s">
         <v>1459</v>
       </c>
       <c r="F18" t="s">
         <v>1460</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18" t="s">
-        <v>1461</v>
+        <v>232</v>
       </c>
       <c r="I18" t="s">
         <v>1462</v>
       </c>
       <c r="J18" t="s">
-        <v>230</v>
+        <v>133</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1495</v>
+        <v>1494</v>
       </c>
       <c r="B19" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C19" t="s">
         <v>1457</v>
       </c>
       <c r="D19" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="E19" t="s">
         <v>1459</v>
       </c>
       <c r="F19" t="s">
         <v>1460</v>
       </c>
       <c r="G19" t="s">
         <v>48</v>
       </c>
       <c r="H19" t="s">
         <v>1461</v>
       </c>
       <c r="I19" t="s">
         <v>1462</v>
       </c>
       <c r="J19" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B20" t="s">
+        <v>241</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D20" t="s">
         <v>1497</v>
-      </c>
-[...7 lines deleted...]
-        <v>1471</v>
       </c>
       <c r="E20" t="s">
         <v>1459</v>
       </c>
       <c r="F20" t="s">
         <v>1460</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20" t="s">
-        <v>249</v>
+        <v>1461</v>
       </c>
       <c r="I20" t="s">
         <v>1462</v>
       </c>
       <c r="J20" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B21" t="s">
+        <v>250</v>
+      </c>
+      <c r="C21" t="s">
         <v>1499</v>
       </c>
-      <c r="B21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D21" t="s">
-        <v>1500</v>
+        <v>1472</v>
       </c>
       <c r="E21" t="s">
         <v>1459</v>
       </c>
       <c r="F21" t="s">
         <v>1460</v>
       </c>
       <c r="G21" t="s">
         <v>48</v>
       </c>
       <c r="H21" t="s">
-        <v>1461</v>
+        <v>254</v>
       </c>
       <c r="I21" t="s">
         <v>1462</v>
       </c>
       <c r="J21" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B22" t="s">
+        <v>257</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D22" t="s">
         <v>1501</v>
-      </c>
-[...7 lines deleted...]
-        <v>1471</v>
       </c>
       <c r="E22" t="s">
         <v>1459</v>
       </c>
       <c r="F22" t="s">
         <v>1460</v>
       </c>
       <c r="G22" t="s">
         <v>48</v>
       </c>
       <c r="H22" t="s">
-        <v>267</v>
+        <v>1461</v>
       </c>
       <c r="I22" t="s">
         <v>1462</v>
       </c>
       <c r="J22" t="s">
-        <v>120</v>
+        <v>259</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1503</v>
+        <v>1502</v>
       </c>
       <c r="B23" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="C23" t="s">
         <v>1457</v>
       </c>
       <c r="D23" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="E23" t="s">
         <v>1459</v>
       </c>
       <c r="F23" t="s">
         <v>1460</v>
       </c>
       <c r="G23" t="s">
         <v>48</v>
       </c>
       <c r="H23" t="s">
         <v>1461</v>
       </c>
       <c r="I23" t="s">
         <v>1462</v>
       </c>
       <c r="J23" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1505</v>
+        <v>1504</v>
       </c>
       <c r="B24" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="C24" t="s">
         <v>1457</v>
       </c>
       <c r="D24" t="s">
-        <v>1506</v>
+        <v>1464</v>
       </c>
       <c r="E24" t="s">
         <v>1459</v>
       </c>
       <c r="F24" t="s">
         <v>1460</v>
       </c>
       <c r="G24" t="s">
         <v>48</v>
       </c>
       <c r="H24" t="s">
         <v>1461</v>
       </c>
       <c r="I24" t="s">
         <v>1462</v>
       </c>
       <c r="J24" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1507</v>
+        <v>1505</v>
       </c>
       <c r="B25" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="C25" t="s">
         <v>1457</v>
       </c>
       <c r="D25" t="s">
-        <v>1508</v>
+        <v>1506</v>
       </c>
       <c r="E25" t="s">
         <v>1459</v>
       </c>
       <c r="F25" t="s">
         <v>1460</v>
       </c>
       <c r="G25" t="s">
         <v>48</v>
       </c>
       <c r="H25" t="s">
         <v>1461</v>
       </c>
       <c r="I25" t="s">
         <v>1462</v>
       </c>
       <c r="J25" t="s">
-        <v>289</v>
+        <v>282</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1509</v>
+        <v>1507</v>
       </c>
       <c r="B26" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="C26" t="s">
-        <v>1510</v>
+        <v>1457</v>
       </c>
       <c r="D26" t="s">
-        <v>1471</v>
+        <v>1464</v>
       </c>
       <c r="E26" t="s">
         <v>1459</v>
       </c>
       <c r="F26" t="s">
         <v>1460</v>
       </c>
       <c r="G26" t="s">
         <v>48</v>
       </c>
       <c r="H26" t="s">
-        <v>298</v>
+        <v>1461</v>
       </c>
       <c r="I26" t="s">
         <v>1462</v>
       </c>
       <c r="J26" t="s">
-        <v>120</v>
+        <v>289</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1511</v>
+        <v>1508</v>
       </c>
       <c r="B27" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="C27" t="s">
-        <v>1457</v>
+        <v>1509</v>
       </c>
       <c r="D27" t="s">
-        <v>1512</v>
+        <v>1472</v>
       </c>
       <c r="E27" t="s">
         <v>1459</v>
       </c>
       <c r="F27" t="s">
         <v>1460</v>
       </c>
       <c r="G27" t="s">
         <v>48</v>
       </c>
       <c r="H27" t="s">
-        <v>1461</v>
+        <v>300</v>
       </c>
       <c r="I27" t="s">
         <v>1462</v>
       </c>
       <c r="J27" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1513</v>
+        <v>1510</v>
       </c>
       <c r="B28" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C28" t="s">
         <v>1457</v>
       </c>
       <c r="D28" t="s">
-        <v>1514</v>
+        <v>1511</v>
       </c>
       <c r="E28" t="s">
         <v>1459</v>
       </c>
       <c r="F28" t="s">
         <v>1460</v>
       </c>
       <c r="G28" t="s">
         <v>48</v>
       </c>
       <c r="H28" t="s">
         <v>1461</v>
       </c>
       <c r="I28" t="s">
         <v>1462</v>
       </c>
       <c r="J28" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1515</v>
+        <v>1512</v>
       </c>
       <c r="B29" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="C29" t="s">
         <v>1457</v>
       </c>
       <c r="D29" t="s">
-        <v>1468</v>
+        <v>1513</v>
       </c>
       <c r="E29" t="s">
         <v>1459</v>
       </c>
       <c r="F29" t="s">
         <v>1460</v>
       </c>
       <c r="G29" t="s">
         <v>48</v>
       </c>
       <c r="H29" t="s">
         <v>1461</v>
       </c>
       <c r="I29" t="s">
         <v>1462</v>
       </c>
       <c r="J29" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1516</v>
+        <v>1514</v>
       </c>
       <c r="B30" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="C30" t="s">
         <v>1457</v>
       </c>
       <c r="D30" t="s">
-        <v>1517</v>
+        <v>1515</v>
       </c>
       <c r="E30" t="s">
         <v>1459</v>
       </c>
       <c r="F30" t="s">
         <v>1460</v>
       </c>
       <c r="G30" t="s">
         <v>48</v>
       </c>
       <c r="H30" t="s">
         <v>1461</v>
       </c>
       <c r="I30" t="s">
         <v>1462</v>
       </c>
       <c r="J30" t="s">
-        <v>330</v>
+        <v>323</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1518</v>
+        <v>1516</v>
       </c>
       <c r="B31" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="C31" t="s">
         <v>1457</v>
       </c>
       <c r="D31" t="s">
-        <v>1519</v>
+        <v>1517</v>
       </c>
       <c r="E31" t="s">
         <v>1459</v>
       </c>
       <c r="F31" t="s">
         <v>1460</v>
       </c>
       <c r="G31" t="s">
         <v>48</v>
       </c>
       <c r="H31" t="s">
         <v>1461</v>
       </c>
       <c r="I31" t="s">
         <v>1462</v>
       </c>
       <c r="J31" t="s">
-        <v>339</v>
+        <v>331</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1520</v>
+        <v>1518</v>
       </c>
       <c r="B32" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="C32" t="s">
         <v>1457</v>
       </c>
       <c r="D32" t="s">
-        <v>1521</v>
+        <v>1519</v>
       </c>
       <c r="E32" t="s">
         <v>1459</v>
       </c>
       <c r="F32" t="s">
         <v>1460</v>
       </c>
       <c r="G32" t="s">
         <v>48</v>
       </c>
       <c r="H32" t="s">
         <v>1461</v>
       </c>
       <c r="I32" t="s">
         <v>1462</v>
       </c>
       <c r="J32" t="s">
-        <v>349</v>
+        <v>339</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1522</v>
+        <v>1520</v>
       </c>
       <c r="B33" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="C33" t="s">
         <v>1457</v>
       </c>
       <c r="D33" t="s">
-        <v>1523</v>
+        <v>1521</v>
       </c>
       <c r="E33" t="s">
         <v>1459</v>
       </c>
       <c r="F33" t="s">
         <v>1460</v>
       </c>
       <c r="G33" t="s">
         <v>48</v>
       </c>
       <c r="H33" t="s">
         <v>1461</v>
       </c>
       <c r="I33" t="s">
         <v>1462</v>
       </c>
       <c r="J33" t="s">
-        <v>359</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1524</v>
+        <v>1522</v>
       </c>
       <c r="B34" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="C34" t="s">
         <v>1457</v>
       </c>
       <c r="D34" t="s">
-        <v>1525</v>
+        <v>1523</v>
       </c>
       <c r="E34" t="s">
         <v>1459</v>
       </c>
       <c r="F34" t="s">
         <v>1460</v>
       </c>
       <c r="G34" t="s">
         <v>48</v>
       </c>
       <c r="H34" t="s">
         <v>1461</v>
       </c>
       <c r="I34" t="s">
         <v>1462</v>
       </c>
       <c r="J34" t="s">
-        <v>366</v>
+        <v>359</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1526</v>
+        <v>1524</v>
       </c>
       <c r="B35" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="C35" t="s">
         <v>1457</v>
       </c>
       <c r="D35" t="s">
-        <v>1468</v>
+        <v>1525</v>
       </c>
       <c r="E35" t="s">
         <v>1459</v>
       </c>
       <c r="F35" t="s">
         <v>1460</v>
       </c>
       <c r="G35" t="s">
         <v>48</v>
       </c>
       <c r="H35" t="s">
         <v>1461</v>
       </c>
       <c r="I35" t="s">
         <v>1462</v>
       </c>
       <c r="J35" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B36" t="s">
+        <v>372</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D36" t="s">
         <v>1527</v>
-      </c>
-[...7 lines deleted...]
-        <v>1471</v>
       </c>
       <c r="E36" t="s">
         <v>1459</v>
       </c>
       <c r="F36" t="s">
         <v>1460</v>
       </c>
       <c r="G36" t="s">
         <v>48</v>
       </c>
       <c r="H36" t="s">
-        <v>386</v>
+        <v>1461</v>
       </c>
       <c r="I36" t="s">
         <v>1462</v>
       </c>
       <c r="J36" t="s">
-        <v>387</v>
+        <v>374</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1529</v>
+        <v>1528</v>
       </c>
       <c r="B37" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="C37" t="s">
         <v>1457</v>
       </c>
       <c r="D37" t="s">
-        <v>1530</v>
+        <v>1529</v>
       </c>
       <c r="E37" t="s">
         <v>1459</v>
       </c>
       <c r="F37" t="s">
         <v>1460</v>
       </c>
       <c r="G37" t="s">
         <v>48</v>
       </c>
       <c r="H37" t="s">
         <v>1461</v>
       </c>
       <c r="I37" t="s">
         <v>1462</v>
       </c>
       <c r="J37" t="s">
-        <v>391</v>
+        <v>383</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1531</v>
+        <v>1530</v>
       </c>
       <c r="B38" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="C38" t="s">
         <v>1457</v>
       </c>
       <c r="D38" t="s">
-        <v>1468</v>
+        <v>1531</v>
       </c>
       <c r="E38" t="s">
         <v>1459</v>
       </c>
       <c r="F38" t="s">
         <v>1460</v>
       </c>
       <c r="G38" t="s">
         <v>48</v>
       </c>
       <c r="H38" t="s">
         <v>1461</v>
       </c>
       <c r="I38" t="s">
         <v>1462</v>
       </c>
       <c r="J38" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>1532</v>
       </c>
       <c r="B39" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="C39" t="s">
         <v>1457</v>
       </c>
       <c r="D39" t="s">
         <v>1533</v>
       </c>
       <c r="E39" t="s">
         <v>1459</v>
       </c>
       <c r="F39" t="s">
         <v>1460</v>
       </c>
       <c r="G39" t="s">
         <v>48</v>
       </c>
       <c r="H39" t="s">
         <v>1461</v>
       </c>
       <c r="I39" t="s">
         <v>1462</v>
       </c>
       <c r="J39" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>1534</v>
       </c>
       <c r="B40" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="C40" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D40" t="s">
         <v>1535</v>
-      </c>
-[...1 lines deleted...]
-        <v>1471</v>
       </c>
       <c r="E40" t="s">
         <v>1459</v>
       </c>
       <c r="F40" t="s">
         <v>1460</v>
       </c>
       <c r="G40" t="s">
         <v>48</v>
       </c>
       <c r="H40" t="s">
-        <v>411</v>
+        <v>1461</v>
       </c>
       <c r="I40" t="s">
         <v>1462</v>
       </c>
       <c r="J40" t="s">
-        <v>120</v>
+        <v>405</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>1536</v>
       </c>
       <c r="B41" t="s">
         <v>413</v>
       </c>
       <c r="C41" t="s">
         <v>1457</v>
       </c>
       <c r="D41" t="s">
         <v>1537</v>
       </c>
       <c r="E41" t="s">
         <v>1459</v>
       </c>
       <c r="F41" t="s">
         <v>1460</v>
       </c>
       <c r="G41" t="s">
         <v>48</v>
       </c>
       <c r="H41" t="s">
         <v>1461</v>
       </c>
       <c r="I41" t="s">
         <v>1462</v>
       </c>
       <c r="J41" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>1538</v>
       </c>
       <c r="B42" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="C42" t="s">
         <v>1457</v>
       </c>
       <c r="D42" t="s">
         <v>1539</v>
       </c>
       <c r="E42" t="s">
         <v>1459</v>
       </c>
       <c r="F42" t="s">
         <v>1460</v>
       </c>
       <c r="G42" t="s">
         <v>48</v>
       </c>
       <c r="H42" t="s">
         <v>1461</v>
       </c>
       <c r="I42" t="s">
         <v>1462</v>
       </c>
       <c r="J42" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>1540</v>
       </c>
       <c r="B43" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="C43" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D43" t="s">
         <v>1541</v>
-      </c>
-[...1 lines deleted...]
-        <v>1471</v>
       </c>
       <c r="E43" t="s">
         <v>1459</v>
       </c>
       <c r="F43" t="s">
         <v>1460</v>
       </c>
       <c r="G43" t="s">
         <v>48</v>
       </c>
       <c r="H43" t="s">
-        <v>432</v>
+        <v>1461</v>
       </c>
       <c r="I43" t="s">
         <v>1462</v>
       </c>
       <c r="J43" t="s">
-        <v>120</v>
+        <v>428</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>1542</v>
       </c>
       <c r="B44" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="C44" t="s">
         <v>1457</v>
       </c>
       <c r="D44" t="s">
-        <v>1468</v>
+        <v>1543</v>
       </c>
       <c r="E44" t="s">
         <v>1459</v>
       </c>
       <c r="F44" t="s">
         <v>1460</v>
       </c>
       <c r="G44" t="s">
         <v>48</v>
       </c>
       <c r="H44" t="s">
         <v>1461</v>
       </c>
       <c r="I44" t="s">
         <v>1462</v>
       </c>
       <c r="J44" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="B45" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="C45" t="s">
         <v>1457</v>
       </c>
       <c r="D45" t="s">
-        <v>1544</v>
+        <v>1464</v>
       </c>
       <c r="E45" t="s">
         <v>1459</v>
       </c>
       <c r="F45" t="s">
         <v>1460</v>
       </c>
       <c r="G45" t="s">
         <v>48</v>
       </c>
       <c r="H45" t="s">
         <v>1461</v>
       </c>
       <c r="I45" t="s">
         <v>1462</v>
       </c>
       <c r="J45" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>1545</v>
       </c>
       <c r="B46" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C46" t="s">
         <v>1457</v>
       </c>
       <c r="D46" t="s">
         <v>1546</v>
       </c>
       <c r="E46" t="s">
         <v>1459</v>
       </c>
       <c r="F46" t="s">
         <v>1460</v>
       </c>
       <c r="G46" t="s">
         <v>48</v>
       </c>
       <c r="H46" t="s">
         <v>1461</v>
       </c>
       <c r="I46" t="s">
         <v>1462</v>
       </c>
       <c r="J46" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>1547</v>
       </c>
       <c r="B47" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C47" t="s">
         <v>1457</v>
       </c>
       <c r="D47" t="s">
-        <v>1548</v>
+        <v>1464</v>
       </c>
       <c r="E47" t="s">
         <v>1459</v>
       </c>
       <c r="F47" t="s">
         <v>1460</v>
       </c>
       <c r="G47" t="s">
         <v>48</v>
       </c>
       <c r="H47" t="s">
         <v>1461</v>
       </c>
       <c r="I47" t="s">
         <v>1462</v>
       </c>
       <c r="J47" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1549</v>
+        <v>1548</v>
       </c>
       <c r="B48" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="C48" t="s">
         <v>1457</v>
       </c>
       <c r="D48" t="s">
-        <v>1468</v>
+        <v>1549</v>
       </c>
       <c r="E48" t="s">
         <v>1459</v>
       </c>
       <c r="F48" t="s">
         <v>1460</v>
       </c>
       <c r="G48" t="s">
         <v>48</v>
       </c>
       <c r="H48" t="s">
         <v>1461</v>
       </c>
       <c r="I48" t="s">
         <v>1462</v>
       </c>
       <c r="J48" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>1550</v>
       </c>
       <c r="B49" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="C49" t="s">
-        <v>1457</v>
+        <v>1551</v>
       </c>
       <c r="D49" t="s">
-        <v>1551</v>
+        <v>1472</v>
       </c>
       <c r="E49" t="s">
         <v>1459</v>
       </c>
       <c r="F49" t="s">
         <v>1460</v>
       </c>
       <c r="G49" t="s">
         <v>48</v>
       </c>
       <c r="H49" t="s">
-        <v>1461</v>
+        <v>473</v>
       </c>
       <c r="I49" t="s">
         <v>1462</v>
       </c>
       <c r="J49" t="s">
-        <v>475</v>
+        <v>133</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>1552</v>
       </c>
       <c r="B50" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="C50" t="s">
         <v>1457</v>
       </c>
       <c r="D50" t="s">
         <v>1553</v>
       </c>
       <c r="E50" t="s">
         <v>1459</v>
       </c>
       <c r="F50" t="s">
         <v>1460</v>
       </c>
       <c r="G50" t="s">
         <v>48</v>
       </c>
       <c r="H50" t="s">
         <v>1461</v>
       </c>
       <c r="I50" t="s">
         <v>1462</v>
       </c>
       <c r="J50" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>484</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -14309,1861 +14309,1861 @@
       </c>
       <c r="I2" t="s">
         <v>68</v>
       </c>
       <c r="J2" t="s">
         <v>63</v>
       </c>
       <c r="K2" t="s">
         <v>64</v>
       </c>
       <c r="L2">
         <v>365</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>495</v>
       </c>
       <c r="B3" t="s">
         <v>69</v>
       </c>
       <c r="C3" t="s">
         <v>496</v>
       </c>
       <c r="D3" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E3" t="s">
         <v>54</v>
       </c>
       <c r="F3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H3">
-        <v>45000000</v>
+        <v>552385637.875</v>
       </c>
       <c r="I3" t="s">
         <v>68</v>
       </c>
       <c r="J3" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="K3" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L3">
         <v>365</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>497</v>
       </c>
       <c r="B4" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C4" t="s">
         <v>498</v>
       </c>
       <c r="D4" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="E4" t="s">
         <v>54</v>
       </c>
       <c r="F4" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="G4" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="H4">
-        <v>1551486659.3</v>
+        <v>299989.5</v>
       </c>
       <c r="I4" t="s">
         <v>68</v>
       </c>
       <c r="J4" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="K4" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="L4">
         <v>365</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>499</v>
       </c>
       <c r="B5" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="C5" t="s">
         <v>500</v>
       </c>
       <c r="D5" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="E5" t="s">
         <v>54</v>
       </c>
       <c r="F5" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="G5" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="H5">
-        <v>114890625</v>
+        <v>45000000</v>
       </c>
       <c r="I5" t="s">
         <v>68</v>
       </c>
       <c r="J5" t="s">
-        <v>102</v>
+        <v>63</v>
       </c>
       <c r="K5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="L5">
         <v>365</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>501</v>
       </c>
       <c r="B6" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C6" t="s">
         <v>502</v>
       </c>
       <c r="D6" t="s">
         <v>119</v>
       </c>
       <c r="E6" t="s">
         <v>54</v>
       </c>
       <c r="F6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H6">
-        <v>125289858.83</v>
+        <v>1125660243.092</v>
       </c>
       <c r="I6" t="s">
         <v>68</v>
       </c>
       <c r="J6" t="s">
         <v>118</v>
       </c>
       <c r="K6" t="s">
         <v>119</v>
       </c>
       <c r="L6">
         <v>365</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>503</v>
       </c>
       <c r="B7" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C7" t="s">
         <v>504</v>
       </c>
       <c r="D7" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="E7" t="s">
         <v>54</v>
       </c>
       <c r="F7" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="G7" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="H7">
-        <v>6522600</v>
+        <v>124216575.33</v>
       </c>
       <c r="I7" t="s">
         <v>68</v>
       </c>
       <c r="J7" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="K7" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="L7">
-        <v>30</v>
+        <v>365</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>505</v>
       </c>
       <c r="B8" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C8" t="s">
         <v>506</v>
       </c>
       <c r="D8" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E8" t="s">
         <v>54</v>
       </c>
       <c r="F8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="G8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="H8">
-        <v>47348000</v>
+        <v>6522600</v>
       </c>
       <c r="I8" t="s">
         <v>68</v>
       </c>
       <c r="J8" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="K8" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="L8">
-        <v>92</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>507</v>
       </c>
       <c r="B9" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C9" t="s">
         <v>508</v>
       </c>
       <c r="D9" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E9" t="s">
         <v>54</v>
       </c>
       <c r="F9" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="G9" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="H9">
-        <v>299989.5</v>
+        <v>1577985368.45</v>
       </c>
       <c r="I9" t="s">
         <v>68</v>
       </c>
       <c r="J9" t="s">
-        <v>155</v>
+        <v>118</v>
       </c>
       <c r="K9" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="L9">
         <v>365</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>509</v>
       </c>
       <c r="B10" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C10" t="s">
         <v>510</v>
       </c>
       <c r="D10" t="s">
-        <v>166</v>
+        <v>132</v>
       </c>
       <c r="E10" t="s">
         <v>54</v>
       </c>
       <c r="F10" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="G10" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="H10">
-        <v>225000000</v>
+        <v>125289858.83</v>
       </c>
       <c r="I10" t="s">
         <v>68</v>
       </c>
       <c r="J10" t="s">
-        <v>63</v>
+        <v>131</v>
       </c>
       <c r="K10" t="s">
-        <v>166</v>
+        <v>132</v>
       </c>
       <c r="L10">
         <v>365</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>511</v>
       </c>
       <c r="B11" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C11" t="s">
         <v>512</v>
       </c>
       <c r="D11" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="E11" t="s">
         <v>54</v>
       </c>
       <c r="F11" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="G11" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="H11">
-        <v>16000000</v>
+        <v>2476000</v>
       </c>
       <c r="I11" t="s">
         <v>68</v>
       </c>
       <c r="J11" t="s">
-        <v>63</v>
+        <v>172</v>
       </c>
       <c r="K11" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="L11">
-        <v>19514</v>
+        <v>365</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>513</v>
       </c>
       <c r="B12" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C12" t="s">
         <v>514</v>
       </c>
       <c r="D12" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
       <c r="E12" t="s">
         <v>54</v>
       </c>
       <c r="F12" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="G12" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="H12">
-        <v>86000000</v>
+        <v>114218750</v>
       </c>
       <c r="I12" t="s">
         <v>68</v>
       </c>
       <c r="J12" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="K12" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
       <c r="L12">
-        <v>19513</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>515</v>
       </c>
       <c r="B13" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="C13" t="s">
         <v>516</v>
       </c>
       <c r="D13" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="E13" t="s">
         <v>54</v>
       </c>
       <c r="F13" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G13" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="H13">
-        <v>2356000</v>
+        <v>47348000</v>
       </c>
       <c r="I13" t="s">
         <v>68</v>
       </c>
       <c r="J13" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="K13" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="L13">
-        <v>365</v>
+        <v>92</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>517</v>
       </c>
       <c r="B14" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C14" t="s">
         <v>518</v>
       </c>
       <c r="D14" t="s">
-        <v>199</v>
+        <v>185</v>
       </c>
       <c r="E14" t="s">
         <v>54</v>
       </c>
       <c r="F14" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="G14" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="H14">
-        <v>52082800</v>
+        <v>114890625</v>
       </c>
       <c r="I14" t="s">
         <v>68</v>
       </c>
       <c r="J14" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="K14" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="L14">
         <v>365</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>519</v>
       </c>
       <c r="B15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C15" t="s">
         <v>520</v>
       </c>
       <c r="D15" t="s">
-        <v>210</v>
+        <v>132</v>
       </c>
       <c r="E15" t="s">
         <v>54</v>
       </c>
       <c r="F15" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G15" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="H15">
-        <v>2120400</v>
+        <v>700000000</v>
       </c>
       <c r="I15" t="s">
         <v>68</v>
       </c>
       <c r="J15" t="s">
-        <v>209</v>
+        <v>131</v>
       </c>
       <c r="K15" t="s">
-        <v>210</v>
+        <v>132</v>
       </c>
       <c r="L15">
         <v>365</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>521</v>
       </c>
       <c r="B16" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C16" t="s">
         <v>522</v>
       </c>
       <c r="D16" t="s">
-        <v>119</v>
+        <v>217</v>
       </c>
       <c r="E16" t="s">
         <v>54</v>
       </c>
       <c r="F16" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="G16" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="H16">
-        <v>700000000</v>
+        <v>145985000</v>
       </c>
       <c r="I16" t="s">
         <v>68</v>
       </c>
       <c r="J16" t="s">
-        <v>118</v>
+        <v>216</v>
       </c>
       <c r="K16" t="s">
-        <v>119</v>
+        <v>220</v>
       </c>
       <c r="L16">
         <v>365</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>523</v>
       </c>
       <c r="B17" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C17" t="s">
         <v>524</v>
       </c>
       <c r="D17" t="s">
-        <v>226</v>
+        <v>132</v>
       </c>
       <c r="E17" t="s">
         <v>54</v>
       </c>
       <c r="F17" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G17" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="H17">
-        <v>18912000</v>
+        <v>700000000</v>
       </c>
       <c r="I17" t="s">
         <v>68</v>
       </c>
       <c r="J17" t="s">
-        <v>190</v>
+        <v>131</v>
       </c>
       <c r="K17" t="s">
-        <v>226</v>
+        <v>132</v>
       </c>
       <c r="L17">
         <v>365</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>525</v>
       </c>
       <c r="B18" t="s">
         <v>228</v>
       </c>
       <c r="C18" t="s">
         <v>526</v>
       </c>
       <c r="D18" t="s">
-        <v>235</v>
+        <v>132</v>
       </c>
       <c r="E18" t="s">
         <v>54</v>
       </c>
       <c r="F18" t="s">
         <v>232</v>
       </c>
       <c r="G18" t="s">
         <v>232</v>
       </c>
       <c r="H18">
-        <v>18912000</v>
+        <v>125299858.83</v>
       </c>
       <c r="I18" t="s">
         <v>68</v>
       </c>
       <c r="J18" t="s">
-        <v>234</v>
+        <v>131</v>
       </c>
       <c r="K18" t="s">
-        <v>235</v>
+        <v>132</v>
       </c>
       <c r="L18">
         <v>365</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>527</v>
       </c>
       <c r="B19" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C19" t="s">
         <v>528</v>
       </c>
       <c r="D19" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="E19" t="s">
         <v>54</v>
       </c>
       <c r="F19" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="G19" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="H19">
-        <v>1577985368.45</v>
+        <v>1587289680.5</v>
       </c>
       <c r="I19" t="s">
         <v>68</v>
       </c>
       <c r="J19" t="s">
-        <v>244</v>
+        <v>118</v>
       </c>
       <c r="K19" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="L19">
         <v>365</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>529</v>
       </c>
       <c r="B20" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="C20" t="s">
         <v>530</v>
       </c>
       <c r="D20" t="s">
-        <v>531</v>
+        <v>247</v>
       </c>
       <c r="E20" t="s">
         <v>54</v>
       </c>
       <c r="F20" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="G20" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="H20">
-        <v>125462847.82</v>
+        <v>295958250</v>
       </c>
       <c r="I20" t="s">
         <v>68</v>
       </c>
       <c r="J20" t="s">
-        <v>118</v>
+        <v>249</v>
       </c>
       <c r="K20" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="L20">
-        <v>366</v>
+        <v>365</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
+        <v>531</v>
+      </c>
+      <c r="B21" t="s">
+        <v>250</v>
+      </c>
+      <c r="C21" t="s">
         <v>532</v>
       </c>
-      <c r="B21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D21" t="s">
-        <v>260</v>
+        <v>132</v>
       </c>
       <c r="E21" t="s">
         <v>54</v>
       </c>
       <c r="F21" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="G21" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="H21">
-        <v>24488000</v>
+        <v>124176575.33</v>
       </c>
       <c r="I21" t="s">
         <v>68</v>
       </c>
       <c r="J21" t="s">
-        <v>190</v>
+        <v>131</v>
       </c>
       <c r="K21" t="s">
-        <v>260</v>
+        <v>132</v>
       </c>
       <c r="L21">
         <v>365</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
+        <v>533</v>
+      </c>
+      <c r="B22" t="s">
+        <v>257</v>
+      </c>
+      <c r="C22" t="s">
         <v>534</v>
       </c>
-      <c r="B22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D22" t="s">
-        <v>119</v>
+        <v>262</v>
       </c>
       <c r="E22" t="s">
         <v>54</v>
       </c>
       <c r="F22" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="G22" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="H22">
-        <v>700000000</v>
+        <v>40000000</v>
       </c>
       <c r="I22" t="s">
         <v>68</v>
       </c>
       <c r="J22" t="s">
-        <v>118</v>
+        <v>262</v>
       </c>
       <c r="K22" t="s">
-        <v>119</v>
+        <v>262</v>
       </c>
       <c r="L22">
-        <v>365</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
+        <v>535</v>
+      </c>
+      <c r="B23" t="s">
+        <v>263</v>
+      </c>
+      <c r="C23" t="s">
         <v>536</v>
       </c>
-      <c r="B23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D23" t="s">
-        <v>276</v>
+        <v>247</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="G23" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="H23">
-        <v>2538000</v>
+        <v>203175000</v>
       </c>
       <c r="I23" t="s">
         <v>68</v>
       </c>
       <c r="J23" t="s">
-        <v>275</v>
+        <v>249</v>
       </c>
       <c r="K23" t="s">
-        <v>276</v>
+        <v>247</v>
       </c>
       <c r="L23">
         <v>365</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
+        <v>537</v>
+      </c>
+      <c r="B24" t="s">
+        <v>269</v>
+      </c>
+      <c r="C24" t="s">
         <v>538</v>
       </c>
-      <c r="B24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D24" t="s">
-        <v>174</v>
+        <v>276</v>
       </c>
       <c r="E24" t="s">
         <v>54</v>
       </c>
       <c r="F24" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
       <c r="G24" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
       <c r="H24">
-        <v>26936800</v>
+        <v>3000000</v>
       </c>
       <c r="I24" t="s">
         <v>68</v>
       </c>
       <c r="J24" t="s">
-        <v>174</v>
+        <v>279</v>
       </c>
       <c r="K24" t="s">
-        <v>174</v>
+        <v>276</v>
       </c>
       <c r="L24">
-        <v>0</v>
+        <v>365</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
+        <v>539</v>
+      </c>
+      <c r="B25" t="s">
+        <v>280</v>
+      </c>
+      <c r="C25" t="s">
         <v>540</v>
       </c>
-      <c r="B25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D25" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
       <c r="E25" t="s">
         <v>54</v>
       </c>
       <c r="F25" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="G25" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="H25">
-        <v>2820000</v>
+        <v>65985779.5375</v>
       </c>
       <c r="I25" t="s">
         <v>68</v>
       </c>
       <c r="J25" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="K25" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
       <c r="L25">
-        <v>0</v>
+        <v>366</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
+        <v>541</v>
+      </c>
+      <c r="B26" t="s">
+        <v>287</v>
+      </c>
+      <c r="C26" t="s">
         <v>542</v>
       </c>
-      <c r="B26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D26" t="s">
-        <v>119</v>
+        <v>292</v>
       </c>
       <c r="E26" t="s">
         <v>54</v>
       </c>
       <c r="F26" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="G26" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="H26">
-        <v>125299858.83</v>
+        <v>226940481.7755</v>
       </c>
       <c r="I26" t="s">
         <v>68</v>
       </c>
       <c r="J26" t="s">
-        <v>118</v>
+        <v>96</v>
       </c>
       <c r="K26" t="s">
-        <v>119</v>
+        <v>292</v>
       </c>
       <c r="L26">
         <v>365</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
+        <v>543</v>
+      </c>
+      <c r="B27" t="s">
+        <v>296</v>
+      </c>
+      <c r="C27" t="s">
         <v>544</v>
       </c>
-      <c r="B27" t="s">
-[...2 lines deleted...]
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>545</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="E27" t="s">
         <v>54</v>
       </c>
       <c r="F27" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="G27" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="H27">
-        <v>25744400</v>
+        <v>125462847.82</v>
       </c>
       <c r="I27" t="s">
         <v>68</v>
       </c>
       <c r="J27" t="s">
-        <v>190</v>
+        <v>131</v>
       </c>
       <c r="K27" t="s">
-        <v>310</v>
+        <v>301</v>
       </c>
       <c r="L27">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>546</v>
       </c>
       <c r="B28" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C28" t="s">
         <v>547</v>
       </c>
       <c r="D28" t="s">
-        <v>276</v>
+        <v>262</v>
       </c>
       <c r="E28" t="s">
         <v>54</v>
       </c>
       <c r="F28" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="G28" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="H28">
-        <v>23404000</v>
+        <v>16000000</v>
       </c>
       <c r="I28" t="s">
         <v>68</v>
       </c>
       <c r="J28" t="s">
-        <v>275</v>
+        <v>63</v>
       </c>
       <c r="K28" t="s">
-        <v>276</v>
+        <v>262</v>
       </c>
       <c r="L28">
-        <v>365</v>
+        <v>19514</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>548</v>
       </c>
       <c r="B29" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="C29" t="s">
         <v>549</v>
       </c>
       <c r="D29" t="s">
-        <v>325</v>
+        <v>262</v>
       </c>
       <c r="E29" t="s">
         <v>54</v>
       </c>
       <c r="F29" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="G29" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="H29">
-        <v>552385637.875</v>
+        <v>86000000</v>
       </c>
       <c r="I29" t="s">
         <v>68</v>
       </c>
       <c r="J29" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="K29" t="s">
-        <v>104</v>
+        <v>262</v>
       </c>
       <c r="L29">
-        <v>365</v>
+        <v>19513</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>550</v>
       </c>
       <c r="B30" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="C30" t="s">
         <v>551</v>
       </c>
       <c r="D30" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="E30" t="s">
         <v>54</v>
       </c>
       <c r="F30" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="G30" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="H30">
-        <v>2476000</v>
+        <v>2356000</v>
       </c>
       <c r="I30" t="s">
         <v>68</v>
       </c>
       <c r="J30" t="s">
-        <v>190</v>
+        <v>172</v>
       </c>
       <c r="K30" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="L30">
         <v>365</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>552</v>
       </c>
       <c r="B31" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="C31" t="s">
         <v>553</v>
       </c>
       <c r="D31" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="E31" t="s">
         <v>54</v>
       </c>
       <c r="F31" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="G31" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="H31">
-        <v>295958250</v>
+        <v>52082800</v>
       </c>
       <c r="I31" t="s">
         <v>68</v>
       </c>
       <c r="J31" t="s">
-        <v>346</v>
+        <v>172</v>
       </c>
       <c r="K31" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="L31">
         <v>365</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>554</v>
       </c>
       <c r="B32" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="C32" t="s">
         <v>555</v>
       </c>
       <c r="D32" t="s">
-        <v>353</v>
+        <v>345</v>
       </c>
       <c r="E32" t="s">
         <v>54</v>
       </c>
       <c r="F32" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="G32" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="H32">
-        <v>145985000</v>
+        <v>2120400</v>
       </c>
       <c r="I32" t="s">
         <v>68</v>
       </c>
       <c r="J32" t="s">
-        <v>352</v>
+        <v>344</v>
       </c>
       <c r="K32" t="s">
-        <v>355</v>
+        <v>345</v>
       </c>
       <c r="L32">
         <v>365</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>556</v>
       </c>
       <c r="B33" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="C33" t="s">
         <v>557</v>
       </c>
       <c r="D33" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="E33" t="s">
         <v>54</v>
       </c>
       <c r="F33" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
       <c r="G33" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
       <c r="H33">
-        <v>1125660243.092</v>
+        <v>18912000</v>
       </c>
       <c r="I33" t="s">
         <v>68</v>
       </c>
       <c r="J33" t="s">
-        <v>244</v>
+        <v>354</v>
       </c>
       <c r="K33" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="L33">
         <v>365</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>558</v>
       </c>
       <c r="B34" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="C34" t="s">
         <v>559</v>
       </c>
       <c r="D34" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
       <c r="E34" t="s">
         <v>54</v>
       </c>
       <c r="F34" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="G34" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="H34">
-        <v>183276750</v>
+        <v>18912000</v>
       </c>
       <c r="I34" t="s">
         <v>68</v>
       </c>
       <c r="J34" t="s">
-        <v>346</v>
+        <v>172</v>
       </c>
       <c r="K34" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
       <c r="L34">
         <v>365</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>560</v>
       </c>
       <c r="B35" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="C35" t="s">
         <v>561</v>
       </c>
       <c r="D35" t="s">
-        <v>378</v>
+        <v>369</v>
       </c>
       <c r="E35" t="s">
         <v>54</v>
       </c>
       <c r="F35" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="G35" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="H35">
-        <v>3000000</v>
+        <v>24488000</v>
       </c>
       <c r="I35" t="s">
         <v>68</v>
       </c>
       <c r="J35" t="s">
-        <v>381</v>
+        <v>172</v>
       </c>
       <c r="K35" t="s">
-        <v>378</v>
+        <v>369</v>
       </c>
       <c r="L35">
         <v>365</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>562</v>
       </c>
       <c r="B36" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
       <c r="C36" t="s">
         <v>563</v>
       </c>
       <c r="D36" t="s">
-        <v>119</v>
+        <v>378</v>
       </c>
       <c r="E36" t="s">
         <v>54</v>
       </c>
       <c r="F36" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="G36" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="H36">
-        <v>124176575.33</v>
+        <v>2538000</v>
       </c>
       <c r="I36" t="s">
         <v>68</v>
       </c>
       <c r="J36" t="s">
-        <v>118</v>
+        <v>377</v>
       </c>
       <c r="K36" t="s">
-        <v>119</v>
+        <v>378</v>
       </c>
       <c r="L36">
         <v>365</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>564</v>
       </c>
       <c r="B37" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="C37" t="s">
         <v>565</v>
       </c>
       <c r="D37" t="s">
-        <v>174</v>
+        <v>262</v>
       </c>
       <c r="E37" t="s">
         <v>54</v>
       </c>
       <c r="F37" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="G37" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="H37">
-        <v>2228400</v>
+        <v>26936800</v>
       </c>
       <c r="I37" t="s">
         <v>68</v>
       </c>
       <c r="J37" t="s">
-        <v>174</v>
+        <v>262</v>
       </c>
       <c r="K37" t="s">
-        <v>174</v>
+        <v>262</v>
       </c>
       <c r="L37">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>566</v>
       </c>
       <c r="B38" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="C38" t="s">
         <v>567</v>
       </c>
       <c r="D38" t="s">
-        <v>103</v>
+        <v>262</v>
       </c>
       <c r="E38" t="s">
         <v>54</v>
       </c>
       <c r="F38" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="G38" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="H38">
-        <v>62932874.94375</v>
+        <v>2820000</v>
       </c>
       <c r="I38" t="s">
         <v>68</v>
       </c>
       <c r="J38" t="s">
-        <v>102</v>
+        <v>262</v>
       </c>
       <c r="K38" t="s">
-        <v>103</v>
+        <v>262</v>
       </c>
       <c r="L38">
-        <v>366</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>568</v>
       </c>
       <c r="B39" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="C39" t="s">
         <v>569</v>
       </c>
       <c r="D39" t="s">
-        <v>103</v>
+        <v>378</v>
       </c>
       <c r="E39" t="s">
         <v>54</v>
       </c>
       <c r="F39" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="G39" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="H39">
-        <v>65985779.5375</v>
+        <v>23404000</v>
       </c>
       <c r="I39" t="s">
         <v>68</v>
       </c>
       <c r="J39" t="s">
-        <v>102</v>
+        <v>377</v>
       </c>
       <c r="K39" t="s">
-        <v>103</v>
+        <v>378</v>
       </c>
       <c r="L39">
-        <v>366</v>
+        <v>365</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>570</v>
       </c>
       <c r="B40" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="C40" t="s">
         <v>571</v>
       </c>
       <c r="D40" t="s">
-        <v>119</v>
+        <v>410</v>
       </c>
       <c r="E40" t="s">
         <v>54</v>
       </c>
       <c r="F40" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="G40" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="H40">
-        <v>124216575.33</v>
+        <v>25744400</v>
       </c>
       <c r="I40" t="s">
         <v>68</v>
       </c>
       <c r="J40" t="s">
-        <v>118</v>
+        <v>172</v>
       </c>
       <c r="K40" t="s">
-        <v>119</v>
+        <v>412</v>
       </c>
       <c r="L40">
         <v>365</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>572</v>
       </c>
       <c r="B41" t="s">
         <v>413</v>
       </c>
       <c r="C41" t="s">
         <v>573</v>
       </c>
       <c r="D41" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="E41" t="s">
         <v>54</v>
       </c>
       <c r="F41" t="s">
         <v>417</v>
       </c>
       <c r="G41" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="H41">
-        <v>204068333.6</v>
+        <v>183276750</v>
       </c>
       <c r="I41" t="s">
         <v>68</v>
       </c>
       <c r="J41" t="s">
-        <v>346</v>
+        <v>249</v>
       </c>
       <c r="K41" t="s">
-        <v>343</v>
+        <v>418</v>
       </c>
       <c r="L41">
         <v>365</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>574</v>
       </c>
       <c r="B42" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="C42" t="s">
         <v>575</v>
       </c>
       <c r="D42" t="s">
-        <v>103</v>
+        <v>262</v>
       </c>
       <c r="E42" t="s">
         <v>54</v>
       </c>
       <c r="F42" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="G42" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="H42">
-        <v>72991634.316045</v>
+        <v>2228400</v>
       </c>
       <c r="I42" t="s">
         <v>68</v>
       </c>
       <c r="J42" t="s">
-        <v>155</v>
+        <v>262</v>
       </c>
       <c r="K42" t="s">
-        <v>103</v>
+        <v>262</v>
       </c>
       <c r="L42">
-        <v>365</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>576</v>
       </c>
       <c r="B43" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="C43" t="s">
         <v>577</v>
       </c>
       <c r="D43" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="E43" t="s">
         <v>54</v>
       </c>
       <c r="F43" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="G43" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="H43">
-        <v>125512847.82</v>
+        <v>204068333.6</v>
       </c>
       <c r="I43" t="s">
         <v>68</v>
       </c>
       <c r="J43" t="s">
-        <v>434</v>
+        <v>249</v>
       </c>
       <c r="K43" t="s">
-        <v>435</v>
+        <v>247</v>
       </c>
       <c r="L43">
         <v>365</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>578</v>
       </c>
       <c r="B44" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="C44" t="s">
         <v>579</v>
       </c>
       <c r="D44" t="s">
-        <v>103</v>
+        <v>441</v>
       </c>
       <c r="E44" t="s">
         <v>54</v>
       </c>
       <c r="F44" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="G44" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="H44">
-        <v>542300079.25</v>
+        <v>1593216714.5</v>
       </c>
       <c r="I44" t="s">
         <v>68</v>
       </c>
       <c r="J44" t="s">
-        <v>155</v>
+        <v>118</v>
       </c>
       <c r="K44" t="s">
-        <v>103</v>
+        <v>441</v>
       </c>
       <c r="L44">
         <v>365</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>580</v>
       </c>
       <c r="B45" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="C45" t="s">
         <v>581</v>
       </c>
       <c r="D45" t="s">
-        <v>103</v>
+        <v>185</v>
       </c>
       <c r="E45" t="s">
         <v>54</v>
       </c>
       <c r="F45" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="G45" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="H45">
-        <v>114218750</v>
+        <v>542300079.25</v>
       </c>
       <c r="I45" t="s">
         <v>68</v>
       </c>
       <c r="J45" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="K45" t="s">
-        <v>103</v>
+        <v>185</v>
       </c>
       <c r="L45">
-        <v>0</v>
+        <v>365</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>582</v>
       </c>
       <c r="B46" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C46" t="s">
         <v>583</v>
       </c>
       <c r="D46" t="s">
         <v>455</v>
       </c>
       <c r="E46" t="s">
         <v>54</v>
       </c>
       <c r="F46" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="G46" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="H46">
-        <v>1593216714.5</v>
+        <v>1551486659.3</v>
       </c>
       <c r="I46" t="s">
         <v>68</v>
       </c>
       <c r="J46" t="s">
-        <v>244</v>
+        <v>457</v>
       </c>
       <c r="K46" t="s">
         <v>455</v>
       </c>
       <c r="L46">
         <v>365</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>584</v>
       </c>
       <c r="B47" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C47" t="s">
         <v>585</v>
       </c>
       <c r="D47" t="s">
-        <v>462</v>
+        <v>185</v>
       </c>
       <c r="E47" t="s">
         <v>54</v>
       </c>
       <c r="F47" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="G47" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="H47">
-        <v>1587289680.5</v>
+        <v>62932874.94375</v>
       </c>
       <c r="I47" t="s">
         <v>68</v>
       </c>
       <c r="J47" t="s">
-        <v>244</v>
+        <v>184</v>
       </c>
       <c r="K47" t="s">
-        <v>462</v>
+        <v>185</v>
       </c>
       <c r="L47">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>586</v>
       </c>
       <c r="B48" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="C48" t="s">
         <v>587</v>
       </c>
       <c r="D48" t="s">
-        <v>469</v>
+        <v>185</v>
       </c>
       <c r="E48" t="s">
         <v>54</v>
       </c>
       <c r="F48" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="G48" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="H48">
-        <v>226940481.7755</v>
+        <v>72991634.316045</v>
       </c>
       <c r="I48" t="s">
         <v>68</v>
       </c>
       <c r="J48" t="s">
-        <v>155</v>
+        <v>96</v>
       </c>
       <c r="K48" t="s">
-        <v>469</v>
+        <v>185</v>
       </c>
       <c r="L48">
         <v>365</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>588</v>
       </c>
       <c r="B49" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="C49" t="s">
         <v>589</v>
       </c>
       <c r="D49" t="s">
-        <v>343</v>
+        <v>476</v>
       </c>
       <c r="E49" t="s">
         <v>54</v>
       </c>
       <c r="F49" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="G49" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="H49">
-        <v>203175000</v>
+        <v>125512847.82</v>
       </c>
       <c r="I49" t="s">
         <v>68</v>
       </c>
       <c r="J49" t="s">
-        <v>346</v>
+        <v>475</v>
       </c>
       <c r="K49" t="s">
-        <v>343</v>
+        <v>476</v>
       </c>
       <c r="L49">
         <v>365</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>590</v>
       </c>
       <c r="B50" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="C50" t="s">
         <v>591</v>
       </c>
       <c r="D50" t="s">
-        <v>174</v>
+        <v>483</v>
       </c>
       <c r="E50" t="s">
         <v>54</v>
       </c>
       <c r="F50" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="G50" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="H50">
-        <v>40000000</v>
+        <v>225000000</v>
       </c>
       <c r="I50" t="s">
         <v>68</v>
       </c>
       <c r="J50" t="s">
-        <v>174</v>
+        <v>63</v>
       </c>
       <c r="K50" t="s">
-        <v>174</v>
+        <v>483</v>
       </c>
       <c r="L50">
-        <v>0</v>
+        <v>365</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>592</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>484</v>
       </c>
@@ -16225,1840 +16225,1840 @@
       </c>
       <c r="J2" t="s">
         <v>604</v>
       </c>
       <c r="K2" t="s">
         <v>605</v>
       </c>
       <c r="L2" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>606</v>
       </c>
       <c r="B3" t="s">
         <v>495</v>
       </c>
       <c r="C3" t="s">
         <v>69</v>
       </c>
       <c r="D3" t="s">
         <v>72</v>
       </c>
       <c r="E3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F3">
-        <v>10000</v>
+        <v>323.1</v>
       </c>
       <c r="G3" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="H3" t="s">
         <v>602</v>
       </c>
       <c r="I3" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="J3" t="s">
         <v>604</v>
       </c>
       <c r="K3" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="L3" t="s">
-        <v>51</v>
+        <v>610</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="B4" t="s">
         <v>497</v>
       </c>
       <c r="C4" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="D4" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="E4" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F4">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="H4" t="s">
         <v>602</v>
       </c>
       <c r="I4" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="J4" t="s">
         <v>604</v>
       </c>
       <c r="K4" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="L4" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="B5" t="s">
         <v>499</v>
       </c>
       <c r="C5" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="D5" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="E5" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="F5">
-        <v>1</v>
+        <v>10000</v>
       </c>
       <c r="G5" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="H5" t="s">
         <v>602</v>
       </c>
       <c r="I5" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="J5" t="s">
         <v>604</v>
       </c>
       <c r="K5" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="L5" t="s">
-        <v>618</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>619</v>
       </c>
       <c r="B6" t="s">
         <v>501</v>
       </c>
       <c r="C6" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D6" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F6">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G6" t="s">
-        <v>601</v>
+        <v>620</v>
       </c>
       <c r="H6" t="s">
         <v>602</v>
       </c>
       <c r="I6" t="s">
-        <v>620</v>
+        <v>608</v>
       </c>
       <c r="J6" t="s">
         <v>604</v>
       </c>
       <c r="K6" t="s">
+        <v>609</v>
+      </c>
+      <c r="L6" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>622</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="B7" t="s">
         <v>503</v>
       </c>
       <c r="C7" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D7" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E7" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F7">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="G7" t="s">
         <v>601</v>
       </c>
       <c r="H7" t="s">
         <v>602</v>
       </c>
       <c r="I7" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="J7" t="s">
         <v>604</v>
       </c>
       <c r="K7" t="s">
+        <v>624</v>
+      </c>
+      <c r="L7" t="s">
         <v>625</v>
-      </c>
-[...1 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="B8" t="s">
         <v>505</v>
       </c>
       <c r="C8" t="s">
+        <v>136</v>
+      </c>
+      <c r="D8" t="s">
         <v>139</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>142</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8">
-        <v>23674</v>
+        <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>601</v>
       </c>
       <c r="H8" t="s">
         <v>602</v>
       </c>
       <c r="I8" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="J8" t="s">
         <v>604</v>
       </c>
       <c r="K8" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="L8" t="s">
-        <v>622</v>
+        <v>615</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
       <c r="B9" t="s">
         <v>507</v>
       </c>
       <c r="C9" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D9" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E9" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F9">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G9" t="s">
-        <v>631</v>
+        <v>620</v>
       </c>
       <c r="H9" t="s">
         <v>602</v>
       </c>
       <c r="I9" t="s">
-        <v>632</v>
+        <v>608</v>
       </c>
       <c r="J9" t="s">
         <v>604</v>
       </c>
       <c r="K9" t="s">
-        <v>633</v>
+        <v>609</v>
       </c>
       <c r="L9" t="s">
-        <v>626</v>
+        <v>621</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="B10" t="s">
         <v>509</v>
       </c>
       <c r="C10" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D10" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="E10" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="F10">
-        <v>750000</v>
+        <v>25</v>
       </c>
       <c r="G10" t="s">
         <v>601</v>
       </c>
       <c r="H10" t="s">
         <v>602</v>
       </c>
+      <c r="I10" t="s">
+        <v>623</v>
+      </c>
       <c r="J10" t="s">
         <v>604</v>
       </c>
+      <c r="K10" t="s">
+        <v>624</v>
+      </c>
       <c r="L10" t="s">
-        <v>51</v>
+        <v>625</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>635</v>
+        <v>631</v>
       </c>
       <c r="B11" t="s">
         <v>511</v>
       </c>
       <c r="C11" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D11" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="E11" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F11">
-        <v>10000</v>
+        <v>1238</v>
       </c>
       <c r="G11" t="s">
         <v>601</v>
       </c>
       <c r="H11" t="s">
         <v>602</v>
       </c>
       <c r="I11" t="s">
-        <v>636</v>
+        <v>632</v>
       </c>
       <c r="J11" t="s">
         <v>604</v>
       </c>
       <c r="K11" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="L11" t="s">
-        <v>51</v>
+        <v>625</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
       <c r="B12" t="s">
         <v>513</v>
       </c>
       <c r="C12" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D12" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="E12" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="F12">
-        <v>1075</v>
+        <v>1</v>
       </c>
       <c r="G12" t="s">
-        <v>601</v>
+        <v>635</v>
       </c>
       <c r="H12" t="s">
         <v>602</v>
       </c>
       <c r="I12" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="J12" t="s">
         <v>604</v>
       </c>
       <c r="K12" t="s">
-        <v>640</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>637</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="B13" t="s">
         <v>515</v>
       </c>
       <c r="C13" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D13" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="E13" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="F13">
-        <v>1178</v>
+        <v>23674</v>
       </c>
       <c r="G13" t="s">
         <v>601</v>
       </c>
       <c r="H13" t="s">
         <v>602</v>
       </c>
       <c r="I13" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="J13" t="s">
         <v>604</v>
       </c>
       <c r="K13" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="L13" t="s">
-        <v>51</v>
+        <v>625</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="B14" t="s">
         <v>517</v>
       </c>
       <c r="C14" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="D14" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="E14" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="F14">
-        <v>23674</v>
+        <v>1</v>
       </c>
       <c r="G14" t="s">
-        <v>601</v>
+        <v>635</v>
       </c>
       <c r="H14" t="s">
         <v>602</v>
       </c>
       <c r="I14" t="s">
-        <v>628</v>
+        <v>636</v>
       </c>
       <c r="J14" t="s">
         <v>604</v>
       </c>
       <c r="K14" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
       <c r="L14" t="s">
-        <v>51</v>
+        <v>640</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="B15" t="s">
         <v>519</v>
       </c>
       <c r="C15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E15" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="F15">
-        <v>1178</v>
+        <v>1</v>
       </c>
       <c r="G15" t="s">
-        <v>601</v>
+        <v>642</v>
       </c>
       <c r="H15" t="s">
         <v>602</v>
       </c>
       <c r="I15" t="s">
-        <v>628</v>
+        <v>643</v>
       </c>
       <c r="J15" t="s">
         <v>604</v>
       </c>
       <c r="K15" t="s">
-        <v>629</v>
+        <v>644</v>
       </c>
       <c r="L15" t="s">
-        <v>51</v>
+        <v>645</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="B16" t="s">
         <v>521</v>
       </c>
       <c r="C16" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="D16" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="E16" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="F16">
         <v>1</v>
       </c>
       <c r="G16" t="s">
-        <v>645</v>
+        <v>620</v>
       </c>
       <c r="H16" t="s">
         <v>602</v>
       </c>
       <c r="I16" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="J16" t="s">
         <v>604</v>
       </c>
       <c r="K16" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="L16" t="s">
-        <v>648</v>
+        <v>141</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>649</v>
       </c>
       <c r="B17" t="s">
         <v>523</v>
       </c>
       <c r="C17" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D17" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E17" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F17">
-        <v>37824</v>
+        <v>1</v>
       </c>
       <c r="G17" t="s">
-        <v>601</v>
+        <v>642</v>
       </c>
       <c r="H17" t="s">
         <v>602</v>
       </c>
       <c r="I17" t="s">
-        <v>628</v>
+        <v>650</v>
       </c>
       <c r="J17" t="s">
         <v>604</v>
       </c>
       <c r="K17" t="s">
-        <v>629</v>
+        <v>651</v>
       </c>
       <c r="L17" t="s">
-        <v>51</v>
+        <v>645</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="B18" t="s">
         <v>525</v>
       </c>
       <c r="C18" t="s">
         <v>228</v>
       </c>
       <c r="D18" t="s">
         <v>231</v>
       </c>
       <c r="E18" t="s">
         <v>232</v>
       </c>
       <c r="F18">
-        <v>37824</v>
+        <v>25</v>
       </c>
       <c r="G18" t="s">
         <v>601</v>
       </c>
       <c r="H18" t="s">
         <v>602</v>
       </c>
       <c r="I18" t="s">
-        <v>628</v>
+        <v>623</v>
       </c>
       <c r="J18" t="s">
         <v>604</v>
       </c>
       <c r="K18" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="L18" t="s">
-        <v>51</v>
+        <v>625</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="B19" t="s">
         <v>527</v>
       </c>
       <c r="C19" t="s">
+        <v>234</v>
+      </c>
+      <c r="D19" t="s">
         <v>237</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="F19">
         <v>0</v>
       </c>
       <c r="G19" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="H19" t="s">
         <v>602</v>
       </c>
       <c r="I19" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="J19" t="s">
         <v>604</v>
       </c>
       <c r="K19" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="L19" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="B20" t="s">
         <v>529</v>
       </c>
       <c r="C20" t="s">
+        <v>241</v>
+      </c>
+      <c r="D20" t="s">
+        <v>244</v>
+      </c>
+      <c r="E20" t="s">
         <v>245</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G20" t="s">
         <v>601</v>
       </c>
       <c r="H20" t="s">
         <v>602</v>
       </c>
       <c r="I20" t="s">
-        <v>620</v>
+        <v>603</v>
       </c>
       <c r="J20" t="s">
         <v>604</v>
       </c>
       <c r="K20" t="s">
-        <v>621</v>
+        <v>605</v>
       </c>
       <c r="L20" t="s">
-        <v>653</v>
+        <v>141</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B21" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="C21" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="D21" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="E21" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="F21">
-        <v>12244</v>
+        <v>25</v>
       </c>
       <c r="G21" t="s">
-        <v>601</v>
+        <v>635</v>
       </c>
       <c r="H21" t="s">
         <v>602</v>
       </c>
       <c r="I21" t="s">
-        <v>628</v>
+        <v>623</v>
       </c>
       <c r="J21" t="s">
         <v>604</v>
       </c>
       <c r="K21" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="L21" t="s">
-        <v>51</v>
+        <v>625</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B22" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="C22" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="D22" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="E22" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F22">
-        <v>1</v>
+        <v>10000</v>
       </c>
       <c r="G22" t="s">
-        <v>645</v>
+        <v>601</v>
       </c>
       <c r="H22" t="s">
         <v>602</v>
       </c>
       <c r="I22" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="J22" t="s">
         <v>604</v>
       </c>
       <c r="K22" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="L22" t="s">
-        <v>648</v>
+        <v>51</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B23" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="C23" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="D23" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="E23" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="F23">
-        <v>1410</v>
+        <v>10</v>
       </c>
       <c r="G23" t="s">
         <v>601</v>
       </c>
       <c r="H23" t="s">
         <v>602</v>
       </c>
       <c r="I23" t="s">
-        <v>628</v>
+        <v>660</v>
       </c>
       <c r="J23" t="s">
         <v>604</v>
       </c>
       <c r="K23" t="s">
-        <v>629</v>
+        <v>661</v>
       </c>
       <c r="L23" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="B24" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="C24" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="D24" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="E24" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
       <c r="F24">
-        <v>12244</v>
+        <v>1010</v>
       </c>
       <c r="G24" t="s">
         <v>601</v>
       </c>
       <c r="H24" t="s">
         <v>602</v>
       </c>
       <c r="I24" t="s">
-        <v>628</v>
+        <v>663</v>
       </c>
       <c r="J24" t="s">
         <v>604</v>
       </c>
       <c r="K24" t="s">
-        <v>629</v>
+        <v>664</v>
       </c>
       <c r="L24" t="s">
-        <v>51</v>
+        <v>625</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="B25" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="C25" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="D25" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="E25" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="F25">
-        <v>1410</v>
+        <v>1</v>
       </c>
       <c r="G25" t="s">
         <v>601</v>
       </c>
       <c r="H25" t="s">
         <v>602</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J25" t="s">
         <v>604</v>
       </c>
-      <c r="K25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L25" t="s">
-        <v>51</v>
+        <v>640</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="B26" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="C26" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="D26" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="E26" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="F26">
-        <v>25</v>
+        <v>388.1</v>
       </c>
       <c r="G26" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="H26" t="s">
         <v>602</v>
       </c>
       <c r="I26" t="s">
-        <v>620</v>
+        <v>608</v>
       </c>
       <c r="J26" t="s">
         <v>604</v>
       </c>
       <c r="K26" t="s">
-        <v>621</v>
+        <v>609</v>
       </c>
       <c r="L26" t="s">
-        <v>622</v>
+        <v>640</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="B27" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="C27" t="s">
+        <v>296</v>
+      </c>
+      <c r="D27" t="s">
+        <v>299</v>
+      </c>
+      <c r="E27" t="s">
         <v>300</v>
       </c>
-      <c r="D27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27">
-        <v>11702</v>
+        <v>25</v>
       </c>
       <c r="G27" t="s">
         <v>601</v>
       </c>
       <c r="H27" t="s">
         <v>602</v>
       </c>
       <c r="I27" t="s">
-        <v>628</v>
+        <v>623</v>
       </c>
       <c r="J27" t="s">
         <v>604</v>
       </c>
       <c r="K27" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="L27" t="s">
-        <v>51</v>
+        <v>668</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="B28" t="s">
         <v>546</v>
       </c>
       <c r="C28" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D28" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="E28" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="F28">
-        <v>11702</v>
+        <v>10000</v>
       </c>
       <c r="G28" t="s">
         <v>601</v>
       </c>
       <c r="H28" t="s">
         <v>602</v>
       </c>
       <c r="I28" t="s">
-        <v>628</v>
+        <v>670</v>
       </c>
       <c r="J28" t="s">
         <v>604</v>
       </c>
       <c r="K28" t="s">
-        <v>629</v>
+        <v>671</v>
       </c>
       <c r="L28" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>664</v>
+        <v>672</v>
       </c>
       <c r="B29" t="s">
         <v>548</v>
       </c>
       <c r="C29" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="D29" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="E29" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="F29">
-        <v>323.1</v>
+        <v>1075</v>
       </c>
       <c r="G29" t="s">
-        <v>665</v>
+        <v>601</v>
       </c>
       <c r="H29" t="s">
         <v>602</v>
       </c>
       <c r="I29" t="s">
-        <v>611</v>
+        <v>673</v>
       </c>
       <c r="J29" t="s">
         <v>604</v>
       </c>
       <c r="K29" t="s">
-        <v>612</v>
+        <v>674</v>
       </c>
       <c r="L29" t="s">
-        <v>666</v>
+        <v>51</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>667</v>
+        <v>675</v>
       </c>
       <c r="B30" t="s">
         <v>550</v>
       </c>
       <c r="C30" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="D30" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="E30" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="F30">
-        <v>1238</v>
+        <v>1178</v>
       </c>
       <c r="G30" t="s">
         <v>601</v>
       </c>
       <c r="H30" t="s">
         <v>602</v>
       </c>
       <c r="I30" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="J30" t="s">
         <v>604</v>
       </c>
       <c r="K30" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="L30" t="s">
-        <v>622</v>
+        <v>51</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
       <c r="B31" t="s">
         <v>552</v>
       </c>
       <c r="C31" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="D31" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="E31" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="F31">
-        <v>0</v>
+        <v>23674</v>
       </c>
       <c r="G31" t="s">
         <v>601</v>
       </c>
       <c r="H31" t="s">
         <v>602</v>
       </c>
       <c r="I31" t="s">
-        <v>603</v>
+        <v>632</v>
       </c>
       <c r="J31" t="s">
         <v>604</v>
       </c>
       <c r="K31" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
       <c r="L31" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="B32" t="s">
         <v>554</v>
       </c>
       <c r="C32" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="D32" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="E32" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="F32">
-        <v>1</v>
+        <v>1178</v>
       </c>
       <c r="G32" t="s">
-        <v>610</v>
+        <v>601</v>
       </c>
       <c r="H32" t="s">
         <v>602</v>
       </c>
       <c r="I32" t="s">
-        <v>670</v>
+        <v>632</v>
       </c>
       <c r="J32" t="s">
         <v>604</v>
       </c>
       <c r="K32" t="s">
-        <v>671</v>
+        <v>633</v>
       </c>
       <c r="L32" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
       <c r="B33" t="s">
         <v>556</v>
       </c>
       <c r="C33" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="D33" t="s">
-        <v>360</v>
+        <v>351</v>
       </c>
       <c r="E33" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
       <c r="F33">
-        <v>0</v>
+        <v>37824</v>
       </c>
       <c r="G33" t="s">
-        <v>610</v>
+        <v>601</v>
       </c>
       <c r="H33" t="s">
         <v>602</v>
       </c>
       <c r="I33" t="s">
-        <v>611</v>
+        <v>632</v>
       </c>
       <c r="J33" t="s">
         <v>604</v>
       </c>
       <c r="K33" t="s">
-        <v>612</v>
+        <v>633</v>
       </c>
       <c r="L33" t="s">
-        <v>613</v>
+        <v>51</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="B34" t="s">
         <v>558</v>
       </c>
       <c r="C34" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="D34" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="E34" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="F34">
-        <v>0</v>
+        <v>37824</v>
       </c>
       <c r="G34" t="s">
         <v>601</v>
       </c>
       <c r="H34" t="s">
         <v>602</v>
       </c>
       <c r="I34" t="s">
-        <v>674</v>
+        <v>632</v>
       </c>
       <c r="J34" t="s">
         <v>604</v>
       </c>
       <c r="K34" t="s">
-        <v>675</v>
+        <v>633</v>
       </c>
       <c r="L34" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="B35" t="s">
         <v>560</v>
       </c>
       <c r="C35" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="D35" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="E35" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="F35">
-        <v>1010</v>
+        <v>12244</v>
       </c>
       <c r="G35" t="s">
         <v>601</v>
       </c>
       <c r="H35" t="s">
         <v>602</v>
       </c>
       <c r="I35" t="s">
-        <v>677</v>
+        <v>632</v>
       </c>
       <c r="J35" t="s">
         <v>604</v>
       </c>
       <c r="K35" t="s">
-        <v>678</v>
+        <v>633</v>
       </c>
       <c r="L35" t="s">
-        <v>622</v>
+        <v>51</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="B36" t="s">
         <v>562</v>
       </c>
       <c r="C36" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
       <c r="D36" t="s">
-        <v>385</v>
+        <v>375</v>
       </c>
       <c r="E36" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="F36">
-        <v>25</v>
+        <v>1410</v>
       </c>
       <c r="G36" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="H36" t="s">
         <v>602</v>
       </c>
       <c r="I36" t="s">
-        <v>620</v>
+        <v>632</v>
       </c>
       <c r="J36" t="s">
         <v>604</v>
       </c>
       <c r="K36" t="s">
-        <v>621</v>
+        <v>633</v>
       </c>
       <c r="L36" t="s">
-        <v>622</v>
+        <v>51</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="B37" t="s">
         <v>564</v>
       </c>
       <c r="C37" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="D37" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="E37" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="F37">
-        <v>1238</v>
+        <v>12244</v>
       </c>
       <c r="G37" t="s">
         <v>601</v>
       </c>
       <c r="H37" t="s">
         <v>602</v>
       </c>
       <c r="I37" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="J37" t="s">
         <v>604</v>
       </c>
       <c r="K37" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="L37" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="B38" t="s">
         <v>566</v>
       </c>
       <c r="C38" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="D38" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="E38" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="F38">
-        <v>1</v>
+        <v>1410</v>
       </c>
       <c r="G38" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="H38" t="s">
         <v>602</v>
       </c>
       <c r="I38" t="s">
-        <v>682</v>
+        <v>632</v>
       </c>
       <c r="J38" t="s">
         <v>604</v>
       </c>
       <c r="K38" t="s">
-        <v>683</v>
+        <v>633</v>
       </c>
       <c r="L38" t="s">
-        <v>618</v>
+        <v>51</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>684</v>
       </c>
       <c r="B39" t="s">
         <v>568</v>
       </c>
       <c r="C39" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="D39" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="E39" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="F39">
-        <v>1</v>
+        <v>11702</v>
       </c>
       <c r="G39" t="s">
         <v>601</v>
       </c>
       <c r="H39" t="s">
         <v>602</v>
       </c>
+      <c r="I39" t="s">
+        <v>632</v>
+      </c>
       <c r="J39" t="s">
         <v>604</v>
       </c>
+      <c r="K39" t="s">
+        <v>633</v>
+      </c>
       <c r="L39" t="s">
-        <v>618</v>
+        <v>51</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>685</v>
       </c>
       <c r="B40" t="s">
         <v>570</v>
       </c>
       <c r="C40" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="D40" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="E40" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="F40">
-        <v>25</v>
+        <v>11702</v>
       </c>
       <c r="G40" t="s">
         <v>601</v>
       </c>
       <c r="H40" t="s">
         <v>602</v>
       </c>
       <c r="I40" t="s">
-        <v>620</v>
+        <v>632</v>
       </c>
       <c r="J40" t="s">
         <v>604</v>
       </c>
       <c r="K40" t="s">
-        <v>621</v>
+        <v>633</v>
       </c>
       <c r="L40" t="s">
-        <v>622</v>
+        <v>51</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>686</v>
       </c>
       <c r="B41" t="s">
         <v>572</v>
       </c>
       <c r="C41" t="s">
         <v>413</v>
       </c>
       <c r="D41" t="s">
         <v>416</v>
       </c>
       <c r="E41" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="F41">
         <v>0</v>
       </c>
       <c r="G41" t="s">
         <v>601</v>
       </c>
       <c r="H41" t="s">
         <v>602</v>
       </c>
       <c r="I41" t="s">
         <v>687</v>
       </c>
       <c r="J41" t="s">
         <v>604</v>
       </c>
       <c r="K41" t="s">
         <v>688</v>
       </c>
       <c r="L41" t="s">
-        <v>128</v>
+        <v>141</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>689</v>
       </c>
       <c r="B42" t="s">
         <v>574</v>
       </c>
       <c r="C42" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="D42" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="E42" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="F42">
-        <v>1</v>
+        <v>1238</v>
       </c>
       <c r="G42" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="H42" t="s">
         <v>602</v>
       </c>
       <c r="I42" t="s">
-        <v>682</v>
+        <v>632</v>
       </c>
       <c r="J42" t="s">
         <v>604</v>
       </c>
       <c r="K42" t="s">
-        <v>683</v>
+        <v>633</v>
       </c>
       <c r="L42" t="s">
-        <v>618</v>
+        <v>51</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>690</v>
       </c>
       <c r="B43" t="s">
         <v>576</v>
       </c>
       <c r="C43" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="D43" t="s">
+        <v>429</v>
+      </c>
+      <c r="E43" t="s">
         <v>431</v>
       </c>
-      <c r="E43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F43">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G43" t="s">
         <v>601</v>
       </c>
       <c r="H43" t="s">
         <v>602</v>
       </c>
       <c r="I43" t="s">
-        <v>620</v>
+        <v>691</v>
       </c>
       <c r="J43" t="s">
         <v>604</v>
       </c>
       <c r="K43" t="s">
-        <v>621</v>
+        <v>692</v>
       </c>
       <c r="L43" t="s">
-        <v>691</v>
+        <v>141</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B44" t="s">
         <v>578</v>
       </c>
       <c r="C44" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="D44" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="E44" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="F44">
-        <v>323.1</v>
+        <v>0</v>
       </c>
       <c r="G44" t="s">
-        <v>665</v>
+        <v>620</v>
       </c>
       <c r="H44" t="s">
         <v>602</v>
       </c>
       <c r="I44" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="J44" t="s">
         <v>604</v>
       </c>
       <c r="K44" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="L44" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="B45" t="s">
         <v>580</v>
       </c>
       <c r="C45" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="D45" t="s">
+        <v>446</v>
+      </c>
+      <c r="E45" t="s">
         <v>447</v>
       </c>
-      <c r="E45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F45">
-        <v>1</v>
+        <v>323.1</v>
       </c>
       <c r="G45" t="s">
-        <v>615</v>
+        <v>607</v>
       </c>
       <c r="H45" t="s">
         <v>602</v>
       </c>
       <c r="I45" t="s">
-        <v>616</v>
+        <v>608</v>
       </c>
       <c r="J45" t="s">
         <v>604</v>
       </c>
       <c r="K45" t="s">
-        <v>617</v>
+        <v>609</v>
+      </c>
+      <c r="L45" t="s">
+        <v>640</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B46" t="s">
         <v>582</v>
       </c>
       <c r="C46" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D46" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="E46" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="F46">
         <v>0</v>
       </c>
       <c r="G46" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="H46" t="s">
         <v>602</v>
       </c>
       <c r="I46" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="J46" t="s">
         <v>604</v>
       </c>
       <c r="K46" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="L46" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B47" t="s">
         <v>584</v>
       </c>
       <c r="C47" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D47" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="E47" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F47">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G47" t="s">
-        <v>610</v>
+        <v>635</v>
       </c>
       <c r="H47" t="s">
         <v>602</v>
       </c>
       <c r="I47" t="s">
-        <v>611</v>
+        <v>697</v>
       </c>
       <c r="J47" t="s">
         <v>604</v>
       </c>
       <c r="K47" t="s">
-        <v>612</v>
+        <v>698</v>
       </c>
       <c r="L47" t="s">
-        <v>613</v>
+        <v>640</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="B48" t="s">
         <v>586</v>
       </c>
       <c r="C48" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="D48" t="s">
+        <v>466</v>
+      </c>
+      <c r="E48" t="s">
         <v>467</v>
       </c>
-      <c r="E48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48">
-        <v>388.1</v>
+        <v>1</v>
       </c>
       <c r="G48" t="s">
-        <v>665</v>
+        <v>635</v>
       </c>
       <c r="H48" t="s">
         <v>602</v>
       </c>
       <c r="I48" t="s">
-        <v>611</v>
+        <v>697</v>
       </c>
       <c r="J48" t="s">
         <v>604</v>
       </c>
       <c r="K48" t="s">
-        <v>612</v>
+        <v>698</v>
       </c>
       <c r="L48" t="s">
-        <v>618</v>
+        <v>640</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="B49" t="s">
         <v>588</v>
       </c>
       <c r="C49" t="s">
+        <v>469</v>
+      </c>
+      <c r="D49" t="s">
+        <v>472</v>
+      </c>
+      <c r="E49" t="s">
         <v>473</v>
       </c>
-      <c r="D49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F49">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G49" t="s">
         <v>601</v>
       </c>
       <c r="H49" t="s">
         <v>602</v>
       </c>
       <c r="I49" t="s">
-        <v>698</v>
+        <v>623</v>
       </c>
       <c r="J49" t="s">
         <v>604</v>
       </c>
       <c r="K49" t="s">
-        <v>699</v>
+        <v>624</v>
       </c>
       <c r="L49" t="s">
-        <v>128</v>
+        <v>701</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="B50" t="s">
         <v>590</v>
       </c>
       <c r="C50" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="D50" t="s">
+        <v>481</v>
+      </c>
+      <c r="E50" t="s">
         <v>482</v>
       </c>
-      <c r="E50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F50">
-        <v>10000</v>
+        <v>750000</v>
       </c>
       <c r="G50" t="s">
         <v>601</v>
       </c>
       <c r="H50" t="s">
         <v>602</v>
       </c>
-      <c r="I50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J50" t="s">
         <v>604</v>
-      </c>
-[...1 lines deleted...]
-        <v>702</v>
       </c>
       <c r="L50" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>592</v>
       </c>
@@ -18092,839 +18092,839 @@
     <row r="3">
       <c r="A3" t="s">
         <v>707</v>
       </c>
       <c r="B3" t="s">
         <v>495</v>
       </c>
       <c r="C3" t="s">
         <v>69</v>
       </c>
       <c r="D3" t="s">
         <v>708</v>
       </c>
       <c r="E3" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>710</v>
       </c>
       <c r="B4" t="s">
         <v>497</v>
       </c>
       <c r="C4" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="D4" t="s">
         <v>711</v>
       </c>
       <c r="E4" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>713</v>
       </c>
       <c r="B5" t="s">
         <v>499</v>
       </c>
       <c r="C5" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="D5" t="s">
         <v>714</v>
       </c>
       <c r="E5" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>716</v>
       </c>
       <c r="B6" t="s">
         <v>501</v>
       </c>
       <c r="C6" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D6" t="s">
         <v>717</v>
       </c>
       <c r="E6" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>719</v>
       </c>
       <c r="B7" t="s">
         <v>503</v>
       </c>
       <c r="C7" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D7" t="s">
         <v>720</v>
       </c>
       <c r="E7" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>722</v>
       </c>
       <c r="B8" t="s">
         <v>505</v>
       </c>
       <c r="C8" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D8" t="s">
         <v>723</v>
       </c>
       <c r="E8" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>725</v>
       </c>
       <c r="B9" t="s">
         <v>507</v>
       </c>
       <c r="C9" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D9" t="s">
         <v>726</v>
       </c>
       <c r="E9" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>728</v>
       </c>
       <c r="B10" t="s">
         <v>509</v>
       </c>
       <c r="C10" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D10" t="s">
         <v>729</v>
       </c>
       <c r="E10" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>731</v>
       </c>
       <c r="B11" t="s">
         <v>511</v>
       </c>
       <c r="C11" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D11" t="s">
         <v>732</v>
       </c>
       <c r="E11" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>734</v>
       </c>
       <c r="B12" t="s">
         <v>513</v>
       </c>
       <c r="C12" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D12" t="s">
         <v>735</v>
       </c>
       <c r="E12" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>737</v>
       </c>
       <c r="B13" t="s">
         <v>515</v>
       </c>
       <c r="C13" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D13" t="s">
         <v>738</v>
       </c>
       <c r="E13" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>740</v>
       </c>
       <c r="B14" t="s">
         <v>517</v>
       </c>
       <c r="C14" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="D14" t="s">
         <v>741</v>
       </c>
       <c r="E14" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>743</v>
       </c>
       <c r="B15" t="s">
         <v>519</v>
       </c>
       <c r="C15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D15" t="s">
-        <v>729</v>
+        <v>744</v>
       </c>
       <c r="E15" t="s">
-        <v>730</v>
+        <v>745</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="B16" t="s">
         <v>521</v>
       </c>
       <c r="C16" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="D16" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="E16" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="B17" t="s">
         <v>523</v>
       </c>
       <c r="C17" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D17" t="s">
-        <v>748</v>
+        <v>744</v>
       </c>
       <c r="E17" t="s">
-        <v>749</v>
+        <v>745</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>750</v>
       </c>
       <c r="B18" t="s">
         <v>525</v>
       </c>
       <c r="C18" t="s">
         <v>228</v>
       </c>
       <c r="D18" t="s">
         <v>751</v>
       </c>
       <c r="E18" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>753</v>
       </c>
       <c r="B19" t="s">
         <v>527</v>
       </c>
       <c r="C19" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="D19" t="s">
-        <v>754</v>
+        <v>726</v>
       </c>
       <c r="E19" t="s">
-        <v>755</v>
+        <v>727</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="B20" t="s">
         <v>529</v>
       </c>
       <c r="C20" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D20" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
       <c r="E20" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
+        <v>757</v>
+      </c>
+      <c r="B21" t="s">
+        <v>531</v>
+      </c>
+      <c r="C21" t="s">
+        <v>250</v>
+      </c>
+      <c r="D21" t="s">
+        <v>758</v>
+      </c>
+      <c r="E21" t="s">
         <v>759</v>
-      </c>
-[...10 lines deleted...]
-        <v>761</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
+        <v>760</v>
+      </c>
+      <c r="B22" t="s">
+        <v>533</v>
+      </c>
+      <c r="C22" t="s">
+        <v>257</v>
+      </c>
+      <c r="D22" t="s">
+        <v>761</v>
+      </c>
+      <c r="E22" t="s">
         <v>762</v>
-      </c>
-[...10 lines deleted...]
-        <v>746</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>763</v>
       </c>
       <c r="B23" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="C23" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="D23" t="s">
         <v>764</v>
       </c>
       <c r="E23" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>766</v>
       </c>
       <c r="B24" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="C24" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="D24" t="s">
         <v>767</v>
       </c>
       <c r="E24" t="s">
         <v>768</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>769</v>
       </c>
       <c r="B25" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="C25" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="D25" t="s">
         <v>770</v>
       </c>
       <c r="E25" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>772</v>
       </c>
       <c r="B26" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="C26" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="D26" t="s">
         <v>773</v>
       </c>
       <c r="E26" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>775</v>
       </c>
       <c r="B27" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="C27" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="D27" t="s">
-        <v>741</v>
+        <v>776</v>
       </c>
       <c r="E27" t="s">
-        <v>742</v>
+        <v>777</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="B28" t="s">
         <v>546</v>
       </c>
       <c r="C28" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D28" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="E28" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="B29" t="s">
         <v>548</v>
       </c>
       <c r="C29" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="D29" t="s">
-        <v>738</v>
+        <v>782</v>
       </c>
       <c r="E29" t="s">
-        <v>739</v>
+        <v>783</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="B30" t="s">
         <v>550</v>
       </c>
       <c r="C30" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="D30" t="s">
-        <v>781</v>
+        <v>708</v>
       </c>
       <c r="E30" t="s">
-        <v>782</v>
+        <v>709</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B31" t="s">
         <v>552</v>
       </c>
       <c r="C31" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="D31" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="E31" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="B32" t="s">
         <v>554</v>
       </c>
       <c r="C32" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="D32" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="E32" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="B33" t="s">
         <v>556</v>
       </c>
       <c r="C33" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="D33" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="E33" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="B34" t="s">
         <v>558</v>
       </c>
       <c r="C34" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="D34" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="E34" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="B35" t="s">
         <v>560</v>
       </c>
       <c r="C35" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="D35" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="E35" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="B36" t="s">
         <v>562</v>
       </c>
       <c r="C36" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
       <c r="D36" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="E36" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="B37" t="s">
         <v>564</v>
       </c>
       <c r="C37" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="D37" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="E37" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="B38" t="s">
         <v>566</v>
       </c>
       <c r="C38" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="D38" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="E38" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="B39" t="s">
         <v>568</v>
       </c>
       <c r="C39" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="D39" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="E39" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="B40" t="s">
         <v>570</v>
       </c>
       <c r="C40" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="D40" t="s">
-        <v>811</v>
+        <v>786</v>
       </c>
       <c r="E40" t="s">
-        <v>812</v>
+        <v>787</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>813</v>
       </c>
       <c r="B41" t="s">
         <v>572</v>
       </c>
       <c r="C41" t="s">
         <v>413</v>
       </c>
       <c r="D41" t="s">
         <v>814</v>
       </c>
       <c r="E41" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>816</v>
       </c>
       <c r="B42" t="s">
         <v>574</v>
       </c>
       <c r="C42" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="D42" t="s">
         <v>817</v>
       </c>
       <c r="E42" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>819</v>
       </c>
       <c r="B43" t="s">
         <v>576</v>
       </c>
       <c r="C43" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="D43" t="s">
         <v>820</v>
       </c>
       <c r="E43" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>822</v>
       </c>
       <c r="B44" t="s">
         <v>578</v>
       </c>
       <c r="C44" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="D44" t="s">
         <v>823</v>
       </c>
       <c r="E44" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>825</v>
       </c>
       <c r="B45" t="s">
         <v>580</v>
       </c>
       <c r="C45" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="D45" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="E45" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>828</v>
+        <v>826</v>
       </c>
       <c r="B46" t="s">
         <v>582</v>
       </c>
       <c r="C46" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D46" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="E46" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>829</v>
       </c>
       <c r="B47" t="s">
         <v>584</v>
       </c>
       <c r="C47" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D47" t="s">
-        <v>754</v>
+        <v>830</v>
       </c>
       <c r="E47" t="s">
-        <v>755</v>
+        <v>831</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="B48" t="s">
         <v>586</v>
       </c>
       <c r="C48" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="D48" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="E48" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="B49" t="s">
         <v>588</v>
       </c>
       <c r="C49" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="D49" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="E49" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="B50" t="s">
         <v>590</v>
       </c>
       <c r="C50" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="D50" t="s">
-        <v>837</v>
+        <v>789</v>
       </c>
       <c r="E50" t="s">
-        <v>838</v>
+        <v>790</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:P99"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>484</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -18954,60 +18954,60 @@
       </c>
       <c r="L1" s="1" t="s">
         <v>846</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>847</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>848</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>849</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>850</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>851</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="C2" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="D2" t="s">
         <v>51</v>
       </c>
       <c r="E2" t="s">
         <v>852</v>
       </c>
       <c r="F2" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G2" t="s">
         <v>853</v>
       </c>
       <c r="H2">
         <v>480271</v>
       </c>
       <c r="I2" t="s">
         <v>854</v>
       </c>
       <c r="J2" t="s">
         <v>855</v>
       </c>
       <c r="K2" t="s">
         <v>856</v>
       </c>
       <c r="L2" t="s">
         <v>51</v>
       </c>
       <c r="M2" t="s">
         <v>857</v>
       </c>
       <c r="N2" t="s">
         <v>858</v>
       </c>
@@ -19039,4120 +19039,4120 @@
       </c>
       <c r="L3" t="s">
         <v>706</v>
       </c>
       <c r="M3" t="s">
         <v>863</v>
       </c>
       <c r="N3" t="s">
         <v>864</v>
       </c>
       <c r="O3" t="s">
         <v>865</v>
       </c>
       <c r="P3" t="s">
         <v>866</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>867</v>
       </c>
       <c r="B4" t="s">
         <v>69</v>
       </c>
       <c r="C4" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="D4" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="E4" t="s">
         <v>852</v>
       </c>
       <c r="F4" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G4" t="s">
         <v>853</v>
       </c>
       <c r="H4">
         <v>480271</v>
       </c>
       <c r="I4" t="s">
         <v>854</v>
       </c>
       <c r="J4" t="s">
         <v>855</v>
       </c>
       <c r="K4" t="s">
         <v>856</v>
       </c>
       <c r="L4" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="M4" t="s">
-        <v>857</v>
+        <v>868</v>
       </c>
       <c r="N4" t="s">
-        <v>858</v>
+        <v>869</v>
       </c>
       <c r="O4" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="B5" t="s">
         <v>69</v>
       </c>
       <c r="C5" t="s">
         <v>708</v>
       </c>
       <c r="D5" t="s">
         <v>709</v>
       </c>
       <c r="E5" t="s">
         <v>860</v>
       </c>
       <c r="G5" t="s">
-        <v>869</v>
+        <v>645</v>
       </c>
       <c r="J5" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="L5" t="s">
         <v>709</v>
       </c>
       <c r="M5" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="N5" t="s">
         <v>864</v>
       </c>
       <c r="O5" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="P5" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="B6" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C6" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="D6" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="E6" t="s">
         <v>852</v>
       </c>
       <c r="F6" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G6" t="s">
         <v>853</v>
       </c>
       <c r="H6">
         <v>480271</v>
       </c>
       <c r="I6" t="s">
         <v>854</v>
       </c>
       <c r="J6" t="s">
         <v>855</v>
       </c>
       <c r="K6" t="s">
         <v>856</v>
       </c>
       <c r="L6" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="M6" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="N6" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="O6" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="B7" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C7" t="s">
         <v>711</v>
       </c>
       <c r="D7" t="s">
         <v>712</v>
       </c>
       <c r="E7" t="s">
         <v>860</v>
       </c>
       <c r="G7" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="J7" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="L7" t="s">
         <v>712</v>
       </c>
       <c r="M7" t="s">
-        <v>871</v>
+        <v>881</v>
       </c>
       <c r="N7" t="s">
         <v>864</v>
       </c>
       <c r="O7" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="P7" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="B8" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="C8" t="s">
-        <v>219</v>
+        <v>134</v>
       </c>
       <c r="D8" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="E8" t="s">
         <v>852</v>
       </c>
       <c r="F8" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G8" t="s">
         <v>853</v>
       </c>
       <c r="H8">
         <v>480271</v>
       </c>
       <c r="I8" t="s">
         <v>854</v>
       </c>
       <c r="J8" t="s">
         <v>855</v>
       </c>
       <c r="K8" t="s">
         <v>856</v>
       </c>
       <c r="L8" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="M8" t="s">
-        <v>883</v>
+        <v>857</v>
       </c>
       <c r="N8" t="s">
-        <v>884</v>
+        <v>858</v>
       </c>
       <c r="O8" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>885</v>
       </c>
       <c r="B9" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="C9" t="s">
         <v>714</v>
       </c>
       <c r="D9" t="s">
         <v>715</v>
       </c>
       <c r="E9" t="s">
         <v>860</v>
       </c>
       <c r="G9" t="s">
         <v>886</v>
       </c>
       <c r="J9" t="s">
         <v>887</v>
       </c>
       <c r="L9" t="s">
         <v>715</v>
       </c>
       <c r="M9" t="s">
-        <v>888</v>
+        <v>872</v>
       </c>
       <c r="N9" t="s">
         <v>864</v>
       </c>
       <c r="O9" t="s">
+        <v>888</v>
+      </c>
+      <c r="P9" t="s">
         <v>889</v>
-      </c>
-[...1 lines deleted...]
-        <v>890</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>891</v>
+        <v>890</v>
       </c>
       <c r="B10" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C10" t="s">
-        <v>121</v>
+        <v>876</v>
       </c>
       <c r="D10" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="E10" t="s">
         <v>852</v>
       </c>
       <c r="F10" t="s">
-        <v>892</v>
+        <v>625</v>
       </c>
       <c r="G10" t="s">
-        <v>648</v>
+        <v>853</v>
       </c>
       <c r="H10">
-        <v>480</v>
+        <v>480271</v>
       </c>
       <c r="I10" t="s">
         <v>854</v>
       </c>
       <c r="J10" t="s">
         <v>855</v>
       </c>
       <c r="K10" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="L10" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="M10" t="s">
-        <v>857</v>
+        <v>877</v>
       </c>
       <c r="N10" t="s">
-        <v>51</v>
+        <v>878</v>
       </c>
       <c r="O10" t="s">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="B11" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C11" t="s">
         <v>717</v>
       </c>
       <c r="D11" t="s">
         <v>718</v>
       </c>
       <c r="E11" t="s">
         <v>860</v>
       </c>
       <c r="G11" t="s">
-        <v>626</v>
+        <v>892</v>
       </c>
       <c r="J11" t="s">
-        <v>626</v>
+        <v>893</v>
       </c>
       <c r="L11" t="s">
         <v>718</v>
       </c>
       <c r="M11" t="s">
-        <v>871</v>
+        <v>881</v>
       </c>
       <c r="N11" t="s">
-        <v>718</v>
+        <v>864</v>
       </c>
       <c r="O11" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="P11" t="s">
         <v>895</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>896</v>
       </c>
       <c r="B12" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C12" t="s">
-        <v>897</v>
+        <v>134</v>
       </c>
       <c r="D12" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="E12" t="s">
         <v>852</v>
       </c>
       <c r="F12" t="s">
-        <v>622</v>
+        <v>897</v>
       </c>
       <c r="G12" t="s">
-        <v>853</v>
+        <v>645</v>
       </c>
       <c r="H12">
-        <v>480271</v>
+        <v>480</v>
       </c>
       <c r="I12" t="s">
         <v>854</v>
       </c>
       <c r="J12" t="s">
         <v>855</v>
       </c>
       <c r="K12" t="s">
-        <v>856</v>
+        <v>898</v>
       </c>
       <c r="L12" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="M12" t="s">
-        <v>898</v>
+        <v>857</v>
       </c>
       <c r="N12" t="s">
-        <v>899</v>
+        <v>51</v>
       </c>
       <c r="O12" t="s">
-        <v>127</v>
+        <v>50</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="B13" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C13" t="s">
         <v>720</v>
       </c>
       <c r="D13" t="s">
         <v>721</v>
       </c>
       <c r="E13" t="s">
         <v>860</v>
       </c>
       <c r="G13" t="s">
-        <v>648</v>
+        <v>900</v>
       </c>
       <c r="J13" t="s">
         <v>901</v>
       </c>
       <c r="L13" t="s">
         <v>721</v>
       </c>
       <c r="M13" t="s">
-        <v>888</v>
+        <v>872</v>
       </c>
       <c r="N13" t="s">
-        <v>864</v>
+        <v>721</v>
       </c>
       <c r="O13" t="s">
         <v>902</v>
       </c>
       <c r="P13" t="s">
-        <v>903</v>
+        <v>902</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
+        <v>903</v>
+      </c>
+      <c r="B14" t="s">
+        <v>136</v>
+      </c>
+      <c r="C14" t="s">
         <v>904</v>
       </c>
-      <c r="B14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D14" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="E14" t="s">
         <v>852</v>
       </c>
       <c r="F14" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G14" t="s">
         <v>853</v>
       </c>
       <c r="H14">
         <v>480271</v>
       </c>
       <c r="I14" t="s">
         <v>854</v>
       </c>
       <c r="J14" t="s">
         <v>855</v>
       </c>
       <c r="K14" t="s">
         <v>856</v>
       </c>
       <c r="L14" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="M14" t="s">
-        <v>857</v>
+        <v>905</v>
       </c>
       <c r="N14" t="s">
-        <v>858</v>
+        <v>906</v>
       </c>
       <c r="O14" t="s">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="B15" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C15" t="s">
         <v>723</v>
       </c>
       <c r="D15" t="s">
         <v>724</v>
       </c>
       <c r="E15" t="s">
         <v>860</v>
       </c>
       <c r="G15" t="s">
-        <v>906</v>
+        <v>645</v>
       </c>
       <c r="J15" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="L15" t="s">
         <v>724</v>
       </c>
       <c r="M15" t="s">
-        <v>863</v>
+        <v>909</v>
       </c>
       <c r="N15" t="s">
         <v>864</v>
       </c>
       <c r="O15" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="P15" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="B16" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C16" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="D16" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="E16" t="s">
         <v>852</v>
       </c>
       <c r="F16" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G16" t="s">
         <v>853</v>
       </c>
       <c r="H16">
         <v>480271</v>
       </c>
       <c r="I16" t="s">
         <v>854</v>
       </c>
       <c r="J16" t="s">
         <v>855</v>
       </c>
       <c r="K16" t="s">
         <v>856</v>
       </c>
       <c r="L16" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="M16" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="N16" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="O16" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="B17" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C17" t="s">
         <v>726</v>
       </c>
       <c r="D17" t="s">
         <v>727</v>
       </c>
       <c r="E17" t="s">
         <v>860</v>
       </c>
       <c r="G17" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="J17" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="L17" t="s">
         <v>727</v>
       </c>
       <c r="M17" t="s">
-        <v>913</v>
+        <v>872</v>
       </c>
       <c r="N17" t="s">
         <v>864</v>
       </c>
       <c r="O17" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="P17" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="B18" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C18" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="D18" t="s">
         <v>51</v>
       </c>
       <c r="E18" t="s">
         <v>852</v>
       </c>
       <c r="F18" t="s">
-        <v>622</v>
+        <v>897</v>
       </c>
       <c r="G18" t="s">
-        <v>853</v>
+        <v>645</v>
       </c>
       <c r="H18">
-        <v>480271</v>
+        <v>480</v>
       </c>
       <c r="I18" t="s">
         <v>854</v>
       </c>
       <c r="J18" t="s">
         <v>855</v>
       </c>
       <c r="K18" t="s">
-        <v>856</v>
+        <v>898</v>
       </c>
       <c r="L18" t="s">
         <v>51</v>
       </c>
       <c r="M18" t="s">
         <v>857</v>
       </c>
       <c r="N18" t="s">
-        <v>858</v>
+        <v>51</v>
       </c>
       <c r="O18" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="B19" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C19" t="s">
         <v>729</v>
       </c>
       <c r="D19" t="s">
         <v>730</v>
       </c>
       <c r="E19" t="s">
         <v>860</v>
       </c>
       <c r="G19" t="s">
-        <v>648</v>
+        <v>615</v>
       </c>
       <c r="J19" t="s">
-        <v>918</v>
+        <v>615</v>
       </c>
       <c r="L19" t="s">
         <v>730</v>
       </c>
       <c r="M19" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="N19" t="s">
-        <v>864</v>
+        <v>730</v>
       </c>
       <c r="O19" t="s">
-        <v>919</v>
+        <v>902</v>
       </c>
       <c r="P19" t="s">
-        <v>920</v>
+        <v>902</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B20" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C20" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="D20" t="s">
         <v>51</v>
       </c>
       <c r="E20" t="s">
         <v>852</v>
       </c>
       <c r="F20" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G20" t="s">
         <v>853</v>
       </c>
       <c r="H20">
         <v>480271</v>
       </c>
       <c r="I20" t="s">
         <v>854</v>
       </c>
       <c r="J20" t="s">
         <v>855</v>
       </c>
       <c r="K20" t="s">
         <v>856</v>
       </c>
       <c r="L20" t="s">
         <v>51</v>
       </c>
       <c r="M20" t="s">
         <v>857</v>
       </c>
       <c r="N20" t="s">
         <v>858</v>
       </c>
       <c r="O20" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>922</v>
+        <v>920</v>
       </c>
       <c r="B21" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C21" t="s">
         <v>732</v>
       </c>
       <c r="D21" t="s">
         <v>733</v>
       </c>
       <c r="E21" t="s">
         <v>860</v>
       </c>
       <c r="G21" t="s">
-        <v>861</v>
+        <v>921</v>
       </c>
       <c r="J21" t="s">
-        <v>923</v>
+        <v>922</v>
       </c>
       <c r="L21" t="s">
         <v>733</v>
       </c>
       <c r="M21" t="s">
         <v>863</v>
       </c>
       <c r="N21" t="s">
         <v>864</v>
       </c>
       <c r="O21" t="s">
+        <v>923</v>
+      </c>
+      <c r="P21" t="s">
         <v>924</v>
-      </c>
-[...1 lines deleted...]
-        <v>925</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>926</v>
+        <v>925</v>
       </c>
       <c r="B22" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C22" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="D22" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="E22" t="s">
         <v>852</v>
       </c>
       <c r="F22" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G22" t="s">
         <v>853</v>
       </c>
       <c r="H22">
         <v>480271</v>
       </c>
       <c r="I22" t="s">
         <v>854</v>
       </c>
       <c r="J22" t="s">
         <v>855</v>
       </c>
       <c r="K22" t="s">
         <v>856</v>
       </c>
       <c r="L22" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="M22" t="s">
-        <v>857</v>
+        <v>868</v>
       </c>
       <c r="N22" t="s">
-        <v>858</v>
+        <v>869</v>
       </c>
       <c r="O22" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>927</v>
+        <v>926</v>
       </c>
       <c r="B23" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C23" t="s">
         <v>735</v>
       </c>
       <c r="D23" t="s">
         <v>736</v>
       </c>
       <c r="E23" t="s">
         <v>860</v>
       </c>
       <c r="G23" t="s">
+        <v>927</v>
+      </c>
+      <c r="J23" t="s">
         <v>928</v>
-      </c>
-[...1 lines deleted...]
-        <v>929</v>
       </c>
       <c r="L23" t="s">
         <v>736</v>
       </c>
       <c r="M23" t="s">
-        <v>863</v>
+        <v>909</v>
       </c>
       <c r="N23" t="s">
         <v>864</v>
       </c>
       <c r="O23" t="s">
+        <v>929</v>
+      </c>
+      <c r="P23" t="s">
         <v>930</v>
-      </c>
-[...1 lines deleted...]
-        <v>931</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>932</v>
+        <v>931</v>
       </c>
       <c r="B24" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="C24" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="D24" t="s">
         <v>51</v>
       </c>
       <c r="E24" t="s">
         <v>852</v>
       </c>
       <c r="F24" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G24" t="s">
         <v>853</v>
       </c>
       <c r="H24">
         <v>480271</v>
       </c>
       <c r="I24" t="s">
         <v>854</v>
       </c>
       <c r="J24" t="s">
         <v>855</v>
       </c>
       <c r="K24" t="s">
         <v>856</v>
       </c>
       <c r="L24" t="s">
         <v>51</v>
       </c>
       <c r="M24" t="s">
         <v>857</v>
       </c>
       <c r="N24" t="s">
         <v>858</v>
       </c>
       <c r="O24" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
       <c r="B25" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="C25" t="s">
         <v>738</v>
       </c>
       <c r="D25" t="s">
         <v>739</v>
       </c>
       <c r="E25" t="s">
         <v>860</v>
       </c>
       <c r="G25" t="s">
-        <v>648</v>
+        <v>933</v>
       </c>
       <c r="J25" t="s">
         <v>934</v>
       </c>
       <c r="L25" t="s">
         <v>739</v>
       </c>
       <c r="M25" t="s">
-        <v>871</v>
+        <v>863</v>
       </c>
       <c r="N25" t="s">
         <v>864</v>
       </c>
       <c r="O25" t="s">
         <v>935</v>
       </c>
       <c r="P25" t="s">
         <v>936</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>937</v>
       </c>
       <c r="B26" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C26" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="D26" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="E26" t="s">
         <v>852</v>
       </c>
       <c r="F26" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G26" t="s">
         <v>853</v>
       </c>
       <c r="H26">
         <v>480271</v>
       </c>
       <c r="I26" t="s">
         <v>854</v>
       </c>
       <c r="J26" t="s">
         <v>855</v>
       </c>
       <c r="K26" t="s">
         <v>856</v>
       </c>
       <c r="L26" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="M26" t="s">
-        <v>857</v>
+        <v>868</v>
       </c>
       <c r="N26" t="s">
-        <v>858</v>
+        <v>869</v>
       </c>
       <c r="O26" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>938</v>
       </c>
       <c r="B27" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C27" t="s">
         <v>741</v>
       </c>
       <c r="D27" t="s">
         <v>742</v>
       </c>
       <c r="E27" t="s">
         <v>860</v>
       </c>
       <c r="G27" t="s">
-        <v>648</v>
+        <v>927</v>
       </c>
       <c r="J27" t="s">
         <v>939</v>
       </c>
       <c r="L27" t="s">
         <v>742</v>
       </c>
       <c r="M27" t="s">
-        <v>871</v>
+        <v>909</v>
       </c>
       <c r="N27" t="s">
         <v>864</v>
       </c>
       <c r="O27" t="s">
         <v>940</v>
       </c>
       <c r="P27" t="s">
         <v>941</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>942</v>
       </c>
       <c r="B28" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C28" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="D28" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="E28" t="s">
         <v>852</v>
       </c>
       <c r="F28" t="s">
-        <v>622</v>
+        <v>897</v>
       </c>
       <c r="G28" t="s">
-        <v>853</v>
+        <v>645</v>
       </c>
       <c r="H28">
-        <v>480271</v>
+        <v>480</v>
       </c>
       <c r="I28" t="s">
         <v>854</v>
       </c>
       <c r="J28" t="s">
         <v>855</v>
       </c>
       <c r="K28" t="s">
-        <v>856</v>
+        <v>898</v>
       </c>
       <c r="L28" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="M28" t="s">
-        <v>857</v>
+        <v>868</v>
       </c>
       <c r="N28" t="s">
-        <v>858</v>
+        <v>74</v>
       </c>
       <c r="O28" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>943</v>
       </c>
       <c r="B29" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C29" t="s">
-        <v>729</v>
+        <v>744</v>
       </c>
       <c r="D29" t="s">
-        <v>730</v>
+        <v>745</v>
       </c>
       <c r="E29" t="s">
         <v>860</v>
       </c>
       <c r="G29" t="s">
-        <v>648</v>
+        <v>944</v>
       </c>
       <c r="J29" t="s">
-        <v>918</v>
+        <v>945</v>
       </c>
       <c r="L29" t="s">
-        <v>730</v>
+        <v>745</v>
       </c>
       <c r="M29" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="N29" t="s">
-        <v>864</v>
+        <v>745</v>
       </c>
       <c r="O29" t="s">
-        <v>919</v>
+        <v>902</v>
       </c>
       <c r="P29" t="s">
-        <v>920</v>
+        <v>902</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="B30" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C30" t="s">
-        <v>219</v>
+        <v>904</v>
       </c>
       <c r="D30" t="s">
-        <v>100</v>
+        <v>141</v>
       </c>
       <c r="E30" t="s">
         <v>852</v>
       </c>
       <c r="F30" t="s">
-        <v>892</v>
+        <v>625</v>
       </c>
       <c r="G30" t="s">
-        <v>648</v>
+        <v>853</v>
       </c>
       <c r="H30">
-        <v>480</v>
+        <v>480271</v>
       </c>
       <c r="I30" t="s">
         <v>854</v>
       </c>
       <c r="J30" t="s">
         <v>855</v>
       </c>
       <c r="K30" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="L30" t="s">
-        <v>100</v>
+        <v>141</v>
       </c>
       <c r="M30" t="s">
-        <v>883</v>
+        <v>905</v>
       </c>
       <c r="N30" t="s">
-        <v>100</v>
+        <v>906</v>
       </c>
       <c r="O30" t="s">
-        <v>99</v>
+        <v>140</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="B31" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C31" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="D31" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="E31" t="s">
         <v>860</v>
       </c>
       <c r="G31" t="s">
-        <v>946</v>
+        <v>921</v>
       </c>
       <c r="J31" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="L31" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="M31" t="s">
-        <v>871</v>
+        <v>863</v>
       </c>
       <c r="N31" t="s">
-        <v>746</v>
+        <v>864</v>
       </c>
       <c r="O31" t="s">
-        <v>895</v>
+        <v>949</v>
       </c>
       <c r="P31" t="s">
-        <v>895</v>
+        <v>950</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="B32" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C32" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="D32" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="E32" t="s">
         <v>852</v>
       </c>
       <c r="F32" t="s">
-        <v>622</v>
+        <v>897</v>
       </c>
       <c r="G32" t="s">
-        <v>853</v>
+        <v>645</v>
       </c>
       <c r="H32">
-        <v>480271</v>
+        <v>480</v>
       </c>
       <c r="I32" t="s">
         <v>854</v>
       </c>
       <c r="J32" t="s">
         <v>855</v>
       </c>
       <c r="K32" t="s">
-        <v>856</v>
+        <v>898</v>
       </c>
       <c r="L32" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="M32" t="s">
-        <v>857</v>
+        <v>868</v>
       </c>
       <c r="N32" t="s">
-        <v>858</v>
+        <v>74</v>
       </c>
       <c r="O32" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="B33" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C33" t="s">
-        <v>748</v>
+        <v>744</v>
       </c>
       <c r="D33" t="s">
-        <v>749</v>
+        <v>745</v>
       </c>
       <c r="E33" t="s">
         <v>860</v>
       </c>
       <c r="G33" t="s">
-        <v>950</v>
+        <v>944</v>
       </c>
       <c r="J33" t="s">
-        <v>951</v>
+        <v>945</v>
       </c>
       <c r="L33" t="s">
-        <v>749</v>
+        <v>745</v>
       </c>
       <c r="M33" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="N33" t="s">
-        <v>864</v>
+        <v>745</v>
       </c>
       <c r="O33" t="s">
-        <v>952</v>
+        <v>902</v>
       </c>
       <c r="P33" t="s">
-        <v>920</v>
+        <v>902</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>953</v>
       </c>
       <c r="B34" t="s">
         <v>228</v>
       </c>
       <c r="C34" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="D34" t="s">
         <v>51</v>
       </c>
       <c r="E34" t="s">
         <v>852</v>
       </c>
       <c r="F34" t="s">
-        <v>622</v>
+        <v>897</v>
       </c>
       <c r="G34" t="s">
-        <v>853</v>
+        <v>645</v>
       </c>
       <c r="H34">
-        <v>480271</v>
+        <v>480</v>
       </c>
       <c r="I34" t="s">
         <v>854</v>
       </c>
       <c r="J34" t="s">
         <v>855</v>
       </c>
       <c r="K34" t="s">
-        <v>856</v>
+        <v>898</v>
       </c>
       <c r="L34" t="s">
         <v>51</v>
       </c>
       <c r="M34" t="s">
         <v>857</v>
       </c>
       <c r="N34" t="s">
-        <v>858</v>
+        <v>51</v>
       </c>
       <c r="O34" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>954</v>
       </c>
       <c r="B35" t="s">
         <v>228</v>
       </c>
       <c r="C35" t="s">
         <v>751</v>
       </c>
       <c r="D35" t="s">
         <v>752</v>
       </c>
       <c r="E35" t="s">
         <v>860</v>
       </c>
       <c r="G35" t="s">
-        <v>955</v>
+        <v>645</v>
       </c>
       <c r="J35" t="s">
-        <v>956</v>
+        <v>615</v>
       </c>
       <c r="L35" t="s">
         <v>752</v>
       </c>
       <c r="M35" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="N35" t="s">
-        <v>864</v>
+        <v>752</v>
       </c>
       <c r="O35" t="s">
-        <v>957</v>
+        <v>902</v>
       </c>
       <c r="P35" t="s">
-        <v>958</v>
+        <v>902</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>959</v>
+        <v>955</v>
       </c>
       <c r="B36" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C36" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="D36" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="E36" t="s">
         <v>852</v>
       </c>
       <c r="F36" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G36" t="s">
         <v>853</v>
       </c>
       <c r="H36">
         <v>480271</v>
       </c>
       <c r="I36" t="s">
         <v>854</v>
       </c>
       <c r="J36" t="s">
         <v>855</v>
       </c>
       <c r="K36" t="s">
         <v>856</v>
       </c>
       <c r="L36" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="M36" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="N36" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="O36" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
       <c r="B37" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C37" t="s">
-        <v>754</v>
+        <v>726</v>
       </c>
       <c r="D37" t="s">
-        <v>755</v>
+        <v>727</v>
       </c>
       <c r="E37" t="s">
         <v>860</v>
       </c>
       <c r="G37" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="J37" t="s">
-        <v>961</v>
+        <v>914</v>
       </c>
       <c r="L37" t="s">
-        <v>755</v>
+        <v>727</v>
       </c>
       <c r="M37" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="N37" t="s">
         <v>864</v>
       </c>
       <c r="O37" t="s">
-        <v>962</v>
+        <v>915</v>
       </c>
       <c r="P37" t="s">
-        <v>963</v>
+        <v>916</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>964</v>
+        <v>957</v>
       </c>
       <c r="B38" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="C38" t="s">
-        <v>121</v>
+        <v>904</v>
       </c>
       <c r="D38" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="E38" t="s">
         <v>852</v>
       </c>
       <c r="F38" t="s">
-        <v>892</v>
+        <v>625</v>
       </c>
       <c r="G38" t="s">
-        <v>648</v>
+        <v>853</v>
       </c>
       <c r="H38">
-        <v>480</v>
+        <v>480271</v>
       </c>
       <c r="I38" t="s">
         <v>854</v>
       </c>
       <c r="J38" t="s">
         <v>855</v>
       </c>
       <c r="K38" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="L38" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="M38" t="s">
-        <v>857</v>
+        <v>905</v>
       </c>
       <c r="N38" t="s">
-        <v>51</v>
+        <v>906</v>
       </c>
       <c r="O38" t="s">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>965</v>
+        <v>958</v>
       </c>
       <c r="B39" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="C39" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
       <c r="D39" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="E39" t="s">
         <v>860</v>
       </c>
       <c r="G39" t="s">
-        <v>622</v>
+        <v>921</v>
       </c>
       <c r="J39" t="s">
-        <v>622</v>
+        <v>959</v>
       </c>
       <c r="L39" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="M39" t="s">
-        <v>871</v>
+        <v>863</v>
       </c>
       <c r="N39" t="s">
-        <v>758</v>
+        <v>864</v>
       </c>
       <c r="O39" t="s">
-        <v>895</v>
+        <v>960</v>
       </c>
       <c r="P39" t="s">
-        <v>895</v>
+        <v>961</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>966</v>
+        <v>962</v>
       </c>
       <c r="B40" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="C40" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="D40" t="s">
         <v>51</v>
       </c>
       <c r="E40" t="s">
         <v>852</v>
       </c>
       <c r="F40" t="s">
-        <v>622</v>
+        <v>897</v>
       </c>
       <c r="G40" t="s">
-        <v>853</v>
+        <v>645</v>
       </c>
       <c r="H40">
-        <v>480271</v>
+        <v>480</v>
       </c>
       <c r="I40" t="s">
         <v>854</v>
       </c>
       <c r="J40" t="s">
         <v>855</v>
       </c>
       <c r="K40" t="s">
-        <v>856</v>
+        <v>898</v>
       </c>
       <c r="L40" t="s">
         <v>51</v>
       </c>
       <c r="M40" t="s">
         <v>857</v>
       </c>
       <c r="N40" t="s">
-        <v>858</v>
+        <v>51</v>
       </c>
       <c r="O40" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>967</v>
+        <v>963</v>
       </c>
       <c r="B41" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="C41" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="D41" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="E41" t="s">
         <v>860</v>
       </c>
       <c r="G41" t="s">
-        <v>955</v>
+        <v>964</v>
       </c>
       <c r="J41" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="L41" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="M41" t="s">
-        <v>888</v>
+        <v>872</v>
       </c>
       <c r="N41" t="s">
-        <v>864</v>
+        <v>759</v>
       </c>
       <c r="O41" t="s">
-        <v>969</v>
+        <v>902</v>
       </c>
       <c r="P41" t="s">
-        <v>909</v>
+        <v>902</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>970</v>
+        <v>966</v>
       </c>
       <c r="B42" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="C42" t="s">
-        <v>219</v>
+        <v>134</v>
       </c>
       <c r="D42" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="E42" t="s">
         <v>852</v>
       </c>
       <c r="F42" t="s">
-        <v>892</v>
+        <v>625</v>
       </c>
       <c r="G42" t="s">
-        <v>648</v>
+        <v>853</v>
       </c>
       <c r="H42">
-        <v>480</v>
+        <v>480271</v>
       </c>
       <c r="I42" t="s">
         <v>854</v>
       </c>
       <c r="J42" t="s">
         <v>855</v>
       </c>
       <c r="K42" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="L42" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="M42" t="s">
-        <v>883</v>
+        <v>857</v>
       </c>
       <c r="N42" t="s">
-        <v>100</v>
+        <v>858</v>
       </c>
       <c r="O42" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>971</v>
+        <v>967</v>
       </c>
       <c r="B43" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="C43" t="s">
-        <v>745</v>
+        <v>761</v>
       </c>
       <c r="D43" t="s">
-        <v>746</v>
+        <v>762</v>
       </c>
       <c r="E43" t="s">
         <v>860</v>
       </c>
       <c r="G43" t="s">
-        <v>946</v>
+        <v>968</v>
       </c>
       <c r="J43" t="s">
-        <v>947</v>
+        <v>969</v>
       </c>
       <c r="L43" t="s">
-        <v>746</v>
+        <v>762</v>
       </c>
       <c r="M43" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="N43" t="s">
-        <v>746</v>
+        <v>864</v>
       </c>
       <c r="O43" t="s">
-        <v>895</v>
+        <v>970</v>
       </c>
       <c r="P43" t="s">
-        <v>895</v>
+        <v>971</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>972</v>
       </c>
       <c r="B44" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="C44" t="s">
-        <v>121</v>
+        <v>904</v>
       </c>
       <c r="D44" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="E44" t="s">
         <v>852</v>
       </c>
       <c r="F44" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G44" t="s">
         <v>853</v>
       </c>
       <c r="H44">
         <v>480271</v>
       </c>
       <c r="I44" t="s">
         <v>854</v>
       </c>
       <c r="J44" t="s">
         <v>855</v>
       </c>
       <c r="K44" t="s">
         <v>856</v>
       </c>
       <c r="L44" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="M44" t="s">
-        <v>857</v>
+        <v>905</v>
       </c>
       <c r="N44" t="s">
-        <v>858</v>
+        <v>906</v>
       </c>
       <c r="O44" t="s">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>973</v>
       </c>
       <c r="B45" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="C45" t="s">
         <v>764</v>
       </c>
       <c r="D45" t="s">
         <v>765</v>
       </c>
       <c r="E45" t="s">
         <v>860</v>
       </c>
       <c r="G45" t="s">
-        <v>955</v>
+        <v>921</v>
       </c>
       <c r="J45" t="s">
         <v>974</v>
       </c>
       <c r="L45" t="s">
         <v>765</v>
       </c>
       <c r="M45" t="s">
-        <v>888</v>
+        <v>863</v>
       </c>
       <c r="N45" t="s">
         <v>864</v>
       </c>
       <c r="O45" t="s">
         <v>975</v>
       </c>
       <c r="P45" t="s">
-        <v>920</v>
+        <v>976</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="B46" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="C46" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="D46" t="s">
         <v>51</v>
       </c>
       <c r="E46" t="s">
         <v>852</v>
       </c>
       <c r="F46" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G46" t="s">
         <v>853</v>
       </c>
       <c r="H46">
         <v>480271</v>
       </c>
       <c r="I46" t="s">
         <v>854</v>
       </c>
       <c r="J46" t="s">
         <v>855</v>
       </c>
       <c r="K46" t="s">
         <v>856</v>
       </c>
       <c r="L46" t="s">
         <v>51</v>
       </c>
       <c r="M46" t="s">
         <v>857</v>
       </c>
       <c r="N46" t="s">
         <v>858</v>
       </c>
       <c r="O46" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="B47" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="C47" t="s">
         <v>767</v>
       </c>
       <c r="D47" t="s">
         <v>768</v>
       </c>
       <c r="E47" t="s">
         <v>860</v>
       </c>
       <c r="G47" t="s">
-        <v>861</v>
+        <v>979</v>
       </c>
       <c r="J47" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="L47" t="s">
         <v>768</v>
       </c>
       <c r="M47" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="N47" t="s">
         <v>864</v>
       </c>
       <c r="O47" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="P47" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="B48" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="C48" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="D48" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="E48" t="s">
         <v>852</v>
       </c>
       <c r="F48" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G48" t="s">
         <v>853</v>
       </c>
       <c r="H48">
         <v>480271</v>
       </c>
       <c r="I48" t="s">
         <v>854</v>
       </c>
       <c r="J48" t="s">
         <v>855</v>
       </c>
       <c r="K48" t="s">
         <v>856</v>
       </c>
       <c r="L48" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="M48" t="s">
-        <v>857</v>
+        <v>868</v>
       </c>
       <c r="N48" t="s">
-        <v>858</v>
+        <v>869</v>
       </c>
       <c r="O48" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="B49" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="C49" t="s">
         <v>770</v>
       </c>
       <c r="D49" t="s">
         <v>771</v>
       </c>
       <c r="E49" t="s">
         <v>860</v>
       </c>
       <c r="G49" t="s">
         <v>861</v>
       </c>
       <c r="J49" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="L49" t="s">
         <v>771</v>
       </c>
       <c r="M49" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="N49" t="s">
         <v>864</v>
       </c>
       <c r="O49" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="P49" t="s">
-        <v>981</v>
+        <v>988</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="B50" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="C50" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="D50" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="E50" t="s">
         <v>852</v>
       </c>
       <c r="F50" t="s">
-        <v>892</v>
+        <v>625</v>
       </c>
       <c r="G50" t="s">
-        <v>648</v>
+        <v>853</v>
       </c>
       <c r="H50">
-        <v>480</v>
+        <v>480271</v>
       </c>
       <c r="I50" t="s">
         <v>854</v>
       </c>
       <c r="J50" t="s">
         <v>855</v>
       </c>
       <c r="K50" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="L50" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="M50" t="s">
-        <v>857</v>
+        <v>868</v>
       </c>
       <c r="N50" t="s">
-        <v>51</v>
+        <v>869</v>
       </c>
       <c r="O50" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="B51" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="C51" t="s">
         <v>773</v>
       </c>
       <c r="D51" t="s">
         <v>774</v>
       </c>
       <c r="E51" t="s">
         <v>860</v>
       </c>
       <c r="G51" t="s">
-        <v>648</v>
+        <v>991</v>
       </c>
       <c r="J51" t="s">
-        <v>626</v>
+        <v>992</v>
       </c>
       <c r="L51" t="s">
-        <v>774</v>
+        <v>993</v>
       </c>
       <c r="M51" t="s">
-        <v>871</v>
+        <v>863</v>
       </c>
       <c r="N51" t="s">
-        <v>774</v>
+        <v>864</v>
       </c>
       <c r="O51" t="s">
-        <v>895</v>
+        <v>994</v>
       </c>
       <c r="P51" t="s">
-        <v>895</v>
+        <v>995</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>988</v>
+        <v>996</v>
       </c>
       <c r="B52" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="C52" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="D52" t="s">
         <v>51</v>
       </c>
       <c r="E52" t="s">
         <v>852</v>
       </c>
       <c r="F52" t="s">
-        <v>622</v>
+        <v>897</v>
       </c>
       <c r="G52" t="s">
-        <v>853</v>
+        <v>645</v>
       </c>
       <c r="H52">
-        <v>480271</v>
+        <v>480</v>
       </c>
       <c r="I52" t="s">
         <v>854</v>
       </c>
       <c r="J52" t="s">
         <v>855</v>
       </c>
       <c r="K52" t="s">
-        <v>856</v>
+        <v>898</v>
       </c>
       <c r="L52" t="s">
         <v>51</v>
       </c>
       <c r="M52" t="s">
         <v>857</v>
       </c>
       <c r="N52" t="s">
-        <v>858</v>
+        <v>51</v>
       </c>
       <c r="O52" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>989</v>
+        <v>997</v>
       </c>
       <c r="B53" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="C53" t="s">
-        <v>741</v>
+        <v>776</v>
       </c>
       <c r="D53" t="s">
-        <v>742</v>
+        <v>777</v>
       </c>
       <c r="E53" t="s">
         <v>860</v>
       </c>
       <c r="G53" t="s">
-        <v>648</v>
+        <v>625</v>
       </c>
       <c r="J53" t="s">
-        <v>939</v>
+        <v>625</v>
       </c>
       <c r="L53" t="s">
-        <v>742</v>
+        <v>777</v>
       </c>
       <c r="M53" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="N53" t="s">
-        <v>864</v>
+        <v>777</v>
       </c>
       <c r="O53" t="s">
-        <v>940</v>
+        <v>902</v>
       </c>
       <c r="P53" t="s">
-        <v>941</v>
+        <v>902</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>990</v>
+        <v>998</v>
       </c>
       <c r="B54" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C54" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="D54" t="s">
         <v>51</v>
       </c>
       <c r="E54" t="s">
         <v>852</v>
       </c>
       <c r="F54" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G54" t="s">
         <v>853</v>
       </c>
       <c r="H54">
         <v>480271</v>
       </c>
       <c r="I54" t="s">
         <v>854</v>
       </c>
       <c r="J54" t="s">
         <v>855</v>
       </c>
       <c r="K54" t="s">
         <v>856</v>
       </c>
       <c r="L54" t="s">
         <v>51</v>
       </c>
       <c r="M54" t="s">
         <v>857</v>
       </c>
       <c r="N54" t="s">
         <v>858</v>
       </c>
       <c r="O54" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>991</v>
+        <v>999</v>
       </c>
       <c r="B55" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C55" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="D55" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="E55" t="s">
         <v>860</v>
       </c>
       <c r="G55" t="s">
-        <v>992</v>
+        <v>861</v>
       </c>
       <c r="J55" t="s">
-        <v>993</v>
+        <v>1000</v>
       </c>
       <c r="L55" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="M55" t="s">
         <v>863</v>
       </c>
       <c r="N55" t="s">
         <v>864</v>
       </c>
       <c r="O55" t="s">
-        <v>994</v>
+        <v>1001</v>
       </c>
       <c r="P55" t="s">
-        <v>909</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>995</v>
+        <v>1003</v>
       </c>
       <c r="B56" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="C56" t="s">
-        <v>219</v>
+        <v>134</v>
       </c>
       <c r="D56" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="E56" t="s">
         <v>852</v>
       </c>
       <c r="F56" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G56" t="s">
         <v>853</v>
       </c>
       <c r="H56">
         <v>480271</v>
       </c>
       <c r="I56" t="s">
         <v>854</v>
       </c>
       <c r="J56" t="s">
         <v>855</v>
       </c>
       <c r="K56" t="s">
         <v>856</v>
       </c>
       <c r="L56" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="M56" t="s">
-        <v>883</v>
+        <v>857</v>
       </c>
       <c r="N56" t="s">
-        <v>884</v>
+        <v>858</v>
       </c>
       <c r="O56" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>996</v>
+        <v>1004</v>
       </c>
       <c r="B57" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="C57" t="s">
-        <v>738</v>
+        <v>782</v>
       </c>
       <c r="D57" t="s">
-        <v>739</v>
+        <v>783</v>
       </c>
       <c r="E57" t="s">
         <v>860</v>
       </c>
       <c r="G57" t="s">
-        <v>648</v>
+        <v>1005</v>
       </c>
       <c r="J57" t="s">
-        <v>934</v>
+        <v>1006</v>
       </c>
       <c r="L57" t="s">
-        <v>739</v>
+        <v>783</v>
       </c>
       <c r="M57" t="s">
-        <v>871</v>
+        <v>863</v>
       </c>
       <c r="N57" t="s">
         <v>864</v>
       </c>
       <c r="O57" t="s">
-        <v>935</v>
+        <v>1007</v>
       </c>
       <c r="P57" t="s">
-        <v>936</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>997</v>
+        <v>1009</v>
       </c>
       <c r="B58" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="C58" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="D58" t="s">
         <v>51</v>
       </c>
       <c r="E58" t="s">
         <v>852</v>
       </c>
       <c r="F58" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G58" t="s">
         <v>853</v>
       </c>
       <c r="H58">
         <v>480271</v>
       </c>
       <c r="I58" t="s">
         <v>854</v>
       </c>
       <c r="J58" t="s">
         <v>855</v>
       </c>
       <c r="K58" t="s">
         <v>856</v>
       </c>
       <c r="L58" t="s">
         <v>51</v>
       </c>
       <c r="M58" t="s">
         <v>857</v>
       </c>
       <c r="N58" t="s">
         <v>858</v>
       </c>
       <c r="O58" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>998</v>
+        <v>1010</v>
       </c>
       <c r="B59" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="C59" t="s">
-        <v>781</v>
+        <v>708</v>
       </c>
       <c r="D59" t="s">
-        <v>782</v>
+        <v>709</v>
       </c>
       <c r="E59" t="s">
         <v>860</v>
       </c>
       <c r="G59" t="s">
-        <v>992</v>
+        <v>645</v>
       </c>
       <c r="J59" t="s">
-        <v>999</v>
+        <v>871</v>
       </c>
       <c r="L59" t="s">
-        <v>782</v>
+        <v>709</v>
       </c>
       <c r="M59" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="N59" t="s">
         <v>864</v>
       </c>
       <c r="O59" t="s">
-        <v>1000</v>
+        <v>873</v>
       </c>
       <c r="P59" t="s">
-        <v>981</v>
+        <v>874</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1001</v>
+        <v>1011</v>
       </c>
       <c r="B60" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="C60" t="s">
-        <v>897</v>
+        <v>134</v>
       </c>
       <c r="D60" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="E60" t="s">
         <v>852</v>
       </c>
       <c r="F60" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G60" t="s">
         <v>853</v>
       </c>
       <c r="H60">
         <v>480271</v>
       </c>
       <c r="I60" t="s">
         <v>854</v>
       </c>
       <c r="J60" t="s">
         <v>855</v>
       </c>
       <c r="K60" t="s">
         <v>856</v>
       </c>
       <c r="L60" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="M60" t="s">
-        <v>898</v>
+        <v>857</v>
       </c>
       <c r="N60" t="s">
-        <v>899</v>
+        <v>858</v>
       </c>
       <c r="O60" t="s">
-        <v>127</v>
+        <v>50</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1002</v>
+        <v>1012</v>
       </c>
       <c r="B61" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="C61" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="D61" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="E61" t="s">
         <v>860</v>
       </c>
       <c r="G61" t="s">
-        <v>992</v>
+        <v>645</v>
       </c>
       <c r="J61" t="s">
-        <v>1003</v>
+        <v>1013</v>
       </c>
       <c r="L61" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="M61" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="N61" t="s">
         <v>864</v>
       </c>
       <c r="O61" t="s">
-        <v>1004</v>
+        <v>1014</v>
       </c>
       <c r="P61" t="s">
-        <v>1005</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B62" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="C62" t="s">
-        <v>897</v>
+        <v>134</v>
       </c>
       <c r="D62" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="E62" t="s">
         <v>852</v>
       </c>
       <c r="F62" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G62" t="s">
         <v>853</v>
       </c>
       <c r="H62">
         <v>480271</v>
       </c>
       <c r="I62" t="s">
         <v>854</v>
       </c>
       <c r="J62" t="s">
         <v>855</v>
       </c>
       <c r="K62" t="s">
         <v>856</v>
       </c>
       <c r="L62" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="M62" t="s">
-        <v>898</v>
+        <v>857</v>
       </c>
       <c r="N62" t="s">
-        <v>899</v>
+        <v>858</v>
       </c>
       <c r="O62" t="s">
-        <v>127</v>
+        <v>50</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1007</v>
+        <v>1017</v>
       </c>
       <c r="B63" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="C63" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="D63" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="E63" t="s">
         <v>860</v>
       </c>
       <c r="G63" t="s">
-        <v>992</v>
+        <v>645</v>
       </c>
       <c r="J63" t="s">
-        <v>1008</v>
+        <v>1018</v>
       </c>
       <c r="L63" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="M63" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="N63" t="s">
         <v>864</v>
       </c>
       <c r="O63" t="s">
-        <v>1009</v>
+        <v>1019</v>
       </c>
       <c r="P63" t="s">
-        <v>1010</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1011</v>
+        <v>1021</v>
       </c>
       <c r="B64" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="C64" t="s">
-        <v>875</v>
+        <v>134</v>
       </c>
       <c r="D64" t="s">
-        <v>84</v>
+        <v>51</v>
       </c>
       <c r="E64" t="s">
         <v>852</v>
       </c>
       <c r="F64" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G64" t="s">
         <v>853</v>
       </c>
       <c r="H64">
         <v>480271</v>
       </c>
       <c r="I64" t="s">
         <v>854</v>
       </c>
       <c r="J64" t="s">
         <v>855</v>
       </c>
       <c r="K64" t="s">
         <v>856</v>
       </c>
       <c r="L64" t="s">
-        <v>84</v>
+        <v>51</v>
       </c>
       <c r="M64" t="s">
-        <v>876</v>
+        <v>857</v>
       </c>
       <c r="N64" t="s">
-        <v>877</v>
+        <v>858</v>
       </c>
       <c r="O64" t="s">
-        <v>83</v>
+        <v>50</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1012</v>
+        <v>1022</v>
       </c>
       <c r="B65" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="C65" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="D65" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="E65" t="s">
         <v>860</v>
       </c>
       <c r="G65" t="s">
-        <v>1013</v>
+        <v>1023</v>
       </c>
       <c r="J65" t="s">
-        <v>1014</v>
+        <v>1024</v>
       </c>
       <c r="L65" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="M65" t="s">
-        <v>913</v>
+        <v>872</v>
       </c>
       <c r="N65" t="s">
         <v>864</v>
       </c>
       <c r="O65" t="s">
-        <v>1015</v>
+        <v>1025</v>
       </c>
       <c r="P65" t="s">
-        <v>1016</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1017</v>
+        <v>1027</v>
       </c>
       <c r="B66" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="C66" t="s">
-        <v>897</v>
+        <v>134</v>
       </c>
       <c r="D66" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="E66" t="s">
         <v>852</v>
       </c>
       <c r="F66" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G66" t="s">
         <v>853</v>
       </c>
       <c r="H66">
         <v>480271</v>
       </c>
       <c r="I66" t="s">
         <v>854</v>
       </c>
       <c r="J66" t="s">
         <v>855</v>
       </c>
       <c r="K66" t="s">
         <v>856</v>
       </c>
       <c r="L66" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="M66" t="s">
-        <v>898</v>
+        <v>857</v>
       </c>
       <c r="N66" t="s">
-        <v>899</v>
+        <v>858</v>
       </c>
       <c r="O66" t="s">
-        <v>127</v>
+        <v>50</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1018</v>
+        <v>1028</v>
       </c>
       <c r="B67" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="C67" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="D67" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="E67" t="s">
         <v>860</v>
       </c>
       <c r="G67" t="s">
-        <v>992</v>
+        <v>1029</v>
       </c>
       <c r="J67" t="s">
-        <v>1019</v>
+        <v>1030</v>
       </c>
       <c r="L67" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="M67" t="s">
         <v>863</v>
       </c>
       <c r="N67" t="s">
         <v>864</v>
       </c>
       <c r="O67" t="s">
+        <v>1031</v>
+      </c>
+      <c r="P67" t="s">
         <v>1020</v>
-      </c>
-[...1 lines deleted...]
-        <v>1021</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1022</v>
+        <v>1032</v>
       </c>
       <c r="B68" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="C68" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="D68" t="s">
         <v>51</v>
       </c>
       <c r="E68" t="s">
         <v>852</v>
       </c>
       <c r="F68" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G68" t="s">
         <v>853</v>
       </c>
       <c r="H68">
         <v>480271</v>
       </c>
       <c r="I68" t="s">
         <v>854</v>
       </c>
       <c r="J68" t="s">
         <v>855</v>
       </c>
       <c r="K68" t="s">
         <v>856</v>
       </c>
       <c r="L68" t="s">
         <v>51</v>
       </c>
       <c r="M68" t="s">
         <v>857</v>
       </c>
       <c r="N68" t="s">
         <v>858</v>
       </c>
       <c r="O68" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1023</v>
+        <v>1033</v>
       </c>
       <c r="B69" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="C69" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D69" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="E69" t="s">
         <v>860</v>
       </c>
       <c r="G69" t="s">
-        <v>1024</v>
+        <v>1023</v>
       </c>
       <c r="J69" t="s">
-        <v>1025</v>
+        <v>1034</v>
       </c>
       <c r="L69" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="M69" t="s">
-        <v>1026</v>
+        <v>909</v>
       </c>
       <c r="N69" t="s">
         <v>864</v>
       </c>
       <c r="O69" t="s">
-        <v>1027</v>
+        <v>1035</v>
       </c>
       <c r="P69" t="s">
-        <v>1028</v>
+        <v>936</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1029</v>
+        <v>1036</v>
       </c>
       <c r="B70" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
       <c r="C70" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="D70" t="s">
         <v>51</v>
       </c>
       <c r="E70" t="s">
         <v>852</v>
       </c>
       <c r="F70" t="s">
-        <v>892</v>
+        <v>625</v>
       </c>
       <c r="G70" t="s">
-        <v>648</v>
+        <v>853</v>
       </c>
       <c r="H70">
-        <v>480</v>
+        <v>480271</v>
       </c>
       <c r="I70" t="s">
         <v>854</v>
       </c>
       <c r="J70" t="s">
         <v>855</v>
       </c>
       <c r="K70" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="L70" t="s">
         <v>51</v>
       </c>
       <c r="M70" t="s">
         <v>857</v>
       </c>
       <c r="N70" t="s">
-        <v>51</v>
+        <v>858</v>
       </c>
       <c r="O70" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1030</v>
+        <v>1037</v>
       </c>
       <c r="B71" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
       <c r="C71" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="D71" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="E71" t="s">
         <v>860</v>
       </c>
       <c r="G71" t="s">
-        <v>1031</v>
+        <v>1023</v>
       </c>
       <c r="J71" t="s">
-        <v>1032</v>
+        <v>1038</v>
       </c>
       <c r="L71" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="M71" t="s">
-        <v>871</v>
+        <v>909</v>
       </c>
       <c r="N71" t="s">
-        <v>800</v>
+        <v>864</v>
       </c>
       <c r="O71" t="s">
-        <v>895</v>
+        <v>1039</v>
       </c>
       <c r="P71" t="s">
-        <v>895</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1033</v>
+        <v>1040</v>
       </c>
       <c r="B72" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="C72" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="D72" t="s">
         <v>51</v>
       </c>
       <c r="E72" t="s">
         <v>852</v>
       </c>
       <c r="F72" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G72" t="s">
         <v>853</v>
       </c>
       <c r="H72">
         <v>480271</v>
       </c>
       <c r="I72" t="s">
         <v>854</v>
       </c>
       <c r="J72" t="s">
         <v>855</v>
       </c>
       <c r="K72" t="s">
         <v>856</v>
       </c>
       <c r="L72" t="s">
         <v>51</v>
       </c>
       <c r="M72" t="s">
         <v>857</v>
       </c>
       <c r="N72" t="s">
         <v>858</v>
       </c>
       <c r="O72" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1034</v>
+        <v>1041</v>
       </c>
       <c r="B73" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="C73" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="D73" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="E73" t="s">
         <v>860</v>
       </c>
       <c r="G73" t="s">
-        <v>955</v>
+        <v>861</v>
       </c>
       <c r="J73" t="s">
-        <v>1035</v>
+        <v>1042</v>
       </c>
       <c r="L73" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="M73" t="s">
-        <v>888</v>
+        <v>1043</v>
       </c>
       <c r="N73" t="s">
         <v>864</v>
       </c>
       <c r="O73" t="s">
-        <v>1036</v>
+        <v>1044</v>
       </c>
       <c r="P73" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1037</v>
+        <v>1045</v>
       </c>
       <c r="B74" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="C74" t="s">
-        <v>219</v>
+        <v>134</v>
       </c>
       <c r="D74" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="E74" t="s">
         <v>852</v>
       </c>
       <c r="F74" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G74" t="s">
         <v>853</v>
       </c>
       <c r="H74">
         <v>480271</v>
       </c>
       <c r="I74" t="s">
         <v>854</v>
       </c>
       <c r="J74" t="s">
         <v>855</v>
       </c>
       <c r="K74" t="s">
         <v>856</v>
       </c>
       <c r="L74" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="M74" t="s">
-        <v>883</v>
+        <v>857</v>
       </c>
       <c r="N74" t="s">
-        <v>884</v>
+        <v>858</v>
       </c>
       <c r="O74" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1038</v>
+        <v>1046</v>
       </c>
       <c r="B75" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="C75" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="D75" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="E75" t="s">
         <v>860</v>
       </c>
       <c r="G75" t="s">
-        <v>648</v>
+        <v>861</v>
       </c>
       <c r="J75" t="s">
-        <v>1039</v>
+        <v>1047</v>
       </c>
       <c r="L75" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="M75" t="s">
-        <v>871</v>
+        <v>863</v>
       </c>
       <c r="N75" t="s">
         <v>864</v>
       </c>
       <c r="O75" t="s">
-        <v>1040</v>
+        <v>1048</v>
       </c>
       <c r="P75" t="s">
-        <v>1041</v>
+        <v>924</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1042</v>
+        <v>1049</v>
       </c>
       <c r="B76" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="C76" t="s">
-        <v>219</v>
+        <v>134</v>
       </c>
       <c r="D76" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="E76" t="s">
         <v>852</v>
       </c>
       <c r="F76" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G76" t="s">
         <v>853</v>
       </c>
       <c r="H76">
         <v>480271</v>
       </c>
       <c r="I76" t="s">
         <v>854</v>
       </c>
       <c r="J76" t="s">
         <v>855</v>
       </c>
       <c r="K76" t="s">
         <v>856</v>
       </c>
       <c r="L76" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="M76" t="s">
-        <v>883</v>
+        <v>857</v>
       </c>
       <c r="N76" t="s">
-        <v>884</v>
+        <v>858</v>
       </c>
       <c r="O76" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1043</v>
+        <v>1050</v>
       </c>
       <c r="B77" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="C77" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="D77" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="E77" t="s">
         <v>860</v>
       </c>
       <c r="G77" t="s">
-        <v>861</v>
+        <v>921</v>
       </c>
       <c r="J77" t="s">
-        <v>1044</v>
+        <v>1051</v>
       </c>
       <c r="L77" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="M77" t="s">
-        <v>871</v>
+        <v>863</v>
       </c>
       <c r="N77" t="s">
         <v>864</v>
       </c>
       <c r="O77" t="s">
-        <v>1045</v>
+        <v>1052</v>
       </c>
       <c r="P77" t="s">
-        <v>1046</v>
+        <v>936</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1047</v>
+        <v>1053</v>
       </c>
       <c r="B78" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="C78" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="D78" t="s">
         <v>51</v>
       </c>
       <c r="E78" t="s">
         <v>852</v>
       </c>
       <c r="F78" t="s">
-        <v>892</v>
+        <v>625</v>
       </c>
       <c r="G78" t="s">
-        <v>648</v>
+        <v>853</v>
       </c>
       <c r="H78">
-        <v>480</v>
+        <v>480271</v>
       </c>
       <c r="I78" t="s">
         <v>854</v>
       </c>
       <c r="J78" t="s">
         <v>855</v>
       </c>
       <c r="K78" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="L78" t="s">
         <v>51</v>
       </c>
       <c r="M78" t="s">
         <v>857</v>
       </c>
       <c r="N78" t="s">
-        <v>51</v>
+        <v>858</v>
       </c>
       <c r="O78" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1048</v>
+        <v>1054</v>
       </c>
       <c r="B79" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="C79" t="s">
-        <v>811</v>
+        <v>786</v>
       </c>
       <c r="D79" t="s">
-        <v>812</v>
+        <v>787</v>
       </c>
       <c r="E79" t="s">
         <v>860</v>
       </c>
       <c r="G79" t="s">
-        <v>1049</v>
+        <v>645</v>
       </c>
       <c r="J79" t="s">
-        <v>1050</v>
+        <v>1013</v>
       </c>
       <c r="L79" t="s">
-        <v>812</v>
+        <v>787</v>
       </c>
       <c r="M79" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="N79" t="s">
-        <v>812</v>
+        <v>864</v>
       </c>
       <c r="O79" t="s">
-        <v>895</v>
+        <v>1014</v>
       </c>
       <c r="P79" t="s">
-        <v>895</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="B80" t="s">
         <v>413</v>
       </c>
       <c r="C80" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
       <c r="D80" t="s">
-        <v>128</v>
+        <v>141</v>
       </c>
       <c r="E80" t="s">
         <v>852</v>
       </c>
       <c r="F80" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G80" t="s">
         <v>853</v>
       </c>
       <c r="H80">
         <v>480271</v>
       </c>
       <c r="I80" t="s">
         <v>854</v>
       </c>
       <c r="J80" t="s">
         <v>855</v>
       </c>
       <c r="K80" t="s">
         <v>856</v>
       </c>
       <c r="L80" t="s">
-        <v>128</v>
+        <v>141</v>
       </c>
       <c r="M80" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="N80" t="s">
-        <v>899</v>
+        <v>906</v>
       </c>
       <c r="O80" t="s">
-        <v>127</v>
+        <v>140</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="B81" t="s">
         <v>413</v>
       </c>
       <c r="C81" t="s">
         <v>814</v>
       </c>
       <c r="D81" t="s">
         <v>815</v>
       </c>
       <c r="E81" t="s">
         <v>860</v>
       </c>
       <c r="G81" t="s">
-        <v>992</v>
+        <v>921</v>
       </c>
       <c r="J81" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="L81" t="s">
         <v>815</v>
       </c>
       <c r="M81" t="s">
         <v>863</v>
       </c>
       <c r="N81" t="s">
         <v>864</v>
       </c>
       <c r="O81" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="P81" t="s">
-        <v>1055</v>
+        <v>976</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="B82" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="C82" t="s">
-        <v>219</v>
+        <v>134</v>
       </c>
       <c r="D82" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="E82" t="s">
         <v>852</v>
       </c>
       <c r="F82" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G82" t="s">
         <v>853</v>
       </c>
       <c r="H82">
         <v>480271</v>
       </c>
       <c r="I82" t="s">
         <v>854</v>
       </c>
       <c r="J82" t="s">
         <v>855</v>
       </c>
       <c r="K82" t="s">
         <v>856</v>
       </c>
       <c r="L82" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="M82" t="s">
-        <v>883</v>
+        <v>857</v>
       </c>
       <c r="N82" t="s">
-        <v>884</v>
+        <v>858</v>
       </c>
       <c r="O82" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="B83" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="C83" t="s">
         <v>817</v>
       </c>
       <c r="D83" t="s">
         <v>818</v>
       </c>
       <c r="E83" t="s">
         <v>860</v>
       </c>
       <c r="G83" t="s">
-        <v>648</v>
+        <v>1023</v>
       </c>
       <c r="J83" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="L83" t="s">
         <v>818</v>
       </c>
       <c r="M83" t="s">
-        <v>871</v>
+        <v>909</v>
       </c>
       <c r="N83" t="s">
         <v>864</v>
       </c>
       <c r="O83" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="P83" t="s">
-        <v>817</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="B84" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="C84" t="s">
-        <v>121</v>
+        <v>904</v>
       </c>
       <c r="D84" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="E84" t="s">
         <v>852</v>
       </c>
       <c r="F84" t="s">
-        <v>892</v>
+        <v>625</v>
       </c>
       <c r="G84" t="s">
-        <v>648</v>
+        <v>853</v>
       </c>
       <c r="H84">
-        <v>480</v>
+        <v>480271</v>
       </c>
       <c r="I84" t="s">
         <v>854</v>
       </c>
       <c r="J84" t="s">
         <v>855</v>
       </c>
       <c r="K84" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="L84" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="M84" t="s">
-        <v>857</v>
+        <v>905</v>
       </c>
       <c r="N84" t="s">
-        <v>51</v>
+        <v>906</v>
       </c>
       <c r="O84" t="s">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="B85" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="C85" t="s">
         <v>820</v>
       </c>
       <c r="D85" t="s">
         <v>821</v>
       </c>
       <c r="E85" t="s">
         <v>860</v>
       </c>
       <c r="G85" t="s">
-        <v>648</v>
+        <v>921</v>
       </c>
       <c r="J85" t="s">
-        <v>648</v>
+        <v>1065</v>
       </c>
       <c r="L85" t="s">
         <v>821</v>
       </c>
       <c r="M85" t="s">
-        <v>871</v>
+        <v>863</v>
       </c>
       <c r="N85" t="s">
-        <v>821</v>
+        <v>864</v>
       </c>
       <c r="O85" t="s">
-        <v>895</v>
+        <v>1066</v>
       </c>
       <c r="P85" t="s">
-        <v>895</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1062</v>
+        <v>1068</v>
       </c>
       <c r="B86" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="C86" t="s">
-        <v>219</v>
+        <v>876</v>
       </c>
       <c r="D86" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="E86" t="s">
         <v>852</v>
       </c>
       <c r="F86" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G86" t="s">
         <v>853</v>
       </c>
       <c r="H86">
         <v>480271</v>
       </c>
       <c r="I86" t="s">
         <v>854</v>
       </c>
       <c r="J86" t="s">
         <v>855</v>
       </c>
       <c r="K86" t="s">
         <v>856</v>
       </c>
       <c r="L86" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="M86" t="s">
-        <v>883</v>
+        <v>877</v>
       </c>
       <c r="N86" t="s">
-        <v>884</v>
+        <v>878</v>
       </c>
       <c r="O86" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1063</v>
+        <v>1069</v>
       </c>
       <c r="B87" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="C87" t="s">
         <v>823</v>
       </c>
       <c r="D87" t="s">
         <v>824</v>
       </c>
       <c r="E87" t="s">
         <v>860</v>
       </c>
       <c r="G87" t="s">
         <v>861</v>
       </c>
       <c r="J87" t="s">
-        <v>1064</v>
+        <v>1070</v>
       </c>
       <c r="L87" t="s">
         <v>824</v>
       </c>
       <c r="M87" t="s">
-        <v>1065</v>
+        <v>1071</v>
       </c>
       <c r="N87" t="s">
         <v>864</v>
       </c>
       <c r="O87" t="s">
-        <v>1066</v>
+        <v>1072</v>
       </c>
       <c r="P87" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="B88" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="C88" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="D88" t="s">
-        <v>100</v>
+        <v>74</v>
       </c>
       <c r="E88" t="s">
         <v>852</v>
       </c>
       <c r="F88" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G88" t="s">
         <v>853</v>
       </c>
       <c r="H88">
         <v>480271</v>
       </c>
       <c r="I88" t="s">
         <v>854</v>
       </c>
       <c r="J88" t="s">
         <v>855</v>
       </c>
       <c r="K88" t="s">
         <v>856</v>
       </c>
       <c r="L88" t="s">
-        <v>100</v>
+        <v>74</v>
       </c>
       <c r="M88" t="s">
-        <v>883</v>
+        <v>868</v>
       </c>
       <c r="N88" t="s">
-        <v>884</v>
+        <v>869</v>
       </c>
       <c r="O88" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1069</v>
+        <v>1075</v>
       </c>
       <c r="B89" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="C89" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="D89" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="E89" t="s">
         <v>860</v>
       </c>
       <c r="G89" t="s">
-        <v>886</v>
+        <v>861</v>
       </c>
       <c r="J89" t="s">
         <v>1070</v>
       </c>
       <c r="L89" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="M89" t="s">
-        <v>888</v>
+        <v>1071</v>
       </c>
       <c r="N89" t="s">
         <v>864</v>
       </c>
       <c r="O89" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="P89" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="B90" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C90" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="D90" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="E90" t="s">
         <v>852</v>
       </c>
       <c r="F90" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G90" t="s">
         <v>853</v>
       </c>
       <c r="H90">
         <v>480271</v>
       </c>
       <c r="I90" t="s">
         <v>854</v>
       </c>
       <c r="J90" t="s">
         <v>855</v>
       </c>
       <c r="K90" t="s">
         <v>856</v>
       </c>
       <c r="L90" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="M90" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="N90" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="O90" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="B91" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C91" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="D91" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="E91" t="s">
         <v>860</v>
       </c>
       <c r="G91" t="s">
-        <v>861</v>
+        <v>645</v>
       </c>
       <c r="J91" t="s">
-        <v>1064</v>
+        <v>1078</v>
       </c>
       <c r="L91" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="M91" t="s">
-        <v>1065</v>
+        <v>872</v>
       </c>
       <c r="N91" t="s">
         <v>864</v>
       </c>
       <c r="O91" t="s">
-        <v>1066</v>
+        <v>1079</v>
       </c>
       <c r="P91" t="s">
-        <v>1067</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1075</v>
+        <v>1081</v>
       </c>
       <c r="B92" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C92" t="s">
-        <v>875</v>
+        <v>209</v>
       </c>
       <c r="D92" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="E92" t="s">
         <v>852</v>
       </c>
       <c r="F92" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G92" t="s">
         <v>853</v>
       </c>
       <c r="H92">
         <v>480271</v>
       </c>
       <c r="I92" t="s">
         <v>854</v>
       </c>
       <c r="J92" t="s">
         <v>855</v>
       </c>
       <c r="K92" t="s">
         <v>856</v>
       </c>
       <c r="L92" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="M92" t="s">
-        <v>876</v>
+        <v>868</v>
       </c>
       <c r="N92" t="s">
-        <v>877</v>
+        <v>869</v>
       </c>
       <c r="O92" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="B93" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C93" t="s">
-        <v>754</v>
+        <v>830</v>
       </c>
       <c r="D93" t="s">
-        <v>755</v>
+        <v>831</v>
       </c>
       <c r="E93" t="s">
         <v>860</v>
       </c>
       <c r="G93" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="J93" t="s">
-        <v>961</v>
+        <v>1083</v>
       </c>
       <c r="L93" t="s">
-        <v>755</v>
+        <v>831</v>
       </c>
       <c r="M93" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="N93" t="s">
         <v>864</v>
       </c>
       <c r="O93" t="s">
-        <v>962</v>
+        <v>1084</v>
       </c>
       <c r="P93" t="s">
-        <v>963</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1077</v>
+        <v>1086</v>
       </c>
       <c r="B94" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="C94" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="D94" t="s">
-        <v>100</v>
+        <v>74</v>
       </c>
       <c r="E94" t="s">
         <v>852</v>
       </c>
       <c r="F94" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G94" t="s">
         <v>853</v>
       </c>
       <c r="H94">
         <v>480271</v>
       </c>
       <c r="I94" t="s">
         <v>854</v>
       </c>
       <c r="J94" t="s">
         <v>855</v>
       </c>
       <c r="K94" t="s">
         <v>856</v>
       </c>
       <c r="L94" t="s">
-        <v>100</v>
+        <v>74</v>
       </c>
       <c r="M94" t="s">
-        <v>883</v>
+        <v>868</v>
       </c>
       <c r="N94" t="s">
-        <v>884</v>
+        <v>869</v>
       </c>
       <c r="O94" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1078</v>
+        <v>1087</v>
       </c>
       <c r="B95" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="C95" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="D95" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="E95" t="s">
         <v>860</v>
       </c>
       <c r="G95" t="s">
-        <v>1079</v>
+        <v>645</v>
       </c>
       <c r="J95" t="s">
-        <v>1080</v>
+        <v>1088</v>
       </c>
       <c r="L95" t="s">
-        <v>1081</v>
+        <v>834</v>
       </c>
       <c r="M95" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="N95" t="s">
         <v>864</v>
       </c>
       <c r="O95" t="s">
-        <v>1082</v>
+        <v>1089</v>
       </c>
       <c r="P95" t="s">
-        <v>1083</v>
+        <v>833</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1084</v>
+        <v>1090</v>
       </c>
       <c r="B96" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="C96" t="s">
-        <v>897</v>
+        <v>134</v>
       </c>
       <c r="D96" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="E96" t="s">
         <v>852</v>
       </c>
       <c r="F96" t="s">
-        <v>622</v>
+        <v>897</v>
       </c>
       <c r="G96" t="s">
-        <v>853</v>
+        <v>645</v>
       </c>
       <c r="H96">
-        <v>480271</v>
+        <v>480</v>
       </c>
       <c r="I96" t="s">
         <v>854</v>
       </c>
       <c r="J96" t="s">
         <v>855</v>
       </c>
       <c r="K96" t="s">
-        <v>856</v>
+        <v>898</v>
       </c>
       <c r="L96" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="M96" t="s">
-        <v>898</v>
+        <v>857</v>
       </c>
       <c r="N96" t="s">
-        <v>899</v>
+        <v>51</v>
       </c>
       <c r="O96" t="s">
-        <v>127</v>
+        <v>50</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1085</v>
+        <v>1091</v>
       </c>
       <c r="B97" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="C97" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="D97" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="E97" t="s">
         <v>860</v>
       </c>
       <c r="G97" t="s">
-        <v>992</v>
+        <v>645</v>
       </c>
       <c r="J97" t="s">
-        <v>1086</v>
+        <v>645</v>
       </c>
       <c r="L97" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="M97" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="N97" t="s">
-        <v>864</v>
+        <v>837</v>
       </c>
       <c r="O97" t="s">
-        <v>1087</v>
+        <v>902</v>
       </c>
       <c r="P97" t="s">
-        <v>1021</v>
+        <v>902</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="B98" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="C98" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="D98" t="s">
         <v>51</v>
       </c>
       <c r="E98" t="s">
         <v>852</v>
       </c>
       <c r="F98" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G98" t="s">
         <v>853</v>
       </c>
       <c r="H98">
         <v>480271</v>
       </c>
       <c r="I98" t="s">
         <v>854</v>
       </c>
       <c r="J98" t="s">
         <v>855</v>
       </c>
       <c r="K98" t="s">
         <v>856</v>
       </c>
       <c r="L98" t="s">
         <v>51</v>
       </c>
       <c r="M98" t="s">
         <v>857</v>
       </c>
       <c r="N98" t="s">
         <v>858</v>
       </c>
       <c r="O98" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="B99" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="C99" t="s">
-        <v>837</v>
+        <v>789</v>
       </c>
       <c r="D99" t="s">
-        <v>838</v>
+        <v>790</v>
       </c>
       <c r="E99" t="s">
         <v>860</v>
       </c>
       <c r="G99" t="s">
-        <v>1090</v>
+        <v>645</v>
       </c>
       <c r="J99" t="s">
-        <v>1091</v>
+        <v>1018</v>
       </c>
       <c r="L99" t="s">
-        <v>838</v>
+        <v>790</v>
       </c>
       <c r="M99" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="N99" t="s">
         <v>864</v>
       </c>
       <c r="O99" t="s">
-        <v>1092</v>
+        <v>1019</v>
       </c>
       <c r="P99" t="s">
-        <v>1093</v>
+        <v>1020</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>484</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -23185,2037 +23185,2037 @@
       </c>
       <c r="M1" s="1" t="s">
         <v>1098</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1099</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="C2" t="s">
         <v>47</v>
       </c>
       <c r="D2" t="s">
         <v>494</v>
       </c>
       <c r="E2" t="s">
         <v>53</v>
       </c>
       <c r="F2" t="s">
         <v>53</v>
       </c>
       <c r="G2" t="s">
-        <v>174</v>
+        <v>262</v>
       </c>
       <c r="H2" t="s">
         <v>54</v>
       </c>
       <c r="I2">
         <v>100000000</v>
       </c>
       <c r="J2" t="s">
         <v>68</v>
       </c>
       <c r="K2" t="s">
         <v>63</v>
       </c>
       <c r="L2" t="s">
         <v>64</v>
       </c>
       <c r="M2">
         <v>365</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>1100</v>
       </c>
       <c r="B3" t="s">
         <v>69</v>
       </c>
       <c r="C3" t="s">
         <v>72</v>
       </c>
       <c r="D3" t="s">
         <v>496</v>
       </c>
       <c r="E3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G3" t="s">
-        <v>77</v>
+        <v>262</v>
       </c>
       <c r="H3" t="s">
         <v>54</v>
       </c>
       <c r="I3">
-        <v>45000000</v>
+        <v>552385637.875</v>
       </c>
       <c r="J3" t="s">
         <v>68</v>
       </c>
       <c r="K3" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="L3" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="M3">
         <v>365</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>1101</v>
       </c>
       <c r="B4" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C4" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="D4" t="s">
         <v>498</v>
       </c>
       <c r="E4" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F4" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="G4" t="s">
-        <v>90</v>
+        <v>1102</v>
       </c>
       <c r="H4" t="s">
         <v>54</v>
       </c>
       <c r="I4">
-        <v>1551486659.3</v>
+        <v>299989.5</v>
       </c>
       <c r="J4" t="s">
         <v>68</v>
       </c>
       <c r="K4" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="L4" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="M4">
         <v>365</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="B5" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="C5" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="D5" t="s">
         <v>500</v>
       </c>
       <c r="E5" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="F5" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="G5" t="s">
-        <v>1103</v>
+        <v>109</v>
       </c>
       <c r="H5" t="s">
         <v>54</v>
       </c>
       <c r="I5">
-        <v>114890625</v>
+        <v>45000000</v>
       </c>
       <c r="J5" t="s">
         <v>68</v>
       </c>
       <c r="K5" t="s">
-        <v>102</v>
+        <v>63</v>
       </c>
       <c r="L5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M5">
         <v>365</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>1104</v>
       </c>
       <c r="B6" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C6" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D6" t="s">
         <v>502</v>
       </c>
       <c r="E6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G6" t="s">
         <v>119</v>
       </c>
       <c r="H6" t="s">
         <v>54</v>
       </c>
       <c r="I6">
-        <v>125289858.83</v>
+        <v>1125660243.092</v>
       </c>
       <c r="J6" t="s">
         <v>68</v>
       </c>
       <c r="K6" t="s">
         <v>118</v>
       </c>
       <c r="L6" t="s">
         <v>119</v>
       </c>
       <c r="M6">
         <v>365</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>1105</v>
       </c>
       <c r="B7" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C7" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D7" t="s">
         <v>504</v>
       </c>
       <c r="E7" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F7" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="G7" t="s">
-        <v>1106</v>
+        <v>132</v>
       </c>
       <c r="H7" t="s">
         <v>54</v>
       </c>
       <c r="I7">
-        <v>6522600</v>
+        <v>124216575.33</v>
       </c>
       <c r="J7" t="s">
         <v>68</v>
       </c>
       <c r="K7" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="L7" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="M7">
-        <v>30</v>
+        <v>365</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
       <c r="B8" t="s">
+        <v>136</v>
+      </c>
+      <c r="C8" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="D8" t="s">
         <v>506</v>
       </c>
       <c r="E8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="G8" t="s">
-        <v>1108</v>
+        <v>1107</v>
       </c>
       <c r="H8" t="s">
         <v>54</v>
       </c>
       <c r="I8">
-        <v>47348000</v>
+        <v>6522600</v>
       </c>
       <c r="J8" t="s">
         <v>68</v>
       </c>
       <c r="K8" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="L8" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="M8">
-        <v>92</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1109</v>
+        <v>1108</v>
       </c>
       <c r="B9" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C9" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D9" t="s">
         <v>508</v>
       </c>
       <c r="E9" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F9" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="G9" t="s">
-        <v>1110</v>
+        <v>157</v>
       </c>
       <c r="H9" t="s">
         <v>54</v>
       </c>
       <c r="I9">
-        <v>299989.5</v>
+        <v>1577985368.45</v>
       </c>
       <c r="J9" t="s">
         <v>68</v>
       </c>
       <c r="K9" t="s">
-        <v>155</v>
+        <v>118</v>
       </c>
       <c r="L9" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="M9">
         <v>365</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1111</v>
+        <v>1109</v>
       </c>
       <c r="B10" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C10" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D10" t="s">
         <v>510</v>
       </c>
       <c r="E10" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="F10" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="G10" t="s">
-        <v>166</v>
+        <v>132</v>
       </c>
       <c r="H10" t="s">
         <v>54</v>
       </c>
       <c r="I10">
-        <v>225000000</v>
+        <v>125289858.83</v>
       </c>
       <c r="J10" t="s">
         <v>68</v>
       </c>
       <c r="K10" t="s">
-        <v>63</v>
+        <v>131</v>
       </c>
       <c r="L10" t="s">
-        <v>166</v>
+        <v>132</v>
       </c>
       <c r="M10">
         <v>365</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1112</v>
+        <v>1110</v>
       </c>
       <c r="B11" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C11" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D11" t="s">
         <v>512</v>
       </c>
       <c r="E11" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F11" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="G11" t="s">
-        <v>174</v>
+        <v>1111</v>
       </c>
       <c r="H11" t="s">
         <v>54</v>
       </c>
       <c r="I11">
-        <v>16000000</v>
+        <v>2476000</v>
       </c>
       <c r="J11" t="s">
         <v>68</v>
       </c>
       <c r="K11" t="s">
-        <v>63</v>
+        <v>172</v>
       </c>
       <c r="L11" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="M11">
-        <v>19514</v>
+        <v>365</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1113</v>
+        <v>1112</v>
       </c>
       <c r="B12" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C12" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D12" t="s">
         <v>514</v>
       </c>
       <c r="E12" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="F12" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="G12" t="s">
-        <v>174</v>
+        <v>1113</v>
       </c>
       <c r="H12" t="s">
         <v>54</v>
       </c>
       <c r="I12">
-        <v>86000000</v>
+        <v>114218750</v>
       </c>
       <c r="J12" t="s">
         <v>68</v>
       </c>
       <c r="K12" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="L12" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
       <c r="M12">
-        <v>19513</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>1114</v>
       </c>
       <c r="B13" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="C13" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="D13" t="s">
         <v>516</v>
       </c>
       <c r="E13" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="F13" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G13" t="s">
-        <v>191</v>
+        <v>1115</v>
       </c>
       <c r="H13" t="s">
         <v>54</v>
       </c>
       <c r="I13">
-        <v>2356000</v>
+        <v>47348000</v>
       </c>
       <c r="J13" t="s">
         <v>68</v>
       </c>
       <c r="K13" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="L13" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="M13">
-        <v>365</v>
+        <v>92</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="B14" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C14" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="D14" t="s">
         <v>518</v>
       </c>
       <c r="E14" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="F14" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="G14" t="s">
-        <v>199</v>
+        <v>1117</v>
       </c>
       <c r="H14" t="s">
         <v>54</v>
       </c>
       <c r="I14">
-        <v>52082800</v>
+        <v>114890625</v>
       </c>
       <c r="J14" t="s">
         <v>68</v>
       </c>
       <c r="K14" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="L14" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="M14">
         <v>365</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="B15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D15" t="s">
         <v>520</v>
       </c>
       <c r="E15" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="F15" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G15" t="s">
-        <v>210</v>
+        <v>132</v>
       </c>
       <c r="H15" t="s">
         <v>54</v>
       </c>
       <c r="I15">
-        <v>2120400</v>
+        <v>700000000</v>
       </c>
       <c r="J15" t="s">
         <v>68</v>
       </c>
       <c r="K15" t="s">
-        <v>209</v>
+        <v>131</v>
       </c>
       <c r="L15" t="s">
-        <v>210</v>
+        <v>132</v>
       </c>
       <c r="M15">
         <v>365</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="B16" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C16" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D16" t="s">
         <v>522</v>
       </c>
       <c r="E16" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="F16" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="G16" t="s">
-        <v>119</v>
+        <v>262</v>
       </c>
       <c r="H16" t="s">
         <v>54</v>
       </c>
       <c r="I16">
-        <v>700000000</v>
+        <v>145985000</v>
       </c>
       <c r="J16" t="s">
         <v>68</v>
       </c>
       <c r="K16" t="s">
-        <v>118</v>
+        <v>216</v>
       </c>
       <c r="L16" t="s">
-        <v>119</v>
+        <v>220</v>
       </c>
       <c r="M16">
         <v>365</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="B17" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C17" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D17" t="s">
         <v>524</v>
       </c>
       <c r="E17" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F17" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G17" t="s">
-        <v>226</v>
+        <v>132</v>
       </c>
       <c r="H17" t="s">
         <v>54</v>
       </c>
       <c r="I17">
-        <v>18912000</v>
+        <v>700000000</v>
       </c>
       <c r="J17" t="s">
         <v>68</v>
       </c>
       <c r="K17" t="s">
-        <v>190</v>
+        <v>131</v>
       </c>
       <c r="L17" t="s">
-        <v>226</v>
+        <v>132</v>
       </c>
       <c r="M17">
         <v>365</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="B18" t="s">
         <v>228</v>
       </c>
       <c r="C18" t="s">
         <v>231</v>
       </c>
       <c r="D18" t="s">
         <v>526</v>
       </c>
       <c r="E18" t="s">
         <v>232</v>
       </c>
       <c r="F18" t="s">
         <v>232</v>
       </c>
       <c r="G18" t="s">
-        <v>235</v>
+        <v>132</v>
       </c>
       <c r="H18" t="s">
         <v>54</v>
       </c>
       <c r="I18">
-        <v>18912000</v>
+        <v>0</v>
       </c>
       <c r="J18" t="s">
         <v>68</v>
       </c>
       <c r="K18" t="s">
-        <v>234</v>
+        <v>131</v>
       </c>
       <c r="L18" t="s">
-        <v>235</v>
+        <v>132</v>
       </c>
       <c r="M18">
         <v>365</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="B19" t="s">
+        <v>234</v>
+      </c>
+      <c r="C19" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="D19" t="s">
         <v>528</v>
       </c>
       <c r="E19" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="F19" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="G19" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="H19" t="s">
         <v>54</v>
       </c>
       <c r="I19">
-        <v>1577985368.45</v>
+        <v>1587289680.5</v>
       </c>
       <c r="J19" t="s">
         <v>68</v>
       </c>
       <c r="K19" t="s">
-        <v>244</v>
+        <v>118</v>
       </c>
       <c r="L19" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="M19">
         <v>365</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="B20" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="C20" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D20" t="s">
         <v>530</v>
       </c>
       <c r="E20" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="F20" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="G20" t="s">
-        <v>531</v>
+        <v>1124</v>
       </c>
       <c r="H20" t="s">
         <v>54</v>
       </c>
       <c r="I20">
-        <v>125462847.82</v>
+        <v>295958250</v>
       </c>
       <c r="J20" t="s">
         <v>68</v>
       </c>
       <c r="K20" t="s">
-        <v>118</v>
+        <v>249</v>
       </c>
       <c r="L20" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="M20">
-        <v>366</v>
+        <v>365</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="B21" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="C21" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="D21" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="E21" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="F21" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="G21" t="s">
-        <v>260</v>
+        <v>132</v>
       </c>
       <c r="H21" t="s">
         <v>54</v>
       </c>
       <c r="I21">
-        <v>24488000</v>
+        <v>124176575.33</v>
       </c>
       <c r="J21" t="s">
         <v>68</v>
       </c>
       <c r="K21" t="s">
-        <v>190</v>
+        <v>131</v>
       </c>
       <c r="L21" t="s">
-        <v>260</v>
+        <v>132</v>
       </c>
       <c r="M21">
         <v>365</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B22" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="C22" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="D22" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="E22" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F22" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="G22" t="s">
-        <v>119</v>
+        <v>262</v>
       </c>
       <c r="H22" t="s">
         <v>54</v>
       </c>
       <c r="I22">
-        <v>700000000</v>
+        <v>40000000</v>
       </c>
       <c r="J22" t="s">
         <v>68</v>
       </c>
       <c r="K22" t="s">
-        <v>118</v>
+        <v>262</v>
       </c>
       <c r="L22" t="s">
-        <v>119</v>
+        <v>262</v>
       </c>
       <c r="M22">
-        <v>365</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="B23" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="C23" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="D23" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="E23" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="F23" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="G23" t="s">
-        <v>276</v>
+        <v>1128</v>
       </c>
       <c r="H23" t="s">
         <v>54</v>
       </c>
       <c r="I23">
-        <v>2538000</v>
+        <v>203175000</v>
       </c>
       <c r="J23" t="s">
         <v>68</v>
       </c>
       <c r="K23" t="s">
-        <v>275</v>
+        <v>249</v>
       </c>
       <c r="L23" t="s">
-        <v>276</v>
+        <v>247</v>
       </c>
       <c r="M23">
         <v>365</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="B24" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="C24" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="D24" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="E24" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
       <c r="F24" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
       <c r="G24" t="s">
-        <v>1126</v>
+        <v>80</v>
       </c>
       <c r="H24" t="s">
         <v>54</v>
       </c>
       <c r="I24">
-        <v>26936800</v>
+        <v>3000000</v>
       </c>
       <c r="J24" t="s">
         <v>68</v>
       </c>
       <c r="K24" t="s">
-        <v>174</v>
+        <v>279</v>
       </c>
       <c r="L24" t="s">
-        <v>174</v>
+        <v>276</v>
       </c>
       <c r="M24">
-        <v>0</v>
+        <v>365</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="B25" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="C25" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="D25" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="E25" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="F25" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="G25" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="H25" t="s">
         <v>54</v>
       </c>
       <c r="I25">
-        <v>2820000</v>
+        <v>65985779.5375</v>
       </c>
       <c r="J25" t="s">
         <v>68</v>
       </c>
       <c r="K25" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="L25" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
       <c r="M25">
-        <v>0</v>
+        <v>366</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="B26" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="C26" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="D26" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="E26" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="F26" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="G26" t="s">
-        <v>119</v>
+        <v>1133</v>
       </c>
       <c r="H26" t="s">
         <v>54</v>
       </c>
       <c r="I26">
-        <v>0</v>
+        <v>226940481.7755</v>
       </c>
       <c r="J26" t="s">
         <v>68</v>
       </c>
       <c r="K26" t="s">
-        <v>118</v>
+        <v>96</v>
       </c>
       <c r="L26" t="s">
-        <v>119</v>
+        <v>292</v>
       </c>
       <c r="M26">
         <v>365</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="B27" t="s">
+        <v>296</v>
+      </c>
+      <c r="C27" t="s">
+        <v>299</v>
+      </c>
+      <c r="D27" t="s">
+        <v>544</v>
+      </c>
+      <c r="E27" t="s">
         <v>300</v>
       </c>
-      <c r="C27" t="s">
-[...2 lines deleted...]
-      <c r="D27" t="s">
+      <c r="F27" t="s">
+        <v>300</v>
+      </c>
+      <c r="G27" t="s">
         <v>545</v>
-      </c>
-[...7 lines deleted...]
-        <v>1131</v>
       </c>
       <c r="H27" t="s">
         <v>54</v>
       </c>
       <c r="I27">
-        <v>25744400</v>
+        <v>125462847.82</v>
       </c>
       <c r="J27" t="s">
         <v>68</v>
       </c>
       <c r="K27" t="s">
-        <v>190</v>
+        <v>131</v>
       </c>
       <c r="L27" t="s">
-        <v>310</v>
+        <v>301</v>
       </c>
       <c r="M27">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="B28" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C28" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="D28" t="s">
         <v>547</v>
       </c>
       <c r="E28" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="F28" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="G28" t="s">
-        <v>276</v>
+        <v>262</v>
       </c>
       <c r="H28" t="s">
         <v>54</v>
       </c>
       <c r="I28">
-        <v>23404000</v>
+        <v>16000000</v>
       </c>
       <c r="J28" t="s">
         <v>68</v>
       </c>
       <c r="K28" t="s">
-        <v>275</v>
+        <v>63</v>
       </c>
       <c r="L28" t="s">
-        <v>276</v>
+        <v>262</v>
       </c>
       <c r="M28">
-        <v>365</v>
+        <v>19514</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="B29" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="C29" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="D29" t="s">
         <v>549</v>
       </c>
       <c r="E29" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="F29" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="G29" t="s">
-        <v>174</v>
+        <v>262</v>
       </c>
       <c r="H29" t="s">
         <v>54</v>
       </c>
       <c r="I29">
-        <v>552385637.875</v>
+        <v>86000000</v>
       </c>
       <c r="J29" t="s">
         <v>68</v>
       </c>
       <c r="K29" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="L29" t="s">
-        <v>104</v>
+        <v>262</v>
       </c>
       <c r="M29">
-        <v>365</v>
+        <v>19513</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="B30" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="C30" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="D30" t="s">
         <v>551</v>
       </c>
       <c r="E30" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="F30" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="G30" t="s">
-        <v>1135</v>
+        <v>327</v>
       </c>
       <c r="H30" t="s">
         <v>54</v>
       </c>
       <c r="I30">
-        <v>2476000</v>
+        <v>2356000</v>
       </c>
       <c r="J30" t="s">
         <v>68</v>
       </c>
       <c r="K30" t="s">
-        <v>190</v>
+        <v>172</v>
       </c>
       <c r="L30" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="M30">
         <v>365</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="B31" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="C31" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="D31" t="s">
         <v>553</v>
       </c>
       <c r="E31" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="F31" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="G31" t="s">
-        <v>1137</v>
+        <v>335</v>
       </c>
       <c r="H31" t="s">
         <v>54</v>
       </c>
       <c r="I31">
-        <v>295958250</v>
+        <v>52082800</v>
       </c>
       <c r="J31" t="s">
         <v>68</v>
       </c>
       <c r="K31" t="s">
-        <v>346</v>
+        <v>172</v>
       </c>
       <c r="L31" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="M31">
         <v>365</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="B32" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="C32" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="D32" t="s">
         <v>555</v>
       </c>
       <c r="E32" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="F32" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="G32" t="s">
-        <v>174</v>
+        <v>345</v>
       </c>
       <c r="H32" t="s">
         <v>54</v>
       </c>
       <c r="I32">
-        <v>145985000</v>
+        <v>2120400</v>
       </c>
       <c r="J32" t="s">
         <v>68</v>
       </c>
       <c r="K32" t="s">
-        <v>352</v>
+        <v>344</v>
       </c>
       <c r="L32" t="s">
-        <v>355</v>
+        <v>345</v>
       </c>
       <c r="M32">
         <v>365</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="B33" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="C33" t="s">
-        <v>360</v>
+        <v>351</v>
       </c>
       <c r="D33" t="s">
         <v>557</v>
       </c>
       <c r="E33" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
       <c r="F33" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
       <c r="G33" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="H33" t="s">
         <v>54</v>
       </c>
       <c r="I33">
-        <v>1125660243.092</v>
+        <v>18912000</v>
       </c>
       <c r="J33" t="s">
         <v>68</v>
       </c>
       <c r="K33" t="s">
-        <v>244</v>
+        <v>354</v>
       </c>
       <c r="L33" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="M33">
         <v>365</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="B34" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="C34" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="D34" t="s">
         <v>559</v>
       </c>
       <c r="E34" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="F34" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="G34" t="s">
-        <v>174</v>
+        <v>362</v>
       </c>
       <c r="H34" t="s">
         <v>54</v>
       </c>
       <c r="I34">
-        <v>183276750</v>
+        <v>18912000</v>
       </c>
       <c r="J34" t="s">
         <v>68</v>
       </c>
       <c r="K34" t="s">
-        <v>346</v>
+        <v>172</v>
       </c>
       <c r="L34" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
       <c r="M34">
         <v>365</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="B35" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="C35" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="D35" t="s">
         <v>561</v>
       </c>
       <c r="E35" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="F35" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="G35" t="s">
-        <v>325</v>
+        <v>369</v>
       </c>
       <c r="H35" t="s">
         <v>54</v>
       </c>
       <c r="I35">
-        <v>3000000</v>
+        <v>24488000</v>
       </c>
       <c r="J35" t="s">
         <v>68</v>
       </c>
       <c r="K35" t="s">
-        <v>381</v>
+        <v>172</v>
       </c>
       <c r="L35" t="s">
-        <v>378</v>
+        <v>369</v>
       </c>
       <c r="M35">
         <v>365</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="B36" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
       <c r="C36" t="s">
-        <v>385</v>
+        <v>375</v>
       </c>
       <c r="D36" t="s">
         <v>563</v>
       </c>
       <c r="E36" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="F36" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="G36" t="s">
-        <v>119</v>
+        <v>378</v>
       </c>
       <c r="H36" t="s">
         <v>54</v>
       </c>
       <c r="I36">
-        <v>124176575.33</v>
+        <v>2538000</v>
       </c>
       <c r="J36" t="s">
         <v>68</v>
       </c>
       <c r="K36" t="s">
-        <v>118</v>
+        <v>377</v>
       </c>
       <c r="L36" t="s">
-        <v>119</v>
+        <v>378</v>
       </c>
       <c r="M36">
         <v>365</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="B37" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="C37" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="D37" t="s">
         <v>565</v>
       </c>
       <c r="E37" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="F37" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="G37" t="s">
-        <v>174</v>
+        <v>1145</v>
       </c>
       <c r="H37" t="s">
         <v>54</v>
       </c>
       <c r="I37">
-        <v>2228400</v>
+        <v>26936800</v>
       </c>
       <c r="J37" t="s">
         <v>68</v>
       </c>
       <c r="K37" t="s">
-        <v>174</v>
+        <v>262</v>
       </c>
       <c r="L37" t="s">
-        <v>174</v>
+        <v>262</v>
       </c>
       <c r="M37">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="B38" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="C38" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="D38" t="s">
         <v>567</v>
       </c>
       <c r="E38" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="F38" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="G38" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="H38" t="s">
         <v>54</v>
       </c>
       <c r="I38">
-        <v>62932874.94375</v>
+        <v>2820000</v>
       </c>
       <c r="J38" t="s">
         <v>68</v>
       </c>
       <c r="K38" t="s">
-        <v>102</v>
+        <v>262</v>
       </c>
       <c r="L38" t="s">
-        <v>103</v>
+        <v>262</v>
       </c>
       <c r="M38">
-        <v>366</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="B39" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="C39" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="D39" t="s">
         <v>569</v>
       </c>
       <c r="E39" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="F39" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="G39" t="s">
-        <v>1147</v>
+        <v>378</v>
       </c>
       <c r="H39" t="s">
         <v>54</v>
       </c>
       <c r="I39">
-        <v>65985779.5375</v>
+        <v>23404000</v>
       </c>
       <c r="J39" t="s">
         <v>68</v>
       </c>
       <c r="K39" t="s">
-        <v>102</v>
+        <v>377</v>
       </c>
       <c r="L39" t="s">
-        <v>103</v>
+        <v>378</v>
       </c>
       <c r="M39">
-        <v>366</v>
+        <v>365</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="B40" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="C40" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="D40" t="s">
         <v>571</v>
       </c>
       <c r="E40" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="F40" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="G40" t="s">
-        <v>119</v>
+        <v>1150</v>
       </c>
       <c r="H40" t="s">
         <v>54</v>
       </c>
       <c r="I40">
-        <v>124216575.33</v>
+        <v>25744400</v>
       </c>
       <c r="J40" t="s">
         <v>68</v>
       </c>
       <c r="K40" t="s">
-        <v>118</v>
+        <v>172</v>
       </c>
       <c r="L40" t="s">
-        <v>119</v>
+        <v>412</v>
       </c>
       <c r="M40">
         <v>365</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="B41" t="s">
         <v>413</v>
       </c>
       <c r="C41" t="s">
         <v>416</v>
       </c>
       <c r="D41" t="s">
         <v>573</v>
       </c>
       <c r="E41" t="s">
         <v>417</v>
       </c>
       <c r="F41" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="G41" t="s">
-        <v>419</v>
+        <v>262</v>
       </c>
       <c r="H41" t="s">
         <v>54</v>
       </c>
       <c r="I41">
-        <v>204068333.6</v>
+        <v>183276750</v>
       </c>
       <c r="J41" t="s">
         <v>68</v>
       </c>
       <c r="K41" t="s">
-        <v>346</v>
+        <v>249</v>
       </c>
       <c r="L41" t="s">
-        <v>343</v>
+        <v>418</v>
       </c>
       <c r="M41">
         <v>365</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="B42" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="C42" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="D42" t="s">
         <v>575</v>
       </c>
       <c r="E42" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="F42" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="G42" t="s">
-        <v>174</v>
+        <v>262</v>
       </c>
       <c r="H42" t="s">
         <v>54</v>
       </c>
       <c r="I42">
-        <v>72991634.316045</v>
+        <v>2228400</v>
       </c>
       <c r="J42" t="s">
         <v>68</v>
       </c>
       <c r="K42" t="s">
-        <v>155</v>
+        <v>262</v>
       </c>
       <c r="L42" t="s">
-        <v>103</v>
+        <v>262</v>
       </c>
       <c r="M42">
-        <v>365</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="B43" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="C43" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="D43" t="s">
         <v>577</v>
       </c>
       <c r="E43" t="s">
+        <v>430</v>
+      </c>
+      <c r="F43" t="s">
+        <v>431</v>
+      </c>
+      <c r="G43" t="s">
         <v>432</v>
-      </c>
-[...4 lines deleted...]
-        <v>435</v>
       </c>
       <c r="H43" t="s">
         <v>54</v>
       </c>
       <c r="I43">
-        <v>125512847.82</v>
+        <v>204068333.6</v>
       </c>
       <c r="J43" t="s">
         <v>68</v>
       </c>
       <c r="K43" t="s">
-        <v>434</v>
+        <v>249</v>
       </c>
       <c r="L43" t="s">
-        <v>435</v>
+        <v>247</v>
       </c>
       <c r="M43">
         <v>365</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="B44" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="C44" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="D44" t="s">
         <v>579</v>
       </c>
       <c r="E44" t="s">
+        <v>439</v>
+      </c>
+      <c r="F44" t="s">
+        <v>439</v>
+      </c>
+      <c r="G44" t="s">
         <v>441</v>
-      </c>
-[...4 lines deleted...]
-        <v>1153</v>
       </c>
       <c r="H44" t="s">
         <v>54</v>
       </c>
       <c r="I44">
-        <v>542300079.25</v>
+        <v>1593216714.5</v>
       </c>
       <c r="J44" t="s">
         <v>68</v>
       </c>
       <c r="K44" t="s">
-        <v>155</v>
+        <v>118</v>
       </c>
       <c r="L44" t="s">
-        <v>103</v>
+        <v>441</v>
       </c>
       <c r="M44">
         <v>365</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="B45" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="C45" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="D45" t="s">
         <v>581</v>
       </c>
       <c r="E45" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="F45" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="G45" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="H45" t="s">
         <v>54</v>
       </c>
       <c r="I45">
-        <v>114218750</v>
+        <v>542300079.25</v>
       </c>
       <c r="J45" t="s">
         <v>68</v>
       </c>
       <c r="K45" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="L45" t="s">
-        <v>103</v>
+        <v>185</v>
       </c>
       <c r="M45">
-        <v>0</v>
+        <v>365</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="B46" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C46" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D46" t="s">
         <v>583</v>
       </c>
       <c r="E46" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="F46" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="G46" t="s">
         <v>455</v>
       </c>
       <c r="H46" t="s">
         <v>54</v>
       </c>
       <c r="I46">
-        <v>1593216714.5</v>
+        <v>1551486659.3</v>
       </c>
       <c r="J46" t="s">
         <v>68</v>
       </c>
       <c r="K46" t="s">
-        <v>244</v>
+        <v>457</v>
       </c>
       <c r="L46" t="s">
         <v>455</v>
       </c>
       <c r="M46">
         <v>365</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="B47" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C47" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D47" t="s">
         <v>585</v>
       </c>
       <c r="E47" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F47" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="G47" t="s">
-        <v>462</v>
+        <v>1159</v>
       </c>
       <c r="H47" t="s">
         <v>54</v>
       </c>
       <c r="I47">
-        <v>1587289680.5</v>
+        <v>62932874.94375</v>
       </c>
       <c r="J47" t="s">
         <v>68</v>
       </c>
       <c r="K47" t="s">
-        <v>244</v>
+        <v>184</v>
       </c>
       <c r="L47" t="s">
-        <v>462</v>
+        <v>185</v>
       </c>
       <c r="M47">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="B48" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="C48" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="D48" t="s">
         <v>587</v>
       </c>
       <c r="E48" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="F48" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="G48" t="s">
-        <v>1159</v>
+        <v>262</v>
       </c>
       <c r="H48" t="s">
         <v>54</v>
       </c>
       <c r="I48">
-        <v>226940481.7755</v>
+        <v>72991634.316045</v>
       </c>
       <c r="J48" t="s">
         <v>68</v>
       </c>
       <c r="K48" t="s">
-        <v>155</v>
+        <v>96</v>
       </c>
       <c r="L48" t="s">
-        <v>469</v>
+        <v>185</v>
       </c>
       <c r="M48">
         <v>365</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="B49" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="C49" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="D49" t="s">
         <v>589</v>
       </c>
       <c r="E49" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="F49" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="G49" t="s">
-        <v>1161</v>
+        <v>476</v>
       </c>
       <c r="H49" t="s">
         <v>54</v>
       </c>
       <c r="I49">
-        <v>203175000</v>
+        <v>125512847.82</v>
       </c>
       <c r="J49" t="s">
         <v>68</v>
       </c>
       <c r="K49" t="s">
-        <v>346</v>
+        <v>475</v>
       </c>
       <c r="L49" t="s">
-        <v>343</v>
+        <v>476</v>
       </c>
       <c r="M49">
         <v>365</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>1162</v>
       </c>
       <c r="B50" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="C50" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="D50" t="s">
         <v>591</v>
       </c>
       <c r="E50" t="s">
+        <v>482</v>
+      </c>
+      <c r="F50" t="s">
+        <v>482</v>
+      </c>
+      <c r="G50" t="s">
         <v>483</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
       <c r="H50" t="s">
         <v>54</v>
       </c>
       <c r="I50">
-        <v>40000000</v>
+        <v>225000000</v>
       </c>
       <c r="J50" t="s">
         <v>68</v>
       </c>
       <c r="K50" t="s">
-        <v>174</v>
+        <v>63</v>
       </c>
       <c r="L50" t="s">
-        <v>174</v>
+        <v>483</v>
       </c>
       <c r="M50">
-        <v>0</v>
+        <v>365</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>484</v>
       </c>
@@ -25271,1696 +25271,1696 @@
       </c>
       <c r="I2" t="s">
         <v>604</v>
       </c>
       <c r="J2" t="s">
         <v>605</v>
       </c>
       <c r="K2" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>1165</v>
       </c>
       <c r="B3" t="s">
         <v>1100</v>
       </c>
       <c r="C3" t="s">
         <v>69</v>
       </c>
       <c r="D3" t="s">
         <v>72</v>
       </c>
       <c r="E3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F3">
-        <v>10000</v>
+        <v>323.1</v>
       </c>
       <c r="G3" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="H3" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="I3" t="s">
         <v>604</v>
       </c>
       <c r="J3" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="K3" t="s">
-        <v>51</v>
+        <v>610</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>1166</v>
       </c>
       <c r="B4" t="s">
         <v>1101</v>
       </c>
       <c r="C4" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="D4" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="E4" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F4">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="H4" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="I4" t="s">
         <v>604</v>
       </c>
       <c r="J4" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="K4" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>1167</v>
       </c>
       <c r="B5" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="C5" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="D5" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="E5" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="F5">
-        <v>1</v>
+        <v>10000</v>
       </c>
       <c r="G5" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="H5" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="I5" t="s">
         <v>604</v>
       </c>
       <c r="J5" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="K5" t="s">
-        <v>618</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>1168</v>
       </c>
       <c r="B6" t="s">
         <v>1104</v>
       </c>
       <c r="C6" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D6" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F6">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G6" t="s">
-        <v>601</v>
+        <v>620</v>
       </c>
       <c r="H6" t="s">
-        <v>620</v>
+        <v>608</v>
       </c>
       <c r="I6" t="s">
         <v>604</v>
       </c>
       <c r="J6" t="s">
+        <v>609</v>
+      </c>
+      <c r="K6" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>622</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>1169</v>
       </c>
       <c r="B7" t="s">
         <v>1105</v>
       </c>
       <c r="C7" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D7" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E7" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F7">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="G7" t="s">
         <v>601</v>
       </c>
       <c r="H7" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="I7" t="s">
         <v>604</v>
       </c>
       <c r="J7" t="s">
+        <v>624</v>
+      </c>
+      <c r="K7" t="s">
         <v>625</v>
-      </c>
-[...1 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>1170</v>
       </c>
       <c r="B8" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
       <c r="C8" t="s">
+        <v>136</v>
+      </c>
+      <c r="D8" t="s">
         <v>139</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>142</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8">
-        <v>23674</v>
+        <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>601</v>
       </c>
       <c r="H8" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="I8" t="s">
         <v>604</v>
       </c>
       <c r="J8" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="K8" t="s">
-        <v>622</v>
+        <v>615</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>1171</v>
       </c>
       <c r="B9" t="s">
-        <v>1109</v>
+        <v>1108</v>
       </c>
       <c r="C9" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D9" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E9" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F9">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G9" t="s">
-        <v>631</v>
+        <v>620</v>
       </c>
       <c r="H9" t="s">
-        <v>632</v>
+        <v>608</v>
       </c>
       <c r="I9" t="s">
         <v>604</v>
       </c>
       <c r="J9" t="s">
-        <v>633</v>
+        <v>609</v>
       </c>
       <c r="K9" t="s">
-        <v>626</v>
+        <v>621</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>1172</v>
       </c>
       <c r="B10" t="s">
-        <v>1111</v>
+        <v>1109</v>
       </c>
       <c r="C10" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D10" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="E10" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="F10">
-        <v>750000</v>
+        <v>25</v>
       </c>
       <c r="G10" t="s">
         <v>601</v>
       </c>
+      <c r="H10" t="s">
+        <v>623</v>
+      </c>
       <c r="I10" t="s">
         <v>604</v>
       </c>
+      <c r="J10" t="s">
+        <v>624</v>
+      </c>
       <c r="K10" t="s">
-        <v>51</v>
+        <v>625</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>1173</v>
       </c>
       <c r="B11" t="s">
-        <v>1112</v>
+        <v>1110</v>
       </c>
       <c r="C11" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D11" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="E11" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F11">
-        <v>10000</v>
+        <v>1238</v>
       </c>
       <c r="G11" t="s">
         <v>601</v>
       </c>
       <c r="H11" t="s">
-        <v>636</v>
+        <v>632</v>
       </c>
       <c r="I11" t="s">
         <v>604</v>
       </c>
       <c r="J11" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="K11" t="s">
-        <v>51</v>
+        <v>625</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>1174</v>
       </c>
       <c r="B12" t="s">
-        <v>1113</v>
+        <v>1112</v>
       </c>
       <c r="C12" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D12" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="E12" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="F12">
-        <v>1075</v>
+        <v>1</v>
       </c>
       <c r="G12" t="s">
-        <v>601</v>
+        <v>635</v>
       </c>
       <c r="H12" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="I12" t="s">
         <v>604</v>
       </c>
       <c r="J12" t="s">
-        <v>640</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>637</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>1175</v>
       </c>
       <c r="B13" t="s">
         <v>1114</v>
       </c>
       <c r="C13" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D13" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="E13" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="F13">
-        <v>1178</v>
+        <v>23674</v>
       </c>
       <c r="G13" t="s">
         <v>601</v>
       </c>
       <c r="H13" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="I13" t="s">
         <v>604</v>
       </c>
       <c r="J13" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="K13" t="s">
-        <v>51</v>
+        <v>625</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>1176</v>
       </c>
       <c r="B14" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="C14" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="D14" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="E14" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="F14">
-        <v>23674</v>
+        <v>1</v>
       </c>
       <c r="G14" t="s">
-        <v>601</v>
+        <v>635</v>
       </c>
       <c r="H14" t="s">
-        <v>628</v>
+        <v>636</v>
       </c>
       <c r="I14" t="s">
         <v>604</v>
       </c>
       <c r="J14" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
       <c r="K14" t="s">
-        <v>51</v>
+        <v>640</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>1177</v>
       </c>
       <c r="B15" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="C15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E15" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="F15">
-        <v>1178</v>
+        <v>1</v>
       </c>
       <c r="G15" t="s">
-        <v>601</v>
+        <v>642</v>
       </c>
       <c r="H15" t="s">
-        <v>628</v>
+        <v>643</v>
       </c>
       <c r="I15" t="s">
         <v>604</v>
       </c>
       <c r="J15" t="s">
-        <v>629</v>
+        <v>644</v>
       </c>
       <c r="K15" t="s">
-        <v>51</v>
+        <v>645</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>1178</v>
       </c>
       <c r="B16" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="C16" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="D16" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="E16" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="F16">
         <v>1</v>
       </c>
       <c r="G16" t="s">
-        <v>645</v>
+        <v>620</v>
       </c>
       <c r="H16" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="I16" t="s">
         <v>604</v>
       </c>
       <c r="J16" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="K16" t="s">
-        <v>648</v>
+        <v>141</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>1179</v>
       </c>
       <c r="B17" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="C17" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D17" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E17" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F17">
-        <v>37824</v>
+        <v>1</v>
       </c>
       <c r="G17" t="s">
-        <v>601</v>
+        <v>642</v>
       </c>
       <c r="H17" t="s">
-        <v>628</v>
+        <v>650</v>
       </c>
       <c r="I17" t="s">
         <v>604</v>
       </c>
       <c r="J17" t="s">
-        <v>629</v>
+        <v>651</v>
       </c>
       <c r="K17" t="s">
-        <v>51</v>
+        <v>645</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>1180</v>
       </c>
       <c r="B18" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="C18" t="s">
         <v>228</v>
       </c>
       <c r="D18" t="s">
         <v>231</v>
       </c>
       <c r="E18" t="s">
         <v>232</v>
       </c>
       <c r="F18">
-        <v>37824</v>
+        <v>25</v>
       </c>
       <c r="G18" t="s">
         <v>601</v>
       </c>
       <c r="H18" t="s">
-        <v>628</v>
+        <v>623</v>
       </c>
       <c r="I18" t="s">
         <v>604</v>
       </c>
       <c r="J18" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="K18" t="s">
-        <v>51</v>
+        <v>625</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>1181</v>
       </c>
       <c r="B19" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="C19" t="s">
+        <v>234</v>
+      </c>
+      <c r="D19" t="s">
         <v>237</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="F19">
         <v>0</v>
       </c>
       <c r="G19" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="H19" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="I19" t="s">
         <v>604</v>
       </c>
       <c r="J19" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="K19" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>1182</v>
       </c>
       <c r="B20" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="C20" t="s">
+        <v>241</v>
+      </c>
+      <c r="D20" t="s">
+        <v>244</v>
+      </c>
+      <c r="E20" t="s">
         <v>245</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G20" t="s">
         <v>601</v>
       </c>
       <c r="H20" t="s">
-        <v>620</v>
+        <v>603</v>
       </c>
       <c r="I20" t="s">
         <v>604</v>
       </c>
       <c r="J20" t="s">
-        <v>621</v>
+        <v>605</v>
       </c>
       <c r="K20" t="s">
-        <v>653</v>
+        <v>141</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>1183</v>
       </c>
       <c r="B21" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C21" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="D21" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="E21" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="F21">
-        <v>12244</v>
+        <v>25</v>
       </c>
       <c r="G21" t="s">
-        <v>601</v>
+        <v>635</v>
       </c>
       <c r="H21" t="s">
-        <v>628</v>
+        <v>623</v>
       </c>
       <c r="I21" t="s">
         <v>604</v>
       </c>
       <c r="J21" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="K21" t="s">
-        <v>51</v>
+        <v>625</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>1184</v>
       </c>
       <c r="B22" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="C22" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="D22" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="E22" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F22">
-        <v>1</v>
+        <v>10000</v>
       </c>
       <c r="G22" t="s">
-        <v>645</v>
+        <v>601</v>
       </c>
       <c r="H22" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="I22" t="s">
         <v>604</v>
       </c>
       <c r="J22" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="K22" t="s">
-        <v>648</v>
+        <v>51</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>1185</v>
       </c>
       <c r="B23" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C23" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="D23" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="E23" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="F23">
-        <v>1410</v>
+        <v>10</v>
       </c>
       <c r="G23" t="s">
         <v>601</v>
       </c>
       <c r="H23" t="s">
-        <v>628</v>
+        <v>660</v>
       </c>
       <c r="I23" t="s">
         <v>604</v>
       </c>
       <c r="J23" t="s">
-        <v>629</v>
+        <v>661</v>
       </c>
       <c r="K23" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>1186</v>
       </c>
       <c r="B24" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="C24" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="D24" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="E24" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
       <c r="F24">
-        <v>12244</v>
+        <v>1010</v>
       </c>
       <c r="G24" t="s">
         <v>601</v>
       </c>
       <c r="H24" t="s">
-        <v>628</v>
+        <v>663</v>
       </c>
       <c r="I24" t="s">
         <v>604</v>
       </c>
       <c r="J24" t="s">
-        <v>629</v>
+        <v>664</v>
       </c>
       <c r="K24" t="s">
-        <v>51</v>
+        <v>625</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>1187</v>
       </c>
       <c r="B25" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="C25" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="D25" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="E25" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="F25">
-        <v>1410</v>
+        <v>1</v>
       </c>
       <c r="G25" t="s">
         <v>601</v>
       </c>
-      <c r="H25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I25" t="s">
         <v>604</v>
       </c>
-      <c r="J25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K25" t="s">
-        <v>51</v>
+        <v>640</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>1188</v>
       </c>
       <c r="B26" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="C26" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="D26" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="E26" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="F26">
-        <v>25</v>
+        <v>388.1</v>
       </c>
       <c r="G26" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="H26" t="s">
-        <v>620</v>
+        <v>608</v>
       </c>
       <c r="I26" t="s">
         <v>604</v>
       </c>
       <c r="J26" t="s">
-        <v>621</v>
+        <v>609</v>
       </c>
       <c r="K26" t="s">
-        <v>622</v>
+        <v>640</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>1189</v>
       </c>
       <c r="B27" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="C27" t="s">
+        <v>296</v>
+      </c>
+      <c r="D27" t="s">
+        <v>299</v>
+      </c>
+      <c r="E27" t="s">
         <v>300</v>
       </c>
-      <c r="D27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27">
-        <v>11702</v>
+        <v>25</v>
       </c>
       <c r="G27" t="s">
         <v>601</v>
       </c>
       <c r="H27" t="s">
-        <v>628</v>
+        <v>623</v>
       </c>
       <c r="I27" t="s">
         <v>604</v>
       </c>
       <c r="J27" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="K27" t="s">
-        <v>51</v>
+        <v>668</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>1190</v>
       </c>
       <c r="B28" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="C28" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D28" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="E28" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="F28">
-        <v>11702</v>
+        <v>10000</v>
       </c>
       <c r="G28" t="s">
         <v>601</v>
       </c>
       <c r="H28" t="s">
-        <v>628</v>
+        <v>670</v>
       </c>
       <c r="I28" t="s">
         <v>604</v>
       </c>
       <c r="J28" t="s">
-        <v>629</v>
+        <v>671</v>
       </c>
       <c r="K28" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>1191</v>
       </c>
       <c r="B29" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="C29" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="D29" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="E29" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="F29">
-        <v>323.1</v>
+        <v>1075</v>
       </c>
       <c r="G29" t="s">
-        <v>665</v>
+        <v>601</v>
       </c>
       <c r="H29" t="s">
-        <v>611</v>
+        <v>673</v>
       </c>
       <c r="I29" t="s">
         <v>604</v>
       </c>
       <c r="J29" t="s">
-        <v>612</v>
+        <v>674</v>
       </c>
       <c r="K29" t="s">
-        <v>666</v>
+        <v>51</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>1192</v>
       </c>
       <c r="B30" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="C30" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="D30" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="E30" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="F30">
-        <v>1238</v>
+        <v>1178</v>
       </c>
       <c r="G30" t="s">
         <v>601</v>
       </c>
       <c r="H30" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="I30" t="s">
         <v>604</v>
       </c>
       <c r="J30" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="K30" t="s">
-        <v>622</v>
+        <v>51</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>1193</v>
       </c>
       <c r="B31" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="C31" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="D31" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="E31" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="F31">
-        <v>0</v>
+        <v>23674</v>
       </c>
       <c r="G31" t="s">
         <v>601</v>
       </c>
       <c r="H31" t="s">
-        <v>603</v>
+        <v>632</v>
       </c>
       <c r="I31" t="s">
         <v>604</v>
       </c>
       <c r="J31" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
       <c r="K31" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>1194</v>
       </c>
       <c r="B32" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="C32" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="D32" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="E32" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="F32">
-        <v>1</v>
+        <v>1178</v>
       </c>
       <c r="G32" t="s">
-        <v>610</v>
+        <v>601</v>
       </c>
       <c r="H32" t="s">
-        <v>670</v>
+        <v>632</v>
       </c>
       <c r="I32" t="s">
         <v>604</v>
       </c>
       <c r="J32" t="s">
-        <v>671</v>
+        <v>633</v>
       </c>
       <c r="K32" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>1195</v>
       </c>
       <c r="B33" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="C33" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="D33" t="s">
-        <v>360</v>
+        <v>351</v>
       </c>
       <c r="E33" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
       <c r="F33">
-        <v>0</v>
+        <v>37824</v>
       </c>
       <c r="G33" t="s">
-        <v>610</v>
+        <v>601</v>
       </c>
       <c r="H33" t="s">
-        <v>611</v>
+        <v>632</v>
       </c>
       <c r="I33" t="s">
         <v>604</v>
       </c>
       <c r="J33" t="s">
-        <v>612</v>
+        <v>633</v>
       </c>
       <c r="K33" t="s">
-        <v>613</v>
+        <v>51</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>1196</v>
       </c>
       <c r="B34" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C34" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="D34" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="E34" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="F34">
-        <v>0</v>
+        <v>37824</v>
       </c>
       <c r="G34" t="s">
         <v>601</v>
       </c>
       <c r="H34" t="s">
-        <v>674</v>
+        <v>632</v>
       </c>
       <c r="I34" t="s">
         <v>604</v>
       </c>
       <c r="J34" t="s">
-        <v>675</v>
+        <v>633</v>
       </c>
       <c r="K34" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>1197</v>
       </c>
       <c r="B35" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="C35" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="D35" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="E35" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="F35">
-        <v>1010</v>
+        <v>12244</v>
       </c>
       <c r="G35" t="s">
         <v>601</v>
       </c>
       <c r="H35" t="s">
-        <v>677</v>
+        <v>632</v>
       </c>
       <c r="I35" t="s">
         <v>604</v>
       </c>
       <c r="J35" t="s">
-        <v>678</v>
+        <v>633</v>
       </c>
       <c r="K35" t="s">
-        <v>622</v>
+        <v>51</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>1198</v>
       </c>
       <c r="B36" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="C36" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
       <c r="D36" t="s">
-        <v>385</v>
+        <v>375</v>
       </c>
       <c r="E36" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="F36">
-        <v>25</v>
+        <v>1410</v>
       </c>
       <c r="G36" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="H36" t="s">
-        <v>620</v>
+        <v>632</v>
       </c>
       <c r="I36" t="s">
         <v>604</v>
       </c>
       <c r="J36" t="s">
-        <v>621</v>
+        <v>633</v>
       </c>
       <c r="K36" t="s">
-        <v>622</v>
+        <v>51</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>1199</v>
       </c>
       <c r="B37" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="C37" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="D37" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="E37" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="F37">
-        <v>1238</v>
+        <v>12244</v>
       </c>
       <c r="G37" t="s">
         <v>601</v>
       </c>
       <c r="H37" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="I37" t="s">
         <v>604</v>
       </c>
       <c r="J37" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="K37" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>1200</v>
       </c>
       <c r="B38" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="C38" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="D38" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="E38" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="F38">
-        <v>1</v>
+        <v>1410</v>
       </c>
       <c r="G38" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="H38" t="s">
-        <v>682</v>
+        <v>632</v>
       </c>
       <c r="I38" t="s">
         <v>604</v>
       </c>
       <c r="J38" t="s">
-        <v>683</v>
+        <v>633</v>
       </c>
       <c r="K38" t="s">
-        <v>618</v>
+        <v>51</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>1201</v>
       </c>
       <c r="B39" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C39" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="D39" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="E39" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="F39">
-        <v>1</v>
+        <v>11702</v>
       </c>
       <c r="G39" t="s">
         <v>601</v>
       </c>
+      <c r="H39" t="s">
+        <v>632</v>
+      </c>
       <c r="I39" t="s">
         <v>604</v>
       </c>
+      <c r="J39" t="s">
+        <v>633</v>
+      </c>
       <c r="K39" t="s">
-        <v>618</v>
+        <v>51</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>1202</v>
       </c>
       <c r="B40" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="C40" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="D40" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="E40" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="F40">
-        <v>25</v>
+        <v>11702</v>
       </c>
       <c r="G40" t="s">
         <v>601</v>
       </c>
       <c r="H40" t="s">
-        <v>620</v>
+        <v>632</v>
       </c>
       <c r="I40" t="s">
         <v>604</v>
       </c>
       <c r="J40" t="s">
-        <v>621</v>
+        <v>633</v>
       </c>
       <c r="K40" t="s">
-        <v>622</v>
+        <v>51</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>1203</v>
       </c>
       <c r="B41" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="C41" t="s">
         <v>413</v>
       </c>
       <c r="D41" t="s">
         <v>416</v>
       </c>
       <c r="E41" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="F41">
         <v>0</v>
       </c>
       <c r="G41" t="s">
         <v>601</v>
       </c>
       <c r="H41" t="s">
         <v>687</v>
       </c>
       <c r="I41" t="s">
         <v>604</v>
       </c>
       <c r="J41" t="s">
         <v>688</v>
       </c>
       <c r="K41" t="s">
-        <v>128</v>
+        <v>141</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>1204</v>
       </c>
       <c r="B42" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="C42" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="D42" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="E42" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="F42">
-        <v>1</v>
+        <v>1238</v>
       </c>
       <c r="G42" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="H42" t="s">
-        <v>682</v>
+        <v>632</v>
       </c>
       <c r="I42" t="s">
         <v>604</v>
       </c>
       <c r="J42" t="s">
-        <v>683</v>
+        <v>633</v>
       </c>
       <c r="K42" t="s">
-        <v>618</v>
+        <v>51</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>1205</v>
       </c>
       <c r="B43" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="C43" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="D43" t="s">
+        <v>429</v>
+      </c>
+      <c r="E43" t="s">
         <v>431</v>
       </c>
-      <c r="E43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F43">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G43" t="s">
         <v>601</v>
       </c>
       <c r="H43" t="s">
-        <v>620</v>
+        <v>691</v>
       </c>
       <c r="I43" t="s">
         <v>604</v>
       </c>
       <c r="J43" t="s">
-        <v>621</v>
+        <v>692</v>
       </c>
       <c r="K43" t="s">
-        <v>691</v>
+        <v>141</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>1206</v>
       </c>
       <c r="B44" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="C44" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="D44" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="E44" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="F44">
-        <v>323.1</v>
+        <v>0</v>
       </c>
       <c r="G44" t="s">
-        <v>665</v>
+        <v>620</v>
       </c>
       <c r="H44" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="I44" t="s">
         <v>604</v>
       </c>
       <c r="J44" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="K44" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>1207</v>
       </c>
       <c r="B45" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="C45" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="D45" t="s">
+        <v>446</v>
+      </c>
+      <c r="E45" t="s">
         <v>447</v>
       </c>
-      <c r="E45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F45">
-        <v>1</v>
+        <v>323.1</v>
       </c>
       <c r="G45" t="s">
-        <v>615</v>
+        <v>607</v>
       </c>
       <c r="H45" t="s">
-        <v>616</v>
+        <v>608</v>
       </c>
       <c r="I45" t="s">
         <v>604</v>
       </c>
       <c r="J45" t="s">
-        <v>617</v>
+        <v>609</v>
+      </c>
+      <c r="K45" t="s">
+        <v>640</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>1208</v>
       </c>
       <c r="B46" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="C46" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D46" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="E46" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="F46">
         <v>0</v>
       </c>
       <c r="G46" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="H46" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="I46" t="s">
         <v>604</v>
       </c>
       <c r="J46" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="K46" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>1209</v>
       </c>
       <c r="B47" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="C47" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D47" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="E47" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F47">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G47" t="s">
-        <v>610</v>
+        <v>635</v>
       </c>
       <c r="H47" t="s">
-        <v>611</v>
+        <v>697</v>
       </c>
       <c r="I47" t="s">
         <v>604</v>
       </c>
       <c r="J47" t="s">
-        <v>612</v>
+        <v>698</v>
       </c>
       <c r="K47" t="s">
-        <v>613</v>
+        <v>640</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>1210</v>
       </c>
       <c r="B48" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C48" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="D48" t="s">
+        <v>466</v>
+      </c>
+      <c r="E48" t="s">
         <v>467</v>
       </c>
-      <c r="E48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48">
-        <v>388.1</v>
+        <v>1</v>
       </c>
       <c r="G48" t="s">
-        <v>665</v>
+        <v>635</v>
       </c>
       <c r="H48" t="s">
-        <v>611</v>
+        <v>697</v>
       </c>
       <c r="I48" t="s">
         <v>604</v>
       </c>
       <c r="J48" t="s">
-        <v>612</v>
+        <v>698</v>
       </c>
       <c r="K48" t="s">
-        <v>618</v>
+        <v>640</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>1211</v>
       </c>
       <c r="B49" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="C49" t="s">
+        <v>469</v>
+      </c>
+      <c r="D49" t="s">
+        <v>472</v>
+      </c>
+      <c r="E49" t="s">
         <v>473</v>
       </c>
-      <c r="D49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F49">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G49" t="s">
         <v>601</v>
       </c>
       <c r="H49" t="s">
-        <v>698</v>
+        <v>623</v>
       </c>
       <c r="I49" t="s">
         <v>604</v>
       </c>
       <c r="J49" t="s">
-        <v>699</v>
+        <v>624</v>
       </c>
       <c r="K49" t="s">
-        <v>128</v>
+        <v>701</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>1212</v>
       </c>
       <c r="B50" t="s">
         <v>1162</v>
       </c>
       <c r="C50" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="D50" t="s">
+        <v>481</v>
+      </c>
+      <c r="E50" t="s">
         <v>482</v>
       </c>
-      <c r="E50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F50">
-        <v>10000</v>
+        <v>750000</v>
       </c>
       <c r="G50" t="s">
         <v>601</v>
       </c>
-      <c r="H50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I50" t="s">
         <v>604</v>
-      </c>
-[...1 lines deleted...]
-        <v>702</v>
       </c>
       <c r="K50" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1163</v>
       </c>
@@ -26987,1590 +26987,1590 @@
       </c>
       <c r="J1" s="1" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1217</v>
       </c>
       <c r="B2" t="s">
         <v>1099</v>
       </c>
       <c r="C2" t="s">
         <v>43</v>
       </c>
       <c r="D2" t="s">
         <v>1218</v>
       </c>
       <c r="E2" t="s">
         <v>705</v>
       </c>
       <c r="F2" t="s">
         <v>706</v>
       </c>
       <c r="G2" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="H2" t="s">
         <v>51</v>
       </c>
       <c r="I2">
         <v>100000000</v>
       </c>
       <c r="J2" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>1219</v>
       </c>
       <c r="B3" t="s">
         <v>1100</v>
       </c>
       <c r="C3" t="s">
         <v>69</v>
       </c>
       <c r="D3" t="s">
         <v>1220</v>
       </c>
       <c r="E3" t="s">
         <v>708</v>
       </c>
       <c r="F3" t="s">
         <v>709</v>
       </c>
       <c r="G3" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="H3" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="I3">
-        <v>45000000</v>
+        <v>552385638</v>
       </c>
       <c r="J3" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>1221</v>
       </c>
       <c r="B4" t="s">
         <v>1101</v>
       </c>
       <c r="C4" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="D4" t="s">
         <v>1222</v>
       </c>
       <c r="E4" t="s">
         <v>711</v>
       </c>
       <c r="F4" t="s">
         <v>712</v>
       </c>
       <c r="G4" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="H4" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="I4">
-        <v>1551486659</v>
+        <v>299990</v>
       </c>
       <c r="J4" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>1223</v>
       </c>
       <c r="B5" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="C5" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="D5" t="s">
         <v>1224</v>
       </c>
       <c r="E5" t="s">
         <v>714</v>
       </c>
       <c r="F5" t="s">
         <v>715</v>
       </c>
       <c r="G5" t="s">
-        <v>219</v>
+        <v>134</v>
       </c>
       <c r="H5" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="I5">
-        <v>114890625</v>
+        <v>45000000</v>
       </c>
       <c r="J5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>1225</v>
       </c>
       <c r="B6" t="s">
         <v>1104</v>
       </c>
       <c r="C6" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D6" t="s">
         <v>1226</v>
       </c>
       <c r="E6" t="s">
         <v>717</v>
       </c>
       <c r="F6" t="s">
         <v>718</v>
       </c>
       <c r="G6" t="s">
-        <v>121</v>
+        <v>876</v>
       </c>
       <c r="H6" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="I6">
-        <v>125289858.83</v>
+        <v>1125660243</v>
       </c>
       <c r="J6" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>1227</v>
       </c>
       <c r="B7" t="s">
         <v>1105</v>
       </c>
       <c r="C7" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D7" t="s">
         <v>1228</v>
       </c>
       <c r="E7" t="s">
         <v>720</v>
       </c>
       <c r="F7" t="s">
         <v>721</v>
       </c>
       <c r="G7" t="s">
-        <v>897</v>
+        <v>134</v>
       </c>
       <c r="H7" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="I7">
-        <v>6522600</v>
+        <v>124216575.33</v>
       </c>
       <c r="J7" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>1229</v>
       </c>
       <c r="B8" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
       <c r="C8" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D8" t="s">
         <v>1230</v>
       </c>
       <c r="E8" t="s">
         <v>723</v>
       </c>
       <c r="F8" t="s">
         <v>724</v>
       </c>
       <c r="G8" t="s">
-        <v>121</v>
+        <v>904</v>
       </c>
       <c r="H8" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="I8">
-        <v>47348000</v>
+        <v>6522600</v>
       </c>
       <c r="J8" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>1231</v>
       </c>
       <c r="B9" t="s">
-        <v>1109</v>
+        <v>1108</v>
       </c>
       <c r="C9" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D9" t="s">
         <v>1232</v>
       </c>
       <c r="E9" t="s">
         <v>726</v>
       </c>
       <c r="F9" t="s">
         <v>727</v>
       </c>
       <c r="G9" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="H9" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="I9">
-        <v>299990</v>
+        <v>1577985368</v>
       </c>
       <c r="J9" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>1233</v>
       </c>
       <c r="B10" t="s">
-        <v>1111</v>
+        <v>1109</v>
       </c>
       <c r="C10" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D10" t="s">
         <v>1234</v>
       </c>
       <c r="E10" t="s">
         <v>729</v>
       </c>
       <c r="F10" t="s">
         <v>730</v>
       </c>
       <c r="G10" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="H10" t="s">
         <v>51</v>
       </c>
       <c r="I10">
-        <v>225000000</v>
+        <v>125289858.83</v>
       </c>
       <c r="J10" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>1235</v>
       </c>
       <c r="B11" t="s">
-        <v>1112</v>
+        <v>1110</v>
       </c>
       <c r="C11" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D11" t="s">
         <v>1236</v>
       </c>
       <c r="E11" t="s">
         <v>732</v>
       </c>
       <c r="F11" t="s">
         <v>733</v>
       </c>
       <c r="G11" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="H11" t="s">
         <v>51</v>
       </c>
       <c r="I11">
-        <v>16000000</v>
+        <v>2476000</v>
       </c>
       <c r="J11" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>1237</v>
       </c>
       <c r="B12" t="s">
-        <v>1113</v>
+        <v>1112</v>
       </c>
       <c r="C12" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D12" t="s">
         <v>1238</v>
       </c>
       <c r="E12" t="s">
         <v>735</v>
       </c>
       <c r="F12" t="s">
         <v>736</v>
       </c>
       <c r="G12" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="H12" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="I12">
-        <v>86000000</v>
+        <v>114218750</v>
       </c>
       <c r="J12" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>1239</v>
       </c>
       <c r="B13" t="s">
         <v>1114</v>
       </c>
       <c r="C13" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D13" t="s">
         <v>1240</v>
       </c>
       <c r="E13" t="s">
         <v>738</v>
       </c>
       <c r="F13" t="s">
         <v>739</v>
       </c>
       <c r="G13" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="H13" t="s">
         <v>51</v>
       </c>
       <c r="I13">
-        <v>2356000</v>
+        <v>47348000</v>
       </c>
       <c r="J13" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>1241</v>
       </c>
       <c r="B14" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="C14" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="D14" t="s">
         <v>1242</v>
       </c>
       <c r="E14" t="s">
         <v>741</v>
       </c>
       <c r="F14" t="s">
         <v>742</v>
       </c>
       <c r="G14" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="H14" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="I14">
-        <v>52082800</v>
+        <v>114890625</v>
       </c>
       <c r="J14" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>1243</v>
       </c>
       <c r="B15" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="C15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D15" t="s">
         <v>1244</v>
       </c>
       <c r="E15" t="s">
-        <v>729</v>
+        <v>744</v>
       </c>
       <c r="F15" t="s">
-        <v>730</v>
+        <v>745</v>
       </c>
       <c r="G15" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="H15" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="I15">
-        <v>2120400</v>
+        <v>700000000</v>
       </c>
       <c r="J15" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>1245</v>
       </c>
       <c r="B16" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="C16" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="D16" t="s">
         <v>1246</v>
       </c>
       <c r="E16" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="F16" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="G16" t="s">
-        <v>219</v>
+        <v>904</v>
       </c>
       <c r="H16" t="s">
-        <v>100</v>
+        <v>141</v>
       </c>
       <c r="I16">
-        <v>700000000</v>
+        <v>145985000</v>
       </c>
       <c r="J16" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>1247</v>
       </c>
       <c r="B17" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="C17" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D17" t="s">
         <v>1248</v>
       </c>
       <c r="E17" t="s">
-        <v>748</v>
+        <v>744</v>
       </c>
       <c r="F17" t="s">
-        <v>749</v>
+        <v>745</v>
       </c>
       <c r="G17" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="H17" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="I17">
-        <v>18912000</v>
+        <v>700000000</v>
       </c>
       <c r="J17" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>1249</v>
       </c>
       <c r="B18" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="C18" t="s">
         <v>228</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
         <v>751</v>
       </c>
       <c r="F18" t="s">
         <v>752</v>
       </c>
       <c r="G18" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="H18" t="s">
         <v>51</v>
       </c>
       <c r="I18">
-        <v>18912000</v>
+        <v>0</v>
       </c>
       <c r="J18" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C19" t="s">
+        <v>234</v>
+      </c>
+      <c r="D19" t="s">
         <v>1251</v>
       </c>
-      <c r="B19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>754</v>
+        <v>726</v>
       </c>
       <c r="F19" t="s">
-        <v>755</v>
+        <v>727</v>
       </c>
       <c r="G19" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="H19" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="I19">
-        <v>1577985368</v>
+        <v>1587289681</v>
       </c>
       <c r="J19" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C20" t="s">
+        <v>241</v>
+      </c>
+      <c r="D20" t="s">
         <v>1253</v>
       </c>
-      <c r="B20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
       <c r="F20" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="G20" t="s">
-        <v>121</v>
+        <v>904</v>
       </c>
       <c r="H20" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="I20">
-        <v>125462847.82</v>
+        <v>295958250</v>
       </c>
       <c r="J20" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C21" t="s">
+        <v>250</v>
+      </c>
+      <c r="D21" t="s">
         <v>1255</v>
       </c>
-      <c r="B21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="F21" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="G21" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="H21" t="s">
         <v>51</v>
       </c>
       <c r="I21">
-        <v>24488000</v>
+        <v>124176575.33</v>
       </c>
       <c r="J21" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C22" t="s">
+        <v>257</v>
+      </c>
+      <c r="D22" t="s">
         <v>1257</v>
       </c>
-      <c r="B22" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E22" t="s">
-        <v>745</v>
+        <v>761</v>
       </c>
       <c r="F22" t="s">
-        <v>746</v>
+        <v>762</v>
       </c>
       <c r="G22" t="s">
-        <v>219</v>
+        <v>134</v>
       </c>
       <c r="H22" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="I22">
-        <v>700000000</v>
+        <v>40000000</v>
       </c>
       <c r="J22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C23" t="s">
+        <v>263</v>
+      </c>
+      <c r="D23" t="s">
         <v>1259</v>
-      </c>
-[...7 lines deleted...]
-        <v>1260</v>
       </c>
       <c r="E23" t="s">
         <v>764</v>
       </c>
       <c r="F23" t="s">
         <v>765</v>
       </c>
       <c r="G23" t="s">
-        <v>121</v>
+        <v>904</v>
       </c>
       <c r="H23" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="I23">
-        <v>2538000</v>
+        <v>203175000</v>
       </c>
       <c r="J23" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C24" t="s">
+        <v>269</v>
+      </c>
+      <c r="D24" t="s">
         <v>1261</v>
-      </c>
-[...7 lines deleted...]
-        <v>1262</v>
       </c>
       <c r="E24" t="s">
         <v>767</v>
       </c>
       <c r="F24" t="s">
         <v>768</v>
       </c>
       <c r="G24" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="H24" t="s">
         <v>51</v>
       </c>
       <c r="I24">
-        <v>26936800</v>
+        <v>3000000</v>
       </c>
       <c r="J24" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C25" t="s">
+        <v>280</v>
+      </c>
+      <c r="D25" t="s">
         <v>1263</v>
-      </c>
-[...7 lines deleted...]
-        <v>1264</v>
       </c>
       <c r="E25" t="s">
         <v>770</v>
       </c>
       <c r="F25" t="s">
         <v>771</v>
       </c>
       <c r="G25" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="H25" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="I25">
-        <v>2820000</v>
+        <v>65985780</v>
       </c>
       <c r="J25" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C26" t="s">
+        <v>287</v>
+      </c>
+      <c r="D26" t="s">
         <v>1265</v>
-      </c>
-[...4 lines deleted...]
-        <v>294</v>
       </c>
       <c r="E26" t="s">
         <v>773</v>
       </c>
       <c r="F26" t="s">
         <v>774</v>
       </c>
       <c r="G26" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="H26" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="I26">
-        <v>0</v>
+        <v>226940482</v>
       </c>
       <c r="J26" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>1266</v>
       </c>
       <c r="B27" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="C27" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="D27" t="s">
         <v>1267</v>
       </c>
       <c r="E27" t="s">
-        <v>741</v>
+        <v>776</v>
       </c>
       <c r="F27" t="s">
-        <v>742</v>
+        <v>777</v>
       </c>
       <c r="G27" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="H27" t="s">
         <v>51</v>
       </c>
       <c r="I27">
-        <v>25744400</v>
+        <v>125462847.82</v>
       </c>
       <c r="J27" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>1268</v>
       </c>
       <c r="B28" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="C28" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D28" t="s">
         <v>1269</v>
       </c>
       <c r="E28" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="F28" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="G28" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="H28" t="s">
         <v>51</v>
       </c>
       <c r="I28">
-        <v>23404000</v>
+        <v>16000000</v>
       </c>
       <c r="J28" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>1270</v>
       </c>
       <c r="B29" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="C29" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="D29" t="s">
         <v>1271</v>
       </c>
       <c r="E29" t="s">
-        <v>738</v>
+        <v>782</v>
       </c>
       <c r="F29" t="s">
-        <v>739</v>
+        <v>783</v>
       </c>
       <c r="G29" t="s">
-        <v>219</v>
+        <v>134</v>
       </c>
       <c r="H29" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="I29">
-        <v>552385638</v>
+        <v>86000000</v>
       </c>
       <c r="J29" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>1272</v>
       </c>
       <c r="B30" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="C30" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="D30" t="s">
         <v>1273</v>
       </c>
       <c r="E30" t="s">
-        <v>781</v>
+        <v>708</v>
       </c>
       <c r="F30" t="s">
-        <v>782</v>
+        <v>709</v>
       </c>
       <c r="G30" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="H30" t="s">
         <v>51</v>
       </c>
       <c r="I30">
-        <v>2476000</v>
+        <v>2356000</v>
       </c>
       <c r="J30" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>1274</v>
       </c>
       <c r="B31" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="C31" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="D31" t="s">
         <v>1275</v>
       </c>
       <c r="E31" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="F31" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="G31" t="s">
-        <v>897</v>
+        <v>134</v>
       </c>
       <c r="H31" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="I31">
-        <v>295958250</v>
+        <v>52082800</v>
       </c>
       <c r="J31" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>1276</v>
       </c>
       <c r="B32" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="C32" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="D32" t="s">
         <v>1277</v>
       </c>
       <c r="E32" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="F32" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="G32" t="s">
-        <v>897</v>
+        <v>134</v>
       </c>
       <c r="H32" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="I32">
-        <v>145985000</v>
+        <v>2120400</v>
       </c>
       <c r="J32" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>1278</v>
       </c>
       <c r="B33" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="C33" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="D33" t="s">
         <v>1279</v>
       </c>
       <c r="E33" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="F33" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="G33" t="s">
-        <v>875</v>
+        <v>134</v>
       </c>
       <c r="H33" t="s">
-        <v>84</v>
+        <v>51</v>
       </c>
       <c r="I33">
-        <v>1125660243</v>
+        <v>18912000</v>
       </c>
       <c r="J33" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>1280</v>
       </c>
       <c r="B34" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C34" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="D34" t="s">
         <v>1281</v>
       </c>
       <c r="E34" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="F34" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="G34" t="s">
-        <v>897</v>
+        <v>134</v>
       </c>
       <c r="H34" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="I34">
-        <v>183276750</v>
+        <v>18912000</v>
       </c>
       <c r="J34" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>1282</v>
       </c>
       <c r="B35" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="C35" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="D35" t="s">
         <v>1283</v>
       </c>
       <c r="E35" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="F35" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="G35" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="H35" t="s">
         <v>51</v>
       </c>
       <c r="I35">
-        <v>3000000</v>
+        <v>24488000</v>
       </c>
       <c r="J35" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>1284</v>
       </c>
       <c r="B36" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="C36" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
       <c r="D36" t="s">
         <v>1285</v>
       </c>
       <c r="E36" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="F36" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="G36" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="H36" t="s">
         <v>51</v>
       </c>
       <c r="I36">
-        <v>124176575.33</v>
+        <v>2538000</v>
       </c>
       <c r="J36" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>1286</v>
       </c>
       <c r="B37" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="C37" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="D37" t="s">
         <v>1287</v>
       </c>
       <c r="E37" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="F37" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="G37" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="H37" t="s">
         <v>51</v>
       </c>
       <c r="I37">
-        <v>2228400</v>
+        <v>26936800</v>
       </c>
       <c r="J37" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>1288</v>
       </c>
       <c r="B38" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="C38" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="D38" t="s">
         <v>1289</v>
       </c>
       <c r="E38" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F38" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="G38" t="s">
-        <v>219</v>
+        <v>134</v>
       </c>
       <c r="H38" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="I38">
-        <v>62932875</v>
+        <v>2820000</v>
       </c>
       <c r="J38" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>1290</v>
       </c>
       <c r="B39" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C39" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="D39" t="s">
         <v>1291</v>
       </c>
       <c r="E39" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="F39" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="G39" t="s">
-        <v>219</v>
+        <v>134</v>
       </c>
       <c r="H39" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="I39">
-        <v>65985780</v>
+        <v>23404000</v>
       </c>
       <c r="J39" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>1292</v>
       </c>
       <c r="B40" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="C40" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="D40" t="s">
         <v>1293</v>
       </c>
       <c r="E40" t="s">
-        <v>811</v>
+        <v>786</v>
       </c>
       <c r="F40" t="s">
-        <v>812</v>
+        <v>787</v>
       </c>
       <c r="G40" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="H40" t="s">
         <v>51</v>
       </c>
       <c r="I40">
-        <v>124216575.33</v>
+        <v>25744400</v>
       </c>
       <c r="J40" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>1294</v>
       </c>
       <c r="B41" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="C41" t="s">
         <v>413</v>
       </c>
       <c r="D41" t="s">
         <v>1295</v>
       </c>
       <c r="E41" t="s">
         <v>814</v>
       </c>
       <c r="F41" t="s">
         <v>815</v>
       </c>
       <c r="G41" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
       <c r="H41" t="s">
-        <v>128</v>
+        <v>141</v>
       </c>
       <c r="I41">
-        <v>204068334</v>
+        <v>183276750</v>
       </c>
       <c r="J41" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>1296</v>
       </c>
       <c r="B42" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="C42" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="D42" t="s">
         <v>1297</v>
       </c>
       <c r="E42" t="s">
         <v>817</v>
       </c>
       <c r="F42" t="s">
         <v>818</v>
       </c>
       <c r="G42" t="s">
-        <v>219</v>
+        <v>134</v>
       </c>
       <c r="H42" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="I42">
-        <v>72991634</v>
+        <v>2228400</v>
       </c>
       <c r="J42" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>1298</v>
       </c>
       <c r="B43" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="C43" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="D43" t="s">
         <v>1299</v>
       </c>
       <c r="E43" t="s">
         <v>820</v>
       </c>
       <c r="F43" t="s">
         <v>821</v>
       </c>
       <c r="G43" t="s">
-        <v>121</v>
+        <v>904</v>
       </c>
       <c r="H43" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="I43">
-        <v>125512847.82</v>
+        <v>204068334</v>
       </c>
       <c r="J43" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>1300</v>
       </c>
       <c r="B44" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="C44" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="D44" t="s">
         <v>1301</v>
       </c>
       <c r="E44" t="s">
         <v>823</v>
       </c>
       <c r="F44" t="s">
         <v>824</v>
       </c>
       <c r="G44" t="s">
-        <v>219</v>
+        <v>876</v>
       </c>
       <c r="H44" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="I44">
-        <v>542300079</v>
+        <v>1593216715</v>
       </c>
       <c r="J44" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>1302</v>
       </c>
       <c r="B45" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="C45" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="D45" t="s">
         <v>1303</v>
       </c>
       <c r="E45" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="F45" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="G45" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="H45" t="s">
-        <v>100</v>
+        <v>74</v>
       </c>
       <c r="I45">
-        <v>114218750</v>
+        <v>542300079</v>
       </c>
       <c r="J45" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>1304</v>
       </c>
       <c r="B46" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="C46" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D46" t="s">
         <v>1305</v>
       </c>
       <c r="E46" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="F46" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="G46" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="H46" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="I46">
-        <v>1593216715</v>
+        <v>1551486659</v>
       </c>
       <c r="J46" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>1306</v>
       </c>
       <c r="B47" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="C47" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D47" t="s">
         <v>1307</v>
       </c>
       <c r="E47" t="s">
-        <v>754</v>
+        <v>830</v>
       </c>
       <c r="F47" t="s">
-        <v>755</v>
+        <v>831</v>
       </c>
       <c r="G47" t="s">
-        <v>875</v>
+        <v>209</v>
       </c>
       <c r="H47" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="I47">
-        <v>1587289681</v>
+        <v>62932875</v>
       </c>
       <c r="J47" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>1308</v>
       </c>
       <c r="B48" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C48" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="D48" t="s">
         <v>1309</v>
       </c>
       <c r="E48" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="F48" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="G48" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="H48" t="s">
-        <v>100</v>
+        <v>74</v>
       </c>
       <c r="I48">
-        <v>226940482</v>
+        <v>72991634</v>
       </c>
       <c r="J48" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>1310</v>
       </c>
       <c r="B49" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="C49" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="D49" t="s">
         <v>1311</v>
       </c>
       <c r="E49" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="F49" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="G49" t="s">
-        <v>897</v>
+        <v>134</v>
       </c>
       <c r="H49" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="I49">
-        <v>203175000</v>
+        <v>125512847.82</v>
       </c>
       <c r="J49" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>1312</v>
       </c>
       <c r="B50" t="s">
         <v>1162</v>
       </c>
       <c r="C50" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="D50" t="s">
         <v>1313</v>
       </c>
       <c r="E50" t="s">
-        <v>837</v>
+        <v>789</v>
       </c>
       <c r="F50" t="s">
-        <v>838</v>
+        <v>790</v>
       </c>
       <c r="G50" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="H50" t="s">
         <v>51</v>
       </c>
       <c r="I50">
-        <v>40000000</v>
+        <v>225000000</v>
       </c>
       <c r="J50" t="s">
         <v>68</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>484</v>
       </c>
@@ -28608,1270 +28608,1270 @@
       </c>
       <c r="E2" t="s">
         <v>601</v>
       </c>
       <c r="F2" t="s">
         <v>1315</v>
       </c>
       <c r="G2" t="s">
         <v>604</v>
       </c>
       <c r="H2" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>1316</v>
       </c>
       <c r="B3" t="s">
         <v>69</v>
       </c>
       <c r="C3" t="s">
         <v>1317</v>
       </c>
       <c r="D3">
-        <v>10000</v>
+        <v>323.1</v>
       </c>
       <c r="E3" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="F3" t="s">
         <v>1318</v>
       </c>
       <c r="G3" t="s">
         <v>604</v>
       </c>
       <c r="H3" t="s">
-        <v>51</v>
+        <v>610</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>1319</v>
       </c>
       <c r="B4" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C4" t="s">
-        <v>85</v>
+        <v>1320</v>
       </c>
       <c r="D4">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="F4" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="G4" t="s">
         <v>604</v>
       </c>
       <c r="H4" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="B5" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="C5" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="D5">
-        <v>1</v>
+        <v>10000</v>
       </c>
       <c r="E5" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="F5" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="G5" t="s">
         <v>604</v>
       </c>
       <c r="H5" t="s">
-        <v>618</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="B6" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C6" t="s">
-        <v>1325</v>
+        <v>115</v>
       </c>
       <c r="D6">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="E6" t="s">
-        <v>601</v>
+        <v>620</v>
       </c>
       <c r="F6" t="s">
-        <v>1325</v>
+        <v>1318</v>
       </c>
       <c r="G6" t="s">
         <v>604</v>
       </c>
       <c r="H6" t="s">
-        <v>622</v>
+        <v>621</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>1326</v>
       </c>
       <c r="B7" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C7" t="s">
-        <v>625</v>
+        <v>1327</v>
       </c>
       <c r="D7">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="E7" t="s">
         <v>601</v>
       </c>
       <c r="F7" t="s">
         <v>1327</v>
       </c>
       <c r="G7" t="s">
         <v>604</v>
       </c>
       <c r="H7" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>1328</v>
       </c>
       <c r="B8" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C8" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="D8">
-        <v>23674</v>
+        <v>14</v>
       </c>
       <c r="E8" t="s">
         <v>601</v>
       </c>
       <c r="F8" t="s">
         <v>1329</v>
       </c>
       <c r="G8" t="s">
         <v>604</v>
       </c>
       <c r="H8" t="s">
-        <v>622</v>
+        <v>615</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>1330</v>
       </c>
       <c r="B9" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C9" t="s">
-        <v>1331</v>
+        <v>155</v>
       </c>
       <c r="D9">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="E9" t="s">
-        <v>631</v>
+        <v>620</v>
       </c>
       <c r="F9" t="s">
-        <v>1332</v>
+        <v>1318</v>
       </c>
       <c r="G9" t="s">
         <v>604</v>
       </c>
       <c r="H9" t="s">
-        <v>626</v>
+        <v>621</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1333</v>
+        <v>1331</v>
       </c>
       <c r="B10" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C10" t="s">
-        <v>1334</v>
+        <v>1327</v>
       </c>
       <c r="D10">
-        <v>750000</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
         <v>601</v>
       </c>
       <c r="F10" t="s">
-        <v>1335</v>
+        <v>1327</v>
       </c>
       <c r="G10" t="s">
         <v>604</v>
       </c>
       <c r="H10" t="s">
-        <v>51</v>
+        <v>625</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1336</v>
+        <v>1332</v>
       </c>
       <c r="B11" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C11" t="s">
-        <v>1337</v>
+        <v>1333</v>
       </c>
       <c r="D11">
-        <v>10000</v>
+        <v>1238</v>
       </c>
       <c r="E11" t="s">
         <v>601</v>
       </c>
       <c r="F11" t="s">
-        <v>1338</v>
+        <v>1334</v>
       </c>
       <c r="G11" t="s">
         <v>604</v>
       </c>
       <c r="H11" t="s">
-        <v>51</v>
+        <v>625</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1339</v>
+        <v>1335</v>
       </c>
       <c r="B12" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C12" t="s">
-        <v>180</v>
+        <v>640</v>
       </c>
       <c r="D12">
-        <v>1075</v>
+        <v>1</v>
       </c>
       <c r="E12" t="s">
-        <v>601</v>
+        <v>635</v>
       </c>
       <c r="F12" t="s">
-        <v>1340</v>
+        <v>1336</v>
       </c>
       <c r="G12" t="s">
         <v>604</v>
       </c>
-      <c r="H12" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1341</v>
+        <v>1337</v>
       </c>
       <c r="B13" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="C13" t="s">
-        <v>1342</v>
+        <v>633</v>
       </c>
       <c r="D13">
-        <v>1178</v>
+        <v>23674</v>
       </c>
       <c r="E13" t="s">
         <v>601</v>
       </c>
       <c r="F13" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="G13" t="s">
         <v>604</v>
       </c>
       <c r="H13" t="s">
-        <v>51</v>
+        <v>625</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1343</v>
+        <v>1338</v>
       </c>
       <c r="B14" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C14" t="s">
-        <v>197</v>
+        <v>1339</v>
       </c>
       <c r="D14">
-        <v>23674</v>
+        <v>1</v>
       </c>
       <c r="E14" t="s">
-        <v>601</v>
+        <v>635</v>
       </c>
       <c r="F14" t="s">
-        <v>1329</v>
+        <v>1336</v>
       </c>
       <c r="G14" t="s">
         <v>604</v>
       </c>
       <c r="H14" t="s">
-        <v>51</v>
+        <v>640</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1344</v>
+        <v>1340</v>
       </c>
       <c r="B15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C15" t="s">
-        <v>206</v>
+        <v>1341</v>
       </c>
       <c r="D15">
-        <v>1178</v>
+        <v>1</v>
       </c>
       <c r="E15" t="s">
-        <v>601</v>
+        <v>642</v>
       </c>
       <c r="F15" t="s">
-        <v>1329</v>
+        <v>1341</v>
       </c>
       <c r="G15" t="s">
         <v>604</v>
       </c>
       <c r="H15" t="s">
-        <v>51</v>
+        <v>645</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1345</v>
+        <v>1342</v>
       </c>
       <c r="B16" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C16" t="s">
-        <v>1346</v>
+        <v>1343</v>
       </c>
       <c r="D16">
         <v>1</v>
       </c>
       <c r="E16" t="s">
-        <v>645</v>
+        <v>620</v>
       </c>
       <c r="F16" t="s">
-        <v>1346</v>
+        <v>1344</v>
       </c>
       <c r="G16" t="s">
         <v>604</v>
       </c>
       <c r="H16" t="s">
-        <v>648</v>
+        <v>141</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B17" t="s">
+        <v>222</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D17">
+        <v>1</v>
+      </c>
+      <c r="E17" t="s">
+        <v>642</v>
+      </c>
+      <c r="F17" t="s">
         <v>1347</v>
-      </c>
-[...13 lines deleted...]
-        <v>1329</v>
       </c>
       <c r="G17" t="s">
         <v>604</v>
       </c>
       <c r="H17" t="s">
-        <v>51</v>
+        <v>645</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1349</v>
+        <v>1348</v>
       </c>
       <c r="B18" t="s">
         <v>228</v>
       </c>
       <c r="C18" t="s">
-        <v>1350</v>
+        <v>1327</v>
       </c>
       <c r="D18">
-        <v>37824</v>
+        <v>25</v>
       </c>
       <c r="E18" t="s">
         <v>601</v>
       </c>
       <c r="F18" t="s">
-        <v>1329</v>
+        <v>1327</v>
       </c>
       <c r="G18" t="s">
         <v>604</v>
       </c>
       <c r="H18" t="s">
-        <v>51</v>
+        <v>625</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1351</v>
+        <v>1349</v>
       </c>
       <c r="B19" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C19" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="D19">
         <v>0</v>
       </c>
       <c r="E19" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="F19" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
       <c r="G19" t="s">
         <v>604</v>
       </c>
       <c r="H19" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1352</v>
+        <v>1350</v>
       </c>
       <c r="B20" t="s">
+        <v>241</v>
+      </c>
+      <c r="C20" t="s">
         <v>245</v>
       </c>
-      <c r="C20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="E20" t="s">
         <v>601</v>
       </c>
       <c r="F20" t="s">
-        <v>1325</v>
+        <v>1315</v>
       </c>
       <c r="G20" t="s">
         <v>604</v>
       </c>
       <c r="H20" t="s">
-        <v>653</v>
+        <v>141</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1353</v>
+        <v>1351</v>
       </c>
       <c r="B21" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="C21" t="s">
-        <v>1350</v>
+        <v>1327</v>
       </c>
       <c r="D21">
-        <v>12244</v>
+        <v>25</v>
       </c>
       <c r="E21" t="s">
-        <v>601</v>
+        <v>635</v>
       </c>
       <c r="F21" t="s">
-        <v>1329</v>
+        <v>1327</v>
       </c>
       <c r="G21" t="s">
         <v>604</v>
       </c>
       <c r="H21" t="s">
-        <v>51</v>
+        <v>625</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B22" t="s">
+        <v>257</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D22">
+        <v>10000</v>
+      </c>
+      <c r="E22" t="s">
+        <v>601</v>
+      </c>
+      <c r="F22" t="s">
         <v>1354</v>
-      </c>
-[...13 lines deleted...]
-        <v>1356</v>
       </c>
       <c r="G22" t="s">
         <v>604</v>
       </c>
       <c r="H22" t="s">
-        <v>648</v>
+        <v>51</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1357</v>
+        <v>1355</v>
       </c>
       <c r="B23" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="C23" t="s">
-        <v>1350</v>
+        <v>267</v>
       </c>
       <c r="D23">
-        <v>1410</v>
+        <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>601</v>
       </c>
       <c r="F23" t="s">
-        <v>1329</v>
+        <v>1356</v>
       </c>
       <c r="G23" t="s">
         <v>604</v>
       </c>
       <c r="H23" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B24" t="s">
+        <v>269</v>
+      </c>
+      <c r="C24" t="s">
         <v>1358</v>
       </c>
-      <c r="B24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D24">
-        <v>12244</v>
+        <v>1010</v>
       </c>
       <c r="E24" t="s">
         <v>601</v>
       </c>
       <c r="F24" t="s">
-        <v>1329</v>
+        <v>1359</v>
       </c>
       <c r="G24" t="s">
         <v>604</v>
       </c>
       <c r="H24" t="s">
-        <v>51</v>
+        <v>625</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="B25" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="C25" t="s">
-        <v>1350</v>
+        <v>1361</v>
       </c>
       <c r="D25">
-        <v>1410</v>
+        <v>1</v>
       </c>
       <c r="E25" t="s">
         <v>601</v>
       </c>
       <c r="F25" t="s">
-        <v>1329</v>
+        <v>604</v>
       </c>
       <c r="G25" t="s">
         <v>604</v>
       </c>
       <c r="H25" t="s">
-        <v>51</v>
+        <v>640</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="B26" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="C26" t="s">
-        <v>1325</v>
+        <v>1363</v>
       </c>
       <c r="D26">
-        <v>25</v>
+        <v>388.1</v>
       </c>
       <c r="E26" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="F26" t="s">
-        <v>1325</v>
+        <v>1318</v>
       </c>
       <c r="G26" t="s">
         <v>604</v>
       </c>
       <c r="H26" t="s">
-        <v>622</v>
+        <v>640</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1361</v>
+        <v>1364</v>
       </c>
       <c r="B27" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="C27" t="s">
-        <v>1350</v>
+        <v>1327</v>
       </c>
       <c r="D27">
-        <v>11702</v>
+        <v>25</v>
       </c>
       <c r="E27" t="s">
         <v>601</v>
       </c>
       <c r="F27" t="s">
-        <v>1329</v>
+        <v>1327</v>
       </c>
       <c r="G27" t="s">
         <v>604</v>
       </c>
       <c r="H27" t="s">
-        <v>51</v>
+        <v>668</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1362</v>
+        <v>1365</v>
       </c>
       <c r="B28" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C28" t="s">
-        <v>1350</v>
+        <v>1366</v>
       </c>
       <c r="D28">
-        <v>11702</v>
+        <v>10000</v>
       </c>
       <c r="E28" t="s">
         <v>601</v>
       </c>
       <c r="F28" t="s">
-        <v>1329</v>
+        <v>1367</v>
       </c>
       <c r="G28" t="s">
         <v>604</v>
       </c>
       <c r="H28" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1363</v>
+        <v>1368</v>
       </c>
       <c r="B29" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="C29" t="s">
-        <v>1364</v>
+        <v>316</v>
       </c>
       <c r="D29">
-        <v>323.1</v>
+        <v>1075</v>
       </c>
       <c r="E29" t="s">
-        <v>665</v>
+        <v>601</v>
       </c>
       <c r="F29" t="s">
-        <v>1320</v>
+        <v>1369</v>
       </c>
       <c r="G29" t="s">
         <v>604</v>
       </c>
       <c r="H29" t="s">
-        <v>666</v>
+        <v>51</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1365</v>
+        <v>1370</v>
       </c>
       <c r="B30" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="C30" t="s">
-        <v>1350</v>
+        <v>1371</v>
       </c>
       <c r="D30">
-        <v>1238</v>
+        <v>1178</v>
       </c>
       <c r="E30" t="s">
         <v>601</v>
       </c>
       <c r="F30" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="G30" t="s">
         <v>604</v>
       </c>
       <c r="H30" t="s">
-        <v>622</v>
+        <v>51</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1366</v>
+        <v>1372</v>
       </c>
       <c r="B31" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="C31" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="D31">
-        <v>0</v>
+        <v>23674</v>
       </c>
       <c r="E31" t="s">
         <v>601</v>
       </c>
       <c r="F31" t="s">
-        <v>1315</v>
+        <v>1334</v>
       </c>
       <c r="G31" t="s">
         <v>604</v>
       </c>
       <c r="H31" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1367</v>
+        <v>1373</v>
       </c>
       <c r="B32" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="C32" t="s">
-        <v>1368</v>
+        <v>341</v>
       </c>
       <c r="D32">
-        <v>1</v>
+        <v>1178</v>
       </c>
       <c r="E32" t="s">
-        <v>610</v>
+        <v>601</v>
       </c>
       <c r="F32" t="s">
-        <v>1369</v>
+        <v>1334</v>
       </c>
       <c r="G32" t="s">
         <v>604</v>
       </c>
       <c r="H32" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1370</v>
+        <v>1374</v>
       </c>
       <c r="B33" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="C33" t="s">
-        <v>361</v>
+        <v>1333</v>
       </c>
       <c r="D33">
-        <v>0</v>
+        <v>37824</v>
       </c>
       <c r="E33" t="s">
-        <v>610</v>
+        <v>601</v>
       </c>
       <c r="F33" t="s">
-        <v>1320</v>
+        <v>1334</v>
       </c>
       <c r="G33" t="s">
         <v>604</v>
       </c>
       <c r="H33" t="s">
-        <v>613</v>
+        <v>51</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1371</v>
+        <v>1375</v>
       </c>
       <c r="B34" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="C34" t="s">
-        <v>368</v>
+        <v>1376</v>
       </c>
       <c r="D34">
-        <v>0</v>
+        <v>37824</v>
       </c>
       <c r="E34" t="s">
         <v>601</v>
       </c>
       <c r="F34" t="s">
-        <v>1372</v>
+        <v>1334</v>
       </c>
       <c r="G34" t="s">
         <v>604</v>
       </c>
       <c r="H34" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="B35" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="C35" t="s">
-        <v>1374</v>
+        <v>1333</v>
       </c>
       <c r="D35">
-        <v>1010</v>
+        <v>12244</v>
       </c>
       <c r="E35" t="s">
         <v>601</v>
       </c>
       <c r="F35" t="s">
-        <v>1375</v>
+        <v>1334</v>
       </c>
       <c r="G35" t="s">
         <v>604</v>
       </c>
       <c r="H35" t="s">
-        <v>622</v>
+        <v>51</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="B36" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
       <c r="C36" t="s">
-        <v>1325</v>
+        <v>1333</v>
       </c>
       <c r="D36">
-        <v>25</v>
+        <v>1410</v>
       </c>
       <c r="E36" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="F36" t="s">
-        <v>1325</v>
+        <v>1334</v>
       </c>
       <c r="G36" t="s">
         <v>604</v>
       </c>
       <c r="H36" t="s">
-        <v>622</v>
+        <v>51</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="B37" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="C37" t="s">
-        <v>1350</v>
+        <v>1333</v>
       </c>
       <c r="D37">
-        <v>1238</v>
+        <v>12244</v>
       </c>
       <c r="E37" t="s">
         <v>601</v>
       </c>
       <c r="F37" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="G37" t="s">
         <v>604</v>
       </c>
       <c r="H37" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="B38" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="C38" t="s">
-        <v>1379</v>
+        <v>1333</v>
       </c>
       <c r="D38">
-        <v>1</v>
+        <v>1410</v>
       </c>
       <c r="E38" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="F38" t="s">
-        <v>1380</v>
+        <v>1334</v>
       </c>
       <c r="G38" t="s">
         <v>604</v>
       </c>
       <c r="H38" t="s">
-        <v>618</v>
+        <v>51</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>1381</v>
       </c>
       <c r="B39" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="C39" t="s">
-        <v>1382</v>
+        <v>1333</v>
       </c>
       <c r="D39">
-        <v>1</v>
+        <v>11702</v>
       </c>
       <c r="E39" t="s">
         <v>601</v>
       </c>
       <c r="F39" t="s">
-        <v>604</v>
+        <v>1334</v>
       </c>
       <c r="G39" t="s">
         <v>604</v>
       </c>
       <c r="H39" t="s">
-        <v>618</v>
+        <v>51</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1383</v>
+        <v>1382</v>
       </c>
       <c r="B40" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="C40" t="s">
-        <v>1325</v>
+        <v>1333</v>
       </c>
       <c r="D40">
-        <v>25</v>
+        <v>11702</v>
       </c>
       <c r="E40" t="s">
         <v>601</v>
       </c>
       <c r="F40" t="s">
-        <v>1325</v>
+        <v>1334</v>
       </c>
       <c r="G40" t="s">
         <v>604</v>
       </c>
       <c r="H40" t="s">
-        <v>622</v>
+        <v>51</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1384</v>
+        <v>1383</v>
       </c>
       <c r="B41" t="s">
         <v>413</v>
       </c>
       <c r="C41" t="s">
         <v>417</v>
       </c>
       <c r="D41">
         <v>0</v>
       </c>
       <c r="E41" t="s">
         <v>601</v>
       </c>
       <c r="F41" t="s">
-        <v>1385</v>
+        <v>1384</v>
       </c>
       <c r="G41" t="s">
         <v>604</v>
       </c>
       <c r="H41" t="s">
-        <v>128</v>
+        <v>141</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1386</v>
+        <v>1385</v>
       </c>
       <c r="B42" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="C42" t="s">
-        <v>618</v>
+        <v>1333</v>
       </c>
       <c r="D42">
-        <v>1</v>
+        <v>1238</v>
       </c>
       <c r="E42" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="F42" t="s">
-        <v>1380</v>
+        <v>1334</v>
       </c>
       <c r="G42" t="s">
         <v>604</v>
       </c>
       <c r="H42" t="s">
-        <v>618</v>
+        <v>51</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1387</v>
+        <v>1386</v>
       </c>
       <c r="B43" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="C43" t="s">
-        <v>1325</v>
+        <v>430</v>
       </c>
       <c r="D43">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="E43" t="s">
         <v>601</v>
       </c>
       <c r="F43" t="s">
-        <v>1325</v>
+        <v>1387</v>
       </c>
       <c r="G43" t="s">
         <v>604</v>
       </c>
       <c r="H43" t="s">
-        <v>691</v>
+        <v>141</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>1388</v>
       </c>
       <c r="B44" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="C44" t="s">
-        <v>1364</v>
+        <v>439</v>
       </c>
       <c r="D44">
-        <v>323.1</v>
+        <v>0</v>
       </c>
       <c r="E44" t="s">
-        <v>665</v>
+        <v>620</v>
       </c>
       <c r="F44" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
       <c r="G44" t="s">
         <v>604</v>
       </c>
       <c r="H44" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>1389</v>
       </c>
       <c r="B45" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="C45" t="s">
-        <v>618</v>
+        <v>1317</v>
       </c>
       <c r="D45">
-        <v>1</v>
+        <v>323.1</v>
       </c>
       <c r="E45" t="s">
-        <v>615</v>
+        <v>607</v>
       </c>
       <c r="F45" t="s">
-        <v>1323</v>
+        <v>1318</v>
       </c>
       <c r="G45" t="s">
         <v>604</v>
+      </c>
+      <c r="H45" t="s">
+        <v>640</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>1390</v>
       </c>
       <c r="B46" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C46" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D46">
         <v>0</v>
       </c>
       <c r="E46" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="F46" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
       <c r="G46" t="s">
         <v>604</v>
       </c>
       <c r="H46" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>1391</v>
       </c>
       <c r="B47" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C47" t="s">
-        <v>461</v>
+        <v>1392</v>
       </c>
       <c r="D47">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E47" t="s">
-        <v>610</v>
+        <v>635</v>
       </c>
       <c r="F47" t="s">
-        <v>1320</v>
+        <v>1393</v>
       </c>
       <c r="G47" t="s">
         <v>604</v>
       </c>
       <c r="H47" t="s">
-        <v>613</v>
+        <v>640</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="B48" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="C48" t="s">
+        <v>640</v>
+      </c>
+      <c r="D48">
+        <v>1</v>
+      </c>
+      <c r="E48" t="s">
+        <v>635</v>
+      </c>
+      <c r="F48" t="s">
         <v>1393</v>
-      </c>
-[...7 lines deleted...]
-        <v>1320</v>
       </c>
       <c r="G48" t="s">
         <v>604</v>
       </c>
       <c r="H48" t="s">
-        <v>618</v>
+        <v>640</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="B49" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="C49" t="s">
-        <v>477</v>
+        <v>1327</v>
       </c>
       <c r="D49">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E49" t="s">
         <v>601</v>
       </c>
       <c r="F49" t="s">
-        <v>1395</v>
+        <v>1327</v>
       </c>
       <c r="G49" t="s">
         <v>604</v>
       </c>
       <c r="H49" t="s">
-        <v>128</v>
+        <v>701</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>1396</v>
       </c>
       <c r="B50" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="C50" t="s">
         <v>1397</v>
       </c>
       <c r="D50">
-        <v>10000</v>
+        <v>750000</v>
       </c>
       <c r="E50" t="s">
         <v>601</v>
       </c>
       <c r="F50" t="s">
         <v>1398</v>
       </c>
       <c r="G50" t="s">
         <v>604</v>
       </c>
       <c r="H50" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>