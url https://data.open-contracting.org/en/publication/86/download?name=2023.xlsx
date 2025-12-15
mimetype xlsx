--- v0 (2025-10-13)
+++ v1 (2025-12-15)
@@ -266,593 +266,593 @@
   <si>
     <t>2023-09-22T08:38:03:00Z</t>
   </si>
   <si>
     <t>ocds-zinqhl-034033-EB/IDC/EP001-NG</t>
   </si>
   <si>
     <t>:00Z</t>
   </si>
   <si>
     <t>2023-10-27T13:00:00Z</t>
   </si>
   <si>
     <t>2023-09-27T16:57:00Z</t>
   </si>
   <si>
     <t>Open tendering</t>
   </si>
   <si>
     <t>CONSTRUCTION OF OGBUENYI ROAD (1.93KM) IN AFIKPO, AFIKPO NORTH LGA, EBONYI STATE</t>
   </si>
   <si>
     <t>id-2.0</t>
   </si>
   <si>
+    <t>ocds-zinqhl-034791-EB/IDC/EP001-NG-2023-09-27T16:22:09:00Z</t>
+  </si>
+  <si>
+    <t>2023-09-27T16:22:09:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-034791-EB/IDC/EP001-NG</t>
+  </si>
+  <si>
+    <t>electronic submission through Ebonyi e-GP</t>
+  </si>
+  <si>
+    <t>2023-09-27T16:22:00Z</t>
+  </si>
+  <si>
+    <t>Construction of Ayodele Junction-Erei Road, Akanu Ibiam Round about-Oyoyo Junction - Presbyterian church road and extension from existing concrete pavement along Akanu Ibiam Road to Ido Junction (1.795KM) in Unwana, Afikpo North LGA Ebonyi State.</t>
+  </si>
+  <si>
+    <t>id-3.0</t>
+  </si>
+  <si>
     <t>ocds-zinqhl-039655-EB/ENV/EP010-NG-2023-10-17T11:06:37:00Z</t>
   </si>
   <si>
     <t>2023-10-17T11:06:37:00Z</t>
   </si>
   <si>
     <t>ocds-zinqhl-039655-EB/ENV/EP010-NG</t>
   </si>
   <si>
     <t>environ@ebonyieprocure.eb.gov.ng</t>
   </si>
   <si>
     <t>MINISTRY OF ENVIRONMENT</t>
   </si>
   <si>
     <t>ESTABLISHMENT OF PLASTIC WASTE RECYCLING MACHINE AT THE WASTE PLANT IN ABAKALIKI</t>
   </si>
   <si>
     <t>Award to most responsive bid</t>
   </si>
   <si>
     <t>2023-11-17T13:00:00Z</t>
   </si>
   <si>
     <t>2023-10-17T11:16:00Z</t>
   </si>
   <si>
     <t>2024-12-07T16:00:00Z</t>
   </si>
   <si>
     <t>2023-12-07T15:39:00Z</t>
   </si>
   <si>
     <t>ESTABLISHMENT OF PLASTIC WASTE RECYCLING MACHINE</t>
   </si>
   <si>
-    <t>id-3.0</t>
+    <t>id-4.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-040281-EB/HLT/EP004-NG-2023-10-17T19:31:56:00Z</t>
   </si>
   <si>
     <t>2023-10-17T19:31:56:00Z</t>
   </si>
   <si>
     <t>ocds-zinqhl-040281-EB/HLT/EP004-NG</t>
   </si>
   <si>
     <t>health@ebonyieprocure.eb.gov.ng</t>
   </si>
   <si>
     <t>MINISTRY OF HEALTH</t>
   </si>
   <si>
     <t>goods</t>
   </si>
   <si>
     <t>Awardtothemostresponsivebid</t>
   </si>
   <si>
     <t>2023-10-17T19:31:00Z</t>
   </si>
   <si>
     <t>LOT 4 - PROCUREMENT OF HOSPITAL CONSUMABLES FOR THE 14 GENERAL HOSPITALS IN EBONYI STATE</t>
   </si>
   <si>
-    <t>id-4.0</t>
+    <t>id-5.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-040079-EB/HLT/EP004-NG-2023-10-17T18:33:29:00Z</t>
   </si>
   <si>
     <t>2023-10-17T18:33:29:00Z</t>
   </si>
   <si>
     <t>ocds-zinqhl-040079-EB/HLT/EP004-NG</t>
   </si>
   <si>
     <t>Electronic submission through Ebonyi e-Procurement System</t>
   </si>
   <si>
     <t>2023-10-17T18:33:00Z</t>
   </si>
   <si>
     <t>LOT 1 - PROCUREMENT OF HOSPITAL MACHINES FOR THE 14 GENERAL HOSPITALS IN EBONYI STATE</t>
   </si>
   <si>
-    <t>id-5.0</t>
+    <t>id-6.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-040275-EB/HLT/EP004-NG-2023-10-17T19:16:03:00Z</t>
   </si>
   <si>
     <t>2023-10-17T19:16:03:00Z</t>
   </si>
   <si>
     <t>ocds-zinqhl-040275-EB/HLT/EP004-NG</t>
   </si>
   <si>
     <t>Electronic submission through Ebonyi e-Procurement</t>
   </si>
   <si>
     <t>2023-10-17T19:16:00Z</t>
   </si>
   <si>
     <t>LOT 2 - PROCUREMENT OF HEAVY DUTY MACHINES FOR THE 14 GENERAL HOSPITALS IN EBONYI STATE</t>
   </si>
   <si>
-    <t>id-6.0</t>
+    <t>id-7.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-035679-EB/MCCD/EP028-NG-2023-09-29T10:15:48:00Z</t>
   </si>
   <si>
     <t>2023-09-29T10:15:48:00Z</t>
   </si>
   <si>
     <t>ocds-zinqhl-035679-EB/MCCD/EP028-NG</t>
   </si>
   <si>
     <t>mccd@ebonyieprocure.eb.gov.ng</t>
   </si>
   <si>
     <t>Ministry of Capital City Development and Urban Planning</t>
   </si>
   <si>
     <t>2023-10-30T14:00:00Z</t>
   </si>
   <si>
     <t>2023-09-29T10:16:00Z</t>
   </si>
   <si>
     <t>Installation of Bus Stop Bays (LOT 2)</t>
   </si>
   <si>
-    <t>id-7.0</t>
+    <t>id-9.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-040278-EB/HLT/EP004-NG-2023-10-17T19:26:45:00Z</t>
+  </si>
+  <si>
+    <t>2023-10-17T19:26:45:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-040278-EB/HLT/EP004-NG</t>
+  </si>
+  <si>
+    <t>2023-10-17T19:40:00Z</t>
+  </si>
+  <si>
+    <t>LOT 3 - PROCUREMENT OF HOSPITAL EQUIPMENTS FOR THE 14 GENERAL HOSPITALS IN EBONYI STATE</t>
+  </si>
+  <si>
+    <t>id-10.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-035128-EB/MCCD/EP028-NG-2023-09-27T17:14:52:00Z</t>
+  </si>
+  <si>
+    <t>2023-09-27T17:14:52:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-035128-EB/MCCD/EP028-NG</t>
+  </si>
+  <si>
+    <t>2023-09-29T09:14:00Z</t>
+  </si>
+  <si>
+    <t>Installation of prefabricated bus shelters</t>
+  </si>
+  <si>
+    <t>Installation of prefabricated bus shelters (LOT 1)</t>
+  </si>
+  <si>
+    <t>id-11.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-041959-EB/MCCD/EP028-NG-2023-10-27T17:14:07:00Z</t>
   </si>
   <si>
     <t>2023-10-27T17:14:07:00Z</t>
   </si>
   <si>
     <t>ocds-zinqhl-041959-EB/MCCD/EP028-NG</t>
   </si>
   <si>
     <t>Awardtomostresponsivetender</t>
   </si>
   <si>
     <t>2023-11-27T13:00:00Z</t>
   </si>
   <si>
     <t>2023-10-27T17:16:00Z</t>
   </si>
   <si>
     <t>LANDSCAPING OF EZZA ROAD WALKWAY AND MEDIAN IN ABAKALIKI, EBONYI STATE</t>
   </si>
   <si>
-    <t>id-8.0</t>
-[...38 lines deleted...]
-    <t>id-29.0</t>
+    <t>id-12.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-035501-EB/IDC/EP001-NG-2023-09-28T17:18:31:00Z</t>
   </si>
   <si>
     <t>2023-09-28T17:18:31:00Z</t>
   </si>
   <si>
     <t>ocds-zinqhl-035501-EB/IDC/EP001-NG</t>
   </si>
   <si>
     <t>2023-10-30T13:00:00Z</t>
   </si>
   <si>
     <t>2023-09-28T17:19:00Z</t>
   </si>
   <si>
     <t>CONSTRUCTION OF AMANKWO AMAELU, OGO- IBE WITH TWO SPURS ROAD (2.615KM)</t>
   </si>
   <si>
     <t>CONSTRUCTION OF AMANKWO AMAELU, OGO- IBE WITH TWO SPURS ROAD (2.615KM) IN AFIKPO NORTH LGA, EBONYI STATE</t>
   </si>
   <si>
-    <t>id-30.0</t>
+    <t>id-31.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-043295-EB/IDC/EP001-NG-2023-12-18T16:06:11:00Z</t>
   </si>
   <si>
     <t>2023-12-18T16:06:11:00Z</t>
   </si>
   <si>
     <t>ocds-zinqhl-043295-EB/IDC/EP001-NG</t>
   </si>
   <si>
     <t>CONSTRUCTION OF NWOBO-IYIOJI AKAEZEUKWU ROAD AT AKAEZE, IVO LOCAL GOVERNMENT AREA (3.16KM)</t>
   </si>
   <si>
     <t>Awarded to most responsive</t>
   </si>
   <si>
-    <t>electronic submission through Ebonyi e-GP</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-05-10T13:00:00Z</t>
   </si>
   <si>
     <t>2024-05-10T13:00:00Z</t>
   </si>
   <si>
     <t>2024-01-18T13:00:00Z</t>
   </si>
   <si>
     <t>2023-12-18T16:07:00Z</t>
   </si>
   <si>
     <t>2023-12-18T16:46:00Z</t>
   </si>
   <si>
     <t>2025-05-10T16:00:00Z</t>
   </si>
   <si>
     <t>2024-05-10T16:00:00Z</t>
   </si>
   <si>
     <t>CONSTRUCTION OF NWOBO-IYIOJI AKAEZEUKWU ROAD</t>
   </si>
   <si>
-    <t>id-31.0</t>
-[...16 lines deleted...]
-  <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>contractPeriod_endDate</t>
   </si>
   <si>
     <t>contractPeriod_startDate</t>
   </si>
   <si>
     <t>contractPeriod_durationInDays</t>
   </si>
   <si>
     <t>id-0.0.awards.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-021347-EB/IDC/EP001-NGi/22297</t>
   </si>
   <si>
     <t>id-1.0.awards.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-034033-EB/IDC/EP001-NGi/22336</t>
   </si>
   <si>
     <t>id-2.0.awards.0</t>
   </si>
   <si>
+    <t>ocds-zinqhl-034791-EB/IDC/EP001-NGi/22335</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0</t>
+  </si>
+  <si>
     <t>ocds-zinqhl-039655-EB/ENV/EP010-NGi/22327</t>
   </si>
   <si>
-    <t>id-3.0.awards.0</t>
+    <t>id-4.0.awards.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-040281-EB/HLT/EP004-NGi/22344</t>
   </si>
   <si>
-    <t>id-4.0.awards.0</t>
+    <t>id-5.0.awards.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-040079-EB/HLT/EP004-NGi/22341</t>
   </si>
   <si>
-    <t>id-5.0.awards.0</t>
+    <t>id-6.0.awards.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-040275-EB/HLT/EP004-NGi/22342</t>
   </si>
   <si>
-    <t>id-6.0.awards.0</t>
+    <t>id-7.0.awards.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-035679-EB/MCCD/EP028-NGi/22311</t>
   </si>
   <si>
-    <t>id-7.0.awards.0</t>
+    <t>id-9.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-040278-EB/HLT/EP004-NGi/22343</t>
+  </si>
+  <si>
+    <t>id-10.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-035128-EB/MCCD/EP028-NGi/22312</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-041959-EB/MCCD/EP028-NGi/22346</t>
   </si>
   <si>
-    <t>id-8.0.awards.0</t>
-[...11 lines deleted...]
-    <t>id-29.0.awards.0</t>
+    <t>id-12.0.awards.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-035501-EB/IDC/EP001-NGi/22337</t>
   </si>
   <si>
-    <t>id-30.0.awards.0</t>
+    <t>id-31.0.awards.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-043295-EB/IDC/EP001-NGi/22353</t>
   </si>
   <si>
-    <t>id-31.0.awards.0</t>
-[...4 lines deleted...]
-  <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>quantity</t>
   </si>
   <si>
     <t>unit_name</t>
   </si>
   <si>
     <t>unit_scheme</t>
   </si>
   <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
     <t>classification_description</t>
   </si>
   <si>
     <t>deliveryAddress_locality</t>
   </si>
   <si>
     <t>id-0.0.awards.0.items.0</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>UNCEFACT</t>
   </si>
   <si>
     <t>UNSPSC</t>
   </si>
   <si>
     <t>Ezza South L.G.A</t>
   </si>
   <si>
     <t>id-1.0.awards.0.items.0</t>
   </si>
   <si>
     <t>id-2.0.awards.0.items.0</t>
   </si>
   <si>
+    <t>id-3.0.awards.0.items.0</t>
+  </si>
+  <si>
     <t>No</t>
   </si>
   <si>
     <t>Abakaliki Ebonyi State</t>
   </si>
   <si>
-    <t>id-3.0.awards.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-4.0.awards.0.items.0</t>
   </si>
   <si>
     <t>id-5.0.awards.0.items.0</t>
   </si>
   <si>
     <t>id-6.0.awards.0.items.0</t>
   </si>
   <si>
     <t>id-7.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>id-8.0.awards.0.items.0</t>
+    <t>id-9.0.awards.0.items.0</t>
   </si>
   <si>
     <t>id-10.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>id-29.0.awards.0.items.0</t>
-[...2 lines deleted...]
-    <t>id-30.0.awards.0.items.0</t>
+    <t>id-11.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-12.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0.items.0</t>
   </si>
   <si>
     <t>AKAEZE, IVO LGA</t>
   </si>
   <si>
-    <t>id-31.0.awards.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>name</t>
   </si>
   <si>
     <t>id-0.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>KAYAMA EPC LTD</t>
   </si>
   <si>
     <t>id-1.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t xml:space="preserve">ZIPPYDON GLOBAL </t>
   </si>
   <si>
     <t>id-2.0.awards.0.suppliers.0</t>
   </si>
   <si>
+    <t>REAL-FIDIRE NIG LTD</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
     <t>Green and Tree Farms and Machines Ltd</t>
   </si>
   <si>
-    <t>id-3.0.awards.0.suppliers.0</t>
+    <t>id-4.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>NKWEGU MEICALS LIMITED</t>
   </si>
   <si>
-    <t>id-4.0.awards.0.suppliers.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-5.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>id-6.0.awards.0.suppliers.0</t>
   </si>
   <si>
+    <t>id-7.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
     <t>Sunrise General Enterprises (Nig) Ltd.</t>
   </si>
   <si>
-    <t>id-7.0.awards.0.suppliers.0</t>
+    <t>id-9.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-10.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>COLAK CONSTRUCTION COMPANY LTD</t>
   </si>
   <si>
-    <t>id-8.0.awards.0.suppliers.0</t>
-[...5 lines deleted...]
-    <t>id-29.0.awards.0.suppliers.0</t>
+    <t>id-12.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>ELDOV TRANSNATIONAL SERVICES LIMITED</t>
   </si>
   <si>
-    <t>id-30.0.awards.0.suppliers.0</t>
+    <t>id-31.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>REAL-PEAMAT NIG LTD</t>
   </si>
   <si>
-    <t>id-31.0.awards.0.suppliers.0</t>
-[...4 lines deleted...]
-  <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_locality</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>address_streetAddress</t>
   </si>
   <si>
     <t>identifier_scheme</t>
   </si>
   <si>
     <t>identifier_legalName</t>
   </si>
   <si>
     <t>contactPoint_url</t>
@@ -929,501 +929,501 @@
   <si>
     <t>id-1.0.parties.1</t>
   </si>
   <si>
     <t>3392669</t>
   </si>
   <si>
     <t>Abakalili</t>
   </si>
   <si>
     <t>No 3 Orokeouha Road</t>
   </si>
   <si>
     <t>ZIPPYDON GLOBAL</t>
   </si>
   <si>
     <t>zpydon@gmail.com</t>
   </si>
   <si>
     <t>08100757736</t>
   </si>
   <si>
     <t>id-2.0.parties.0</t>
   </si>
   <si>
+    <t>id-2.0.parties.1</t>
+  </si>
+  <si>
+    <t>7003118</t>
+  </si>
+  <si>
+    <t>Abakaliki</t>
+  </si>
+  <si>
+    <t>No 20 Amachara Street</t>
+  </si>
+  <si>
+    <t>realfidire@gmail.com</t>
+  </si>
+  <si>
+    <t>08103996341</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.0</t>
+  </si>
+  <si>
     <t>EB/ENV/EP010</t>
   </si>
   <si>
     <t>http://www.ebonyistate.gov.ng/Ministry/Touris</t>
   </si>
   <si>
     <t>Chief Moses Ogodoali Nomeh</t>
   </si>
   <si>
-    <t>id-2.0.parties.1</t>
+    <t>id-3.0.parties.1</t>
   </si>
   <si>
     <t>1439987</t>
   </si>
   <si>
     <t xml:space="preserve">Abakaliki </t>
   </si>
   <si>
     <t>15 Nwofoke Oda Street</t>
   </si>
   <si>
     <t>https://ebonyieprocure.eb.gov.ng/report/economic_operator.php</t>
   </si>
   <si>
     <t>gvacltd@gmail.com</t>
   </si>
   <si>
     <t>08033139747</t>
   </si>
   <si>
-    <t>id-3.0.parties.0</t>
+    <t>id-4.0.parties.0</t>
   </si>
   <si>
     <t>EB/HLT/EP004</t>
   </si>
   <si>
     <t>http://www.ebonyistate.gov.ng/Ministry/Health</t>
   </si>
   <si>
     <t>Dr. Umezurike Daniel (FWACS, FICS)</t>
   </si>
   <si>
-    <t>id-3.0.parties.1</t>
+    <t>id-4.0.parties.1</t>
   </si>
   <si>
     <t>7017260</t>
   </si>
   <si>
-    <t>Abakaliki</t>
-[...1 lines deleted...]
-  <si>
     <t>38 Water Works</t>
   </si>
   <si>
     <t>nkwegumedicals@gmail.com</t>
   </si>
   <si>
     <t>07053540621</t>
   </si>
   <si>
-    <t>id-4.0.parties.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-5.0.parties.0</t>
   </si>
   <si>
     <t>id-5.0.parties.1</t>
   </si>
   <si>
     <t>id-6.0.parties.0</t>
   </si>
   <si>
+    <t>id-6.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.0</t>
+  </si>
+  <si>
     <t>EB/MCCD/EP028</t>
   </si>
   <si>
     <t>No.7 Ezza Road, GRA Abakaliki, Ebonyi State</t>
   </si>
   <si>
     <t>https://ebonyieprocure.eb.gov.ng/report/procuremententity.php</t>
   </si>
   <si>
-    <t>id-6.0.parties.1</t>
+    <t>id-7.0.parties.1</t>
   </si>
   <si>
     <t>177204</t>
   </si>
   <si>
     <t>Enugu</t>
   </si>
   <si>
     <t>N0 3B gmelina Close GRA</t>
   </si>
   <si>
     <t>sunriseorient@yahoo.com</t>
   </si>
   <si>
     <t>08034519077</t>
   </si>
   <si>
-    <t>id-7.0.parties.0</t>
-[...2 lines deleted...]
-    <t>id-7.0.parties.1</t>
+    <t>id-9.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.1</t>
   </si>
   <si>
     <t>1367242</t>
   </si>
   <si>
     <t>52 Km6 Abakaliki Expressway beside fetha 2</t>
   </si>
   <si>
     <t>nil</t>
   </si>
   <si>
     <t>colakconstructionltd@gmail.com</t>
   </si>
   <si>
     <t>07035206460</t>
   </si>
   <si>
-    <t>id-8.0.parties.0</t>
-[...14 lines deleted...]
-    <t>id-29.0.parties.1</t>
+    <t>id-12.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-12.0.parties.1</t>
   </si>
   <si>
     <t>1175590</t>
   </si>
   <si>
     <t>Abuja</t>
   </si>
   <si>
     <t>No. 7 Bwari close, Area 8 Garki Abuja</t>
   </si>
   <si>
     <t>https://eldov.org/newsite/</t>
   </si>
   <si>
     <t>info@eldov.org</t>
   </si>
   <si>
     <t>07010000028</t>
   </si>
   <si>
-    <t>id-30.0.parties.0</t>
-[...2 lines deleted...]
-    <t>id-30.0.parties.1</t>
+    <t>id-31.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.1</t>
   </si>
   <si>
     <t>6995787</t>
   </si>
   <si>
     <t>40 Amachara Street</t>
   </si>
   <si>
     <t>ofimobaino@gmail.com</t>
   </si>
   <si>
-    <t>08103996341</t>
-[...16 lines deleted...]
-  <si>
     <t>awardID</t>
   </si>
   <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>period_endDate</t>
   </si>
   <si>
     <t>period_startDate</t>
   </si>
   <si>
     <t>period_durationInDays</t>
   </si>
   <si>
     <t>id-0.0.contracts.0</t>
   </si>
   <si>
     <t>2023-10-16T11:44:00Z</t>
   </si>
   <si>
     <t>id-1.0.contracts.0</t>
   </si>
   <si>
     <t>id-2.0.contracts.0</t>
   </si>
   <si>
     <t>id-3.0.contracts.0</t>
   </si>
   <si>
     <t>id-4.0.contracts.0</t>
   </si>
   <si>
     <t>id-5.0.contracts.0</t>
   </si>
   <si>
     <t>id-6.0.contracts.0</t>
   </si>
   <si>
     <t>id-7.0.contracts.0</t>
   </si>
   <si>
-    <t>id-8.0.contracts.0</t>
+    <t>id-9.0.contracts.0</t>
   </si>
   <si>
     <t>id-10.0.contracts.0</t>
   </si>
   <si>
-    <t>id-29.0.contracts.0</t>
-[...2 lines deleted...]
-    <t>id-30.0.contracts.0</t>
+    <t>id-11.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0</t>
   </si>
   <si>
     <t>2024-05-10T10:00:00Z</t>
   </si>
   <si>
-    <t>id-31.0.contracts.0</t>
-[...1 lines deleted...]
-  <si>
     <t>_link_contracts</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-1.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-2.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-3.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-4.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-5.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-6.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-7.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-8.0.contracts.0.items.0</t>
+    <t>id-9.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-10.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-29.0.contracts.0.items.0</t>
-[...2 lines deleted...]
-    <t>id-30.0.contracts.0.items.0</t>
+    <t>id-11.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-31.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>payee_id</t>
   </si>
   <si>
     <t>payee_name</t>
   </si>
   <si>
     <t>payer_id</t>
   </si>
   <si>
     <t>payer_name</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>id-1.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>id-2.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>id-3.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>id-4.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>id-5.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>id-6.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>id-7.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
-    <t>id-8.0.contracts.0.implementation.transactions.0</t>
+    <t>id-9.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>id-10.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
-    <t>id-29.0.contracts.0.implementation.transactions.0</t>
-[...2 lines deleted...]
-    <t>id-30.0.contracts.0.implementation.transactions.0</t>
+    <t>id-11.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>id-31.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>id-0.0.tender.items.0</t>
   </si>
   <si>
     <t>Road construction</t>
   </si>
   <si>
     <t>UNSPSC-72141001</t>
   </si>
   <si>
     <t>id-1.0.tender.items.0</t>
   </si>
   <si>
     <t>id-2.0.tender.items.0</t>
   </si>
   <si>
+    <t>id-3.0.tender.items.0</t>
+  </si>
+  <si>
     <t>PLASTIC WASTE RECYCLING MACHINE</t>
   </si>
   <si>
     <t>UNSPSC-23151500</t>
   </si>
   <si>
-    <t>id-3.0.tender.items.0</t>
+    <t>id-4.0.tender.items.0</t>
   </si>
   <si>
     <t>UNSPSC-42000000</t>
   </si>
   <si>
-    <t>id-4.0.tender.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-5.0.tender.items.0</t>
   </si>
   <si>
     <t>id-6.0.tender.items.0</t>
   </si>
   <si>
+    <t>id-7.0.tender.items.0</t>
+  </si>
+  <si>
     <t>UNSPSC-72141000</t>
   </si>
   <si>
-    <t>id-7.0.tender.items.0</t>
+    <t>id-9.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-10.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>UNSPSC-95121603</t>
+  </si>
+  <si>
+    <t>id-11.0.tender.items.0</t>
   </si>
   <si>
     <t>UNSPSC-72102902</t>
   </si>
   <si>
-    <t>id-8.0.tender.items.0</t>
-[...11 lines deleted...]
-    <t>id-30.0.tender.items.0</t>
+    <t>id-12.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.items.0</t>
   </si>
   <si>
     <t>Road Construction</t>
   </si>
   <si>
-    <t>id-31.0.tender.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>_link_tender_items</t>
   </si>
   <si>
     <t>scheme</t>
   </si>
   <si>
     <t>id-0.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-1.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-2.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-3.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-4.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-5.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-6.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-7.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-8.0.tender.items.0.additionalClassifications.0</t>
+    <t>id-9.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-10.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-29.0.tender.items.0.additionalClassifications.0</t>
-[...2 lines deleted...]
-    <t>id-30.0.tender.items.0.additionalClassifications.0</t>
+    <t>id-11.0.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-12.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-31.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
     <t>format</t>
   </si>
   <si>
     <t>documentType</t>
   </si>
   <si>
     <t>datePublished</t>
   </si>
   <si>
     <t>id-0.0.tender.documents.0</t>
   </si>
   <si>
     <t>https://www.ebonyieprocure.eb.gov.ng/admin/uploadimage/1693823150_INVITA.pdf</t>
   </si>
   <si>
     <t>Tender Notice</t>
   </si>
@@ -1439,60 +1439,60 @@
   <si>
     <t>id-1.0.tender.documents.0</t>
   </si>
   <si>
     <t>https://www.ebonyieprocure.eb.gov.ng/admin/0</t>
   </si>
   <si>
     <t>id-2.0.tender.documents.0</t>
   </si>
   <si>
     <t>id-3.0.tender.documents.0</t>
   </si>
   <si>
     <t>id-4.0.tender.documents.0</t>
   </si>
   <si>
     <t>id-5.0.tender.documents.0</t>
   </si>
   <si>
     <t>id-6.0.tender.documents.0</t>
   </si>
   <si>
     <t>id-7.0.tender.documents.0</t>
   </si>
   <si>
-    <t>id-8.0.tender.documents.0</t>
+    <t>id-9.0.tender.documents.0</t>
   </si>
   <si>
     <t>id-10.0.tender.documents.0</t>
   </si>
   <si>
-    <t>id-29.0.tender.documents.0</t>
-[...2 lines deleted...]
-    <t>id-30.0.tender.documents.0</t>
+    <t>id-11.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>id-12.0.tender.documents.0</t>
   </si>
   <si>
     <t>id-31.0.tender.documents.0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2209,1382 +2209,1382 @@
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>77</v>
       </c>
       <c r="B4" t="s">
         <v>78</v>
       </c>
       <c r="C4" t="s">
         <v>45</v>
       </c>
       <c r="D4" t="s">
         <v>79</v>
       </c>
       <c r="E4" t="s">
         <v>80</v>
       </c>
       <c r="F4" t="s">
         <v>48</v>
       </c>
       <c r="G4" t="s">
         <v>49</v>
       </c>
       <c r="H4" t="s">
-        <v>81</v>
+        <v>50</v>
       </c>
       <c r="I4" t="s">
-        <v>82</v>
+        <v>51</v>
       </c>
       <c r="J4" t="s">
         <v>80</v>
       </c>
       <c r="K4" t="s">
         <v>52</v>
       </c>
-      <c r="L4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M4" t="s">
         <v>54</v>
       </c>
       <c r="N4" t="s">
         <v>55</v>
       </c>
       <c r="O4" t="s">
         <v>56</v>
       </c>
-      <c r="P4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q4" t="s">
         <v>57</v>
       </c>
       <c r="R4" t="s">
         <v>58</v>
       </c>
       <c r="S4" t="s">
         <v>59</v>
       </c>
-      <c r="T4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U4" t="s">
         <v>61</v>
       </c>
       <c r="V4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W4" t="s">
-        <v>62</v>
+        <v>81</v>
       </c>
       <c r="X4" t="s">
-        <v>85</v>
+        <v>72</v>
       </c>
       <c r="Y4" t="s">
-        <v>86</v>
+        <v>72</v>
       </c>
       <c r="Z4" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="AA4" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="AB4">
-        <v>-31</v>
+        <v>-30</v>
       </c>
       <c r="AC4" t="s">
-        <v>85</v>
+        <v>72</v>
       </c>
       <c r="AD4" t="s">
-        <v>86</v>
+        <v>72</v>
       </c>
       <c r="AE4">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="AF4" t="s">
-        <v>87</v>
+        <v>72</v>
       </c>
       <c r="AG4" t="s">
-        <v>88</v>
+        <v>72</v>
       </c>
       <c r="AH4">
-        <v>366</v>
+        <v>0</v>
       </c>
       <c r="AI4" t="s">
-        <v>81</v>
+        <v>50</v>
       </c>
       <c r="AJ4" t="s">
-        <v>82</v>
+        <v>51</v>
       </c>
       <c r="AK4" t="s">
-        <v>89</v>
+        <v>75</v>
       </c>
       <c r="AL4" t="s">
         <v>80</v>
       </c>
       <c r="AM4" t="s">
         <v>83</v>
       </c>
       <c r="AN4" t="s">
         <v>83</v>
       </c>
       <c r="AO4" t="s">
         <v>80</v>
       </c>
       <c r="AP4">
-        <v>408600000</v>
+        <v>290066729</v>
       </c>
       <c r="AQ4" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="B5" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="C5" t="s">
         <v>45</v>
       </c>
       <c r="D5" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="E5" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="F5" t="s">
         <v>48</v>
       </c>
       <c r="G5" t="s">
         <v>49</v>
       </c>
       <c r="H5" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="I5" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="J5" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="K5" t="s">
         <v>52</v>
       </c>
+      <c r="L5" t="s">
+        <v>90</v>
+      </c>
       <c r="M5" t="s">
         <v>54</v>
       </c>
       <c r="N5" t="s">
         <v>55</v>
       </c>
       <c r="O5" t="s">
         <v>56</v>
       </c>
+      <c r="P5" t="s">
+        <v>90</v>
+      </c>
       <c r="Q5" t="s">
         <v>57</v>
       </c>
       <c r="R5" t="s">
-        <v>96</v>
+        <v>58</v>
       </c>
       <c r="S5" t="s">
-        <v>97</v>
+        <v>59</v>
+      </c>
+      <c r="T5" t="s">
+        <v>91</v>
       </c>
       <c r="U5" t="s">
         <v>61</v>
       </c>
       <c r="V5">
         <v>2</v>
       </c>
       <c r="W5" t="s">
         <v>62</v>
       </c>
       <c r="X5" t="s">
-        <v>72</v>
+        <v>92</v>
       </c>
       <c r="Y5" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="Z5" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="AA5" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="AB5">
         <v>-31</v>
       </c>
       <c r="AC5" t="s">
-        <v>72</v>
+        <v>92</v>
       </c>
       <c r="AD5" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="AE5">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="AF5" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="AG5" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="AH5">
-        <v>0</v>
+        <v>366</v>
       </c>
       <c r="AI5" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="AJ5" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="AK5" t="s">
-        <v>75</v>
+        <v>96</v>
       </c>
       <c r="AL5" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="AM5" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="AN5" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="AO5" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="AP5">
-        <v>1141145932.5</v>
+        <v>408600000</v>
       </c>
       <c r="AQ5" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B6" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="C6" t="s">
         <v>45</v>
       </c>
       <c r="D6" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="E6" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="F6" t="s">
         <v>48</v>
       </c>
       <c r="G6" t="s">
         <v>49</v>
       </c>
       <c r="H6" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="I6" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="J6" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="K6" t="s">
         <v>52</v>
       </c>
       <c r="M6" t="s">
         <v>54</v>
       </c>
       <c r="N6" t="s">
         <v>55</v>
       </c>
       <c r="O6" t="s">
         <v>56</v>
       </c>
       <c r="Q6" t="s">
         <v>57</v>
       </c>
       <c r="R6" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="S6" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="U6" t="s">
         <v>61</v>
       </c>
       <c r="V6">
         <v>2</v>
       </c>
       <c r="W6" t="s">
-        <v>104</v>
+        <v>62</v>
       </c>
       <c r="X6" t="s">
         <v>72</v>
       </c>
       <c r="Y6" t="s">
         <v>72</v>
       </c>
       <c r="Z6" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="AA6" t="s">
         <v>105</v>
       </c>
       <c r="AB6">
         <v>-31</v>
       </c>
       <c r="AC6" t="s">
         <v>72</v>
       </c>
       <c r="AD6" t="s">
         <v>72</v>
       </c>
       <c r="AE6">
         <v>0</v>
       </c>
       <c r="AF6" t="s">
         <v>72</v>
       </c>
       <c r="AG6" t="s">
         <v>72</v>
       </c>
       <c r="AH6">
         <v>0</v>
       </c>
       <c r="AI6" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="AJ6" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="AK6" t="s">
         <v>75</v>
       </c>
       <c r="AL6" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="AM6" t="s">
         <v>106</v>
       </c>
       <c r="AN6" t="s">
         <v>106</v>
       </c>
       <c r="AO6" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="AP6">
-        <v>3299787750</v>
+        <v>1141145932.5</v>
       </c>
       <c r="AQ6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>107</v>
       </c>
       <c r="B7" t="s">
         <v>108</v>
       </c>
       <c r="C7" t="s">
         <v>45</v>
       </c>
       <c r="D7" t="s">
         <v>109</v>
       </c>
       <c r="E7" t="s">
         <v>110</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="G7" t="s">
         <v>49</v>
       </c>
       <c r="H7" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="I7" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="J7" t="s">
         <v>110</v>
       </c>
       <c r="K7" t="s">
         <v>52</v>
       </c>
       <c r="M7" t="s">
         <v>54</v>
       </c>
       <c r="N7" t="s">
         <v>55</v>
       </c>
       <c r="O7" t="s">
         <v>56</v>
       </c>
       <c r="Q7" t="s">
         <v>57</v>
       </c>
       <c r="R7" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="S7" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="U7" t="s">
         <v>61</v>
       </c>
       <c r="V7">
         <v>2</v>
       </c>
       <c r="W7" t="s">
         <v>111</v>
       </c>
       <c r="X7" t="s">
         <v>72</v>
       </c>
       <c r="Y7" t="s">
         <v>72</v>
       </c>
       <c r="Z7" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="AA7" t="s">
         <v>112</v>
       </c>
       <c r="AB7">
         <v>-31</v>
       </c>
       <c r="AC7" t="s">
         <v>72</v>
       </c>
       <c r="AD7" t="s">
         <v>72</v>
       </c>
       <c r="AE7">
         <v>0</v>
       </c>
       <c r="AF7" t="s">
         <v>72</v>
       </c>
       <c r="AG7" t="s">
         <v>72</v>
       </c>
       <c r="AH7">
         <v>0</v>
       </c>
       <c r="AI7" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="AJ7" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="AK7" t="s">
         <v>75</v>
       </c>
       <c r="AL7" t="s">
         <v>110</v>
       </c>
       <c r="AM7" t="s">
         <v>113</v>
       </c>
       <c r="AN7" t="s">
         <v>113</v>
       </c>
       <c r="AO7" t="s">
         <v>110</v>
       </c>
       <c r="AP7">
-        <v>3831244336.5</v>
+        <v>3299787750</v>
       </c>
       <c r="AQ7" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>114</v>
       </c>
       <c r="B8" t="s">
         <v>115</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8" t="s">
         <v>116</v>
       </c>
       <c r="E8" t="s">
         <v>117</v>
       </c>
       <c r="F8" t="s">
         <v>48</v>
       </c>
       <c r="G8" t="s">
         <v>49</v>
       </c>
       <c r="H8" t="s">
-        <v>118</v>
+        <v>101</v>
       </c>
       <c r="I8" t="s">
-        <v>119</v>
+        <v>102</v>
       </c>
       <c r="J8" t="s">
         <v>117</v>
       </c>
       <c r="K8" t="s">
         <v>52</v>
       </c>
       <c r="M8" t="s">
         <v>54</v>
       </c>
       <c r="N8" t="s">
         <v>55</v>
       </c>
       <c r="O8" t="s">
         <v>56</v>
       </c>
       <c r="Q8" t="s">
         <v>57</v>
       </c>
       <c r="R8" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="S8" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="U8" t="s">
         <v>61</v>
       </c>
       <c r="V8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W8" t="s">
-        <v>62</v>
+        <v>118</v>
       </c>
       <c r="X8" t="s">
         <v>72</v>
       </c>
       <c r="Y8" t="s">
         <v>72</v>
       </c>
       <c r="Z8" t="s">
-        <v>120</v>
+        <v>92</v>
       </c>
       <c r="AA8" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="AB8">
         <v>-31</v>
       </c>
       <c r="AC8" t="s">
         <v>72</v>
       </c>
       <c r="AD8" t="s">
         <v>72</v>
       </c>
       <c r="AE8">
         <v>0</v>
       </c>
       <c r="AF8" t="s">
         <v>72</v>
       </c>
       <c r="AG8" t="s">
         <v>72</v>
       </c>
       <c r="AH8">
         <v>0</v>
       </c>
       <c r="AI8" t="s">
-        <v>118</v>
+        <v>101</v>
       </c>
       <c r="AJ8" t="s">
-        <v>119</v>
+        <v>102</v>
       </c>
       <c r="AK8" t="s">
         <v>75</v>
       </c>
       <c r="AL8" t="s">
         <v>117</v>
       </c>
       <c r="AM8" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="AN8" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="AO8" t="s">
         <v>117</v>
       </c>
       <c r="AP8">
-        <v>297837143.3</v>
+        <v>3831244336.5</v>
       </c>
       <c r="AQ8" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B9" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C9" t="s">
         <v>45</v>
       </c>
       <c r="D9" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="E9" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="F9" t="s">
         <v>48</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="I9" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="J9" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="K9" t="s">
         <v>52</v>
       </c>
       <c r="M9" t="s">
         <v>54</v>
       </c>
       <c r="N9" t="s">
         <v>55</v>
       </c>
       <c r="O9" t="s">
         <v>56</v>
       </c>
       <c r="Q9" t="s">
         <v>57</v>
       </c>
       <c r="R9" t="s">
         <v>58</v>
       </c>
       <c r="S9" t="s">
-        <v>127</v>
+        <v>104</v>
       </c>
       <c r="U9" t="s">
         <v>61</v>
       </c>
       <c r="V9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W9" t="s">
         <v>62</v>
       </c>
       <c r="X9" t="s">
         <v>72</v>
       </c>
       <c r="Y9" t="s">
         <v>72</v>
       </c>
       <c r="Z9" t="s">
+        <v>127</v>
+      </c>
+      <c r="AA9" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="AB9">
         <v>-31</v>
       </c>
       <c r="AC9" t="s">
         <v>72</v>
       </c>
       <c r="AD9" t="s">
         <v>72</v>
       </c>
       <c r="AE9">
         <v>0</v>
       </c>
       <c r="AF9" t="s">
         <v>72</v>
       </c>
       <c r="AG9" t="s">
         <v>72</v>
       </c>
       <c r="AH9">
         <v>0</v>
       </c>
       <c r="AI9" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="AJ9" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="AK9" t="s">
         <v>75</v>
       </c>
       <c r="AL9" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="AM9" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AN9" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AO9" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="AP9">
-        <v>93126574.075</v>
+        <v>297837143.3</v>
       </c>
       <c r="AQ9" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>130</v>
+      </c>
+      <c r="B10" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
       <c r="D10" t="s">
+        <v>132</v>
+      </c>
+      <c r="E10" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="F10" t="s">
         <v>48</v>
       </c>
       <c r="G10" t="s">
         <v>49</v>
       </c>
       <c r="H10" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="I10" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="J10" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="K10" t="s">
         <v>52</v>
       </c>
       <c r="M10" t="s">
         <v>54</v>
       </c>
       <c r="N10" t="s">
         <v>55</v>
       </c>
       <c r="O10" t="s">
         <v>56</v>
       </c>
       <c r="Q10" t="s">
         <v>57</v>
       </c>
       <c r="R10" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="S10" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="U10" t="s">
         <v>61</v>
       </c>
       <c r="V10">
         <v>2</v>
       </c>
       <c r="W10" t="s">
         <v>62</v>
       </c>
       <c r="X10" t="s">
         <v>72</v>
       </c>
       <c r="Y10" t="s">
         <v>72</v>
       </c>
       <c r="Z10" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="AA10" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="AB10">
         <v>-31</v>
       </c>
       <c r="AC10" t="s">
         <v>72</v>
       </c>
       <c r="AD10" t="s">
         <v>72</v>
       </c>
       <c r="AE10">
         <v>0</v>
       </c>
       <c r="AF10" t="s">
         <v>72</v>
       </c>
       <c r="AG10" t="s">
         <v>72</v>
       </c>
       <c r="AH10">
         <v>0</v>
       </c>
       <c r="AI10" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="AJ10" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="AK10" t="s">
         <v>75</v>
       </c>
       <c r="AL10" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AM10" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AN10" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AO10" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AP10">
         <v>1236823297.5</v>
       </c>
       <c r="AQ10" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>136</v>
+      </c>
+      <c r="B11" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="C11" t="s">
         <v>45</v>
       </c>
       <c r="D11" t="s">
+        <v>138</v>
+      </c>
+      <c r="E11" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="F11" t="s">
         <v>48</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
       <c r="H11" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="I11" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="J11" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="K11" t="s">
         <v>52</v>
       </c>
       <c r="M11" t="s">
         <v>54</v>
       </c>
       <c r="N11" t="s">
         <v>55</v>
       </c>
       <c r="O11" t="s">
         <v>56</v>
       </c>
       <c r="Q11" t="s">
         <v>57</v>
       </c>
       <c r="R11" t="s">
         <v>58</v>
       </c>
       <c r="S11" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="U11" t="s">
         <v>61</v>
       </c>
       <c r="V11">
         <v>2</v>
       </c>
       <c r="W11" t="s">
         <v>62</v>
       </c>
       <c r="X11" t="s">
         <v>72</v>
       </c>
       <c r="Y11" t="s">
         <v>72</v>
       </c>
       <c r="Z11" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="AA11" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AB11">
         <v>-31</v>
       </c>
       <c r="AC11" t="s">
         <v>72</v>
       </c>
       <c r="AD11" t="s">
         <v>72</v>
       </c>
       <c r="AE11">
         <v>0</v>
       </c>
       <c r="AF11" t="s">
         <v>72</v>
       </c>
       <c r="AG11" t="s">
         <v>72</v>
       </c>
       <c r="AH11">
         <v>0</v>
       </c>
       <c r="AI11" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="AJ11" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="AK11" t="s">
+        <v>141</v>
+      </c>
+      <c r="AL11" t="s">
+        <v>139</v>
+      </c>
+      <c r="AM11" t="s">
         <v>142</v>
       </c>
-      <c r="AL11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AN11" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AO11" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AP11">
         <v>674972094.45</v>
       </c>
       <c r="AQ11" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
+        <v>143</v>
+      </c>
+      <c r="B12" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="C12" t="s">
         <v>45</v>
       </c>
       <c r="D12" t="s">
+        <v>145</v>
+      </c>
+      <c r="E12" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="F12" t="s">
         <v>48</v>
       </c>
       <c r="G12" t="s">
         <v>49</v>
       </c>
       <c r="H12" t="s">
-        <v>50</v>
+        <v>125</v>
       </c>
       <c r="I12" t="s">
-        <v>51</v>
+        <v>126</v>
       </c>
       <c r="J12" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="K12" t="s">
         <v>52</v>
       </c>
       <c r="M12" t="s">
         <v>54</v>
       </c>
       <c r="N12" t="s">
         <v>55</v>
       </c>
       <c r="O12" t="s">
         <v>56</v>
       </c>
       <c r="Q12" t="s">
         <v>57</v>
       </c>
       <c r="R12" t="s">
         <v>58</v>
       </c>
       <c r="S12" t="s">
-        <v>59</v>
+        <v>147</v>
       </c>
       <c r="U12" t="s">
         <v>61</v>
       </c>
       <c r="V12">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="W12" t="s">
         <v>62</v>
       </c>
       <c r="X12" t="s">
         <v>72</v>
       </c>
       <c r="Y12" t="s">
         <v>72</v>
       </c>
       <c r="Z12" t="s">
         <v>148</v>
       </c>
       <c r="AA12" t="s">
         <v>149</v>
       </c>
       <c r="AB12">
-        <v>-32</v>
+        <v>-31</v>
       </c>
       <c r="AC12" t="s">
         <v>72</v>
       </c>
       <c r="AD12" t="s">
         <v>72</v>
       </c>
       <c r="AE12">
         <v>0</v>
       </c>
       <c r="AF12" t="s">
         <v>72</v>
       </c>
       <c r="AG12" t="s">
         <v>72</v>
       </c>
       <c r="AH12">
         <v>0</v>
       </c>
       <c r="AI12" t="s">
-        <v>50</v>
+        <v>125</v>
       </c>
       <c r="AJ12" t="s">
-        <v>51</v>
+        <v>126</v>
       </c>
       <c r="AK12" t="s">
+        <v>75</v>
+      </c>
+      <c r="AL12" t="s">
+        <v>146</v>
+      </c>
+      <c r="AM12" t="s">
         <v>150</v>
       </c>
-      <c r="AL12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AN12" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AO12" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AP12">
-        <v>516950845.5</v>
+        <v>93126574.075</v>
       </c>
       <c r="AQ12" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>151</v>
+      </c>
+      <c r="B13" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="C13" t="s">
         <v>45</v>
       </c>
       <c r="D13" t="s">
+        <v>153</v>
+      </c>
+      <c r="E13" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F13" t="s">
         <v>48</v>
       </c>
       <c r="G13" t="s">
         <v>49</v>
       </c>
       <c r="H13" t="s">
         <v>50</v>
       </c>
       <c r="I13" t="s">
         <v>51</v>
       </c>
       <c r="J13" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="K13" t="s">
         <v>52</v>
       </c>
-      <c r="L13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M13" t="s">
         <v>54</v>
       </c>
       <c r="N13" t="s">
         <v>55</v>
       </c>
       <c r="O13" t="s">
         <v>56</v>
       </c>
-      <c r="P13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q13" t="s">
         <v>57</v>
       </c>
       <c r="R13" t="s">
         <v>58</v>
       </c>
       <c r="S13" t="s">
         <v>59</v>
       </c>
-      <c r="T13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U13" t="s">
         <v>61</v>
       </c>
       <c r="V13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W13" t="s">
-        <v>158</v>
+        <v>62</v>
       </c>
       <c r="X13" t="s">
-        <v>159</v>
+        <v>72</v>
       </c>
       <c r="Y13" t="s">
-        <v>160</v>
+        <v>72</v>
       </c>
       <c r="Z13" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="AA13" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="AB13">
-        <v>-31</v>
+        <v>-32</v>
       </c>
       <c r="AC13" t="s">
-        <v>161</v>
+        <v>72</v>
       </c>
       <c r="AD13" t="s">
-        <v>163</v>
+        <v>72</v>
       </c>
       <c r="AE13">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="AF13" t="s">
-        <v>164</v>
+        <v>72</v>
       </c>
       <c r="AG13" t="s">
-        <v>165</v>
+        <v>72</v>
       </c>
       <c r="AH13">
-        <v>365</v>
+        <v>0</v>
       </c>
       <c r="AI13" t="s">
         <v>50</v>
       </c>
       <c r="AJ13" t="s">
         <v>51</v>
       </c>
       <c r="AK13" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
       <c r="AL13" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AM13" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="AN13" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="AO13" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AP13">
-        <v>311887467.2</v>
+        <v>516950845.5</v>
       </c>
       <c r="AQ13" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="B14" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="C14" t="s">
         <v>45</v>
       </c>
       <c r="D14" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="E14" t="s">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="F14" t="s">
         <v>48</v>
       </c>
       <c r="G14" t="s">
         <v>49</v>
       </c>
       <c r="H14" t="s">
         <v>50</v>
       </c>
       <c r="I14" t="s">
         <v>51</v>
       </c>
       <c r="J14" t="s">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="K14" t="s">
         <v>52</v>
       </c>
+      <c r="L14" t="s">
+        <v>163</v>
+      </c>
       <c r="M14" t="s">
         <v>54</v>
       </c>
       <c r="N14" t="s">
         <v>55</v>
       </c>
       <c r="O14" t="s">
         <v>56</v>
       </c>
+      <c r="P14" t="s">
+        <v>163</v>
+      </c>
       <c r="Q14" t="s">
         <v>57</v>
       </c>
       <c r="R14" t="s">
         <v>58</v>
       </c>
       <c r="S14" t="s">
         <v>59</v>
       </c>
+      <c r="T14" t="s">
+        <v>164</v>
+      </c>
       <c r="U14" t="s">
         <v>61</v>
       </c>
       <c r="V14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W14" t="s">
-        <v>158</v>
+        <v>81</v>
       </c>
       <c r="X14" t="s">
-        <v>72</v>
+        <v>165</v>
       </c>
       <c r="Y14" t="s">
-        <v>72</v>
+        <v>166</v>
       </c>
       <c r="Z14" t="s">
-        <v>73</v>
+        <v>167</v>
       </c>
       <c r="AA14" t="s">
+        <v>168</v>
+      </c>
+      <c r="AB14">
+        <v>-31</v>
+      </c>
+      <c r="AC14" t="s">
+        <v>167</v>
+      </c>
+      <c r="AD14" t="s">
+        <v>169</v>
+      </c>
+      <c r="AE14">
+        <v>31</v>
+      </c>
+      <c r="AF14" t="s">
+        <v>170</v>
+      </c>
+      <c r="AG14" t="s">
         <v>171</v>
       </c>
-      <c r="AB14">
-[...16 lines deleted...]
-      </c>
       <c r="AH14">
-        <v>0</v>
+        <v>365</v>
       </c>
       <c r="AI14" t="s">
         <v>50</v>
       </c>
       <c r="AJ14" t="s">
         <v>51</v>
       </c>
       <c r="AK14" t="s">
-        <v>75</v>
+        <v>172</v>
       </c>
       <c r="AL14" t="s">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="AM14" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="AN14" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="AO14" t="s">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="AP14">
-        <v>290066729</v>
+        <v>311887467.2</v>
       </c>
       <c r="AQ14" t="s">
         <v>67</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>436</v>
       </c>
@@ -3624,218 +3624,218 @@
       </c>
       <c r="B3" t="s">
         <v>417</v>
       </c>
       <c r="C3" t="s">
         <v>68</v>
       </c>
       <c r="D3" t="s">
         <v>416</v>
       </c>
       <c r="E3" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>440</v>
       </c>
       <c r="B4" t="s">
         <v>418</v>
       </c>
       <c r="C4" t="s">
         <v>77</v>
       </c>
       <c r="D4" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="E4" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>441</v>
       </c>
       <c r="B5" t="s">
+        <v>419</v>
+      </c>
+      <c r="C5" t="s">
+        <v>84</v>
+      </c>
+      <c r="D5" t="s">
         <v>421</v>
-      </c>
-[...4 lines deleted...]
-        <v>422</v>
       </c>
       <c r="E5" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>442</v>
       </c>
       <c r="B6" t="s">
+        <v>422</v>
+      </c>
+      <c r="C6" t="s">
+        <v>97</v>
+      </c>
+      <c r="D6" t="s">
         <v>423</v>
-      </c>
-[...4 lines deleted...]
-        <v>422</v>
       </c>
       <c r="E6" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>443</v>
       </c>
       <c r="B7" t="s">
         <v>424</v>
       </c>
       <c r="C7" t="s">
         <v>107</v>
       </c>
       <c r="D7" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="E7" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>444</v>
       </c>
       <c r="B8" t="s">
         <v>425</v>
       </c>
       <c r="C8" t="s">
         <v>114</v>
       </c>
       <c r="D8" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="E8" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>445</v>
       </c>
       <c r="B9" t="s">
+        <v>426</v>
+      </c>
+      <c r="C9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D9" t="s">
         <v>427</v>
-      </c>
-[...4 lines deleted...]
-        <v>428</v>
       </c>
       <c r="E9" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>446</v>
       </c>
       <c r="B10" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="C10" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D10" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="E10" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>447</v>
       </c>
       <c r="B11" t="s">
+        <v>429</v>
+      </c>
+      <c r="C11" t="s">
+        <v>136</v>
+      </c>
+      <c r="D11" t="s">
         <v>430</v>
-      </c>
-[...4 lines deleted...]
-        <v>431</v>
       </c>
       <c r="E11" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>448</v>
       </c>
       <c r="B12" t="s">
+        <v>431</v>
+      </c>
+      <c r="C12" t="s">
+        <v>143</v>
+      </c>
+      <c r="D12" t="s">
         <v>432</v>
-      </c>
-[...4 lines deleted...]
-        <v>416</v>
       </c>
       <c r="E12" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>449</v>
       </c>
       <c r="B13" t="s">
         <v>433</v>
       </c>
       <c r="C13" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D13" t="s">
         <v>416</v>
       </c>
       <c r="E13" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>450</v>
       </c>
       <c r="B14" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="C14" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="D14" t="s">
         <v>416</v>
       </c>
       <c r="E14" t="s">
         <v>219</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -3946,107 +3946,107 @@
       </c>
       <c r="E4" t="s">
         <v>457</v>
       </c>
       <c r="F4" t="s">
         <v>458</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
         <v>459</v>
       </c>
       <c r="I4" t="s">
         <v>460</v>
       </c>
       <c r="J4" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>464</v>
       </c>
       <c r="B5" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5" t="s">
         <v>462</v>
       </c>
       <c r="E5" t="s">
         <v>457</v>
       </c>
       <c r="F5" t="s">
         <v>458</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
         <v>459</v>
       </c>
       <c r="I5" t="s">
         <v>460</v>
       </c>
       <c r="J5" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>465</v>
       </c>
       <c r="B6" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6" t="s">
         <v>462</v>
       </c>
       <c r="E6" t="s">
         <v>457</v>
       </c>
       <c r="F6" t="s">
         <v>458</v>
       </c>
       <c r="G6" t="s">
         <v>48</v>
       </c>
       <c r="H6" t="s">
         <v>459</v>
       </c>
       <c r="I6" t="s">
         <v>460</v>
       </c>
       <c r="J6" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>466</v>
       </c>
       <c r="B7" t="s">
         <v>107</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="s">
         <v>462</v>
       </c>
       <c r="E7" t="s">
         <v>457</v>
       </c>
       <c r="F7" t="s">
         <v>458</v>
       </c>
       <c r="G7" t="s">
         <v>48</v>
       </c>
       <c r="H7" t="s">
@@ -4074,235 +4074,235 @@
       </c>
       <c r="E8" t="s">
         <v>457</v>
       </c>
       <c r="F8" t="s">
         <v>458</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
       <c r="H8" t="s">
         <v>459</v>
       </c>
       <c r="I8" t="s">
         <v>460</v>
       </c>
       <c r="J8" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>468</v>
       </c>
       <c r="B9" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C9">
         <v>1</v>
       </c>
       <c r="D9" t="s">
         <v>462</v>
       </c>
       <c r="E9" t="s">
         <v>457</v>
       </c>
       <c r="F9" t="s">
         <v>458</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>459</v>
       </c>
       <c r="I9" t="s">
         <v>460</v>
       </c>
       <c r="J9" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>469</v>
       </c>
       <c r="B10" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10" t="s">
         <v>462</v>
       </c>
       <c r="E10" t="s">
         <v>457</v>
       </c>
       <c r="F10" t="s">
         <v>458</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
       <c r="H10" t="s">
         <v>459</v>
       </c>
       <c r="I10" t="s">
         <v>460</v>
       </c>
       <c r="J10" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>470</v>
       </c>
       <c r="B11" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
       <c r="D11" t="s">
         <v>462</v>
       </c>
       <c r="E11" t="s">
         <v>457</v>
       </c>
       <c r="F11" t="s">
         <v>458</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11" t="s">
         <v>459</v>
       </c>
       <c r="I11" t="s">
         <v>460</v>
       </c>
       <c r="J11" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>471</v>
       </c>
       <c r="B12" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C12">
         <v>1</v>
       </c>
       <c r="D12" t="s">
         <v>462</v>
       </c>
       <c r="E12" t="s">
         <v>457</v>
       </c>
       <c r="F12" t="s">
         <v>458</v>
       </c>
       <c r="G12" t="s">
         <v>48</v>
       </c>
       <c r="H12" t="s">
         <v>459</v>
       </c>
       <c r="I12" t="s">
         <v>460</v>
       </c>
       <c r="J12" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>472</v>
       </c>
       <c r="B13" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13" t="s">
         <v>462</v>
       </c>
       <c r="E13" t="s">
         <v>457</v>
       </c>
       <c r="F13" t="s">
         <v>458</v>
       </c>
       <c r="G13" t="s">
         <v>48</v>
       </c>
       <c r="H13" t="s">
         <v>459</v>
       </c>
       <c r="I13" t="s">
         <v>460</v>
       </c>
       <c r="J13" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>473</v>
       </c>
       <c r="B14" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="C14">
         <v>1</v>
       </c>
       <c r="D14" t="s">
         <v>462</v>
       </c>
       <c r="E14" t="s">
         <v>457</v>
       </c>
       <c r="F14" t="s">
         <v>458</v>
       </c>
       <c r="G14" t="s">
         <v>48</v>
       </c>
       <c r="H14" t="s">
         <v>459</v>
       </c>
       <c r="I14" t="s">
         <v>460</v>
       </c>
       <c r="J14" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>173</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -4393,401 +4393,401 @@
       </c>
       <c r="I3" t="s">
         <v>67</v>
       </c>
       <c r="J3" t="s">
         <v>72</v>
       </c>
       <c r="K3" t="s">
         <v>72</v>
       </c>
       <c r="L3">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>186</v>
       </c>
       <c r="B4" t="s">
         <v>77</v>
       </c>
       <c r="C4" t="s">
         <v>187</v>
       </c>
       <c r="D4" t="s">
-        <v>86</v>
+        <v>72</v>
       </c>
       <c r="E4" t="s">
         <v>54</v>
       </c>
-      <c r="F4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H4">
-        <v>408600000</v>
+        <v>290066729</v>
       </c>
       <c r="I4" t="s">
         <v>67</v>
       </c>
       <c r="J4" t="s">
-        <v>87</v>
+        <v>72</v>
       </c>
       <c r="K4" t="s">
-        <v>88</v>
+        <v>72</v>
       </c>
       <c r="L4">
-        <v>366</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>188</v>
       </c>
       <c r="B5" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="C5" t="s">
         <v>189</v>
       </c>
       <c r="D5" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="E5" t="s">
         <v>54</v>
       </c>
+      <c r="F5" t="s">
+        <v>90</v>
+      </c>
+      <c r="G5" t="s">
+        <v>90</v>
+      </c>
       <c r="H5">
-        <v>1141145932.5</v>
+        <v>408600000</v>
       </c>
       <c r="I5" t="s">
         <v>67</v>
       </c>
       <c r="J5" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="K5" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="L5">
-        <v>0</v>
+        <v>366</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>190</v>
       </c>
       <c r="B6" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C6" t="s">
         <v>191</v>
       </c>
       <c r="D6" t="s">
         <v>72</v>
       </c>
       <c r="E6" t="s">
         <v>54</v>
       </c>
       <c r="H6">
-        <v>3299787750</v>
+        <v>1141145932.5</v>
       </c>
       <c r="I6" t="s">
         <v>67</v>
       </c>
       <c r="J6" t="s">
         <v>72</v>
       </c>
       <c r="K6" t="s">
         <v>72</v>
       </c>
       <c r="L6">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>192</v>
       </c>
       <c r="B7" t="s">
         <v>107</v>
       </c>
       <c r="C7" t="s">
         <v>193</v>
       </c>
       <c r="D7" t="s">
         <v>72</v>
       </c>
       <c r="E7" t="s">
         <v>54</v>
       </c>
       <c r="H7">
-        <v>3831244336.5</v>
+        <v>3299787750</v>
       </c>
       <c r="I7" t="s">
         <v>67</v>
       </c>
       <c r="J7" t="s">
         <v>72</v>
       </c>
       <c r="K7" t="s">
         <v>72</v>
       </c>
       <c r="L7">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>194</v>
       </c>
       <c r="B8" t="s">
         <v>114</v>
       </c>
       <c r="C8" t="s">
         <v>195</v>
       </c>
       <c r="D8" t="s">
         <v>72</v>
       </c>
       <c r="E8" t="s">
         <v>54</v>
       </c>
       <c r="H8">
-        <v>297837143.3</v>
+        <v>3831244336.5</v>
       </c>
       <c r="I8" t="s">
         <v>67</v>
       </c>
       <c r="J8" t="s">
         <v>72</v>
       </c>
       <c r="K8" t="s">
         <v>72</v>
       </c>
       <c r="L8">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>196</v>
       </c>
       <c r="B9" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C9" t="s">
         <v>197</v>
       </c>
       <c r="D9" t="s">
         <v>72</v>
       </c>
       <c r="E9" t="s">
         <v>54</v>
       </c>
       <c r="H9">
-        <v>93126574.075</v>
+        <v>297837143.3</v>
       </c>
       <c r="I9" t="s">
         <v>67</v>
       </c>
       <c r="J9" t="s">
         <v>72</v>
       </c>
       <c r="K9" t="s">
         <v>72</v>
       </c>
       <c r="L9">
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>198</v>
       </c>
       <c r="B10" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C10" t="s">
         <v>199</v>
       </c>
       <c r="D10" t="s">
         <v>72</v>
       </c>
       <c r="E10" t="s">
         <v>54</v>
       </c>
       <c r="H10">
         <v>1236823297.5</v>
       </c>
       <c r="I10" t="s">
         <v>67</v>
       </c>
       <c r="J10" t="s">
         <v>72</v>
       </c>
       <c r="K10" t="s">
         <v>72</v>
       </c>
       <c r="L10">
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>200</v>
       </c>
       <c r="B11" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C11" t="s">
         <v>201</v>
       </c>
       <c r="D11" t="s">
         <v>72</v>
       </c>
       <c r="E11" t="s">
         <v>54</v>
       </c>
       <c r="H11">
         <v>674972094.45</v>
       </c>
       <c r="I11" t="s">
         <v>67</v>
       </c>
       <c r="J11" t="s">
         <v>72</v>
       </c>
       <c r="K11" t="s">
         <v>72</v>
       </c>
       <c r="L11">
         <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>202</v>
       </c>
       <c r="B12" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C12" t="s">
         <v>203</v>
       </c>
       <c r="D12" t="s">
         <v>72</v>
       </c>
       <c r="E12" t="s">
         <v>54</v>
       </c>
       <c r="H12">
-        <v>516950845.5</v>
+        <v>93126574.075</v>
       </c>
       <c r="I12" t="s">
         <v>67</v>
       </c>
       <c r="J12" t="s">
         <v>72</v>
       </c>
       <c r="K12" t="s">
         <v>72</v>
       </c>
       <c r="L12">
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>204</v>
       </c>
       <c r="B13" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C13" t="s">
         <v>205</v>
       </c>
       <c r="D13" t="s">
-        <v>160</v>
+        <v>72</v>
       </c>
       <c r="E13" t="s">
         <v>54</v>
       </c>
-      <c r="F13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H13">
-        <v>311887467.2</v>
+        <v>516950845.5</v>
       </c>
       <c r="I13" t="s">
         <v>67</v>
       </c>
       <c r="J13" t="s">
-        <v>164</v>
+        <v>72</v>
       </c>
       <c r="K13" t="s">
-        <v>165</v>
+        <v>72</v>
       </c>
       <c r="L13">
-        <v>365</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>206</v>
       </c>
       <c r="B14" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="C14" t="s">
         <v>207</v>
       </c>
       <c r="D14" t="s">
-        <v>72</v>
+        <v>166</v>
       </c>
       <c r="E14" t="s">
         <v>54</v>
       </c>
+      <c r="F14" t="s">
+        <v>163</v>
+      </c>
+      <c r="G14" t="s">
+        <v>163</v>
+      </c>
       <c r="H14">
-        <v>290066729</v>
+        <v>311887467.2</v>
       </c>
       <c r="I14" t="s">
         <v>67</v>
       </c>
       <c r="J14" t="s">
-        <v>72</v>
+        <v>170</v>
       </c>
       <c r="K14" t="s">
-        <v>72</v>
+        <v>171</v>
       </c>
       <c r="L14">
-        <v>0</v>
+        <v>365</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>208</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>173</v>
       </c>
@@ -4865,104 +4865,104 @@
         <v>71</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
       <c r="H3" t="s">
         <v>218</v>
       </c>
       <c r="J3" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>222</v>
       </c>
       <c r="B4" t="s">
         <v>186</v>
       </c>
       <c r="C4" t="s">
         <v>77</v>
       </c>
       <c r="D4" t="s">
         <v>80</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>0</v>
       </c>
       <c r="H4" t="s">
         <v>218</v>
       </c>
       <c r="J4" t="s">
         <v>219</v>
       </c>
-      <c r="L4" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="B5" t="s">
         <v>188</v>
       </c>
       <c r="C5" t="s">
+        <v>84</v>
+      </c>
+      <c r="D5" t="s">
+        <v>87</v>
+      </c>
+      <c r="E5" t="s">
         <v>90</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G5" t="s">
+        <v>224</v>
       </c>
       <c r="H5" t="s">
         <v>218</v>
       </c>
       <c r="J5" t="s">
         <v>219</v>
+      </c>
+      <c r="L5" t="s">
+        <v>225</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>226</v>
       </c>
       <c r="B6" t="s">
         <v>190</v>
       </c>
       <c r="C6" t="s">
+        <v>97</v>
+      </c>
+      <c r="D6" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="H6" t="s">
         <v>218</v>
       </c>
       <c r="J6" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>227</v>
       </c>
       <c r="B7" t="s">
         <v>192</v>
       </c>
       <c r="C7" t="s">
         <v>107</v>
       </c>
       <c r="D7" t="s">
         <v>110</v>
       </c>
       <c r="F7">
@@ -4984,187 +4984,187 @@
       </c>
       <c r="C8" t="s">
         <v>114</v>
       </c>
       <c r="D8" t="s">
         <v>117</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="H8" t="s">
         <v>218</v>
       </c>
       <c r="J8" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>229</v>
       </c>
       <c r="B9" t="s">
         <v>196</v>
       </c>
       <c r="C9" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D9" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
       <c r="H9" t="s">
         <v>218</v>
       </c>
       <c r="J9" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>230</v>
       </c>
       <c r="B10" t="s">
         <v>198</v>
       </c>
       <c r="C10" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D10" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="F10">
         <v>0</v>
       </c>
       <c r="H10" t="s">
         <v>218</v>
       </c>
       <c r="J10" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>231</v>
       </c>
       <c r="B11" t="s">
         <v>200</v>
       </c>
       <c r="C11" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D11" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F11">
         <v>0</v>
       </c>
       <c r="H11" t="s">
         <v>218</v>
       </c>
       <c r="J11" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>232</v>
       </c>
       <c r="B12" t="s">
         <v>202</v>
       </c>
       <c r="C12" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D12" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F12">
         <v>0</v>
       </c>
       <c r="H12" t="s">
         <v>218</v>
       </c>
       <c r="J12" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>233</v>
       </c>
       <c r="B13" t="s">
         <v>204</v>
       </c>
       <c r="C13" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D13" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="F13">
-        <v>3.16</v>
-[...2 lines deleted...]
-        <v>217</v>
+        <v>0</v>
       </c>
       <c r="H13" t="s">
         <v>218</v>
       </c>
       <c r="J13" t="s">
         <v>219</v>
       </c>
-      <c r="L13" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="B14" t="s">
         <v>206</v>
       </c>
       <c r="C14" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="D14" t="s">
-        <v>170</v>
+        <v>162</v>
+      </c>
+      <c r="E14" t="s">
+        <v>163</v>
       </c>
       <c r="F14">
-        <v>0</v>
+        <v>3.16</v>
+      </c>
+      <c r="G14" t="s">
+        <v>217</v>
       </c>
       <c r="H14" t="s">
         <v>218</v>
       </c>
       <c r="J14" t="s">
         <v>219</v>
+      </c>
+      <c r="L14" t="s">
+        <v>235</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>208</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>173</v>
       </c>
@@ -5198,221 +5198,221 @@
       </c>
       <c r="B3" t="s">
         <v>184</v>
       </c>
       <c r="C3" t="s">
         <v>68</v>
       </c>
       <c r="D3">
         <v>3392669</v>
       </c>
       <c r="E3" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>241</v>
       </c>
       <c r="B4" t="s">
         <v>186</v>
       </c>
       <c r="C4" t="s">
         <v>77</v>
       </c>
       <c r="D4">
-        <v>1439987</v>
+        <v>7003118</v>
       </c>
       <c r="E4" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>243</v>
       </c>
       <c r="B5" t="s">
         <v>188</v>
       </c>
       <c r="C5" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="D5">
-        <v>7017260</v>
+        <v>1439987</v>
       </c>
       <c r="E5" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>245</v>
       </c>
       <c r="B6" t="s">
         <v>190</v>
       </c>
       <c r="C6" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D6">
         <v>7017260</v>
       </c>
       <c r="E6" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B7" t="s">
         <v>192</v>
       </c>
       <c r="C7" t="s">
         <v>107</v>
       </c>
       <c r="D7">
         <v>7017260</v>
       </c>
       <c r="E7" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B8" t="s">
         <v>194</v>
       </c>
       <c r="C8" t="s">
         <v>114</v>
       </c>
       <c r="D8">
-        <v>177204</v>
+        <v>7017260</v>
       </c>
       <c r="E8" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>249</v>
       </c>
       <c r="B9" t="s">
         <v>196</v>
       </c>
       <c r="C9" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D9">
-        <v>1367242</v>
+        <v>177204</v>
       </c>
       <c r="E9" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>251</v>
       </c>
       <c r="B10" t="s">
         <v>198</v>
       </c>
       <c r="C10" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D10">
         <v>7017260</v>
       </c>
       <c r="E10" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>252</v>
       </c>
       <c r="B11" t="s">
         <v>200</v>
       </c>
       <c r="C11" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D11">
         <v>177204</v>
       </c>
       <c r="E11" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>253</v>
       </c>
       <c r="B12" t="s">
         <v>202</v>
       </c>
       <c r="C12" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D12">
-        <v>1175590</v>
+        <v>1367242</v>
       </c>
       <c r="E12" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>255</v>
       </c>
       <c r="B13" t="s">
         <v>204</v>
       </c>
       <c r="C13" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D13">
-        <v>6995787</v>
+        <v>1175590</v>
       </c>
       <c r="E13" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>257</v>
       </c>
       <c r="B14" t="s">
         <v>206</v>
       </c>
       <c r="C14" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="D14">
-        <v>7003118</v>
+        <v>6995787</v>
       </c>
       <c r="E14" t="s">
         <v>258</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>173</v>
       </c>
@@ -5615,966 +5615,966 @@
       </c>
       <c r="L5" t="s">
         <v>295</v>
       </c>
       <c r="M5" t="s">
         <v>286</v>
       </c>
       <c r="N5" t="s">
         <v>287</v>
       </c>
       <c r="O5" t="s">
         <v>296</v>
       </c>
       <c r="P5" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>298</v>
       </c>
       <c r="B6" t="s">
         <v>77</v>
       </c>
       <c r="C6" t="s">
-        <v>299</v>
+        <v>272</v>
       </c>
       <c r="D6" t="s">
-        <v>82</v>
+        <v>51</v>
       </c>
       <c r="E6" t="s">
         <v>273</v>
       </c>
       <c r="F6" t="s">
         <v>274</v>
       </c>
       <c r="G6" t="s">
         <v>275</v>
       </c>
       <c r="H6">
         <v>480271</v>
       </c>
       <c r="I6" t="s">
         <v>276</v>
       </c>
       <c r="J6" t="s">
         <v>277</v>
       </c>
       <c r="K6" t="s">
         <v>278</v>
       </c>
       <c r="L6" t="s">
-        <v>82</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s">
-        <v>300</v>
+        <v>279</v>
       </c>
       <c r="N6" t="s">
-        <v>301</v>
+        <v>280</v>
       </c>
       <c r="O6" t="s">
-        <v>81</v>
+        <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="B7" t="s">
         <v>77</v>
       </c>
       <c r="C7" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="D7" t="s">
         <v>242</v>
       </c>
       <c r="E7" t="s">
         <v>283</v>
       </c>
       <c r="G7" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="J7" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="L7" t="s">
         <v>242</v>
       </c>
       <c r="M7" t="s">
-        <v>306</v>
+        <v>286</v>
       </c>
       <c r="N7" t="s">
         <v>287</v>
       </c>
       <c r="O7" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="P7" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="B8" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="C8" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="D8" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="E8" t="s">
         <v>273</v>
       </c>
       <c r="F8" t="s">
         <v>274</v>
       </c>
       <c r="G8" t="s">
         <v>275</v>
       </c>
       <c r="H8">
         <v>480271</v>
       </c>
       <c r="I8" t="s">
         <v>276</v>
       </c>
       <c r="J8" t="s">
         <v>277</v>
       </c>
       <c r="K8" t="s">
         <v>278</v>
       </c>
       <c r="L8" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="M8" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="N8" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="O8" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="B9" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="C9" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="D9" t="s">
         <v>244</v>
       </c>
       <c r="E9" t="s">
         <v>283</v>
       </c>
       <c r="G9" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="J9" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="L9" t="s">
         <v>244</v>
       </c>
       <c r="M9" t="s">
-        <v>286</v>
+        <v>313</v>
       </c>
       <c r="N9" t="s">
         <v>287</v>
       </c>
       <c r="O9" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="P9" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="B10" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C10" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="D10" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="E10" t="s">
         <v>273</v>
       </c>
       <c r="F10" t="s">
         <v>274</v>
       </c>
       <c r="G10" t="s">
         <v>275</v>
       </c>
       <c r="H10">
         <v>480271</v>
       </c>
       <c r="I10" t="s">
         <v>276</v>
       </c>
       <c r="J10" t="s">
         <v>277</v>
       </c>
       <c r="K10" t="s">
         <v>278</v>
       </c>
       <c r="L10" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="M10" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="N10" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="O10" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>320</v>
       </c>
       <c r="B11" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C11" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="D11" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="E11" t="s">
         <v>283</v>
       </c>
       <c r="G11" t="s">
-        <v>315</v>
+        <v>301</v>
       </c>
       <c r="J11" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="L11" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="M11" t="s">
         <v>286</v>
       </c>
       <c r="N11" t="s">
         <v>287</v>
       </c>
       <c r="O11" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="P11" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="B12" t="s">
         <v>107</v>
       </c>
       <c r="C12" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="D12" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="E12" t="s">
         <v>273</v>
       </c>
       <c r="F12" t="s">
         <v>274</v>
       </c>
       <c r="G12" t="s">
         <v>275</v>
       </c>
       <c r="H12">
         <v>480271</v>
       </c>
       <c r="I12" t="s">
         <v>276</v>
       </c>
       <c r="J12" t="s">
         <v>277</v>
       </c>
       <c r="K12" t="s">
         <v>278</v>
       </c>
       <c r="L12" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="M12" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="N12" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="O12" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="B13" t="s">
         <v>107</v>
       </c>
       <c r="C13" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="D13" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="E13" t="s">
         <v>283</v>
       </c>
       <c r="G13" t="s">
-        <v>315</v>
+        <v>301</v>
       </c>
       <c r="J13" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="L13" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="M13" t="s">
         <v>286</v>
       </c>
       <c r="N13" t="s">
         <v>287</v>
       </c>
       <c r="O13" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="P13" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="B14" t="s">
         <v>114</v>
       </c>
       <c r="C14" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="D14" t="s">
-        <v>119</v>
+        <v>102</v>
       </c>
       <c r="E14" t="s">
         <v>273</v>
       </c>
       <c r="F14" t="s">
         <v>274</v>
       </c>
       <c r="G14" t="s">
         <v>275</v>
       </c>
       <c r="H14">
         <v>480271</v>
       </c>
       <c r="I14" t="s">
         <v>276</v>
       </c>
       <c r="J14" t="s">
-        <v>325</v>
+        <v>277</v>
       </c>
       <c r="K14" t="s">
         <v>278</v>
       </c>
       <c r="L14" t="s">
-        <v>119</v>
+        <v>102</v>
       </c>
       <c r="M14" t="s">
-        <v>326</v>
+        <v>318</v>
+      </c>
+      <c r="N14" t="s">
+        <v>319</v>
       </c>
       <c r="O14" t="s">
-        <v>118</v>
+        <v>101</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B15" t="s">
         <v>114</v>
       </c>
       <c r="C15" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="D15" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="E15" t="s">
         <v>283</v>
       </c>
       <c r="G15" t="s">
-        <v>329</v>
+        <v>301</v>
       </c>
       <c r="J15" t="s">
-        <v>330</v>
+        <v>322</v>
       </c>
       <c r="L15" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="M15" t="s">
         <v>286</v>
       </c>
       <c r="N15" t="s">
         <v>287</v>
       </c>
       <c r="O15" t="s">
-        <v>331</v>
+        <v>323</v>
       </c>
       <c r="P15" t="s">
-        <v>332</v>
+        <v>324</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="B16" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C16" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="D16" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="E16" t="s">
         <v>273</v>
       </c>
       <c r="F16" t="s">
         <v>274</v>
       </c>
       <c r="G16" t="s">
         <v>275</v>
       </c>
       <c r="H16">
         <v>480271</v>
       </c>
       <c r="I16" t="s">
         <v>276</v>
       </c>
       <c r="J16" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="K16" t="s">
         <v>278</v>
       </c>
       <c r="L16" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="M16" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="O16" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
+        <v>333</v>
+      </c>
+      <c r="B17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
         <v>334</v>
-      </c>
-[...4 lines deleted...]
-        <v>335</v>
       </c>
       <c r="D17" t="s">
         <v>250</v>
       </c>
       <c r="E17" t="s">
         <v>283</v>
       </c>
       <c r="G17" t="s">
-        <v>315</v>
+        <v>335</v>
       </c>
       <c r="J17" t="s">
         <v>336</v>
       </c>
       <c r="L17" t="s">
         <v>250</v>
       </c>
       <c r="M17" t="s">
-        <v>337</v>
+        <v>286</v>
       </c>
       <c r="N17" t="s">
         <v>287</v>
       </c>
       <c r="O17" t="s">
+        <v>337</v>
+      </c>
+      <c r="P17" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="B18" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C18" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="D18" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="E18" t="s">
         <v>273</v>
       </c>
       <c r="F18" t="s">
         <v>274</v>
       </c>
       <c r="G18" t="s">
         <v>275</v>
       </c>
       <c r="H18">
         <v>480271</v>
       </c>
       <c r="I18" t="s">
         <v>276</v>
       </c>
       <c r="J18" t="s">
         <v>277</v>
       </c>
       <c r="K18" t="s">
         <v>278</v>
       </c>
       <c r="L18" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="M18" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="N18" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="O18" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="B19" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C19" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="D19" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="E19" t="s">
         <v>283</v>
       </c>
       <c r="G19" t="s">
-        <v>315</v>
+        <v>301</v>
       </c>
       <c r="J19" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="L19" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="M19" t="s">
         <v>286</v>
       </c>
       <c r="N19" t="s">
         <v>287</v>
       </c>
       <c r="O19" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="P19" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="B20" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C20" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="D20" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="E20" t="s">
         <v>273</v>
       </c>
       <c r="F20" t="s">
         <v>274</v>
       </c>
       <c r="G20" t="s">
         <v>275</v>
       </c>
       <c r="H20">
         <v>480271</v>
       </c>
       <c r="I20" t="s">
         <v>276</v>
       </c>
       <c r="J20" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="K20" t="s">
         <v>278</v>
       </c>
       <c r="L20" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="M20" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="O20" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="B21" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C21" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="D21" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="E21" t="s">
         <v>283</v>
       </c>
       <c r="G21" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="J21" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="L21" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="M21" t="s">
         <v>286</v>
       </c>
       <c r="N21" t="s">
         <v>287</v>
       </c>
       <c r="O21" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="P21" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B22" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C22" t="s">
-        <v>272</v>
+        <v>330</v>
       </c>
       <c r="D22" t="s">
-        <v>51</v>
+        <v>126</v>
       </c>
       <c r="E22" t="s">
         <v>273</v>
       </c>
       <c r="F22" t="s">
         <v>274</v>
       </c>
       <c r="G22" t="s">
         <v>275</v>
       </c>
       <c r="H22">
         <v>480271</v>
       </c>
       <c r="I22" t="s">
         <v>276</v>
       </c>
       <c r="J22" t="s">
-        <v>277</v>
+        <v>331</v>
       </c>
       <c r="K22" t="s">
         <v>278</v>
       </c>
       <c r="L22" t="s">
-        <v>51</v>
+        <v>126</v>
       </c>
       <c r="M22" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>280</v>
+        <v>332</v>
       </c>
       <c r="O22" t="s">
-        <v>50</v>
+        <v>125</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
+        <v>344</v>
+      </c>
+      <c r="B23" t="s">
+        <v>143</v>
+      </c>
+      <c r="C23" t="s">
         <v>345</v>
-      </c>
-[...4 lines deleted...]
-        <v>346</v>
       </c>
       <c r="D23" t="s">
         <v>254</v>
       </c>
       <c r="E23" t="s">
         <v>283</v>
       </c>
       <c r="G23" t="s">
-        <v>347</v>
+        <v>301</v>
       </c>
       <c r="J23" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="L23" t="s">
         <v>254</v>
       </c>
       <c r="M23" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="N23" t="s">
         <v>287</v>
       </c>
       <c r="O23" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="P23" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="B24" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C24" t="s">
         <v>272</v>
       </c>
       <c r="D24" t="s">
         <v>51</v>
       </c>
       <c r="E24" t="s">
         <v>273</v>
       </c>
       <c r="F24" t="s">
         <v>274</v>
       </c>
       <c r="G24" t="s">
         <v>275</v>
       </c>
       <c r="H24">
         <v>480271</v>
       </c>
       <c r="I24" t="s">
         <v>276</v>
       </c>
       <c r="J24" t="s">
         <v>277</v>
       </c>
       <c r="K24" t="s">
         <v>278</v>
       </c>
       <c r="L24" t="s">
         <v>51</v>
       </c>
       <c r="M24" t="s">
         <v>279</v>
       </c>
       <c r="N24" t="s">
         <v>280</v>
       </c>
       <c r="O24" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="B25" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C25" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="D25" t="s">
         <v>256</v>
       </c>
       <c r="E25" t="s">
         <v>283</v>
       </c>
       <c r="G25" t="s">
-        <v>315</v>
+        <v>353</v>
       </c>
       <c r="J25" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="L25" t="s">
         <v>256</v>
       </c>
       <c r="M25" t="s">
-        <v>286</v>
+        <v>355</v>
       </c>
       <c r="N25" t="s">
         <v>287</v>
       </c>
       <c r="O25" t="s">
         <v>356</v>
       </c>
       <c r="P25" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>358</v>
       </c>
       <c r="B26" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="C26" t="s">
         <v>272</v>
       </c>
       <c r="D26" t="s">
         <v>51</v>
       </c>
       <c r="E26" t="s">
         <v>273</v>
       </c>
       <c r="F26" t="s">
         <v>274</v>
       </c>
       <c r="G26" t="s">
         <v>275</v>
       </c>
       <c r="H26">
         <v>480271</v>
       </c>
       <c r="I26" t="s">
         <v>276</v>
       </c>
       <c r="J26" t="s">
         <v>277</v>
       </c>
       <c r="K26" t="s">
         <v>278</v>
       </c>
       <c r="L26" t="s">
         <v>51</v>
       </c>
       <c r="M26" t="s">
         <v>279</v>
       </c>
       <c r="N26" t="s">
         <v>280</v>
       </c>
       <c r="O26" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>359</v>
       </c>
       <c r="B27" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="C27" t="s">
         <v>360</v>
       </c>
       <c r="D27" t="s">
         <v>258</v>
       </c>
       <c r="E27" t="s">
         <v>283</v>
       </c>
       <c r="G27" t="s">
-        <v>315</v>
+        <v>301</v>
       </c>
       <c r="J27" t="s">
         <v>361</v>
       </c>
       <c r="L27" t="s">
         <v>258</v>
       </c>
       <c r="M27" t="s">
         <v>286</v>
       </c>
       <c r="N27" t="s">
         <v>287</v>
       </c>
       <c r="O27" t="s">
         <v>362</v>
       </c>
       <c r="P27" t="s">
-        <v>357</v>
+        <v>304</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>173</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -6676,432 +6676,432 @@
         <v>67</v>
       </c>
       <c r="K3" t="s">
         <v>72</v>
       </c>
       <c r="L3" t="s">
         <v>72</v>
       </c>
       <c r="M3">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>371</v>
       </c>
       <c r="B4" t="s">
         <v>77</v>
       </c>
       <c r="C4" t="s">
         <v>80</v>
       </c>
       <c r="D4" t="s">
         <v>187</v>
       </c>
-      <c r="E4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G4" t="s">
-        <v>88</v>
+        <v>72</v>
       </c>
       <c r="H4" t="s">
         <v>54</v>
       </c>
       <c r="I4">
-        <v>408600000</v>
+        <v>290066729</v>
       </c>
       <c r="J4" t="s">
         <v>67</v>
       </c>
       <c r="K4" t="s">
-        <v>87</v>
+        <v>72</v>
       </c>
       <c r="L4" t="s">
-        <v>88</v>
+        <v>72</v>
       </c>
       <c r="M4">
-        <v>366</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>372</v>
       </c>
       <c r="B5" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="C5" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="D5" t="s">
         <v>189</v>
       </c>
+      <c r="E5" t="s">
+        <v>90</v>
+      </c>
+      <c r="F5" t="s">
+        <v>90</v>
+      </c>
       <c r="G5" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="H5" t="s">
         <v>54</v>
       </c>
       <c r="I5">
-        <v>1141145932.5</v>
+        <v>408600000</v>
       </c>
       <c r="J5" t="s">
         <v>67</v>
       </c>
       <c r="K5" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="L5" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="M5">
-        <v>0</v>
+        <v>366</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>373</v>
       </c>
       <c r="B6" t="s">
+        <v>97</v>
+      </c>
+      <c r="C6" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="D6" t="s">
         <v>191</v>
       </c>
       <c r="G6" t="s">
         <v>72</v>
       </c>
       <c r="H6" t="s">
         <v>54</v>
       </c>
       <c r="I6">
-        <v>3299787750</v>
+        <v>1141145932.5</v>
       </c>
       <c r="J6" t="s">
         <v>67</v>
       </c>
       <c r="K6" t="s">
         <v>72</v>
       </c>
       <c r="L6" t="s">
         <v>72</v>
       </c>
       <c r="M6">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>374</v>
       </c>
       <c r="B7" t="s">
         <v>107</v>
       </c>
       <c r="C7" t="s">
         <v>110</v>
       </c>
       <c r="D7" t="s">
         <v>193</v>
       </c>
       <c r="G7" t="s">
         <v>72</v>
       </c>
       <c r="H7" t="s">
         <v>54</v>
       </c>
       <c r="I7">
-        <v>3831244336.5</v>
+        <v>3299787750</v>
       </c>
       <c r="J7" t="s">
         <v>67</v>
       </c>
       <c r="K7" t="s">
         <v>72</v>
       </c>
       <c r="L7" t="s">
         <v>72</v>
       </c>
       <c r="M7">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>375</v>
       </c>
       <c r="B8" t="s">
         <v>114</v>
       </c>
       <c r="C8" t="s">
         <v>117</v>
       </c>
       <c r="D8" t="s">
         <v>195</v>
       </c>
       <c r="G8" t="s">
         <v>72</v>
       </c>
       <c r="H8" t="s">
         <v>54</v>
       </c>
       <c r="I8">
-        <v>297837143.3</v>
+        <v>3831244336.5</v>
       </c>
       <c r="J8" t="s">
         <v>67</v>
       </c>
       <c r="K8" t="s">
         <v>72</v>
       </c>
       <c r="L8" t="s">
         <v>72</v>
       </c>
       <c r="M8">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>376</v>
       </c>
       <c r="B9" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C9" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D9" t="s">
         <v>197</v>
       </c>
       <c r="G9" t="s">
         <v>72</v>
       </c>
       <c r="H9" t="s">
         <v>54</v>
       </c>
       <c r="I9">
-        <v>93126574.075</v>
+        <v>297837143.3</v>
       </c>
       <c r="J9" t="s">
         <v>67</v>
       </c>
       <c r="K9" t="s">
         <v>72</v>
       </c>
       <c r="L9" t="s">
         <v>72</v>
       </c>
       <c r="M9">
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>377</v>
       </c>
       <c r="B10" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C10" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D10" t="s">
         <v>199</v>
       </c>
       <c r="G10" t="s">
         <v>72</v>
       </c>
       <c r="H10" t="s">
         <v>54</v>
       </c>
       <c r="I10">
         <v>1236823297.5</v>
       </c>
       <c r="J10" t="s">
         <v>67</v>
       </c>
       <c r="K10" t="s">
         <v>72</v>
       </c>
       <c r="L10" t="s">
         <v>72</v>
       </c>
       <c r="M10">
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>378</v>
       </c>
       <c r="B11" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C11" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D11" t="s">
         <v>201</v>
       </c>
       <c r="G11" t="s">
         <v>72</v>
       </c>
       <c r="H11" t="s">
         <v>54</v>
       </c>
       <c r="I11">
         <v>674972094.45</v>
       </c>
       <c r="J11" t="s">
         <v>67</v>
       </c>
       <c r="K11" t="s">
         <v>72</v>
       </c>
       <c r="L11" t="s">
         <v>72</v>
       </c>
       <c r="M11">
         <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>379</v>
       </c>
       <c r="B12" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C12" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D12" t="s">
         <v>203</v>
       </c>
       <c r="G12" t="s">
         <v>72</v>
       </c>
       <c r="H12" t="s">
         <v>54</v>
       </c>
       <c r="I12">
-        <v>516950845.5</v>
+        <v>93126574.075</v>
       </c>
       <c r="J12" t="s">
         <v>67</v>
       </c>
       <c r="K12" t="s">
         <v>72</v>
       </c>
       <c r="L12" t="s">
         <v>72</v>
       </c>
       <c r="M12">
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>380</v>
       </c>
       <c r="B13" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C13" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="D13" t="s">
         <v>205</v>
       </c>
-      <c r="E13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G13" t="s">
-        <v>381</v>
+        <v>72</v>
       </c>
       <c r="H13" t="s">
         <v>54</v>
       </c>
       <c r="I13">
-        <v>311887467.2</v>
+        <v>516950845.5</v>
       </c>
       <c r="J13" t="s">
         <v>67</v>
       </c>
       <c r="K13" t="s">
-        <v>164</v>
+        <v>72</v>
       </c>
       <c r="L13" t="s">
-        <v>165</v>
+        <v>72</v>
       </c>
       <c r="M13">
-        <v>365</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="B14" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="C14" t="s">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="D14" t="s">
         <v>207</v>
       </c>
+      <c r="E14" t="s">
+        <v>163</v>
+      </c>
+      <c r="F14" t="s">
+        <v>163</v>
+      </c>
       <c r="G14" t="s">
-        <v>72</v>
+        <v>382</v>
       </c>
       <c r="H14" t="s">
         <v>54</v>
       </c>
       <c r="I14">
-        <v>290066729</v>
+        <v>311887467.2</v>
       </c>
       <c r="J14" t="s">
         <v>67</v>
       </c>
       <c r="K14" t="s">
-        <v>72</v>
+        <v>170</v>
       </c>
       <c r="L14" t="s">
-        <v>72</v>
+        <v>171</v>
       </c>
       <c r="M14">
-        <v>0</v>
+        <v>365</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>383</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>173</v>
       </c>
@@ -7170,98 +7170,98 @@
         <v>68</v>
       </c>
       <c r="D3" t="s">
         <v>71</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
       <c r="I3" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>386</v>
       </c>
       <c r="B4" t="s">
         <v>371</v>
       </c>
       <c r="C4" t="s">
         <v>77</v>
       </c>
       <c r="D4" t="s">
         <v>80</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>0</v>
       </c>
       <c r="I4" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>387</v>
       </c>
       <c r="B5" t="s">
         <v>372</v>
       </c>
       <c r="C5" t="s">
+        <v>84</v>
+      </c>
+      <c r="D5" t="s">
+        <v>87</v>
+      </c>
+      <c r="E5" t="s">
         <v>90</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G5" t="s">
+        <v>224</v>
       </c>
       <c r="I5" t="s">
         <v>219</v>
+      </c>
+      <c r="K5" t="s">
+        <v>225</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>388</v>
       </c>
       <c r="B6" t="s">
         <v>373</v>
       </c>
       <c r="C6" t="s">
+        <v>97</v>
+      </c>
+      <c r="D6" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="I6" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>389</v>
       </c>
       <c r="B7" t="s">
         <v>374</v>
       </c>
       <c r="C7" t="s">
         <v>107</v>
       </c>
       <c r="D7" t="s">
         <v>110</v>
       </c>
       <c r="F7">
         <v>0</v>
       </c>
       <c r="I7" t="s">
@@ -7274,169 +7274,169 @@
       </c>
       <c r="B8" t="s">
         <v>375</v>
       </c>
       <c r="C8" t="s">
         <v>114</v>
       </c>
       <c r="D8" t="s">
         <v>117</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="I8" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>391</v>
       </c>
       <c r="B9" t="s">
         <v>376</v>
       </c>
       <c r="C9" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D9" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
       <c r="I9" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>392</v>
       </c>
       <c r="B10" t="s">
         <v>377</v>
       </c>
       <c r="C10" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D10" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="F10">
         <v>0</v>
       </c>
       <c r="I10" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>393</v>
       </c>
       <c r="B11" t="s">
         <v>378</v>
       </c>
       <c r="C11" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D11" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F11">
         <v>0</v>
       </c>
       <c r="I11" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>394</v>
       </c>
       <c r="B12" t="s">
         <v>379</v>
       </c>
       <c r="C12" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D12" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F12">
         <v>0</v>
       </c>
       <c r="I12" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>395</v>
       </c>
       <c r="B13" t="s">
         <v>380</v>
       </c>
       <c r="C13" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D13" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="F13">
-        <v>3.16</v>
-[...2 lines deleted...]
-        <v>217</v>
+        <v>0</v>
       </c>
       <c r="I13" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>396</v>
       </c>
       <c r="B14" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="C14" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="D14" t="s">
-        <v>170</v>
+        <v>162</v>
+      </c>
+      <c r="E14" t="s">
+        <v>163</v>
       </c>
       <c r="F14">
-        <v>0</v>
+        <v>3.16</v>
+      </c>
+      <c r="G14" t="s">
+        <v>217</v>
       </c>
       <c r="I14" t="s">
         <v>219</v>
+      </c>
+      <c r="K14" t="s">
+        <v>235</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>383</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>173</v>
       </c>
@@ -7515,386 +7515,386 @@
       </c>
       <c r="G3" t="s">
         <v>272</v>
       </c>
       <c r="H3" t="s">
         <v>51</v>
       </c>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>403</v>
       </c>
       <c r="B4" t="s">
         <v>371</v>
       </c>
       <c r="C4" t="s">
         <v>77</v>
       </c>
       <c r="D4">
-        <v>8509885858</v>
+        <v>1142199007</v>
       </c>
       <c r="E4">
-        <v>1439987</v>
+        <v>7003118</v>
       </c>
       <c r="F4" t="s">
         <v>242</v>
       </c>
       <c r="G4" t="s">
-        <v>299</v>
+        <v>272</v>
       </c>
       <c r="H4" t="s">
-        <v>82</v>
+        <v>51</v>
       </c>
       <c r="I4">
-        <v>408600000</v>
+        <v>0</v>
       </c>
       <c r="J4" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>404</v>
       </c>
       <c r="B5" t="s">
         <v>372</v>
       </c>
       <c r="C5" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="D5">
-        <v>5296606784</v>
+        <v>8509885858</v>
       </c>
       <c r="E5">
-        <v>7017260</v>
+        <v>1439987</v>
       </c>
       <c r="F5" t="s">
         <v>244</v>
       </c>
       <c r="G5" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="H5" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="I5">
-        <v>0</v>
+        <v>408600000</v>
       </c>
       <c r="J5" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>405</v>
       </c>
       <c r="B6" t="s">
         <v>373</v>
       </c>
       <c r="C6" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D6">
-        <v>7017878866</v>
+        <v>5296606784</v>
       </c>
       <c r="E6">
         <v>7017260</v>
       </c>
       <c r="F6" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="G6" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="H6" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>406</v>
       </c>
       <c r="B7" t="s">
         <v>374</v>
       </c>
       <c r="C7" t="s">
         <v>107</v>
       </c>
       <c r="D7">
-        <v>5767307802</v>
+        <v>7017878866</v>
       </c>
       <c r="E7">
         <v>7017260</v>
       </c>
       <c r="F7" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="G7" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="H7" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>407</v>
       </c>
       <c r="B8" t="s">
         <v>375</v>
       </c>
       <c r="C8" t="s">
         <v>114</v>
       </c>
       <c r="D8">
-        <v>3842132424</v>
+        <v>5767307802</v>
       </c>
       <c r="E8">
-        <v>177204</v>
+        <v>7017260</v>
       </c>
       <c r="F8" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G8" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="H8" t="s">
-        <v>119</v>
+        <v>102</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>408</v>
       </c>
       <c r="B9" t="s">
         <v>376</v>
       </c>
       <c r="C9" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D9">
-        <v>9997358244</v>
+        <v>3842132424</v>
       </c>
       <c r="E9">
-        <v>1367242</v>
+        <v>177204</v>
       </c>
       <c r="F9" t="s">
         <v>250</v>
       </c>
       <c r="G9" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="H9" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>409</v>
       </c>
       <c r="B10" t="s">
         <v>377</v>
       </c>
       <c r="C10" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D10">
         <v>7315054702</v>
       </c>
       <c r="E10">
         <v>7017260</v>
       </c>
       <c r="F10" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="G10" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="H10" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>410</v>
       </c>
       <c r="B11" t="s">
         <v>378</v>
       </c>
       <c r="C11" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D11">
         <v>6185850657</v>
       </c>
       <c r="E11">
         <v>177204</v>
       </c>
       <c r="F11" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="G11" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="H11" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>411</v>
       </c>
       <c r="B12" t="s">
         <v>379</v>
       </c>
       <c r="C12" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D12">
-        <v>6714078912</v>
+        <v>9997358244</v>
       </c>
       <c r="E12">
-        <v>1175590</v>
+        <v>1367242</v>
       </c>
       <c r="F12" t="s">
         <v>254</v>
       </c>
       <c r="G12" t="s">
-        <v>272</v>
+        <v>330</v>
       </c>
       <c r="H12" t="s">
-        <v>51</v>
+        <v>126</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>412</v>
       </c>
       <c r="B13" t="s">
         <v>380</v>
       </c>
       <c r="C13" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D13">
-        <v>4338149920</v>
+        <v>6714078912</v>
       </c>
       <c r="E13">
-        <v>6995787</v>
+        <v>1175590</v>
       </c>
       <c r="F13" t="s">
         <v>256</v>
       </c>
       <c r="G13" t="s">
         <v>272</v>
       </c>
       <c r="H13" t="s">
         <v>51</v>
       </c>
       <c r="I13">
-        <v>310454967.02</v>
+        <v>0</v>
       </c>
       <c r="J13" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>413</v>
       </c>
       <c r="B14" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="C14" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="D14">
-        <v>1142199007</v>
+        <v>4338149920</v>
       </c>
       <c r="E14">
-        <v>7003118</v>
+        <v>6995787</v>
       </c>
       <c r="F14" t="s">
         <v>258</v>
       </c>
       <c r="G14" t="s">
         <v>272</v>
       </c>
       <c r="H14" t="s">
         <v>51</v>
       </c>
       <c r="I14">
-        <v>0</v>
+        <v>310454967.02</v>
       </c>
       <c r="J14" t="s">
         <v>67</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>173</v>
       </c>
@@ -7945,246 +7945,246 @@
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>417</v>
       </c>
       <c r="B3" t="s">
         <v>68</v>
       </c>
       <c r="D3">
         <v>0</v>
       </c>
       <c r="F3" t="s">
         <v>416</v>
       </c>
       <c r="G3" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>418</v>
       </c>
       <c r="B4" t="s">
         <v>77</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>0</v>
       </c>
       <c r="F4" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="G4" t="s">
         <v>219</v>
       </c>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>419</v>
+      </c>
+      <c r="B5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C5" t="s">
+        <v>420</v>
+      </c>
+      <c r="D5">
+        <v>1</v>
+      </c>
+      <c r="E5" t="s">
+        <v>224</v>
+      </c>
+      <c r="F5" t="s">
         <v>421</v>
-      </c>
-[...7 lines deleted...]
-        <v>422</v>
       </c>
       <c r="G5" t="s">
         <v>219</v>
       </c>
+      <c r="H5" t="s">
+        <v>225</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>422</v>
+      </c>
+      <c r="B6" t="s">
+        <v>97</v>
+      </c>
+      <c r="D6">
+        <v>0</v>
+      </c>
+      <c r="F6" t="s">
         <v>423</v>
-      </c>
-[...7 lines deleted...]
-        <v>422</v>
       </c>
       <c r="G6" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>424</v>
       </c>
       <c r="B7" t="s">
         <v>107</v>
       </c>
       <c r="D7">
         <v>0</v>
       </c>
       <c r="F7" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="G7" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>425</v>
       </c>
       <c r="B8" t="s">
         <v>114</v>
       </c>
       <c r="D8">
         <v>0</v>
       </c>
       <c r="F8" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="G8" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>426</v>
+      </c>
+      <c r="B9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D9">
+        <v>0</v>
+      </c>
+      <c r="F9" t="s">
         <v>427</v>
-      </c>
-[...7 lines deleted...]
-        <v>428</v>
       </c>
       <c r="G9" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="B10" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D10">
         <v>0</v>
       </c>
       <c r="F10" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="G10" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>429</v>
+      </c>
+      <c r="B11" t="s">
+        <v>136</v>
+      </c>
+      <c r="D11">
+        <v>0</v>
+      </c>
+      <c r="F11" t="s">
         <v>430</v>
-      </c>
-[...7 lines deleted...]
-        <v>431</v>
       </c>
       <c r="G11" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
+        <v>431</v>
+      </c>
+      <c r="B12" t="s">
+        <v>143</v>
+      </c>
+      <c r="D12">
+        <v>0</v>
+      </c>
+      <c r="F12" t="s">
         <v>432</v>
-      </c>
-[...7 lines deleted...]
-        <v>416</v>
       </c>
       <c r="G12" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>433</v>
       </c>
       <c r="B13" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>434</v>
+        <v>151</v>
       </c>
       <c r="D13">
-        <v>3.16</v>
-[...2 lines deleted...]
-        <v>217</v>
+        <v>0</v>
       </c>
       <c r="F13" t="s">
         <v>416</v>
       </c>
       <c r="G13" t="s">
         <v>219</v>
       </c>
-      <c r="H13" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
+        <v>434</v>
+      </c>
+      <c r="B14" t="s">
+        <v>159</v>
+      </c>
+      <c r="C14" t="s">
         <v>435</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14">
-        <v>0</v>
+        <v>3.16</v>
+      </c>
+      <c r="E14" t="s">
+        <v>217</v>
       </c>
       <c r="F14" t="s">
         <v>416</v>
       </c>
       <c r="G14" t="s">
         <v>219</v>
+      </c>
+      <c r="H14" t="s">
+        <v>235</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>main</vt:lpstr>