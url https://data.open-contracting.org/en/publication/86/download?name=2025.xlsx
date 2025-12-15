--- v0 (2025-10-13)
+++ v1 (2025-12-15)
@@ -248,902 +248,902 @@
   <si>
     <t>2026-07-16T12:46:00Z</t>
   </si>
   <si>
     <t>2025-07-16T13:47:00Z</t>
   </si>
   <si>
     <t>2025-03-18T13:00:00Z</t>
   </si>
   <si>
     <t>2025-02-17T17:32:00Z</t>
   </si>
   <si>
     <t>2025-03-17T10:00:00Z</t>
   </si>
   <si>
     <t>CONSTRUCTION OF ROADS IN ISHIELU LGA</t>
   </si>
   <si>
     <t>NGN</t>
   </si>
   <si>
     <t>id-1.0</t>
   </si>
   <si>
+    <t>ocds-zinqhl-114581-EB/WTR/EP002-NG-2025-02-17T17:52:50:00Z</t>
+  </si>
+  <si>
+    <t>2025-02-17T17:52:50:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-114581-EB/WTR/EP002-NG</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF 16.7KM RANDER  MBAMIRI ROAD IN IZZI LOCAL GOVERNMENT AREA OF EBONYI STATE</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF 16.7KM RANDER MBAMIRI ROAD IN IZZI LOCAL GOVERNMENT AREA OF EBONYI STATE</t>
+  </si>
+  <si>
+    <t>2026-06-05T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2025-06-06T18:03:00Z</t>
+  </si>
+  <si>
+    <t>2025-02-17T17:56:00Z</t>
+  </si>
+  <si>
+    <t>2025-03-17T16:00:00Z</t>
+  </si>
+  <si>
+    <t>id-2.0</t>
+  </si>
+  <si>
     <t>ocds-zinqhl-114584-EB/WTR/EP002-NG-2025-02-17T17:54:09:00Z</t>
   </si>
   <si>
     <t>2025-02-17T17:54:09:00Z</t>
   </si>
   <si>
     <t>ocds-zinqhl-114584-EB/WTR/EP002-NG</t>
   </si>
   <si>
     <t>CONSTRUCTION OF OFEREKPE AGBAJA INTERNAL ROAD  LOT 1 IN IZZI LOCAL GOVERNMENT AREA OF EBONYI STATE</t>
   </si>
   <si>
     <t>CONSTRUCTION OF OFEREKPE AGBAJA INTERNAL ROAD LOT 1 IN IZZI LOCAL GOVERNMENT AREA OF EBONYI STATE</t>
   </si>
   <si>
     <t>AWARDTOMOSTRESPONSIVEBID</t>
   </si>
   <si>
     <t>AWARD TO MOST RESPONSIVE BID</t>
   </si>
   <si>
     <t>ELETRCONIS SUBMISSION</t>
   </si>
   <si>
     <t>2026-06-18T13:00:00Z</t>
   </si>
   <si>
     <t>2025-06-05T18:02:00Z</t>
   </si>
   <si>
     <t>2025-02-17T18:12:00Z</t>
   </si>
   <si>
-    <t>2025-03-17T16:00:00Z</t>
-[...1 lines deleted...]
-  <si>
     <t>CONSTRUCTION OF ROADS IN IZZI LOCAL</t>
   </si>
   <si>
-    <t>id-2.0</t>
+    <t>id-3.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-115926-EB/WTR/EP002-NG-2025-02-18T08:43:42:00Z</t>
   </si>
   <si>
     <t>2025-02-18T08:43:42:00Z</t>
   </si>
   <si>
     <t>ocds-zinqhl-115926-EB/WTR/EP002-NG</t>
   </si>
   <si>
     <t>LOT 2: CONSTRUCTION OF 3,000M INTERNAL ROADS WITHIN AMA-EZE HOUSING PROJECT IN ISHIELU LGA, EBONYI STATE</t>
   </si>
   <si>
-    <t>2026-06-05T13:00:00Z</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-06-05T18:04:00Z</t>
   </si>
   <si>
     <t>2025-02-18T08:59:00Z</t>
   </si>
   <si>
     <t>2025-03-18T10:00:00Z</t>
   </si>
   <si>
-    <t>id-3.0</t>
+    <t>id-4.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-115923-EB/WTR/EP002-NG-2025-02-18T08:41:25:00Z</t>
   </si>
   <si>
     <t>2025-02-18T08:41:25:00Z</t>
   </si>
   <si>
     <t>ocds-zinqhl-115923-EB/WTR/EP002-NG</t>
   </si>
   <si>
     <t>LOT 1: CONSTRUCTION OF 2,122.52M INTERNAL ROADS WITHIN AMA-EZE HOUSING PROJECT IN ISHIELU LGA, EBONYI STATE</t>
   </si>
   <si>
     <t>:00Z</t>
   </si>
   <si>
     <t>2025-02-18T08:46:00Z</t>
   </si>
   <si>
     <t>CONSTRUCTION OF INTERNAL ROADS WITHIN AMA-EZE HOUSING PROJECT IN ISHIELU LGA</t>
   </si>
   <si>
     <t>EBONYI STATE 2025 BUDGET</t>
   </si>
   <si>
-    <t>id-4.0</t>
+    <t>id-5.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121893-EB/WRE/EP005-NG-2025-04-15T17:40:31:00Z</t>
+  </si>
+  <si>
+    <t>2025-04-15T17:40:31:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121893-EB/WRE/EP005-NG</t>
+  </si>
+  <si>
+    <t>water@ebonyieprocure.eb.gov.ng</t>
+  </si>
+  <si>
+    <t>MINISTRY OF WATER RESOURCESS</t>
+  </si>
+  <si>
+    <t>LOT 3 EZZA SOUTH: DRILLING AND INSTALLATION OF HAND PUMP/MOTORIZED BOREHOLES FOR NINE CONSTITUENCY PROJECTS IN EBONYI STATE</t>
+  </si>
+  <si>
+    <t>Electronic submission through Ebonyi E-GP System</t>
+  </si>
+  <si>
+    <t>2026-07-08T11:34:00Z</t>
+  </si>
+  <si>
+    <t>2025-07-08T10:50:00Z</t>
+  </si>
+  <si>
+    <t>2025-05-16T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2025-04-16T08:00:00Z</t>
+  </si>
+  <si>
+    <t>2025-05-15T10:00:00Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MINISTRY OF WATER RESOURCESS </t>
+  </si>
+  <si>
+    <t>id-6.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121897-EB/WRE/EP005-NG-2025-04-16T09:06:41:00Z</t>
+  </si>
+  <si>
+    <t>2025-04-16T09:06:41:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121897-EB/WRE/EP005-NG</t>
+  </si>
+  <si>
+    <t>LOT 4 EZZA NORTH WEST: DRILLING AND INSTALLATION OF HAND PUMP/MOTORIZED BOREHOLES FOR NINE CONSTITUENCY PROJECTS IN EBONYI STATE</t>
+  </si>
+  <si>
+    <t>Electronic submission through Ebonyi e-GP</t>
+  </si>
+  <si>
+    <t>2025-07-08T11:38:00Z</t>
+  </si>
+  <si>
+    <t>2025-04-16T09:23:00Z</t>
+  </si>
+  <si>
+    <t>2025-05-16T10:00:00Z</t>
+  </si>
+  <si>
+    <t>id-7.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121509-EB/WRE/EP005-NG-2025-04-14T14:12:24:00Z</t>
+  </si>
+  <si>
+    <t>2025-04-14T14:12:24:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121509-EB/WRE/EP005-NG</t>
+  </si>
+  <si>
+    <t>LOT 1 ABAKALIKI SOUTH: DRILLING AND INSTALLATION OF HAND PUMP/MOTORIZED BOREHOLES FOR NINE CONSTITUENCY PROJECTS IN EBONYI STATE</t>
+  </si>
+  <si>
+    <t>2026-07-08T11:15:00Z</t>
+  </si>
+  <si>
+    <t>2025-07-08T11:15:00Z</t>
+  </si>
+  <si>
+    <t>2025-05-14T10:00:00Z</t>
+  </si>
+  <si>
+    <t>id-8.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-116527-EB/WTR/EP002-NG-2025-02-18T14:29:42:00Z</t>
+  </si>
+  <si>
+    <t>2025-02-18T14:29:42:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-116527-EB/WTR/EP002-NG</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF CONCRETE RIGID PAVEMENT (5,000.00m) PHASE 2 FROM TTC - IBOKO ROAD IN IZZI LGA OF EBONYI STATE</t>
+  </si>
+  <si>
+    <t>2026-06-19T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2025-06-05T06:12:00Z</t>
+  </si>
+  <si>
+    <t>2025-02-18T14:53:00Z</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF CONCRETE RIGID PAVEMENT FROM TTC - IBOKO ROAD</t>
+  </si>
+  <si>
+    <t>id-9.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-116515-EB/WTR/EP002-NG-2025-02-18T16:04:56:00Z</t>
+  </si>
+  <si>
+    <t>2025-02-18T16:04:56:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-116515-EB/WTR/EP002-NG</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF 2KM OF ACHARA UNUHU ROAD PHASE 2 IN ABAKALIKI LGA OF EBONYI STATE</t>
+  </si>
+  <si>
+    <t>2025-06-05T06:04:00Z</t>
+  </si>
+  <si>
+    <t>2025-02-18T16:56:00Z</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF ACHARA UNUHU ROAD</t>
+  </si>
+  <si>
+    <t>id-10.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121900-EB/WRE/EP005-NG-2025-04-16T09:06:41:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121900-EB/WRE/EP005-NG</t>
+  </si>
+  <si>
+    <t>LOT 5 IZZI WEST: DRILLING AND INSTALLATION OF HAND PUMP/MOTORIZED BOREHOLES FOR NINE CONSTITUENCY PROJECTS IN EBONYI STATE</t>
+  </si>
+  <si>
+    <t>2026-07-08T11:42:00Z</t>
+  </si>
+  <si>
+    <t>id-14.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-116521-EB/WTR/EP002-NG-2025-02-18T17:10:48:00Z</t>
+  </si>
+  <si>
+    <t>2025-02-18T17:10:48:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-116521-EB/WTR/EP002-NG</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF 2KM OF ACHARA UNUHU ROAD PHASE 4 IN ABAKALIKI LGA OF EBONYI STATE</t>
+  </si>
+  <si>
+    <t>2025-06-05T18:01:00Z</t>
+  </si>
+  <si>
+    <t>2025-02-18T17:10:00Z</t>
+  </si>
+  <si>
+    <t>id-16.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-116512-EB/WTR/EP002-NG-2025-02-18T16:03:26:00Z</t>
+  </si>
+  <si>
+    <t>2025-02-18T16:03:26:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-116512-EB/WTR/EP002-NG</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF 1.769KM OF ACHARA UNUHU ROAD PHASE 1 IN ABAKALIKI LGA OF EBONYI STATE</t>
+  </si>
+  <si>
+    <t>2025-06-05T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2025-06-05T06:01:00Z</t>
+  </si>
+  <si>
+    <t>2025-02-18T16:32:00Z</t>
+  </si>
+  <si>
+    <t>id-17.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121885-EB/WRE/EP005-NG-2025-04-14T15:26:16:00Z</t>
+  </si>
+  <si>
+    <t>2025-04-14T15:26:16:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121885-EB/WRE/EP005-NG</t>
+  </si>
+  <si>
+    <t>LOT 2 AFIKPO SOUTHEAST: DRILLING AND INSTALLATION OF HAND PUMP/MOTORIZED BOREHOLES FOR NINE CONSTITUENCY PROJECTS IN EBONYI STATE</t>
+  </si>
+  <si>
+    <t>2026-07-08T01:00:00Z</t>
+  </si>
+  <si>
+    <t>id-18.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121903-EB/WRE/EP005-NG-2025-04-16T09:06:41:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121903-EB/WRE/EP005-NG</t>
+  </si>
+  <si>
+    <t>LOT 6 EZZA NORTH EAST: DRILLING AND INSTALLATION OF HAND PUMP/MOTORIZED BOREHOLES FOR NINE CONSTITUENCY PROJECTS IN EBONYI STATE</t>
+  </si>
+  <si>
+    <t>2026-07-08T11:45:00Z</t>
+  </si>
+  <si>
+    <t>id-19.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121909-EB/WRE/EP005-NG-2025-04-16T09:06:41:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121909-EB/WRE/EP005-NG</t>
+  </si>
+  <si>
+    <t>LOT 8 OHAOZARA EAST: DRILLING AND INSTALLATION OF HAND PUMP/MOTORIZED BOREHOLES FOR NINE CONSTITUENCY PROJECTS IN EBONYI STATE</t>
+  </si>
+  <si>
+    <t>2026-07-08T11:50:00Z</t>
+  </si>
+  <si>
+    <t>id-21.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-116524-EB/WTR/EP002-NG-2025-02-18T14:13:05:00Z</t>
+  </si>
+  <si>
+    <t>2025-02-18T14:13:05:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-116524-EB/WTR/EP002-NG</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF CONCRETE RIGID PAVEMENT (5,843.88m) PHASE 1 FROM TTC - IBOKO ROAD IN IZZI LGA OF EBONYI STATE</t>
+  </si>
+  <si>
+    <t>2025-02-18T14:41:00Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONSTRUCTION OF CONCRETE RIGID PAVEMENT  TTC - IBOKO ROAD </t>
+  </si>
+  <si>
+    <t>id-23.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121912-EB/WRE/EP005-NG-2025-04-16T09:06:41:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121912-EB/WRE/EP005-NG</t>
+  </si>
+  <si>
+    <t>LOT 9 AFIKPO NORHT EAST: DRILLING AND INSTALLATION OF HAND PUMP/MOTORIZED BOREHOLES FOR NINE CONSTITUENCY PROJECTS IN EBONYI STATE</t>
+  </si>
+  <si>
+    <t>2026-07-08T11:52:00Z</t>
+  </si>
+  <si>
+    <t>2025-05-08T11:52:00Z</t>
+  </si>
+  <si>
+    <t>id-25.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121906-EB/WRE/EP005-NG-2025-04-16T09:06:41:00Z</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121906-EB/WRE/EP005-NG</t>
+  </si>
+  <si>
+    <t>LOT 7 IZZI EAST: DRILLING AND INSTALLATION OF HAND PUMP/MOTORIZED BOREHOLES FOR NINE CONSTITUENCY PROJECTS IN EBONYI STATE</t>
+  </si>
+  <si>
+    <t>2026-07-08T11:47:00Z</t>
+  </si>
+  <si>
+    <t>id-31.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-116518-EB/WTR/EP002-NG-2025-02-18T17:06:31:00Z</t>
   </si>
   <si>
     <t>2025-02-18T17:06:31:00Z</t>
   </si>
   <si>
     <t>ocds-zinqhl-116518-EB/WTR/EP002-NG</t>
   </si>
   <si>
     <t>CONSTRUCTION OF 2KM OF ACHARA UNUHU ROAD PHASE 3 IN ABAKALIKI LGA OF EBONYI STATE</t>
   </si>
   <si>
     <t>electronic award</t>
   </si>
   <si>
     <t>2026-06-05T18:02:00Z</t>
   </si>
   <si>
     <t>2025-02-18T17:06:00Z</t>
   </si>
   <si>
-    <t>CONSTRUCTION OF ACHARA UNUHU ROAD</t>
-[...328 lines deleted...]
-  <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>contractPeriod_endDate</t>
   </si>
   <si>
     <t>contractPeriod_startDate</t>
   </si>
   <si>
     <t>contractPeriod_durationInDays</t>
   </si>
   <si>
     <t>id-0.0.awards.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-114275-EB/WTR/EP002-NGi/112934</t>
   </si>
   <si>
     <t>id-1.0.awards.0</t>
   </si>
   <si>
+    <t>ocds-zinqhl-114581-EB/WTR/EP002-NGi/112953</t>
+  </si>
+  <si>
+    <t>id-2.0.awards.0</t>
+  </si>
+  <si>
     <t>ocds-zinqhl-114584-EB/WTR/EP002-NGi/112955</t>
   </si>
   <si>
-    <t>id-2.0.awards.0</t>
+    <t>id-3.0.awards.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-115926-EB/WTR/EP002-NGi/112949</t>
   </si>
   <si>
-    <t>id-3.0.awards.0</t>
+    <t>id-4.0.awards.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-115923-EB/WTR/EP002-NGi/112950</t>
   </si>
   <si>
-    <t>id-4.0.awards.0</t>
+    <t>id-5.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121893-EB/WRE/EP005-NGi/113014</t>
+  </si>
+  <si>
+    <t>id-6.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121897-EB/WRE/EP005-NGi/113026</t>
+  </si>
+  <si>
+    <t>id-7.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121509-EB/WRE/EP005-NGi/112985</t>
+  </si>
+  <si>
+    <t>id-8.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-116527-EB/WTR/EP002-NGi/112959</t>
+  </si>
+  <si>
+    <t>id-9.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-116515-EB/WTR/EP002-NGi/112967</t>
+  </si>
+  <si>
+    <t>id-10.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121900-EB/WRE/EP005-NGi/112991</t>
+  </si>
+  <si>
+    <t>id-14.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-116521-EB/WTR/EP002-NGi/112970</t>
+  </si>
+  <si>
+    <t>id-16.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-116512-EB/WTR/EP002-NGi/112964</t>
+  </si>
+  <si>
+    <t>id-17.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121885-EB/WRE/EP005-NGi/113017</t>
+  </si>
+  <si>
+    <t>id-18.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121903-EB/WRE/EP005-NGi/113010</t>
+  </si>
+  <si>
+    <t>id-19.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121909-EB/WRE/EP005-NGi/112995</t>
+  </si>
+  <si>
+    <t>id-21.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-116524-EB/WTR/EP002-NGi/112961</t>
+  </si>
+  <si>
+    <t>id-23.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121912-EB/WRE/EP005-NGi/113023</t>
+  </si>
+  <si>
+    <t>id-25.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-zinqhl-121906-EB/WRE/EP005-NGi/113002</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0</t>
   </si>
   <si>
     <t>ocds-zinqhl-116518-EB/WTR/EP002-NGi/112973</t>
   </si>
   <si>
-    <t>id-5.0.awards.0</t>
-[...88 lines deleted...]
-  <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>quantity</t>
   </si>
   <si>
     <t>unit_name</t>
   </si>
   <si>
     <t>unit_scheme</t>
   </si>
   <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
     <t>classification_description</t>
   </si>
   <si>
     <t>deliveryAddress_locality</t>
   </si>
   <si>
     <t>id-0.0.awards.0.items.0</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>UNCEFACT</t>
   </si>
   <si>
     <t>165158</t>
   </si>
   <si>
     <t>UNSPSC</t>
   </si>
   <si>
     <t>Highway and road new construction service</t>
   </si>
   <si>
     <t>ISHIELU LGA, EBONYI STATE</t>
   </si>
   <si>
     <t>id-1.0.awards.0.items.0</t>
   </si>
   <si>
+    <t>KM</t>
+  </si>
+  <si>
+    <t>IZZI LGA, EBONYI STATE</t>
+  </si>
+  <si>
+    <t>id-2.0.awards.0.items.0</t>
+  </si>
+  <si>
     <t>LOT</t>
   </si>
   <si>
     <t>IZZI LGA EBONYI STATE</t>
   </si>
   <si>
-    <t>id-2.0.awards.0.items.0</t>
+    <t>id-3.0.awards.0.items.0</t>
   </si>
   <si>
     <t>ISHIELU LGA EBONYI STATE</t>
   </si>
   <si>
-    <t>id-3.0.awards.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-4.0.awards.0.items.0</t>
   </si>
   <si>
+    <t>id-5.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>103581</t>
+  </si>
+  <si>
+    <t>Water pumps</t>
+  </si>
+  <si>
+    <t>Virtual Bid Opening</t>
+  </si>
+  <si>
+    <t>id-6.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-7.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-8.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-9.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>Zoom virtual meeting</t>
+  </si>
+  <si>
+    <t>id-10.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-14.0.awards.0.items.0</t>
+  </si>
+  <si>
     <t>ABAKALIKI LGA OF EBONYI STATE</t>
   </si>
   <si>
-    <t>id-5.0.awards.0.items.0</t>
-[...35 lines deleted...]
-    <t>id-12.0.awards.0.items.0</t>
+    <t>id-16.0.awards.0.items.0</t>
   </si>
   <si>
     <t>ABAKALIKI LGA EBONYI STATE</t>
   </si>
   <si>
-    <t>id-13.0.awards.0.items.0</t>
-[...10 lines deleted...]
-  <si>
     <t>id-17.0.awards.0.items.0</t>
   </si>
   <si>
     <t>id-18.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>IZZI LGA, EBONYI STATE</t>
+    <t>id-19.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-21.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-23.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-25.0.awards.0.items.0</t>
   </si>
   <si>
     <t>id-31.0.awards.0.items.0</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>id-0.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>NEOTOUCH ENGINEERING LIMITED</t>
   </si>
   <si>
     <t>id-1.0.awards.0.suppliers.0</t>
   </si>
   <si>
+    <t>Oke Ogirima Company Limited</t>
+  </si>
+  <si>
+    <t>id-2.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
     <t>REAL AGGREGATE ENGINEERING LTD</t>
   </si>
   <si>
-    <t>id-2.0.awards.0.suppliers.0</t>
+    <t>id-3.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>DIVINACLE LTD</t>
   </si>
   <si>
-    <t>id-3.0.awards.0.suppliers.0</t>
+    <t>id-4.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t xml:space="preserve">MULTIVISIONDOKARIO MEGA LTD </t>
   </si>
   <si>
-    <t>id-4.0.awards.0.suppliers.0</t>
+    <t>id-5.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>PERFECT CONSOLIDATED SYSTEMS TECHNOLOGY LIMITED</t>
+  </si>
+  <si>
+    <t>id-6.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>SUPREME CAPITAL CONSULT LTD</t>
+  </si>
+  <si>
+    <t>id-7.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>CRUSTAL GEOTECHNICAL RESOURCES LTD</t>
+  </si>
+  <si>
+    <t>id-8.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>HC CARTER VENTURES LTD</t>
+  </si>
+  <si>
+    <t>id-9.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>IGWERIGWE GLOBAL SERVICES LTD</t>
+  </si>
+  <si>
+    <t>id-10.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>SUNNYSTAR BESNWOFE OIL &amp; GAS LTD</t>
+  </si>
+  <si>
+    <t>id-14.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>EMMYOBA GLOBAL RESOURCES LTD</t>
+  </si>
+  <si>
+    <t>id-16.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>JEPJAF NIGERIA LIMITED</t>
+  </si>
+  <si>
+    <t>id-17.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>EMSENG ENGINEERING SERVICES NIG LTD</t>
+  </si>
+  <si>
+    <t>id-18.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>CHI-BLESS HUB CONCEPTS</t>
+  </si>
+  <si>
+    <t>id-19.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>ORGANIC AFROCEE LTD</t>
+  </si>
+  <si>
+    <t>id-21.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MAURIFRANK NIG LTD</t>
+  </si>
+  <si>
+    <t>id-23.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>LUCHY&amp;#39;S RESOURCES NIGERIA LTD</t>
+  </si>
+  <si>
+    <t>id-25.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>JAMKLEF GEOCONSULT LTD</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>WOKOR SERVICES COMPANY LIMITED</t>
   </si>
   <si>
-    <t>id-5.0.awards.0.suppliers.0</t>
-[...88 lines deleted...]
-  <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_locality</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>address_streetAddress</t>
   </si>
   <si>
     <t>identifier_scheme</t>
   </si>
   <si>
     <t>identifier_legalName</t>
   </si>
   <si>
     <t>contactPoint_url</t>
@@ -1199,899 +1199,899 @@
   <si>
     <t>Enugu</t>
   </si>
   <si>
     <t>KM 2 Enugu Port Harcourt Express</t>
   </si>
   <si>
     <t>https://ebonyieprocure.eb.gov.ng/report/economic_operator.php</t>
   </si>
   <si>
     <t>Procurement Team</t>
   </si>
   <si>
     <t>neotoucheng@yahoo.com</t>
   </si>
   <si>
     <t>08037208821</t>
   </si>
   <si>
     <t>id-1.0.parties.0</t>
   </si>
   <si>
     <t>id-1.0.parties.1</t>
   </si>
   <si>
+    <t>1872480</t>
+  </si>
+  <si>
+    <t>Abakaliki</t>
+  </si>
+  <si>
+    <t>No 3B Ogirima Street</t>
+  </si>
+  <si>
+    <t>Nil</t>
+  </si>
+  <si>
+    <t>okeogirima621@gmail.com</t>
+  </si>
+  <si>
+    <t>07032985608</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.1</t>
+  </si>
+  <si>
     <t>7398160</t>
   </si>
   <si>
-    <t>Abakaliki</t>
-[...1 lines deleted...]
-  <si>
     <t>No 49 Ogoja Road Abakaliki</t>
   </si>
   <si>
-    <t>Nil</t>
-[...1 lines deleted...]
-  <si>
     <t>realaggregate6@gmail.com</t>
   </si>
   <si>
-    <t>07032985608</t>
-[...5 lines deleted...]
-    <t>id-2.0.parties.1</t>
+    <t>id-3.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.1</t>
   </si>
   <si>
     <t>7759482</t>
   </si>
   <si>
     <t>Awkunanu</t>
   </si>
   <si>
     <t>Ezimo St Upper One, Awkunanu, Enugu</t>
   </si>
   <si>
     <t>Divinacleventure@gmail.com</t>
   </si>
   <si>
     <t>08067981100</t>
   </si>
   <si>
-    <t>id-3.0.parties.0</t>
-[...2 lines deleted...]
-    <t>id-3.0.parties.1</t>
+    <t>id-4.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.1</t>
   </si>
   <si>
     <t>1600524</t>
   </si>
   <si>
     <t>No 49 Afikpo Road Beside Chiboy Motors Abakaliki</t>
   </si>
   <si>
     <t>MULTIVISIONDOKARIO MEGA LTD</t>
   </si>
   <si>
     <t>urom_vincent@yahoo.com</t>
   </si>
   <si>
     <t>07032206758</t>
   </si>
   <si>
-    <t>id-4.0.parties.0</t>
-[...2 lines deleted...]
-    <t>id-4.0.parties.1</t>
+    <t>id-5.0.parties.0</t>
+  </si>
+  <si>
+    <t>EB/WRE/EP005</t>
+  </si>
+  <si>
+    <t>http://www.ebonyistate.gov.ng/Ministry/Water/</t>
+  </si>
+  <si>
+    <t>Hon. Sunday Inyima</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.1</t>
+  </si>
+  <si>
+    <t>477837</t>
+  </si>
+  <si>
+    <t>First Floor 5 Jos Street Ogbe Housa Abakaliki</t>
+  </si>
+  <si>
+    <t>NIL</t>
+  </si>
+  <si>
+    <t>perfectconsolidated@gmail.com</t>
+  </si>
+  <si>
+    <t>07038950049</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.1</t>
+  </si>
+  <si>
+    <t>7219615</t>
+  </si>
+  <si>
+    <t>406 Agbani Road Enugu</t>
+  </si>
+  <si>
+    <t>kennedyezenwa9@gmail.com</t>
+  </si>
+  <si>
+    <t>08121709290</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.1</t>
+  </si>
+  <si>
+    <t>6867377</t>
+  </si>
+  <si>
+    <t>No 14 Okposi St Abakaliki</t>
+  </si>
+  <si>
+    <t>ajahchukwunenye@gmail.com</t>
+  </si>
+  <si>
+    <t>08037358173</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.1</t>
+  </si>
+  <si>
+    <t>6943143</t>
+  </si>
+  <si>
+    <t>No 3 Simon Onuoha Street</t>
+  </si>
+  <si>
+    <t>henrykelzy@yahoo.com</t>
+  </si>
+  <si>
+    <t>08108438238</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.1</t>
+  </si>
+  <si>
+    <t>7006154</t>
+  </si>
+  <si>
+    <t>No 13 B Convent Road</t>
+  </si>
+  <si>
+    <t>igwebuikenwobapeter@gmail.com</t>
+  </si>
+  <si>
+    <t>08064463881</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.1</t>
+  </si>
+  <si>
+    <t>6927404</t>
+  </si>
+  <si>
+    <t>KM 3,Ogbaga Road Abakaliki</t>
+  </si>
+  <si>
+    <t>sunnystarbesnwofeoilgasltd1@gmail.com</t>
+  </si>
+  <si>
+    <t>08031880908</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.1</t>
+  </si>
+  <si>
+    <t>1441565</t>
+  </si>
+  <si>
+    <t>NO 1 Nwankwo St Abakaliki</t>
+  </si>
+  <si>
+    <t>emmyobaglobal@gmail.com</t>
+  </si>
+  <si>
+    <t>08039461293</t>
+  </si>
+  <si>
+    <t>id-16.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-16.0.parties.1</t>
+  </si>
+  <si>
+    <t>510927</t>
+  </si>
+  <si>
+    <t>km 3 Abakaliki Ogoja Express Way</t>
+  </si>
+  <si>
+    <t>victornwenyi4455@gmail.com</t>
+  </si>
+  <si>
+    <t>07032861427</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.1</t>
+  </si>
+  <si>
+    <t>1962658</t>
+  </si>
+  <si>
+    <t>Uwani</t>
+  </si>
+  <si>
+    <t>No 1 Ojike lane</t>
+  </si>
+  <si>
+    <t>donsimoneme@yahoo.com</t>
+  </si>
+  <si>
+    <t>08036743056</t>
+  </si>
+  <si>
+    <t>id-18.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-18.0.parties.1</t>
+  </si>
+  <si>
+    <t>8385653</t>
+  </si>
+  <si>
+    <t>Owere</t>
+  </si>
+  <si>
+    <t>No 1 Gad Apartment Liberty Layout Mechanic Village Orji Owere</t>
+  </si>
+  <si>
+    <t>okehkenkelvin@gmail.com</t>
+  </si>
+  <si>
+    <t>08147497654</t>
+  </si>
+  <si>
+    <t>id-19.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-19.0.parties.1</t>
+  </si>
+  <si>
+    <t>1848870</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Abakaliki </t>
+  </si>
+  <si>
+    <t>No 11 Nwiboko Enigwe Avenue.</t>
+  </si>
+  <si>
+    <t>agbaforio@gmail.com</t>
+  </si>
+  <si>
+    <t>08069294333</t>
+  </si>
+  <si>
+    <t>id-21.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-21.0.parties.1</t>
+  </si>
+  <si>
+    <t>1016670</t>
+  </si>
+  <si>
+    <t>23 B Emefor St off Ezza road Abakaliki</t>
+  </si>
+  <si>
+    <t>maurifranklimited@gmail.com</t>
+  </si>
+  <si>
+    <t>08060127009</t>
+  </si>
+  <si>
+    <t>id-23.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-23.0.parties.1</t>
+  </si>
+  <si>
+    <t>1337288</t>
+  </si>
+  <si>
+    <t>AFIKPO</t>
+  </si>
+  <si>
+    <t>18A NDIBE BEACH ROAD, AFIKPO</t>
+  </si>
+  <si>
+    <t>luchysresources@yahoo.com</t>
+  </si>
+  <si>
+    <t>07065098671</t>
+  </si>
+  <si>
+    <t>id-25.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-25.0.parties.1</t>
+  </si>
+  <si>
+    <t>1310232</t>
+  </si>
+  <si>
+    <t>No 200 Hilltop Road Abakaliki</t>
+  </si>
+  <si>
+    <t>martinlutade2@gmail.com</t>
+  </si>
+  <si>
+    <t>08037291749</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.1</t>
   </si>
   <si>
     <t>712395</t>
   </si>
   <si>
     <t xml:space="preserve"> Abakaliki</t>
   </si>
   <si>
     <t>No 11 New Market Road</t>
   </si>
   <si>
     <t>serviceswoko@gmail.com</t>
   </si>
   <si>
     <t>08035854598</t>
   </si>
   <si>
-    <t>id-5.0.parties.0</t>
-[...289 lines deleted...]
-  <si>
     <t>awardID</t>
   </si>
   <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>period_endDate</t>
   </si>
   <si>
     <t>period_startDate</t>
   </si>
   <si>
     <t>period_durationInDays</t>
   </si>
   <si>
     <t>id-0.0.contracts.0</t>
   </si>
   <si>
     <t>2025-07-17T10:00:00Z</t>
   </si>
   <si>
     <t>id-1.0.contracts.0</t>
   </si>
   <si>
+    <t>2025-06-06T10:28:00Z</t>
+  </si>
+  <si>
+    <t>id-2.0.contracts.0</t>
+  </si>
+  <si>
     <t>2025-06-06T10:00:00Z</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-3.0.contracts.0</t>
   </si>
   <si>
     <t>id-4.0.contracts.0</t>
   </si>
   <si>
     <t>id-5.0.contracts.0</t>
   </si>
   <si>
+    <t>2025-07-08T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-6.0.contracts.0</t>
+  </si>
+  <si>
     <t>2025-07-08T11:40:00Z</t>
   </si>
   <si>
-    <t>id-6.0.contracts.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-7.0.contracts.0</t>
   </si>
   <si>
     <t>2025-07-08T11:20:00Z</t>
   </si>
   <si>
     <t>id-8.0.contracts.0</t>
   </si>
   <si>
     <t>id-9.0.contracts.0</t>
   </si>
   <si>
     <t>id-10.0.contracts.0</t>
   </si>
   <si>
     <t>2025-07-08T11:43:00Z</t>
   </si>
   <si>
-    <t>id-11.0.contracts.0</t>
-[...5 lines deleted...]
-    <t>id-13.0.contracts.0</t>
+    <t>id-14.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-16.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-17.0.contracts.0</t>
   </si>
   <si>
     <t>2025-07-08T11:33:00Z</t>
   </si>
   <si>
-    <t>id-14.0.contracts.0</t>
+    <t>id-18.0.contracts.0</t>
   </si>
   <si>
     <t>2025-07-08T11:46:00Z</t>
   </si>
   <si>
-    <t>id-15.0.contracts.0</t>
+    <t>id-19.0.contracts.0</t>
   </si>
   <si>
     <t>2025-07-08T11:51:00Z</t>
   </si>
   <si>
-    <t>id-16.0.contracts.0</t>
+    <t>id-21.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-23.0.contracts.0</t>
   </si>
   <si>
     <t>2025-07-08T11:53:00Z</t>
   </si>
   <si>
-    <t>id-17.0.contracts.0</t>
+    <t>id-25.0.contracts.0</t>
   </si>
   <si>
     <t>2025-07-08T11:48:00Z</t>
   </si>
   <si>
-    <t>id-18.0.contracts.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-31.0.contracts.0</t>
   </si>
   <si>
-    <t>2025-06-06T10:28:00Z</t>
-[...1 lines deleted...]
-  <si>
     <t>_link_contracts</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-1.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-2.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-3.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-4.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-5.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-6.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-7.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-8.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-9.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-10.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-11.0.contracts.0.items.0</t>
-[...7 lines deleted...]
-  <si>
     <t>id-14.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-15.0.contracts.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-16.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-17.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-18.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-19.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>id-21.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>id-23.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>id-25.0.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-31.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>payee_id</t>
   </si>
   <si>
     <t>payee_name</t>
   </si>
   <si>
     <t>payer_id</t>
   </si>
   <si>
     <t>payer_name</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>0734616938</t>
   </si>
   <si>
     <t>id-1.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
+    <t>5460215769</t>
+  </si>
+  <si>
+    <t>id-2.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
     <t>1321781414</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.implementation.transactions.0</t>
+    <t>id-3.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>2575919912</t>
   </si>
   <si>
-    <t>id-3.0.contracts.0.implementation.transactions.0</t>
+    <t>id-4.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>6512009446</t>
   </si>
   <si>
-    <t>id-4.0.contracts.0.implementation.transactions.0</t>
+    <t>id-5.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>4398344337</t>
+  </si>
+  <si>
+    <t>id-6.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>4554797204</t>
+  </si>
+  <si>
+    <t>id-7.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>9144898798</t>
+  </si>
+  <si>
+    <t>id-8.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>1327026288</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>8727255388</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>2748557349</t>
+  </si>
+  <si>
+    <t>id-14.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>8728413689</t>
+  </si>
+  <si>
+    <t>id-16.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>2757428315</t>
+  </si>
+  <si>
+    <t>id-17.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>1685319954</t>
+  </si>
+  <si>
+    <t>id-18.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>2660273096</t>
+  </si>
+  <si>
+    <t>id-19.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>3575352021</t>
+  </si>
+  <si>
+    <t>id-21.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>5773374351</t>
+  </si>
+  <si>
+    <t>id-23.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>0340951208</t>
+  </si>
+  <si>
+    <t>id-25.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>0914854546</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>9896555030</t>
   </si>
   <si>
-    <t>id-5.0.contracts.0.implementation.transactions.0</t>
-[...88 lines deleted...]
-  <si>
     <t>id-0.0.tender.items.0</t>
   </si>
   <si>
     <t>CONSTRUCTION OF 4,123.11M  INTERNAL ROADS WITHIN IZZO</t>
   </si>
   <si>
     <t>72141001</t>
   </si>
   <si>
     <t>id-1.0.tender.items.0</t>
   </si>
   <si>
+    <t>CONSTRUCTION OF 16.7KM RANDER  MBAMIRI ROAD IN IZZI</t>
+  </si>
+  <si>
+    <t>id-2.0.tender.items.0</t>
+  </si>
+  <si>
     <t>CONSTRUCTION OF OFEREKPE AGBAJA INTERNAL ROAD  LOT 1</t>
   </si>
   <si>
-    <t>id-2.0.tender.items.0</t>
+    <t>id-3.0.tender.items.0</t>
   </si>
   <si>
     <t>LOT 2: CONSTRUCTION OF 3,000M INTERNAL ROADS WITHIN AMA-EZE</t>
   </si>
   <si>
     <t>UNSPSC-72141001</t>
   </si>
   <si>
-    <t>id-3.0.tender.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-4.0.tender.items.0</t>
   </si>
   <si>
+    <t>id-5.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>DRILLING AND INSTALLATION OF HAND PUMP/MOTORIZED BOREHOLES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40151510 </t>
+  </si>
+  <si>
+    <t>id-6.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>40151510</t>
+  </si>
+  <si>
+    <t>id-7.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>UNSPSC-40151510</t>
+  </si>
+  <si>
+    <t>id-8.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF CONCRETE RIGID PAVEMENT (5,000.00m)</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF 2KM OF ACHARA UNUHU ROAD PHASE 2</t>
+  </si>
+  <si>
+    <t>id-10.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-14.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF 2KM OF ACHARA UNUHU ROAD PHASE 4</t>
+  </si>
+  <si>
+    <t>id-16.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF 1.769KM OF ACHARA UNUHU ROAD PHASE 1</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-18.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-19.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-21.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF CONCRETE RIGID PAVEMENT</t>
+  </si>
+  <si>
+    <t>id-23.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-25.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.items.0</t>
+  </si>
+  <si>
     <t>CONSTRUCTION OF 2KM OF ACHARA UNUHU ROAD PHASE 3</t>
   </si>
   <si>
-    <t>id-5.0.tender.items.0</t>
-[...73 lines deleted...]
-  <si>
     <t>_link_tender_items</t>
   </si>
   <si>
     <t>scheme</t>
   </si>
   <si>
     <t>id-0.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-1.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-2.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-3.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-4.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-5.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-6.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-7.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-8.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-9.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-10.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-11.0.tender.items.0.additionalClassifications.0</t>
-[...7 lines deleted...]
-  <si>
     <t>id-14.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-15.0.tender.items.0.additionalClassifications.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-16.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-17.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-18.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-19.0.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-21.0.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-23.0.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-25.0.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-31.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
     <t>format</t>
   </si>
   <si>
     <t>documentType</t>
   </si>
   <si>
     <t>datePublished</t>
   </si>
   <si>
     <t>id-0.0.tender.documents.0</t>
   </si>
   <si>
     <t>https://www.ebonyieprocure.eb.gov.ng/admin/0</t>
   </si>
   <si>
     <t>Tender Notice</t>
   </si>
   <si>
     <t>pdf</t>
@@ -2111,72 +2111,72 @@
   <si>
     <t>id-3.0.tender.documents.0</t>
   </si>
   <si>
     <t>id-4.0.tender.documents.0</t>
   </si>
   <si>
     <t>id-5.0.tender.documents.0</t>
   </si>
   <si>
     <t>id-6.0.tender.documents.0</t>
   </si>
   <si>
     <t>id-7.0.tender.documents.0</t>
   </si>
   <si>
     <t>id-8.0.tender.documents.0</t>
   </si>
   <si>
     <t>id-9.0.tender.documents.0</t>
   </si>
   <si>
     <t>id-10.0.tender.documents.0</t>
   </si>
   <si>
-    <t>id-11.0.tender.documents.0</t>
-[...7 lines deleted...]
-  <si>
     <t>id-14.0.tender.documents.0</t>
   </si>
   <si>
-    <t>id-15.0.tender.documents.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-16.0.tender.documents.0</t>
   </si>
   <si>
     <t>id-17.0.tender.documents.0</t>
   </si>
   <si>
     <t>id-18.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>id-19.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>id-21.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>id-23.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>id-25.0.tender.documents.0</t>
   </si>
   <si>
     <t>id-31.0.tender.documents.0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2804,251 +2804,251 @@
       <c r="K3" t="s">
         <v>52</v>
       </c>
       <c r="L3" t="s">
         <v>75</v>
       </c>
       <c r="M3" t="s">
         <v>54</v>
       </c>
       <c r="N3" t="s">
         <v>55</v>
       </c>
       <c r="O3" t="s">
         <v>56</v>
       </c>
       <c r="P3" t="s">
         <v>76</v>
       </c>
       <c r="Q3" t="s">
         <v>58</v>
       </c>
       <c r="R3" t="s">
         <v>59</v>
       </c>
       <c r="S3" t="s">
-        <v>77</v>
+        <v>60</v>
       </c>
       <c r="T3" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="U3" t="s">
         <v>62</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="X3" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="Y3" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="Z3" t="s">
         <v>66</v>
       </c>
       <c r="AA3" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="AB3">
         <v>-29</v>
       </c>
       <c r="AC3" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="AD3" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="AE3">
         <v>28</v>
       </c>
       <c r="AF3" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="AG3" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="AH3">
-        <v>378</v>
+        <v>364</v>
       </c>
       <c r="AI3" t="s">
         <v>50</v>
       </c>
       <c r="AJ3" t="s">
         <v>51</v>
       </c>
       <c r="AK3" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="AL3" t="s">
         <v>74</v>
       </c>
       <c r="AM3" t="s">
         <v>76</v>
       </c>
       <c r="AN3" t="s">
         <v>76</v>
       </c>
       <c r="AO3" t="s">
         <v>74</v>
       </c>
       <c r="AP3">
-        <v>4876254500</v>
+        <v>5995608726.25</v>
       </c>
       <c r="AQ3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="B4" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="C4" t="s">
         <v>45</v>
       </c>
       <c r="D4" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="E4" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="F4" t="s">
         <v>48</v>
       </c>
       <c r="G4" t="s">
         <v>49</v>
       </c>
       <c r="H4" t="s">
         <v>50</v>
       </c>
       <c r="I4" t="s">
         <v>51</v>
       </c>
       <c r="J4" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="K4" t="s">
         <v>52</v>
       </c>
       <c r="L4" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="M4" t="s">
         <v>54</v>
       </c>
       <c r="N4" t="s">
         <v>55</v>
       </c>
       <c r="O4" t="s">
         <v>56</v>
       </c>
       <c r="P4" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="Q4" t="s">
         <v>58</v>
       </c>
       <c r="R4" t="s">
         <v>59</v>
       </c>
       <c r="S4" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="T4" t="s">
-        <v>61</v>
+        <v>88</v>
       </c>
       <c r="U4" t="s">
         <v>62</v>
       </c>
       <c r="V4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W4" t="s">
-        <v>63</v>
+        <v>89</v>
       </c>
       <c r="X4" t="s">
         <v>90</v>
       </c>
       <c r="Y4" t="s">
         <v>91</v>
       </c>
       <c r="Z4" t="s">
         <v>66</v>
       </c>
       <c r="AA4" t="s">
         <v>92</v>
       </c>
       <c r="AB4">
-        <v>-28</v>
+        <v>-29</v>
       </c>
       <c r="AC4" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="AD4" t="s">
         <v>92</v>
       </c>
       <c r="AE4">
         <v>28</v>
       </c>
       <c r="AF4" t="s">
         <v>90</v>
       </c>
       <c r="AG4" t="s">
         <v>91</v>
       </c>
       <c r="AH4">
-        <v>365</v>
+        <v>378</v>
       </c>
       <c r="AI4" t="s">
         <v>50</v>
       </c>
       <c r="AJ4" t="s">
         <v>51</v>
       </c>
       <c r="AK4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="AL4" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="AM4" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="AN4" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="AO4" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="AP4">
-        <v>1363570000</v>
+        <v>4876254500</v>
       </c>
       <c r="AQ4" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>94</v>
       </c>
       <c r="B5" t="s">
         <v>95</v>
       </c>
       <c r="C5" t="s">
         <v>45</v>
       </c>
       <c r="D5" t="s">
         <v>96</v>
       </c>
       <c r="E5" t="s">
         <v>97</v>
       </c>
       <c r="F5" t="s">
         <v>48</v>
       </c>
       <c r="G5" t="s">
@@ -3056,1023 +3056,1023 @@
       </c>
       <c r="H5" t="s">
         <v>50</v>
       </c>
       <c r="I5" t="s">
         <v>51</v>
       </c>
       <c r="J5" t="s">
         <v>97</v>
       </c>
       <c r="K5" t="s">
         <v>52</v>
       </c>
       <c r="L5" t="s">
         <v>98</v>
       </c>
       <c r="M5" t="s">
         <v>54</v>
       </c>
       <c r="N5" t="s">
         <v>55</v>
       </c>
       <c r="O5" t="s">
         <v>56</v>
       </c>
+      <c r="P5" t="s">
+        <v>98</v>
+      </c>
       <c r="Q5" t="s">
         <v>58</v>
       </c>
       <c r="R5" t="s">
         <v>59</v>
       </c>
       <c r="S5" t="s">
         <v>60</v>
       </c>
+      <c r="T5" t="s">
+        <v>61</v>
+      </c>
       <c r="U5" t="s">
         <v>62</v>
       </c>
       <c r="V5">
         <v>2</v>
       </c>
       <c r="W5" t="s">
         <v>63</v>
       </c>
       <c r="X5" t="s">
-        <v>99</v>
+        <v>77</v>
       </c>
       <c r="Y5" t="s">
         <v>99</v>
       </c>
       <c r="Z5" t="s">
         <v>66</v>
       </c>
       <c r="AA5" t="s">
         <v>100</v>
       </c>
       <c r="AB5">
         <v>-28</v>
       </c>
       <c r="AC5" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="AD5" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AE5">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="AF5" t="s">
-        <v>99</v>
+        <v>77</v>
       </c>
       <c r="AG5" t="s">
         <v>99</v>
       </c>
       <c r="AH5">
-        <v>0</v>
+        <v>365</v>
       </c>
       <c r="AI5" t="s">
         <v>50</v>
       </c>
       <c r="AJ5" t="s">
         <v>51</v>
       </c>
       <c r="AK5" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="AL5" t="s">
         <v>97</v>
       </c>
       <c r="AM5" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="AN5" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="AO5" t="s">
         <v>97</v>
       </c>
       <c r="AP5">
-        <v>805511859.94</v>
+        <v>1363570000</v>
       </c>
       <c r="AQ5" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>102</v>
+      </c>
+      <c r="B6" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="C6" t="s">
         <v>45</v>
       </c>
       <c r="D6" t="s">
+        <v>104</v>
+      </c>
+      <c r="E6" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="F6" t="s">
         <v>48</v>
       </c>
       <c r="G6" t="s">
         <v>49</v>
       </c>
       <c r="H6" t="s">
         <v>50</v>
       </c>
       <c r="I6" t="s">
         <v>51</v>
       </c>
       <c r="J6" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="K6" t="s">
         <v>52</v>
       </c>
       <c r="L6" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="M6" t="s">
         <v>54</v>
       </c>
       <c r="N6" t="s">
         <v>55</v>
       </c>
       <c r="O6" t="s">
         <v>56</v>
       </c>
-      <c r="P6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q6" t="s">
         <v>58</v>
       </c>
       <c r="R6" t="s">
         <v>59</v>
       </c>
       <c r="S6" t="s">
         <v>60</v>
       </c>
-      <c r="T6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U6" t="s">
         <v>62</v>
       </c>
       <c r="V6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W6" t="s">
-        <v>108</v>
+        <v>63</v>
       </c>
       <c r="X6" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="Y6" t="s">
-        <v>81</v>
+        <v>107</v>
       </c>
       <c r="Z6" t="s">
         <v>66</v>
       </c>
       <c r="AA6" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="AB6">
         <v>-28</v>
       </c>
       <c r="AC6" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="AD6" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="AE6">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="AF6" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="AG6" t="s">
-        <v>81</v>
+        <v>107</v>
       </c>
       <c r="AH6">
-        <v>365</v>
+        <v>0</v>
       </c>
       <c r="AI6" t="s">
         <v>50</v>
       </c>
       <c r="AJ6" t="s">
         <v>51</v>
       </c>
       <c r="AK6" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="AL6" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="AM6" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="AN6" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="AO6" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="AP6">
-        <v>703839605</v>
+        <v>805511859.94</v>
       </c>
       <c r="AQ6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>111</v>
+      </c>
+      <c r="B7" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="C7" t="s">
         <v>45</v>
       </c>
       <c r="D7" t="s">
+        <v>113</v>
+      </c>
+      <c r="E7" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="G7" t="s">
         <v>49</v>
       </c>
       <c r="H7" t="s">
+        <v>115</v>
+      </c>
+      <c r="I7" t="s">
         <v>116</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="K7" t="s">
         <v>52</v>
       </c>
       <c r="L7" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="M7" t="s">
         <v>54</v>
       </c>
       <c r="N7" t="s">
         <v>55</v>
       </c>
       <c r="O7" t="s">
         <v>56</v>
       </c>
       <c r="P7" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="Q7" t="s">
         <v>58</v>
       </c>
       <c r="R7" t="s">
         <v>59</v>
       </c>
       <c r="S7" t="s">
         <v>60</v>
       </c>
       <c r="T7" t="s">
         <v>61</v>
       </c>
       <c r="U7" t="s">
         <v>62</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7" t="s">
+        <v>118</v>
+      </c>
+      <c r="X7" t="s">
         <v>119</v>
       </c>
-      <c r="X7" t="s">
+      <c r="Y7" t="s">
         <v>120</v>
       </c>
-      <c r="Y7" t="s">
+      <c r="Z7" t="s">
         <v>121</v>
       </c>
-      <c r="Z7" t="s">
+      <c r="AA7" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="AB7">
         <v>-30</v>
       </c>
       <c r="AC7" t="s">
+        <v>123</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>122</v>
+      </c>
+      <c r="AE7">
+        <v>29</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>119</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>120</v>
+      </c>
+      <c r="AH7">
+        <v>365</v>
+      </c>
+      <c r="AI7" t="s">
+        <v>115</v>
+      </c>
+      <c r="AJ7" t="s">
         <v>124</v>
       </c>
-      <c r="AD7" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="AK7" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AL7" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AM7" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AN7" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AO7" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AP7">
-        <v>45072508</v>
+        <v>45314954.95</v>
       </c>
       <c r="AQ7" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>125</v>
+      </c>
+      <c r="B8" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8" t="s">
+        <v>127</v>
+      </c>
+      <c r="E8" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="F8" t="s">
         <v>48</v>
       </c>
       <c r="G8" t="s">
         <v>49</v>
       </c>
       <c r="H8" t="s">
+        <v>115</v>
+      </c>
+      <c r="I8" t="s">
         <v>116</v>
       </c>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="K8" t="s">
         <v>52</v>
       </c>
       <c r="L8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="M8" t="s">
         <v>54</v>
       </c>
       <c r="N8" t="s">
         <v>55</v>
       </c>
       <c r="O8" t="s">
         <v>56</v>
       </c>
       <c r="P8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="Q8" t="s">
         <v>58</v>
       </c>
       <c r="R8" t="s">
         <v>59</v>
       </c>
       <c r="S8" t="s">
         <v>60</v>
       </c>
       <c r="T8" t="s">
         <v>61</v>
       </c>
       <c r="U8" t="s">
         <v>62</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8" t="s">
+        <v>130</v>
+      </c>
+      <c r="X8" t="s">
         <v>131</v>
       </c>
-      <c r="X8" t="s">
+      <c r="Y8" t="s">
+        <v>120</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>121</v>
+      </c>
+      <c r="AA8" t="s">
         <v>132</v>
-      </c>
-[...7 lines deleted...]
-        <v>133</v>
       </c>
       <c r="AB8">
         <v>-30</v>
       </c>
       <c r="AC8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AD8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AE8">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AF8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="AG8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AH8">
-        <v>365</v>
+        <v>0</v>
       </c>
       <c r="AI8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AJ8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AK8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AL8" t="s">
+        <v>128</v>
+      </c>
+      <c r="AM8" t="s">
         <v>129</v>
       </c>
-      <c r="AM8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AN8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AO8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AP8">
-        <v>45314954.95</v>
+        <v>45072508</v>
       </c>
       <c r="AQ8" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>134</v>
+      </c>
+      <c r="B9" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="C9" t="s">
         <v>45</v>
       </c>
       <c r="D9" t="s">
+        <v>136</v>
+      </c>
+      <c r="E9" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="F9" t="s">
         <v>48</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
+        <v>115</v>
+      </c>
+      <c r="I9" t="s">
         <v>116</v>
       </c>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="K9" t="s">
         <v>52</v>
       </c>
       <c r="L9" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="M9" t="s">
         <v>54</v>
       </c>
       <c r="N9" t="s">
         <v>55</v>
       </c>
       <c r="O9" t="s">
         <v>56</v>
       </c>
       <c r="P9" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="Q9" t="s">
         <v>58</v>
       </c>
       <c r="R9" t="s">
         <v>59</v>
       </c>
       <c r="S9" t="s">
         <v>60</v>
       </c>
       <c r="T9" t="s">
         <v>61</v>
       </c>
       <c r="U9" t="s">
         <v>62</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="X9" t="s">
+        <v>139</v>
+      </c>
+      <c r="Y9" t="s">
         <v>140</v>
       </c>
-      <c r="Y9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z9" t="s">
+        <v>121</v>
+      </c>
+      <c r="AA9" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="AB9">
         <v>-30</v>
       </c>
       <c r="AC9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AD9" t="s">
-        <v>133</v>
+        <v>122</v>
       </c>
       <c r="AE9">
         <v>28</v>
       </c>
       <c r="AF9" t="s">
+        <v>139</v>
+      </c>
+      <c r="AG9" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="AH9">
         <v>365</v>
       </c>
       <c r="AI9" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AJ9" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AK9" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="AL9" t="s">
+        <v>137</v>
+      </c>
+      <c r="AM9" t="s">
         <v>138</v>
       </c>
-      <c r="AM9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AN9" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="AO9" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="AP9">
         <v>47450390.65</v>
       </c>
       <c r="AQ9" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>142</v>
+      </c>
+      <c r="B10" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
       <c r="D10" t="s">
+        <v>144</v>
+      </c>
+      <c r="E10" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="F10" t="s">
         <v>48</v>
       </c>
       <c r="G10" t="s">
         <v>49</v>
       </c>
       <c r="H10" t="s">
         <v>50</v>
       </c>
       <c r="I10" t="s">
         <v>51</v>
       </c>
       <c r="J10" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="K10" t="s">
         <v>52</v>
       </c>
       <c r="L10" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="M10" t="s">
         <v>54</v>
       </c>
       <c r="N10" t="s">
         <v>55</v>
       </c>
       <c r="O10" t="s">
         <v>56</v>
       </c>
       <c r="P10" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="Q10" t="s">
         <v>58</v>
       </c>
       <c r="R10" t="s">
         <v>59</v>
       </c>
       <c r="S10" t="s">
         <v>60</v>
       </c>
       <c r="T10" t="s">
         <v>61</v>
       </c>
       <c r="U10" t="s">
         <v>62</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10" t="s">
         <v>63</v>
       </c>
       <c r="X10" t="s">
+        <v>147</v>
+      </c>
+      <c r="Y10" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="Z10" t="s">
         <v>66</v>
       </c>
       <c r="AA10" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AB10">
         <v>-28</v>
       </c>
       <c r="AC10" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="AD10" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AE10">
         <v>28</v>
       </c>
       <c r="AF10" t="s">
+        <v>147</v>
+      </c>
+      <c r="AG10" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="AH10">
         <v>379</v>
       </c>
       <c r="AI10" t="s">
         <v>50</v>
       </c>
       <c r="AJ10" t="s">
         <v>51</v>
       </c>
       <c r="AK10" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AL10" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AM10" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AN10" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AO10" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AP10">
         <v>2541480661.39</v>
       </c>
       <c r="AQ10" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>151</v>
+      </c>
+      <c r="B11" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="C11" t="s">
         <v>45</v>
       </c>
       <c r="D11" t="s">
+        <v>153</v>
+      </c>
+      <c r="E11" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F11" t="s">
         <v>48</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
       <c r="H11" t="s">
         <v>50</v>
       </c>
       <c r="I11" t="s">
         <v>51</v>
       </c>
       <c r="J11" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="K11" t="s">
         <v>52</v>
       </c>
       <c r="L11" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="M11" t="s">
         <v>54</v>
       </c>
       <c r="N11" t="s">
         <v>55</v>
       </c>
       <c r="O11" t="s">
         <v>56</v>
       </c>
       <c r="P11" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="Q11" t="s">
         <v>58</v>
       </c>
       <c r="R11" t="s">
         <v>59</v>
       </c>
       <c r="S11" t="s">
         <v>60</v>
       </c>
       <c r="T11" t="s">
         <v>61</v>
       </c>
       <c r="U11" t="s">
         <v>62</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11" t="s">
         <v>63</v>
       </c>
       <c r="X11" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="Y11" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="Z11" t="s">
         <v>66</v>
       </c>
       <c r="AA11" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="AB11">
         <v>-28</v>
       </c>
       <c r="AC11" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="AD11" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="AE11">
         <v>28</v>
       </c>
       <c r="AF11" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="AG11" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="AH11">
         <v>365</v>
       </c>
       <c r="AI11" t="s">
         <v>50</v>
       </c>
       <c r="AJ11" t="s">
         <v>51</v>
       </c>
       <c r="AK11" t="s">
-        <v>111</v>
+        <v>158</v>
       </c>
       <c r="AL11" t="s">
+        <v>154</v>
+      </c>
+      <c r="AM11" t="s">
         <v>155</v>
       </c>
-      <c r="AM11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AN11" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="AO11" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AP11">
         <v>773956500</v>
       </c>
       <c r="AQ11" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>159</v>
       </c>
       <c r="B12" t="s">
         <v>160</v>
       </c>
       <c r="C12" t="s">
         <v>45</v>
       </c>
       <c r="D12" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
       <c r="E12" t="s">
         <v>161</v>
       </c>
       <c r="F12" t="s">
         <v>48</v>
       </c>
       <c r="G12" t="s">
         <v>49</v>
       </c>
       <c r="H12" t="s">
+        <v>115</v>
+      </c>
+      <c r="I12" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="J12" t="s">
         <v>161</v>
       </c>
       <c r="K12" t="s">
         <v>52</v>
       </c>
       <c r="L12" t="s">
         <v>162</v>
       </c>
       <c r="M12" t="s">
         <v>54</v>
       </c>
       <c r="N12" t="s">
         <v>55</v>
       </c>
       <c r="O12" t="s">
         <v>56</v>
       </c>
       <c r="P12" t="s">
         <v>162</v>
       </c>
       <c r="Q12" t="s">
         <v>58</v>
       </c>
       <c r="R12" t="s">
         <v>59</v>
       </c>
       <c r="S12" t="s">
         <v>60</v>
       </c>
       <c r="T12" t="s">
         <v>61</v>
       </c>
       <c r="U12" t="s">
         <v>62</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="X12" t="s">
         <v>163</v>
       </c>
       <c r="Y12" t="s">
+        <v>120</v>
+      </c>
+      <c r="Z12" t="s">
         <v>121</v>
       </c>
-      <c r="Z12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA12" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="AB12">
         <v>-30</v>
       </c>
       <c r="AC12" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="AD12" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="AE12">
         <v>30</v>
       </c>
       <c r="AF12" t="s">
         <v>163</v>
       </c>
       <c r="AG12" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AH12">
         <v>365</v>
       </c>
       <c r="AI12" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AJ12" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AK12" t="s">
         <v>162</v>
       </c>
       <c r="AL12" t="s">
         <v>161</v>
       </c>
       <c r="AM12" t="s">
         <v>162</v>
       </c>
       <c r="AN12" t="s">
         <v>162</v>
       </c>
       <c r="AO12" t="s">
         <v>161</v>
       </c>
       <c r="AP12">
         <v>49336040</v>
       </c>
       <c r="AQ12" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
@@ -4123,90 +4123,90 @@
       <c r="P13" t="s">
         <v>168</v>
       </c>
       <c r="Q13" t="s">
         <v>58</v>
       </c>
       <c r="R13" t="s">
         <v>59</v>
       </c>
       <c r="S13" t="s">
         <v>60</v>
       </c>
       <c r="T13" t="s">
         <v>61</v>
       </c>
       <c r="U13" t="s">
         <v>62</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13" t="s">
         <v>63</v>
       </c>
       <c r="X13" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="Y13" t="s">
         <v>169</v>
       </c>
       <c r="Z13" t="s">
         <v>66</v>
       </c>
       <c r="AA13" t="s">
         <v>170</v>
       </c>
       <c r="AB13">
         <v>-28</v>
       </c>
       <c r="AC13" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="AD13" t="s">
         <v>170</v>
       </c>
       <c r="AE13">
         <v>28</v>
       </c>
       <c r="AF13" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="AG13" t="s">
         <v>169</v>
       </c>
       <c r="AH13">
         <v>365</v>
       </c>
       <c r="AI13" t="s">
         <v>50</v>
       </c>
       <c r="AJ13" t="s">
         <v>51</v>
       </c>
       <c r="AK13" t="s">
-        <v>111</v>
+        <v>158</v>
       </c>
       <c r="AL13" t="s">
         <v>167</v>
       </c>
       <c r="AM13" t="s">
         <v>168</v>
       </c>
       <c r="AN13" t="s">
         <v>168</v>
       </c>
       <c r="AO13" t="s">
         <v>167</v>
       </c>
       <c r="AP13">
         <v>774183500</v>
       </c>
       <c r="AQ13" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>171</v>
       </c>
       <c r="B14" t="s">
@@ -4269,876 +4269,876 @@
       <c r="U14" t="s">
         <v>62</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14" t="s">
         <v>63</v>
       </c>
       <c r="X14" t="s">
         <v>176</v>
       </c>
       <c r="Y14" t="s">
         <v>177</v>
       </c>
       <c r="Z14" t="s">
         <v>66</v>
       </c>
       <c r="AA14" t="s">
         <v>178</v>
       </c>
       <c r="AB14">
         <v>-28</v>
       </c>
       <c r="AC14" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="AD14" t="s">
         <v>178</v>
       </c>
       <c r="AE14">
         <v>28</v>
       </c>
       <c r="AF14" t="s">
         <v>176</v>
       </c>
       <c r="AG14" t="s">
         <v>177</v>
       </c>
       <c r="AH14">
         <v>0</v>
       </c>
       <c r="AI14" t="s">
         <v>50</v>
       </c>
       <c r="AJ14" t="s">
         <v>51</v>
       </c>
       <c r="AK14" t="s">
-        <v>111</v>
+        <v>158</v>
       </c>
       <c r="AL14" t="s">
         <v>174</v>
       </c>
       <c r="AM14" t="s">
         <v>175</v>
       </c>
       <c r="AN14" t="s">
         <v>175</v>
       </c>
       <c r="AO14" t="s">
         <v>174</v>
       </c>
       <c r="AP14">
         <v>703622933.5</v>
       </c>
       <c r="AQ14" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>179</v>
       </c>
       <c r="B15" t="s">
         <v>180</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15" t="s">
         <v>181</v>
       </c>
       <c r="E15" t="s">
         <v>182</v>
       </c>
       <c r="F15" t="s">
         <v>48</v>
       </c>
       <c r="G15" t="s">
         <v>49</v>
       </c>
       <c r="H15" t="s">
+        <v>115</v>
+      </c>
+      <c r="I15" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="J15" t="s">
         <v>182</v>
       </c>
       <c r="K15" t="s">
         <v>52</v>
       </c>
       <c r="L15" t="s">
         <v>183</v>
       </c>
       <c r="M15" t="s">
         <v>54</v>
       </c>
       <c r="N15" t="s">
         <v>55</v>
       </c>
       <c r="O15" t="s">
         <v>56</v>
       </c>
       <c r="P15" t="s">
         <v>183</v>
       </c>
       <c r="Q15" t="s">
         <v>58</v>
       </c>
       <c r="R15" t="s">
         <v>59</v>
       </c>
       <c r="S15" t="s">
         <v>60</v>
       </c>
       <c r="T15" t="s">
         <v>61</v>
       </c>
       <c r="U15" t="s">
         <v>62</v>
       </c>
       <c r="V15">
         <v>3</v>
       </c>
       <c r="W15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="X15" t="s">
         <v>184</v>
       </c>
       <c r="Y15" t="s">
+        <v>120</v>
+      </c>
+      <c r="Z15" t="s">
         <v>121</v>
       </c>
-      <c r="Z15" t="s">
+      <c r="AA15" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="AB15">
         <v>-30</v>
       </c>
       <c r="AC15" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AD15" t="s">
-        <v>133</v>
+        <v>122</v>
       </c>
       <c r="AE15">
         <v>28</v>
       </c>
       <c r="AF15" t="s">
         <v>184</v>
       </c>
       <c r="AG15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AH15">
         <v>365</v>
       </c>
       <c r="AI15" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AJ15" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AK15" t="s">
         <v>183</v>
       </c>
       <c r="AL15" t="s">
         <v>182</v>
       </c>
       <c r="AM15" t="s">
         <v>183</v>
       </c>
       <c r="AN15" t="s">
         <v>183</v>
       </c>
       <c r="AO15" t="s">
         <v>182</v>
       </c>
       <c r="AP15">
         <v>45561513.59</v>
       </c>
       <c r="AQ15" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>185</v>
       </c>
       <c r="B16" t="s">
         <v>186</v>
       </c>
       <c r="C16" t="s">
         <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
       <c r="E16" t="s">
         <v>187</v>
       </c>
       <c r="F16" t="s">
         <v>48</v>
       </c>
       <c r="G16" t="s">
         <v>49</v>
       </c>
       <c r="H16" t="s">
+        <v>115</v>
+      </c>
+      <c r="I16" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="J16" t="s">
         <v>187</v>
       </c>
       <c r="K16" t="s">
         <v>52</v>
       </c>
       <c r="L16" t="s">
         <v>188</v>
       </c>
       <c r="M16" t="s">
         <v>54</v>
       </c>
       <c r="N16" t="s">
         <v>55</v>
       </c>
       <c r="O16" t="s">
         <v>56</v>
       </c>
       <c r="P16" t="s">
         <v>188</v>
       </c>
       <c r="Q16" t="s">
         <v>58</v>
       </c>
       <c r="R16" t="s">
         <v>59</v>
       </c>
       <c r="S16" t="s">
         <v>60</v>
       </c>
       <c r="T16" t="s">
         <v>61</v>
       </c>
       <c r="U16" t="s">
         <v>62</v>
       </c>
       <c r="V16">
         <v>3</v>
       </c>
       <c r="W16" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="X16" t="s">
         <v>189</v>
       </c>
       <c r="Y16" t="s">
+        <v>120</v>
+      </c>
+      <c r="Z16" t="s">
         <v>121</v>
       </c>
-      <c r="Z16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA16" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="AB16">
         <v>-30</v>
       </c>
       <c r="AC16" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="AD16" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="AE16">
         <v>30</v>
       </c>
       <c r="AF16" t="s">
         <v>189</v>
       </c>
       <c r="AG16" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AH16">
         <v>365</v>
       </c>
       <c r="AI16" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AJ16" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AK16" t="s">
         <v>188</v>
       </c>
       <c r="AL16" t="s">
         <v>187</v>
       </c>
       <c r="AM16" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AN16" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AO16" t="s">
         <v>187</v>
       </c>
       <c r="AP16">
         <v>46077395</v>
       </c>
       <c r="AQ16" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>190</v>
       </c>
       <c r="B17" t="s">
         <v>191</v>
       </c>
       <c r="C17" t="s">
         <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
       <c r="E17" t="s">
         <v>192</v>
       </c>
       <c r="F17" t="s">
         <v>48</v>
       </c>
       <c r="G17" t="s">
         <v>49</v>
       </c>
       <c r="H17" t="s">
+        <v>115</v>
+      </c>
+      <c r="I17" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="J17" t="s">
         <v>192</v>
       </c>
       <c r="K17" t="s">
         <v>52</v>
       </c>
       <c r="L17" t="s">
         <v>193</v>
       </c>
       <c r="M17" t="s">
         <v>54</v>
       </c>
       <c r="N17" t="s">
         <v>55</v>
       </c>
       <c r="O17" t="s">
         <v>56</v>
       </c>
       <c r="P17" t="s">
         <v>193</v>
       </c>
       <c r="Q17" t="s">
         <v>58</v>
       </c>
       <c r="R17" t="s">
         <v>59</v>
       </c>
       <c r="S17" t="s">
         <v>60</v>
       </c>
       <c r="T17" t="s">
         <v>61</v>
       </c>
       <c r="U17" t="s">
         <v>62</v>
       </c>
       <c r="V17">
         <v>3</v>
       </c>
       <c r="W17" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="X17" t="s">
         <v>194</v>
       </c>
       <c r="Y17" t="s">
+        <v>120</v>
+      </c>
+      <c r="Z17" t="s">
         <v>121</v>
       </c>
-      <c r="Z17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA17" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="AB17">
         <v>-30</v>
       </c>
       <c r="AC17" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="AD17" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="AE17">
         <v>30</v>
       </c>
       <c r="AF17" t="s">
         <v>194</v>
       </c>
       <c r="AG17" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AH17">
         <v>365</v>
       </c>
       <c r="AI17" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AJ17" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AK17" t="s">
         <v>193</v>
       </c>
       <c r="AL17" t="s">
         <v>192</v>
       </c>
       <c r="AM17" t="s">
         <v>193</v>
       </c>
       <c r="AN17" t="s">
         <v>193</v>
       </c>
       <c r="AO17" t="s">
         <v>192</v>
       </c>
       <c r="AP17">
         <v>51716210</v>
       </c>
       <c r="AQ17" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>195</v>
       </c>
       <c r="B18" t="s">
         <v>196</v>
       </c>
       <c r="C18" t="s">
         <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>114</v>
+        <v>197</v>
       </c>
       <c r="E18" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F18" t="s">
         <v>48</v>
       </c>
       <c r="G18" t="s">
         <v>49</v>
       </c>
       <c r="H18" t="s">
-        <v>116</v>
+        <v>50</v>
       </c>
       <c r="I18" t="s">
-        <v>117</v>
+        <v>51</v>
       </c>
       <c r="J18" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="K18" t="s">
         <v>52</v>
       </c>
       <c r="L18" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="M18" t="s">
         <v>54</v>
       </c>
       <c r="N18" t="s">
         <v>55</v>
       </c>
       <c r="O18" t="s">
         <v>56</v>
       </c>
       <c r="P18" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="Q18" t="s">
         <v>58</v>
       </c>
       <c r="R18" t="s">
         <v>59</v>
       </c>
       <c r="S18" t="s">
         <v>60</v>
       </c>
       <c r="T18" t="s">
         <v>61</v>
       </c>
       <c r="U18" t="s">
         <v>62</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18" t="s">
-        <v>119</v>
+        <v>63</v>
       </c>
       <c r="X18" t="s">
-        <v>199</v>
+        <v>77</v>
       </c>
       <c r="Y18" t="s">
-        <v>121</v>
+        <v>169</v>
       </c>
       <c r="Z18" t="s">
-        <v>122</v>
+        <v>66</v>
       </c>
       <c r="AA18" t="s">
-        <v>123</v>
+        <v>200</v>
       </c>
       <c r="AB18">
-        <v>-30</v>
+        <v>-28</v>
       </c>
       <c r="AC18" t="s">
+        <v>101</v>
+      </c>
+      <c r="AD18" t="s">
         <v>200</v>
       </c>
-      <c r="AD18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE18">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="AF18" t="s">
-        <v>199</v>
+        <v>77</v>
       </c>
       <c r="AG18" t="s">
-        <v>121</v>
+        <v>169</v>
       </c>
       <c r="AH18">
         <v>365</v>
       </c>
       <c r="AI18" t="s">
-        <v>116</v>
+        <v>50</v>
       </c>
       <c r="AJ18" t="s">
-        <v>125</v>
+        <v>51</v>
       </c>
       <c r="AK18" t="s">
+        <v>201</v>
+      </c>
+      <c r="AL18" t="s">
         <v>198</v>
       </c>
-      <c r="AL18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AM18" t="s">
+        <v>110</v>
+      </c>
+      <c r="AN18" t="s">
+        <v>110</v>
+      </c>
+      <c r="AO18" t="s">
         <v>198</v>
       </c>
-      <c r="AN18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AP18">
-        <v>44209945</v>
+        <v>2642055000</v>
       </c>
       <c r="AQ18" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B19" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
       <c r="E19" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F19" t="s">
         <v>48</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19" t="s">
+        <v>115</v>
+      </c>
+      <c r="I19" t="s">
         <v>116</v>
       </c>
-      <c r="I19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J19" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="K19" t="s">
         <v>52</v>
       </c>
       <c r="L19" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="M19" t="s">
         <v>54</v>
       </c>
       <c r="N19" t="s">
         <v>55</v>
       </c>
       <c r="O19" t="s">
         <v>56</v>
       </c>
       <c r="P19" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="Q19" t="s">
         <v>58</v>
       </c>
       <c r="R19" t="s">
         <v>59</v>
       </c>
       <c r="S19" t="s">
         <v>60</v>
       </c>
       <c r="T19" t="s">
         <v>61</v>
       </c>
       <c r="U19" t="s">
         <v>62</v>
       </c>
       <c r="V19">
         <v>3</v>
       </c>
       <c r="W19" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="X19" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="Y19" t="s">
+        <v>120</v>
+      </c>
+      <c r="Z19" t="s">
         <v>121</v>
       </c>
-      <c r="Z19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA19" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="AB19">
         <v>-30</v>
       </c>
       <c r="AC19" t="s">
-        <v>124</v>
+        <v>207</v>
       </c>
       <c r="AD19" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="AE19">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="AF19" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="AG19" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AH19">
         <v>365</v>
       </c>
       <c r="AI19" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AJ19" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AK19" t="s">
+        <v>205</v>
+      </c>
+      <c r="AL19" t="s">
         <v>204</v>
       </c>
-      <c r="AL19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AM19" t="s">
+        <v>205</v>
+      </c>
+      <c r="AN19" t="s">
+        <v>205</v>
+      </c>
+      <c r="AO19" t="s">
         <v>204</v>
       </c>
-      <c r="AN19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AP19">
-        <v>48509500</v>
+        <v>44209945</v>
       </c>
       <c r="AQ19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B20" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C20" t="s">
         <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>208</v>
+        <v>127</v>
       </c>
       <c r="E20" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F20" t="s">
         <v>48</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20" t="s">
-        <v>50</v>
+        <v>115</v>
       </c>
       <c r="I20" t="s">
-        <v>51</v>
+        <v>116</v>
       </c>
       <c r="J20" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="K20" t="s">
         <v>52</v>
       </c>
       <c r="L20" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M20" t="s">
         <v>54</v>
       </c>
       <c r="N20" t="s">
         <v>55</v>
       </c>
       <c r="O20" t="s">
         <v>56</v>
       </c>
       <c r="P20" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="Q20" t="s">
         <v>58</v>
       </c>
       <c r="R20" t="s">
         <v>59</v>
       </c>
       <c r="S20" t="s">
         <v>60</v>
       </c>
       <c r="T20" t="s">
         <v>61</v>
       </c>
       <c r="U20" t="s">
         <v>62</v>
       </c>
       <c r="V20">
         <v>3</v>
       </c>
       <c r="W20" t="s">
-        <v>63</v>
+        <v>130</v>
       </c>
       <c r="X20" t="s">
-        <v>90</v>
+        <v>212</v>
       </c>
       <c r="Y20" t="s">
-        <v>169</v>
+        <v>120</v>
       </c>
       <c r="Z20" t="s">
-        <v>66</v>
+        <v>121</v>
       </c>
       <c r="AA20" t="s">
-        <v>211</v>
+        <v>132</v>
       </c>
       <c r="AB20">
-        <v>-28</v>
+        <v>-30</v>
       </c>
       <c r="AC20" t="s">
-        <v>93</v>
+        <v>133</v>
       </c>
       <c r="AD20" t="s">
-        <v>211</v>
+        <v>132</v>
       </c>
       <c r="AE20">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="AF20" t="s">
-        <v>90</v>
+        <v>212</v>
       </c>
       <c r="AG20" t="s">
-        <v>169</v>
+        <v>120</v>
       </c>
       <c r="AH20">
         <v>365</v>
       </c>
       <c r="AI20" t="s">
-        <v>50</v>
+        <v>115</v>
       </c>
       <c r="AJ20" t="s">
-        <v>51</v>
+        <v>124</v>
       </c>
       <c r="AK20" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="AL20" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="AM20" t="s">
-        <v>102</v>
+        <v>211</v>
       </c>
       <c r="AN20" t="s">
-        <v>102</v>
+        <v>211</v>
       </c>
       <c r="AO20" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="AP20">
-        <v>2642055000</v>
+        <v>48509500</v>
       </c>
       <c r="AQ20" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>213</v>
       </c>
       <c r="B21" t="s">
         <v>214</v>
       </c>
       <c r="C21" t="s">
         <v>45</v>
       </c>
       <c r="D21" t="s">
         <v>215</v>
       </c>
       <c r="E21" t="s">
         <v>216</v>
       </c>
       <c r="F21" t="s">
         <v>48</v>
       </c>
       <c r="G21" t="s">
@@ -5147,129 +5147,129 @@
       <c r="H21" t="s">
         <v>50</v>
       </c>
       <c r="I21" t="s">
         <v>51</v>
       </c>
       <c r="J21" t="s">
         <v>216</v>
       </c>
       <c r="K21" t="s">
         <v>52</v>
       </c>
       <c r="L21" t="s">
         <v>217</v>
       </c>
       <c r="M21" t="s">
         <v>54</v>
       </c>
       <c r="N21" t="s">
         <v>55</v>
       </c>
       <c r="O21" t="s">
         <v>56</v>
       </c>
       <c r="P21" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="Q21" t="s">
         <v>58</v>
       </c>
       <c r="R21" t="s">
         <v>59</v>
       </c>
       <c r="S21" t="s">
         <v>60</v>
       </c>
       <c r="T21" t="s">
         <v>61</v>
       </c>
       <c r="U21" t="s">
         <v>62</v>
       </c>
       <c r="V21">
         <v>3</v>
       </c>
       <c r="W21" t="s">
-        <v>63</v>
+        <v>218</v>
       </c>
       <c r="X21" t="s">
-        <v>90</v>
+        <v>219</v>
       </c>
       <c r="Y21" t="s">
-        <v>219</v>
+        <v>91</v>
       </c>
       <c r="Z21" t="s">
         <v>66</v>
       </c>
       <c r="AA21" t="s">
         <v>220</v>
       </c>
       <c r="AB21">
-        <v>-29</v>
+        <v>-28</v>
       </c>
       <c r="AC21" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="AD21" t="s">
         <v>220</v>
       </c>
       <c r="AE21">
         <v>28</v>
       </c>
       <c r="AF21" t="s">
-        <v>90</v>
+        <v>219</v>
       </c>
       <c r="AG21" t="s">
-        <v>219</v>
+        <v>91</v>
       </c>
       <c r="AH21">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="AI21" t="s">
         <v>50</v>
       </c>
       <c r="AJ21" t="s">
         <v>51</v>
       </c>
       <c r="AK21" t="s">
-        <v>217</v>
+        <v>158</v>
       </c>
       <c r="AL21" t="s">
         <v>216</v>
       </c>
       <c r="AM21" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="AN21" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="AO21" t="s">
         <v>216</v>
       </c>
       <c r="AP21">
-        <v>5995608726.25</v>
+        <v>703839605</v>
       </c>
       <c r="AQ21" t="s">
         <v>70</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>651</v>
       </c>
@@ -5312,370 +5312,370 @@
       </c>
       <c r="B3" t="s">
         <v>618</v>
       </c>
       <c r="C3" t="s">
         <v>71</v>
       </c>
       <c r="D3" t="s">
         <v>617</v>
       </c>
       <c r="E3" t="s">
         <v>282</v>
       </c>
       <c r="F3" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>655</v>
       </c>
       <c r="B4" t="s">
         <v>620</v>
       </c>
       <c r="C4" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D4" t="s">
-        <v>622</v>
+        <v>617</v>
       </c>
       <c r="E4" t="s">
         <v>282</v>
+      </c>
+      <c r="F4" t="s">
+        <v>283</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>656</v>
       </c>
       <c r="B5" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="C5" t="s">
         <v>94</v>
       </c>
       <c r="D5" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="E5" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>657</v>
       </c>
       <c r="B6" t="s">
+        <v>625</v>
+      </c>
+      <c r="C6" t="s">
+        <v>102</v>
+      </c>
+      <c r="D6" t="s">
         <v>624</v>
-      </c>
-[...4 lines deleted...]
-        <v>622</v>
       </c>
       <c r="E6" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>658</v>
       </c>
       <c r="B7" t="s">
         <v>626</v>
       </c>
       <c r="C7" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D7" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="E7" t="s">
         <v>282</v>
       </c>
       <c r="F7" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>659</v>
       </c>
       <c r="B8" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D8" t="s">
         <v>630</v>
       </c>
       <c r="E8" t="s">
         <v>282</v>
       </c>
       <c r="F8" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>660</v>
       </c>
       <c r="B9" t="s">
         <v>631</v>
       </c>
       <c r="C9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D9" t="s">
         <v>632</v>
       </c>
       <c r="E9" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>661</v>
       </c>
       <c r="B10" t="s">
         <v>633</v>
       </c>
       <c r="C10" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D10" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="E10" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>662</v>
       </c>
       <c r="B11" t="s">
         <v>635</v>
       </c>
       <c r="C11" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D11" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="E11" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>663</v>
       </c>
       <c r="B12" t="s">
         <v>637</v>
       </c>
       <c r="C12" t="s">
         <v>159</v>
       </c>
       <c r="D12" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="E12" t="s">
         <v>282</v>
       </c>
       <c r="F12" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>664</v>
       </c>
       <c r="B13" t="s">
         <v>638</v>
       </c>
       <c r="C13" t="s">
         <v>164</v>
       </c>
       <c r="D13" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="E13" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>665</v>
       </c>
       <c r="B14" t="s">
         <v>640</v>
       </c>
       <c r="C14" t="s">
         <v>171</v>
       </c>
       <c r="D14" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="E14" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>666</v>
       </c>
       <c r="B15" t="s">
         <v>642</v>
       </c>
       <c r="C15" t="s">
         <v>179</v>
       </c>
       <c r="D15" t="s">
         <v>632</v>
       </c>
       <c r="E15" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>667</v>
       </c>
       <c r="B16" t="s">
         <v>643</v>
       </c>
       <c r="C16" t="s">
         <v>185</v>
       </c>
       <c r="D16" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="E16" t="s">
         <v>282</v>
       </c>
       <c r="F16" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>668</v>
       </c>
       <c r="B17" t="s">
         <v>644</v>
       </c>
       <c r="C17" t="s">
         <v>190</v>
       </c>
       <c r="D17" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="E17" t="s">
         <v>282</v>
       </c>
       <c r="F17" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>669</v>
       </c>
       <c r="B18" t="s">
         <v>645</v>
       </c>
       <c r="C18" t="s">
         <v>195</v>
       </c>
       <c r="D18" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="E18" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>670</v>
       </c>
       <c r="B19" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C19" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D19" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="E19" t="s">
         <v>282</v>
       </c>
       <c r="F19" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>671</v>
       </c>
       <c r="B20" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C20" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D20" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="E20" t="s">
         <v>282</v>
+      </c>
+      <c r="F20" t="s">
+        <v>296</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>672</v>
       </c>
       <c r="B21" t="s">
         <v>649</v>
       </c>
       <c r="C21" t="s">
         <v>213</v>
       </c>
       <c r="D21" t="s">
-        <v>617</v>
+        <v>624</v>
       </c>
       <c r="E21" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>221</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -5748,331 +5748,331 @@
       </c>
       <c r="E3" t="s">
         <v>679</v>
       </c>
       <c r="F3" t="s">
         <v>680</v>
       </c>
       <c r="G3" t="s">
         <v>48</v>
       </c>
       <c r="H3" t="s">
         <v>681</v>
       </c>
       <c r="I3" t="s">
         <v>682</v>
       </c>
       <c r="J3" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>684</v>
       </c>
       <c r="B4" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="s">
         <v>678</v>
       </c>
       <c r="E4" t="s">
         <v>679</v>
       </c>
       <c r="F4" t="s">
         <v>680</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
         <v>681</v>
       </c>
       <c r="I4" t="s">
         <v>682</v>
       </c>
       <c r="J4" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>685</v>
       </c>
       <c r="B5" t="s">
         <v>94</v>
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5" t="s">
         <v>678</v>
       </c>
       <c r="E5" t="s">
         <v>679</v>
       </c>
       <c r="F5" t="s">
         <v>680</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
         <v>681</v>
       </c>
       <c r="I5" t="s">
         <v>682</v>
       </c>
       <c r="J5" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>686</v>
       </c>
       <c r="B6" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6" t="s">
         <v>678</v>
       </c>
       <c r="E6" t="s">
         <v>679</v>
       </c>
       <c r="F6" t="s">
         <v>680</v>
       </c>
       <c r="G6" t="s">
         <v>48</v>
       </c>
       <c r="H6" t="s">
         <v>681</v>
       </c>
       <c r="I6" t="s">
         <v>682</v>
       </c>
       <c r="J6" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>687</v>
       </c>
       <c r="B7" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="s">
         <v>678</v>
       </c>
       <c r="E7" t="s">
         <v>679</v>
       </c>
       <c r="F7" t="s">
         <v>680</v>
       </c>
       <c r="G7" t="s">
         <v>48</v>
       </c>
       <c r="H7" t="s">
         <v>681</v>
       </c>
       <c r="I7" t="s">
         <v>682</v>
       </c>
       <c r="J7" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>688</v>
       </c>
       <c r="B8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
       <c r="D8" t="s">
         <v>678</v>
       </c>
       <c r="E8" t="s">
         <v>679</v>
       </c>
       <c r="F8" t="s">
         <v>680</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
       <c r="H8" t="s">
         <v>681</v>
       </c>
       <c r="I8" t="s">
         <v>682</v>
       </c>
       <c r="J8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>689</v>
       </c>
       <c r="B9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C9">
         <v>1</v>
       </c>
       <c r="D9" t="s">
         <v>678</v>
       </c>
       <c r="E9" t="s">
         <v>679</v>
       </c>
       <c r="F9" t="s">
         <v>680</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>681</v>
       </c>
       <c r="I9" t="s">
         <v>682</v>
       </c>
       <c r="J9" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>690</v>
       </c>
       <c r="B10" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10" t="s">
         <v>678</v>
       </c>
       <c r="E10" t="s">
         <v>679</v>
       </c>
       <c r="F10" t="s">
         <v>680</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
       <c r="H10" t="s">
         <v>681</v>
       </c>
       <c r="I10" t="s">
         <v>682</v>
       </c>
       <c r="J10" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>691</v>
       </c>
       <c r="B11" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
       <c r="D11" t="s">
         <v>678</v>
       </c>
       <c r="E11" t="s">
         <v>679</v>
       </c>
       <c r="F11" t="s">
         <v>680</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11" t="s">
         <v>681</v>
       </c>
       <c r="I11" t="s">
         <v>682</v>
       </c>
       <c r="J11" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>692</v>
       </c>
       <c r="B12" t="s">
         <v>159</v>
       </c>
       <c r="C12">
         <v>1</v>
       </c>
       <c r="D12" t="s">
         <v>678</v>
       </c>
       <c r="E12" t="s">
         <v>679</v>
       </c>
       <c r="F12" t="s">
         <v>680</v>
       </c>
       <c r="G12" t="s">
         <v>48</v>
       </c>
       <c r="H12" t="s">
         <v>681</v>
       </c>
       <c r="I12" t="s">
         <v>682</v>
       </c>
       <c r="J12" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>693</v>
       </c>
       <c r="B13" t="s">
         <v>164</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13" t="s">
         <v>678</v>
       </c>
       <c r="E13" t="s">
         <v>679</v>
       </c>
       <c r="F13" t="s">
         <v>680</v>
       </c>
       <c r="G13" t="s">
         <v>48</v>
       </c>
       <c r="H13" t="s">
@@ -6156,179 +6156,179 @@
       <c r="B16" t="s">
         <v>185</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
       <c r="D16" t="s">
         <v>678</v>
       </c>
       <c r="E16" t="s">
         <v>679</v>
       </c>
       <c r="F16" t="s">
         <v>680</v>
       </c>
       <c r="G16" t="s">
         <v>48</v>
       </c>
       <c r="H16" t="s">
         <v>681</v>
       </c>
       <c r="I16" t="s">
         <v>682</v>
       </c>
       <c r="J16" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>697</v>
       </c>
       <c r="B17" t="s">
         <v>190</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
       <c r="D17" t="s">
         <v>678</v>
       </c>
       <c r="E17" t="s">
         <v>679</v>
       </c>
       <c r="F17" t="s">
         <v>680</v>
       </c>
       <c r="G17" t="s">
         <v>48</v>
       </c>
       <c r="H17" t="s">
         <v>681</v>
       </c>
       <c r="I17" t="s">
         <v>682</v>
       </c>
       <c r="J17" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>698</v>
       </c>
       <c r="B18" t="s">
         <v>195</v>
       </c>
       <c r="C18">
         <v>1</v>
       </c>
       <c r="D18" t="s">
         <v>678</v>
       </c>
       <c r="E18" t="s">
         <v>679</v>
       </c>
       <c r="F18" t="s">
         <v>680</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18" t="s">
         <v>681</v>
       </c>
       <c r="I18" t="s">
         <v>682</v>
       </c>
       <c r="J18" t="s">
-        <v>114</v>
+        <v>197</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>699</v>
       </c>
       <c r="B19" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
       <c r="D19" t="s">
         <v>678</v>
       </c>
       <c r="E19" t="s">
         <v>679</v>
       </c>
       <c r="F19" t="s">
         <v>680</v>
       </c>
       <c r="G19" t="s">
         <v>48</v>
       </c>
       <c r="H19" t="s">
         <v>681</v>
       </c>
       <c r="I19" t="s">
         <v>682</v>
       </c>
       <c r="J19" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>700</v>
       </c>
       <c r="B20" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C20">
         <v>1</v>
       </c>
       <c r="D20" t="s">
         <v>678</v>
       </c>
       <c r="E20" t="s">
         <v>679</v>
       </c>
       <c r="F20" t="s">
         <v>680</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20" t="s">
         <v>681</v>
       </c>
       <c r="I20" t="s">
         <v>682</v>
       </c>
       <c r="J20" t="s">
-        <v>208</v>
+        <v>127</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>701</v>
       </c>
       <c r="B21" t="s">
         <v>213</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21" t="s">
         <v>678</v>
       </c>
       <c r="E21" t="s">
         <v>679</v>
       </c>
       <c r="F21" t="s">
         <v>680</v>
       </c>
       <c r="G21" t="s">
         <v>48</v>
       </c>
       <c r="H21" t="s">
@@ -6419,446 +6419,446 @@
       </c>
       <c r="I2" t="s">
         <v>70</v>
       </c>
       <c r="J2" t="s">
         <v>64</v>
       </c>
       <c r="K2" t="s">
         <v>65</v>
       </c>
       <c r="L2">
         <v>365</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>232</v>
       </c>
       <c r="B3" t="s">
         <v>71</v>
       </c>
       <c r="C3" t="s">
         <v>233</v>
       </c>
       <c r="D3" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="E3" t="s">
         <v>54</v>
       </c>
       <c r="F3" t="s">
         <v>75</v>
       </c>
       <c r="G3" t="s">
         <v>76</v>
       </c>
       <c r="H3">
-        <v>4876254500</v>
+        <v>5995608726.25</v>
       </c>
       <c r="I3" t="s">
         <v>70</v>
       </c>
       <c r="J3" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K3" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="L3">
-        <v>378</v>
+        <v>364</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>234</v>
       </c>
       <c r="B4" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C4" t="s">
         <v>235</v>
       </c>
       <c r="D4" t="s">
         <v>91</v>
       </c>
       <c r="E4" t="s">
         <v>54</v>
       </c>
       <c r="F4" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="G4" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H4">
-        <v>1363570000</v>
+        <v>4876254500</v>
       </c>
       <c r="I4" t="s">
         <v>70</v>
       </c>
       <c r="J4" t="s">
         <v>90</v>
       </c>
       <c r="K4" t="s">
         <v>91</v>
       </c>
       <c r="L4">
-        <v>365</v>
+        <v>378</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>236</v>
       </c>
       <c r="B5" t="s">
         <v>94</v>
       </c>
       <c r="C5" t="s">
         <v>237</v>
       </c>
       <c r="D5" t="s">
         <v>99</v>
       </c>
       <c r="E5" t="s">
         <v>54</v>
       </c>
       <c r="F5" t="s">
         <v>98</v>
       </c>
+      <c r="G5" t="s">
+        <v>98</v>
+      </c>
       <c r="H5">
-        <v>805511859.94</v>
+        <v>1363570000</v>
       </c>
       <c r="I5" t="s">
         <v>70</v>
       </c>
       <c r="J5" t="s">
-        <v>99</v>
+        <v>77</v>
       </c>
       <c r="K5" t="s">
         <v>99</v>
       </c>
       <c r="L5">
-        <v>0</v>
+        <v>365</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>238</v>
       </c>
       <c r="B6" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C6" t="s">
         <v>239</v>
       </c>
       <c r="D6" t="s">
-        <v>81</v>
+        <v>107</v>
       </c>
       <c r="E6" t="s">
         <v>54</v>
       </c>
       <c r="F6" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H6">
-        <v>703839605</v>
+        <v>805511859.94</v>
       </c>
       <c r="I6" t="s">
         <v>70</v>
       </c>
       <c r="J6" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="K6" t="s">
-        <v>81</v>
+        <v>107</v>
       </c>
       <c r="L6">
-        <v>365</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>240</v>
       </c>
       <c r="B7" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C7" t="s">
         <v>241</v>
       </c>
       <c r="D7" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="E7" t="s">
         <v>54</v>
       </c>
       <c r="F7" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="G7" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="H7">
-        <v>45072508</v>
+        <v>45314954.95</v>
       </c>
       <c r="I7" t="s">
         <v>70</v>
       </c>
       <c r="J7" t="s">
+        <v>119</v>
+      </c>
+      <c r="K7" t="s">
         <v>120</v>
       </c>
-      <c r="K7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L7">
-        <v>0</v>
+        <v>365</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>242</v>
       </c>
       <c r="B8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C8" t="s">
         <v>243</v>
       </c>
       <c r="D8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="E8" t="s">
         <v>54</v>
       </c>
       <c r="F8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="G8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="H8">
-        <v>45314954.95</v>
+        <v>45072508</v>
       </c>
       <c r="I8" t="s">
         <v>70</v>
       </c>
       <c r="J8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="K8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="L8">
-        <v>365</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>244</v>
       </c>
       <c r="B9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C9" t="s">
         <v>245</v>
       </c>
       <c r="D9" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="E9" t="s">
         <v>54</v>
       </c>
       <c r="F9" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G9" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="H9">
         <v>47450390.65</v>
       </c>
       <c r="I9" t="s">
         <v>70</v>
       </c>
       <c r="J9" t="s">
+        <v>139</v>
+      </c>
+      <c r="K9" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="L9">
         <v>365</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>246</v>
       </c>
       <c r="B10" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C10" t="s">
         <v>247</v>
       </c>
       <c r="D10" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="E10" t="s">
         <v>54</v>
       </c>
       <c r="F10" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="G10" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="H10">
         <v>2541480661.39</v>
       </c>
       <c r="I10" t="s">
         <v>70</v>
       </c>
       <c r="J10" t="s">
+        <v>147</v>
+      </c>
+      <c r="K10" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="L10">
         <v>379</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>248</v>
       </c>
       <c r="B11" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C11" t="s">
         <v>249</v>
       </c>
       <c r="D11" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="E11" t="s">
         <v>54</v>
       </c>
       <c r="F11" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="G11" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H11">
         <v>773956500</v>
       </c>
       <c r="I11" t="s">
         <v>70</v>
       </c>
       <c r="J11" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="K11" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="L11">
         <v>365</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>250</v>
       </c>
       <c r="B12" t="s">
         <v>159</v>
       </c>
       <c r="C12" t="s">
         <v>251</v>
       </c>
       <c r="D12" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="E12" t="s">
         <v>54</v>
       </c>
       <c r="F12" t="s">
         <v>162</v>
       </c>
       <c r="G12" t="s">
         <v>162</v>
       </c>
       <c r="H12">
         <v>49336040</v>
       </c>
       <c r="I12" t="s">
         <v>70</v>
       </c>
       <c r="J12" t="s">
         <v>163</v>
       </c>
       <c r="K12" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="L12">
         <v>365</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>252</v>
       </c>
       <c r="B13" t="s">
         <v>164</v>
       </c>
       <c r="C13" t="s">
         <v>253</v>
       </c>
       <c r="D13" t="s">
         <v>169</v>
       </c>
       <c r="E13" t="s">
         <v>54</v>
       </c>
       <c r="F13" t="s">
         <v>168</v>
       </c>
       <c r="G13" t="s">
         <v>168</v>
       </c>
       <c r="H13">
         <v>774183500</v>
       </c>
       <c r="I13" t="s">
         <v>70</v>
       </c>
       <c r="J13" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="K13" t="s">
         <v>169</v>
       </c>
       <c r="L13">
         <v>365</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>254</v>
       </c>
       <c r="B14" t="s">
         <v>171</v>
       </c>
       <c r="C14" t="s">
         <v>255</v>
       </c>
       <c r="D14" t="s">
         <v>177</v>
       </c>
       <c r="E14" t="s">
         <v>54</v>
       </c>
       <c r="F14" t="s">
@@ -6872,303 +6872,303 @@
       </c>
       <c r="I14" t="s">
         <v>70</v>
       </c>
       <c r="J14" t="s">
         <v>176</v>
       </c>
       <c r="K14" t="s">
         <v>177</v>
       </c>
       <c r="L14">
         <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>256</v>
       </c>
       <c r="B15" t="s">
         <v>179</v>
       </c>
       <c r="C15" t="s">
         <v>257</v>
       </c>
       <c r="D15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="E15" t="s">
         <v>54</v>
       </c>
       <c r="F15" t="s">
         <v>183</v>
       </c>
       <c r="G15" t="s">
         <v>183</v>
       </c>
       <c r="H15">
         <v>45561513.59</v>
       </c>
       <c r="I15" t="s">
         <v>70</v>
       </c>
       <c r="J15" t="s">
         <v>184</v>
       </c>
       <c r="K15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="L15">
         <v>365</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>258</v>
       </c>
       <c r="B16" t="s">
         <v>185</v>
       </c>
       <c r="C16" t="s">
         <v>259</v>
       </c>
       <c r="D16" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="E16" t="s">
         <v>54</v>
       </c>
       <c r="F16" t="s">
         <v>188</v>
       </c>
       <c r="G16" t="s">
         <v>188</v>
       </c>
       <c r="H16">
         <v>46077395</v>
       </c>
       <c r="I16" t="s">
         <v>70</v>
       </c>
       <c r="J16" t="s">
         <v>189</v>
       </c>
       <c r="K16" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="L16">
         <v>365</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>260</v>
       </c>
       <c r="B17" t="s">
         <v>190</v>
       </c>
       <c r="C17" t="s">
         <v>261</v>
       </c>
       <c r="D17" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="E17" t="s">
         <v>54</v>
       </c>
       <c r="F17" t="s">
         <v>193</v>
       </c>
       <c r="G17" t="s">
         <v>193</v>
       </c>
       <c r="H17">
         <v>51716210</v>
       </c>
       <c r="I17" t="s">
         <v>70</v>
       </c>
       <c r="J17" t="s">
         <v>194</v>
       </c>
       <c r="K17" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="L17">
         <v>365</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>262</v>
       </c>
       <c r="B18" t="s">
         <v>195</v>
       </c>
       <c r="C18" t="s">
         <v>263</v>
       </c>
       <c r="D18" t="s">
-        <v>121</v>
+        <v>169</v>
       </c>
       <c r="E18" t="s">
         <v>54</v>
       </c>
       <c r="F18" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="G18" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="H18">
-        <v>44209945</v>
+        <v>2642055000</v>
       </c>
       <c r="I18" t="s">
         <v>70</v>
       </c>
       <c r="J18" t="s">
-        <v>199</v>
+        <v>77</v>
       </c>
       <c r="K18" t="s">
-        <v>121</v>
+        <v>169</v>
       </c>
       <c r="L18">
         <v>365</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>264</v>
       </c>
       <c r="B19" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C19" t="s">
         <v>265</v>
       </c>
       <c r="D19" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="E19" t="s">
         <v>54</v>
       </c>
       <c r="F19" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="G19" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H19">
-        <v>48509500</v>
+        <v>44209945</v>
       </c>
       <c r="I19" t="s">
         <v>70</v>
       </c>
       <c r="J19" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="K19" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="L19">
         <v>365</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>266</v>
       </c>
       <c r="B20" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C20" t="s">
         <v>267</v>
       </c>
       <c r="D20" t="s">
-        <v>169</v>
+        <v>120</v>
       </c>
       <c r="E20" t="s">
         <v>54</v>
       </c>
       <c r="F20" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="G20" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H20">
-        <v>2642055000</v>
+        <v>48509500</v>
       </c>
       <c r="I20" t="s">
         <v>70</v>
       </c>
       <c r="J20" t="s">
-        <v>90</v>
+        <v>212</v>
       </c>
       <c r="K20" t="s">
-        <v>169</v>
+        <v>120</v>
       </c>
       <c r="L20">
         <v>365</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>268</v>
       </c>
       <c r="B21" t="s">
         <v>213</v>
       </c>
       <c r="C21" t="s">
         <v>269</v>
       </c>
       <c r="D21" t="s">
-        <v>219</v>
+        <v>91</v>
       </c>
       <c r="E21" t="s">
         <v>54</v>
       </c>
       <c r="F21" t="s">
         <v>217</v>
       </c>
       <c r="G21" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="H21">
-        <v>5995608726.25</v>
+        <v>703839605</v>
       </c>
       <c r="I21" t="s">
         <v>70</v>
       </c>
       <c r="J21" t="s">
-        <v>90</v>
+        <v>219</v>
       </c>
       <c r="K21" t="s">
-        <v>219</v>
+        <v>91</v>
       </c>
       <c r="L21">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>270</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>221</v>
       </c>
@@ -7233,687 +7233,687 @@
       </c>
       <c r="K2" t="s">
         <v>283</v>
       </c>
       <c r="L2" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>285</v>
       </c>
       <c r="B3" t="s">
         <v>232</v>
       </c>
       <c r="C3" t="s">
         <v>71</v>
       </c>
       <c r="D3" t="s">
         <v>74</v>
       </c>
       <c r="E3" t="s">
         <v>76</v>
       </c>
       <c r="F3">
-        <v>1</v>
+        <v>16.7</v>
       </c>
       <c r="G3" t="s">
         <v>286</v>
       </c>
       <c r="H3" t="s">
         <v>280</v>
       </c>
       <c r="I3" t="s">
         <v>281</v>
       </c>
       <c r="J3" t="s">
         <v>282</v>
       </c>
       <c r="K3" t="s">
         <v>283</v>
       </c>
       <c r="L3" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>288</v>
       </c>
       <c r="B4" t="s">
         <v>234</v>
       </c>
       <c r="C4" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D4" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="E4" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="F4">
-        <v>3000</v>
+        <v>1</v>
       </c>
       <c r="G4" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="H4" t="s">
         <v>280</v>
       </c>
+      <c r="I4" t="s">
+        <v>281</v>
+      </c>
       <c r="J4" t="s">
         <v>282</v>
       </c>
+      <c r="K4" t="s">
+        <v>283</v>
+      </c>
       <c r="L4" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B5" t="s">
         <v>236</v>
       </c>
       <c r="C5" t="s">
         <v>94</v>
       </c>
       <c r="D5" t="s">
         <v>97</v>
       </c>
       <c r="E5" t="s">
         <v>98</v>
       </c>
       <c r="F5">
-        <v>0</v>
+        <v>3000</v>
+      </c>
+      <c r="G5" t="s">
+        <v>279</v>
       </c>
       <c r="H5" t="s">
         <v>280</v>
       </c>
       <c r="J5" t="s">
         <v>282</v>
       </c>
+      <c r="L5" t="s">
+        <v>292</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B6" t="s">
         <v>238</v>
       </c>
       <c r="C6" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D6" t="s">
+        <v>105</v>
+      </c>
+      <c r="E6" t="s">
         <v>106</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>286</v>
+        <v>0</v>
       </c>
       <c r="H6" t="s">
         <v>280</v>
       </c>
       <c r="J6" t="s">
         <v>282</v>
       </c>
-      <c r="L6" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B7" t="s">
         <v>240</v>
       </c>
       <c r="C7" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D7" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="E7" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F7">
         <v>0</v>
       </c>
       <c r="G7" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H7" t="s">
         <v>280</v>
       </c>
       <c r="I7" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="J7" t="s">
         <v>282</v>
       </c>
       <c r="K7" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="L7" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B8" t="s">
         <v>242</v>
       </c>
       <c r="C8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D8" t="s">
+        <v>128</v>
+      </c>
+      <c r="E8" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="G8" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H8" t="s">
         <v>280</v>
       </c>
       <c r="I8" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="J8" t="s">
         <v>282</v>
       </c>
       <c r="K8" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="L8" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B9" t="s">
         <v>244</v>
       </c>
       <c r="C9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D9" t="s">
+        <v>137</v>
+      </c>
+      <c r="E9" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
       <c r="G9" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H9" t="s">
         <v>280</v>
       </c>
       <c r="J9" t="s">
         <v>282</v>
       </c>
       <c r="L9" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B10" t="s">
         <v>246</v>
       </c>
       <c r="C10" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D10" t="s">
+        <v>145</v>
+      </c>
+      <c r="E10" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="F10">
         <v>5000</v>
       </c>
       <c r="G10" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H10" t="s">
         <v>280</v>
       </c>
       <c r="J10" t="s">
         <v>282</v>
       </c>
       <c r="L10" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B11" t="s">
         <v>248</v>
       </c>
       <c r="C11" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D11" t="s">
+        <v>154</v>
+      </c>
+      <c r="E11" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="F11">
         <v>1</v>
       </c>
       <c r="G11" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H11" t="s">
         <v>280</v>
       </c>
       <c r="J11" t="s">
         <v>282</v>
       </c>
       <c r="L11" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B12" t="s">
         <v>250</v>
       </c>
       <c r="C12" t="s">
         <v>159</v>
       </c>
       <c r="D12" t="s">
         <v>161</v>
       </c>
       <c r="E12" t="s">
         <v>162</v>
       </c>
       <c r="F12">
         <v>0</v>
       </c>
       <c r="G12" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H12" t="s">
         <v>280</v>
       </c>
       <c r="I12" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="J12" t="s">
         <v>282</v>
       </c>
       <c r="K12" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="L12" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B13" t="s">
         <v>252</v>
       </c>
       <c r="C13" t="s">
         <v>164</v>
       </c>
       <c r="D13" t="s">
         <v>167</v>
       </c>
       <c r="E13" t="s">
         <v>168</v>
       </c>
       <c r="F13">
         <v>2</v>
       </c>
       <c r="G13" t="s">
-        <v>304</v>
+        <v>286</v>
       </c>
       <c r="H13" t="s">
         <v>280</v>
       </c>
       <c r="J13" t="s">
         <v>282</v>
       </c>
       <c r="L13" t="s">
-        <v>292</v>
+        <v>305</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B14" t="s">
         <v>254</v>
       </c>
       <c r="C14" t="s">
         <v>171</v>
       </c>
       <c r="D14" t="s">
         <v>174</v>
       </c>
       <c r="E14" t="s">
         <v>175</v>
       </c>
       <c r="F14">
         <v>1</v>
       </c>
       <c r="G14" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H14" t="s">
         <v>280</v>
       </c>
       <c r="J14" t="s">
         <v>282</v>
       </c>
       <c r="L14" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B15" t="s">
         <v>256</v>
       </c>
       <c r="C15" t="s">
         <v>179</v>
       </c>
       <c r="D15" t="s">
         <v>182</v>
       </c>
       <c r="E15" t="s">
         <v>183</v>
       </c>
       <c r="F15">
         <v>0</v>
       </c>
       <c r="G15" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H15" t="s">
         <v>280</v>
       </c>
       <c r="J15" t="s">
         <v>282</v>
       </c>
       <c r="L15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B16" t="s">
         <v>258</v>
       </c>
       <c r="C16" t="s">
         <v>185</v>
       </c>
       <c r="D16" t="s">
         <v>187</v>
       </c>
       <c r="E16" t="s">
         <v>188</v>
       </c>
       <c r="F16">
         <v>0</v>
       </c>
       <c r="G16" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H16" t="s">
         <v>280</v>
       </c>
       <c r="I16" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="J16" t="s">
         <v>282</v>
       </c>
       <c r="K16" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="L16" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B17" t="s">
         <v>260</v>
       </c>
       <c r="C17" t="s">
         <v>190</v>
       </c>
       <c r="D17" t="s">
         <v>192</v>
       </c>
       <c r="E17" t="s">
         <v>193</v>
       </c>
       <c r="F17">
         <v>0</v>
       </c>
       <c r="G17" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H17" t="s">
         <v>280</v>
       </c>
       <c r="I17" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="J17" t="s">
         <v>282</v>
       </c>
       <c r="K17" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="L17" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B18" t="s">
         <v>262</v>
       </c>
       <c r="C18" t="s">
         <v>195</v>
       </c>
       <c r="D18" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E18" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F18">
-        <v>0</v>
+        <v>5843</v>
       </c>
       <c r="G18" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
       <c r="H18" t="s">
         <v>280</v>
       </c>
-      <c r="I18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J18" t="s">
         <v>282</v>
       </c>
-      <c r="K18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L18" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B19" t="s">
         <v>264</v>
       </c>
       <c r="C19" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D19" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E19" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F19">
         <v>0</v>
       </c>
       <c r="G19" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H19" t="s">
         <v>280</v>
       </c>
       <c r="I19" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="J19" t="s">
         <v>282</v>
       </c>
       <c r="K19" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="L19" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B20" t="s">
         <v>266</v>
       </c>
       <c r="C20" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D20" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E20" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F20">
-        <v>5843</v>
+        <v>0</v>
       </c>
       <c r="G20" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="H20" t="s">
         <v>280</v>
       </c>
+      <c r="I20" t="s">
+        <v>295</v>
+      </c>
       <c r="J20" t="s">
         <v>282</v>
       </c>
+      <c r="K20" t="s">
+        <v>296</v>
+      </c>
       <c r="L20" t="s">
-        <v>313</v>
+        <v>297</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>314</v>
       </c>
       <c r="B21" t="s">
         <v>268</v>
       </c>
       <c r="C21" t="s">
         <v>213</v>
       </c>
       <c r="D21" t="s">
         <v>216</v>
       </c>
       <c r="E21" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="F21">
-        <v>16.7</v>
+        <v>1</v>
       </c>
       <c r="G21" t="s">
-        <v>304</v>
+        <v>289</v>
       </c>
       <c r="H21" t="s">
         <v>280</v>
       </c>
-      <c r="I21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J21" t="s">
         <v>282</v>
       </c>
-      <c r="K21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L21" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>270</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>221</v>
       </c>
@@ -7930,184 +7930,184 @@
       </c>
       <c r="B2" t="s">
         <v>230</v>
       </c>
       <c r="C2" t="s">
         <v>43</v>
       </c>
       <c r="D2">
         <v>655385</v>
       </c>
       <c r="E2" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>318</v>
       </c>
       <c r="B3" t="s">
         <v>232</v>
       </c>
       <c r="C3" t="s">
         <v>71</v>
       </c>
       <c r="D3">
-        <v>7398160</v>
+        <v>1872480</v>
       </c>
       <c r="E3" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>320</v>
       </c>
       <c r="B4" t="s">
         <v>234</v>
       </c>
       <c r="C4" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D4">
-        <v>7759482</v>
+        <v>7398160</v>
       </c>
       <c r="E4" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>322</v>
       </c>
       <c r="B5" t="s">
         <v>236</v>
       </c>
       <c r="C5" t="s">
         <v>94</v>
       </c>
       <c r="D5">
-        <v>1600524</v>
+        <v>7759482</v>
       </c>
       <c r="E5" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>324</v>
       </c>
       <c r="B6" t="s">
         <v>238</v>
       </c>
       <c r="C6" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D6">
-        <v>712395</v>
+        <v>1600524</v>
       </c>
       <c r="E6" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>326</v>
       </c>
       <c r="B7" t="s">
         <v>240</v>
       </c>
       <c r="C7" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D7">
-        <v>7219615</v>
+        <v>477837</v>
       </c>
       <c r="E7" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>328</v>
       </c>
       <c r="B8" t="s">
         <v>242</v>
       </c>
       <c r="C8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D8">
-        <v>477837</v>
+        <v>7219615</v>
       </c>
       <c r="E8" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>330</v>
       </c>
       <c r="B9" t="s">
         <v>244</v>
       </c>
       <c r="C9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D9">
         <v>6867377</v>
       </c>
       <c r="E9" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>332</v>
       </c>
       <c r="B10" t="s">
         <v>246</v>
       </c>
       <c r="C10" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D10">
         <v>6943143</v>
       </c>
       <c r="E10" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>334</v>
       </c>
       <c r="B11" t="s">
         <v>248</v>
       </c>
       <c r="C11" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D11">
         <v>7006154</v>
       </c>
       <c r="E11" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>336</v>
       </c>
       <c r="B12" t="s">
         <v>250</v>
       </c>
       <c r="C12" t="s">
         <v>159</v>
       </c>
       <c r="D12">
         <v>6927404</v>
       </c>
       <c r="E12" t="s">
         <v>337</v>
       </c>
     </row>
@@ -8185,102 +8185,102 @@
       </c>
       <c r="B17" t="s">
         <v>260</v>
       </c>
       <c r="C17" t="s">
         <v>190</v>
       </c>
       <c r="D17">
         <v>1848870</v>
       </c>
       <c r="E17" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>348</v>
       </c>
       <c r="B18" t="s">
         <v>262</v>
       </c>
       <c r="C18" t="s">
         <v>195</v>
       </c>
       <c r="D18">
-        <v>1337288</v>
+        <v>1016670</v>
       </c>
       <c r="E18" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>350</v>
       </c>
       <c r="B19" t="s">
         <v>264</v>
       </c>
       <c r="C19" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D19">
-        <v>1310232</v>
+        <v>1337288</v>
       </c>
       <c r="E19" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>352</v>
       </c>
       <c r="B20" t="s">
         <v>266</v>
       </c>
       <c r="C20" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D20">
-        <v>1016670</v>
+        <v>1310232</v>
       </c>
       <c r="E20" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>354</v>
       </c>
       <c r="B21" t="s">
         <v>268</v>
       </c>
       <c r="C21" t="s">
         <v>213</v>
       </c>
       <c r="D21">
-        <v>1872480</v>
+        <v>712395</v>
       </c>
       <c r="E21" t="s">
         <v>355</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:P41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>221</v>
       </c>
@@ -8480,1573 +8480,1573 @@
       </c>
       <c r="J5" t="s">
         <v>391</v>
       </c>
       <c r="L5" t="s">
         <v>319</v>
       </c>
       <c r="M5" t="s">
         <v>392</v>
       </c>
       <c r="N5" t="s">
         <v>384</v>
       </c>
       <c r="O5" t="s">
         <v>393</v>
       </c>
       <c r="P5" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>395</v>
       </c>
       <c r="B6" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C6" t="s">
         <v>369</v>
       </c>
       <c r="D6" t="s">
         <v>51</v>
       </c>
       <c r="E6" t="s">
         <v>370</v>
       </c>
       <c r="F6" t="s">
         <v>371</v>
       </c>
       <c r="G6" t="s">
         <v>372</v>
       </c>
       <c r="H6">
         <v>480271</v>
       </c>
       <c r="I6" t="s">
         <v>373</v>
       </c>
       <c r="J6" t="s">
         <v>374</v>
       </c>
       <c r="K6" t="s">
         <v>375</v>
       </c>
       <c r="L6" t="s">
         <v>51</v>
       </c>
       <c r="M6" t="s">
         <v>376</v>
       </c>
       <c r="N6" t="s">
         <v>377</v>
       </c>
       <c r="O6" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>396</v>
       </c>
       <c r="B7" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C7" t="s">
         <v>397</v>
       </c>
       <c r="D7" t="s">
         <v>321</v>
       </c>
       <c r="E7" t="s">
         <v>380</v>
       </c>
       <c r="G7" t="s">
+        <v>390</v>
+      </c>
+      <c r="J7" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
       <c r="L7" t="s">
         <v>321</v>
       </c>
       <c r="M7" t="s">
         <v>392</v>
       </c>
       <c r="N7" t="s">
         <v>384</v>
       </c>
       <c r="O7" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="P7" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="B8" t="s">
         <v>94</v>
       </c>
       <c r="C8" t="s">
         <v>369</v>
       </c>
       <c r="D8" t="s">
         <v>51</v>
       </c>
       <c r="E8" t="s">
         <v>370</v>
       </c>
       <c r="F8" t="s">
         <v>371</v>
       </c>
       <c r="G8" t="s">
         <v>372</v>
       </c>
       <c r="H8">
         <v>480271</v>
       </c>
       <c r="I8" t="s">
         <v>373</v>
       </c>
       <c r="J8" t="s">
         <v>374</v>
       </c>
       <c r="K8" t="s">
         <v>375</v>
       </c>
       <c r="L8" t="s">
         <v>51</v>
       </c>
       <c r="M8" t="s">
         <v>376</v>
       </c>
       <c r="N8" t="s">
         <v>377</v>
       </c>
       <c r="O8" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="B9" t="s">
         <v>94</v>
       </c>
       <c r="C9" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="D9" t="s">
         <v>323</v>
       </c>
       <c r="E9" t="s">
         <v>380</v>
       </c>
       <c r="G9" t="s">
-        <v>390</v>
+        <v>403</v>
       </c>
       <c r="J9" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="L9" t="s">
-        <v>406</v>
+        <v>323</v>
       </c>
       <c r="M9" t="s">
         <v>392</v>
       </c>
       <c r="N9" t="s">
         <v>384</v>
       </c>
       <c r="O9" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="P9" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="B10" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C10" t="s">
         <v>369</v>
       </c>
       <c r="D10" t="s">
         <v>51</v>
       </c>
       <c r="E10" t="s">
         <v>370</v>
       </c>
       <c r="F10" t="s">
         <v>371</v>
       </c>
       <c r="G10" t="s">
         <v>372</v>
       </c>
       <c r="H10">
         <v>480271</v>
       </c>
       <c r="I10" t="s">
         <v>373</v>
       </c>
       <c r="J10" t="s">
         <v>374</v>
       </c>
       <c r="K10" t="s">
         <v>375</v>
       </c>
       <c r="L10" t="s">
         <v>51</v>
       </c>
       <c r="M10" t="s">
         <v>376</v>
       </c>
       <c r="N10" t="s">
         <v>377</v>
       </c>
       <c r="O10" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="B11" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C11" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="D11" t="s">
         <v>325</v>
       </c>
       <c r="E11" t="s">
         <v>380</v>
       </c>
       <c r="G11" t="s">
-        <v>412</v>
+        <v>390</v>
       </c>
       <c r="J11" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="L11" t="s">
-        <v>325</v>
+        <v>411</v>
       </c>
       <c r="M11" t="s">
         <v>392</v>
       </c>
       <c r="N11" t="s">
         <v>384</v>
       </c>
       <c r="O11" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="P11" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="B12" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C12" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="D12" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E12" t="s">
         <v>370</v>
       </c>
       <c r="F12" t="s">
         <v>371</v>
       </c>
       <c r="G12" t="s">
         <v>372</v>
       </c>
       <c r="H12">
         <v>480271</v>
       </c>
       <c r="I12" t="s">
         <v>373</v>
       </c>
       <c r="J12" t="s">
         <v>374</v>
       </c>
       <c r="K12" t="s">
         <v>375</v>
       </c>
       <c r="L12" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="M12" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N12" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="O12" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C13" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D13" t="s">
         <v>327</v>
       </c>
       <c r="E13" t="s">
         <v>380</v>
       </c>
       <c r="G13" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="J13" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="L13" t="s">
         <v>327</v>
       </c>
       <c r="M13" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="N13" t="s">
         <v>384</v>
       </c>
       <c r="O13" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="P13" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="B14" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C14" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="D14" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E14" t="s">
         <v>370</v>
       </c>
       <c r="F14" t="s">
         <v>371</v>
       </c>
       <c r="G14" t="s">
         <v>372</v>
       </c>
       <c r="H14">
         <v>480271</v>
       </c>
       <c r="I14" t="s">
         <v>373</v>
       </c>
       <c r="J14" t="s">
         <v>374</v>
       </c>
       <c r="K14" t="s">
         <v>375</v>
       </c>
       <c r="L14" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="M14" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N14" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="O14" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="B15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C15" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="D15" t="s">
         <v>329</v>
       </c>
       <c r="E15" t="s">
         <v>380</v>
       </c>
       <c r="G15" t="s">
-        <v>390</v>
+        <v>381</v>
       </c>
       <c r="J15" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="L15" t="s">
         <v>329</v>
       </c>
       <c r="M15" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="N15" t="s">
         <v>384</v>
       </c>
       <c r="O15" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="P15" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="B16" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C16" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="D16" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E16" t="s">
         <v>370</v>
       </c>
       <c r="F16" t="s">
         <v>371</v>
       </c>
       <c r="G16" t="s">
         <v>372</v>
       </c>
       <c r="H16">
         <v>480271</v>
       </c>
       <c r="I16" t="s">
         <v>373</v>
       </c>
       <c r="J16" t="s">
         <v>374</v>
       </c>
       <c r="K16" t="s">
         <v>375</v>
       </c>
       <c r="L16" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="M16" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N16" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="O16" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B17" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C17" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="D17" t="s">
         <v>331</v>
       </c>
       <c r="E17" t="s">
         <v>380</v>
       </c>
       <c r="G17" t="s">
         <v>390</v>
       </c>
       <c r="J17" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="L17" t="s">
         <v>331</v>
       </c>
       <c r="M17" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="N17" t="s">
         <v>384</v>
       </c>
       <c r="O17" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="P17" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="B18" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C18" t="s">
         <v>369</v>
       </c>
       <c r="D18" t="s">
         <v>51</v>
       </c>
       <c r="E18" t="s">
         <v>370</v>
       </c>
       <c r="F18" t="s">
         <v>371</v>
       </c>
       <c r="G18" t="s">
         <v>372</v>
       </c>
       <c r="H18">
         <v>480271</v>
       </c>
       <c r="I18" t="s">
         <v>373</v>
       </c>
       <c r="J18" t="s">
         <v>374</v>
       </c>
       <c r="K18" t="s">
         <v>375</v>
       </c>
       <c r="L18" t="s">
         <v>51</v>
       </c>
       <c r="M18" t="s">
         <v>376</v>
       </c>
       <c r="N18" t="s">
         <v>377</v>
       </c>
       <c r="O18" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="B19" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C19" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="D19" t="s">
         <v>333</v>
       </c>
       <c r="E19" t="s">
         <v>380</v>
       </c>
       <c r="G19" t="s">
         <v>390</v>
       </c>
       <c r="J19" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="L19" t="s">
         <v>333</v>
       </c>
       <c r="M19" t="s">
         <v>392</v>
       </c>
       <c r="N19" t="s">
         <v>384</v>
       </c>
       <c r="O19" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="P19" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="B20" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C20" t="s">
         <v>369</v>
       </c>
       <c r="D20" t="s">
         <v>51</v>
       </c>
       <c r="E20" t="s">
         <v>370</v>
       </c>
       <c r="F20" t="s">
         <v>371</v>
       </c>
       <c r="G20" t="s">
         <v>372</v>
       </c>
       <c r="H20">
         <v>480271</v>
       </c>
       <c r="I20" t="s">
         <v>373</v>
       </c>
       <c r="J20" t="s">
         <v>374</v>
       </c>
       <c r="K20" t="s">
         <v>375</v>
       </c>
       <c r="L20" t="s">
         <v>51</v>
       </c>
       <c r="M20" t="s">
         <v>376</v>
       </c>
       <c r="N20" t="s">
         <v>377</v>
       </c>
       <c r="O20" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="B21" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C21" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="D21" t="s">
         <v>335</v>
       </c>
       <c r="E21" t="s">
         <v>380</v>
       </c>
       <c r="G21" t="s">
         <v>390</v>
       </c>
       <c r="J21" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="L21" t="s">
         <v>335</v>
       </c>
       <c r="M21" t="s">
         <v>392</v>
       </c>
       <c r="N21" t="s">
         <v>384</v>
       </c>
       <c r="O21" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="P21" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="B22" t="s">
         <v>159</v>
       </c>
       <c r="C22" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="D22" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E22" t="s">
         <v>370</v>
       </c>
       <c r="F22" t="s">
         <v>371</v>
       </c>
       <c r="G22" t="s">
         <v>372</v>
       </c>
       <c r="H22">
         <v>480271</v>
       </c>
       <c r="I22" t="s">
         <v>373</v>
       </c>
       <c r="J22" t="s">
         <v>374</v>
       </c>
       <c r="K22" t="s">
         <v>375</v>
       </c>
       <c r="L22" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="M22" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N22" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="O22" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="B23" t="s">
         <v>159</v>
       </c>
       <c r="C23" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="D23" t="s">
         <v>337</v>
       </c>
       <c r="E23" t="s">
         <v>380</v>
       </c>
       <c r="G23" t="s">
         <v>390</v>
       </c>
       <c r="J23" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="L23" t="s">
         <v>337</v>
       </c>
       <c r="M23" t="s">
         <v>383</v>
       </c>
       <c r="N23" t="s">
         <v>384</v>
       </c>
       <c r="O23" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="P23" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="B24" t="s">
         <v>164</v>
       </c>
       <c r="C24" t="s">
         <v>369</v>
       </c>
       <c r="D24" t="s">
         <v>51</v>
       </c>
       <c r="E24" t="s">
         <v>370</v>
       </c>
       <c r="F24" t="s">
         <v>371</v>
       </c>
       <c r="G24" t="s">
         <v>372</v>
       </c>
       <c r="H24">
         <v>480271</v>
       </c>
       <c r="I24" t="s">
         <v>373</v>
       </c>
       <c r="J24" t="s">
         <v>374</v>
       </c>
       <c r="K24" t="s">
         <v>375</v>
       </c>
       <c r="L24" t="s">
         <v>51</v>
       </c>
       <c r="M24" t="s">
         <v>376</v>
       </c>
       <c r="N24" t="s">
         <v>377</v>
       </c>
       <c r="O24" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="B25" t="s">
         <v>164</v>
       </c>
       <c r="C25" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="D25" t="s">
         <v>339</v>
       </c>
       <c r="E25" t="s">
         <v>380</v>
       </c>
       <c r="G25" t="s">
         <v>390</v>
       </c>
       <c r="J25" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="L25" t="s">
         <v>339</v>
       </c>
       <c r="M25" t="s">
         <v>392</v>
       </c>
       <c r="N25" t="s">
         <v>384</v>
       </c>
       <c r="O25" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="P25" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="B26" t="s">
         <v>171</v>
       </c>
       <c r="C26" t="s">
         <v>369</v>
       </c>
       <c r="D26" t="s">
         <v>51</v>
       </c>
       <c r="E26" t="s">
         <v>370</v>
       </c>
       <c r="F26" t="s">
         <v>371</v>
       </c>
       <c r="G26" t="s">
         <v>372</v>
       </c>
       <c r="H26">
         <v>480271</v>
       </c>
       <c r="I26" t="s">
         <v>373</v>
       </c>
       <c r="J26" t="s">
         <v>374</v>
       </c>
       <c r="K26" t="s">
         <v>375</v>
       </c>
       <c r="L26" t="s">
         <v>51</v>
       </c>
       <c r="M26" t="s">
         <v>376</v>
       </c>
       <c r="N26" t="s">
         <v>377</v>
       </c>
       <c r="O26" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="B27" t="s">
         <v>171</v>
       </c>
       <c r="C27" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="D27" t="s">
         <v>341</v>
       </c>
       <c r="E27" t="s">
         <v>380</v>
       </c>
       <c r="G27" t="s">
         <v>390</v>
       </c>
       <c r="J27" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="L27" t="s">
         <v>341</v>
       </c>
       <c r="M27" t="s">
         <v>383</v>
       </c>
       <c r="N27" t="s">
         <v>384</v>
       </c>
       <c r="O27" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="P27" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="B28" t="s">
         <v>179</v>
       </c>
       <c r="C28" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="D28" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E28" t="s">
         <v>370</v>
       </c>
       <c r="F28" t="s">
         <v>371</v>
       </c>
       <c r="G28" t="s">
         <v>372</v>
       </c>
       <c r="H28">
         <v>480271</v>
       </c>
       <c r="I28" t="s">
         <v>373</v>
       </c>
       <c r="J28" t="s">
         <v>374</v>
       </c>
       <c r="K28" t="s">
         <v>375</v>
       </c>
       <c r="L28" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="M28" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N28" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="O28" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="B29" t="s">
         <v>179</v>
       </c>
       <c r="C29" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="D29" t="s">
         <v>343</v>
       </c>
       <c r="E29" t="s">
         <v>380</v>
       </c>
       <c r="G29" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="J29" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="L29" t="s">
         <v>343</v>
       </c>
       <c r="M29" t="s">
         <v>392</v>
       </c>
       <c r="N29" t="s">
         <v>384</v>
       </c>
       <c r="O29" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="P29" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="B30" t="s">
         <v>185</v>
       </c>
       <c r="C30" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="D30" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E30" t="s">
         <v>370</v>
       </c>
       <c r="F30" t="s">
         <v>371</v>
       </c>
       <c r="G30" t="s">
         <v>372</v>
       </c>
       <c r="H30">
         <v>480271</v>
       </c>
       <c r="I30" t="s">
         <v>373</v>
       </c>
       <c r="J30" t="s">
         <v>374</v>
       </c>
       <c r="K30" t="s">
         <v>375</v>
       </c>
       <c r="L30" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="M30" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N30" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="O30" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="B31" t="s">
         <v>185</v>
       </c>
       <c r="C31" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="D31" t="s">
         <v>345</v>
       </c>
       <c r="E31" t="s">
         <v>380</v>
       </c>
       <c r="G31" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="J31" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="L31" t="s">
         <v>345</v>
       </c>
       <c r="M31" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="N31" t="s">
         <v>384</v>
       </c>
       <c r="O31" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="P31" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B32" t="s">
         <v>190</v>
       </c>
       <c r="C32" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="D32" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E32" t="s">
         <v>370</v>
       </c>
       <c r="F32" t="s">
         <v>371</v>
       </c>
       <c r="G32" t="s">
         <v>372</v>
       </c>
       <c r="H32">
         <v>480271</v>
       </c>
       <c r="I32" t="s">
         <v>373</v>
       </c>
       <c r="J32" t="s">
         <v>374</v>
       </c>
       <c r="K32" t="s">
         <v>375</v>
       </c>
       <c r="L32" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="M32" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N32" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="O32" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B33" t="s">
         <v>190</v>
       </c>
       <c r="C33" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="D33" t="s">
         <v>347</v>
       </c>
       <c r="E33" t="s">
         <v>380</v>
       </c>
       <c r="G33" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="J33" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="L33" t="s">
         <v>347</v>
       </c>
       <c r="M33" t="s">
         <v>383</v>
       </c>
       <c r="N33" t="s">
         <v>384</v>
       </c>
       <c r="O33" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="P33" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="B34" t="s">
         <v>195</v>
       </c>
       <c r="C34" t="s">
-        <v>417</v>
+        <v>369</v>
       </c>
       <c r="D34" t="s">
-        <v>125</v>
+        <v>51</v>
       </c>
       <c r="E34" t="s">
         <v>370</v>
       </c>
       <c r="F34" t="s">
         <v>371</v>
       </c>
       <c r="G34" t="s">
         <v>372</v>
       </c>
       <c r="H34">
         <v>480271</v>
       </c>
       <c r="I34" t="s">
         <v>373</v>
       </c>
       <c r="J34" t="s">
         <v>374</v>
       </c>
       <c r="K34" t="s">
         <v>375</v>
       </c>
       <c r="L34" t="s">
-        <v>117</v>
+        <v>51</v>
       </c>
       <c r="M34" t="s">
-        <v>418</v>
+        <v>376</v>
       </c>
       <c r="N34" t="s">
-        <v>419</v>
+        <v>377</v>
       </c>
       <c r="O34" t="s">
-        <v>116</v>
+        <v>50</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="B35" t="s">
         <v>195</v>
       </c>
       <c r="C35" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D35" t="s">
         <v>349</v>
       </c>
       <c r="E35" t="s">
         <v>380</v>
       </c>
       <c r="G35" t="s">
-        <v>492</v>
+        <v>390</v>
       </c>
       <c r="J35" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="L35" t="s">
         <v>349</v>
       </c>
       <c r="M35" t="s">
-        <v>423</v>
+        <v>392</v>
       </c>
       <c r="N35" t="s">
         <v>384</v>
       </c>
       <c r="O35" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="P35" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="B36" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C36" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="D36" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E36" t="s">
         <v>370</v>
       </c>
       <c r="F36" t="s">
         <v>371</v>
       </c>
       <c r="G36" t="s">
         <v>372</v>
       </c>
       <c r="H36">
         <v>480271</v>
       </c>
       <c r="I36" t="s">
         <v>373</v>
       </c>
       <c r="J36" t="s">
         <v>374</v>
       </c>
       <c r="K36" t="s">
         <v>375</v>
       </c>
       <c r="L36" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="M36" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="N36" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="O36" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="B37" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C37" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="D37" t="s">
         <v>351</v>
       </c>
       <c r="E37" t="s">
         <v>380</v>
       </c>
       <c r="G37" t="s">
-        <v>390</v>
+        <v>496</v>
       </c>
       <c r="J37" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="L37" t="s">
         <v>351</v>
       </c>
       <c r="M37" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="N37" t="s">
         <v>384</v>
       </c>
       <c r="O37" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="P37" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="B38" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C38" t="s">
-        <v>369</v>
+        <v>415</v>
       </c>
       <c r="D38" t="s">
-        <v>51</v>
+        <v>124</v>
       </c>
       <c r="E38" t="s">
         <v>370</v>
       </c>
       <c r="F38" t="s">
         <v>371</v>
       </c>
       <c r="G38" t="s">
         <v>372</v>
       </c>
       <c r="H38">
         <v>480271</v>
       </c>
       <c r="I38" t="s">
         <v>373</v>
       </c>
       <c r="J38" t="s">
         <v>374</v>
       </c>
       <c r="K38" t="s">
         <v>375</v>
       </c>
       <c r="L38" t="s">
-        <v>51</v>
+        <v>116</v>
       </c>
       <c r="M38" t="s">
-        <v>376</v>
+        <v>416</v>
       </c>
       <c r="N38" t="s">
-        <v>377</v>
+        <v>417</v>
       </c>
       <c r="O38" t="s">
-        <v>50</v>
+        <v>115</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="B39" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C39" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D39" t="s">
         <v>353</v>
       </c>
       <c r="E39" t="s">
         <v>380</v>
       </c>
       <c r="G39" t="s">
         <v>390</v>
       </c>
       <c r="J39" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="L39" t="s">
         <v>353</v>
       </c>
       <c r="M39" t="s">
-        <v>392</v>
+        <v>421</v>
       </c>
       <c r="N39" t="s">
         <v>384</v>
       </c>
       <c r="O39" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="P39" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="B40" t="s">
         <v>213</v>
       </c>
       <c r="C40" t="s">
         <v>369</v>
       </c>
       <c r="D40" t="s">
         <v>51</v>
       </c>
       <c r="E40" t="s">
         <v>370</v>
       </c>
       <c r="F40" t="s">
         <v>371</v>
       </c>
       <c r="G40" t="s">
         <v>372</v>
       </c>
       <c r="H40">
         <v>480271</v>
       </c>
       <c r="I40" t="s">
         <v>373</v>
       </c>
       <c r="J40" t="s">
         <v>374</v>
       </c>
       <c r="K40" t="s">
         <v>375</v>
       </c>
       <c r="L40" t="s">
         <v>51</v>
       </c>
       <c r="M40" t="s">
         <v>376</v>
       </c>
       <c r="N40" t="s">
         <v>377</v>
       </c>
       <c r="O40" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B41" t="s">
         <v>213</v>
       </c>
       <c r="C41" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="D41" t="s">
         <v>355</v>
       </c>
       <c r="E41" t="s">
         <v>380</v>
       </c>
       <c r="G41" t="s">
-        <v>390</v>
+        <v>509</v>
       </c>
       <c r="J41" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="L41" t="s">
         <v>355</v>
       </c>
       <c r="M41" t="s">
         <v>392</v>
       </c>
       <c r="N41" t="s">
         <v>384</v>
       </c>
       <c r="O41" t="s">
+        <v>511</v>
+      </c>
+      <c r="P41" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>221</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -10126,798 +10126,798 @@
       <c r="A3" t="s">
         <v>520</v>
       </c>
       <c r="B3" t="s">
         <v>71</v>
       </c>
       <c r="C3" t="s">
         <v>74</v>
       </c>
       <c r="D3" t="s">
         <v>233</v>
       </c>
       <c r="E3" t="s">
         <v>75</v>
       </c>
       <c r="F3" t="s">
         <v>76</v>
       </c>
       <c r="G3" t="s">
         <v>521</v>
       </c>
       <c r="H3" t="s">
         <v>54</v>
       </c>
       <c r="I3">
-        <v>4876254500</v>
+        <v>5995608726.25</v>
       </c>
       <c r="J3" t="s">
         <v>70</v>
       </c>
       <c r="K3" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="L3" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="M3">
-        <v>378</v>
+        <v>364</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>522</v>
       </c>
       <c r="B4" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C4" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="D4" t="s">
         <v>235</v>
       </c>
       <c r="E4" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="F4" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="G4" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="H4" t="s">
         <v>54</v>
       </c>
       <c r="I4">
-        <v>1363570000</v>
+        <v>4876254500</v>
       </c>
       <c r="J4" t="s">
         <v>70</v>
       </c>
       <c r="K4" t="s">
         <v>90</v>
       </c>
       <c r="L4" t="s">
         <v>91</v>
       </c>
       <c r="M4">
-        <v>365</v>
+        <v>378</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B5" t="s">
         <v>94</v>
       </c>
       <c r="C5" t="s">
         <v>97</v>
       </c>
       <c r="D5" t="s">
         <v>237</v>
       </c>
       <c r="E5" t="s">
         <v>98</v>
       </c>
+      <c r="F5" t="s">
+        <v>98</v>
+      </c>
       <c r="G5" t="s">
-        <v>99</v>
+        <v>523</v>
       </c>
       <c r="H5" t="s">
         <v>54</v>
       </c>
       <c r="I5">
-        <v>805511859.94</v>
+        <v>1363570000</v>
       </c>
       <c r="J5" t="s">
         <v>70</v>
       </c>
       <c r="K5" t="s">
-        <v>99</v>
+        <v>77</v>
       </c>
       <c r="L5" t="s">
         <v>99</v>
       </c>
       <c r="M5">
-        <v>0</v>
+        <v>365</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B6" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C6" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="D6" t="s">
         <v>239</v>
       </c>
       <c r="E6" t="s">
+        <v>106</v>
+      </c>
+      <c r="G6" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>521</v>
       </c>
       <c r="H6" t="s">
         <v>54</v>
       </c>
       <c r="I6">
-        <v>703839605</v>
+        <v>805511859.94</v>
       </c>
       <c r="J6" t="s">
         <v>70</v>
       </c>
       <c r="K6" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="L6" t="s">
-        <v>81</v>
+        <v>107</v>
       </c>
       <c r="M6">
-        <v>365</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B7" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C7" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D7" t="s">
         <v>241</v>
       </c>
       <c r="E7" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F7" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="G7" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="H7" t="s">
         <v>54</v>
       </c>
       <c r="I7">
-        <v>45072508</v>
+        <v>45314954.95</v>
       </c>
       <c r="J7" t="s">
         <v>70</v>
       </c>
       <c r="K7" t="s">
+        <v>119</v>
+      </c>
+      <c r="L7" t="s">
         <v>120</v>
       </c>
-      <c r="L7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M7">
-        <v>0</v>
+        <v>365</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="D8" t="s">
         <v>243</v>
       </c>
       <c r="E8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="G8" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="H8" t="s">
         <v>54</v>
       </c>
       <c r="I8">
-        <v>45314954.95</v>
+        <v>45072508</v>
       </c>
       <c r="J8" t="s">
         <v>70</v>
       </c>
       <c r="K8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="L8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="M8">
-        <v>365</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C9" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D9" t="s">
         <v>245</v>
       </c>
       <c r="E9" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F9" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G9" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="H9" t="s">
         <v>54</v>
       </c>
       <c r="I9">
         <v>47450390.65</v>
       </c>
       <c r="J9" t="s">
         <v>70</v>
       </c>
       <c r="K9" t="s">
+        <v>139</v>
+      </c>
+      <c r="L9" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="M9">
         <v>365</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B10" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C10" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D10" t="s">
         <v>247</v>
       </c>
       <c r="E10" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F10" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="G10" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="H10" t="s">
         <v>54</v>
       </c>
       <c r="I10">
         <v>2541480661.39</v>
       </c>
       <c r="J10" t="s">
         <v>70</v>
       </c>
       <c r="K10" t="s">
+        <v>147</v>
+      </c>
+      <c r="L10" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="M10">
         <v>379</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B11" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C11" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="D11" t="s">
         <v>249</v>
       </c>
       <c r="E11" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="F11" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="G11" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="H11" t="s">
         <v>54</v>
       </c>
       <c r="I11">
         <v>773956500</v>
       </c>
       <c r="J11" t="s">
         <v>70</v>
       </c>
       <c r="K11" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="L11" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="M11">
         <v>365</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B12" t="s">
         <v>159</v>
       </c>
       <c r="C12" t="s">
         <v>161</v>
       </c>
       <c r="D12" t="s">
         <v>251</v>
       </c>
       <c r="E12" t="s">
         <v>162</v>
       </c>
       <c r="F12" t="s">
         <v>162</v>
       </c>
       <c r="G12" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="H12" t="s">
         <v>54</v>
       </c>
       <c r="I12">
         <v>49336040</v>
       </c>
       <c r="J12" t="s">
         <v>70</v>
       </c>
       <c r="K12" t="s">
         <v>163</v>
       </c>
       <c r="L12" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="M12">
         <v>365</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B13" t="s">
         <v>164</v>
       </c>
       <c r="C13" t="s">
         <v>167</v>
       </c>
       <c r="D13" t="s">
         <v>253</v>
       </c>
       <c r="E13" t="s">
         <v>168</v>
       </c>
       <c r="F13" t="s">
         <v>168</v>
       </c>
       <c r="G13" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="H13" t="s">
         <v>54</v>
       </c>
       <c r="I13">
         <v>774183500</v>
       </c>
       <c r="J13" t="s">
         <v>70</v>
       </c>
       <c r="K13" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="L13" t="s">
         <v>169</v>
       </c>
       <c r="M13">
         <v>365</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B14" t="s">
         <v>171</v>
       </c>
       <c r="C14" t="s">
         <v>174</v>
       </c>
       <c r="D14" t="s">
         <v>255</v>
       </c>
       <c r="E14" t="s">
         <v>175</v>
       </c>
       <c r="F14" t="s">
         <v>175</v>
       </c>
       <c r="G14" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="H14" t="s">
         <v>54</v>
       </c>
       <c r="I14">
         <v>703622933.5</v>
       </c>
       <c r="J14" t="s">
         <v>70</v>
       </c>
       <c r="K14" t="s">
         <v>176</v>
       </c>
       <c r="L14" t="s">
         <v>177</v>
       </c>
       <c r="M14">
         <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B15" t="s">
         <v>179</v>
       </c>
       <c r="C15" t="s">
         <v>182</v>
       </c>
       <c r="D15" t="s">
         <v>257</v>
       </c>
       <c r="E15" t="s">
         <v>183</v>
       </c>
       <c r="F15" t="s">
         <v>183</v>
       </c>
       <c r="G15" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="H15" t="s">
         <v>54</v>
       </c>
       <c r="I15">
         <v>45561513.59</v>
       </c>
       <c r="J15" t="s">
         <v>70</v>
       </c>
       <c r="K15" t="s">
         <v>184</v>
       </c>
       <c r="L15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="M15">
         <v>365</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B16" t="s">
         <v>185</v>
       </c>
       <c r="C16" t="s">
         <v>187</v>
       </c>
       <c r="D16" t="s">
         <v>259</v>
       </c>
       <c r="E16" t="s">
         <v>188</v>
       </c>
       <c r="F16" t="s">
         <v>188</v>
       </c>
       <c r="G16" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="H16" t="s">
         <v>54</v>
       </c>
       <c r="I16">
         <v>46077395</v>
       </c>
       <c r="J16" t="s">
         <v>70</v>
       </c>
       <c r="K16" t="s">
         <v>189</v>
       </c>
       <c r="L16" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="M16">
         <v>365</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B17" t="s">
         <v>190</v>
       </c>
       <c r="C17" t="s">
         <v>192</v>
       </c>
       <c r="D17" t="s">
         <v>261</v>
       </c>
       <c r="E17" t="s">
         <v>193</v>
       </c>
       <c r="F17" t="s">
         <v>193</v>
       </c>
       <c r="G17" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="H17" t="s">
         <v>54</v>
       </c>
       <c r="I17">
         <v>51716210</v>
       </c>
       <c r="J17" t="s">
         <v>70</v>
       </c>
       <c r="K17" t="s">
         <v>194</v>
       </c>
       <c r="L17" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="M17">
         <v>365</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B18" t="s">
         <v>195</v>
       </c>
       <c r="C18" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D18" t="s">
         <v>263</v>
       </c>
       <c r="E18" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F18" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="G18" t="s">
-        <v>544</v>
+        <v>523</v>
       </c>
       <c r="H18" t="s">
         <v>54</v>
       </c>
       <c r="I18">
-        <v>44209945</v>
+        <v>2642055000</v>
       </c>
       <c r="J18" t="s">
         <v>70</v>
       </c>
       <c r="K18" t="s">
-        <v>199</v>
+        <v>77</v>
       </c>
       <c r="L18" t="s">
-        <v>121</v>
+        <v>169</v>
       </c>
       <c r="M18">
         <v>365</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>545</v>
       </c>
       <c r="B19" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C19" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D19" t="s">
         <v>265</v>
       </c>
       <c r="E19" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F19" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="G19" t="s">
         <v>546</v>
       </c>
       <c r="H19" t="s">
         <v>54</v>
       </c>
       <c r="I19">
-        <v>48509500</v>
+        <v>44209945</v>
       </c>
       <c r="J19" t="s">
         <v>70</v>
       </c>
       <c r="K19" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="L19" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="M19">
         <v>365</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>547</v>
       </c>
       <c r="B20" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C20" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D20" t="s">
         <v>267</v>
       </c>
       <c r="E20" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F20" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="G20" t="s">
-        <v>521</v>
+        <v>548</v>
       </c>
       <c r="H20" t="s">
         <v>54</v>
       </c>
       <c r="I20">
-        <v>2642055000</v>
+        <v>48509500</v>
       </c>
       <c r="J20" t="s">
         <v>70</v>
       </c>
       <c r="K20" t="s">
-        <v>90</v>
+        <v>212</v>
       </c>
       <c r="L20" t="s">
-        <v>169</v>
+        <v>120</v>
       </c>
       <c r="M20">
         <v>365</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B21" t="s">
         <v>213</v>
       </c>
       <c r="C21" t="s">
         <v>216</v>
       </c>
       <c r="D21" t="s">
         <v>269</v>
       </c>
       <c r="E21" t="s">
         <v>217</v>
       </c>
       <c r="F21" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="G21" t="s">
-        <v>549</v>
+        <v>523</v>
       </c>
       <c r="H21" t="s">
         <v>54</v>
       </c>
       <c r="I21">
-        <v>5995608726.25</v>
+        <v>703839605</v>
       </c>
       <c r="J21" t="s">
         <v>70</v>
       </c>
       <c r="K21" t="s">
-        <v>90</v>
+        <v>219</v>
       </c>
       <c r="L21" t="s">
-        <v>219</v>
+        <v>91</v>
       </c>
       <c r="M21">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>550</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>221</v>
       </c>
@@ -10976,627 +10976,627 @@
       </c>
       <c r="J2" t="s">
         <v>283</v>
       </c>
       <c r="K2" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>552</v>
       </c>
       <c r="B3" t="s">
         <v>520</v>
       </c>
       <c r="C3" t="s">
         <v>71</v>
       </c>
       <c r="D3" t="s">
         <v>74</v>
       </c>
       <c r="E3" t="s">
         <v>76</v>
       </c>
       <c r="F3">
-        <v>1</v>
+        <v>16.7</v>
       </c>
       <c r="G3" t="s">
         <v>286</v>
       </c>
       <c r="H3" t="s">
         <v>281</v>
       </c>
       <c r="I3" t="s">
         <v>282</v>
       </c>
       <c r="J3" t="s">
         <v>283</v>
       </c>
       <c r="K3" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>553</v>
       </c>
       <c r="B4" t="s">
         <v>522</v>
       </c>
       <c r="C4" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D4" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="E4" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="F4">
-        <v>3000</v>
+        <v>1</v>
       </c>
       <c r="G4" t="s">
-        <v>279</v>
+        <v>289</v>
+      </c>
+      <c r="H4" t="s">
+        <v>281</v>
       </c>
       <c r="I4" t="s">
         <v>282</v>
       </c>
+      <c r="J4" t="s">
+        <v>283</v>
+      </c>
       <c r="K4" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>554</v>
       </c>
       <c r="B5" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C5" t="s">
         <v>94</v>
       </c>
       <c r="D5" t="s">
         <v>97</v>
       </c>
+      <c r="E5" t="s">
+        <v>98</v>
+      </c>
       <c r="F5">
-        <v>0</v>
+        <v>3000</v>
+      </c>
+      <c r="G5" t="s">
+        <v>279</v>
       </c>
       <c r="I5" t="s">
         <v>282</v>
+      </c>
+      <c r="K5" t="s">
+        <v>292</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>555</v>
       </c>
       <c r="B6" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C6" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D6" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="F6">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>286</v>
+        <v>0</v>
       </c>
       <c r="I6" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>556</v>
       </c>
       <c r="B7" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C7" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D7" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="E7" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F7">
         <v>0</v>
       </c>
       <c r="G7" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H7" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="I7" t="s">
         <v>282</v>
       </c>
       <c r="J7" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="K7" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>557</v>
       </c>
       <c r="B8" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D8" t="s">
+        <v>128</v>
+      </c>
+      <c r="E8" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="G8" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H8" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="I8" t="s">
         <v>282</v>
       </c>
       <c r="J8" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="K8" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>558</v>
       </c>
       <c r="B9" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D9" t="s">
+        <v>137</v>
+      </c>
+      <c r="E9" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
       <c r="G9" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="I9" t="s">
         <v>282</v>
       </c>
       <c r="K9" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>559</v>
       </c>
       <c r="B10" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C10" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D10" t="s">
+        <v>145</v>
+      </c>
+      <c r="E10" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="F10">
         <v>5000</v>
       </c>
       <c r="G10" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="I10" t="s">
         <v>282</v>
       </c>
       <c r="K10" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>560</v>
       </c>
       <c r="B11" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C11" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D11" t="s">
+        <v>154</v>
+      </c>
+      <c r="E11" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="F11">
         <v>1</v>
       </c>
       <c r="G11" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="I11" t="s">
         <v>282</v>
       </c>
       <c r="K11" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>561</v>
       </c>
       <c r="B12" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C12" t="s">
         <v>159</v>
       </c>
       <c r="D12" t="s">
         <v>161</v>
       </c>
       <c r="E12" t="s">
         <v>162</v>
       </c>
       <c r="F12">
         <v>0</v>
       </c>
       <c r="G12" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H12" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="I12" t="s">
         <v>282</v>
       </c>
       <c r="J12" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="K12" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>562</v>
       </c>
       <c r="B13" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C13" t="s">
         <v>164</v>
       </c>
       <c r="D13" t="s">
         <v>167</v>
       </c>
       <c r="E13" t="s">
         <v>168</v>
       </c>
       <c r="F13">
         <v>2</v>
       </c>
       <c r="G13" t="s">
-        <v>304</v>
+        <v>286</v>
       </c>
       <c r="I13" t="s">
         <v>282</v>
       </c>
       <c r="K13" t="s">
-        <v>292</v>
+        <v>305</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>563</v>
       </c>
       <c r="B14" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C14" t="s">
         <v>171</v>
       </c>
       <c r="D14" t="s">
         <v>174</v>
       </c>
       <c r="E14" t="s">
         <v>175</v>
       </c>
       <c r="F14">
         <v>1</v>
       </c>
       <c r="G14" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="I14" t="s">
         <v>282</v>
       </c>
       <c r="K14" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>564</v>
       </c>
       <c r="B15" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C15" t="s">
         <v>179</v>
       </c>
       <c r="D15" t="s">
         <v>182</v>
       </c>
       <c r="E15" t="s">
         <v>183</v>
       </c>
       <c r="F15">
         <v>0</v>
       </c>
       <c r="G15" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="I15" t="s">
         <v>282</v>
       </c>
       <c r="K15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>565</v>
       </c>
       <c r="B16" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C16" t="s">
         <v>185</v>
       </c>
       <c r="D16" t="s">
         <v>187</v>
       </c>
       <c r="E16" t="s">
         <v>188</v>
       </c>
       <c r="F16">
         <v>0</v>
       </c>
       <c r="G16" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H16" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="I16" t="s">
         <v>282</v>
       </c>
       <c r="J16" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="K16" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>566</v>
       </c>
       <c r="B17" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C17" t="s">
         <v>190</v>
       </c>
       <c r="D17" t="s">
         <v>192</v>
       </c>
       <c r="E17" t="s">
         <v>193</v>
       </c>
       <c r="F17">
         <v>0</v>
       </c>
       <c r="G17" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H17" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="I17" t="s">
         <v>282</v>
       </c>
       <c r="J17" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="K17" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>567</v>
       </c>
       <c r="B18" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C18" t="s">
         <v>195</v>
       </c>
       <c r="D18" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E18" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F18">
-        <v>0</v>
+        <v>5843</v>
       </c>
       <c r="G18" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>279</v>
       </c>
       <c r="I18" t="s">
         <v>282</v>
       </c>
-      <c r="J18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K18" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>568</v>
       </c>
       <c r="B19" t="s">
         <v>545</v>
       </c>
       <c r="C19" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D19" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E19" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F19">
         <v>0</v>
       </c>
       <c r="G19" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H19" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="I19" t="s">
         <v>282</v>
       </c>
       <c r="J19" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="K19" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>569</v>
       </c>
       <c r="B20" t="s">
         <v>547</v>
       </c>
       <c r="C20" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D20" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E20" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F20">
-        <v>5843</v>
+        <v>0</v>
       </c>
       <c r="G20" t="s">
-        <v>279</v>
+        <v>289</v>
+      </c>
+      <c r="H20" t="s">
+        <v>295</v>
       </c>
       <c r="I20" t="s">
         <v>282</v>
       </c>
+      <c r="J20" t="s">
+        <v>296</v>
+      </c>
       <c r="K20" t="s">
-        <v>313</v>
+        <v>297</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>570</v>
       </c>
       <c r="B21" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C21" t="s">
         <v>213</v>
       </c>
       <c r="D21" t="s">
         <v>216</v>
       </c>
       <c r="E21" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="F21">
-        <v>16.7</v>
+        <v>1</v>
       </c>
       <c r="G21" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="I21" t="s">
         <v>282</v>
       </c>
-      <c r="J21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K21" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>550</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>221</v>
       </c>
@@ -11646,639 +11646,639 @@
       </c>
       <c r="H2" t="s">
         <v>51</v>
       </c>
       <c r="I2">
         <v>1380621202.5</v>
       </c>
       <c r="J2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>577</v>
       </c>
       <c r="B3" t="s">
         <v>520</v>
       </c>
       <c r="C3" t="s">
         <v>71</v>
       </c>
       <c r="D3" t="s">
         <v>578</v>
       </c>
       <c r="E3">
-        <v>7398160</v>
+        <v>1872480</v>
       </c>
       <c r="F3" t="s">
         <v>319</v>
       </c>
       <c r="G3" t="s">
         <v>369</v>
       </c>
       <c r="H3" t="s">
         <v>51</v>
       </c>
       <c r="I3">
-        <v>4734538196.41</v>
+        <v>5660307238.95</v>
       </c>
       <c r="J3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>579</v>
       </c>
       <c r="B4" t="s">
         <v>522</v>
       </c>
       <c r="C4" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D4" t="s">
         <v>580</v>
       </c>
       <c r="E4">
-        <v>7759482</v>
+        <v>7398160</v>
       </c>
       <c r="F4" t="s">
         <v>321</v>
       </c>
       <c r="G4" t="s">
         <v>369</v>
       </c>
       <c r="H4" t="s">
         <v>51</v>
       </c>
       <c r="I4">
-        <v>1083032533.14</v>
+        <v>4734538196.41</v>
       </c>
       <c r="J4" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>581</v>
       </c>
       <c r="B5" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C5" t="s">
         <v>94</v>
       </c>
       <c r="D5" t="s">
         <v>582</v>
       </c>
       <c r="E5">
-        <v>1600524</v>
+        <v>7759482</v>
       </c>
       <c r="F5" t="s">
         <v>323</v>
       </c>
       <c r="G5" t="s">
         <v>369</v>
       </c>
       <c r="H5" t="s">
         <v>51</v>
       </c>
       <c r="I5">
-        <v>0</v>
+        <v>1083032533.14</v>
       </c>
       <c r="J5" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>583</v>
       </c>
       <c r="B6" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C6" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D6" t="s">
         <v>584</v>
       </c>
       <c r="E6">
-        <v>712395</v>
+        <v>1600524</v>
       </c>
       <c r="F6" t="s">
         <v>325</v>
       </c>
       <c r="G6" t="s">
         <v>369</v>
       </c>
       <c r="H6" t="s">
         <v>51</v>
       </c>
       <c r="I6">
-        <v>660938539.75</v>
+        <v>0</v>
       </c>
       <c r="J6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>585</v>
       </c>
       <c r="B7" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C7" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D7" t="s">
         <v>586</v>
       </c>
       <c r="E7">
-        <v>7219615</v>
+        <v>477837</v>
       </c>
       <c r="F7" t="s">
         <v>327</v>
       </c>
       <c r="G7" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="H7" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="I7">
         <v>40000005.5</v>
       </c>
       <c r="J7" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>587</v>
       </c>
       <c r="B8" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D8" t="s">
         <v>588</v>
       </c>
       <c r="E8">
-        <v>477837</v>
+        <v>7219615</v>
       </c>
       <c r="F8" t="s">
         <v>329</v>
       </c>
       <c r="G8" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="H8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="I8">
         <v>40000005.5</v>
       </c>
       <c r="J8" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>589</v>
       </c>
       <c r="B9" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D9" t="s">
         <v>590</v>
       </c>
       <c r="E9">
         <v>6867377</v>
       </c>
       <c r="F9" t="s">
         <v>331</v>
       </c>
       <c r="G9" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="H9" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="I9">
         <v>42000276.5</v>
       </c>
       <c r="J9" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>591</v>
       </c>
       <c r="B10" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C10" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D10" t="s">
         <v>592</v>
       </c>
       <c r="E10">
         <v>6943143</v>
       </c>
       <c r="F10" t="s">
         <v>333</v>
       </c>
       <c r="G10" t="s">
         <v>369</v>
       </c>
       <c r="H10" t="s">
         <v>51</v>
       </c>
       <c r="I10">
         <v>2070887506.25</v>
       </c>
       <c r="J10" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>593</v>
       </c>
       <c r="B11" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C11" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D11" t="s">
         <v>594</v>
       </c>
       <c r="E11">
         <v>7006154</v>
       </c>
       <c r="F11" t="s">
         <v>335</v>
       </c>
       <c r="G11" t="s">
         <v>369</v>
       </c>
       <c r="H11" t="s">
         <v>51</v>
       </c>
       <c r="I11">
         <v>660938539.75</v>
       </c>
       <c r="J11" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>595</v>
       </c>
       <c r="B12" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C12" t="s">
         <v>159</v>
       </c>
       <c r="D12" t="s">
         <v>596</v>
       </c>
       <c r="E12">
         <v>6927404</v>
       </c>
       <c r="F12" t="s">
         <v>337</v>
       </c>
       <c r="G12" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="H12" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="I12">
         <v>40000005.5</v>
       </c>
       <c r="J12" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>597</v>
       </c>
       <c r="B13" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C13" t="s">
         <v>164</v>
       </c>
       <c r="D13" t="s">
         <v>598</v>
       </c>
       <c r="E13">
         <v>1441565</v>
       </c>
       <c r="F13" t="s">
         <v>339</v>
       </c>
       <c r="G13" t="s">
         <v>369</v>
       </c>
       <c r="H13" t="s">
         <v>51</v>
       </c>
       <c r="I13">
         <v>660938539.75</v>
       </c>
       <c r="J13" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>599</v>
       </c>
       <c r="B14" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C14" t="s">
         <v>171</v>
       </c>
       <c r="D14" t="s">
         <v>600</v>
       </c>
       <c r="E14">
         <v>510927</v>
       </c>
       <c r="F14" t="s">
         <v>341</v>
       </c>
       <c r="G14" t="s">
         <v>369</v>
       </c>
       <c r="H14" t="s">
         <v>51</v>
       </c>
       <c r="I14">
         <v>602013843.08</v>
       </c>
       <c r="J14" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>601</v>
       </c>
       <c r="B15" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C15" t="s">
         <v>179</v>
       </c>
       <c r="D15" t="s">
         <v>602</v>
       </c>
       <c r="E15">
         <v>1962658</v>
       </c>
       <c r="F15" t="s">
         <v>343</v>
       </c>
       <c r="G15" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="H15" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="I15">
         <v>40000005.5</v>
       </c>
       <c r="J15" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>603</v>
       </c>
       <c r="B16" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C16" t="s">
         <v>185</v>
       </c>
       <c r="D16" t="s">
         <v>604</v>
       </c>
       <c r="E16">
         <v>8385653</v>
       </c>
       <c r="F16" t="s">
         <v>345</v>
       </c>
       <c r="G16" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="H16" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="I16">
         <v>40000005.5</v>
       </c>
       <c r="J16" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>605</v>
       </c>
       <c r="B17" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C17" t="s">
         <v>190</v>
       </c>
       <c r="D17" t="s">
         <v>606</v>
       </c>
       <c r="E17">
         <v>1848870</v>
       </c>
       <c r="F17" t="s">
         <v>347</v>
       </c>
       <c r="G17" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="H17" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="I17">
         <v>40000005.5</v>
       </c>
       <c r="J17" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>607</v>
       </c>
       <c r="B18" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C18" t="s">
         <v>195</v>
       </c>
       <c r="D18" t="s">
         <v>608</v>
       </c>
       <c r="E18">
-        <v>1337288</v>
+        <v>1016670</v>
       </c>
       <c r="F18" t="s">
         <v>349</v>
       </c>
       <c r="G18" t="s">
-        <v>417</v>
+        <v>369</v>
       </c>
       <c r="H18" t="s">
-        <v>125</v>
+        <v>51</v>
       </c>
       <c r="I18">
-        <v>40000005.5</v>
+        <v>3391052313.43</v>
       </c>
       <c r="J18" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>609</v>
       </c>
       <c r="B19" t="s">
         <v>545</v>
       </c>
       <c r="C19" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D19" t="s">
         <v>610</v>
       </c>
       <c r="E19">
-        <v>1310232</v>
+        <v>1337288</v>
       </c>
       <c r="F19" t="s">
         <v>351</v>
       </c>
       <c r="G19" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="H19" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="I19">
         <v>40000005.5</v>
       </c>
       <c r="J19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>611</v>
       </c>
       <c r="B20" t="s">
         <v>547</v>
       </c>
       <c r="C20" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D20" t="s">
         <v>612</v>
       </c>
       <c r="E20">
-        <v>1016670</v>
+        <v>1310232</v>
       </c>
       <c r="F20" t="s">
         <v>353</v>
       </c>
       <c r="G20" t="s">
-        <v>369</v>
+        <v>415</v>
       </c>
       <c r="H20" t="s">
-        <v>51</v>
+        <v>124</v>
       </c>
       <c r="I20">
-        <v>3391052313.43</v>
+        <v>40000005.5</v>
       </c>
       <c r="J20" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>613</v>
       </c>
       <c r="B21" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C21" t="s">
         <v>213</v>
       </c>
       <c r="D21" t="s">
         <v>614</v>
       </c>
       <c r="E21">
-        <v>1872480</v>
+        <v>712395</v>
       </c>
       <c r="F21" t="s">
         <v>355</v>
       </c>
       <c r="G21" t="s">
         <v>369</v>
       </c>
       <c r="H21" t="s">
         <v>51</v>
       </c>
       <c r="I21">
-        <v>5660307238.95</v>
+        <v>660938539.75</v>
       </c>
       <c r="J21" t="s">
         <v>70</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>221</v>
       </c>
@@ -12316,519 +12316,519 @@
       </c>
       <c r="E2" t="s">
         <v>279</v>
       </c>
       <c r="F2" t="s">
         <v>617</v>
       </c>
       <c r="G2" t="s">
         <v>282</v>
       </c>
       <c r="H2" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>618</v>
       </c>
       <c r="B3" t="s">
         <v>71</v>
       </c>
       <c r="C3" t="s">
         <v>619</v>
       </c>
       <c r="D3">
-        <v>1</v>
+        <v>16.7</v>
       </c>
       <c r="E3" t="s">
         <v>286</v>
       </c>
       <c r="F3" t="s">
         <v>617</v>
       </c>
       <c r="G3" t="s">
         <v>282</v>
       </c>
       <c r="H3" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>620</v>
       </c>
       <c r="B4" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C4" t="s">
         <v>621</v>
       </c>
       <c r="D4">
-        <v>3000</v>
+        <v>1</v>
       </c>
       <c r="E4" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="F4" t="s">
-        <v>622</v>
+        <v>617</v>
       </c>
       <c r="G4" t="s">
         <v>282</v>
       </c>
       <c r="H4" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="B5" t="s">
         <v>94</v>
       </c>
+      <c r="C5" t="s">
+        <v>623</v>
+      </c>
       <c r="D5">
-        <v>0</v>
+        <v>3000</v>
+      </c>
+      <c r="E5" t="s">
+        <v>279</v>
       </c>
       <c r="F5" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="G5" t="s">
         <v>282</v>
       </c>
+      <c r="H5" t="s">
+        <v>292</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>625</v>
+      </c>
+      <c r="B6" t="s">
+        <v>102</v>
+      </c>
+      <c r="D6">
+        <v>0</v>
+      </c>
+      <c r="F6" t="s">
         <v>624</v>
-      </c>
-[...13 lines deleted...]
-        <v>622</v>
       </c>
       <c r="G6" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>626</v>
       </c>
       <c r="B7" t="s">
-        <v>112</v>
+        <v>111</v>
+      </c>
+      <c r="C7" t="s">
+        <v>627</v>
       </c>
       <c r="D7">
         <v>0</v>
       </c>
       <c r="E7" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="F7" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="G7" t="s">
         <v>282</v>
       </c>
       <c r="H7" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B8" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>629</v>
+        <v>125</v>
       </c>
       <c r="D8">
         <v>0</v>
       </c>
       <c r="E8" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="F8" t="s">
         <v>630</v>
       </c>
       <c r="G8" t="s">
         <v>282</v>
       </c>
       <c r="H8" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>631</v>
       </c>
       <c r="B9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C9" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="D9">
         <v>0</v>
       </c>
       <c r="E9" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="F9" t="s">
         <v>632</v>
       </c>
       <c r="G9" t="s">
         <v>282</v>
       </c>
       <c r="H9" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>633</v>
       </c>
       <c r="B10" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C10" t="s">
         <v>634</v>
       </c>
       <c r="D10">
         <v>5000</v>
       </c>
       <c r="E10" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="F10" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="G10" t="s">
         <v>282</v>
       </c>
       <c r="H10" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>635</v>
       </c>
       <c r="B11" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C11" t="s">
         <v>636</v>
       </c>
       <c r="D11">
         <v>1</v>
       </c>
       <c r="E11" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="F11" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="G11" t="s">
         <v>282</v>
       </c>
       <c r="H11" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>637</v>
       </c>
       <c r="B12" t="s">
         <v>159</v>
       </c>
       <c r="C12" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="D12">
         <v>0</v>
       </c>
       <c r="E12" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="F12" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="G12" t="s">
         <v>282</v>
       </c>
       <c r="H12" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>638</v>
       </c>
       <c r="B13" t="s">
         <v>164</v>
       </c>
       <c r="C13" t="s">
         <v>639</v>
       </c>
       <c r="D13">
         <v>2</v>
       </c>
       <c r="E13" t="s">
-        <v>304</v>
+        <v>286</v>
       </c>
       <c r="F13" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="G13" t="s">
         <v>282</v>
       </c>
       <c r="H13" t="s">
-        <v>292</v>
+        <v>305</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>640</v>
       </c>
       <c r="B14" t="s">
         <v>171</v>
       </c>
       <c r="C14" t="s">
         <v>641</v>
       </c>
       <c r="D14">
         <v>1</v>
       </c>
       <c r="E14" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="F14" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="G14" t="s">
         <v>282</v>
       </c>
       <c r="H14" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>642</v>
       </c>
       <c r="B15" t="s">
         <v>179</v>
       </c>
       <c r="C15" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="D15">
         <v>0</v>
       </c>
       <c r="E15" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="F15" t="s">
         <v>632</v>
       </c>
       <c r="G15" t="s">
         <v>282</v>
       </c>
       <c r="H15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>643</v>
       </c>
       <c r="B16" t="s">
         <v>185</v>
       </c>
       <c r="C16" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="D16">
         <v>0</v>
       </c>
       <c r="E16" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="F16" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="G16" t="s">
         <v>282</v>
       </c>
       <c r="H16" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>644</v>
       </c>
       <c r="B17" t="s">
         <v>190</v>
       </c>
       <c r="C17" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="D17">
         <v>0</v>
       </c>
       <c r="E17" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="F17" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="G17" t="s">
         <v>282</v>
       </c>
       <c r="H17" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>645</v>
       </c>
       <c r="B18" t="s">
         <v>195</v>
       </c>
       <c r="C18" t="s">
-        <v>629</v>
+        <v>646</v>
       </c>
       <c r="D18">
-        <v>0</v>
+        <v>5843</v>
       </c>
       <c r="E18" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
       <c r="F18" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="G18" t="s">
         <v>282</v>
       </c>
       <c r="H18" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B19" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C19" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="D19">
         <v>0</v>
       </c>
       <c r="E19" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="F19" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="G19" t="s">
         <v>282</v>
       </c>
       <c r="H19" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B20" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C20" t="s">
-        <v>648</v>
+        <v>627</v>
       </c>
       <c r="D20">
-        <v>5843</v>
+        <v>0</v>
       </c>
       <c r="E20" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="F20" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="G20" t="s">
         <v>282</v>
       </c>
       <c r="H20" t="s">
-        <v>313</v>
+        <v>297</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>649</v>
       </c>
       <c r="B21" t="s">
         <v>213</v>
       </c>
       <c r="C21" t="s">
         <v>650</v>
       </c>
       <c r="D21">
-        <v>16.7</v>
+        <v>1</v>
       </c>
       <c r="E21" t="s">
-        <v>304</v>
+        <v>289</v>
       </c>
       <c r="F21" t="s">
-        <v>617</v>
+        <v>624</v>
       </c>
       <c r="G21" t="s">
         <v>282</v>
       </c>
       <c r="H21" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>main</vt:lpstr>