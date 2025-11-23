--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -168,113 +168,113 @@
   <si>
     <t>COMUNE DI MONTESILVANO</t>
   </si>
   <si>
     <t>b2cf8252-ce7d-48bb-a9d1-a1bdf2e51522</t>
   </si>
   <si>
     <t>AFFIDAMENTO DIRETTO IN ADESIONE AD ACCORDO QUADRO/CONVENZIONE</t>
   </si>
   <si>
     <t>PRU RANALLI 2000 OPERE DI URBANIZZAZIONE</t>
   </si>
   <si>
     <t>selective</t>
   </si>
   <si>
     <t>2000-09-22T00:00:00.000Z</t>
   </si>
   <si>
     <t>2024-07-16T20:26:34.990095</t>
   </si>
   <si>
     <t>id-2.0</t>
   </si>
   <si>
+    <t>ocds-70d2nz-eb41eaec-56e2-4ef5-a632-93f44c9b4c1e-2000-11-24T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2000-11-24T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-eb41eaec-56e2-4ef5-a632-93f44c9b4c1e</t>
+  </si>
+  <si>
+    <t>IT_body_63122a6b9119bc84f10b0b6c8f11368c64c1e1110da58cc3871a774623866752</t>
+  </si>
+  <si>
+    <t>PROVINCIA DI ENNA</t>
+  </si>
+  <si>
+    <t>eb41eaec-56e2-4ef5-a632-93f44c9b4c1e</t>
+  </si>
+  <si>
+    <t>LAVORI REALIZZAZIONE STRUTTURA POLIVALENTE PER ATTIVITÀ SPORTIVE E CULTURALI IN PIETRAPERZIA</t>
+  </si>
+  <si>
+    <t>2001-03-10T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2024-07-16T13:27:15.286656</t>
+  </si>
+  <si>
+    <t>id-31.0</t>
+  </si>
+  <si>
     <t>ocds-70d2nz-d27bcbe0-2f40-4415-aaae-08f39efa1833-2000-01-01T00:00:00.000Z</t>
   </si>
   <si>
     <t>2000-01-01T00:00:00.000Z</t>
   </si>
   <si>
     <t>ocds-70d2nz-d27bcbe0-2f40-4415-aaae-08f39efa1833</t>
   </si>
   <si>
     <t>IT_body_ac4a012e50acaaf77e9cd869c9590855a9a71c8f86d761fcb25bfa9d3bc1b188</t>
   </si>
   <si>
     <t>G.I.T. GRADO IMPIANTI TURISTICI S.P.A.</t>
   </si>
   <si>
     <t>d27bcbe0-2f40-4415-aaae-08f39efa1833</t>
   </si>
   <si>
     <t>AFFIDAMENTO DIRETTO</t>
   </si>
   <si>
     <t>goods</t>
   </si>
   <si>
     <t>FORNITURA DI PRODOTTI FRESCHI (FRUTTA E VERDURA) PER I BAR GIT PER L'ANNO 2023</t>
   </si>
   <si>
     <t>direct</t>
   </si>
   <si>
     <t>2024-07-16T16:21:42.385533</t>
   </si>
   <si>
-    <t>id-31.0</t>
-[...28 lines deleted...]
-  <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>identifier_id</t>
   </si>
   <si>
     <t>identifier_scheme</t>
   </si>
   <si>
     <t>contactPoint_name</t>
   </si>
   <si>
     <t>address_region</t>
@@ -291,122 +291,122 @@
   <si>
     <t>00390090215</t>
   </si>
   <si>
     <t>VAT</t>
   </si>
   <si>
     <t>UFFICIO AFFARI AMMINISTRATIVI</t>
   </si>
   <si>
     <t>id-1.0.parties.0</t>
   </si>
   <si>
     <t>00193460680</t>
   </si>
   <si>
     <t>SETTORE LAVORI PUBBLICI</t>
   </si>
   <si>
     <t>PESCARA</t>
   </si>
   <si>
     <t>id-2.0.parties.0</t>
   </si>
   <si>
+    <t>00000000000</t>
+  </si>
+  <si>
+    <t>PROVINCIA REGIONALE DI ENNA</t>
+  </si>
+  <si>
+    <t>ENNA</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0</t>
+  </si>
+  <si>
     <t>01021090319</t>
   </si>
   <si>
     <t>DIREZIONE</t>
   </si>
   <si>
     <t>GORIZIA</t>
   </si>
   <si>
-    <t>id-31.0.parties.0</t>
-[...10 lines deleted...]
-  <si>
     <t>_link_parties</t>
   </si>
   <si>
     <t>scheme</t>
   </si>
   <si>
     <t>id-0.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>TAX_ID</t>
   </si>
   <si>
     <t>id-0.0.parties.0.additionalIdentifiers.1</t>
   </si>
   <si>
     <t>0000162143</t>
   </si>
   <si>
     <t>SOURCE_ID</t>
   </si>
   <si>
     <t>id-1.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>0000154178</t>
   </si>
   <si>
     <t>id-1.0.parties.0.additionalIdentifiers.1</t>
   </si>
   <si>
     <t>id-2.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
+    <t>0000242047</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>80000810863</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
     <t>0000169775</t>
   </si>
   <si>
-    <t>id-2.0.parties.0.additionalIdentifiers.1</t>
-[...7 lines deleted...]
-  <si>
     <t>id-31.0.parties.0.additionalIdentifiers.1</t>
   </si>
   <si>
-    <t>80000810863</t>
-[...1 lines deleted...]
-  <si>
     <t>value</t>
   </si>
   <si>
     <t>measure</t>
   </si>
   <si>
     <t>relatedLot</t>
   </si>
   <si>
     <t>id-0.0.bids.statistics.0</t>
   </si>
   <si>
     <t>statistic-1</t>
   </si>
   <si>
     <t>bids</t>
   </si>
   <si>
     <t>lot-1</t>
   </si>
   <si>
     <t>id-1.0.bids.statistics.0</t>
   </si>
   <si>
     <t>id-2.0.bids.statistics.0</t>
@@ -471,57 +471,57 @@
   <si>
     <t>datePublished</t>
   </si>
   <si>
     <t>id-0.0.tender.documents.0</t>
   </si>
   <si>
     <t>document-2</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/opendata/download/dataset/8990282</t>
   </si>
   <si>
     <t>tenderNotice</t>
   </si>
   <si>
     <t>id-1.0.tender.documents.0</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/opendata/download/dataset/3815354</t>
   </si>
   <si>
     <t>id-2.0.tender.documents.0</t>
   </si>
   <si>
+    <t>https://dati.anticorruzione.it/opendata/download/dataset/3428833</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.documents.0</t>
+  </si>
+  <si>
     <t>https://dati.anticorruzione.it/opendata/download/dataset/8965657</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://dati.anticorruzione.it/opendata/download/dataset/3428833</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1028,125 +1028,125 @@
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>21</v>
       </c>
       <c r="E4" t="s">
         <v>49</v>
       </c>
       <c r="F4" t="s">
         <v>50</v>
       </c>
       <c r="G4" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>51</v>
       </c>
       <c r="I4" t="s">
         <v>52</v>
       </c>
       <c r="J4" t="s">
         <v>53</v>
       </c>
       <c r="K4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M4" t="s">
         <v>54</v>
       </c>
-      <c r="L4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N4" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="O4">
-        <v>50000</v>
+        <v>2969627.17</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="R4" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B5" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="F5" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="G5" t="s">
         <v>24</v>
       </c>
       <c r="H5" t="s">
+        <v>61</v>
+      </c>
+      <c r="I5" t="s">
+        <v>62</v>
+      </c>
+      <c r="J5" t="s">
         <v>63</v>
       </c>
-      <c r="I5" t="s">
+      <c r="K5" t="s">
         <v>64</v>
       </c>
-      <c r="J5" t="s">
+      <c r="L5" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
       <c r="M5" t="s">
         <v>66</v>
       </c>
       <c r="N5" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="O5">
-        <v>2969627.17</v>
+        <v>50000</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="R5" t="s">
         <v>68</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>69</v>
       </c>
@@ -1240,86 +1240,86 @@
       </c>
       <c r="J3" t="s">
         <v>86</v>
       </c>
       <c r="K3" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>88</v>
       </c>
       <c r="B4" t="s">
         <v>47</v>
       </c>
       <c r="C4" t="s">
         <v>51</v>
       </c>
       <c r="D4" t="s">
         <v>52</v>
       </c>
       <c r="E4" t="s">
         <v>79</v>
       </c>
       <c r="F4">
-        <v>34073</v>
+        <v>94100</v>
       </c>
       <c r="G4" t="s">
         <v>80</v>
       </c>
       <c r="H4" t="s">
         <v>89</v>
       </c>
       <c r="I4" t="s">
         <v>82</v>
       </c>
       <c r="J4" t="s">
         <v>90</v>
       </c>
       <c r="K4" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>92</v>
       </c>
       <c r="B5" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D5" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="E5" t="s">
         <v>79</v>
       </c>
       <c r="F5">
-        <v>94100</v>
+        <v>34073</v>
       </c>
       <c r="G5" t="s">
         <v>80</v>
       </c>
       <c r="H5" t="s">
         <v>93</v>
       </c>
       <c r="I5" t="s">
         <v>82</v>
       </c>
       <c r="J5" t="s">
         <v>94</v>
       </c>
       <c r="K5" t="s">
         <v>95</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E9"/>
@@ -1419,85 +1419,85 @@
       </c>
       <c r="B6" t="s">
         <v>88</v>
       </c>
       <c r="C6" t="s">
         <v>47</v>
       </c>
       <c r="D6" t="s">
         <v>107</v>
       </c>
       <c r="E6" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>108</v>
       </c>
       <c r="B7" t="s">
         <v>88</v>
       </c>
       <c r="C7" t="s">
         <v>47</v>
       </c>
       <c r="D7" t="s">
-        <v>89</v>
+        <v>109</v>
       </c>
       <c r="E7" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B8" t="s">
         <v>92</v>
       </c>
       <c r="C8" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D8" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E8" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B9" t="s">
         <v>92</v>
       </c>
       <c r="C9" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D9" t="s">
-        <v>112</v>
+        <v>93</v>
       </c>
       <c r="E9" t="s">
         <v>99</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>69</v>
       </c>
@@ -1557,51 +1557,51 @@
     <row r="4">
       <c r="A4" t="s">
         <v>121</v>
       </c>
       <c r="B4" t="s">
         <v>47</v>
       </c>
       <c r="C4" t="s">
         <v>117</v>
       </c>
       <c r="D4">
         <v>0</v>
       </c>
       <c r="E4" t="s">
         <v>118</v>
       </c>
       <c r="F4" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>122</v>
       </c>
       <c r="B5" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C5" t="s">
         <v>117</v>
       </c>
       <c r="D5">
         <v>0</v>
       </c>
       <c r="E5" t="s">
         <v>118</v>
       </c>
       <c r="F5" t="s">
         <v>119</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
@@ -1668,77 +1668,77 @@
       </c>
       <c r="E3" t="s">
         <v>43</v>
       </c>
       <c r="F3">
         <v>1133574</v>
       </c>
       <c r="G3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>130</v>
       </c>
       <c r="B4" t="s">
         <v>47</v>
       </c>
       <c r="C4" t="s">
         <v>119</v>
       </c>
       <c r="D4" t="s">
         <v>128</v>
       </c>
       <c r="E4" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F4">
-        <v>50000</v>
+        <v>2969627.17</v>
       </c>
       <c r="G4" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>131</v>
       </c>
       <c r="B5" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C5" t="s">
         <v>119</v>
       </c>
       <c r="D5" t="s">
         <v>128</v>
       </c>
       <c r="E5" t="s">
         <v>66</v>
       </c>
       <c r="F5">
-        <v>2969627.17</v>
+        <v>50000</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>69</v>
       </c>
@@ -1787,71 +1787,71 @@
       </c>
       <c r="D3" t="s">
         <v>119</v>
       </c>
       <c r="E3">
         <v>45231000</v>
       </c>
       <c r="F3" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>138</v>
       </c>
       <c r="B4" t="s">
         <v>47</v>
       </c>
       <c r="C4" t="s">
         <v>135</v>
       </c>
       <c r="D4" t="s">
         <v>119</v>
       </c>
       <c r="E4">
-        <v>55410000</v>
+        <v>45212300</v>
       </c>
       <c r="F4" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>139</v>
       </c>
       <c r="B5" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C5" t="s">
         <v>135</v>
       </c>
       <c r="D5" t="s">
         <v>119</v>
       </c>
       <c r="E5">
-        <v>45212300</v>
+        <v>55410000</v>
       </c>
       <c r="F5" t="s">
         <v>136</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>69</v>
       </c>
@@ -1911,63 +1911,63 @@
     <row r="4">
       <c r="A4" t="s">
         <v>148</v>
       </c>
       <c r="B4" t="s">
         <v>47</v>
       </c>
       <c r="C4" t="s">
         <v>143</v>
       </c>
       <c r="D4" t="s">
         <v>149</v>
       </c>
       <c r="E4" t="s">
         <v>145</v>
       </c>
       <c r="F4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>150</v>
       </c>
       <c r="B5" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C5" t="s">
         <v>143</v>
       </c>
       <c r="D5" t="s">
         <v>151</v>
       </c>
       <c r="E5" t="s">
         <v>145</v>
       </c>
       <c r="F5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>main</vt:lpstr>