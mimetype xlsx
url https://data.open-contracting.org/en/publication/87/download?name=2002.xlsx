--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -186,143 +186,143 @@
   <si>
     <t>9bbe230b-249f-413f-8d82-9fae51f0b6d9</t>
   </si>
   <si>
     <t>PROCEDURA APERTA</t>
   </si>
   <si>
     <t>works</t>
   </si>
   <si>
     <t>COMPLETAMENTO RETE SUD STRALCIO FUNZIONALE IN FREGIO A VIA A.PORTO</t>
   </si>
   <si>
     <t>open</t>
   </si>
   <si>
     <t>2002-11-13T00:00:00.000Z</t>
   </si>
   <si>
     <t>2024-07-16T14:24:14.281913</t>
   </si>
   <si>
     <t>id-2.0</t>
   </si>
   <si>
+    <t>ocds-70d2nz-db96effc-6b04-4809-b697-96cde7a7da36-2002-01-08T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2002-01-08T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-db96effc-6b04-4809-b697-96cde7a7da36</t>
+  </si>
+  <si>
+    <t>IT_body_97fbd1b07968fbad5b0c707feaa3f73e4259aa261025a7f085b0de4ba78d0da0</t>
+  </si>
+  <si>
+    <t>COMUNE DI MESSINA</t>
+  </si>
+  <si>
+    <t>db96effc-6b04-4809-b697-96cde7a7da36</t>
+  </si>
+  <si>
+    <t>LAVORI PER LA COSTRUZIONE DI UN COMPLESSO FUNERARIO DA 1500 LOCULI NEL GRAN CAMPOSANTO DI MESSINA SEZIONE 59 EX CADUTI IN GUERRA</t>
+  </si>
+  <si>
+    <t>2002-01-30T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2024-07-16T19:44:47.607095</t>
+  </si>
+  <si>
+    <t>id-3.0</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-fc50641f-fc93-4c6c-9f73-c8e4e0655cc6-2002-10-20T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2002-10-20T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-fc50641f-fc93-4c6c-9f73-c8e4e0655cc6</t>
+  </si>
+  <si>
+    <t>IT_body_9b2b43d6f21903bec481955ec9f88ce9e31be5e224436eb8123a9e4a3aed49d8</t>
+  </si>
+  <si>
+    <t>AZIENDA OSPEDALIERA PER L'EMERGENZA CANNIZZARO</t>
+  </si>
+  <si>
+    <t>fc50641f-fc93-4c6c-9f73-c8e4e0655cc6</t>
+  </si>
+  <si>
+    <t>PROCEDURA NEGOZIATA SENZA PREVIA PUBBLICAZIONE</t>
+  </si>
+  <si>
+    <t>DISPOSITIVI PER VERTEBROPLASTICA</t>
+  </si>
+  <si>
+    <t>2002-10-31T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2024-07-16T20:38:40.34665</t>
+  </si>
+  <si>
+    <t>id-31.0</t>
+  </si>
+  <si>
     <t>ocds-70d2nz-b1101e18-3737-4de8-aa54-73bb6e49745e-2002-09-05T00:00:00.000Z</t>
   </si>
   <si>
     <t>2002-09-05T00:00:00.000Z</t>
   </si>
   <si>
     <t>ocds-70d2nz-b1101e18-3737-4de8-aa54-73bb6e49745e</t>
   </si>
   <si>
     <t>IT_body_b850c41744d031c5ba0535c66ab0e21781c249aceaa71963caf0ddac044d64b4</t>
   </si>
   <si>
     <t>CONSORZIO AREA DI SVILUPPO INDUSTRIALE DELLA PROVINCIA DI LECCE</t>
   </si>
   <si>
     <t>b1101e18-3737-4de8-aa54-73bb6e49745e</t>
   </si>
   <si>
     <t>LAVORI PER LA REALIZZAZIONE DELLA VIABILITÀ ED OPERE DI COMPLETAMENTO PER ENTRATA IN SERVIZIO DELLE RETI DI ACQUEDOTTO POTABILE E DI FOGNATURA NELL'AGGL.TO IND.LE DI NARD0'/GALATONE - PROG. COD. 2 - 43 LE/A)</t>
   </si>
   <si>
     <t>2002-10-07T00:00:00.000Z</t>
   </si>
   <si>
     <t>2025-02-11T21:10:46.404167</t>
   </si>
   <si>
     <t>ratedCriteria</t>
   </si>
   <si>
-    <t>id-3.0</t>
-[...61 lines deleted...]
-  <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>identifier_id</t>
   </si>
   <si>
     <t>identifier_scheme</t>
   </si>
   <si>
     <t>contactPoint_name</t>
@@ -348,411 +348,411 @@
   <si>
     <t>VAT</t>
   </si>
   <si>
     <t>TPER SPA</t>
   </si>
   <si>
     <t>id-1.0.parties.0</t>
   </si>
   <si>
     <t>CATANIA</t>
   </si>
   <si>
     <t>95124</t>
   </si>
   <si>
     <t>00137020871</t>
   </si>
   <si>
     <t>DIREZIONE MANUTENZIONI EDILIZIE E ADEGUAMENTO IMMOBILI - MANUTENZIONE STRADE</t>
   </si>
   <si>
     <t>id-2.0.parties.0</t>
   </si>
   <si>
+    <t>MESSINA</t>
+  </si>
+  <si>
+    <t>98122</t>
+  </si>
+  <si>
+    <t>00080270838</t>
+  </si>
+  <si>
+    <t>DIPARTIMENTO SERVIZI TECNICI</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.0</t>
+  </si>
+  <si>
+    <t>95126</t>
+  </si>
+  <si>
+    <t>04721280875</t>
+  </si>
+  <si>
+    <t>SETTORE PROVVEDITORATO ED ECONOMATO</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0</t>
+  </si>
+  <si>
     <t>LECCE</t>
   </si>
   <si>
     <t>73100</t>
   </si>
   <si>
     <t>00380090753</t>
   </si>
   <si>
-    <t>id-2.0.parties.1</t>
+    <t>id-31.0.parties.1</t>
   </si>
   <si>
     <t>IT_body_06f86fac08a4b409e972870138b7c1fdf1af6471a1a8c32c2fbf847d713cc23d</t>
   </si>
   <si>
     <t>CENTONZE DI CENTONZE CARMELO S.A.S.</t>
   </si>
   <si>
     <t>supplier</t>
   </si>
   <si>
-    <t>id-2.0.parties.2</t>
+    <t>id-31.0.parties.2</t>
   </si>
   <si>
     <t>IT_body_b60d9d3d5e0b32b888f882aef77ab035d7923dd46836ed62ff9c167f09462de0</t>
   </si>
   <si>
     <t>ASFALTI PIOVESE S.R.L.</t>
   </si>
   <si>
-    <t>id-3.0.parties.0</t>
-[...25 lines deleted...]
-  <si>
     <t>_link_parties</t>
   </si>
   <si>
     <t>scheme</t>
   </si>
   <si>
     <t>id-0.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>0000251223</t>
   </si>
   <si>
     <t>SOURCE_ID</t>
   </si>
   <si>
     <t>id-0.0.parties.0.additionalIdentifiers.1</t>
   </si>
   <si>
     <t>TAX_ID</t>
   </si>
   <si>
     <t>id-1.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>0000158381</t>
   </si>
   <si>
     <t>id-1.0.parties.0.additionalIdentifiers.1</t>
   </si>
   <si>
     <t>id-2.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
+    <t>0000158996</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>0000218640</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
     <t>0000162109</t>
   </si>
   <si>
-    <t>id-2.0.parties.0.additionalIdentifiers.1</t>
-[...2 lines deleted...]
-    <t>id-2.0.parties.1.additionalIdentifiers.0</t>
+    <t>id-31.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.1.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>02099340750</t>
   </si>
   <si>
-    <t>id-2.0.parties.2.additionalIdentifiers.0</t>
+    <t>id-31.0.parties.2.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>00118750280</t>
   </si>
   <si>
-    <t>id-3.0.parties.0.additionalIdentifiers.0</t>
-[...16 lines deleted...]
-  <si>
     <t>value</t>
   </si>
   <si>
     <t>measure</t>
   </si>
   <si>
     <t>relatedLot</t>
   </si>
   <si>
     <t>id-0.0.bids.statistics.0</t>
   </si>
   <si>
     <t>statistic-1</t>
   </si>
   <si>
     <t>bids</t>
   </si>
   <si>
     <t>lot-1</t>
   </si>
   <si>
     <t>id-1.0.bids.statistics.0</t>
   </si>
   <si>
     <t>id-2.0.bids.statistics.0</t>
   </si>
   <si>
-    <t>id-2.0.bids.statistics.1</t>
+    <t>id-3.0.bids.statistics.0</t>
+  </si>
+  <si>
+    <t>id-31.0.bids.statistics.0</t>
+  </si>
+  <si>
+    <t>id-31.0.bids.statistics.1</t>
   </si>
   <si>
     <t>statistic-2</t>
   </si>
   <si>
     <t>validBids</t>
   </si>
   <si>
-    <t>id-3.0.bids.statistics.0</t>
-[...4 lines deleted...]
-  <si>
     <t>url</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>id-0.0.tender.lots.0</t>
   </si>
   <si>
     <t>https://raw.githubusercontent.com/open-contracting/ocds_lots_extension/v1.1.1/extension.json</t>
   </si>
   <si>
     <t>id-1.0.tender.lots.0</t>
   </si>
   <si>
     <t>COMPLETAMENTO RETE SUD STRALCIO FUNZIONALE IN FREGIO A VIA ACQUICELLA PORTO</t>
   </si>
   <si>
     <t>id-2.0.tender.lots.0</t>
   </si>
   <si>
+    <t>id-3.0.tender.lots.0</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.lots.0</t>
+  </si>
+  <si>
     <t>LAVORI PER LA REALIZZAZIONE DELLA VIABILITÀ ED OPERE DI COMPLETAMENTO PER L'ENTRATA IN SERVIZIO DELLE RETI DI ACQUEDOTTO POTABILE E DI FOGNATURA NELL'AGGL.TO IND.LE DI NARD0'/GALATONE - PROG COD. 2 - 43 LE/A</t>
   </si>
   <si>
-    <t>id-3.0.tender.lots.0</t>
-[...4 lines deleted...]
-  <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
     <t>id-0.0.tender.items.0</t>
   </si>
   <si>
     <t>item-1</t>
   </si>
   <si>
     <t>CPV</t>
   </si>
   <si>
     <t>id-1.0.tender.items.0</t>
   </si>
   <si>
     <t>id-2.0.tender.items.0</t>
   </si>
   <si>
     <t>id-3.0.tender.items.0</t>
   </si>
   <si>
-    <t>id-4.0.tender.items.0</t>
+    <t>id-31.0.tender.items.0</t>
   </si>
   <si>
     <t>documentType</t>
   </si>
   <si>
     <t>datePublished</t>
   </si>
   <si>
     <t>id-0.0.tender.documents.0</t>
   </si>
   <si>
     <t>document-2</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/opendata/download/dataset/8024574</t>
   </si>
   <si>
     <t>tenderNotice</t>
   </si>
   <si>
     <t>id-1.0.tender.documents.0</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/opendata/download/dataset/3036341</t>
   </si>
   <si>
     <t>id-2.0.tender.documents.0</t>
   </si>
   <si>
+    <t>https://dati.anticorruzione.it/opendata/download/dataset/3064365</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/opendata/download/dataset/3261139</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.documents.0</t>
+  </si>
+  <si>
     <t>document-6</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/opendata/download/dataset/2944788</t>
   </si>
   <si>
-    <t>id-3.0.tender.documents.0</t>
-[...10 lines deleted...]
-  <si>
     <t>relatedLots</t>
   </si>
   <si>
     <t>relatedBid</t>
   </si>
   <si>
-    <t>id-2.0.awards.0</t>
+    <t>id-31.0.awards.0</t>
   </si>
   <si>
     <t>award-1</t>
   </si>
   <si>
     <t>2002-10-29T00:00:00.000Z</t>
   </si>
   <si>
     <t>bid-2</t>
   </si>
   <si>
-    <t>id-2.0.awards.1</t>
+    <t>id-31.0.awards.1</t>
   </si>
   <si>
     <t>award-2</t>
   </si>
   <si>
     <t>bid-3</t>
   </si>
   <si>
     <t>_link_awards</t>
   </si>
   <si>
-    <t>id-2.0.awards.0.items.0</t>
-[...5 lines deleted...]
-    <t>id-2.0.awards.0.documents.0</t>
+    <t>id-31.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.1.items.0</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0.documents.0</t>
   </si>
   <si>
     <t>awardNotice</t>
   </si>
   <si>
     <t>2018-05-08T00:00:00.000Z</t>
   </si>
   <si>
-    <t>id-2.0.awards.1.documents.0</t>
-[...8 lines deleted...]
-    <t>id-2.0.bids.details.0</t>
+    <t>id-31.0.awards.1.documents.0</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.1.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.bids.details.0</t>
   </si>
   <si>
     <t>bid-1</t>
   </si>
   <si>
-    <t>id-2.0.bids.details.1</t>
-[...5 lines deleted...]
-    <t>id-2.0.bids.details.3</t>
+    <t>id-31.0.bids.details.1</t>
+  </si>
+  <si>
+    <t>id-31.0.bids.details.2</t>
+  </si>
+  <si>
+    <t>id-31.0.bids.details.3</t>
   </si>
   <si>
     <t>bid-4</t>
   </si>
   <si>
-    <t>id-2.0.bids.details.4</t>
+    <t>id-31.0.bids.details.4</t>
   </si>
   <si>
     <t>bid-5</t>
   </si>
   <si>
     <t>_link_bids_details</t>
   </si>
   <si>
-    <t>id-2.0.bids.details.1.tenderers.0</t>
-[...2 lines deleted...]
-    <t>id-2.0.bids.details.2.tenderers.0</t>
+    <t>id-31.0.bids.details.1.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.bids.details.2.tenderers.0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1274,500 +1274,500 @@
       <c r="G4" t="s">
         <v>25</v>
       </c>
       <c r="H4" t="s">
         <v>53</v>
       </c>
       <c r="I4" t="s">
         <v>54</v>
       </c>
       <c r="J4" t="s">
         <v>55</v>
       </c>
       <c r="K4" t="s">
         <v>43</v>
       </c>
       <c r="L4" t="s">
         <v>44</v>
       </c>
       <c r="M4" t="s">
         <v>56</v>
       </c>
       <c r="N4" t="s">
         <v>46</v>
       </c>
       <c r="O4">
-        <v>4062103.74</v>
+        <v>1117744.875</v>
       </c>
       <c r="P4" t="s">
         <v>33</v>
       </c>
       <c r="Q4" t="s">
         <v>57</v>
       </c>
       <c r="R4" t="s">
         <v>58</v>
       </c>
-      <c r="S4" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>59</v>
+      </c>
+      <c r="B5" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
+        <v>61</v>
+      </c>
+      <c r="F5" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
+        <v>63</v>
+      </c>
+      <c r="I5" t="s">
         <v>64</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
         <v>65</v>
       </c>
-      <c r="J5" t="s">
+      <c r="K5" t="s">
         <v>66</v>
       </c>
-      <c r="K5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L5" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="M5" t="s">
         <v>67</v>
       </c>
       <c r="N5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="O5">
-        <v>1117744.875</v>
+        <v>47000</v>
       </c>
       <c r="P5" t="s">
         <v>33</v>
       </c>
       <c r="Q5" t="s">
         <v>68</v>
       </c>
       <c r="R5" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>70</v>
       </c>
       <c r="B6" t="s">
         <v>71</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>72</v>
       </c>
       <c r="F6" t="s">
         <v>73</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>74</v>
       </c>
       <c r="I6" t="s">
         <v>75</v>
       </c>
       <c r="J6" t="s">
         <v>76</v>
       </c>
       <c r="K6" t="s">
+        <v>43</v>
+      </c>
+      <c r="L6" t="s">
+        <v>44</v>
+      </c>
+      <c r="M6" t="s">
         <v>77</v>
       </c>
-      <c r="L6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N6" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="O6">
-        <v>47000</v>
+        <v>4062103.74</v>
       </c>
       <c r="P6" t="s">
         <v>33</v>
       </c>
       <c r="Q6" t="s">
+        <v>78</v>
+      </c>
+      <c r="R6" t="s">
         <v>79</v>
       </c>
-      <c r="R6" t="s">
+      <c r="S6" t="s">
         <v>80</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>205</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>160</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>181</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>208</v>
       </c>
       <c r="B2" t="s">
         <v>198</v>
       </c>
       <c r="C2" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="D2" t="s">
         <v>184</v>
       </c>
       <c r="E2" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="F2" t="s">
         <v>209</v>
       </c>
       <c r="G2" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>211</v>
       </c>
       <c r="B3" t="s">
         <v>202</v>
       </c>
       <c r="C3" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="D3" t="s">
         <v>184</v>
       </c>
       <c r="E3" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="F3" t="s">
         <v>209</v>
       </c>
       <c r="G3" t="s">
         <v>210</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>205</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>212</v>
       </c>
       <c r="B2" t="s">
         <v>198</v>
       </c>
       <c r="C2" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="D2" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="E2" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>213</v>
       </c>
       <c r="B3" t="s">
         <v>202</v>
       </c>
       <c r="C3" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="D3" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="E3" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>196</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>162</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>214</v>
       </c>
       <c r="B2" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="C2" t="s">
         <v>215</v>
       </c>
       <c r="D2" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>216</v>
       </c>
       <c r="B3" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="C3" t="s">
         <v>201</v>
       </c>
       <c r="D3" t="s">
         <v>152</v>
       </c>
       <c r="E3">
         <v>2931241.07</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>217</v>
       </c>
       <c r="B4" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="C4" t="s">
         <v>204</v>
       </c>
       <c r="D4" t="s">
         <v>152</v>
       </c>
       <c r="E4">
         <v>2931241.07</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>218</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="C5" t="s">
         <v>219</v>
       </c>
       <c r="D5" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>220</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="C6" t="s">
         <v>221</v>
       </c>
       <c r="D6" t="s">
         <v>152</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>222</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>223</v>
       </c>
       <c r="B2" t="s">
         <v>216</v>
       </c>
       <c r="C2" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="D2" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="E2" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>224</v>
       </c>
       <c r="B3" t="s">
         <v>217</v>
       </c>
       <c r="C3" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="D3" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="E3" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -1876,155 +1876,155 @@
       <c r="C4" t="s">
         <v>53</v>
       </c>
       <c r="D4" t="s">
         <v>54</v>
       </c>
       <c r="E4" t="s">
         <v>91</v>
       </c>
       <c r="F4" t="s">
         <v>104</v>
       </c>
       <c r="G4" t="s">
         <v>105</v>
       </c>
       <c r="H4" t="s">
         <v>94</v>
       </c>
       <c r="I4" t="s">
         <v>106</v>
       </c>
       <c r="J4" t="s">
         <v>96</v>
       </c>
       <c r="K4" t="s">
-        <v>54</v>
+        <v>107</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="C5" t="s">
-        <v>108</v>
+        <v>63</v>
       </c>
       <c r="D5" t="s">
+        <v>64</v>
+      </c>
+      <c r="E5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F5" t="s">
+        <v>99</v>
+      </c>
+      <c r="G5" t="s">
         <v>109</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
+        <v>94</v>
+      </c>
+      <c r="I5" t="s">
         <v>110</v>
+      </c>
+      <c r="J5" t="s">
+        <v>96</v>
+      </c>
+      <c r="K5" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="C6" t="s">
-        <v>112</v>
+        <v>74</v>
       </c>
       <c r="D6" t="s">
+        <v>75</v>
+      </c>
+      <c r="E6" t="s">
+        <v>91</v>
+      </c>
+      <c r="F6" t="s">
         <v>113</v>
       </c>
-      <c r="E6" t="s">
-        <v>110</v>
+      <c r="G6" t="s">
+        <v>114</v>
+      </c>
+      <c r="H6" t="s">
+        <v>94</v>
+      </c>
+      <c r="I6" t="s">
+        <v>115</v>
+      </c>
+      <c r="J6" t="s">
+        <v>96</v>
+      </c>
+      <c r="K6" t="s">
+        <v>75</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
-        <v>64</v>
+        <v>117</v>
       </c>
       <c r="D7" t="s">
-        <v>65</v>
+        <v>118</v>
       </c>
       <c r="E7" t="s">
-        <v>91</v>
-[...17 lines deleted...]
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B8" t="s">
         <v>70</v>
       </c>
       <c r="C8" t="s">
-        <v>74</v>
+        <v>121</v>
       </c>
       <c r="D8" t="s">
-        <v>75</v>
+        <v>122</v>
       </c>
       <c r="E8" t="s">
-        <v>91</v>
-[...17 lines deleted...]
-        <v>122</v>
+        <v>119</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>123</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>81</v>
       </c>
@@ -2120,142 +2120,142 @@
         <v>127</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>135</v>
       </c>
       <c r="B7" t="s">
         <v>103</v>
       </c>
       <c r="C7" t="s">
         <v>49</v>
       </c>
       <c r="D7" t="s">
         <v>106</v>
       </c>
       <c r="E7" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>136</v>
       </c>
       <c r="B8" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="D8" t="s">
         <v>137</v>
       </c>
       <c r="E8" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>138</v>
       </c>
       <c r="B9" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C9" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="D9" t="s">
-        <v>139</v>
+        <v>110</v>
       </c>
       <c r="E9" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>139</v>
+      </c>
+      <c r="B10" t="s">
+        <v>112</v>
+      </c>
+      <c r="C10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D10" t="s">
         <v>140</v>
-      </c>
-[...7 lines deleted...]
-        <v>141</v>
       </c>
       <c r="E10" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B11" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C11" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="D11" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="E11" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B12" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C12" t="s">
         <v>70</v>
       </c>
       <c r="D12" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="E12" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C13" t="s">
         <v>70</v>
       </c>
       <c r="D13" t="s">
-        <v>121</v>
+        <v>145</v>
       </c>
       <c r="E13" t="s">
         <v>129</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
@@ -2315,100 +2315,100 @@
     <row r="4">
       <c r="A4" t="s">
         <v>154</v>
       </c>
       <c r="B4" t="s">
         <v>49</v>
       </c>
       <c r="C4" t="s">
         <v>150</v>
       </c>
       <c r="D4">
         <v>0</v>
       </c>
       <c r="E4" t="s">
         <v>151</v>
       </c>
       <c r="F4" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>155</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="C5" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="D5">
         <v>0</v>
       </c>
       <c r="E5" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="F5" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B6" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="C6" t="s">
         <v>150</v>
       </c>
       <c r="D6">
         <v>0</v>
       </c>
       <c r="E6" t="s">
         <v>151</v>
       </c>
       <c r="F6" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B7" t="s">
         <v>70</v>
       </c>
       <c r="C7" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="D7">
         <v>0</v>
       </c>
       <c r="E7" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="F7" t="s">
         <v>152</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
@@ -2466,100 +2466,100 @@
       </c>
       <c r="E3" t="s">
         <v>167</v>
       </c>
       <c r="F3">
         <v>2686090.27</v>
       </c>
       <c r="G3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>168</v>
       </c>
       <c r="B4" t="s">
         <v>49</v>
       </c>
       <c r="C4" t="s">
         <v>152</v>
       </c>
       <c r="D4" t="s">
         <v>165</v>
       </c>
       <c r="E4" t="s">
-        <v>169</v>
+        <v>56</v>
       </c>
       <c r="F4">
-        <v>4062103.74</v>
+        <v>1117744.88</v>
       </c>
       <c r="G4" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B5" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C5" t="s">
         <v>152</v>
       </c>
       <c r="D5" t="s">
         <v>165</v>
       </c>
       <c r="E5" t="s">
         <v>67</v>
       </c>
       <c r="F5">
-        <v>1117744.88</v>
+        <v>47000</v>
       </c>
       <c r="G5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B6" t="s">
         <v>70</v>
       </c>
       <c r="C6" t="s">
         <v>152</v>
       </c>
       <c r="D6" t="s">
         <v>165</v>
       </c>
       <c r="E6" t="s">
-        <v>78</v>
+        <v>171</v>
       </c>
       <c r="F6">
-        <v>47000</v>
+        <v>4062103.74</v>
       </c>
       <c r="G6" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
@@ -2608,91 +2608,91 @@
       </c>
       <c r="D3" t="s">
         <v>152</v>
       </c>
       <c r="E3">
         <v>45240000</v>
       </c>
       <c r="F3" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>178</v>
       </c>
       <c r="B4" t="s">
         <v>49</v>
       </c>
       <c r="C4" t="s">
         <v>175</v>
       </c>
       <c r="D4" t="s">
         <v>152</v>
       </c>
       <c r="E4">
-        <v>45231100</v>
+        <v>45215100</v>
       </c>
       <c r="F4" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>179</v>
       </c>
       <c r="B5" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C5" t="s">
         <v>175</v>
       </c>
       <c r="D5" t="s">
         <v>152</v>
       </c>
       <c r="E5">
-        <v>45215100</v>
+        <v>33140000</v>
       </c>
       <c r="F5" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>180</v>
       </c>
       <c r="B6" t="s">
         <v>70</v>
       </c>
       <c r="C6" t="s">
         <v>175</v>
       </c>
       <c r="D6" t="s">
         <v>152</v>
       </c>
       <c r="E6">
-        <v>33140000</v>
+        <v>45231100</v>
       </c>
       <c r="F6" t="s">
         <v>176</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>81</v>
       </c>
@@ -2735,91 +2735,91 @@
       </c>
       <c r="B3" t="s">
         <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>184</v>
       </c>
       <c r="D3" t="s">
         <v>188</v>
       </c>
       <c r="E3" t="s">
         <v>186</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>189</v>
       </c>
       <c r="B4" t="s">
         <v>49</v>
       </c>
       <c r="C4" t="s">
+        <v>184</v>
+      </c>
+      <c r="D4" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E4" t="s">
         <v>186</v>
       </c>
       <c r="F4" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="B5" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C5" t="s">
         <v>184</v>
       </c>
       <c r="D5" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="E5" t="s">
         <v>186</v>
       </c>
       <c r="F5" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B6" t="s">
         <v>70</v>
       </c>
       <c r="C6" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="D6" t="s">
         <v>195</v>
       </c>
       <c r="E6" t="s">
         <v>186</v>
       </c>
       <c r="F6" t="s">
         <v>72</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -2831,77 +2831,77 @@
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>196</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>197</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>162</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>198</v>
       </c>
       <c r="B2" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="C2" t="s">
         <v>199</v>
       </c>
       <c r="D2" t="s">
         <v>200</v>
       </c>
       <c r="E2" t="s">
         <v>152</v>
       </c>
       <c r="F2" t="s">
         <v>201</v>
       </c>
       <c r="G2">
         <v>2931241.07</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>202</v>
       </c>
       <c r="B3" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="C3" t="s">
         <v>203</v>
       </c>
       <c r="D3" t="s">
         <v>200</v>
       </c>
       <c r="E3" t="s">
         <v>152</v>
       </c>
       <c r="F3" t="s">
         <v>204</v>
       </c>
       <c r="G3">
         <v>2931241.07</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
@@ -2922,74 +2922,74 @@
       </c>
       <c r="C1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>148</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>172</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>206</v>
       </c>
       <c r="B2" t="s">
         <v>198</v>
       </c>
       <c r="C2" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="D2" t="s">
         <v>175</v>
       </c>
       <c r="E2" t="s">
         <v>152</v>
       </c>
       <c r="F2">
         <v>45231100</v>
       </c>
       <c r="G2" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>207</v>
       </c>
       <c r="B3" t="s">
         <v>202</v>
       </c>
       <c r="C3" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="D3" t="s">
         <v>175</v>
       </c>
       <c r="E3" t="s">
         <v>152</v>
       </c>
       <c r="F3">
         <v>45231100</v>
       </c>
       <c r="G3" t="s">
         <v>176</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>