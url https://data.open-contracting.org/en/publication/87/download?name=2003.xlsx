--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -90,849 +90,849 @@
   <si>
     <t>tender_procurementMethodDetails</t>
   </si>
   <si>
     <t>tender_mainProcurementCategory</t>
   </si>
   <si>
     <t>tender_title</t>
   </si>
   <si>
     <t>tender_procurementMethod</t>
   </si>
   <si>
     <t>tender_value_amount</t>
   </si>
   <si>
     <t>tender_value_currency</t>
   </si>
   <si>
     <t>tender_tenderPeriod_endDate</t>
   </si>
   <si>
     <t>metaData_modified</t>
   </si>
   <si>
+    <t>tender_awardCriteria</t>
+  </si>
+  <si>
     <t>tender_awardCriteriaDetails</t>
   </si>
   <si>
-    <t>tender_awardCriteria</t>
-[...1 lines deleted...]
-  <si>
     <t>id-0.0</t>
   </si>
   <si>
+    <t>ocds-70d2nz-048dde64-af4a-4bec-9e2f-c7b9704b9203-2003-06-16T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>compiled</t>
+  </si>
+  <si>
+    <t>tender</t>
+  </si>
+  <si>
+    <t>2003-06-16T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-048dde64-af4a-4bec-9e2f-c7b9704b9203</t>
+  </si>
+  <si>
+    <t>https://raw.githubusercontent.com/open-contracting/ocds_bid_extension/v1.1.1/extension.json</t>
+  </si>
+  <si>
+    <t>IT_body_854662346034d3dec414052496fa44e16cab5cbcc592acc90cce01bf7b29302b</t>
+  </si>
+  <si>
+    <t>S.I.I. SOCIETA' CONSORTILE PER AZIONI</t>
+  </si>
+  <si>
+    <t>048dde64-af4a-4bec-9e2f-c7b9704b9203</t>
+  </si>
+  <si>
+    <t>AFFIDAMENTO DIRETTO A SOCIETA' RAGGRUPPATE/CONSORZIATE O CONTROLLATE NELLE CONCESSIONI E NEI PARTENARIATI</t>
+  </si>
+  <si>
+    <t>works</t>
+  </si>
+  <si>
+    <t>LAVORI PER SOSTITUZIONE RETI DI DISTRIBUZIONE IDRICHE PER CONTENIMENTO PERDITE - VIA CAPITONESE, PONTE SAN LORENZO, STRADA CAPPUCCINI NUOVI</t>
+  </si>
+  <si>
+    <t>direct</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>2019-02-27T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2024-07-16T18:32:42.345065</t>
+  </si>
+  <si>
+    <t>id-1.0</t>
+  </si>
+  <si>
     <t>ocds-70d2nz-68ce1bea-49b7-4858-bf88-ee1f08cc1334-2003-01-08T00:00:00.000Z</t>
   </si>
   <si>
-    <t>compiled</t>
-[...4 lines deleted...]
-  <si>
     <t>2003-01-08T00:00:00.000Z</t>
   </si>
   <si>
     <t>ocds-70d2nz-68ce1bea-49b7-4858-bf88-ee1f08cc1334</t>
   </si>
   <si>
-    <t>https://raw.githubusercontent.com/open-contracting/ocds_bid_extension/v1.1.1/extension.json</t>
-[...1 lines deleted...]
-  <si>
     <t>IT_body_312832bfc3d9ca5b663f61563a6eee95d07f345a0d12c406d681d30a209528a7</t>
   </si>
   <si>
     <t>DIREZIONE GENERALE BIBLIOTECHE E ISTITUTI CULTURALI</t>
   </si>
   <si>
     <t>68ce1bea-49b7-4858-bf88-ee1f08cc1334</t>
   </si>
   <si>
     <t>AFFIDAMENTO DIRETTO</t>
   </si>
   <si>
-    <t>works</t>
-[...1 lines deleted...]
-  <si>
     <t>LAVORI OCCORRENTI PER IL RESTAURO E RECUPERO FUNZIONALE DEL COMPLESSO MONUMENTALE DI VIA MEZZOCANNONE N. 8 ? NAPOLI, ADIBITO A BIBLIOTECA UNIVERSITARIA DI NAPOLI.</t>
   </si>
   <si>
-    <t>direct</t>
-[...4 lines deleted...]
-  <si>
     <t>2003-07-31T00:00:00.000Z</t>
   </si>
   <si>
     <t>2024-07-16T20:38:23.594733</t>
   </si>
   <si>
-    <t>id-1.0</t>
-[...31 lines deleted...]
-  <si>
     <t>id-2.0</t>
   </si>
   <si>
+    <t>ocds-70d2nz-9bd5c8e5-dd21-4dea-8ed9-0c50a63a7b02-2003-04-07T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2003-04-07T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-9bd5c8e5-dd21-4dea-8ed9-0c50a63a7b02</t>
+  </si>
+  <si>
+    <t>IT_body_d1fa9c836feb8087d67edd577d6f31a8e305b1726154cb998c609b75e8416876</t>
+  </si>
+  <si>
+    <t>CITTA' METROPOLITANA DI ROMA CAPITALE</t>
+  </si>
+  <si>
+    <t>9bd5c8e5-dd21-4dea-8ed9-0c50a63a7b02</t>
+  </si>
+  <si>
+    <t>PROCEDURA APERTA</t>
+  </si>
+  <si>
+    <t>RESTAURO E RIUSO DI PALAZZO ROSPIGLIOSI 1° STRALCIO</t>
+  </si>
+  <si>
+    <t>open</t>
+  </si>
+  <si>
+    <t>2003-05-07T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2025-02-11T21:08:20.434851</t>
+  </si>
+  <si>
+    <t>ratedCriteria</t>
+  </si>
+  <si>
+    <t>id-31.0</t>
+  </si>
+  <si>
     <t>ocds-70d2nz-8afc0433-4931-4228-8dc7-cfeabd6f87aa-2003-08-08T00:00:00.000Z</t>
   </si>
   <si>
     <t>2003-08-08T00:00:00.000Z</t>
   </si>
   <si>
     <t>ocds-70d2nz-8afc0433-4931-4228-8dc7-cfeabd6f87aa</t>
   </si>
   <si>
     <t>IT_body_79e298ed8e876012e8663e4a8e6651d091ab696d070047e98efb8df9cdfdcf4e</t>
   </si>
   <si>
     <t>COMUNE DI CAGLIARI</t>
   </si>
   <si>
     <t>8afc0433-4931-4228-8dc7-cfeabd6f87aa</t>
   </si>
   <si>
-    <t>PROCEDURA APERTA</t>
-[...1 lines deleted...]
-  <si>
     <t>LAVORI DI REALIZZAZIONE DEL PARCO ARCHEOLOGICO URBANO DI TUVIXEDDU</t>
   </si>
   <si>
-    <t>open</t>
-[...1 lines deleted...]
-  <si>
     <t>2003-09-23T00:00:00.000Z</t>
   </si>
   <si>
     <t>2025-02-11T21:06:23.124148</t>
   </si>
   <si>
+    <t>priceOnly</t>
+  </si>
+  <si>
     <t>PRICE: 100</t>
   </si>
   <si>
-    <t>priceOnly</t>
-[...34 lines deleted...]
-  <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>identifier_id</t>
   </si>
   <si>
     <t>identifier_scheme</t>
   </si>
   <si>
     <t>contactPoint_name</t>
   </si>
   <si>
     <t>id-0.0.parties.0</t>
   </si>
   <si>
     <t>buyer</t>
   </si>
   <si>
+    <t>TERNI</t>
+  </si>
+  <si>
+    <t>05100</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>01250250550</t>
+  </si>
+  <si>
+    <t>VAT</t>
+  </si>
+  <si>
+    <t>DIREZIONE GENERALE</t>
+  </si>
+  <si>
+    <t>id-1.0.parties.0</t>
+  </si>
+  <si>
     <t>ROMA</t>
   </si>
   <si>
     <t>00197</t>
   </si>
   <si>
-    <t>IT</t>
-[...1 lines deleted...]
-  <si>
     <t>00000000000</t>
   </si>
   <si>
-    <t>VAT</t>
-[...16 lines deleted...]
-  <si>
     <t>id-2.0.parties.0</t>
   </si>
   <si>
+    <t>N.A.</t>
+  </si>
+  <si>
+    <t>06214441005</t>
+  </si>
+  <si>
+    <t>DIPARTIMENTO VII SERVIZIO 2 VIABILITA' NORD</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.1</t>
+  </si>
+  <si>
+    <t>IT_body_52a2bdca67ce562a8f20a37d8a425945c770812e7491baf0bbbb7d22577ad139</t>
+  </si>
+  <si>
+    <t>IMPRESA INESISTENTE</t>
+  </si>
+  <si>
+    <t>supplier</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.2</t>
+  </si>
+  <si>
+    <t>IT_body_231fcc681c7909ad808f801e7bda28397cb4a3197906e3d1fab81de72f87fa69</t>
+  </si>
+  <si>
+    <t>DO.CO.FA SOCIETA' A RESPONSABILITA' LIMITATA IN LIQUIDAZIONE</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.3</t>
+  </si>
+  <si>
+    <t>IT_body_0b1104b6a80bc90664450b6b2eb933c806f339849301b5334119e9ba7065c4a9</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.4</t>
+  </si>
+  <si>
+    <t>IT_body_ddf8c4c4a223629b601687ddeea3ed04adfb402258c2074e46dea9c927bcce8c</t>
+  </si>
+  <si>
+    <t>MA.CO.P. S.R.L.</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0</t>
+  </si>
+  <si>
     <t>CAGLIARI</t>
   </si>
   <si>
-    <t>N.A.</t>
-[...1 lines deleted...]
-  <si>
     <t>00147990923</t>
   </si>
   <si>
     <t>LAVORI PUBBLICI</t>
   </si>
   <si>
-    <t>id-2.0.parties.1</t>
+    <t>id-31.0.parties.1</t>
   </si>
   <si>
     <t>IT_body_2b263d2d4aa170dd76a250598576f97adf00a58e42d4bf283e3b4ae8225f571a</t>
   </si>
   <si>
     <t>AGRIBIOTEC SOCIETA' COOPERATIVA A R.L.</t>
   </si>
   <si>
-    <t>supplier</t>
-[...2 lines deleted...]
-    <t>id-2.0.parties.2</t>
+    <t>id-31.0.parties.2</t>
   </si>
   <si>
     <t>IT_body_ea5385f099352f3ab32e78cd1fc216fa3d24857dfbe671b8ce53277152119b9a</t>
   </si>
   <si>
     <t>ECOFLORA 2 S.R.L.</t>
   </si>
   <si>
-    <t>id-2.0.parties.3</t>
+    <t>id-31.0.parties.3</t>
   </si>
   <si>
     <t>IT_body_7b05ee999b97bb148f8ee10058fc6ec6134367c7059adaf50e03e8524a8308e3</t>
   </si>
   <si>
     <t>ECO SABINA APPALTI S.R.L.</t>
   </si>
   <si>
-    <t>id-3.0.parties.0</t>
-[...40 lines deleted...]
-  <si>
     <t>_link_parties</t>
   </si>
   <si>
     <t>scheme</t>
   </si>
   <si>
     <t>id-0.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
+    <t>0000177645</t>
+  </si>
+  <si>
+    <t>SOURCE_ID</t>
+  </si>
+  <si>
+    <t>id-0.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>TAX_ID</t>
+  </si>
+  <si>
+    <t>id-1.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
     <t>80205730585</t>
   </si>
   <si>
-    <t>TAX_ID</t>
-[...2 lines deleted...]
-    <t>id-0.0.parties.0.additionalIdentifiers.1</t>
+    <t>id-1.0.parties.0.additionalIdentifiers.1</t>
   </si>
   <si>
     <t>0000238190</t>
   </si>
   <si>
-    <t>SOURCE_ID</t>
-[...10 lines deleted...]
-  <si>
     <t>id-2.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
+    <t>80034390585</t>
+  </si>
+  <si>
     <t>id-2.0.parties.0.additionalIdentifiers.1</t>
   </si>
   <si>
+    <t>0000244043</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.1.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>01576131005</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.2.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>06499830583</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.3.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>01606251005</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.4.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>01079681001</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
     <t>0000154125</t>
   </si>
   <si>
-    <t>id-2.0.parties.1.additionalIdentifiers.0</t>
+    <t>id-31.0.parties.1.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>02266880653</t>
   </si>
   <si>
-    <t>id-2.0.parties.2.additionalIdentifiers.0</t>
+    <t>id-31.0.parties.2.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>09690211009</t>
   </si>
   <si>
-    <t>id-2.0.parties.3.additionalIdentifiers.0</t>
+    <t>id-31.0.parties.3.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>10673361001</t>
   </si>
   <si>
-    <t>id-3.0.parties.0.additionalIdentifiers.0</t>
-[...34 lines deleted...]
-  <si>
     <t>value</t>
   </si>
   <si>
     <t>measure</t>
   </si>
   <si>
     <t>relatedLot</t>
   </si>
   <si>
     <t>id-0.0.bids.statistics.0</t>
   </si>
   <si>
     <t>statistic-1</t>
   </si>
   <si>
     <t>bids</t>
   </si>
   <si>
     <t>lot-1</t>
   </si>
   <si>
     <t>id-1.0.bids.statistics.0</t>
   </si>
   <si>
     <t>id-2.0.bids.statistics.0</t>
   </si>
   <si>
     <t>validBids</t>
   </si>
   <si>
-    <t>id-3.0.bids.statistics.0</t>
+    <t>id-31.0.bids.statistics.0</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>id-0.0.tender.lots.0</t>
   </si>
   <si>
     <t>https://raw.githubusercontent.com/open-contracting/ocds_lots_extension/v1.1.1/extension.json</t>
   </si>
   <si>
+    <t>id-1.0.tender.lots.0</t>
+  </si>
+  <si>
     <t>VARIANTE AI LAVORI OCCORRENTI PER IL RESTAURO E RECUPERO FUNZIONALE DEL COMPLESSO MONUMENTALE DI VIA MEZZOCANNONE N. 8 ? NAPOLI, ADIBITO A BIBLIOTECA UNIVERSITARIA DI NAPOLI.</t>
   </si>
   <si>
-    <t>id-1.0.tender.lots.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-2.0.tender.lots.0</t>
   </si>
   <si>
-    <t>id-3.0.tender.lots.0</t>
+    <t>id-31.0.tender.lots.0</t>
   </si>
   <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
     <t>id-0.0.tender.items.0</t>
   </si>
   <si>
     <t>item-1</t>
   </si>
   <si>
     <t>CPV</t>
   </si>
   <si>
     <t>id-1.0.tender.items.0</t>
   </si>
   <si>
     <t>id-2.0.tender.items.0</t>
   </si>
   <si>
-    <t>id-3.0.tender.items.0</t>
+    <t>id-31.0.tender.items.0</t>
   </si>
   <si>
     <t>documentType</t>
   </si>
   <si>
     <t>datePublished</t>
   </si>
   <si>
     <t>id-0.0.tender.documents.0</t>
   </si>
   <si>
     <t>document-2</t>
   </si>
   <si>
+    <t>https://dati.anticorruzione.it/opendata/download/dataset/7541173</t>
+  </si>
+  <si>
+    <t>tenderNotice</t>
+  </si>
+  <si>
+    <t>id-1.0.tender.documents.0</t>
+  </si>
+  <si>
     <t>https://dati.anticorruzione.it/opendata/download/dataset/2188378</t>
   </si>
   <si>
-    <t>tenderNotice</t>
-[...7 lines deleted...]
-  <si>
     <t>id-2.0.tender.documents.0</t>
   </si>
   <si>
+    <t>document-4</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/opendata/download/dataset/2623503</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.documents.0</t>
+  </si>
+  <si>
     <t>document-8</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/opendata/download/dataset/3639024</t>
   </si>
   <si>
-    <t>id-3.0.tender.documents.0</t>
-[...7 lines deleted...]
-  <si>
     <t>relatedLots</t>
   </si>
   <si>
     <t>relatedBid</t>
   </si>
   <si>
     <t>id-2.0.awards.0</t>
   </si>
   <si>
     <t>award-1</t>
   </si>
   <si>
+    <t>2004-12-31T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>bid-1</t>
+  </si>
+  <si>
+    <t>id-2.0.awards.1</t>
+  </si>
+  <si>
+    <t>award-2</t>
+  </si>
+  <si>
+    <t>bid-2</t>
+  </si>
+  <si>
+    <t>id-2.0.awards.2</t>
+  </si>
+  <si>
+    <t>award-3</t>
+  </si>
+  <si>
+    <t>bid-3</t>
+  </si>
+  <si>
+    <t>id-2.0.awards.3</t>
+  </si>
+  <si>
+    <t>award-4</t>
+  </si>
+  <si>
+    <t>bid-4</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0</t>
+  </si>
+  <si>
     <t>2003-10-16T00:00:00.000Z</t>
   </si>
   <si>
     <t>bid-6</t>
   </si>
   <si>
-    <t>id-2.0.awards.1</t>
-[...2 lines deleted...]
-    <t>award-2</t>
+    <t>id-31.0.awards.1</t>
   </si>
   <si>
     <t>bid-7</t>
   </si>
   <si>
-    <t>id-2.0.awards.2</t>
-[...2 lines deleted...]
-    <t>award-3</t>
+    <t>id-31.0.awards.2</t>
   </si>
   <si>
     <t>bid-8</t>
   </si>
   <si>
-    <t>id-3.0.awards.0</t>
-[...28 lines deleted...]
-  <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>id-2.0.awards.0.items.0</t>
   </si>
   <si>
     <t>id-2.0.awards.1.items.0</t>
   </si>
   <si>
     <t>id-2.0.awards.2.items.0</t>
   </si>
   <si>
-    <t>id-3.0.awards.0.items.0</t>
-[...8 lines deleted...]
-    <t>id-3.0.awards.3.items.0</t>
+    <t>id-2.0.awards.3.items.0</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.1.items.0</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.2.items.0</t>
   </si>
   <si>
     <t>id-2.0.awards.0.documents.0</t>
   </si>
   <si>
     <t>awardNotice</t>
   </si>
   <si>
+    <t>id-2.0.awards.1.documents.0</t>
+  </si>
+  <si>
+    <t>id-2.0.awards.2.documents.0</t>
+  </si>
+  <si>
+    <t>id-2.0.awards.3.documents.0</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0.documents.0</t>
+  </si>
+  <si>
     <t>2017-02-20T00:00:00.000Z</t>
   </si>
   <si>
-    <t>id-2.0.awards.1.documents.0</t>
-[...14 lines deleted...]
-    <t>id-3.0.awards.3.documents.0</t>
+    <t>id-31.0.awards.1.documents.0</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.2.documents.0</t>
   </si>
   <si>
     <t>id-2.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>id-2.0.awards.1.suppliers.0</t>
   </si>
   <si>
     <t>id-2.0.awards.2.suppliers.0</t>
   </si>
   <si>
-    <t>id-3.0.awards.0.suppliers.0</t>
-[...8 lines deleted...]
-    <t>id-3.0.awards.3.suppliers.0</t>
+    <t>id-2.0.awards.3.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.1.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.2.suppliers.0</t>
   </si>
   <si>
     <t>id-2.0.bids.details.0</t>
   </si>
   <si>
     <t>id-2.0.bids.details.1</t>
   </si>
   <si>
     <t>id-2.0.bids.details.2</t>
   </si>
   <si>
     <t>id-2.0.bids.details.3</t>
   </si>
   <si>
-    <t>id-2.0.bids.details.4</t>
+    <t>id-31.0.bids.details.0</t>
+  </si>
+  <si>
+    <t>id-31.0.bids.details.1</t>
+  </si>
+  <si>
+    <t>id-31.0.bids.details.2</t>
+  </si>
+  <si>
+    <t>id-31.0.bids.details.3</t>
+  </si>
+  <si>
+    <t>id-31.0.bids.details.4</t>
   </si>
   <si>
     <t>bid-5</t>
   </si>
   <si>
-    <t>id-2.0.bids.details.5</t>
-[...8 lines deleted...]
-    <t>id-2.0.bids.details.8</t>
+    <t>id-31.0.bids.details.5</t>
+  </si>
+  <si>
+    <t>id-31.0.bids.details.6</t>
+  </si>
+  <si>
+    <t>id-31.0.bids.details.7</t>
+  </si>
+  <si>
+    <t>id-31.0.bids.details.8</t>
   </si>
   <si>
     <t>bid-9</t>
   </si>
   <si>
-    <t>id-2.0.bids.details.9</t>
+    <t>id-31.0.bids.details.9</t>
   </si>
   <si>
     <t>bid-10</t>
   </si>
   <si>
-    <t>id-2.0.bids.details.10</t>
+    <t>id-31.0.bids.details.10</t>
   </si>
   <si>
     <t>bid-11</t>
   </si>
   <si>
-    <t>id-2.0.bids.details.11</t>
+    <t>id-31.0.bids.details.11</t>
   </si>
   <si>
     <t>bid-12</t>
   </si>
   <si>
-    <t>id-2.0.bids.details.12</t>
+    <t>id-31.0.bids.details.12</t>
   </si>
   <si>
     <t>bid-13</t>
   </si>
   <si>
-    <t>id-2.0.bids.details.13</t>
+    <t>id-31.0.bids.details.13</t>
   </si>
   <si>
     <t>bid-14</t>
   </si>
   <si>
-    <t>id-2.0.bids.details.14</t>
+    <t>id-31.0.bids.details.14</t>
   </si>
   <si>
     <t>bid-15</t>
   </si>
   <si>
-    <t>id-2.0.bids.details.15</t>
+    <t>id-31.0.bids.details.15</t>
   </si>
   <si>
     <t>bid-16</t>
   </si>
   <si>
-    <t>id-2.0.bids.details.16</t>
+    <t>id-31.0.bids.details.16</t>
   </si>
   <si>
     <t>bid-17</t>
   </si>
   <si>
-    <t>id-2.0.bids.details.17</t>
+    <t>id-31.0.bids.details.17</t>
   </si>
   <si>
     <t>bid-18</t>
   </si>
   <si>
-    <t>id-3.0.bids.details.0</t>
-[...10 lines deleted...]
-  <si>
     <t>_link_bids_details</t>
   </si>
   <si>
-    <t>id-2.0.bids.details.5.tenderers.0</t>
-[...17 lines deleted...]
-    <t>id-3.0.bids.details.3.tenderers.0</t>
+    <t>id-2.0.bids.details.0.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-2.0.bids.details.1.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-2.0.bids.details.2.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-2.0.bids.details.3.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.bids.details.5.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.bids.details.6.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.bids.details.7.tenderers.0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1345,51 +1345,51 @@
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2" t="s">
         <v>27</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2" t="s">
         <v>29</v>
       </c>
       <c r="K2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="s">
         <v>31</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2" t="s">
         <v>33</v>
       </c>
       <c r="O2">
-        <v>704742.46</v>
+        <v>305470.15</v>
       </c>
       <c r="P2" t="s">
         <v>34</v>
       </c>
       <c r="Q2" t="s">
         <v>35</v>
       </c>
       <c r="R2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>37</v>
       </c>
       <c r="B3" t="s">
         <v>38</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
@@ -1401,51 +1401,51 @@
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3" t="s">
         <v>41</v>
       </c>
       <c r="I3" t="s">
         <v>42</v>
       </c>
       <c r="J3" t="s">
         <v>43</v>
       </c>
       <c r="K3" t="s">
         <v>44</v>
       </c>
       <c r="L3" t="s">
         <v>31</v>
       </c>
       <c r="M3" t="s">
         <v>45</v>
       </c>
       <c r="N3" t="s">
         <v>33</v>
       </c>
       <c r="O3">
-        <v>305470.15</v>
+        <v>704742.46</v>
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
       <c r="Q3" t="s">
         <v>46</v>
       </c>
       <c r="R3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>48</v>
       </c>
       <c r="B4" t="s">
         <v>49</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
@@ -1457,121 +1457,121 @@
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>52</v>
       </c>
       <c r="I4" t="s">
         <v>53</v>
       </c>
       <c r="J4" t="s">
         <v>54</v>
       </c>
       <c r="K4" t="s">
         <v>55</v>
       </c>
       <c r="L4" t="s">
         <v>31</v>
       </c>
       <c r="M4" t="s">
         <v>56</v>
       </c>
       <c r="N4" t="s">
         <v>57</v>
       </c>
       <c r="O4">
-        <v>4761128</v>
+        <v>4393858.91</v>
       </c>
       <c r="P4" t="s">
         <v>34</v>
       </c>
       <c r="Q4" t="s">
         <v>58</v>
       </c>
       <c r="R4" t="s">
         <v>59</v>
       </c>
       <c r="S4" t="s">
         <v>60</v>
       </c>
-      <c r="T4" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>61</v>
+      </c>
+      <c r="B5" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F5" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5" t="s">
+        <v>65</v>
+      </c>
+      <c r="I5" t="s">
         <v>66</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="K5" t="s">
         <v>55</v>
       </c>
       <c r="L5" t="s">
         <v>31</v>
       </c>
       <c r="M5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="N5" t="s">
         <v>57</v>
       </c>
       <c r="O5">
-        <v>4393858.91</v>
+        <v>4761128</v>
       </c>
       <c r="P5" t="s">
         <v>34</v>
       </c>
       <c r="Q5" t="s">
+        <v>69</v>
+      </c>
+      <c r="R5" t="s">
         <v>70</v>
       </c>
-      <c r="R5" t="s">
+      <c r="S5" t="s">
         <v>71</v>
       </c>
       <c r="T5" t="s">
         <v>72</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>220</v>
@@ -1589,853 +1589,853 @@
         <v>184</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>228</v>
       </c>
       <c r="B2" t="s">
         <v>200</v>
       </c>
       <c r="C2" t="s">
         <v>48</v>
       </c>
       <c r="D2" t="s">
         <v>187</v>
       </c>
       <c r="E2" t="s">
         <v>194</v>
       </c>
       <c r="F2" t="s">
         <v>229</v>
       </c>
-      <c r="G2" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="B3" t="s">
         <v>204</v>
       </c>
       <c r="C3" t="s">
         <v>48</v>
       </c>
       <c r="D3" t="s">
         <v>187</v>
       </c>
       <c r="E3" t="s">
         <v>194</v>
       </c>
       <c r="F3" t="s">
         <v>229</v>
       </c>
-      <c r="G3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B4" t="s">
         <v>207</v>
       </c>
       <c r="C4" t="s">
         <v>48</v>
       </c>
       <c r="D4" t="s">
         <v>187</v>
       </c>
       <c r="E4" t="s">
         <v>194</v>
       </c>
       <c r="F4" t="s">
         <v>229</v>
       </c>
-      <c r="G4" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="B5" t="s">
         <v>210</v>
       </c>
       <c r="C5" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="D5" t="s">
         <v>187</v>
       </c>
       <c r="E5" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="F5" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="B6" t="s">
         <v>213</v>
       </c>
       <c r="C6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
         <v>187</v>
       </c>
       <c r="E6" t="s">
         <v>197</v>
       </c>
       <c r="F6" t="s">
         <v>229</v>
+      </c>
+      <c r="G6" t="s">
+        <v>234</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>235</v>
       </c>
       <c r="B7" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C7" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D7" t="s">
         <v>187</v>
       </c>
       <c r="E7" t="s">
         <v>197</v>
       </c>
       <c r="F7" t="s">
         <v>229</v>
+      </c>
+      <c r="G7" t="s">
+        <v>234</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>236</v>
       </c>
       <c r="B8" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C8" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D8" t="s">
         <v>187</v>
       </c>
       <c r="E8" t="s">
         <v>197</v>
       </c>
       <c r="F8" t="s">
         <v>229</v>
+      </c>
+      <c r="G8" t="s">
+        <v>234</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>220</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>237</v>
       </c>
       <c r="B2" t="s">
         <v>200</v>
       </c>
       <c r="C2" t="s">
         <v>48</v>
       </c>
       <c r="D2" t="s">
+        <v>99</v>
+      </c>
+      <c r="E2" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>238</v>
       </c>
       <c r="B3" t="s">
         <v>204</v>
       </c>
       <c r="C3" t="s">
         <v>48</v>
       </c>
       <c r="D3" t="s">
+        <v>103</v>
+      </c>
+      <c r="E3" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>239</v>
       </c>
       <c r="B4" t="s">
         <v>207</v>
       </c>
       <c r="C4" t="s">
         <v>48</v>
       </c>
       <c r="D4" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="E4" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>240</v>
       </c>
       <c r="B5" t="s">
         <v>210</v>
       </c>
       <c r="C5" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="D5" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="E5" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>241</v>
       </c>
       <c r="B6" t="s">
         <v>213</v>
       </c>
       <c r="C6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
+        <v>115</v>
+      </c>
+      <c r="E6" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>242</v>
       </c>
       <c r="B7" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C7" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D7" t="s">
+        <v>118</v>
+      </c>
+      <c r="E7" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>243</v>
       </c>
       <c r="B8" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C8" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D8" t="s">
         <v>121</v>
       </c>
       <c r="E8" t="s">
         <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>73</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>198</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>168</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>244</v>
       </c>
       <c r="B2" t="s">
         <v>48</v>
       </c>
       <c r="C2" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="D2" t="s">
         <v>161</v>
+      </c>
+      <c r="E2">
+        <v>4209485.57</v>
+      </c>
+      <c r="F2" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>245</v>
       </c>
       <c r="B3" t="s">
         <v>48</v>
       </c>
       <c r="C3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="D3" t="s">
         <v>161</v>
+      </c>
+      <c r="E3">
+        <v>4209485.57</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>246</v>
       </c>
       <c r="B4" t="s">
         <v>48</v>
       </c>
       <c r="C4" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="D4" t="s">
         <v>161</v>
+      </c>
+      <c r="E4">
+        <v>4209485.57</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>247</v>
       </c>
       <c r="B5" t="s">
         <v>48</v>
       </c>
       <c r="C5" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="D5" t="s">
         <v>161</v>
+      </c>
+      <c r="E5">
+        <v>4209485.57</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>248</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>249</v>
+        <v>203</v>
       </c>
       <c r="D6" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="B7" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="C7" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D7" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="C8" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="D8" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B9" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="C9" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D9" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>252</v>
+      </c>
+      <c r="B10" t="s">
+        <v>61</v>
+      </c>
+      <c r="C10" t="s">
         <v>253</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
       <c r="D10" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="B11" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="C11" t="s">
-        <v>256</v>
+        <v>215</v>
       </c>
       <c r="D11" t="s">
         <v>161</v>
+      </c>
+      <c r="E11">
+        <v>3936976.432</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B12" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="C12" t="s">
-        <v>258</v>
+        <v>217</v>
       </c>
       <c r="D12" t="s">
         <v>161</v>
+      </c>
+      <c r="E12">
+        <v>3936976.432</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="B13" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="C13" t="s">
-        <v>260</v>
+        <v>219</v>
       </c>
       <c r="D13" t="s">
         <v>161</v>
+      </c>
+      <c r="E13">
+        <v>3936976.432</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="B14" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="C14" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D14" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="B15" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="C15" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D15" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="B16" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="C16" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D16" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="C17" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="D17" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="B18" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="C18" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="D18" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="B19" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="C19" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="D19" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="B20" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C20" t="s">
-        <v>212</v>
+        <v>270</v>
       </c>
       <c r="D20" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="B21" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C21" t="s">
-        <v>214</v>
+        <v>272</v>
       </c>
       <c r="D21" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B22" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C22" t="s">
-        <v>216</v>
+        <v>274</v>
       </c>
       <c r="D22" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
+        <v>275</v>
+      </c>
+      <c r="B23" t="s">
+        <v>61</v>
+      </c>
+      <c r="C23" t="s">
         <v>276</v>
       </c>
-      <c r="B23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D23" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>277</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>278</v>
       </c>
       <c r="B2" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="C2" t="s">
         <v>48</v>
       </c>
       <c r="D2" t="s">
+        <v>99</v>
+      </c>
+      <c r="E2" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>279</v>
       </c>
       <c r="B3" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="C3" t="s">
         <v>48</v>
       </c>
       <c r="D3" t="s">
+        <v>103</v>
+      </c>
+      <c r="E3" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>280</v>
       </c>
       <c r="B4" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="C4" t="s">
         <v>48</v>
       </c>
       <c r="D4" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="E4" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>281</v>
       </c>
       <c r="B5" t="s">
-        <v>273</v>
+        <v>247</v>
       </c>
       <c r="C5" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="D5" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="E5" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>282</v>
       </c>
       <c r="B6" t="s">
-        <v>274</v>
+        <v>254</v>
       </c>
       <c r="C6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
+        <v>115</v>
+      </c>
+      <c r="E6" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>283</v>
       </c>
       <c r="B7" t="s">
-        <v>275</v>
+        <v>255</v>
       </c>
       <c r="C7" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D7" t="s">
+        <v>118</v>
+      </c>
+      <c r="E7" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>284</v>
       </c>
       <c r="B8" t="s">
-        <v>276</v>
+        <v>256</v>
       </c>
       <c r="C8" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D8" t="s">
         <v>121</v>
       </c>
       <c r="E8" t="s">
         <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -2480,275 +2480,275 @@
       <c r="C2" t="s">
         <v>27</v>
       </c>
       <c r="D2" t="s">
         <v>28</v>
       </c>
       <c r="E2" t="s">
         <v>83</v>
       </c>
       <c r="F2" t="s">
         <v>84</v>
       </c>
       <c r="G2" t="s">
         <v>85</v>
       </c>
       <c r="H2" t="s">
         <v>86</v>
       </c>
       <c r="I2" t="s">
         <v>87</v>
       </c>
       <c r="J2" t="s">
         <v>88</v>
       </c>
       <c r="K2" t="s">
-        <v>28</v>
+        <v>89</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B3" t="s">
         <v>37</v>
       </c>
       <c r="C3" t="s">
         <v>41</v>
       </c>
       <c r="D3" t="s">
         <v>42</v>
       </c>
       <c r="E3" t="s">
         <v>83</v>
       </c>
       <c r="F3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H3" t="s">
         <v>86</v>
       </c>
       <c r="I3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J3" t="s">
         <v>88</v>
       </c>
       <c r="K3" t="s">
-        <v>93</v>
+        <v>42</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>94</v>
       </c>
       <c r="B4" t="s">
         <v>48</v>
       </c>
       <c r="C4" t="s">
         <v>52</v>
       </c>
       <c r="D4" t="s">
         <v>53</v>
       </c>
       <c r="E4" t="s">
         <v>83</v>
       </c>
       <c r="F4" t="s">
+        <v>91</v>
+      </c>
+      <c r="G4" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="H4" t="s">
         <v>86</v>
       </c>
       <c r="I4" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J4" t="s">
         <v>88</v>
       </c>
       <c r="K4" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B5" t="s">
         <v>48</v>
       </c>
       <c r="C5" t="s">
+        <v>99</v>
+      </c>
+      <c r="D5" t="s">
         <v>100</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B6" t="s">
         <v>48</v>
       </c>
       <c r="C6" t="s">
+        <v>103</v>
+      </c>
+      <c r="D6" t="s">
         <v>104</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B7" t="s">
         <v>48</v>
       </c>
       <c r="C7" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="D7" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="E7" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>107</v>
+      </c>
+      <c r="B8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" t="s">
+        <v>108</v>
+      </c>
+      <c r="D8" t="s">
         <v>109</v>
       </c>
-      <c r="B8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>83</v>
-[...17 lines deleted...]
-        <v>111</v>
+        <v>101</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>110</v>
+      </c>
+      <c r="B9" t="s">
+        <v>61</v>
+      </c>
+      <c r="C9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>83</v>
+      </c>
+      <c r="F9" t="s">
+        <v>111</v>
+      </c>
+      <c r="G9" t="s">
+        <v>95</v>
+      </c>
+      <c r="H9" t="s">
+        <v>86</v>
+      </c>
+      <c r="I9" t="s">
         <v>112</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="J9" t="s">
+        <v>88</v>
+      </c>
+      <c r="K9" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>114</v>
+      </c>
+      <c r="B10" t="s">
+        <v>61</v>
+      </c>
+      <c r="C10" t="s">
         <v>115</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>116</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>117</v>
+      </c>
+      <c r="B11" t="s">
+        <v>61</v>
+      </c>
+      <c r="C11" t="s">
         <v>118</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>119</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>120</v>
       </c>
       <c r="B12" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C12" t="s">
         <v>121</v>
       </c>
       <c r="D12" t="s">
         <v>122</v>
       </c>
       <c r="E12" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>123</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>73</v>
       </c>
@@ -2765,275 +2765,275 @@
       </c>
       <c r="B2" t="s">
         <v>82</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>126</v>
       </c>
       <c r="E2" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>128</v>
       </c>
       <c r="B3" t="s">
         <v>82</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
+        <v>87</v>
+      </c>
+      <c r="E3" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C4" t="s">
         <v>37</v>
       </c>
       <c r="D4" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="E4" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B5" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C5" t="s">
         <v>37</v>
       </c>
       <c r="D5" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="E5" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>134</v>
       </c>
       <c r="B6" t="s">
         <v>94</v>
       </c>
       <c r="C6" t="s">
         <v>48</v>
       </c>
       <c r="D6" t="s">
-        <v>97</v>
+        <v>135</v>
       </c>
       <c r="E6" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B7" t="s">
         <v>94</v>
       </c>
       <c r="C7" t="s">
         <v>48</v>
       </c>
       <c r="D7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E7" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B8" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C8" t="s">
         <v>48</v>
       </c>
       <c r="D8" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E8" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B9" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C9" t="s">
         <v>48</v>
       </c>
       <c r="D9" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E9" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B10" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C10" t="s">
         <v>48</v>
       </c>
       <c r="D10" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E10" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B11" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C11" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="D11" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E11" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C12" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D12" t="s">
-        <v>146</v>
+        <v>112</v>
       </c>
       <c r="E12" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>147</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C13" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D13" t="s">
         <v>148</v>
       </c>
       <c r="E13" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>149</v>
       </c>
       <c r="B14" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C14" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D14" t="s">
         <v>150</v>
       </c>
       <c r="E14" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>151</v>
       </c>
       <c r="B15" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C15" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D15" t="s">
         <v>152</v>
       </c>
       <c r="E15" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>153</v>
       </c>
       <c r="B16" t="s">
         <v>120</v>
       </c>
       <c r="C16" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D16" t="s">
         <v>154</v>
       </c>
       <c r="E16" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>73</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -3076,71 +3076,71 @@
       </c>
       <c r="C3" t="s">
         <v>159</v>
       </c>
       <c r="D3">
         <v>0</v>
       </c>
       <c r="E3" t="s">
         <v>160</v>
       </c>
       <c r="F3" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>163</v>
       </c>
       <c r="B4" t="s">
         <v>48</v>
       </c>
       <c r="C4" t="s">
         <v>159</v>
       </c>
       <c r="D4">
-        <v>21</v>
+        <v>3</v>
       </c>
       <c r="E4" t="s">
         <v>164</v>
       </c>
       <c r="F4" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>165</v>
       </c>
       <c r="B5" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C5" t="s">
         <v>159</v>
       </c>
       <c r="D5">
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="E5" t="s">
         <v>164</v>
       </c>
       <c r="F5" t="s">
         <v>161</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -3155,123 +3155,123 @@
       </c>
       <c r="E1" s="1" t="s">
         <v>167</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>168</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>170</v>
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>161</v>
       </c>
       <c r="D2" t="s">
         <v>171</v>
       </c>
       <c r="E2" t="s">
-        <v>172</v>
+        <v>32</v>
       </c>
       <c r="F2">
-        <v>704742.46</v>
+        <v>305470.15</v>
       </c>
       <c r="G2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B3" t="s">
         <v>37</v>
       </c>
       <c r="C3" t="s">
         <v>161</v>
       </c>
       <c r="D3" t="s">
         <v>171</v>
       </c>
       <c r="E3" t="s">
-        <v>45</v>
+        <v>173</v>
       </c>
       <c r="F3">
-        <v>305470.15</v>
+        <v>704742.46</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>174</v>
       </c>
       <c r="B4" t="s">
         <v>48</v>
       </c>
       <c r="C4" t="s">
         <v>161</v>
       </c>
       <c r="D4" t="s">
         <v>171</v>
       </c>
       <c r="E4" t="s">
         <v>56</v>
       </c>
       <c r="F4">
-        <v>4761128.08</v>
+        <v>4393858.91</v>
       </c>
       <c r="G4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>175</v>
       </c>
       <c r="B5" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C5" t="s">
         <v>161</v>
       </c>
       <c r="D5" t="s">
         <v>171</v>
       </c>
       <c r="E5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F5">
-        <v>4393858.91</v>
+        <v>4761128.08</v>
       </c>
       <c r="G5" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>73</v>
       </c>
@@ -3280,111 +3280,111 @@
       </c>
       <c r="D1" s="1" t="s">
         <v>157</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>176</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>178</v>
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>179</v>
       </c>
       <c r="D2" t="s">
         <v>161</v>
       </c>
       <c r="E2">
-        <v>45454100</v>
+        <v>45240000</v>
       </c>
       <c r="F2" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>181</v>
       </c>
       <c r="B3" t="s">
         <v>37</v>
       </c>
       <c r="C3" t="s">
         <v>179</v>
       </c>
       <c r="D3" t="s">
         <v>161</v>
       </c>
       <c r="E3">
-        <v>45240000</v>
+        <v>45454100</v>
       </c>
       <c r="F3" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>182</v>
       </c>
       <c r="B4" t="s">
         <v>48</v>
       </c>
       <c r="C4" t="s">
         <v>179</v>
       </c>
       <c r="D4" t="s">
         <v>161</v>
       </c>
       <c r="E4">
-        <v>45112711</v>
+        <v>45212300</v>
       </c>
       <c r="F4" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>183</v>
       </c>
       <c r="B5" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C5" t="s">
         <v>179</v>
       </c>
       <c r="D5" t="s">
         <v>161</v>
       </c>
       <c r="E5">
-        <v>45212300</v>
+        <v>45112711</v>
       </c>
       <c r="F5" t="s">
         <v>180</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>73</v>
       </c>
@@ -3444,63 +3444,63 @@
     <row r="4">
       <c r="A4" t="s">
         <v>192</v>
       </c>
       <c r="B4" t="s">
         <v>48</v>
       </c>
       <c r="C4" t="s">
         <v>193</v>
       </c>
       <c r="D4" t="s">
         <v>194</v>
       </c>
       <c r="E4" t="s">
         <v>189</v>
       </c>
       <c r="F4" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>195</v>
       </c>
       <c r="B5" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C5" t="s">
         <v>196</v>
       </c>
       <c r="D5" t="s">
         <v>197</v>
       </c>
       <c r="E5" t="s">
         <v>189</v>
       </c>
       <c r="F5" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>73</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -3518,207 +3518,207 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>200</v>
       </c>
       <c r="B2" t="s">
         <v>48</v>
       </c>
       <c r="C2" t="s">
         <v>201</v>
       </c>
       <c r="D2" t="s">
         <v>202</v>
       </c>
       <c r="E2" t="s">
         <v>161</v>
       </c>
       <c r="F2" t="s">
         <v>203</v>
       </c>
       <c r="G2">
-        <v>3936976.432</v>
+        <v>4209485.57</v>
       </c>
       <c r="H2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>204</v>
       </c>
       <c r="B3" t="s">
         <v>48</v>
       </c>
       <c r="C3" t="s">
         <v>205</v>
       </c>
       <c r="D3" t="s">
         <v>202</v>
       </c>
       <c r="E3" t="s">
         <v>161</v>
       </c>
       <c r="F3" t="s">
         <v>206</v>
       </c>
       <c r="G3">
-        <v>3936976.432</v>
+        <v>4209485.57</v>
       </c>
       <c r="H3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>207</v>
       </c>
       <c r="B4" t="s">
         <v>48</v>
       </c>
       <c r="C4" t="s">
         <v>208</v>
       </c>
       <c r="D4" t="s">
         <v>202</v>
       </c>
       <c r="E4" t="s">
         <v>161</v>
       </c>
       <c r="F4" t="s">
         <v>209</v>
       </c>
       <c r="G4">
-        <v>3936976.432</v>
+        <v>4209485.57</v>
       </c>
       <c r="H4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>210</v>
       </c>
       <c r="B5" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
-        <v>201</v>
+        <v>211</v>
       </c>
       <c r="D5" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="E5" t="s">
         <v>161</v>
       </c>
       <c r="F5" t="s">
         <v>212</v>
       </c>
       <c r="G5">
         <v>4209485.57</v>
       </c>
       <c r="H5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>213</v>
       </c>
       <c r="B6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D6" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="E6" t="s">
         <v>161</v>
       </c>
       <c r="F6" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G6">
-        <v>4209485.57</v>
+        <v>3936976.432</v>
       </c>
       <c r="H6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B7" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C7" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D7" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="E7" t="s">
         <v>161</v>
       </c>
       <c r="F7" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G7">
-        <v>4209485.57</v>
+        <v>3936976.432</v>
       </c>
       <c r="H7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C8" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="D8" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="E8" t="s">
         <v>161</v>
       </c>
       <c r="F8" t="s">
         <v>219</v>
       </c>
       <c r="G8">
-        <v>4209485.57</v>
+        <v>3936976.432</v>
       </c>
       <c r="H8" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>220</v>
       </c>
@@ -3733,189 +3733,189 @@
       </c>
       <c r="F1" s="1" t="s">
         <v>176</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>221</v>
       </c>
       <c r="B2" t="s">
         <v>200</v>
       </c>
       <c r="C2" t="s">
         <v>48</v>
       </c>
       <c r="D2" t="s">
         <v>179</v>
       </c>
       <c r="E2" t="s">
         <v>161</v>
       </c>
       <c r="F2">
-        <v>45112711</v>
+        <v>45212300</v>
       </c>
       <c r="G2" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>222</v>
       </c>
       <c r="B3" t="s">
         <v>204</v>
       </c>
       <c r="C3" t="s">
         <v>48</v>
       </c>
       <c r="D3" t="s">
         <v>179</v>
       </c>
       <c r="E3" t="s">
         <v>161</v>
       </c>
       <c r="F3">
-        <v>45112711</v>
+        <v>45212300</v>
       </c>
       <c r="G3" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>223</v>
       </c>
       <c r="B4" t="s">
         <v>207</v>
       </c>
       <c r="C4" t="s">
         <v>48</v>
       </c>
       <c r="D4" t="s">
         <v>179</v>
       </c>
       <c r="E4" t="s">
         <v>161</v>
       </c>
       <c r="F4">
-        <v>45112711</v>
+        <v>45212300</v>
       </c>
       <c r="G4" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>224</v>
       </c>
       <c r="B5" t="s">
         <v>210</v>
       </c>
       <c r="C5" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="D5" t="s">
         <v>179</v>
       </c>
       <c r="E5" t="s">
         <v>161</v>
       </c>
       <c r="F5">
         <v>45212300</v>
       </c>
       <c r="G5" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>225</v>
       </c>
       <c r="B6" t="s">
         <v>213</v>
       </c>
       <c r="C6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
         <v>179</v>
       </c>
       <c r="E6" t="s">
         <v>161</v>
       </c>
       <c r="F6">
-        <v>45212300</v>
+        <v>45112711</v>
       </c>
       <c r="G6" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>226</v>
       </c>
       <c r="B7" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C7" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D7" t="s">
         <v>179</v>
       </c>
       <c r="E7" t="s">
         <v>161</v>
       </c>
       <c r="F7">
-        <v>45212300</v>
+        <v>45112711</v>
       </c>
       <c r="G7" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>227</v>
       </c>
       <c r="B8" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C8" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D8" t="s">
         <v>179</v>
       </c>
       <c r="E8" t="s">
         <v>161</v>
       </c>
       <c r="F8">
-        <v>45212300</v>
+        <v>45112711</v>
       </c>
       <c r="G8" t="s">
         <v>180</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>