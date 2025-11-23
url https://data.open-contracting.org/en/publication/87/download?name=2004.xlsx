--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -99,1176 +99,1176 @@
   <si>
     <t>tender_procurementMethod</t>
   </si>
   <si>
     <t>tender_value_amount</t>
   </si>
   <si>
     <t>tender_value_currency</t>
   </si>
   <si>
     <t>tender_tenderPeriod_endDate</t>
   </si>
   <si>
     <t>metaData_modified</t>
   </si>
   <si>
     <t>tender_awardCriteriaDetails</t>
   </si>
   <si>
     <t>tender_awardCriteria</t>
   </si>
   <si>
     <t>id-0.0</t>
   </si>
   <si>
+    <t>ocds-70d2nz-2b990077-3dd9-4df3-a745-bbcfaad24d50-2004-02-06T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>compiled</t>
+  </si>
+  <si>
+    <t>tender</t>
+  </si>
+  <si>
+    <t>2004-02-06T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-2b990077-3dd9-4df3-a745-bbcfaad24d50</t>
+  </si>
+  <si>
+    <t>https://raw.githubusercontent.com/open-contracting/ocds_bid_extension/v1.1.1/extension.json</t>
+  </si>
+  <si>
+    <t>IT_body_9b2b43d6f21903bec481955ec9f88ce9e31be5e224436eb8123a9e4a3aed49d8</t>
+  </si>
+  <si>
+    <t>AZIENDA OSPEDALIERA PER L'EMERGENZA CANNIZZARO</t>
+  </si>
+  <si>
+    <t>2b990077-3dd9-4df3-a745-bbcfaad24d50</t>
+  </si>
+  <si>
+    <t>AFFIDAMENTO IN ECONOMIA - COTTIMO FIDUCIARIO</t>
+  </si>
+  <si>
+    <t>goods</t>
+  </si>
+  <si>
+    <t>ESPLETAMENTO DEGLI ACCERTAMENTI DI CITOGENETICA E BIOLOGIA MOLECOLARE PER LA DIVISIONE DI OSTETRICIA E GINECOLOGIA</t>
+  </si>
+  <si>
+    <t>selective</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>2004-02-10T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2024-07-16T15:27:23.50205</t>
+  </si>
+  <si>
+    <t>id-1.0</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-a4335a38-7dce-4c52-9751-2bed75c61912-2004-10-22T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2004-10-22T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-a4335a38-7dce-4c52-9751-2bed75c61912</t>
+  </si>
+  <si>
+    <t>IT_body_ca0b7bcf4fad3bbe20dec8be95bd983ef0bf89e34536a19e3e4b8ea9908273ba</t>
+  </si>
+  <si>
+    <t>COMUNE DI CATANIA</t>
+  </si>
+  <si>
+    <t>a4335a38-7dce-4c52-9751-2bed75c61912</t>
+  </si>
+  <si>
+    <t>PROCEDURA APERTA</t>
+  </si>
+  <si>
+    <t>works</t>
+  </si>
+  <si>
+    <t>LAVORI DI COMPLETAMENTO DELLA RETE FOGNANTE QUARTIERE PIGNO BII 97/8</t>
+  </si>
+  <si>
+    <t>open</t>
+  </si>
+  <si>
+    <t>2004-12-03T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2024-07-16T19:26:36.82784</t>
+  </si>
+  <si>
+    <t>id-2.0</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-ae15dc7e-4600-4b93-b012-1951cc4b57ec-2004-11-19T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2004-11-19T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-ae15dc7e-4600-4b93-b012-1951cc4b57ec</t>
+  </si>
+  <si>
+    <t>ae15dc7e-4600-4b93-b012-1951cc4b57ec</t>
+  </si>
+  <si>
+    <t>LAVORI DI CONSOLIDAMENTO DELLA COLLINA MONTE PÒ</t>
+  </si>
+  <si>
+    <t>2004-12-15T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2024-07-16T15:03:04.282537</t>
+  </si>
+  <si>
+    <t>id-3.0</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-b0b8deb3-fb39-44a0-aaa6-4b1f9626f1d6-2004-06-29T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2004-06-29T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-b0b8deb3-fb39-44a0-aaa6-4b1f9626f1d6</t>
+  </si>
+  <si>
+    <t>IT_body_9e21f6a343ad28199d18bb44ea6c8bff506de066da66de9f9cf0a2233ee60e82</t>
+  </si>
+  <si>
+    <t>AMMINISTRAZIONE PROVINCIALE DI SASSARI</t>
+  </si>
+  <si>
+    <t>b0b8deb3-fb39-44a0-aaa6-4b1f9626f1d6</t>
+  </si>
+  <si>
+    <t>LAVORI DI MIGLIORAMENTO DELLA FUNZIONALITÀ DEL DEPURATORE CASSIS DI PORTO TORRES FINALIZZATA ALL'ELIMINAZIONE DELLE FONTI DI AEROSOL INQUINANTI</t>
+  </si>
+  <si>
+    <t>2004-11-30T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2025-02-11T21:10:43.964863</t>
+  </si>
+  <si>
+    <t>PRICE: 100</t>
+  </si>
+  <si>
+    <t>priceOnly</t>
+  </si>
+  <si>
+    <t>id-4.0</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-bbc487d4-3b57-4d3c-95ab-ea5d35492272-2004-10-14T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2004-10-14T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-bbc487d4-3b57-4d3c-95ab-ea5d35492272</t>
+  </si>
+  <si>
+    <t>IT_body_01e65b9558ca4edfeb11a4030f4da33ad5c650e3c016f98e63ec50d2c5b10b49</t>
+  </si>
+  <si>
+    <t>COMUNE DI CASALEONE</t>
+  </si>
+  <si>
+    <t>bbc487d4-3b57-4d3c-95ab-ea5d35492272</t>
+  </si>
+  <si>
+    <t>PIANO PARTICOLAREGGIATO VENERA UNO</t>
+  </si>
+  <si>
+    <t>2025-02-11T21:11:59.949515</t>
+  </si>
+  <si>
+    <t>id-5.0</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-c3e6be78-2742-4ce1-9ccb-651c1479cee1-2004-05-10T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2004-05-10T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-c3e6be78-2742-4ce1-9ccb-651c1479cee1</t>
+  </si>
+  <si>
+    <t>IT_body_fe4f6c01111adf029cbead796fa5dd2cc1494b4758483d6412b74fb1ff069c9b</t>
+  </si>
+  <si>
+    <t>AZIENDA SANITARIA LOCALE N. 5 DI ORISTANO</t>
+  </si>
+  <si>
+    <t>c3e6be78-2742-4ce1-9ccb-651c1479cee1</t>
+  </si>
+  <si>
+    <t>LAVORI DI ?RIQUALIFICAZIONE TECNOLOGICA E ADEGUAMENTO NORMATIVA CORPO ?P? NEL P.O. SAN MARTINO DI ORISTANO</t>
+  </si>
+  <si>
+    <t>2004-06-09T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2024-09-21T03:19:23.177148</t>
+  </si>
+  <si>
+    <t>id-6.0</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-e131129e-3349-4a01-9e66-ffcf15fd8711-2004-05-05T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2004-05-05T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-e131129e-3349-4a01-9e66-ffcf15fd8711</t>
+  </si>
+  <si>
+    <t>IT_body_9eb38a28f35335bf8c24ffc8b3288c9974b3da013241cf86a31f1643f17cfbdd</t>
+  </si>
+  <si>
+    <t>CONSORZIO AREA SVILUPPO INDUSTRIALE PROV. BN</t>
+  </si>
+  <si>
+    <t>e131129e-3349-4a01-9e66-ffcf15fd8711</t>
+  </si>
+  <si>
+    <t>LAVORI DI REALIZZAZIONE DELLE INFRASTRUTTURE PRIMARIE ZONA Z3 DELL'AGGLOMERATO INDUSTRIALE DI PONTE VALENTINO</t>
+  </si>
+  <si>
+    <t>2004-06-08T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2025-02-11T21:16:19.704994</t>
+  </si>
+  <si>
+    <t>ratedCriteria</t>
+  </si>
+  <si>
+    <t>id-7.0</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-c4aa9fb9-b068-4f1f-8978-97a960d4cd0c-2004-08-16T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2004-08-16T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-c4aa9fb9-b068-4f1f-8978-97a960d4cd0c</t>
+  </si>
+  <si>
+    <t>IT_body_0c4e54fa3e5174e18f373daf3e715a257a8f3f16be2d8c8fbd1487446cbd1e55</t>
+  </si>
+  <si>
+    <t>COMUNE DI VELLETRI</t>
+  </si>
+  <si>
+    <t>c4aa9fb9-b068-4f1f-8978-97a960d4cd0c</t>
+  </si>
+  <si>
+    <t>LAVORI DI COMPLETAMENTO E AMPLIAMENTO PALAZZO DELLO SPORT E PISCINE COMUNALI</t>
+  </si>
+  <si>
+    <t>2004-09-13T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2025-02-11T21:13:01.450909</t>
+  </si>
+  <si>
+    <t>id-8.0</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-f058b1ed-3255-4cca-b832-a28e60bb8605-2004-05-13T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2004-05-13T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-f058b1ed-3255-4cca-b832-a28e60bb8605</t>
+  </si>
+  <si>
+    <t>IT_body_0e1cdf3e37911625ffa869dd595a9d7e4fd59e58ec1040d8c6db84021317685b</t>
+  </si>
+  <si>
+    <t>COMUNE DI GONZAGA</t>
+  </si>
+  <si>
+    <t>f058b1ed-3255-4cca-b832-a28e60bb8605</t>
+  </si>
+  <si>
+    <t>PROCEDURA SELETTIVA EX ART. 238 C.7, D.LGS. 163/2006</t>
+  </si>
+  <si>
+    <t>CONCESSIONE PER LA COSTRUZIONE E GESTIONE DELLA RSA E DELLA CUCINA CENTRALIZZATA DI GONZAGA</t>
+  </si>
+  <si>
+    <t>limited</t>
+  </si>
+  <si>
+    <t>2004-06-30T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2024-07-16T20:05:31.360328</t>
+  </si>
+  <si>
+    <t>id-31.0</t>
+  </si>
+  <si>
     <t>ocds-70d2nz-93e6db42-2da8-46f3-81ae-9169c6f73969-2004-12-30T00:00:00.000Z</t>
   </si>
   <si>
-    <t>compiled</t>
-[...4 lines deleted...]
-  <si>
     <t>2004-12-30T00:00:00.000Z</t>
   </si>
   <si>
     <t>ocds-70d2nz-93e6db42-2da8-46f3-81ae-9169c6f73969</t>
   </si>
   <si>
-    <t>https://raw.githubusercontent.com/open-contracting/ocds_bid_extension/v1.1.1/extension.json</t>
-[...1 lines deleted...]
-  <si>
     <t>IT_body_ba4d89e4589db431394e4ba12461d1df67c1d5a2d00a7617b8fe4b3f445235b6</t>
   </si>
   <si>
     <t>COMUNE DI PANTELLERIA</t>
   </si>
   <si>
     <t>93e6db42-2da8-46f3-81ae-9169c6f73969</t>
   </si>
   <si>
-    <t>PROCEDURA APERTA</t>
-[...4 lines deleted...]
-  <si>
     <t>LAVORI DI SISTEMAZIONE E RECUPERO AMBIENTALE DELLE FASCE COSTIERE COMPRESE TRA PUNTA SAN LEONARDO E PUNTA BUE MARINO E FRA LA ZONA DI ARENELLA E CUDDIE ROSSE</t>
   </si>
   <si>
-    <t>open</t>
-[...4 lines deleted...]
-  <si>
     <t>2005-02-23T00:00:00.000Z</t>
   </si>
   <si>
     <t>2024-07-16T21:12:33.619343</t>
   </si>
   <si>
-    <t>id-1.0</t>
-[...283 lines deleted...]
-  <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>identifier_id</t>
   </si>
   <si>
     <t>identifier_scheme</t>
   </si>
   <si>
     <t>contactPoint_name</t>
   </si>
   <si>
     <t>id-0.0.parties.0</t>
   </si>
   <si>
     <t>buyer</t>
   </si>
   <si>
+    <t>CATANIA</t>
+  </si>
+  <si>
+    <t>95126</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>04721280875</t>
+  </si>
+  <si>
+    <t>VAT</t>
+  </si>
+  <si>
+    <t>SETTORE PROVVEDITORATO ED ECONOMATO</t>
+  </si>
+  <si>
+    <t>id-1.0.parties.0</t>
+  </si>
+  <si>
+    <t>95124</t>
+  </si>
+  <si>
+    <t>00137020871</t>
+  </si>
+  <si>
+    <t>DIREZIONE MANUTENZIONI EDILIZIE E ADEGUAMENTO IMMOBILI - MANUTENZIONE STRADE</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.0</t>
+  </si>
+  <si>
+    <t>SASSARI</t>
+  </si>
+  <si>
+    <t>07100</t>
+  </si>
+  <si>
+    <t>00230190902</t>
+  </si>
+  <si>
+    <t>SETTORE 4 EDILIZIA- PATRIMONIO NORD OVEST - SICUREZZA</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.1</t>
+  </si>
+  <si>
+    <t>IT_body_0af44f7c09382cabef56570dfcdeaceda493fdc1ab77e664b4d7afa1e91910a2</t>
+  </si>
+  <si>
+    <t>GALLI UGO</t>
+  </si>
+  <si>
+    <t>supplier</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.2</t>
+  </si>
+  <si>
+    <t>IT_body_e1e686649f8fcfb33e1958cfbe323e107d0999b4c3c868ddfcf26b20fb1795fb</t>
+  </si>
+  <si>
+    <t>B.G.R. S.R.L. IN LIQUIDAZIONE</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.3</t>
+  </si>
+  <si>
+    <t>IT_body_1eca60906a38c2994867594264e21b6854d54fe468fb45fa9f684e6ba2f8f18d</t>
+  </si>
+  <si>
+    <t>SARTI BATTISTA</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.0</t>
+  </si>
+  <si>
+    <t>VERONA</t>
+  </si>
+  <si>
+    <t>37052</t>
+  </si>
+  <si>
+    <t>00659900237</t>
+  </si>
+  <si>
+    <t>UFFICIO LAVORI PUBBLICI</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.1</t>
+  </si>
+  <si>
+    <t>IT_body_a0760289bd8aae3795a4899131d7f2d0b2b15b1ebfa2b08c7cc60e883e2a6b2b</t>
+  </si>
+  <si>
+    <t>ILMET S.R.L.</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.0</t>
+  </si>
+  <si>
+    <t>ORISTANO</t>
+  </si>
+  <si>
+    <t>09170</t>
+  </si>
+  <si>
+    <t>00681110953</t>
+  </si>
+  <si>
+    <t>SERVIZIO ACQUISIZIONE BENI</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.1</t>
+  </si>
+  <si>
+    <t>IT_body_20e8cc454709f78ce8be017ab589ab51ccdf14a6862d6615fef1545598d837b3</t>
+  </si>
+  <si>
+    <t>IMPRESA INESISTENTE</t>
+  </si>
+  <si>
+    <t>tenderer</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.0</t>
+  </si>
+  <si>
+    <t>BENEVENTO</t>
+  </si>
+  <si>
+    <t>82100</t>
+  </si>
+  <si>
+    <t>00853640621</t>
+  </si>
+  <si>
+    <t>UFFICIO TECNICO</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.1</t>
+  </si>
+  <si>
+    <t>IT_body_e96c7d979d04c6a25a295f8b74ff0330659d711b75372736f3cdeb993a2bab54</t>
+  </si>
+  <si>
+    <t>RILLO COSTRUZIONI S.R.L.</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.0</t>
+  </si>
+  <si>
+    <t>ROMA</t>
+  </si>
+  <si>
+    <t>00049</t>
+  </si>
+  <si>
+    <t>01001051000</t>
+  </si>
+  <si>
+    <t>SETTORE OPERE PUBBLICHE</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.1</t>
+  </si>
+  <si>
+    <t>IT_body_0b1104b6a80bc90664450b6b2eb933c806f339849301b5334119e9ba7065c4a9</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.0</t>
+  </si>
+  <si>
+    <t>MANTOVA</t>
+  </si>
+  <si>
+    <t>46023</t>
+  </si>
+  <si>
+    <t>00253340202</t>
+  </si>
+  <si>
+    <t>UFFICIO TECNICO COMUNALE</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0</t>
+  </si>
+  <si>
     <t>TRAPANI</t>
   </si>
   <si>
     <t>91017</t>
   </si>
   <si>
-    <t>IT</t>
-[...1 lines deleted...]
-  <si>
     <t>00247990815</t>
   </si>
   <si>
-    <t>VAT</t>
-[...1 lines deleted...]
-  <si>
     <t>UFFICIO TECNICO SETTORE VIII</t>
   </si>
   <si>
-    <t>id-1.0.parties.0</t>
-[...184 lines deleted...]
-  <si>
     <t>_link_parties</t>
   </si>
   <si>
     <t>scheme</t>
   </si>
   <si>
     <t>id-0.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
+    <t>0000218640</t>
+  </si>
+  <si>
+    <t>SOURCE_ID</t>
+  </si>
+  <si>
+    <t>id-0.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>TAX_ID</t>
+  </si>
+  <si>
+    <t>id-1.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>0000158381</t>
+  </si>
+  <si>
+    <t>id-1.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>0000157420</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.1.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>GLLGUO64E31D530N</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.2.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>00416360287</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.3.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>SRTBTS40P09B524E</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>0000166941</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.1.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>00271420200</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>0000166168</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.1.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>01410051005</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>0000235530</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>80003310622</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.1.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>00872070628</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>0000181306</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>01493120586</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.1.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>01606251005</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>0000157104</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
     <t>0000154804</t>
   </si>
   <si>
-    <t>SOURCE_ID</t>
-[...130 lines deleted...]
-  <si>
     <t>id-31.0.parties.0.additionalIdentifiers.1</t>
   </si>
   <si>
     <t>value</t>
   </si>
   <si>
     <t>measure</t>
   </si>
   <si>
     <t>relatedLot</t>
   </si>
   <si>
     <t>id-0.0.bids.statistics.0</t>
   </si>
   <si>
     <t>statistic-1</t>
   </si>
   <si>
     <t>bids</t>
   </si>
   <si>
     <t>lot-1</t>
   </si>
   <si>
     <t>id-1.0.bids.statistics.0</t>
   </si>
   <si>
+    <t>id-2.0.bids.statistics.0</t>
+  </si>
+  <si>
+    <t>id-3.0.bids.statistics.0</t>
+  </si>
+  <si>
     <t>validBids</t>
   </si>
   <si>
-    <t>id-2.0.bids.statistics.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-4.0.bids.statistics.0</t>
   </si>
   <si>
     <t>id-5.0.bids.statistics.0</t>
   </si>
   <si>
     <t>id-6.0.bids.statistics.0</t>
   </si>
   <si>
+    <t>id-6.0.bids.statistics.1</t>
+  </si>
+  <si>
+    <t>statistic-2</t>
+  </si>
+  <si>
     <t>id-7.0.bids.statistics.0</t>
   </si>
   <si>
-    <t>id-7.0.bids.statistics.1</t>
-[...5 lines deleted...]
-    <t>id-9.0.bids.statistics.0</t>
+    <t>id-8.0.bids.statistics.0</t>
   </si>
   <si>
     <t>id-31.0.bids.statistics.0</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>id-0.0.tender.lots.0</t>
   </si>
   <si>
     <t>https://raw.githubusercontent.com/open-contracting/ocds_lots_extension/v1.1.1/extension.json</t>
   </si>
   <si>
+    <t>ACCERTAMENTI DI CITOGENETICA E BIOLOGIA MOLECOLARE</t>
+  </si>
+  <si>
     <t>id-1.0.tender.lots.0</t>
   </si>
   <si>
     <t>id-2.0.tender.lots.0</t>
   </si>
   <si>
     <t>id-3.0.tender.lots.0</t>
   </si>
   <si>
     <t>id-4.0.tender.lots.0</t>
   </si>
   <si>
     <t>id-5.0.tender.lots.0</t>
   </si>
   <si>
     <t>id-6.0.tender.lots.0</t>
   </si>
   <si>
+    <t>LAVORI DI REALIZZAZIONE DELLE INFRASTRUTTURE PRIMARIE IN ZONA Z3 DELL'AGGLOMERATO INDUSTRIALE DI PONTE VALENTINO</t>
+  </si>
+  <si>
     <t>id-7.0.tender.lots.0</t>
   </si>
   <si>
-    <t>LAVORI DI REALIZZAZIONE DELLE INFRASTRUTTURE PRIMARIE IN ZONA Z3 DELL'AGGLOMERATO INDUSTRIALE DI PONTE VALENTINO</t>
-[...2 lines deleted...]
-    <t>id-9.0.tender.lots.0</t>
+    <t>id-8.0.tender.lots.0</t>
   </si>
   <si>
     <t>id-31.0.tender.lots.0</t>
   </si>
   <si>
-    <t>ACCERTAMENTI DI CITOGENETICA E BIOLOGIA MOLECOLARE</t>
-[...1 lines deleted...]
-  <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
     <t>id-0.0.tender.items.0</t>
   </si>
   <si>
     <t>item-1</t>
   </si>
   <si>
     <t>CPV</t>
   </si>
   <si>
     <t>id-1.0.tender.items.0</t>
   </si>
   <si>
     <t>id-2.0.tender.items.0</t>
   </si>
   <si>
     <t>id-3.0.tender.items.0</t>
   </si>
   <si>
     <t>id-4.0.tender.items.0</t>
   </si>
   <si>
     <t>id-5.0.tender.items.0</t>
   </si>
   <si>
     <t>id-6.0.tender.items.0</t>
   </si>
   <si>
     <t>id-7.0.tender.items.0</t>
   </si>
   <si>
-    <t>id-9.0.tender.items.0</t>
+    <t>id-8.0.tender.items.0</t>
   </si>
   <si>
     <t>id-31.0.tender.items.0</t>
   </si>
   <si>
     <t>documentType</t>
   </si>
   <si>
     <t>datePublished</t>
   </si>
   <si>
     <t>id-0.0.tender.documents.0</t>
   </si>
   <si>
     <t>document-2</t>
   </si>
   <si>
+    <t>https://dati.anticorruzione.it/opendata/download/dataset/3429962</t>
+  </si>
+  <si>
+    <t>tenderNotice</t>
+  </si>
+  <si>
+    <t>id-1.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/opendata/download/dataset/2847235</t>
+  </si>
+  <si>
+    <t>id-2.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/opendata/download/dataset/3680454</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>document-4</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/opendata/download/dataset/3677182</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/opendata/download/dataset/3290424</t>
+  </si>
+  <si>
+    <t>id-5.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>document-6</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/opendata/download/dataset/4970123</t>
+  </si>
+  <si>
+    <t>id-6.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/opendata/download/dataset/2817708</t>
+  </si>
+  <si>
+    <t>id-7.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>document-5</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/opendata/download/dataset/3853003</t>
+  </si>
+  <si>
+    <t>id-8.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/opendata/download/dataset/2779509</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.documents.0</t>
+  </si>
+  <si>
     <t>https://dati.anticorruzione.it/opendata/download/dataset/5577845</t>
   </si>
   <si>
-    <t>tenderNotice</t>
-[...64 lines deleted...]
-  <si>
     <t>relatedLots</t>
   </si>
   <si>
     <t>relatedBid</t>
   </si>
   <si>
-    <t>id-1.0.awards.0</t>
+    <t>id-3.0.awards.0</t>
   </si>
   <si>
     <t>award-1</t>
   </si>
   <si>
+    <t>2005-09-30T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>bid-1</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.1</t>
+  </si>
+  <si>
+    <t>award-2</t>
+  </si>
+  <si>
+    <t>bid-2</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.2</t>
+  </si>
+  <si>
+    <t>award-3</t>
+  </si>
+  <si>
+    <t>bid-3</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0</t>
+  </si>
+  <si>
+    <t>2004-12-10T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>id-6.0.awards.0</t>
+  </si>
+  <si>
+    <t>2004-06-28T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>id-7.0.awards.0</t>
+  </si>
+  <si>
     <t>2004-11-16T00:00:00.000Z</t>
   </si>
   <si>
-    <t>bid-1</t>
-[...37 lines deleted...]
-  <si>
     <t>_link_awards</t>
   </si>
   <si>
-    <t>id-1.0.awards.0.items.0</t>
+    <t>id-3.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.1.items.0</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.2.items.0</t>
   </si>
   <si>
     <t>id-4.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>id-4.0.awards.1.items.0</t>
-[...5 lines deleted...]
-    <t>id-5.0.awards.0.items.0</t>
+    <t>id-6.0.awards.0.items.0</t>
   </si>
   <si>
     <t>id-7.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>id-1.0.awards.0.documents.0</t>
+    <t>id-3.0.awards.0.documents.0</t>
   </si>
   <si>
     <t>awardNotice</t>
   </si>
   <si>
+    <t>2013-03-05T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.1.documents.0</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.2.documents.0</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>2015-10-23T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>id-6.0.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>2017-11-17T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>id-7.0.awards.0.documents.0</t>
+  </si>
+  <si>
     <t>2017-08-18T00:00:00.000Z</t>
   </si>
   <si>
-    <t>id-4.0.awards.0.documents.0</t>
-[...23 lines deleted...]
-    <t>id-1.0.awards.0.suppliers.0</t>
+    <t>id-3.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.1.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.2.suppliers.0</t>
   </si>
   <si>
     <t>id-4.0.awards.0.suppliers.0</t>
   </si>
   <si>
-    <t>id-4.0.awards.1.suppliers.0</t>
-[...5 lines deleted...]
-    <t>id-5.0.awards.0.suppliers.0</t>
+    <t>id-6.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>id-7.0.awards.0.suppliers.0</t>
   </si>
   <si>
-    <t>id-1.0.bids.details.0</t>
+    <t>id-3.0.bids.details.0</t>
+  </si>
+  <si>
+    <t>id-3.0.bids.details.1</t>
+  </si>
+  <si>
+    <t>id-3.0.bids.details.2</t>
+  </si>
+  <si>
+    <t>id-3.0.bids.details.3</t>
+  </si>
+  <si>
+    <t>bid-4</t>
+  </si>
+  <si>
+    <t>id-3.0.bids.details.4</t>
+  </si>
+  <si>
+    <t>bid-5</t>
+  </si>
+  <si>
+    <t>id-3.0.bids.details.5</t>
+  </si>
+  <si>
+    <t>bid-6</t>
   </si>
   <si>
     <t>id-4.0.bids.details.0</t>
   </si>
   <si>
-    <t>id-4.0.bids.details.1</t>
-[...22 lines deleted...]
-  <si>
     <t>id-5.0.bids.details.0</t>
   </si>
   <si>
     <t>id-6.0.bids.details.0</t>
   </si>
   <si>
     <t>id-7.0.bids.details.0</t>
   </si>
   <si>
     <t>_link_bids_details</t>
   </si>
   <si>
-    <t>id-1.0.bids.details.0.tenderers.0</t>
+    <t>id-3.0.bids.details.0.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-3.0.bids.details.1.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-3.0.bids.details.2.tenderers.0</t>
   </si>
   <si>
     <t>id-4.0.bids.details.0.tenderers.0</t>
-  </si>
-[...4 lines deleted...]
-    <t>id-4.0.bids.details.2.tenderers.0</t>
   </si>
   <si>
     <t>id-5.0.bids.details.0.tenderers.0</t>
   </si>
   <si>
     <t>id-6.0.bids.details.0.tenderers.0</t>
   </si>
   <si>
     <t>id-7.0.bids.details.0.tenderers.0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -1690,582 +1690,582 @@
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2" t="s">
         <v>27</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2" t="s">
         <v>29</v>
       </c>
       <c r="K2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="s">
         <v>31</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2" t="s">
         <v>33</v>
       </c>
       <c r="O2">
-        <v>983559.99</v>
+        <v>91265</v>
       </c>
       <c r="P2" t="s">
         <v>34</v>
       </c>
       <c r="Q2" t="s">
         <v>35</v>
       </c>
       <c r="R2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>37</v>
       </c>
       <c r="B3" t="s">
         <v>38</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>39</v>
       </c>
       <c r="F3" t="s">
         <v>40</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3" t="s">
         <v>41</v>
       </c>
       <c r="I3" t="s">
         <v>42</v>
       </c>
       <c r="J3" t="s">
         <v>43</v>
       </c>
       <c r="K3" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="L3" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="M3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="N3" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="O3">
-        <v>1988500</v>
+        <v>568102.59</v>
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
       <c r="Q3" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="R3" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="I4" t="s">
+        <v>42</v>
+      </c>
+      <c r="J4" t="s">
         <v>54</v>
       </c>
-      <c r="J4" t="s">
+      <c r="K4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
         <v>55</v>
       </c>
-      <c r="K4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N4" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="O4">
-        <v>568102.59</v>
+        <v>2383096.47</v>
       </c>
       <c r="P4" t="s">
         <v>34</v>
       </c>
       <c r="Q4" t="s">
+        <v>56</v>
+      </c>
+      <c r="R4" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B5" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F5" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="I5" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="J5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K5" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="L5" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="M5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N5" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="O5">
-        <v>2383096.47</v>
+        <v>1520039.27</v>
       </c>
       <c r="P5" t="s">
         <v>34</v>
       </c>
       <c r="Q5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="R5" t="s">
-        <v>66</v>
+        <v>67</v>
+      </c>
+      <c r="S5" t="s">
+        <v>68</v>
+      </c>
+      <c r="T5" t="s">
+        <v>69</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B6" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F6" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="I6" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="J6" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K6" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="L6" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="M6" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="N6" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="O6">
-        <v>1520039.27</v>
+        <v>513328.38</v>
       </c>
       <c r="P6" t="s">
         <v>34</v>
       </c>
       <c r="Q6" t="s">
-        <v>75</v>
+        <v>52</v>
       </c>
       <c r="R6" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="S6" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="T6" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B7" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F7" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="I7" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="J7" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="K7" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="L7" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="M7" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="N7" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="O7">
-        <v>513328.38</v>
+        <v>3519455.09</v>
       </c>
       <c r="P7" t="s">
         <v>34</v>
       </c>
       <c r="Q7" t="s">
-        <v>61</v>
+        <v>87</v>
       </c>
       <c r="R7" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="S7" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="T7" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B8" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="F8" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="I8" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="J8" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="K8" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="L8" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="M8" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="N8" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="O8">
-        <v>3519455.09</v>
+        <v>1765599.58</v>
       </c>
       <c r="P8" t="s">
         <v>34</v>
       </c>
       <c r="Q8" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="R8" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>98</v>
       </c>
       <c r="T8" t="s">
-        <v>48</v>
+        <v>99</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B9" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="F9" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="I9" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="J9" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="K9" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="L9" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="M9" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="N9" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="O9">
-        <v>1765599.58</v>
+        <v>1988500</v>
       </c>
       <c r="P9" t="s">
         <v>34</v>
       </c>
       <c r="Q9" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="R9" t="s">
-        <v>105</v>
+        <v>109</v>
+      </c>
+      <c r="S9" t="s">
+        <v>68</v>
       </c>
       <c r="T9" t="s">
-        <v>106</v>
+        <v>69</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B10" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="F10" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="I10" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="J10" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="K10" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="L10" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="M10" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="N10" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="O10">
         <v>1815000</v>
       </c>
       <c r="P10" t="s">
         <v>34</v>
       </c>
       <c r="Q10" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="R10" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B11" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C11" t="s">
         <v>22</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="F11" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="I11" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="J11" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="K11" t="s">
-        <v>126</v>
+        <v>44</v>
       </c>
       <c r="L11" t="s">
-        <v>127</v>
+        <v>45</v>
       </c>
       <c r="M11" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="N11" t="s">
-        <v>129</v>
+        <v>47</v>
       </c>
       <c r="O11">
-        <v>91265</v>
+        <v>983559.99</v>
       </c>
       <c r="P11" t="s">
         <v>34</v>
       </c>
       <c r="Q11" t="s">
         <v>130</v>
       </c>
       <c r="R11" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -2277,166 +2277,166 @@
       </c>
       <c r="C1" s="1" t="s">
         <v>132</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>279</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>310</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>362</v>
       </c>
       <c r="B2" t="s">
         <v>339</v>
       </c>
       <c r="C2" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="D2" t="s">
         <v>313</v>
       </c>
       <c r="E2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F2" t="s">
         <v>363</v>
       </c>
       <c r="G2" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>365</v>
       </c>
       <c r="B3" t="s">
         <v>343</v>
       </c>
       <c r="C3" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="D3" t="s">
         <v>313</v>
       </c>
       <c r="E3" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="F3" t="s">
         <v>363</v>
       </c>
       <c r="G3" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="B4" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C4" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="D4" t="s">
         <v>313</v>
       </c>
       <c r="E4" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="F4" t="s">
         <v>363</v>
       </c>
       <c r="G4" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="B5" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C5" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="D5" t="s">
         <v>313</v>
       </c>
       <c r="E5" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="F5" t="s">
         <v>363</v>
       </c>
       <c r="G5" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>369</v>
       </c>
       <c r="B6" t="s">
         <v>351</v>
       </c>
       <c r="C6" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="D6" t="s">
         <v>313</v>
       </c>
       <c r="E6" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F6" t="s">
         <v>363</v>
       </c>
       <c r="G6" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>371</v>
       </c>
       <c r="B7" t="s">
         <v>353</v>
       </c>
       <c r="C7" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D7" t="s">
         <v>313</v>
       </c>
       <c r="E7" t="s">
         <v>332</v>
       </c>
       <c r="F7" t="s">
         <v>363</v>
       </c>
       <c r="G7" t="s">
         <v>372</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
@@ -2445,500 +2445,500 @@
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>355</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>132</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>373</v>
       </c>
       <c r="B2" t="s">
         <v>339</v>
       </c>
       <c r="C2" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="D2" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="E2" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>374</v>
       </c>
       <c r="B3" t="s">
         <v>343</v>
       </c>
       <c r="C3" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="D3" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="E3" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>375</v>
       </c>
       <c r="B4" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C4" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="D4" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="E4" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>376</v>
       </c>
       <c r="B5" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C5" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="D5" t="s">
+        <v>175</v>
+      </c>
+      <c r="E5" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>377</v>
       </c>
       <c r="B6" t="s">
         <v>351</v>
       </c>
       <c r="C6" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="D6" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="E6" t="s">
-        <v>185</v>
+        <v>193</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>378</v>
       </c>
       <c r="B7" t="s">
         <v>353</v>
       </c>
       <c r="C7" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D7" t="s">
         <v>200</v>
       </c>
       <c r="E7" t="s">
-        <v>201</v>
+        <v>184</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>281</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>379</v>
       </c>
       <c r="B2" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="C2" t="s">
         <v>342</v>
       </c>
       <c r="D2" t="s">
         <v>266</v>
       </c>
       <c r="E2">
-        <v>1586406.08</v>
+        <v>1307314.875</v>
       </c>
       <c r="F2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>380</v>
       </c>
       <c r="B3" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="C3" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="D3" t="s">
         <v>266</v>
       </c>
       <c r="E3">
         <v>1307314.875</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>381</v>
       </c>
       <c r="B4" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="C4" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D4" t="s">
         <v>266</v>
       </c>
       <c r="E4">
         <v>1307314.875</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>382</v>
       </c>
       <c r="B5" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="C5" t="s">
-        <v>350</v>
+        <v>383</v>
       </c>
       <c r="D5" t="s">
         <v>266</v>
       </c>
-      <c r="E5">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B6" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="C6" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D6" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B7" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="C7" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D7" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C8" t="s">
-        <v>388</v>
+        <v>342</v>
       </c>
       <c r="D8" t="s">
         <v>266</v>
+      </c>
+      <c r="E8">
+        <v>435815.79</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>389</v>
       </c>
       <c r="B9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C9" t="s">
         <v>342</v>
       </c>
       <c r="D9" t="s">
         <v>266</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>390</v>
       </c>
       <c r="B10" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C10" t="s">
         <v>342</v>
       </c>
       <c r="D10" t="s">
         <v>266</v>
+      </c>
+      <c r="E10">
+        <v>1223193.53</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>391</v>
       </c>
       <c r="B11" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C11" t="s">
         <v>342</v>
       </c>
       <c r="D11" t="s">
         <v>266</v>
       </c>
       <c r="E11">
-        <v>1223193.53</v>
+        <v>1586406.08</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>392</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>132</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>393</v>
       </c>
       <c r="B2" t="s">
         <v>379</v>
       </c>
       <c r="C2" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="D2" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="E2" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>394</v>
       </c>
       <c r="B3" t="s">
         <v>380</v>
       </c>
       <c r="C3" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="D3" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="E3" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>395</v>
       </c>
       <c r="B4" t="s">
         <v>381</v>
       </c>
       <c r="C4" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="D4" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="E4" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>396</v>
       </c>
       <c r="B5" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="C5" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="D5" t="s">
+        <v>175</v>
+      </c>
+      <c r="E5" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>397</v>
       </c>
       <c r="B6" t="s">
         <v>389</v>
       </c>
       <c r="C6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D6" t="s">
+        <v>183</v>
+      </c>
+      <c r="E6" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>398</v>
       </c>
       <c r="B7" t="s">
         <v>390</v>
       </c>
       <c r="C7" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D7" t="s">
         <v>192</v>
       </c>
       <c r="E7" t="s">
-        <v>156</v>
+        <v>193</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>399</v>
       </c>
       <c r="B8" t="s">
         <v>391</v>
       </c>
       <c r="C8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D8" t="s">
         <v>200</v>
       </c>
       <c r="E8" t="s">
-        <v>201</v>
+        <v>184</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -2997,450 +2997,450 @@
       </c>
       <c r="J2" t="s">
         <v>147</v>
       </c>
       <c r="K2" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>149</v>
       </c>
       <c r="B3" t="s">
         <v>37</v>
       </c>
       <c r="C3" t="s">
         <v>41</v>
       </c>
       <c r="D3" t="s">
         <v>42</v>
       </c>
       <c r="E3" t="s">
         <v>142</v>
       </c>
       <c r="F3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G3" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="H3" t="s">
         <v>145</v>
       </c>
       <c r="I3" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J3" t="s">
         <v>147</v>
       </c>
       <c r="K3" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="C4" t="s">
-        <v>155</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>156</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
-        <v>157</v>
+        <v>142</v>
+      </c>
+      <c r="F4" t="s">
+        <v>143</v>
+      </c>
+      <c r="G4" t="s">
+        <v>150</v>
+      </c>
+      <c r="H4" t="s">
+        <v>145</v>
+      </c>
+      <c r="I4" t="s">
+        <v>151</v>
+      </c>
+      <c r="J4" t="s">
+        <v>147</v>
+      </c>
+      <c r="K4" t="s">
+        <v>152</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="C5" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="D5" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="E5" t="s">
         <v>142</v>
       </c>
       <c r="F5" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="G5" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="H5" t="s">
         <v>145</v>
       </c>
       <c r="I5" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="J5" t="s">
         <v>147</v>
       </c>
       <c r="K5" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C6" t="s">
-        <v>53</v>
+        <v>160</v>
       </c>
       <c r="D6" t="s">
-        <v>54</v>
+        <v>161</v>
       </c>
       <c r="E6" t="s">
-        <v>142</v>
-[...16 lines deleted...]
-      <c r="K6" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>163</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
         <v>164</v>
       </c>
-      <c r="B7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>72</v>
+        <v>165</v>
       </c>
       <c r="E7" t="s">
-        <v>142</v>
-[...17 lines deleted...]
-        <v>168</v>
+        <v>162</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="C8" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D8" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="E8" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>169</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>74</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>142</v>
+      </c>
+      <c r="F9" t="s">
+        <v>170</v>
+      </c>
+      <c r="G9" t="s">
+        <v>171</v>
+      </c>
+      <c r="H9" t="s">
+        <v>145</v>
+      </c>
+      <c r="I9" t="s">
         <v>172</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="J9" t="s">
+        <v>147</v>
+      </c>
+      <c r="K9" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>174</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
         <v>175</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>176</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E11" t="s">
         <v>142</v>
       </c>
       <c r="F11" t="s">
+        <v>178</v>
+      </c>
+      <c r="G11" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="H11" t="s">
         <v>145</v>
       </c>
       <c r="I11" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="J11" t="s">
         <v>147</v>
       </c>
       <c r="K11" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
+        <v>182</v>
+      </c>
+      <c r="B12" t="s">
+        <v>79</v>
+      </c>
+      <c r="C12" t="s">
         <v>183</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>184</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>186</v>
       </c>
       <c r="B13" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C13" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D13" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="E13" t="s">
         <v>142</v>
       </c>
       <c r="F13" t="s">
         <v>187</v>
       </c>
       <c r="G13" t="s">
         <v>188</v>
       </c>
       <c r="H13" t="s">
         <v>145</v>
       </c>
       <c r="I13" t="s">
         <v>189</v>
       </c>
       <c r="J13" t="s">
         <v>147</v>
       </c>
       <c r="K13" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>191</v>
       </c>
       <c r="B14" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C14" t="s">
         <v>192</v>
       </c>
       <c r="D14" t="s">
-        <v>156</v>
+        <v>193</v>
       </c>
       <c r="E14" t="s">
-        <v>193</v>
+        <v>162</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>194</v>
       </c>
       <c r="B15" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C15" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="D15" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="E15" t="s">
         <v>142</v>
       </c>
       <c r="F15" t="s">
         <v>195</v>
       </c>
       <c r="G15" t="s">
         <v>196</v>
       </c>
       <c r="H15" t="s">
         <v>145</v>
       </c>
       <c r="I15" t="s">
         <v>197</v>
       </c>
       <c r="J15" t="s">
         <v>147</v>
       </c>
       <c r="K15" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>199</v>
       </c>
       <c r="B16" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C16" t="s">
         <v>200</v>
       </c>
       <c r="D16" t="s">
-        <v>201</v>
+        <v>184</v>
       </c>
       <c r="E16" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B17" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C17" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D17" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="E17" t="s">
         <v>142</v>
       </c>
       <c r="F17" t="s">
+        <v>202</v>
+      </c>
+      <c r="G17" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="H17" t="s">
         <v>145</v>
       </c>
       <c r="I17" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="J17" t="s">
         <v>147</v>
       </c>
       <c r="K17" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B18" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="C18" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="D18" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="E18" t="s">
         <v>142</v>
       </c>
       <c r="F18" t="s">
-        <v>159</v>
+        <v>207</v>
       </c>
       <c r="G18" t="s">
         <v>208</v>
       </c>
       <c r="H18" t="s">
         <v>145</v>
       </c>
       <c r="I18" t="s">
         <v>209</v>
       </c>
       <c r="J18" t="s">
         <v>147</v>
       </c>
       <c r="K18" t="s">
         <v>210</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E28"/>
@@ -3506,439 +3506,439 @@
       </c>
       <c r="B4" t="s">
         <v>149</v>
       </c>
       <c r="C4" t="s">
         <v>37</v>
       </c>
       <c r="D4" t="s">
         <v>219</v>
       </c>
       <c r="E4" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>220</v>
       </c>
       <c r="B5" t="s">
         <v>149</v>
       </c>
       <c r="C5" t="s">
         <v>37</v>
       </c>
       <c r="D5" t="s">
-        <v>221</v>
+        <v>151</v>
       </c>
       <c r="E5" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="B6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="D6" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="E6" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="B7" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="C7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D7" t="s">
-        <v>225</v>
+        <v>151</v>
       </c>
       <c r="E7" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="B8" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="D8" t="s">
-        <v>161</v>
+        <v>224</v>
       </c>
       <c r="E8" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="B9" t="s">
-        <v>163</v>
+        <v>154</v>
       </c>
       <c r="C9" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D9" t="s">
-        <v>225</v>
+        <v>157</v>
       </c>
       <c r="E9" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="B10" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="C10" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D10" t="s">
-        <v>161</v>
+        <v>227</v>
       </c>
       <c r="E10" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>228</v>
+      </c>
+      <c r="B11" t="s">
+        <v>163</v>
+      </c>
+      <c r="C11" t="s">
+        <v>58</v>
+      </c>
+      <c r="D11" t="s">
         <v>229</v>
       </c>
-      <c r="B11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
+        <v>230</v>
+      </c>
+      <c r="B12" t="s">
+        <v>166</v>
+      </c>
+      <c r="C12" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" t="s">
         <v>231</v>
-      </c>
-[...7 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E12" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>232</v>
       </c>
       <c r="B13" t="s">
         <v>169</v>
       </c>
       <c r="C13" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="D13" t="s">
         <v>233</v>
       </c>
       <c r="E13" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>234</v>
       </c>
       <c r="B14" t="s">
+        <v>169</v>
+      </c>
+      <c r="C14" t="s">
+        <v>70</v>
+      </c>
+      <c r="D14" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>235</v>
       </c>
       <c r="E14" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
+        <v>235</v>
+      </c>
+      <c r="B15" t="s">
+        <v>174</v>
+      </c>
+      <c r="C15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" t="s">
         <v>236</v>
-      </c>
-[...7 lines deleted...]
-        <v>237</v>
       </c>
       <c r="E15" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
+        <v>237</v>
+      </c>
+      <c r="B16" t="s">
+        <v>177</v>
+      </c>
+      <c r="C16" t="s">
+        <v>79</v>
+      </c>
+      <c r="D16" t="s">
         <v>238</v>
-      </c>
-[...7 lines deleted...]
-        <v>239</v>
       </c>
       <c r="E16" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="B17" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D17" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="E17" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
+        <v>240</v>
+      </c>
+      <c r="B18" t="s">
+        <v>182</v>
+      </c>
+      <c r="C18" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18" t="s">
         <v>241</v>
-      </c>
-[...7 lines deleted...]
-        <v>242</v>
       </c>
       <c r="E18" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="B19" t="s">
         <v>186</v>
       </c>
       <c r="C19" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D19" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="E19" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="B20" t="s">
         <v>186</v>
       </c>
       <c r="C20" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D20" t="s">
-        <v>189</v>
+        <v>245</v>
       </c>
       <c r="E20" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>246</v>
       </c>
       <c r="B21" t="s">
         <v>191</v>
       </c>
       <c r="C21" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D21" t="s">
         <v>247</v>
       </c>
       <c r="E21" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>248</v>
       </c>
       <c r="B22" t="s">
         <v>194</v>
       </c>
       <c r="C22" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D22" t="s">
         <v>249</v>
       </c>
       <c r="E22" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>250</v>
       </c>
       <c r="B23" t="s">
         <v>194</v>
       </c>
       <c r="C23" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D23" t="s">
         <v>251</v>
       </c>
       <c r="E23" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>252</v>
       </c>
       <c r="B24" t="s">
         <v>199</v>
       </c>
       <c r="C24" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D24" t="s">
         <v>253</v>
       </c>
       <c r="E24" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>254</v>
       </c>
       <c r="B25" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C25" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D25" t="s">
         <v>255</v>
       </c>
       <c r="E25" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>256</v>
       </c>
       <c r="B26" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C26" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D26" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="E26" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>257</v>
       </c>
       <c r="B27" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C27" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D27" t="s">
         <v>258</v>
       </c>
       <c r="E27" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>259</v>
       </c>
       <c r="B28" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C28" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D28" t="s">
         <v>209</v>
       </c>
       <c r="E28" t="s">
         <v>217</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -3967,225 +3967,225 @@
       </c>
       <c r="C2" t="s">
         <v>264</v>
       </c>
       <c r="D2">
         <v>0</v>
       </c>
       <c r="E2" t="s">
         <v>265</v>
       </c>
       <c r="F2" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>267</v>
       </c>
       <c r="B3" t="s">
         <v>37</v>
       </c>
       <c r="C3" t="s">
         <v>264</v>
       </c>
       <c r="D3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="E3" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="F3" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C4" t="s">
         <v>264</v>
       </c>
       <c r="D4">
         <v>0</v>
       </c>
       <c r="E4" t="s">
         <v>265</v>
       </c>
       <c r="F4" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="B5" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C5" t="s">
         <v>264</v>
       </c>
       <c r="D5">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="E5" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="F5" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>271</v>
       </c>
       <c r="B6" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C6" t="s">
         <v>264</v>
       </c>
       <c r="D6">
-        <v>7</v>
+        <v>92</v>
       </c>
       <c r="E6" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="F6" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>272</v>
       </c>
       <c r="B7" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C7" t="s">
         <v>264</v>
       </c>
       <c r="D7">
-        <v>92</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="F7" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>273</v>
       </c>
       <c r="B8" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C8" t="s">
         <v>264</v>
       </c>
       <c r="D8">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="E8" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="F8" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>274</v>
       </c>
       <c r="B9" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="C9" t="s">
-        <v>264</v>
+        <v>275</v>
       </c>
       <c r="D9">
         <v>0</v>
       </c>
       <c r="E9" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="F9" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B10" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C10" t="s">
-        <v>276</v>
+        <v>264</v>
       </c>
       <c r="D10">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="F10" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>277</v>
       </c>
       <c r="B11" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C11" t="s">
         <v>264</v>
       </c>
       <c r="D11">
         <v>0</v>
       </c>
       <c r="E11" t="s">
         <v>265</v>
       </c>
       <c r="F11" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>278</v>
       </c>
       <c r="B12" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="C12" t="s">
         <v>264</v>
       </c>
       <c r="D12">
         <v>0</v>
       </c>
       <c r="E12" t="s">
         <v>265</v>
       </c>
       <c r="F12" t="s">
         <v>266</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
@@ -4206,261 +4206,261 @@
       </c>
       <c r="E1" s="1" t="s">
         <v>280</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>281</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>283</v>
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>266</v>
       </c>
       <c r="D2" t="s">
         <v>284</v>
       </c>
       <c r="E2" t="s">
-        <v>32</v>
+        <v>285</v>
       </c>
       <c r="F2">
-        <v>983559.99</v>
+        <v>91265</v>
       </c>
       <c r="G2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B3" t="s">
         <v>37</v>
       </c>
       <c r="C3" t="s">
         <v>266</v>
       </c>
       <c r="D3" t="s">
         <v>284</v>
       </c>
       <c r="E3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F3">
-        <v>1988500</v>
+        <v>568102.59</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C4" t="s">
         <v>266</v>
       </c>
       <c r="D4" t="s">
         <v>284</v>
       </c>
       <c r="E4" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F4">
-        <v>568102.59</v>
+        <v>2383096.47</v>
       </c>
       <c r="G4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B5" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C5" t="s">
         <v>266</v>
       </c>
       <c r="D5" t="s">
         <v>284</v>
       </c>
       <c r="E5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F5">
-        <v>2383096.47</v>
+        <v>1520039.27</v>
       </c>
       <c r="G5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B6" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C6" t="s">
         <v>266</v>
       </c>
       <c r="D6" t="s">
         <v>284</v>
       </c>
       <c r="E6" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="F6">
-        <v>1520039.27</v>
+        <v>513328.38</v>
       </c>
       <c r="G6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B7" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C7" t="s">
         <v>266</v>
       </c>
       <c r="D7" t="s">
         <v>284</v>
       </c>
       <c r="E7" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F7">
-        <v>513328.38</v>
+        <v>3519455.09</v>
       </c>
       <c r="G7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B8" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C8" t="s">
         <v>266</v>
       </c>
       <c r="D8" t="s">
         <v>284</v>
       </c>
       <c r="E8" t="s">
-        <v>93</v>
+        <v>292</v>
       </c>
       <c r="F8">
-        <v>3519455.09</v>
+        <v>1765599.58</v>
       </c>
       <c r="G8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B9" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C9" t="s">
         <v>266</v>
       </c>
       <c r="D9" t="s">
         <v>284</v>
       </c>
       <c r="E9" t="s">
-        <v>292</v>
+        <v>107</v>
       </c>
       <c r="F9">
-        <v>1765599.58</v>
+        <v>1988500</v>
       </c>
       <c r="G9" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B10" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C10" t="s">
         <v>266</v>
       </c>
       <c r="D10" t="s">
         <v>284</v>
       </c>
       <c r="E10" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="F10">
         <v>1815000</v>
       </c>
       <c r="G10" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B11" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="C11" t="s">
         <v>266</v>
       </c>
       <c r="D11" t="s">
         <v>284</v>
       </c>
       <c r="E11" t="s">
-        <v>295</v>
+        <v>129</v>
       </c>
       <c r="F11">
-        <v>91265</v>
+        <v>983559.99</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>132</v>
       </c>
@@ -4469,231 +4469,231 @@
       </c>
       <c r="D1" s="1" t="s">
         <v>262</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>296</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>298</v>
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>299</v>
       </c>
       <c r="D2" t="s">
         <v>266</v>
       </c>
       <c r="E2">
-        <v>45262500</v>
+        <v>33141625</v>
       </c>
       <c r="F2" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>301</v>
       </c>
       <c r="B3" t="s">
         <v>37</v>
       </c>
       <c r="C3" t="s">
         <v>299</v>
       </c>
       <c r="D3" t="s">
         <v>266</v>
       </c>
       <c r="E3">
-        <v>45262522</v>
+        <v>45240000</v>
       </c>
       <c r="F3" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>302</v>
       </c>
       <c r="B4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C4" t="s">
         <v>299</v>
       </c>
       <c r="D4" t="s">
         <v>266</v>
       </c>
       <c r="E4">
-        <v>45240000</v>
+        <v>45222000</v>
       </c>
       <c r="F4" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>303</v>
       </c>
       <c r="B5" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C5" t="s">
         <v>299</v>
       </c>
       <c r="D5" t="s">
         <v>266</v>
       </c>
       <c r="E5">
-        <v>45222000</v>
+        <v>41120000</v>
       </c>
       <c r="F5" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>304</v>
       </c>
       <c r="B6" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C6" t="s">
         <v>299</v>
       </c>
       <c r="D6" t="s">
         <v>266</v>
       </c>
       <c r="E6">
-        <v>41120000</v>
+        <v>70112000</v>
       </c>
       <c r="F6" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>305</v>
       </c>
       <c r="B7" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C7" t="s">
         <v>299</v>
       </c>
       <c r="D7" t="s">
         <v>266</v>
       </c>
       <c r="E7">
-        <v>70112000</v>
+        <v>45215140</v>
       </c>
       <c r="F7" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>306</v>
       </c>
       <c r="B8" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C8" t="s">
         <v>299</v>
       </c>
       <c r="D8" t="s">
         <v>266</v>
       </c>
       <c r="E8">
-        <v>45215140</v>
+        <v>45230000</v>
       </c>
       <c r="F8" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>307</v>
       </c>
       <c r="B9" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C9" t="s">
         <v>299</v>
       </c>
       <c r="D9" t="s">
         <v>266</v>
       </c>
       <c r="E9">
-        <v>45230000</v>
+        <v>45262522</v>
       </c>
       <c r="F9" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>308</v>
       </c>
       <c r="B10" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C10" t="s">
         <v>299</v>
       </c>
       <c r="D10" t="s">
         <v>266</v>
       </c>
       <c r="E10">
         <v>45215212</v>
       </c>
       <c r="F10" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>309</v>
       </c>
       <c r="B11" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="C11" t="s">
         <v>299</v>
       </c>
       <c r="D11" t="s">
         <v>266</v>
       </c>
       <c r="E11">
-        <v>33141625</v>
+        <v>45262500</v>
       </c>
       <c r="F11" t="s">
         <v>300</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>132</v>
       </c>
@@ -4716,586 +4716,586 @@
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>313</v>
       </c>
       <c r="D2" t="s">
         <v>314</v>
       </c>
       <c r="E2" t="s">
         <v>315</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>316</v>
       </c>
       <c r="B3" t="s">
         <v>37</v>
       </c>
       <c r="C3" t="s">
+        <v>313</v>
+      </c>
+      <c r="D3" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="E3" t="s">
         <v>315</v>
       </c>
       <c r="F3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="B4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C4" t="s">
         <v>313</v>
       </c>
       <c r="D4" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="E4" t="s">
         <v>315</v>
       </c>
       <c r="F4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>320</v>
+      </c>
+      <c r="B5" t="s">
+        <v>58</v>
+      </c>
+      <c r="C5" t="s">
         <v>321</v>
-      </c>
-[...4 lines deleted...]
-        <v>313</v>
       </c>
       <c r="D5" t="s">
         <v>322</v>
       </c>
       <c r="E5" t="s">
         <v>315</v>
       </c>
       <c r="F5" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>323</v>
       </c>
       <c r="B6" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C6" t="s">
+        <v>321</v>
+      </c>
+      <c r="D6" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="E6" t="s">
         <v>315</v>
       </c>
       <c r="F6" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>325</v>
+      </c>
+      <c r="B7" t="s">
+        <v>79</v>
+      </c>
+      <c r="C7" t="s">
         <v>326</v>
-      </c>
-[...4 lines deleted...]
-        <v>324</v>
       </c>
       <c r="D7" t="s">
         <v>327</v>
       </c>
       <c r="E7" t="s">
         <v>315</v>
       </c>
       <c r="F7" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>328</v>
       </c>
       <c r="B8" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C8" t="s">
+        <v>321</v>
+      </c>
+      <c r="D8" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="E8" t="s">
         <v>315</v>
       </c>
       <c r="F8" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>330</v>
+      </c>
+      <c r="B9" t="s">
+        <v>100</v>
+      </c>
+      <c r="C9" t="s">
         <v>331</v>
-      </c>
-[...4 lines deleted...]
-        <v>324</v>
       </c>
       <c r="D9" t="s">
         <v>332</v>
       </c>
       <c r="E9" t="s">
         <v>315</v>
       </c>
       <c r="F9" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>333</v>
       </c>
       <c r="B10" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C10" t="s">
         <v>313</v>
       </c>
       <c r="D10" t="s">
         <v>334</v>
       </c>
       <c r="E10" t="s">
         <v>315</v>
       </c>
       <c r="F10" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>335</v>
       </c>
       <c r="B11" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="C11" t="s">
         <v>313</v>
       </c>
       <c r="D11" t="s">
         <v>336</v>
       </c>
       <c r="E11" t="s">
         <v>315</v>
       </c>
       <c r="F11" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>281</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>339</v>
       </c>
       <c r="B2" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="C2" t="s">
         <v>340</v>
       </c>
       <c r="D2" t="s">
         <v>341</v>
       </c>
       <c r="E2" t="s">
         <v>266</v>
       </c>
       <c r="F2" t="s">
         <v>342</v>
       </c>
       <c r="G2">
-        <v>1586406.08</v>
+        <v>1307314.875</v>
       </c>
       <c r="H2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>343</v>
       </c>
       <c r="B3" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="C3" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="D3" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="E3" t="s">
         <v>266</v>
       </c>
       <c r="F3" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="G3">
         <v>1307314.875</v>
       </c>
       <c r="H3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B4" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="C4" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D4" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="E4" t="s">
         <v>266</v>
       </c>
       <c r="F4" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="G4">
         <v>1307314.875</v>
       </c>
       <c r="H4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B5" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C5" t="s">
-        <v>349</v>
+        <v>340</v>
       </c>
       <c r="D5" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="E5" t="s">
         <v>266</v>
       </c>
       <c r="F5" t="s">
-        <v>350</v>
+        <v>342</v>
       </c>
       <c r="G5">
-        <v>1307314.875</v>
+        <v>435815.79</v>
       </c>
       <c r="H5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>351</v>
       </c>
       <c r="B6" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="C6" t="s">
         <v>340</v>
       </c>
       <c r="D6" t="s">
         <v>352</v>
       </c>
       <c r="E6" t="s">
         <v>266</v>
       </c>
       <c r="F6" t="s">
         <v>342</v>
       </c>
       <c r="G6">
-        <v>435815.79</v>
+        <v>1223193.53</v>
       </c>
       <c r="H6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>353</v>
       </c>
       <c r="B7" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C7" t="s">
         <v>340</v>
       </c>
       <c r="D7" t="s">
         <v>354</v>
       </c>
       <c r="E7" t="s">
         <v>266</v>
       </c>
       <c r="F7" t="s">
         <v>342</v>
       </c>
       <c r="G7">
-        <v>1223193.53</v>
+        <v>1586406.08</v>
       </c>
       <c r="H7" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>355</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>132</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>262</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>296</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>356</v>
       </c>
       <c r="B2" t="s">
         <v>339</v>
       </c>
       <c r="C2" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="D2" t="s">
         <v>299</v>
       </c>
       <c r="E2" t="s">
         <v>266</v>
       </c>
       <c r="F2">
-        <v>45262522</v>
+        <v>41120000</v>
       </c>
       <c r="G2" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>357</v>
       </c>
       <c r="B3" t="s">
         <v>343</v>
       </c>
       <c r="C3" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="D3" t="s">
         <v>299</v>
       </c>
       <c r="E3" t="s">
         <v>266</v>
       </c>
       <c r="F3">
         <v>41120000</v>
       </c>
       <c r="G3" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>358</v>
       </c>
       <c r="B4" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C4" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="D4" t="s">
         <v>299</v>
       </c>
       <c r="E4" t="s">
         <v>266</v>
       </c>
       <c r="F4">
         <v>41120000</v>
       </c>
       <c r="G4" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>359</v>
       </c>
       <c r="B5" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C5" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="D5" t="s">
         <v>299</v>
       </c>
       <c r="E5" t="s">
         <v>266</v>
       </c>
       <c r="F5">
-        <v>41120000</v>
+        <v>70112000</v>
       </c>
       <c r="G5" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>360</v>
       </c>
       <c r="B6" t="s">
         <v>351</v>
       </c>
       <c r="C6" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="D6" t="s">
         <v>299</v>
       </c>
       <c r="E6" t="s">
         <v>266</v>
       </c>
       <c r="F6">
-        <v>70112000</v>
+        <v>45230000</v>
       </c>
       <c r="G6" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>361</v>
       </c>
       <c r="B7" t="s">
         <v>353</v>
       </c>
       <c r="C7" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D7" t="s">
         <v>299</v>
       </c>
       <c r="E7" t="s">
         <v>266</v>
       </c>
       <c r="F7">
-        <v>45230000</v>
+        <v>45262522</v>
       </c>
       <c r="G7" t="s">
         <v>300</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>