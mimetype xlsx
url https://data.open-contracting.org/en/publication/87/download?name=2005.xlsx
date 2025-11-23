--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -156,687 +156,687 @@
   <si>
     <t>ESECUZIONE DI TUTTE LE OPERE E PROVVISTE OCCORRENTI PER LA REALIZZAZIONE DELLE OPERE DI LIEVO E DEMOLIZIONE DELLE STRUTTURE ESISTENTI, REGOLARIZZAZIONE DEL SUBSTRATO, REALIZZAZIONE DELLE INFRASTRUTTURE A RETE E DELLE OPERE STRADALI.</t>
   </si>
   <si>
     <t>open</t>
   </si>
   <si>
     <t>PRICE: 100</t>
   </si>
   <si>
     <t>priceOnly</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>2005-09-02T00:00:00.000Z</t>
   </si>
   <si>
     <t>2025-02-11T20:50:50.750352</t>
   </si>
   <si>
     <t>id-1.0</t>
   </si>
   <si>
+    <t>ocds-70d2nz-1cf1e7b7-e79d-4ad1-88e1-3bca1bc3eb4c-2005-10-05T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2005-10-05T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-1cf1e7b7-e79d-4ad1-88e1-3bca1bc3eb4c</t>
+  </si>
+  <si>
+    <t>IT_body_9409ac1617bef97f4b6af3280765ab9c9bcda27afd9bd66246d62a078a0368c9</t>
+  </si>
+  <si>
+    <t>AZIENDA ULSS N. 3 SERENISSIMA</t>
+  </si>
+  <si>
+    <t>1cf1e7b7-e79d-4ad1-88e1-3bca1bc3eb4c</t>
+  </si>
+  <si>
+    <t>PROCEDURA RISTRETTA</t>
+  </si>
+  <si>
+    <t>goods</t>
+  </si>
+  <si>
+    <t>SERVIZIO DI MANUTENZIONE FULL RISK DI N. 1 APPARECCHIATURA T.A.C. DEL SERVIZIO DI RADIOLOGIA DELLA SEDE OSPEDALIERA DI MIRANO</t>
+  </si>
+  <si>
+    <t>selective</t>
+  </si>
+  <si>
+    <t>2005-11-16T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2024-07-16T21:02:16.26531</t>
+  </si>
+  <si>
+    <t>id-2.0</t>
+  </si>
+  <si>
     <t>ocds-70d2nz-2be3f70d-54a2-45db-a099-e33446484ed2-2005-05-16T00:00:00.000Z</t>
   </si>
   <si>
     <t>2005-05-16T00:00:00.000Z</t>
   </si>
   <si>
     <t>ocds-70d2nz-2be3f70d-54a2-45db-a099-e33446484ed2</t>
   </si>
   <si>
     <t>IT_body_7a0f8f01bee8db96d0cef72fba5fa08353120b998132132c075dee0efd710525</t>
   </si>
   <si>
     <t>COMUNE DI TREVISO</t>
   </si>
   <si>
     <t>2be3f70d-54a2-45db-a099-e33446484ed2</t>
   </si>
   <si>
-    <t>PROCEDURA RISTRETTA</t>
-[...1 lines deleted...]
-  <si>
     <t>CONCESSIONE PER LA PROGETTAZIONE, COSTRUZIONE E GESTIONE DELL'IMPIANTO NATATORIO NEL QUARTIERE FIERA E SELVANA _ 1° STRALCIO</t>
   </si>
   <si>
-    <t>selective</t>
-[...1 lines deleted...]
-  <si>
     <t>ratedCriteria</t>
   </si>
   <si>
     <t>2005-10-19T00:00:00.000Z</t>
   </si>
   <si>
     <t>2025-02-11T20:55:27.097955</t>
   </si>
   <si>
-    <t>id-2.0</t>
+    <t>id-3.0</t>
   </si>
   <si>
     <t>ocds-70d2nz-3e75a198-5baf-460d-9b69-1aeda38d1e12-2005-09-10T00:00:00.000Z</t>
   </si>
   <si>
     <t>2005-09-10T00:00:00.000Z</t>
   </si>
   <si>
     <t>ocds-70d2nz-3e75a198-5baf-460d-9b69-1aeda38d1e12</t>
   </si>
   <si>
     <t>IT_body_0c4e54fa3e5174e18f373daf3e715a257a8f3f16be2d8c8fbd1487446cbd1e55</t>
   </si>
   <si>
     <t>COMUNE DI VELLETRI</t>
   </si>
   <si>
     <t>3e75a198-5baf-460d-9b69-1aeda38d1e12</t>
   </si>
   <si>
     <t>REALIZZAZIONE SVINCOLO VIA APPIA, VIALE MARCONI E VIA PONTE DELLA REGINA.*VIA APPIA*</t>
   </si>
   <si>
     <t>2005-10-11T00:00:00.000Z</t>
   </si>
   <si>
     <t>2025-02-11T20:57:37.151097</t>
   </si>
   <si>
-    <t>id-3.0</t>
+    <t>id-4.0</t>
   </si>
   <si>
     <t>ocds-70d2nz-487c4aab-d70d-4006-85c1-b74731a38627-2005-03-24T00:00:00.000Z</t>
   </si>
   <si>
     <t>2005-03-24T00:00:00.000Z</t>
   </si>
   <si>
     <t>ocds-70d2nz-487c4aab-d70d-4006-85c1-b74731a38627</t>
   </si>
   <si>
     <t>IT_body_b7c721645742a629f4e68c43f86225c2a059832e7b176c9c427746f982d68c90</t>
   </si>
   <si>
     <t>COMUNE DI BARDOLINO</t>
   </si>
   <si>
     <t>487c4aab-d70d-4006-85c1-b74731a38627</t>
   </si>
   <si>
     <t>PROCEDURA SELETTIVA EX ART. 238 C.7, D.LGS. 163/2006</t>
   </si>
   <si>
     <t>services</t>
   </si>
   <si>
     <t>LAVORI DI PROGETTAZIONE FORNITURA, INSTALLAZIONE ED AMPLIAMENTO IMPIANTO VIDEOSORVEGLIANZA</t>
   </si>
   <si>
     <t>limited</t>
   </si>
   <si>
     <t>2024-07-16T15:25:58.263014</t>
   </si>
   <si>
-    <t>id-4.0</t>
+    <t>id-5.0</t>
   </si>
   <si>
     <t>ocds-70d2nz-4f12dcfc-751d-47bf-abbe-d8b7d0fcc7c0-2005-09-22T00:00:00.000Z</t>
   </si>
   <si>
     <t>2005-09-22T00:00:00.000Z</t>
   </si>
   <si>
     <t>ocds-70d2nz-4f12dcfc-751d-47bf-abbe-d8b7d0fcc7c0</t>
   </si>
   <si>
     <t>IT_body_ca0b7bcf4fad3bbe20dec8be95bd983ef0bf89e34536a19e3e4b8ea9908273ba</t>
   </si>
   <si>
     <t>COMUNE DI CATANIA</t>
   </si>
   <si>
     <t>4f12dcfc-751d-47bf-abbe-d8b7d0fcc7c0</t>
   </si>
   <si>
     <t>REALIZZAZIONE DI DUE TRATTI DI PISTE CICLABILI TRA LA PIAZZA STESICORO E LA PIAZZA GIOVANNI XXIII E TRA LA PIAZZA GIOVANNI XXIII E LA PIAZZA EUROPA</t>
   </si>
   <si>
     <t>2005-11-12T00:00:00.000Z</t>
   </si>
   <si>
     <t>2024-07-16T18:55:16.428093</t>
   </si>
   <si>
-    <t>id-5.0</t>
+    <t>id-8.0</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-b98c682f-5406-4de1-bd2f-1e74d22f2923-2005-07-08T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2005-07-08T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-b98c682f-5406-4de1-bd2f-1e74d22f2923</t>
+  </si>
+  <si>
+    <t>IT_body_bfe8f065935047aa75e0120a4d9e3dd38cf6f721f7eda61789d02d5b2410e0f4</t>
+  </si>
+  <si>
+    <t>AMMINISTRAZIONE PROVINCIALE DI COSENZA</t>
+  </si>
+  <si>
+    <t>b98c682f-5406-4de1-bd2f-1e74d22f2923</t>
+  </si>
+  <si>
+    <t>COSTRUZIONE IMPIAANTO SPORTIVO POLIVALENTENEL COMUNE DI BONIFATI (CS)</t>
+  </si>
+  <si>
+    <t>2005-08-16T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2025-02-11T21:11:45.032285</t>
+  </si>
+  <si>
+    <t>id-9.0</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-d54d617c-1a36-4ecb-a3d4-7568a0cee6b2-2005-09-21T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2005-09-21T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-d54d617c-1a36-4ecb-a3d4-7568a0cee6b2</t>
+  </si>
+  <si>
+    <t>d54d617c-1a36-4ecb-a3d4-7568a0cee6b2</t>
+  </si>
+  <si>
+    <t>LIBRINO ? BII. 97/7 ? RETI DI SERVIZI E VIABILITÀ ? NUCLEO L/2</t>
+  </si>
+  <si>
+    <t>2005-11-05T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2024-07-16T20:36:13.732442</t>
+  </si>
+  <si>
+    <t>id-11.0</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-bb86716c-e4dc-49e8-b77a-c94dc2d2d30a-2005-10-08T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2005-10-08T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-bb86716c-e4dc-49e8-b77a-c94dc2d2d30a</t>
+  </si>
+  <si>
+    <t>IT_body_d55ae1dc8aad09f219e1e9faefb606e2ee2585ccc5c3233cdfa793ce7c11da6d</t>
+  </si>
+  <si>
+    <t>ARPA LAZIO</t>
+  </si>
+  <si>
+    <t>bb86716c-e4dc-49e8-b77a-c94dc2d2d30a</t>
+  </si>
+  <si>
+    <t>APPALTO CONCORSO PER I LAVORI DI ADEGUAMENTO SISMICO, ADATTAMENTO FUNZIONALE E NORMATIVO ED OPERE DI COMPLETAMENTO DELLA SEDE PROVINCIALE DI ARPALAZIO IN VITERBO, VIA MONTEZEBIO SNC</t>
+  </si>
+  <si>
+    <t>2005-11-14T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2025-02-11T21:11:58.318616</t>
+  </si>
+  <si>
+    <t>id-15.0</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-ff8ac1cc-5e7f-4678-8b06-000e4a869c41-2005-04-20T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2005-04-20T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-ff8ac1cc-5e7f-4678-8b06-000e4a869c41</t>
+  </si>
+  <si>
+    <t>IT_body_c76ff68a9f9dbbc8165a849c91306ecf1ee6fb7df76a68a3647b6c6150536447</t>
+  </si>
+  <si>
+    <t>AMMINISTRAZIONE PROVINCIALE DI TRIESTE</t>
+  </si>
+  <si>
+    <t>ff8ac1cc-5e7f-4678-8b06-000e4a869c41</t>
+  </si>
+  <si>
+    <t>PISTA CICLO-PEDONALE CAMPO MARZIO - DRAGA SANT'ELIA. 2° LOTTO</t>
+  </si>
+  <si>
+    <t>2025-02-11T21:19:48.907282</t>
+  </si>
+  <si>
+    <t>id-20.0</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-f08c07cc-677e-43d2-a9ec-bc662b8e54b8-2005-01-26T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2005-01-26T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-f08c07cc-677e-43d2-a9ec-bc662b8e54b8</t>
+  </si>
+  <si>
+    <t>IT_body_bb99ad8f40ae300cb9e723e7de0c71b725c388718dff4edbedb905d884e3e76e</t>
+  </si>
+  <si>
+    <t>AZIENDA OSPEDALIERA OSPEDALE FATEBENEFRATELLI OFTALMICO</t>
+  </si>
+  <si>
+    <t>f08c07cc-677e-43d2-a9ec-bc662b8e54b8</t>
+  </si>
+  <si>
+    <t>LAVORI DI ADEGUAMENTO STRUTTURALE ED IMPIANTISTICO DEL P.O. MACEDONIO MELLONI</t>
+  </si>
+  <si>
+    <t>2005-04-19T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2024-07-16T20:17:19.528705</t>
+  </si>
+  <si>
+    <t>id-31.0</t>
   </si>
   <si>
     <t>ocds-70d2nz-8a233212-fb18-4f06-a5cf-d287a362631d-2005-11-02T00:00:00.000Z</t>
   </si>
   <si>
     <t>2005-11-02T00:00:00.000Z</t>
   </si>
   <si>
     <t>ocds-70d2nz-8a233212-fb18-4f06-a5cf-d287a362631d</t>
   </si>
   <si>
     <t>IT_body_c4b49cacef511093d0e69547ab5ad8e519faa6a49256c26d67f5fa066f17eecd</t>
   </si>
   <si>
     <t>COMUNE DI CARFIZZI</t>
   </si>
   <si>
     <t>8a233212-fb18-4f06-a5cf-d287a362631d</t>
   </si>
   <si>
     <t>MIGLIORAMENTO DI BOSCO MISTO DI LATIFOGLIE GOVERNATO A FUSTAIA TRANSITORIAA PREVALENZA DI LECCIO IN AGRO DEL COMUNE DI CARFIZZI ALLE LOCLITA' 'MONTAGNELLA-CROSARI-MENZIVONO' DI PROPRIETA' DEL COMUNE DI CARFZZI</t>
   </si>
   <si>
     <t>2015-11-30T00:00:00.000Z</t>
   </si>
   <si>
     <t>2024-07-16T16:11:44.170144</t>
   </si>
   <si>
-    <t>id-6.0</t>
-[...172 lines deleted...]
-  <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>relatedLots</t>
   </si>
   <si>
     <t>relatedBid</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>id-0.0.awards.0</t>
   </si>
   <si>
     <t>award-1</t>
   </si>
   <si>
     <t>2005-09-15T00:00:00.000Z</t>
   </si>
   <si>
     <t>lot-1</t>
   </si>
   <si>
     <t>bid-1</t>
   </si>
   <si>
-    <t>id-1.0.awards.0</t>
+    <t>id-2.0.awards.0</t>
   </si>
   <si>
     <t>2008-01-01T00:00:00.000Z</t>
   </si>
   <si>
-    <t>id-2.0.awards.0</t>
+    <t>id-3.0.awards.0</t>
   </si>
   <si>
     <t>2005-11-21T00:00:00.000Z</t>
   </si>
   <si>
-    <t>id-6.0.awards.0</t>
+    <t>id-8.0.awards.0</t>
   </si>
   <si>
     <t>2005-09-29T00:00:00.000Z</t>
   </si>
   <si>
-    <t>id-6.0.awards.1</t>
+    <t>id-8.0.awards.1</t>
   </si>
   <si>
     <t>award-2</t>
   </si>
   <si>
     <t>bid-2</t>
   </si>
   <si>
-    <t>id-7.0.awards.0</t>
+    <t>id-11.0.awards.0</t>
   </si>
   <si>
     <t>2010-03-24T00:00:00.000Z</t>
   </si>
   <si>
-    <t>id-7.0.awards.1</t>
+    <t>id-11.0.awards.1</t>
   </si>
   <si>
     <t>bid-3</t>
   </si>
   <si>
-    <t>id-7.0.awards.2</t>
+    <t>id-11.0.awards.2</t>
   </si>
   <si>
     <t>award-3</t>
   </si>
   <si>
     <t>bid-4</t>
   </si>
   <si>
-    <t>id-7.0.awards.3</t>
+    <t>id-11.0.awards.3</t>
   </si>
   <si>
     <t>award-4</t>
   </si>
   <si>
     <t>bid-5</t>
   </si>
   <si>
-    <t>id-9.0.awards.0</t>
+    <t>id-15.0.awards.0</t>
   </si>
   <si>
     <t>2005-05-17T00:00:00.000Z</t>
   </si>
   <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>relatedLot</t>
   </si>
   <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
     <t>id-0.0.awards.0.items.0</t>
   </si>
   <si>
     <t>item-1</t>
   </si>
   <si>
     <t>CPV</t>
   </si>
   <si>
-    <t>id-1.0.awards.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-2.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>id-6.0.awards.0.items.0</t>
-[...17 lines deleted...]
-    <t>id-9.0.awards.0.items.0</t>
+    <t>id-3.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-8.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-8.0.awards.1.items.0</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.1.items.0</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.2.items.0</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.3.items.0</t>
+  </si>
+  <si>
+    <t>id-15.0.awards.0.items.0</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
     <t>documentType</t>
   </si>
   <si>
     <t>datePublished</t>
   </si>
   <si>
     <t>id-0.0.awards.0.documents.0</t>
   </si>
   <si>
     <t>document-2</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/opendata/download/dataset/526102</t>
   </si>
   <si>
     <t>awardNotice</t>
   </si>
   <si>
     <t>2010-04-14T00:00:00.000Z</t>
   </si>
   <si>
-    <t>id-1.0.awards.0.documents.0</t>
+    <t>id-2.0.awards.0.documents.0</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/opendata/download/dataset/819284</t>
   </si>
   <si>
     <t>2011-08-31T00:00:00.000Z</t>
   </si>
   <si>
-    <t>id-2.0.awards.0.documents.0</t>
+    <t>id-3.0.awards.0.documents.0</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/opendata/download/dataset/6737422</t>
   </si>
   <si>
-    <t>id-6.0.awards.0.documents.0</t>
+    <t>id-8.0.awards.0.documents.0</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/opendata/download/dataset/4787758</t>
   </si>
   <si>
     <t>2013-11-11T00:00:00.000Z</t>
   </si>
   <si>
-    <t>id-6.0.awards.1.documents.0</t>
-[...2 lines deleted...]
-    <t>id-7.0.awards.0.documents.0</t>
+    <t>id-8.0.awards.1.documents.0</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.0.documents.0</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/opendata/download/dataset/1979856</t>
   </si>
   <si>
-    <t>id-7.0.awards.1.documents.0</t>
-[...8 lines deleted...]
-    <t>id-9.0.awards.0.documents.0</t>
+    <t>id-11.0.awards.1.documents.0</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.2.documents.0</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.3.documents.0</t>
+  </si>
+  <si>
+    <t>id-15.0.awards.0.documents.0</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/opendata/download/dataset/3638356</t>
   </si>
   <si>
     <t>2014-12-04T00:00:00.000Z</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>id-0.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>IT_body_6ccdaae76641d92d887857df3a3cd38e89b74f0f71db4d34c1ab1f6abd9d154d</t>
   </si>
   <si>
     <t>IMPRESA NAZARIO MARANGONI S.R.L. UNIPERSONALE</t>
   </si>
   <si>
-    <t>id-1.0.awards.0.suppliers.0</t>
+    <t>id-2.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>IT_body_d01cf6e3b5246d229ce683973042e66d494dc09adf44cfffbef727b357dce8f8</t>
   </si>
   <si>
     <t>FIERA E SELVANA 2012 SRL</t>
   </si>
   <si>
-    <t>id-2.0.awards.0.suppliers.0</t>
+    <t>id-3.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>IT_body_ef8b5f30c64f785e806a6fe150d71fce6c8a5f665680e13b968a872cdc954449</t>
   </si>
   <si>
     <t>SABINA APPALTI S.R.L.</t>
   </si>
   <si>
-    <t>id-6.0.awards.0.suppliers.0</t>
+    <t>id-8.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>IT_body_61aaa3c5b00ec88a68d58b5ecfd30b27e7ef5a7abe798cc18b01564a59c692da</t>
   </si>
   <si>
     <t>METALMECCANICA AGRIGENTINA S.R.L. IN LIQUIDAZIONE</t>
   </si>
   <si>
-    <t>id-6.0.awards.1.suppliers.0</t>
+    <t>id-8.0.awards.1.suppliers.0</t>
   </si>
   <si>
     <t>IT_body_8fbe25c868ad634fb22d9db9bacaceb302b9393cb5d61234f6c09b8173cfb1e0</t>
   </si>
   <si>
     <t>CAPARELLI IMPIANTI S.R.L.</t>
   </si>
   <si>
-    <t>id-7.0.awards.0.suppliers.0</t>
+    <t>id-11.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>IT_body_159ce0460f56ddf34897250ae8f2c03be6fec6a3d938a8a3a191b4330e14e3f1</t>
   </si>
   <si>
     <t>BLERANA EDILE S.P.A.</t>
   </si>
   <si>
-    <t>id-7.0.awards.1.suppliers.0</t>
+    <t>id-11.0.awards.1.suppliers.0</t>
   </si>
   <si>
     <t>IT_body_bd484664ac84a3339a9be9e1959fb0b239da67231c1671fb888b8d3247e11061</t>
   </si>
   <si>
     <t>C.AR.E.C.A. CONSORZIO ARTIGIANI, EDILI, COLLATERALI, AFFINI SOCIE TA' COOPERATIVA</t>
   </si>
   <si>
-    <t>id-7.0.awards.2.suppliers.0</t>
+    <t>id-11.0.awards.2.suppliers.0</t>
   </si>
   <si>
     <t>IT_body_dc5d9649c1d83139432f2640d53817c6e3cb76beff854436dd247f0e6829be27</t>
   </si>
   <si>
     <t>LOGIN - SOCIETA' CONSORTILE A RESPONSABILITA' LIMITATA</t>
   </si>
   <si>
-    <t>id-7.0.awards.3.suppliers.0</t>
+    <t>id-11.0.awards.3.suppliers.0</t>
   </si>
   <si>
     <t>IT_body_e6a5fda487687310c5ff398d24adf471068f96cadde386cff549b32599d6042e</t>
   </si>
   <si>
     <t>EDIL STRADE CROCICCHIA DI CROCICCHIA MARCO E C. S.N.C.</t>
   </si>
   <si>
-    <t>id-9.0.awards.0.suppliers.0</t>
+    <t>id-15.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>IT_body_5b35abfeb569d0a64239eaa5ad604c1d1abdb9e7ee5dae5a586ed2d401064c10</t>
   </si>
   <si>
     <t>EDILFOGNATURE S.R.L.</t>
   </si>
   <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>identifier_id</t>
   </si>
   <si>
     <t>identifier_scheme</t>
   </si>
@@ -855,744 +855,744 @@
   <si>
     <t>30020</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>00861310274</t>
   </si>
   <si>
     <t>VAT</t>
   </si>
   <si>
     <t>UFFICIO TECNICO COMUNALE</t>
   </si>
   <si>
     <t>id-0.0.parties.1</t>
   </si>
   <si>
     <t>supplier</t>
   </si>
   <si>
     <t>id-1.0.parties.0</t>
   </si>
   <si>
+    <t>30174</t>
+  </si>
+  <si>
+    <t>02798850273</t>
+  </si>
+  <si>
+    <t>UOC PROVVEDITORATO ECONOMATO E LOGISTICA</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.0</t>
+  </si>
+  <si>
     <t>TREVISO</t>
   </si>
   <si>
     <t>N.A.</t>
   </si>
   <si>
     <t>00486490261</t>
   </si>
   <si>
     <t>SETTORE LLPP INFRASTRUTTURE E SPORT</t>
   </si>
   <si>
-    <t>id-1.0.parties.1</t>
-[...2 lines deleted...]
-    <t>id-2.0.parties.0</t>
+    <t>id-2.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.0</t>
   </si>
   <si>
     <t>ROMA</t>
   </si>
   <si>
     <t>00049</t>
   </si>
   <si>
     <t>01001051000</t>
   </si>
   <si>
     <t>SETTORE OPERE PUBBLICHE</t>
   </si>
   <si>
-    <t>id-2.0.parties.1</t>
-[...2 lines deleted...]
-    <t>id-3.0.parties.0</t>
+    <t>id-3.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.0</t>
   </si>
   <si>
     <t>VERONA</t>
   </si>
   <si>
     <t>37011</t>
   </si>
   <si>
     <t>00345090237</t>
   </si>
   <si>
     <t>UFFICIO TECNICO- TECNICO MANUTENTIVO</t>
   </si>
   <si>
-    <t>id-4.0.parties.0</t>
+    <t>id-5.0.parties.0</t>
   </si>
   <si>
     <t>CATANIA</t>
   </si>
   <si>
     <t>95124</t>
   </si>
   <si>
     <t>00137020871</t>
   </si>
   <si>
     <t>DIREZIONE MANUTENZIONI EDILIZIE E ADEGUAMENTO IMMOBILI - MANUTENZIONE STRADE</t>
   </si>
   <si>
-    <t>id-5.0.parties.0</t>
+    <t>id-8.0.parties.0</t>
+  </si>
+  <si>
+    <t>COSENZA</t>
+  </si>
+  <si>
+    <t>87100</t>
+  </si>
+  <si>
+    <t>03447190780</t>
+  </si>
+  <si>
+    <t>SETTORE VIABILITA' - UFFICIO VIABILITA' AMMINISTRATIVA</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.0</t>
+  </si>
+  <si>
+    <t>RIETI</t>
+  </si>
+  <si>
+    <t>02100</t>
+  </si>
+  <si>
+    <t>00915900575</t>
+  </si>
+  <si>
+    <t>AREA PATRIMONIO BENI E SERVZI</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.3</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.4</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.5</t>
+  </si>
+  <si>
+    <t>IT_body_8be3b92aa7a1ca43a5960d8c14243e2ddc9213a4bd000e780755104d985f6a2f</t>
+  </si>
+  <si>
+    <t>ARDUINI MASSIMO</t>
+  </si>
+  <si>
+    <t>tenderer</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.0</t>
+  </si>
+  <si>
+    <t>TRIESTE</t>
+  </si>
+  <si>
+    <t>34132</t>
+  </si>
+  <si>
+    <t>00715530325</t>
+  </si>
+  <si>
+    <t>PROVVEDITORATO ECONOMATO</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-20.0.parties.0</t>
+  </si>
+  <si>
+    <t>MILANO</t>
+  </si>
+  <si>
+    <t>20121</t>
+  </si>
+  <si>
+    <t>11809480152</t>
+  </si>
+  <si>
+    <t>U.O.APPROVVIGIONAMENTI E SERVIZI ECONOMALI</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0</t>
   </si>
   <si>
     <t>CROTONE</t>
   </si>
   <si>
     <t>88817</t>
   </si>
   <si>
     <t>00337920797</t>
   </si>
   <si>
     <t>UFFICIO TECNICO</t>
   </si>
   <si>
-    <t>id-6.0.parties.0</t>
-[...106 lines deleted...]
-  <si>
     <t>_link_parties</t>
   </si>
   <si>
     <t>scheme</t>
   </si>
   <si>
     <t>id-0.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>0000241609</t>
   </si>
   <si>
     <t>SOURCE_ID</t>
   </si>
   <si>
     <t>id-0.0.parties.0.additionalIdentifiers.1</t>
   </si>
   <si>
     <t>84002090276</t>
   </si>
   <si>
     <t>TAX_ID</t>
   </si>
   <si>
     <t>id-0.0.parties.1.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>03169650243</t>
   </si>
   <si>
     <t>id-1.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
+    <t>0000204996</t>
+  </si>
+  <si>
+    <t>id-1.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
     <t>0000239612</t>
   </si>
   <si>
-    <t>id-1.0.parties.0.additionalIdentifiers.1</t>
+    <t>id-2.0.parties.0.additionalIdentifiers.1</t>
   </si>
   <si>
     <t>80007310263</t>
   </si>
   <si>
-    <t>id-1.0.parties.1.additionalIdentifiers.0</t>
+    <t>id-2.0.parties.1.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>04475570265</t>
   </si>
   <si>
-    <t>id-2.0.parties.0.additionalIdentifiers.0</t>
+    <t>id-3.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>0000181306</t>
   </si>
   <si>
-    <t>id-2.0.parties.0.additionalIdentifiers.1</t>
+    <t>id-3.0.parties.0.additionalIdentifiers.1</t>
   </si>
   <si>
     <t>01493120586</t>
   </si>
   <si>
-    <t>id-2.0.parties.1.additionalIdentifiers.0</t>
+    <t>id-3.0.parties.1.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>07936561005</t>
   </si>
   <si>
-    <t>id-3.0.parties.0.additionalIdentifiers.0</t>
+    <t>id-4.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>0000179267</t>
   </si>
   <si>
-    <t>id-3.0.parties.0.additionalIdentifiers.1</t>
-[...2 lines deleted...]
-    <t>id-4.0.parties.0.additionalIdentifiers.0</t>
+    <t>id-4.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>0000158381</t>
   </si>
   <si>
-    <t>id-4.0.parties.0.additionalIdentifiers.1</t>
-[...2 lines deleted...]
-    <t>id-5.0.parties.0.additionalIdentifiers.0</t>
+    <t>id-5.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>0000237405</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>80003710789</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.1.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>01495940841</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.2.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>02763030786</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>0000247307</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>97172140580</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.1.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>00755180569</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.2.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>00150430569</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.3.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>07877881008</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.4.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>01213220567</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.5.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>RDNMSM53C01M082K</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>0000237168</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>80011310325</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.1.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>00415250315</t>
+  </si>
+  <si>
+    <t>id-20.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>0000234395</t>
+  </si>
+  <si>
+    <t>id-20.0.parties.0.additionalIdentifiers.1</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>0000161529</t>
   </si>
   <si>
-    <t>id-5.0.parties.0.additionalIdentifiers.1</t>
-[...106 lines deleted...]
-  <si>
     <t>id-31.0.parties.0.additionalIdentifiers.1</t>
   </si>
   <si>
     <t>id-0.0.bids.details.0</t>
   </si>
   <si>
-    <t>id-1.0.bids.details.0</t>
-[...14 lines deleted...]
-    <t>id-1.0.bids.details.5</t>
+    <t>id-2.0.bids.details.0</t>
+  </si>
+  <si>
+    <t>id-2.0.bids.details.1</t>
+  </si>
+  <si>
+    <t>id-2.0.bids.details.2</t>
+  </si>
+  <si>
+    <t>id-2.0.bids.details.3</t>
+  </si>
+  <si>
+    <t>id-2.0.bids.details.4</t>
+  </si>
+  <si>
+    <t>id-2.0.bids.details.5</t>
   </si>
   <si>
     <t>bid-6</t>
   </si>
   <si>
-    <t>id-2.0.bids.details.0</t>
-[...26 lines deleted...]
-    <t>id-7.0.bids.details.6</t>
+    <t>id-3.0.bids.details.0</t>
+  </si>
+  <si>
+    <t>id-8.0.bids.details.0</t>
+  </si>
+  <si>
+    <t>id-8.0.bids.details.1</t>
+  </si>
+  <si>
+    <t>id-11.0.bids.details.0</t>
+  </si>
+  <si>
+    <t>id-11.0.bids.details.1</t>
+  </si>
+  <si>
+    <t>id-11.0.bids.details.2</t>
+  </si>
+  <si>
+    <t>id-11.0.bids.details.3</t>
+  </si>
+  <si>
+    <t>id-11.0.bids.details.4</t>
+  </si>
+  <si>
+    <t>id-11.0.bids.details.5</t>
+  </si>
+  <si>
+    <t>id-11.0.bids.details.6</t>
   </si>
   <si>
     <t>bid-7</t>
   </si>
   <si>
-    <t>id-7.0.bids.details.7</t>
+    <t>id-11.0.bids.details.7</t>
   </si>
   <si>
     <t>bid-8</t>
   </si>
   <si>
-    <t>id-9.0.bids.details.0</t>
+    <t>id-15.0.bids.details.0</t>
   </si>
   <si>
     <t>_link_bids_details</t>
   </si>
   <si>
     <t>id-0.0.bids.details.0.tenderers.0</t>
   </si>
   <si>
-    <t>id-1.0.bids.details.0.tenderers.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-2.0.bids.details.0.tenderers.0</t>
   </si>
   <si>
-    <t>id-6.0.bids.details.0.tenderers.0</t>
-[...20 lines deleted...]
-    <t>id-9.0.bids.details.0.tenderers.0</t>
+    <t>id-3.0.bids.details.0.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-8.0.bids.details.0.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-8.0.bids.details.1.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-11.0.bids.details.1.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-11.0.bids.details.2.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-11.0.bids.details.3.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-11.0.bids.details.4.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-11.0.bids.details.6.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-15.0.bids.details.0.tenderers.0</t>
   </si>
   <si>
     <t>value</t>
   </si>
   <si>
     <t>measure</t>
   </si>
   <si>
     <t>id-0.0.bids.statistics.0</t>
   </si>
   <si>
     <t>statistic-1</t>
   </si>
   <si>
     <t>validBids</t>
   </si>
   <si>
     <t>id-1.0.bids.statistics.0</t>
   </si>
   <si>
+    <t>bids</t>
+  </si>
+  <si>
     <t>id-2.0.bids.statistics.0</t>
   </si>
   <si>
-    <t>bids</t>
-[...2 lines deleted...]
-    <t>id-2.0.bids.statistics.1</t>
+    <t>id-3.0.bids.statistics.0</t>
+  </si>
+  <si>
+    <t>id-3.0.bids.statistics.1</t>
   </si>
   <si>
     <t>statistic-2</t>
   </si>
   <si>
-    <t>id-3.0.bids.statistics.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-4.0.bids.statistics.0</t>
   </si>
   <si>
     <t>id-5.0.bids.statistics.0</t>
   </si>
   <si>
-    <t>id-6.0.bids.statistics.0</t>
-[...7 lines deleted...]
-  <si>
     <t>id-8.0.bids.statistics.0</t>
   </si>
   <si>
     <t>id-9.0.bids.statistics.0</t>
   </si>
   <si>
-    <t>id-10.0.bids.statistics.0</t>
+    <t>id-11.0.bids.statistics.0</t>
+  </si>
+  <si>
+    <t>id-11.0.bids.statistics.1</t>
+  </si>
+  <si>
+    <t>id-15.0.bids.statistics.0</t>
+  </si>
+  <si>
+    <t>id-20.0.bids.statistics.0</t>
   </si>
   <si>
     <t>id-31.0.bids.statistics.0</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>id-0.0.tender.lots.0</t>
   </si>
   <si>
     <t>https://raw.githubusercontent.com/open-contracting/ocds_lots_extension/v1.1.1/extension.json</t>
   </si>
   <si>
     <t>id-1.0.tender.lots.0</t>
   </si>
   <si>
     <t>id-2.0.tender.lots.0</t>
   </si>
   <si>
     <t>id-3.0.tender.lots.0</t>
   </si>
   <si>
     <t>id-4.0.tender.lots.0</t>
   </si>
   <si>
     <t>id-5.0.tender.lots.0</t>
   </si>
   <si>
-    <t>id-6.0.tender.lots.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-8.0.tender.lots.0</t>
   </si>
   <si>
+    <t>id-9.0.tender.lots.0</t>
+  </si>
+  <si>
     <t>LIBRINO BII. 97/7 RETI DI SERVIZI E VIABILITÀ NUCLEO L/2</t>
   </si>
   <si>
-    <t>id-9.0.tender.lots.0</t>
-[...2 lines deleted...]
-    <t>id-10.0.tender.lots.0</t>
+    <t>id-11.0.tender.lots.0</t>
+  </si>
+  <si>
+    <t>id-15.0.tender.lots.0</t>
+  </si>
+  <si>
+    <t>id-20.0.tender.lots.0</t>
   </si>
   <si>
     <t>LAVORI DI ADEGUAMENTO STRUTTURALE ED IMPIANTISTICO P.O. MACEDONIO MELLONI</t>
   </si>
   <si>
     <t>id-31.0.tender.lots.0</t>
   </si>
   <si>
     <t>id-0.0.tender.items.0</t>
   </si>
   <si>
     <t>id-1.0.tender.items.0</t>
   </si>
   <si>
     <t>id-2.0.tender.items.0</t>
   </si>
   <si>
     <t>id-3.0.tender.items.0</t>
   </si>
   <si>
     <t>id-4.0.tender.items.0</t>
   </si>
   <si>
     <t>id-5.0.tender.items.0</t>
   </si>
   <si>
-    <t>id-6.0.tender.items.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-8.0.tender.items.0</t>
   </si>
   <si>
     <t>id-9.0.tender.items.0</t>
   </si>
   <si>
-    <t>id-10.0.tender.items.0</t>
+    <t>id-11.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-15.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-20.0.tender.items.0</t>
   </si>
   <si>
     <t>id-31.0.tender.items.0</t>
   </si>
   <si>
     <t>id-0.0.tender.documents.0</t>
   </si>
   <si>
     <t>document-4</t>
   </si>
   <si>
     <t>tenderNotice</t>
   </si>
   <si>
     <t>id-1.0.tender.documents.0</t>
   </si>
   <si>
+    <t>https://dati.anticorruzione.it/opendata/download/dataset/3243918</t>
+  </si>
+  <si>
     <t>id-2.0.tender.documents.0</t>
   </si>
   <si>
+    <t>id-3.0.tender.documents.0</t>
+  </si>
+  <si>
     <t>document-5</t>
   </si>
   <si>
-    <t>id-3.0.tender.documents.0</t>
+    <t>id-4.0.tender.documents.0</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/opendata/download/dataset/4838302</t>
   </si>
   <si>
-    <t>id-4.0.tender.documents.0</t>
+    <t>id-5.0.tender.documents.0</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/opendata/download/dataset/2791621</t>
   </si>
   <si>
-    <t>id-5.0.tender.documents.0</t>
+    <t>id-8.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/opendata/download/dataset/2867004</t>
+  </si>
+  <si>
+    <t>id-11.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>id-15.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>id-20.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/opendata/download/dataset/2970809</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.documents.0</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/opendata/download/dataset/6212697</t>
-  </si>
-[...25 lines deleted...]
-    <t>https://dati.anticorruzione.it/opendata/download/dataset/3243918</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -2058,641 +2058,641 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>41</v>
       </c>
       <c r="F3" t="s">
         <v>42</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3" t="s">
         <v>43</v>
       </c>
       <c r="I3" t="s">
         <v>44</v>
       </c>
       <c r="J3" t="s">
         <v>45</v>
       </c>
       <c r="K3" t="s">
         <v>46</v>
       </c>
       <c r="L3" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="M3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="N3" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="P3" t="s">
         <v>49</v>
       </c>
       <c r="Q3">
-        <v>3533201</v>
+        <v>78125</v>
       </c>
       <c r="R3" t="s">
         <v>36</v>
       </c>
       <c r="S3" t="s">
         <v>50</v>
       </c>
       <c r="T3" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>52</v>
       </c>
       <c r="B4" t="s">
         <v>53</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>54</v>
       </c>
       <c r="F4" t="s">
         <v>55</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>56</v>
       </c>
       <c r="I4" t="s">
         <v>57</v>
       </c>
       <c r="J4" t="s">
         <v>58</v>
       </c>
       <c r="K4" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="L4" t="s">
         <v>31</v>
       </c>
       <c r="M4" t="s">
         <v>59</v>
       </c>
       <c r="N4" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="P4" t="s">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="Q4">
-        <v>765585.87</v>
+        <v>3533201</v>
       </c>
       <c r="R4" t="s">
         <v>36</v>
       </c>
       <c r="S4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="T4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="J5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K5" t="s">
-        <v>69</v>
+        <v>30</v>
       </c>
       <c r="L5" t="s">
+        <v>31</v>
+      </c>
+      <c r="M5" t="s">
         <v>70</v>
       </c>
-      <c r="M5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N5" t="s">
-        <v>72</v>
+        <v>33</v>
+      </c>
+      <c r="O5" t="s">
+        <v>34</v>
+      </c>
+      <c r="P5" t="s">
+        <v>35</v>
       </c>
       <c r="Q5">
-        <v>49969.78</v>
+        <v>765585.87</v>
       </c>
       <c r="R5" t="s">
         <v>36</v>
       </c>
       <c r="S5" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="T5" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>73</v>
+      </c>
+      <c r="B6" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
+        <v>75</v>
+      </c>
+      <c r="F6" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6" t="s">
+        <v>77</v>
+      </c>
+      <c r="I6" t="s">
         <v>78</v>
       </c>
-      <c r="I6" t="s">
+      <c r="J6" t="s">
         <v>79</v>
       </c>
-      <c r="J6" t="s">
+      <c r="K6" t="s">
         <v>80</v>
       </c>
-      <c r="K6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L6" t="s">
-        <v>31</v>
+        <v>81</v>
       </c>
       <c r="M6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N6" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="Q6">
-        <v>3174572.52</v>
+        <v>49969.78</v>
       </c>
       <c r="R6" t="s">
         <v>36</v>
       </c>
       <c r="S6" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="T6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="J7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K7" t="s">
         <v>30</v>
       </c>
       <c r="L7" t="s">
         <v>31</v>
       </c>
       <c r="M7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="N7" t="s">
         <v>33</v>
       </c>
       <c r="Q7">
-        <v>68093</v>
+        <v>3174572.52</v>
       </c>
       <c r="R7" t="s">
         <v>36</v>
       </c>
       <c r="S7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="T7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B8" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F8" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I8" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J8" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K8" t="s">
         <v>30</v>
       </c>
       <c r="L8" t="s">
         <v>31</v>
       </c>
       <c r="M8" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N8" t="s">
         <v>33</v>
       </c>
       <c r="P8" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="Q8">
         <v>905168.89</v>
       </c>
       <c r="R8" t="s">
         <v>36</v>
       </c>
       <c r="S8" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="T8" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B9" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F9" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9" t="s">
-        <v>108</v>
+        <v>89</v>
       </c>
       <c r="I9" t="s">
+        <v>90</v>
+      </c>
+      <c r="J9" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="K9" t="s">
         <v>30</v>
       </c>
       <c r="L9" t="s">
         <v>31</v>
       </c>
       <c r="M9" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="N9" t="s">
         <v>33</v>
       </c>
-      <c r="P9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q9">
-        <v>2129085.05</v>
+        <v>1696320.875</v>
       </c>
       <c r="R9" t="s">
         <v>36</v>
       </c>
       <c r="S9" t="s">
+        <v>111</v>
+      </c>
+      <c r="T9" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>113</v>
+      </c>
+      <c r="B10" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
+        <v>115</v>
+      </c>
+      <c r="F10" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10" t="s">
-        <v>78</v>
+        <v>117</v>
       </c>
       <c r="I10" t="s">
-        <v>79</v>
+        <v>118</v>
       </c>
       <c r="J10" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="K10" t="s">
         <v>30</v>
       </c>
       <c r="L10" t="s">
         <v>31</v>
       </c>
       <c r="M10" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N10" t="s">
         <v>33</v>
       </c>
+      <c r="P10" t="s">
+        <v>60</v>
+      </c>
       <c r="Q10">
-        <v>1696320.875</v>
+        <v>2129085.05</v>
       </c>
       <c r="R10" t="s">
         <v>36</v>
       </c>
       <c r="S10" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="T10" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B11" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C11" t="s">
         <v>22</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F11" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="I11" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="J11" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="K11" t="s">
         <v>30</v>
       </c>
       <c r="L11" t="s">
         <v>31</v>
       </c>
       <c r="M11" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="N11" t="s">
         <v>33</v>
       </c>
       <c r="O11" t="s">
         <v>34</v>
       </c>
       <c r="P11" t="s">
         <v>35</v>
       </c>
       <c r="Q11">
         <v>2100000</v>
       </c>
       <c r="R11" t="s">
         <v>36</v>
       </c>
       <c r="S11" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="T11" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B12" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C12" t="s">
         <v>22</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F12" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I12" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="J12" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="K12" t="s">
         <v>30</v>
       </c>
       <c r="L12" t="s">
         <v>31</v>
       </c>
       <c r="M12" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N12" t="s">
         <v>33</v>
       </c>
       <c r="Q12">
         <v>3684753.25</v>
       </c>
       <c r="R12" t="s">
         <v>36</v>
       </c>
       <c r="S12" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="T12" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B13" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C13" t="s">
         <v>22</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F13" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="I13" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="J13" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="K13" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="L13" t="s">
-        <v>148</v>
+        <v>31</v>
       </c>
       <c r="M13" t="s">
         <v>149</v>
       </c>
       <c r="N13" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="Q13">
-        <v>78125</v>
+        <v>68093</v>
       </c>
       <c r="R13" t="s">
         <v>36</v>
       </c>
       <c r="S13" t="s">
         <v>150</v>
       </c>
       <c r="T13" t="s">
         <v>151</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -2724,294 +2724,294 @@
       </c>
       <c r="C2" t="s">
         <v>439</v>
       </c>
       <c r="D2">
         <v>85</v>
       </c>
       <c r="E2" t="s">
         <v>440</v>
       </c>
       <c r="F2" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>441</v>
       </c>
       <c r="B3" t="s">
         <v>39</v>
       </c>
       <c r="C3" t="s">
         <v>439</v>
       </c>
       <c r="D3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E3" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="F3" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B4" t="s">
         <v>52</v>
       </c>
       <c r="C4" t="s">
         <v>439</v>
       </c>
       <c r="D4">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E4" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="F4" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>444</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="C5" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="D5">
         <v>0</v>
       </c>
       <c r="E5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="F5" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>445</v>
+      </c>
+      <c r="B6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C6" t="s">
         <v>446</v>
-      </c>
-[...4 lines deleted...]
-        <v>439</v>
       </c>
       <c r="D6">
         <v>0</v>
       </c>
       <c r="E6" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="F6" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>447</v>
       </c>
       <c r="B7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C7" t="s">
         <v>439</v>
       </c>
       <c r="D7">
         <v>0</v>
       </c>
       <c r="E7" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="F7" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>448</v>
       </c>
       <c r="B8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C8" t="s">
         <v>439</v>
       </c>
       <c r="D8">
         <v>0</v>
       </c>
       <c r="E8" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="F8" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>449</v>
       </c>
       <c r="B9" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C9" t="s">
         <v>439</v>
       </c>
       <c r="D9">
         <v>4</v>
       </c>
       <c r="E9" t="s">
         <v>440</v>
       </c>
       <c r="F9" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>450</v>
       </c>
       <c r="B10" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C10" t="s">
         <v>439</v>
       </c>
       <c r="D10">
         <v>0</v>
       </c>
       <c r="E10" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="F10" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>451</v>
       </c>
       <c r="B11" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="C11" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="D11">
         <v>0</v>
       </c>
       <c r="E11" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="F11" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>452</v>
       </c>
       <c r="B12" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C12" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="D12">
         <v>0</v>
       </c>
       <c r="E12" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="F12" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>453</v>
       </c>
       <c r="B13" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C13" t="s">
         <v>439</v>
       </c>
       <c r="D13">
         <v>46</v>
       </c>
       <c r="E13" t="s">
         <v>440</v>
       </c>
       <c r="F13" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>454</v>
       </c>
       <c r="B14" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C14" t="s">
         <v>439</v>
       </c>
       <c r="D14">
         <v>0</v>
       </c>
       <c r="E14" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="F14" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>455</v>
       </c>
       <c r="B15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C15" t="s">
         <v>439</v>
       </c>
       <c r="D15">
         <v>0</v>
       </c>
       <c r="E15" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="F15" t="s">
         <v>160</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>152</v>
       </c>
@@ -3046,284 +3046,284 @@
       </c>
       <c r="E2" t="s">
         <v>32</v>
       </c>
       <c r="F2">
         <v>869103.16</v>
       </c>
       <c r="G2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>459</v>
       </c>
       <c r="B3" t="s">
         <v>39</v>
       </c>
       <c r="C3" t="s">
         <v>160</v>
       </c>
       <c r="D3" t="s">
         <v>458</v>
       </c>
       <c r="E3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F3">
-        <v>3533201</v>
+        <v>78125</v>
       </c>
       <c r="G3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>460</v>
       </c>
       <c r="B4" t="s">
         <v>52</v>
       </c>
       <c r="C4" t="s">
         <v>160</v>
       </c>
       <c r="D4" t="s">
         <v>458</v>
       </c>
       <c r="E4" t="s">
         <v>59</v>
       </c>
       <c r="F4">
-        <v>765585.87</v>
+        <v>3533201</v>
       </c>
       <c r="G4" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>461</v>
       </c>
       <c r="B5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C5" t="s">
         <v>160</v>
       </c>
       <c r="D5" t="s">
         <v>458</v>
       </c>
       <c r="E5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F5">
-        <v>49969.78</v>
+        <v>765585.87</v>
       </c>
       <c r="G5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>462</v>
       </c>
       <c r="B6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C6" t="s">
         <v>160</v>
       </c>
       <c r="D6" t="s">
         <v>458</v>
       </c>
       <c r="E6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F6">
-        <v>3174572.52</v>
+        <v>49969.78</v>
       </c>
       <c r="G6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>463</v>
       </c>
       <c r="B7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C7" t="s">
         <v>160</v>
       </c>
       <c r="D7" t="s">
         <v>458</v>
       </c>
       <c r="E7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F7">
-        <v>68093</v>
+        <v>3174572.52</v>
       </c>
       <c r="G7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>464</v>
       </c>
       <c r="B8" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C8" t="s">
         <v>160</v>
       </c>
       <c r="D8" t="s">
         <v>458</v>
       </c>
       <c r="E8" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F8">
         <v>905168.89</v>
       </c>
       <c r="G8" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>465</v>
       </c>
       <c r="B9" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C9" t="s">
         <v>160</v>
       </c>
       <c r="D9" t="s">
         <v>458</v>
       </c>
       <c r="E9" t="s">
-        <v>111</v>
+        <v>466</v>
       </c>
       <c r="F9">
-        <v>2129085.05</v>
+        <v>1696320.93</v>
       </c>
       <c r="G9" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B10" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C10" t="s">
         <v>160</v>
       </c>
       <c r="D10" t="s">
         <v>458</v>
       </c>
       <c r="E10" t="s">
-        <v>467</v>
+        <v>120</v>
       </c>
       <c r="F10">
-        <v>1696320.93</v>
+        <v>2129085.05</v>
       </c>
       <c r="G10" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>468</v>
       </c>
       <c r="B11" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C11" t="s">
         <v>160</v>
       </c>
       <c r="D11" t="s">
         <v>458</v>
       </c>
       <c r="E11" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F11">
         <v>2100000</v>
       </c>
       <c r="G11" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>469</v>
       </c>
       <c r="B12" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C12" t="s">
         <v>160</v>
       </c>
       <c r="D12" t="s">
         <v>458</v>
       </c>
       <c r="E12" t="s">
         <v>470</v>
       </c>
       <c r="F12">
         <v>3684753.34</v>
       </c>
       <c r="G12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>471</v>
       </c>
       <c r="B13" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C13" t="s">
         <v>160</v>
       </c>
       <c r="D13" t="s">
         <v>458</v>
       </c>
       <c r="E13" t="s">
         <v>149</v>
       </c>
       <c r="F13">
-        <v>78125</v>
+        <v>68093</v>
       </c>
       <c r="G13" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>152</v>
       </c>
@@ -3352,251 +3352,251 @@
       </c>
       <c r="D2" t="s">
         <v>160</v>
       </c>
       <c r="E2">
         <v>45231000</v>
       </c>
       <c r="F2" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>473</v>
       </c>
       <c r="B3" t="s">
         <v>39</v>
       </c>
       <c r="C3" t="s">
         <v>188</v>
       </c>
       <c r="D3" t="s">
         <v>160</v>
       </c>
       <c r="E3">
-        <v>45212212</v>
+        <v>50421000</v>
       </c>
       <c r="F3" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>474</v>
       </c>
       <c r="B4" t="s">
         <v>52</v>
       </c>
       <c r="C4" t="s">
         <v>188</v>
       </c>
       <c r="D4" t="s">
         <v>160</v>
       </c>
       <c r="E4">
-        <v>45233140</v>
+        <v>45212212</v>
       </c>
       <c r="F4" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>475</v>
       </c>
       <c r="B5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C5" t="s">
         <v>188</v>
       </c>
       <c r="D5" t="s">
         <v>160</v>
       </c>
       <c r="E5">
-        <v>32323500</v>
+        <v>45233140</v>
       </c>
       <c r="F5" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>476</v>
       </c>
       <c r="B6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C6" t="s">
         <v>188</v>
       </c>
       <c r="D6" t="s">
         <v>160</v>
       </c>
       <c r="E6">
-        <v>45230000</v>
+        <v>32323500</v>
       </c>
       <c r="F6" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>477</v>
       </c>
       <c r="B7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C7" t="s">
         <v>188</v>
       </c>
       <c r="D7" t="s">
         <v>160</v>
       </c>
       <c r="E7">
-        <v>77211400</v>
+        <v>45230000</v>
       </c>
       <c r="F7" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>478</v>
       </c>
       <c r="B8" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C8" t="s">
         <v>188</v>
       </c>
       <c r="D8" t="s">
         <v>160</v>
       </c>
       <c r="E8">
         <v>45212000</v>
       </c>
       <c r="F8" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>479</v>
       </c>
       <c r="B9" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C9" t="s">
         <v>188</v>
       </c>
       <c r="D9" t="s">
         <v>160</v>
       </c>
       <c r="E9">
-        <v>45454000</v>
+        <v>45262522</v>
       </c>
       <c r="F9" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>480</v>
       </c>
       <c r="B10" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C10" t="s">
         <v>188</v>
       </c>
       <c r="D10" t="s">
         <v>160</v>
       </c>
       <c r="E10">
-        <v>45262522</v>
+        <v>45454000</v>
       </c>
       <c r="F10" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>481</v>
       </c>
       <c r="B11" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C11" t="s">
         <v>188</v>
       </c>
       <c r="D11" t="s">
         <v>160</v>
       </c>
       <c r="E11">
         <v>45233162</v>
       </c>
       <c r="F11" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>482</v>
       </c>
       <c r="B12" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C12" t="s">
         <v>188</v>
       </c>
       <c r="D12" t="s">
         <v>160</v>
       </c>
       <c r="E12">
         <v>45215140</v>
       </c>
       <c r="F12" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>483</v>
       </c>
       <c r="B13" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C13" t="s">
         <v>188</v>
       </c>
       <c r="D13" t="s">
         <v>160</v>
       </c>
       <c r="E13">
-        <v>50421000</v>
+        <v>77211400</v>
       </c>
       <c r="F13" t="s">
         <v>189</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>152</v>
       </c>
@@ -3619,260 +3619,260 @@
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>485</v>
       </c>
       <c r="D2" t="s">
         <v>204</v>
       </c>
       <c r="E2" t="s">
         <v>486</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>487</v>
       </c>
       <c r="B3" t="s">
         <v>39</v>
       </c>
       <c r="C3" t="s">
-        <v>485</v>
+        <v>203</v>
       </c>
       <c r="D3" t="s">
-        <v>208</v>
+        <v>488</v>
       </c>
       <c r="E3" t="s">
         <v>486</v>
       </c>
       <c r="F3" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B4" t="s">
         <v>52</v>
       </c>
       <c r="C4" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="D4" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="E4" t="s">
         <v>486</v>
       </c>
       <c r="F4" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>490</v>
       </c>
       <c r="B5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C5" t="s">
-        <v>203</v>
+        <v>491</v>
       </c>
       <c r="D5" t="s">
-        <v>491</v>
+        <v>211</v>
       </c>
       <c r="E5" t="s">
         <v>486</v>
       </c>
       <c r="F5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>492</v>
       </c>
       <c r="B6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C6" t="s">
         <v>203</v>
       </c>
       <c r="D6" t="s">
         <v>493</v>
       </c>
       <c r="E6" t="s">
         <v>486</v>
       </c>
       <c r="F6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>494</v>
       </c>
       <c r="B7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C7" t="s">
         <v>203</v>
       </c>
       <c r="D7" t="s">
         <v>495</v>
       </c>
       <c r="E7" t="s">
         <v>486</v>
       </c>
       <c r="F7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>496</v>
       </c>
       <c r="B8" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C8" t="s">
         <v>485</v>
       </c>
       <c r="D8" t="s">
         <v>213</v>
       </c>
       <c r="E8" t="s">
         <v>486</v>
       </c>
       <c r="F8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>497</v>
       </c>
       <c r="B9" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C9" t="s">
-        <v>485</v>
+        <v>203</v>
       </c>
       <c r="D9" t="s">
-        <v>217</v>
+        <v>498</v>
       </c>
       <c r="E9" t="s">
         <v>486</v>
       </c>
       <c r="F9" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B10" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C10" t="s">
-        <v>203</v>
+        <v>485</v>
       </c>
       <c r="D10" t="s">
-        <v>499</v>
+        <v>217</v>
       </c>
       <c r="E10" t="s">
         <v>486</v>
       </c>
       <c r="F10" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>500</v>
       </c>
       <c r="B11" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C11" t="s">
         <v>485</v>
       </c>
       <c r="D11" t="s">
         <v>222</v>
       </c>
       <c r="E11" t="s">
         <v>486</v>
       </c>
       <c r="F11" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>501</v>
       </c>
       <c r="B12" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C12" t="s">
         <v>203</v>
       </c>
       <c r="D12" t="s">
         <v>502</v>
       </c>
       <c r="E12" t="s">
         <v>486</v>
       </c>
       <c r="F12" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>503</v>
       </c>
       <c r="B13" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C13" t="s">
         <v>203</v>
       </c>
       <c r="D13" t="s">
         <v>504</v>
       </c>
       <c r="E13" t="s">
         <v>486</v>
       </c>
       <c r="F13" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>152</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -3901,259 +3901,259 @@
       </c>
       <c r="C2" t="s">
         <v>158</v>
       </c>
       <c r="D2" t="s">
         <v>159</v>
       </c>
       <c r="E2" t="s">
         <v>160</v>
       </c>
       <c r="F2" t="s">
         <v>161</v>
       </c>
       <c r="G2">
         <v>745292.21</v>
       </c>
       <c r="H2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>162</v>
       </c>
       <c r="B3" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="C3" t="s">
         <v>158</v>
       </c>
       <c r="D3" t="s">
         <v>163</v>
       </c>
       <c r="E3" t="s">
         <v>160</v>
       </c>
       <c r="F3" t="s">
         <v>161</v>
       </c>
       <c r="G3">
         <v>3533201</v>
       </c>
       <c r="H3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>164</v>
       </c>
       <c r="B4" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="C4" t="s">
         <v>158</v>
       </c>
       <c r="D4" t="s">
         <v>165</v>
       </c>
       <c r="E4" t="s">
         <v>160</v>
       </c>
       <c r="F4" t="s">
         <v>161</v>
       </c>
       <c r="G4">
         <v>554187.3</v>
       </c>
       <c r="H4" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>166</v>
       </c>
       <c r="B5" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C5" t="s">
         <v>158</v>
       </c>
       <c r="D5" t="s">
         <v>167</v>
       </c>
       <c r="E5" t="s">
         <v>160</v>
       </c>
       <c r="F5" t="s">
         <v>161</v>
       </c>
       <c r="G5">
         <v>756191.337</v>
       </c>
       <c r="H5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>168</v>
       </c>
       <c r="B6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C6" t="s">
         <v>169</v>
       </c>
       <c r="D6" t="s">
         <v>167</v>
       </c>
       <c r="E6" t="s">
         <v>160</v>
       </c>
       <c r="F6" t="s">
         <v>170</v>
       </c>
       <c r="G6">
         <v>756191.337</v>
       </c>
       <c r="H6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>171</v>
       </c>
       <c r="B7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="C7" t="s">
         <v>158</v>
       </c>
       <c r="D7" t="s">
         <v>172</v>
       </c>
       <c r="E7" t="s">
         <v>160</v>
       </c>
       <c r="F7" t="s">
         <v>170</v>
       </c>
       <c r="G7">
         <v>2107407.75</v>
       </c>
       <c r="H7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>173</v>
       </c>
       <c r="B8" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="C8" t="s">
         <v>169</v>
       </c>
       <c r="D8" t="s">
         <v>172</v>
       </c>
       <c r="E8" t="s">
         <v>160</v>
       </c>
       <c r="F8" t="s">
         <v>174</v>
       </c>
       <c r="G8">
         <v>2107407.75</v>
       </c>
       <c r="H8" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>175</v>
       </c>
       <c r="B9" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="C9" t="s">
         <v>176</v>
       </c>
       <c r="D9" t="s">
         <v>172</v>
       </c>
       <c r="E9" t="s">
         <v>160</v>
       </c>
       <c r="F9" t="s">
         <v>177</v>
       </c>
       <c r="G9">
         <v>2107407.75</v>
       </c>
       <c r="H9" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>178</v>
       </c>
       <c r="B10" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="C10" t="s">
         <v>179</v>
       </c>
       <c r="D10" t="s">
         <v>172</v>
       </c>
       <c r="E10" t="s">
         <v>160</v>
       </c>
       <c r="F10" t="s">
         <v>180</v>
       </c>
       <c r="G10">
         <v>2107407.75</v>
       </c>
       <c r="H10" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>181</v>
       </c>
       <c r="B11" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C11" t="s">
         <v>158</v>
       </c>
       <c r="D11" t="s">
         <v>182</v>
       </c>
       <c r="E11" t="s">
         <v>160</v>
       </c>
       <c r="F11" t="s">
         <v>161</v>
       </c>
       <c r="G11">
         <v>2062944.96</v>
       </c>
       <c r="H11" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
@@ -4197,235 +4197,235 @@
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>188</v>
       </c>
       <c r="E2" t="s">
         <v>160</v>
       </c>
       <c r="F2">
         <v>45231000</v>
       </c>
       <c r="G2" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>190</v>
       </c>
       <c r="B3" t="s">
         <v>162</v>
       </c>
       <c r="C3" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="D3" t="s">
         <v>188</v>
       </c>
       <c r="E3" t="s">
         <v>160</v>
       </c>
       <c r="F3">
         <v>45212212</v>
       </c>
       <c r="G3" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>191</v>
       </c>
       <c r="B4" t="s">
         <v>164</v>
       </c>
       <c r="C4" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="D4" t="s">
         <v>188</v>
       </c>
       <c r="E4" t="s">
         <v>160</v>
       </c>
       <c r="F4">
         <v>45233140</v>
       </c>
       <c r="G4" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>192</v>
       </c>
       <c r="B5" t="s">
         <v>166</v>
       </c>
       <c r="C5" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D5" t="s">
         <v>188</v>
       </c>
       <c r="E5" t="s">
         <v>160</v>
       </c>
       <c r="F5">
         <v>45212000</v>
       </c>
       <c r="G5" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>193</v>
       </c>
       <c r="B6" t="s">
         <v>168</v>
       </c>
       <c r="C6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D6" t="s">
         <v>188</v>
       </c>
       <c r="E6" t="s">
         <v>160</v>
       </c>
       <c r="F6">
         <v>45212000</v>
       </c>
       <c r="G6" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>194</v>
       </c>
       <c r="B7" t="s">
         <v>171</v>
       </c>
       <c r="C7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D7" t="s">
         <v>188</v>
       </c>
       <c r="E7" t="s">
         <v>160</v>
       </c>
       <c r="F7">
         <v>45454000</v>
       </c>
       <c r="G7" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>195</v>
       </c>
       <c r="B8" t="s">
         <v>173</v>
       </c>
       <c r="C8" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D8" t="s">
         <v>188</v>
       </c>
       <c r="E8" t="s">
         <v>160</v>
       </c>
       <c r="F8">
         <v>45454000</v>
       </c>
       <c r="G8" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>196</v>
       </c>
       <c r="B9" t="s">
         <v>175</v>
       </c>
       <c r="C9" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D9" t="s">
         <v>188</v>
       </c>
       <c r="E9" t="s">
         <v>160</v>
       </c>
       <c r="F9">
         <v>45454000</v>
       </c>
       <c r="G9" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>197</v>
       </c>
       <c r="B10" t="s">
         <v>178</v>
       </c>
       <c r="C10" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D10" t="s">
         <v>188</v>
       </c>
       <c r="E10" t="s">
         <v>160</v>
       </c>
       <c r="F10">
         <v>45454000</v>
       </c>
       <c r="G10" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>198</v>
       </c>
       <c r="B11" t="s">
         <v>181</v>
       </c>
       <c r="C11" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D11" t="s">
         <v>188</v>
       </c>
       <c r="E11" t="s">
         <v>160</v>
       </c>
       <c r="F11">
         <v>45233162</v>
       </c>
       <c r="G11" t="s">
         <v>189</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
@@ -4463,220 +4463,220 @@
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>203</v>
       </c>
       <c r="E2" t="s">
         <v>204</v>
       </c>
       <c r="F2" t="s">
         <v>205</v>
       </c>
       <c r="G2" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>207</v>
       </c>
       <c r="B3" t="s">
         <v>162</v>
       </c>
       <c r="C3" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="D3" t="s">
         <v>203</v>
       </c>
       <c r="E3" t="s">
         <v>208</v>
       </c>
       <c r="F3" t="s">
         <v>205</v>
       </c>
       <c r="G3" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>210</v>
       </c>
       <c r="B4" t="s">
         <v>164</v>
       </c>
       <c r="C4" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="D4" t="s">
         <v>203</v>
       </c>
       <c r="E4" t="s">
         <v>211</v>
       </c>
       <c r="F4" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>212</v>
       </c>
       <c r="B5" t="s">
         <v>166</v>
       </c>
       <c r="C5" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D5" t="s">
         <v>203</v>
       </c>
       <c r="E5" t="s">
         <v>213</v>
       </c>
       <c r="F5" t="s">
         <v>205</v>
       </c>
       <c r="G5" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>215</v>
       </c>
       <c r="B6" t="s">
         <v>168</v>
       </c>
       <c r="C6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D6" t="s">
         <v>203</v>
       </c>
       <c r="E6" t="s">
         <v>213</v>
       </c>
       <c r="F6" t="s">
         <v>205</v>
       </c>
       <c r="G6" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>216</v>
       </c>
       <c r="B7" t="s">
         <v>171</v>
       </c>
       <c r="C7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D7" t="s">
         <v>203</v>
       </c>
       <c r="E7" t="s">
         <v>217</v>
       </c>
       <c r="F7" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>218</v>
       </c>
       <c r="B8" t="s">
         <v>173</v>
       </c>
       <c r="C8" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D8" t="s">
         <v>203</v>
       </c>
       <c r="E8" t="s">
         <v>217</v>
       </c>
       <c r="F8" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>219</v>
       </c>
       <c r="B9" t="s">
         <v>175</v>
       </c>
       <c r="C9" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D9" t="s">
         <v>203</v>
       </c>
       <c r="E9" t="s">
         <v>217</v>
       </c>
       <c r="F9" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>220</v>
       </c>
       <c r="B10" t="s">
         <v>178</v>
       </c>
       <c r="C10" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D10" t="s">
         <v>203</v>
       </c>
       <c r="E10" t="s">
         <v>217</v>
       </c>
       <c r="F10" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>221</v>
       </c>
       <c r="B11" t="s">
         <v>181</v>
       </c>
       <c r="C11" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D11" t="s">
         <v>203</v>
       </c>
       <c r="E11" t="s">
         <v>222</v>
       </c>
       <c r="F11" t="s">
         <v>205</v>
       </c>
       <c r="G11" t="s">
         <v>223</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
@@ -4702,187 +4702,187 @@
     <row r="2">
       <c r="A2" t="s">
         <v>225</v>
       </c>
       <c r="B2" t="s">
         <v>157</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>226</v>
       </c>
       <c r="E2" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>228</v>
       </c>
       <c r="B3" t="s">
         <v>162</v>
       </c>
       <c r="C3" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="D3" t="s">
         <v>229</v>
       </c>
       <c r="E3" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>231</v>
       </c>
       <c r="B4" t="s">
         <v>164</v>
       </c>
       <c r="C4" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="D4" t="s">
         <v>232</v>
       </c>
       <c r="E4" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>234</v>
       </c>
       <c r="B5" t="s">
         <v>166</v>
       </c>
       <c r="C5" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D5" t="s">
         <v>235</v>
       </c>
       <c r="E5" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>237</v>
       </c>
       <c r="B6" t="s">
         <v>168</v>
       </c>
       <c r="C6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D6" t="s">
         <v>238</v>
       </c>
       <c r="E6" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>240</v>
       </c>
       <c r="B7" t="s">
         <v>171</v>
       </c>
       <c r="C7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D7" t="s">
         <v>241</v>
       </c>
       <c r="E7" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>243</v>
       </c>
       <c r="B8" t="s">
         <v>173</v>
       </c>
       <c r="C8" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D8" t="s">
         <v>244</v>
       </c>
       <c r="E8" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>246</v>
       </c>
       <c r="B9" t="s">
         <v>175</v>
       </c>
       <c r="C9" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D9" t="s">
         <v>247</v>
       </c>
       <c r="E9" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>249</v>
       </c>
       <c r="B10" t="s">
         <v>178</v>
       </c>
       <c r="C10" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D10" t="s">
         <v>250</v>
       </c>
       <c r="E10" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>252</v>
       </c>
       <c r="B11" t="s">
         <v>181</v>
       </c>
       <c r="C11" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D11" t="s">
         <v>253</v>
       </c>
       <c r="E11" t="s">
         <v>254</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -4964,571 +4964,571 @@
       </c>
       <c r="D3" t="s">
         <v>227</v>
       </c>
       <c r="E3" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>272</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>43</v>
       </c>
       <c r="D4" t="s">
         <v>44</v>
       </c>
       <c r="E4" t="s">
         <v>263</v>
       </c>
       <c r="F4" t="s">
+        <v>264</v>
+      </c>
+      <c r="G4" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="H4" t="s">
         <v>266</v>
       </c>
       <c r="I4" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="J4" t="s">
         <v>268</v>
       </c>
       <c r="K4" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>276</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>56</v>
+      </c>
+      <c r="D5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E5" t="s">
+        <v>263</v>
+      </c>
+      <c r="F5" t="s">
         <v>277</v>
       </c>
-      <c r="B5" t="s">
-[...9 lines deleted...]
-        <v>271</v>
+      <c r="G5" t="s">
+        <v>278</v>
+      </c>
+      <c r="H5" t="s">
+        <v>266</v>
+      </c>
+      <c r="I5" t="s">
+        <v>279</v>
+      </c>
+      <c r="J5" t="s">
+        <v>268</v>
+      </c>
+      <c r="K5" t="s">
+        <v>280</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
       <c r="C6" t="s">
-        <v>56</v>
+        <v>229</v>
       </c>
       <c r="D6" t="s">
-        <v>57</v>
+        <v>230</v>
       </c>
       <c r="E6" t="s">
-        <v>263</v>
-[...17 lines deleted...]
-        <v>282</v>
+        <v>271</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>282</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>263</v>
+      </c>
+      <c r="F7" t="s">
         <v>283</v>
       </c>
-      <c r="B7" t="s">
-[...9 lines deleted...]
-        <v>271</v>
+      <c r="G7" t="s">
+        <v>284</v>
+      </c>
+      <c r="H7" t="s">
+        <v>266</v>
+      </c>
+      <c r="I7" t="s">
+        <v>285</v>
+      </c>
+      <c r="J7" t="s">
+        <v>268</v>
+      </c>
+      <c r="K7" t="s">
+        <v>286</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C8" t="s">
-        <v>66</v>
+        <v>232</v>
       </c>
       <c r="D8" t="s">
-        <v>67</v>
+        <v>233</v>
       </c>
       <c r="E8" t="s">
-        <v>263</v>
-[...17 lines deleted...]
-        <v>288</v>
+        <v>271</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="B9" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="E9" t="s">
         <v>263</v>
       </c>
       <c r="F9" t="s">
+        <v>289</v>
+      </c>
+      <c r="G9" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="H9" t="s">
         <v>266</v>
       </c>
       <c r="I9" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="J9" t="s">
         <v>268</v>
       </c>
       <c r="K9" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="B10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E10" t="s">
         <v>263</v>
       </c>
       <c r="F10" t="s">
+        <v>294</v>
+      </c>
+      <c r="G10" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="H10" t="s">
         <v>266</v>
       </c>
       <c r="I10" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="J10" t="s">
         <v>268</v>
       </c>
       <c r="K10" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="B11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E11" t="s">
         <v>263</v>
       </c>
       <c r="F11" t="s">
+        <v>299</v>
+      </c>
+      <c r="G11" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="H11" t="s">
         <v>266</v>
       </c>
       <c r="I11" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="J11" t="s">
         <v>268</v>
       </c>
       <c r="K11" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="B12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C12" t="s">
         <v>235</v>
       </c>
       <c r="D12" t="s">
         <v>236</v>
       </c>
       <c r="E12" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="B13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
         <v>238</v>
       </c>
       <c r="D13" t="s">
         <v>239</v>
       </c>
       <c r="E13" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="B14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C14" t="s">
-        <v>108</v>
+        <v>89</v>
       </c>
       <c r="D14" t="s">
-        <v>109</v>
+        <v>90</v>
       </c>
       <c r="E14" t="s">
         <v>263</v>
       </c>
       <c r="F14" t="s">
-        <v>307</v>
+        <v>294</v>
       </c>
       <c r="G14" t="s">
-        <v>308</v>
+        <v>295</v>
       </c>
       <c r="H14" t="s">
         <v>266</v>
       </c>
       <c r="I14" t="s">
-        <v>309</v>
+        <v>296</v>
       </c>
       <c r="J14" t="s">
         <v>268</v>
       </c>
       <c r="K14" t="s">
-        <v>310</v>
+        <v>297</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="B15" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="C15" t="s">
-        <v>241</v>
+        <v>117</v>
       </c>
       <c r="D15" t="s">
-        <v>242</v>
+        <v>118</v>
       </c>
       <c r="E15" t="s">
-        <v>271</v>
+        <v>263</v>
+      </c>
+      <c r="F15" t="s">
+        <v>307</v>
+      </c>
+      <c r="G15" t="s">
+        <v>308</v>
+      </c>
+      <c r="H15" t="s">
+        <v>266</v>
+      </c>
+      <c r="I15" t="s">
+        <v>309</v>
+      </c>
+      <c r="J15" t="s">
+        <v>268</v>
+      </c>
+      <c r="K15" t="s">
+        <v>310</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="B16" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="C16" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="D16" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="E16" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="B17" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="C17" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D17" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="E17" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="B18" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="C18" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D18" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="E18" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="B19" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="C19" t="s">
-        <v>316</v>
+        <v>250</v>
       </c>
       <c r="D19" t="s">
-        <v>317</v>
+        <v>251</v>
       </c>
       <c r="E19" t="s">
-        <v>318</v>
+        <v>271</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="B20" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C20" t="s">
-        <v>78</v>
+        <v>316</v>
       </c>
       <c r="D20" t="s">
-        <v>79</v>
+        <v>317</v>
       </c>
       <c r="E20" t="s">
-        <v>263</v>
-[...17 lines deleted...]
-        <v>293</v>
+        <v>318</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="B21" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C21" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D21" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E21" t="s">
         <v>263</v>
       </c>
       <c r="F21" t="s">
+        <v>320</v>
+      </c>
+      <c r="G21" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="H21" t="s">
         <v>266</v>
       </c>
       <c r="I21" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="J21" t="s">
         <v>268</v>
       </c>
       <c r="K21" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="B22" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C22" t="s">
         <v>253</v>
       </c>
       <c r="D22" t="s">
         <v>254</v>
       </c>
       <c r="E22" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="B23" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C23" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D23" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E23" t="s">
         <v>263</v>
       </c>
       <c r="F23" t="s">
+        <v>326</v>
+      </c>
+      <c r="G23" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="H23" t="s">
         <v>266</v>
       </c>
       <c r="I23" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="J23" t="s">
         <v>268</v>
       </c>
       <c r="K23" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="B24" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C24" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D24" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E24" t="s">
         <v>263</v>
       </c>
       <c r="F24" t="s">
-        <v>264</v>
+        <v>331</v>
       </c>
       <c r="G24" t="s">
         <v>332</v>
       </c>
       <c r="H24" t="s">
         <v>266</v>
       </c>
       <c r="I24" t="s">
         <v>333</v>
       </c>
       <c r="J24" t="s">
         <v>268</v>
       </c>
       <c r="K24" t="s">
         <v>334</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E36"/>
@@ -5611,558 +5611,558 @@
       </c>
       <c r="B5" t="s">
         <v>272</v>
       </c>
       <c r="C5" t="s">
         <v>39</v>
       </c>
       <c r="D5" t="s">
         <v>346</v>
       </c>
       <c r="E5" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>347</v>
       </c>
       <c r="B6" t="s">
         <v>272</v>
       </c>
       <c r="C6" t="s">
         <v>39</v>
       </c>
       <c r="D6" t="s">
-        <v>348</v>
+        <v>274</v>
       </c>
       <c r="E6" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>348</v>
+      </c>
+      <c r="B7" t="s">
+        <v>276</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
         <v>349</v>
       </c>
-      <c r="B7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="B8" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="C8" t="s">
         <v>52</v>
       </c>
       <c r="D8" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="E8" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="B9" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C9" t="s">
         <v>52</v>
       </c>
       <c r="D9" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="E9" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>354</v>
+      </c>
+      <c r="B10" t="s">
+        <v>282</v>
+      </c>
+      <c r="C10" t="s">
+        <v>63</v>
+      </c>
+      <c r="D10" t="s">
         <v>355</v>
       </c>
-      <c r="B10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>356</v>
+      </c>
+      <c r="B11" t="s">
+        <v>282</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
         <v>357</v>
       </c>
-      <c r="B11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
+        <v>358</v>
+      </c>
+      <c r="B12" t="s">
+        <v>287</v>
+      </c>
+      <c r="C12" t="s">
+        <v>63</v>
+      </c>
+      <c r="D12" t="s">
         <v>359</v>
-      </c>
-[...7 lines deleted...]
-        <v>287</v>
       </c>
       <c r="E12" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>360</v>
       </c>
       <c r="B13" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="C13" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D13" t="s">
         <v>361</v>
       </c>
       <c r="E13" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>362</v>
       </c>
       <c r="B14" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="C14" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D14" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="E14" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>363</v>
       </c>
       <c r="B15" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="C15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D15" t="s">
         <v>364</v>
       </c>
       <c r="E15" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>365</v>
       </c>
       <c r="B16" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="C16" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D16" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="E16" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>366</v>
       </c>
       <c r="B17" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="C17" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D17" t="s">
         <v>367</v>
       </c>
       <c r="E17" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>368</v>
       </c>
       <c r="B18" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="C18" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D18" t="s">
         <v>369</v>
       </c>
       <c r="E18" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>370</v>
       </c>
       <c r="B19" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="C19" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D19" t="s">
         <v>371</v>
       </c>
       <c r="E19" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>372</v>
       </c>
       <c r="B20" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="C20" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D20" t="s">
         <v>373</v>
       </c>
       <c r="E20" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>374</v>
       </c>
       <c r="B21" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="C21" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D21" t="s">
-        <v>375</v>
+        <v>364</v>
       </c>
       <c r="E21" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="B22" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="C22" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D22" t="s">
-        <v>377</v>
+        <v>296</v>
       </c>
       <c r="E22" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B23" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="C23" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D23" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="E23" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="B24" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="C24" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D24" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="E24" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="B25" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="C25" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D25" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="E25" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="B26" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="C26" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D26" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="E26" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B27" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="C27" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D27" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="E27" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="B28" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="C28" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D28" t="s">
-        <v>361</v>
+        <v>387</v>
       </c>
       <c r="E28" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
+        <v>388</v>
+      </c>
+      <c r="B29" t="s">
+        <v>315</v>
+      </c>
+      <c r="C29" t="s">
+        <v>113</v>
+      </c>
+      <c r="D29" t="s">
         <v>389</v>
-      </c>
-[...7 lines deleted...]
-        <v>292</v>
       </c>
       <c r="E29" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>390</v>
       </c>
       <c r="B30" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="C30" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D30" t="s">
         <v>391</v>
       </c>
       <c r="E30" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>392</v>
       </c>
       <c r="B31" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="C31" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D31" t="s">
         <v>393</v>
       </c>
       <c r="E31" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>394</v>
       </c>
       <c r="B32" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="C32" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D32" t="s">
         <v>395</v>
       </c>
       <c r="E32" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>396</v>
       </c>
       <c r="B33" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="C33" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D33" t="s">
         <v>397</v>
       </c>
       <c r="E33" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>398</v>
       </c>
       <c r="B34" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="C34" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D34" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="E34" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>399</v>
       </c>
       <c r="B35" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="C35" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D35" t="s">
         <v>400</v>
       </c>
       <c r="E35" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>401</v>
       </c>
       <c r="B36" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="C36" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D36" t="s">
         <v>333</v>
       </c>
       <c r="E36" t="s">
         <v>342</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -6185,337 +6185,337 @@
     <row r="2">
       <c r="A2" t="s">
         <v>402</v>
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>161</v>
       </c>
       <c r="D2" t="s">
         <v>160</v>
       </c>
       <c r="E2">
         <v>745292.21</v>
       </c>
       <c r="F2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>403</v>
       </c>
       <c r="B3" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="C3" t="s">
         <v>161</v>
       </c>
       <c r="D3" t="s">
         <v>160</v>
       </c>
       <c r="E3">
         <v>3533201</v>
       </c>
       <c r="F3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>404</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="C4" t="s">
         <v>170</v>
       </c>
       <c r="D4" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>405</v>
       </c>
       <c r="B5" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
         <v>174</v>
       </c>
       <c r="D5" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>406</v>
       </c>
       <c r="B6" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
         <v>177</v>
       </c>
       <c r="D6" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>407</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="C7" t="s">
         <v>180</v>
       </c>
       <c r="D7" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>408</v>
       </c>
       <c r="B8" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="C8" t="s">
         <v>409</v>
       </c>
       <c r="D8" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>410</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="C9" t="s">
         <v>161</v>
       </c>
       <c r="D9" t="s">
         <v>160</v>
       </c>
       <c r="E9">
         <v>554187.3</v>
       </c>
       <c r="F9" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>411</v>
       </c>
       <c r="B10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C10" t="s">
         <v>161</v>
       </c>
       <c r="D10" t="s">
         <v>160</v>
       </c>
       <c r="E10">
         <v>756191.337</v>
       </c>
       <c r="F10" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>412</v>
       </c>
       <c r="B11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C11" t="s">
         <v>170</v>
       </c>
       <c r="D11" t="s">
         <v>160</v>
       </c>
       <c r="E11">
         <v>756191.337</v>
       </c>
       <c r="F11" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>413</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="C12" t="s">
         <v>161</v>
       </c>
       <c r="D12" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>414</v>
       </c>
       <c r="B13" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="C13" t="s">
         <v>170</v>
       </c>
       <c r="D13" t="s">
         <v>160</v>
       </c>
       <c r="E13">
         <v>2107407.75</v>
       </c>
       <c r="F13" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>415</v>
       </c>
       <c r="B14" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="C14" t="s">
         <v>174</v>
       </c>
       <c r="D14" t="s">
         <v>160</v>
       </c>
       <c r="E14">
         <v>2107407.75</v>
       </c>
       <c r="F14" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>416</v>
       </c>
       <c r="B15" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="C15" t="s">
         <v>177</v>
       </c>
       <c r="D15" t="s">
         <v>160</v>
       </c>
       <c r="E15">
         <v>2107407.75</v>
       </c>
       <c r="F15" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>417</v>
       </c>
       <c r="B16" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="C16" t="s">
         <v>180</v>
       </c>
       <c r="D16" t="s">
         <v>160</v>
       </c>
       <c r="E16">
         <v>2107407.75</v>
       </c>
       <c r="F16" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>418</v>
       </c>
       <c r="B17" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="C17" t="s">
         <v>409</v>
       </c>
       <c r="D17" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>419</v>
       </c>
       <c r="B18" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="C18" t="s">
         <v>420</v>
       </c>
       <c r="D18" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>421</v>
       </c>
       <c r="B19" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="C19" t="s">
         <v>422</v>
       </c>
       <c r="D19" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>423</v>
       </c>
       <c r="B20" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C20" t="s">
         <v>161</v>
       </c>
       <c r="D20" t="s">
         <v>160</v>
       </c>
       <c r="E20">
         <v>2062944.96</v>
       </c>
       <c r="F20" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
@@ -6541,204 +6541,204 @@
     <row r="2">
       <c r="A2" t="s">
         <v>425</v>
       </c>
       <c r="B2" t="s">
         <v>402</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>226</v>
       </c>
       <c r="E2" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>426</v>
       </c>
       <c r="B3" t="s">
         <v>403</v>
       </c>
       <c r="C3" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="D3" t="s">
         <v>229</v>
       </c>
       <c r="E3" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>427</v>
       </c>
       <c r="B4" t="s">
         <v>410</v>
       </c>
       <c r="C4" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="D4" t="s">
         <v>232</v>
       </c>
       <c r="E4" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>428</v>
       </c>
       <c r="B5" t="s">
         <v>411</v>
       </c>
       <c r="C5" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D5" t="s">
         <v>235</v>
       </c>
       <c r="E5" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>429</v>
       </c>
       <c r="B6" t="s">
         <v>412</v>
       </c>
       <c r="C6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D6" t="s">
         <v>238</v>
       </c>
       <c r="E6" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>430</v>
       </c>
       <c r="B7" t="s">
         <v>414</v>
       </c>
       <c r="C7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D7" t="s">
         <v>241</v>
       </c>
       <c r="E7" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>431</v>
       </c>
       <c r="B8" t="s">
         <v>415</v>
       </c>
       <c r="C8" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D8" t="s">
         <v>244</v>
       </c>
       <c r="E8" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>432</v>
       </c>
       <c r="B9" t="s">
         <v>416</v>
       </c>
       <c r="C9" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D9" t="s">
         <v>247</v>
       </c>
       <c r="E9" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>433</v>
       </c>
       <c r="B10" t="s">
         <v>417</v>
       </c>
       <c r="C10" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D10" t="s">
         <v>250</v>
       </c>
       <c r="E10" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>434</v>
       </c>
       <c r="B11" t="s">
         <v>419</v>
       </c>
       <c r="C11" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D11" t="s">
         <v>316</v>
       </c>
       <c r="E11" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>435</v>
       </c>
       <c r="B12" t="s">
         <v>423</v>
       </c>
       <c r="C12" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D12" t="s">
         <v>253</v>
       </c>
       <c r="E12" t="s">
         <v>254</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>