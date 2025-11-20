--- v0 (2025-10-04)
+++ v1 (2025-11-20)
@@ -92,291 +92,291 @@
   <si>
     <t>tender_statusDetails</t>
   </si>
   <si>
     <t>tender_value_currency</t>
   </si>
   <si>
     <t>tender_minValue_amount</t>
   </si>
   <si>
     <t>tender_minValue_currency</t>
   </si>
   <si>
     <t>tender_tenderPeriod_startDate</t>
   </si>
   <si>
     <t>tender_procuringEntity_id</t>
   </si>
   <si>
     <t>tender_procuringEntity_name</t>
   </si>
   <si>
     <t>id-0.0</t>
   </si>
   <si>
+    <t>ocds-20h3g7-1172066-2012-03-06T00:00:00.000000Z</t>
+  </si>
+  <si>
+    <t>compiled</t>
+  </si>
+  <si>
+    <t>2012-03-06T00:00:00.000000Z</t>
+  </si>
+  <si>
+    <t>ocds-20h3g7-1172066</t>
+  </si>
+  <si>
+    <t>tender</t>
+  </si>
+  <si>
+    <t>goods</t>
+  </si>
+  <si>
+    <t>Cetak Media Publikasi Internal Kota Benteng</t>
+  </si>
+  <si>
+    <t>2012-02-21T00:00:00.000000Z</t>
+  </si>
+  <si>
+    <t>complete</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> | Tidak ada peserta yang lulus evaluasi dokumen penawaran sehingga lelang gagal</t>
+  </si>
+  <si>
+    <t>IDR</t>
+  </si>
+  <si>
+    <t>LPSE Kota Tangerang</t>
+  </si>
+  <si>
+    <t>id-1.0</t>
+  </si>
+  <si>
     <t>ocds-20h3g7-1227066-2012-03-17T00:00:00.000000Z</t>
   </si>
   <si>
-    <t>compiled</t>
-[...1 lines deleted...]
-  <si>
     <t>2012-03-17T00:00:00.000000Z</t>
   </si>
   <si>
     <t>ocds-20h3g7-1227066</t>
   </si>
   <si>
-    <t>tender</t>
-[...1 lines deleted...]
-  <si>
     <t>services</t>
   </si>
   <si>
     <t>Penyediaan Jasa Pengamanan Kantor Gedung Pusat Pemerintahan, Gedung Cisadane, Gedung Nyimas Melati, Gedung BLK, dan Gedung Graha 293 Sekretariat Daerah Kota Tangerang</t>
   </si>
   <si>
     <t>2012-02-23T00:00:00.000000Z</t>
   </si>
   <si>
-    <t>complete</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> | </t>
   </si>
   <si>
-    <t>IDR</t>
-[...5 lines deleted...]
-    <t>id-1.0</t>
+    <t>id-2.0</t>
   </si>
   <si>
     <t>ocds-20h3g7-876252-2012-12-15T00:00:00.000000Z</t>
   </si>
   <si>
     <t>2012-12-15T00:00:00.000000Z</t>
   </si>
   <si>
     <t>ocds-20h3g7-876252</t>
   </si>
   <si>
-    <t>goods</t>
-[...1 lines deleted...]
-  <si>
     <t>Pengadaan Bahan Makanan Untuk Narapidana Dan Tahanan Pada Rumah Tahanan Negara Klas IIB Sampang Tahun Anggaran 2013</t>
   </si>
   <si>
     <t>2012-11-29T00:00:00.000000Z</t>
   </si>
   <si>
     <t>SPSE - Kementerian Hukum dan HAM RI</t>
   </si>
   <si>
-    <t>id-31.0</t>
-[...19 lines deleted...]
-  <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>id-0.0.awards.0</t>
   </si>
   <si>
+    <t>1172066-1</t>
+  </si>
+  <si>
+    <t>id-1.0.awards.0</t>
+  </si>
+  <si>
     <t>1227066-1</t>
   </si>
   <si>
-    <t>id-1.0.awards.0</t>
+    <t>id-2.0.awards.0</t>
   </si>
   <si>
     <t>876252-1</t>
   </si>
   <si>
-    <t>id-31.0.awards.0</t>
-[...4 lines deleted...]
-  <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>classification_description</t>
   </si>
   <si>
     <t>id-0.0.awards.0.items.0</t>
   </si>
   <si>
+    <t>Pengadaan Barang</t>
+  </si>
+  <si>
+    <t>id-1.0.awards.0.items.0</t>
+  </si>
+  <si>
     <t>Jasa Lainnya</t>
   </si>
   <si>
-    <t>id-1.0.awards.0.items.0</t>
-[...5 lines deleted...]
-    <t>id-31.0.awards.0.items.0</t>
+    <t>id-2.0.awards.0.items.0</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>id-0.0.awards.0.suppliers.0</t>
   </si>
   <si>
+    <t>355066-1</t>
+  </si>
+  <si>
+    <t>CV. BENUA INDAH BESTARI</t>
+  </si>
+  <si>
+    <t>id-1.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
     <t>611066-1</t>
   </si>
   <si>
     <t>PT. Cipta Esa Mandiri</t>
   </si>
   <si>
-    <t>id-1.0.awards.0.suppliers.0</t>
+    <t>id-2.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>49453-1</t>
   </si>
   <si>
     <t>CV. ASIA MANDIRI</t>
   </si>
   <si>
-    <t>id-31.0.awards.0.suppliers.0</t>
-[...7 lines deleted...]
-  <si>
     <t>roles</t>
   </si>
   <si>
     <t>id-0.0.parties.0</t>
   </si>
   <si>
     <t>buyer</t>
   </si>
   <si>
     <t>id-0.0.parties.1</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>procuringEntity</t>
   </si>
   <si>
     <t>id-0.0.parties.2</t>
   </si>
   <si>
     <t>supplier</t>
   </si>
   <si>
     <t>id-1.0.parties.0</t>
   </si>
   <si>
     <t>id-1.0.parties.1</t>
   </si>
   <si>
+    <t>id-1.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.1</t>
+  </si>
+  <si>
     <t>252</t>
   </si>
   <si>
-    <t>id-1.0.parties.2</t>
-[...8 lines deleted...]
-    <t>id-31.0.parties.2</t>
+    <t>id-2.0.parties.2</t>
   </si>
   <si>
     <t>_link_parties</t>
   </si>
   <si>
     <t>legalName</t>
   </si>
   <si>
     <t>id-0.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>id-1.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
-    <t>id-31.0.parties.0.additionalIdentifiers.0</t>
+    <t>id-2.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
     <t>id-0.0.parties.0.details.classifications.0</t>
   </si>
   <si>
     <t>id-1.0.parties.0.details.classifications.0</t>
   </si>
   <si>
-    <t>id-31.0.parties.0.details.classifications.0</t>
+    <t>id-2.0.parties.0.details.classifications.0</t>
   </si>
   <si>
     <t>id-0.0.tender.items.0</t>
   </si>
   <si>
     <t>id-1.0.tender.items.0</t>
   </si>
   <si>
-    <t>id-31.0.tender.items.0</t>
+    <t>id-2.0.tender.items.0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -771,202 +771,202 @@
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2" t="s">
         <v>24</v>
       </c>
       <c r="E2" t="s">
         <v>25</v>
       </c>
       <c r="F2" t="s">
         <v>1</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="J2">
-        <v>1227066</v>
+        <v>1172066</v>
       </c>
       <c r="K2" t="s">
         <v>27</v>
       </c>
       <c r="L2" t="s">
         <v>28</v>
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2">
-        <v>774562500</v>
+        <v>608000000</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>29</v>
       </c>
       <c r="T2">
         <v>66</v>
       </c>
       <c r="U2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>34</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>23</v>
       </c>
       <c r="D3" t="s">
         <v>36</v>
       </c>
       <c r="E3" t="s">
         <v>37</v>
       </c>
       <c r="F3" t="s">
         <v>1</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="J3">
-        <v>876252</v>
+        <v>1227066</v>
       </c>
       <c r="K3" t="s">
         <v>38</v>
       </c>
       <c r="L3" t="s">
         <v>39</v>
       </c>
       <c r="M3" t="s">
         <v>40</v>
       </c>
       <c r="N3" t="s">
         <v>30</v>
       </c>
       <c r="O3" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="P3" t="s">
         <v>32</v>
       </c>
       <c r="Q3">
-        <v>291233500</v>
+        <v>774562500</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>40</v>
       </c>
       <c r="T3">
-        <v>252</v>
+        <v>66</v>
       </c>
       <c r="U3" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>42</v>
       </c>
       <c r="B4" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>44</v>
       </c>
       <c r="E4" t="s">
         <v>45</v>
       </c>
       <c r="F4" t="s">
         <v>1</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="J4">
-        <v>1172066</v>
+        <v>876252</v>
       </c>
       <c r="K4" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="L4" t="s">
         <v>46</v>
       </c>
       <c r="M4" t="s">
         <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>30</v>
       </c>
       <c r="O4" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4">
-        <v>608000000</v>
+        <v>291233500</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>47</v>
       </c>
       <c r="T4">
-        <v>66</v>
+        <v>252</v>
       </c>
       <c r="U4" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -978,97 +978,97 @@
       </c>
       <c r="F1" s="1" t="s">
         <v>51</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>53</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>54</v>
       </c>
       <c r="D2" t="s">
         <v>24</v>
       </c>
       <c r="E2" t="s">
         <v>28</v>
       </c>
       <c r="F2">
-        <v>752484768</v>
+        <v>480000000</v>
       </c>
       <c r="G2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>55</v>
       </c>
       <c r="B3" t="s">
         <v>34</v>
       </c>
       <c r="C3" t="s">
         <v>56</v>
       </c>
       <c r="D3" t="s">
         <v>36</v>
       </c>
       <c r="E3" t="s">
         <v>39</v>
       </c>
       <c r="F3">
-        <v>285704000</v>
+        <v>752484768</v>
       </c>
       <c r="G3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>57</v>
       </c>
       <c r="B4" t="s">
         <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>58</v>
       </c>
       <c r="D4" t="s">
         <v>44</v>
       </c>
       <c r="E4" t="s">
         <v>46</v>
       </c>
       <c r="F4">
-        <v>480000000</v>
+        <v>285704000</v>
       </c>
       <c r="G4" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>59</v>
       </c>
@@ -1108,51 +1108,51 @@
       </c>
       <c r="C3" t="s">
         <v>34</v>
       </c>
       <c r="D3">
         <v>1</v>
       </c>
       <c r="E3" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>65</v>
       </c>
       <c r="B4" t="s">
         <v>57</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
       <c r="D4">
         <v>1</v>
       </c>
       <c r="E4" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>49</v>
       </c>
@@ -1286,99 +1286,99 @@
         <v>69</v>
       </c>
       <c r="E4" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>84</v>
       </c>
       <c r="B5" t="s">
         <v>34</v>
       </c>
       <c r="E5" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>85</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="D6" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="E6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B7" t="s">
         <v>34</v>
       </c>
       <c r="C7" t="s">
         <v>71</v>
       </c>
       <c r="D7" t="s">
         <v>72</v>
       </c>
       <c r="E7" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B8" t="s">
         <v>42</v>
       </c>
       <c r="E8" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="D9" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="E9" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>90</v>
       </c>
       <c r="B10" t="s">
         <v>42</v>
       </c>
       <c r="C10" t="s">
         <v>74</v>
       </c>
       <c r="D10" t="s">
         <v>75</v>
       </c>
       <c r="E10" t="s">
         <v>83</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
@@ -1411,51 +1411,51 @@
         <v>93</v>
       </c>
       <c r="B2" t="s">
         <v>77</v>
       </c>
       <c r="C2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>94</v>
       </c>
       <c r="B3" t="s">
         <v>84</v>
       </c>
       <c r="C3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>95</v>
       </c>
       <c r="B4" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>91</v>
       </c>
@@ -1480,51 +1480,51 @@
         <v>21</v>
       </c>
       <c r="D2">
         <v>1</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>98</v>
       </c>
       <c r="B3" t="s">
         <v>84</v>
       </c>
       <c r="C3" t="s">
         <v>34</v>
       </c>
       <c r="D3">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>99</v>
       </c>
       <c r="B4" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
       <c r="D4">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -1555,51 +1555,51 @@
     <row r="3">
       <c r="A3" t="s">
         <v>101</v>
       </c>
       <c r="B3" t="s">
         <v>34</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>102</v>
       </c>
       <c r="B4" t="s">
         <v>42</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>main</vt:lpstr>