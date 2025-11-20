--- v0 (2025-10-04)
+++ v1 (2025-11-20)
@@ -89,171 +89,171 @@
   <si>
     <t>tender_status</t>
   </si>
   <si>
     <t>tender_statusDetails</t>
   </si>
   <si>
     <t>tender_value_currency</t>
   </si>
   <si>
     <t>tender_minValue_amount</t>
   </si>
   <si>
     <t>tender_minValue_currency</t>
   </si>
   <si>
     <t>tender_tenderPeriod_startDate</t>
   </si>
   <si>
     <t>tender_procuringEntity_id</t>
   </si>
   <si>
     <t>tender_procuringEntity_name</t>
   </si>
   <si>
-    <t>id-31.0</t>
+    <t>id-0.0</t>
   </si>
   <si>
     <t>ocds-20h3g7-1146093-2025-07-30T00:00:00.000000Z</t>
   </si>
   <si>
     <t>compiled</t>
   </si>
   <si>
     <t>2025-07-30T00:00:00.000000Z</t>
   </si>
   <si>
     <t>ocds-20h3g7-1146093</t>
   </si>
   <si>
     <t>tender</t>
   </si>
   <si>
     <t>works</t>
   </si>
   <si>
     <t>Penyediaan Air Bersih Perdesaan (Konstruksi Perpipaan), Paket APBD-02 Lokasi Desa Cibodas Kecamatan Pasirjambu</t>
   </si>
   <si>
     <t>2014-07-11T00:00:00.000000Z</t>
   </si>
   <si>
     <t>complete</t>
   </si>
   <si>
     <t xml:space="preserve"> | Dokumen Penawaran yang masuk kurang dari 3 (tiga) penawar</t>
   </si>
   <si>
     <t>IDR</t>
   </si>
   <si>
     <t>LPSE Kabupaten Bandung</t>
   </si>
   <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
-    <t>id-31.0.awards.0</t>
+    <t>id-0.0.awards.0</t>
   </si>
   <si>
     <t>1146093-1</t>
   </si>
   <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>classification_description</t>
   </si>
   <si>
-    <t>id-31.0.awards.0.items.0</t>
+    <t>id-0.0.awards.0.items.0</t>
   </si>
   <si>
     <t>Pekerjaan Konstruksi</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
-    <t>id-31.0.awards.0.suppliers.0</t>
+    <t>id-0.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>406014-1</t>
   </si>
   <si>
     <t>CV. Satria Perdana</t>
   </si>
   <si>
     <t>roles</t>
   </si>
   <si>
-    <t>id-31.0.parties.0</t>
+    <t>id-0.0.parties.0</t>
   </si>
   <si>
     <t>buyer</t>
   </si>
   <si>
-    <t>id-31.0.parties.1</t>
+    <t>id-0.0.parties.1</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>procuringEntity</t>
   </si>
   <si>
-    <t>id-31.0.parties.2</t>
+    <t>id-0.0.parties.2</t>
   </si>
   <si>
     <t>supplier</t>
   </si>
   <si>
     <t>_link_parties</t>
   </si>
   <si>
     <t>legalName</t>
   </si>
   <si>
-    <t>id-31.0.parties.0.additionalIdentifiers.0</t>
+    <t>id-0.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
-    <t>id-31.0.parties.0.details.classifications.0</t>
-[...2 lines deleted...]
-    <t>id-31.0.tender.items.0</t>
+    <t>id-0.0.parties.0.details.classifications.0</t>
+  </si>
+  <si>
+    <t>id-0.0.tender.items.0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>