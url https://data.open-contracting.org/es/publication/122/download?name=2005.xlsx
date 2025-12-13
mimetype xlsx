--- v0 (2025-10-13)
+++ v1 (2025-12-13)
@@ -18,585 +18,686 @@
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="main" sheetId="1" r:id="rId1"/>
-    <sheet name="parties" sheetId="2" r:id="rId2"/>
-[...11 lines deleted...]
-    <sheet name="contracts_documents" sheetId="14" r:id="rId14"/>
+    <sheet name="awards" sheetId="2" r:id="rId2"/>
+    <sheet name="awards_documents" sheetId="3" r:id="rId3"/>
+    <sheet name="parties" sheetId="4" r:id="rId4"/>
+    <sheet name="parties_memberof" sheetId="5" r:id="rId5"/>
+    <sheet name="sources" sheetId="6" r:id="rId6"/>
+    <sheet name="contracts" sheetId="7" r:id="rId7"/>
+    <sheet name="contracts_documents" sheetId="8" r:id="rId8"/>
+    <sheet name="contracts_suppliers" sheetId="9" r:id="rId9"/>
+    <sheet name="tender_items" sheetId="10" r:id="rId10"/>
+    <sheet name="tender_documents" sheetId="11" r:id="rId11"/>
+    <sheet name="tender_tenderers" sheetId="12" r:id="rId12"/>
+    <sheet name="tender_participationfees" sheetId="13" r:id="rId13"/>
+    <sheet name="planning_budget_budgetbreakdown" sheetId="14" r:id="rId14"/>
     <sheet name="contracts_guarantees" sheetId="15" r:id="rId15"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9104" uniqueCount="2887">
   <si>
     <t>_link</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>tag</t>
   </si>
   <si>
     <t>date</t>
   </si>
   <si>
     <t>ocid</t>
   </si>
   <si>
+    <t>language</t>
+  </si>
+  <si>
     <t>initiationType</t>
   </si>
   <si>
-    <t>language</t>
-[...1 lines deleted...]
-  <si>
     <t>buyer_id</t>
   </si>
   <si>
     <t>buyer_name</t>
   </si>
   <si>
     <t>tender_id</t>
   </si>
   <si>
+    <t>tender_procurementMethodDetails</t>
+  </si>
+  <si>
+    <t>tender_title</t>
+  </si>
+  <si>
+    <t>tender_status</t>
+  </si>
+  <si>
+    <t>tender_localProcurementCategory</t>
+  </si>
+  <si>
+    <t>tender_mainProcurementCategory</t>
+  </si>
+  <si>
+    <t>tender_procurementMethod</t>
+  </si>
+  <si>
+    <t>tender_description</t>
+  </si>
+  <si>
+    <t>tender_statusDetails</t>
+  </si>
+  <si>
+    <t>tender_datePublished</t>
+  </si>
+  <si>
+    <t>tender_legalBasis_id</t>
+  </si>
+  <si>
+    <t>tender_legalBasis_scheme</t>
+  </si>
+  <si>
+    <t>tender_legalBasis_description</t>
+  </si>
+  <si>
+    <t>tender_tenderPeriod_endDate</t>
+  </si>
+  <si>
+    <t>tender_tenderPeriod_startDate</t>
+  </si>
+  <si>
+    <t>tender_enquiryPeriod_endDate</t>
+  </si>
+  <si>
+    <t>tender_enquiryPeriod_startDate</t>
+  </si>
+  <si>
+    <t>tender_procuringEntity_id</t>
+  </si>
+  <si>
+    <t>tender_procuringEntity_name</t>
+  </si>
+  <si>
+    <t>planning_budget_id</t>
+  </si>
+  <si>
+    <t>publisher_name</t>
+  </si>
+  <si>
     <t>tender_additionalProcurementCategories</t>
   </si>
   <si>
-    <t>tender_title</t>
-[...58 lines deleted...]
-  <si>
     <t>id-0.0</t>
   </si>
   <si>
+    <t>ocds-lcuori-jRD4QR-LP-14-2005-2-2005-11-22T16:26:35.950000-06:00</t>
+  </si>
+  <si>
+    <t>compiled</t>
+  </si>
+  <si>
+    <t>2005-11-22T16:26:35.950000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-jRD4QR-LP-14-2005-2</t>
+  </si>
+  <si>
+    <t>es</t>
+  </si>
+  <si>
+    <t>tender</t>
+  </si>
+  <si>
+    <t>jRD4QR-gRNyG6</t>
+  </si>
+  <si>
+    <t>Proveeduría</t>
+  </si>
+  <si>
+    <t>jRD4QR-LP-14-2005-2</t>
+  </si>
+  <si>
+    <t>Licitación pública nacional</t>
+  </si>
+  <si>
+    <t>LP-14-2005</t>
+  </si>
+  <si>
+    <t>complete</t>
+  </si>
+  <si>
+    <t>works</t>
+  </si>
+  <si>
+    <t>open</t>
+  </si>
+  <si>
+    <t>CONSTRUCCIÒN DEL EDIFICIO DEL JUZGADO DE PAZ DE ARAMECINA, DEPARTAMENTO DE VALLE.</t>
+  </si>
+  <si>
+    <t>Adjudicado</t>
+  </si>
+  <si>
+    <t>NbyP1K8</t>
+  </si>
+  <si>
+    <t>HN-ONCAE</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>2006-01-18T14:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-22T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>Oficina Normativa de Contratación y Adquisiciones del Estado (ONCAE) / Honduras</t>
+  </si>
+  <si>
+    <t>id-0.1</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-PGJALo-100-1113-2005-2-2005-11-03T10:31:28.967000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-03T10:31:28.967000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-PGJALo-100-1113-2005-2</t>
+  </si>
+  <si>
+    <t>PGJALo-wrVO3L</t>
+  </si>
+  <si>
+    <t>Unidad Central</t>
+  </si>
+  <si>
+    <t>PGJALo-100-1113-2005-2</t>
+  </si>
+  <si>
+    <t>100-1113-2005</t>
+  </si>
+  <si>
+    <t>unsuccessful</t>
+  </si>
+  <si>
+    <t>goodsOrServices</t>
+  </si>
+  <si>
+    <t>goods</t>
+  </si>
+  <si>
+    <t>CONTRATACIÓN DE LA OPERACION Y MANTENIMIENTO DE LAS CENTRALES  TÉRMICAS SULZER Y ALSTHOM EN PUERTO CORTES</t>
+  </si>
+  <si>
+    <t>Desierto</t>
+  </si>
+  <si>
+    <t>2006-08-10T10:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2005-10-10T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>services</t>
+  </si>
+  <si>
+    <t>id-1.0</t>
+  </si>
+  <si>
     <t>ocds-lcuori-JL7qER-03-2005-2-2005-12-20T14:47:06.640000-06:00</t>
   </si>
   <si>
-    <t>compiled</t>
-[...1 lines deleted...]
-  <si>
     <t>2005-12-20T14:47:06.640000-06:00</t>
   </si>
   <si>
     <t>ocds-lcuori-JL7qER-03-2005-2</t>
   </si>
   <si>
-    <t>tender</t>
-[...4 lines deleted...]
-  <si>
     <t>JL7qER-gLkyRb</t>
   </si>
   <si>
-    <t>Unidad Central</t>
-[...1 lines deleted...]
-  <si>
     <t>JL7qER-03-2005-2</t>
   </si>
   <si>
-    <t>services</t>
-[...1 lines deleted...]
-  <si>
     <t>03-2005</t>
   </si>
   <si>
-    <t>unsuccessful</t>
-[...10 lines deleted...]
-  <si>
     <t>Dotar de vehiculos a diferentes oficinas locales y regionales del Ministerio Publico</t>
   </si>
   <si>
-    <t>goods</t>
-[...1 lines deleted...]
-  <si>
     <t>Fracasados</t>
   </si>
   <si>
-    <t>NbyP1K8</t>
-[...7 lines deleted...]
-  <si>
     <t>2006-01-23T10:00:00-06:00</t>
   </si>
   <si>
     <t>2005-12-15T00:00:00-06:00</t>
   </si>
   <si>
-    <t>Oficina Normativa de Contratación y Adquisiciones del Estado (ONCAE) / Honduras</t>
-[...2 lines deleted...]
-    <t>id-0.1</t>
+    <t>id-1.1</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-wrV3LP-LPU-FHIS-25-2005-2-2005-12-20T15:09:47.937000-06:00</t>
+  </si>
+  <si>
+    <t>2005-12-20T15:09:47.937000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-wrV3LP-LPU-FHIS-25-2005-2</t>
+  </si>
+  <si>
+    <t>wrV3LP-orvDGM</t>
+  </si>
+  <si>
+    <t>FHIS - Unidad Central</t>
+  </si>
+  <si>
+    <t>wrV3LP-LPU-FHIS-25-2005-2</t>
+  </si>
+  <si>
+    <t>LPU-FHIS-25-2005</t>
+  </si>
+  <si>
+    <t>REPOSICION CCENTRO DE EDUCACION BASICO FIDELINA CERROS (1a ETAPA EDIFICIO #2), COL. SUYAPA, ALDEA CHAMELECON MUNICIPIO DE SAN PEDRO SULA, CORTES_x000D_
+CODIGO: 86844</t>
+  </si>
+  <si>
+    <t>N5y2ZyN</t>
+  </si>
+  <si>
+    <t>Hispano-Hondureño</t>
+  </si>
+  <si>
+    <t>2005-12-23T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2005-12-20T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-2.0</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-jRD4QR-LP-13-2005-2-2005-11-22T16:17:46.623000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-22T16:17:46.623000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-jRD4QR-LP-13-2005-2</t>
+  </si>
+  <si>
+    <t>jRD4QR-LP-13-2005-2</t>
+  </si>
+  <si>
+    <t>LP-13-2005</t>
+  </si>
+  <si>
+    <t>CONSTRUCCIÒN DEL EDIFICIO DEL JUZGADO DE PAZ DE LIURE, DEPARTAMENTO DE EL PARAISO.</t>
+  </si>
+  <si>
+    <t>2006-01-16T14:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-jRD4QR-LP-12-2005-2-2005-11-21T15:39:05.593000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-21T15:39:05.593000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-jRD4QR-LP-12-2005-2</t>
+  </si>
+  <si>
+    <t>jRD4QR-LP-12-2005-2</t>
+  </si>
+  <si>
+    <t>LP-12-2005</t>
+  </si>
+  <si>
+    <t>SUMINISTRO E INSTALACIÓN DE EQUIPO AUDIOVISUAL PARA TRIBUNALES DE SENTENCIA, JUZGADOS DE LETRAS Y JUZGADOS DE EJECUCIÓN DEL PODER JUDICIAL.</t>
+  </si>
+  <si>
+    <t>2005-11-25T10:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-09T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-3.1</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-PGJJpG-SCS-005-2005-2-2005-12-15T15:14:13.030000-06:00</t>
+  </si>
+  <si>
+    <t>2005-12-15T15:14:13.030000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-PGJJpG-SCS-005-2005-2</t>
+  </si>
+  <si>
+    <t>PGJJpG-grxaEL</t>
+  </si>
+  <si>
+    <t>PGJJpG-SCS-005-2005-2</t>
+  </si>
+  <si>
+    <t>SCS-005-2005</t>
+  </si>
+  <si>
+    <t>Contratacion de servicio de vigilancia para la AFE-COHDEFOR</t>
+  </si>
+  <si>
+    <t>2005-12-22T10:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-jRD4QR-LP-17-2005-2-2005-11-23T15:55:55.983000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-23T15:55:55.983000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-jRD4QR-LP-17-2005-2</t>
+  </si>
+  <si>
+    <t>jRD4QR-LP-17-2005-2</t>
+  </si>
+  <si>
+    <t>LP-17-2005</t>
+  </si>
+  <si>
+    <t>CONSTRUCCIÒN DEL EDIFICIO DEL JUZGADO DE PAZ DE SAN IGNACIO, DEPARTAMENTO DE FRANCISCO MORAZAN.</t>
+  </si>
+  <si>
+    <t>2006-01-24T14:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-23T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-jRD4QR-LP-15-2005-2-2005-11-22T16:33:23.750000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-22T16:33:23.750000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-jRD4QR-LP-15-2005-2</t>
+  </si>
+  <si>
+    <t>jRD4QR-LP-15-2005-2</t>
+  </si>
+  <si>
+    <t>LP-15-2005</t>
+  </si>
+  <si>
+    <t>CONSTRUCCIÒN DEL EDIFICIO DEL JUZGADO DE PAZ DE DULCE NOMBRE DE CULMÌ, DEPARTAMENTO DE OLANCHO.</t>
+  </si>
+  <si>
+    <t>2006-01-23T14:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-jRD4QR-LP-16-2005-2-2005-11-24T15:25:32.827000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-24T15:25:32.827000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-jRD4QR-LP-16-2005-2</t>
+  </si>
+  <si>
+    <t>jRD4QR-LP-16-2005-2</t>
+  </si>
+  <si>
+    <t>LP-16-2005</t>
+  </si>
+  <si>
+    <t>REMODELACION DEL EDIFICIO JUDICIAL EXISTENTE Y CONSTRUCCION DEL EDIFICIO ANEXO PARA SALA DE JUICIOS ORALES Y AUDIENCIAS CON NUEVO SISTEMA DE INSTALACIONES ELECTRICAS PARA LA CIUDAD DE LA CEIBA, ATLANTIDA.</t>
+  </si>
+  <si>
+    <t>2006-02-17T14:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-17T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-6.1</t>
   </si>
   <si>
     <t>ocds-lcuori-wrVJ9r-DICTA-SAG-0001-05-2-2005-12-20T14:23:01.607000-06:00</t>
   </si>
   <si>
     <t>2005-12-20T14:23:01.607000-06:00</t>
   </si>
   <si>
     <t>ocds-lcuori-wrVJ9r-DICTA-SAG-0001-05-2</t>
   </si>
   <si>
     <t>wrVJ9r-MLQALQ</t>
   </si>
   <si>
     <t>Dirección de Ciencia y Tecnología Agropecuaria</t>
   </si>
   <si>
     <t>wrVJ9r-DICTA-SAG-0001-05-2</t>
   </si>
   <si>
+    <t>Concurso público nacional</t>
+  </si>
+  <si>
     <t>DICTA-SAG-0001-05</t>
   </si>
   <si>
-    <t>complete</t>
-[...4 lines deleted...]
-  <si>
     <t>CONTRATACION DE SERVICIOS DE CONSULTORIA PARA LA ELABORACION DEL REGISTRO DE LOS MIEMBROS DE LA CADENA AGROALIMENTARIA DE PALMA AFRICANA</t>
   </si>
   <si>
-    <t>Adjudicado</t>
-[...1 lines deleted...]
-  <si>
     <t>2006-01-31T14:00:00-06:00</t>
   </si>
   <si>
     <t>2005-12-19T00:00:00-06:00</t>
   </si>
   <si>
-    <t>id-1.0</t>
-[...196 lines deleted...]
-  <si>
     <t>id-7.0</t>
   </si>
   <si>
     <t>ocds-lcuori-jRD4QR-LPR-10-2005-2-2005-11-23T15:31:42.543000-06:00</t>
   </si>
   <si>
     <t>2005-11-23T15:31:42.543000-06:00</t>
   </si>
   <si>
     <t>ocds-lcuori-jRD4QR-LPR-10-2005-2</t>
   </si>
   <si>
     <t>jRD4QR-LPR-10-2005-2</t>
   </si>
   <si>
+    <t>Licitación privada</t>
+  </si>
+  <si>
     <t>LPR-10-2005</t>
   </si>
   <si>
-    <t>Licitación privada</t>
-[...1 lines deleted...]
-  <si>
     <t>Construcción de muro perimetral y obras adicionales en el Juzgado de Paz de Guarizama, Olancho.</t>
   </si>
   <si>
     <t>2005-12-14T14:00:00-06:00</t>
   </si>
   <si>
     <t>2005-11-14T00:00:00-06:00</t>
   </si>
   <si>
     <t>id-8.0</t>
   </si>
   <si>
+    <t>ocds-lcuori-jRD4QR-LPR-09-2005-2-2005-11-23T15:26:13.123000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-23T15:26:13.123000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-jRD4QR-LPR-09-2005-2</t>
+  </si>
+  <si>
+    <t>jRD4QR-LPR-09-2005-2</t>
+  </si>
+  <si>
+    <t>LPR-09-2005</t>
+  </si>
+  <si>
+    <t>Construcción de muro perimetral y obras adicionales en el Juzgado de Paz de Erandique, Lempira.</t>
+  </si>
+  <si>
+    <t>2005-12-07T14:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-8.1</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-wrV3LP-LPR-FHIS-59-2005-2-2005-11-30T14:36:49.137000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-30T14:36:49.137000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-wrV3LP-LPR-FHIS-59-2005-2</t>
+  </si>
+  <si>
+    <t>wrV3LP-LPR-FHIS-59-2005-2</t>
+  </si>
+  <si>
+    <t>LPR-FHIS-59-2005</t>
+  </si>
+  <si>
+    <t>CONSTRUCCION DE MICRO EMPRESA DIVINA PROVIDENCIA_x000D_
+CODIGO: 88117</t>
+  </si>
+  <si>
+    <t>Ngywern</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fondo Común </t>
+  </si>
+  <si>
+    <t>2005-12-02T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-30T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-jRD4QR-LPR-08-2005-2-2005-11-23T15:18:13.043000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-23T15:18:13.043000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-jRD4QR-LPR-08-2005-2</t>
+  </si>
+  <si>
+    <t>jRD4QR-LPR-08-2005-2</t>
+  </si>
+  <si>
+    <t>LPR-08-2005</t>
+  </si>
+  <si>
+    <t>Construcción de muro perimetral y obras adicionales en el Juzgado de Paz de Goascoran, Valle.</t>
+  </si>
+  <si>
+    <t>2005-12-12T14:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-10.0</t>
+  </si>
+  <si>
     <t>ocds-lcuori-jRD4QR-LP-23-2005-2-2005-11-22T15:41:02.763000-06:00</t>
   </si>
   <si>
     <t>2005-11-22T15:41:02.763000-06:00</t>
   </si>
   <si>
     <t>ocds-lcuori-jRD4QR-LP-23-2005-2</t>
   </si>
   <si>
     <t>jRD4QR-LP-23-2005-2</t>
   </si>
   <si>
     <t>LP-23-2005</t>
   </si>
   <si>
     <t>LA CONTRATACION DE SERVICIOS DE LIMPIEZA, FUMIGACION Y DESODORIZACION PARA DIFERENTES EDIFICIOS Y JUZGADOS DEL PODER JUDICIAL A NIVEL NACIONAL.</t>
   </si>
   <si>
     <t>2005-12-02T10:00:00-06:00</t>
   </si>
   <si>
     <t>2005-11-16T00:00:00-06:00</t>
   </si>
   <si>
-    <t>id-9.0</t>
-[...46 lines deleted...]
-  <si>
     <t>id-11.0</t>
   </si>
   <si>
     <t>ocds-lcuori-jRD4QR-LPR-07-2005-2-2005-11-23T14:18:55.310000-06:00</t>
   </si>
   <si>
     <t>2005-11-23T14:18:55.310000-06:00</t>
   </si>
   <si>
     <t>ocds-lcuori-jRD4QR-LPR-07-2005-2</t>
   </si>
   <si>
     <t>jRD4QR-LPR-07-2005-2</t>
   </si>
   <si>
     <t>LPR-07-2005</t>
   </si>
   <si>
     <t>Construcción  de muro perimetral y obras adicionales en el Juzgado de Paz de Langue, Valle.</t>
   </si>
   <si>
     <t>2005-12-12T10:00:00-06:00</t>
   </si>
   <si>
     <t>id-12.0</t>
@@ -610,3402 +711,3679 @@
   <si>
     <t>ocds-lcuori-jRDVyL-002-2005-2</t>
   </si>
   <si>
     <t>jRDVyL-kG1ADG</t>
   </si>
   <si>
     <t>jRDVyL-002-2005-2</t>
   </si>
   <si>
     <t>002-2005</t>
   </si>
   <si>
     <t>active</t>
   </si>
   <si>
     <t>Contratación de Servicio de Seguridad y Vigilancia a las Oficinas de BANHPROVI</t>
   </si>
   <si>
     <t>Evaluación</t>
   </si>
   <si>
     <t>2005-12-02T14:00:00-06:00</t>
   </si>
   <si>
-    <t>id-12.1</t>
+    <t>id-13.0</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-jRDVyL-001-2005-2-2005-11-21T11:07:01.357000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-21T11:07:01.357000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-jRDVyL-001-2005-2</t>
+  </si>
+  <si>
+    <t>jRDVyL-001-2005-2</t>
+  </si>
+  <si>
+    <t>001-2005</t>
+  </si>
+  <si>
+    <t>Contratacion de Poliza de Seguro Colectivo de Vida, Medico Hospitalario y Plan Dental</t>
+  </si>
+  <si>
+    <t>2005-12-09T10:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-13.1</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-PGJALo-100-1094-2005-2-2005-11-03T09:54:46.577000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-03T09:54:46.577000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-PGJALo-100-1094-2005-2</t>
+  </si>
+  <si>
+    <t>PGJALo-100-1094-2005-2</t>
+  </si>
+  <si>
+    <t>100-1094-2005</t>
+  </si>
+  <si>
+    <t>SUMINISTRO DE COMBUSTIBLE DIESEL Y GASOLINA REGULAR PARA TRANSPORTE DE VEHICULOS</t>
+  </si>
+  <si>
+    <t>2005-11-15T10:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2005-10-17T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-13.2</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-XRb6JR-003-2005-2-2005-11-09T10:13:47.280000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-09T10:13:47.280000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-XRb6JR-003-2005-2</t>
+  </si>
+  <si>
+    <t>XRb6JR-gGy4LO</t>
+  </si>
+  <si>
+    <t>XRb6JR-003-2005-2</t>
+  </si>
+  <si>
+    <t>003-2005</t>
+  </si>
+  <si>
+    <t>1- Seguro Medico Hospitalario Vida Colectivo y Accidentes Personales_x000D_
+2- Seguro Contra Incendios (bienes muebles e inmuebles)_x000D_
+3- Seguro de Vehiculos</t>
+  </si>
+  <si>
+    <t>2005-11-29T14:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-08T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-14.0</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-jRDVyL-003-2005-2-2005-12-22T17:37:48.013000-06:00</t>
+  </si>
+  <si>
+    <t>2005-12-22T17:37:48.013000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-jRDVyL-003-2005-2</t>
+  </si>
+  <si>
+    <t>jRDVyL-003-2005-2</t>
+  </si>
+  <si>
+    <t>Soluciones de Seguridad y Accesorios de Tecnología</t>
+  </si>
+  <si>
+    <t>2005-12-30T10:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2005-12-22T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-14.1</t>
   </si>
   <si>
     <t>ocds-lcuori-wrV3LP-LPU-FHIS-24-2005-2-2005-12-01T09:40:42.327000-06:00</t>
   </si>
   <si>
     <t>2005-12-01T09:40:42.327000-06:00</t>
   </si>
   <si>
     <t>ocds-lcuori-wrV3LP-LPU-FHIS-24-2005-2</t>
-  </si>
-[...4 lines deleted...]
-    <t>FHIS - Unidad Central</t>
   </si>
   <si>
     <t>wrV3LP-LPU-FHIS-24-2005-2</t>
   </si>
   <si>
     <t>LPU-FHIS-24-2005</t>
   </si>
   <si>
     <t>EQUIPAMIENTO DEL CENTRO DE REHABILITACION DE JVENES JALTEVA_x000D_
 CODIGO: 89567</t>
   </si>
   <si>
     <t>N5zp8zA</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
     <t>2005-12-07T10:00:00-06:00</t>
   </si>
   <si>
     <t>2005-12-01T00:00:00-06:00</t>
   </si>
   <si>
-    <t>id-13.0</t>
-[...8 lines deleted...]
-    <t>ocds-lcuori-NrdVGA-LPI-RESTRINGIDA-SE-FAD-ESPANA-002-2005-2</t>
+    <t>id-15.0</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-lRoXKr-LPN No. 08-05-DX-HO-PRONADERS-MARENA-2-2005-11-14T15:41:52.670000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-14T15:41:52.670000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-lRoXKr-LPN No. 08-05-DX-HO-PRONADERS-MARENA-2</t>
+  </si>
+  <si>
+    <t>lRoXKr-MLQALQ</t>
+  </si>
+  <si>
+    <t>Ventanilla BID/FONADERS</t>
+  </si>
+  <si>
+    <t>lRoXKr-LPN No. 08-05-DX-HO-PRONADERS-MARENA-2</t>
+  </si>
+  <si>
+    <t>LPN No. 08-05-DX-HO-PRONADERS-MARENA</t>
+  </si>
+  <si>
+    <t>SUMINISTRO DE TUBERIA Y ACCESORIOS PARA EL PROYECTO DE RIEGO A 81 PRODUCTORES EN 51 MANZANAS UBICADAS EN LAS ALDEAS DE MULHUACA, EL TERRERON Y LAS PALMAS, MUNICIPIO DE LEPATERIQUE, DEPARTAMENTO FRANCISCO MORAZAN</t>
+  </si>
+  <si>
+    <t>Nby4Gzd</t>
+  </si>
+  <si>
+    <t>BID</t>
+  </si>
+  <si>
+    <t>2005-12-15T10:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-15T07:30:00-06:00</t>
+  </si>
+  <si>
+    <t>id-16.0</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-mGEMGM-sefin 007-2005-2-2005-11-30T14:48:37.513000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-30T14:48:37.513000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-mGEMGM-sefin 007-2005-2</t>
+  </si>
+  <si>
+    <t>mGEMGM-NLPKrv</t>
+  </si>
+  <si>
+    <t>mGEMGM-sefin 007-2005-2</t>
+  </si>
+  <si>
+    <t>sefin 007-2005</t>
+  </si>
+  <si>
+    <t>Sumistro de Agua Purificada de la Secretaria de Estado en el Despacho de Finanzas</t>
+  </si>
+  <si>
+    <t>2005-12-20T10:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-16.1</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-orvovL-Licitacion 4-2-2005-12-27T10:52:23.717000-06:00</t>
+  </si>
+  <si>
+    <t>2005-12-27T10:52:23.717000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-orvovL-Licitacion 4-2</t>
+  </si>
+  <si>
+    <t>orvovL-PGJALo</t>
+  </si>
+  <si>
+    <t>orvovL-Licitacion 4-2</t>
+  </si>
+  <si>
+    <t>Licitacion 4</t>
+  </si>
+  <si>
+    <t>LA UNIVERSIDAD NACIONAL AUTONOMA DE HONDURAS INVITA A LAS EMPRESAS QUE PRESTEN SERVICIO DE TRANSPORTE QUE SE ENCUENTREN LEGALMENTE CONSTITUIDAS, PARA QUE PRESTEN  SERVICIO TRANSPORTE DESDE VARIOS PUNTOS DE LA CIUDAD DE SAN PEDRO SULA AL CURN Y VICEVERSA, PARA EL PERSONAL DOCENTE, ADMINISTRATIVO Y DE SERVICIO DEL CURN, DURANTE EL PERIODO ACADEMICO 2006, EXCEPTUANDO LOS PERIODOS DE VACACIONES, FERIADOS Y OTROS QUE LA UNAH SEÑALE. PARA ESTE SERVICIO SE TIENE CONTEMPLADO LA CONTRATACION DE TRES (3) UNIDADES DE TRANSPORTE.</t>
+  </si>
+  <si>
+    <t>2006-01-20T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2005-12-28T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-17.0</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-mGEMGM-sefin-006-2005-2-2005-11-15T11:40:12.797000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-15T11:40:12.797000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-mGEMGM-sefin-006-2005-2</t>
+  </si>
+  <si>
+    <t>mGEMGM-sefin-006-2005-2</t>
+  </si>
+  <si>
+    <t>sefin-006-2005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Contratacion de servicios de Limpieza, Fumigacion y afines de la Secretaria de Finanzas </t>
+  </si>
+  <si>
+    <t>2005-11-30T10:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-18.0</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-mrY1dr-LICPUBNo.001-2005-2-2005-11-02T15:26:17.903000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-02T15:26:17.903000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-mrY1dr-LICPUBNo.001-2005-2</t>
+  </si>
+  <si>
+    <t>mrY1dr-MrMgGe</t>
+  </si>
+  <si>
+    <t>mrY1dr-LICPUBNo.001-2005-2</t>
+  </si>
+  <si>
+    <t>LICPUBNo.001-2005</t>
+  </si>
+  <si>
+    <t>SUMNISTRO DE UNIFORMES PARA USO DE LOS POLICIAS MIEMBROS DE LA DIRECCION GENERAL DE LA POLICIA PREVENTIVA.</t>
+  </si>
+  <si>
+    <t>2005-11-14T10:50:00-06:00</t>
+  </si>
+  <si>
+    <t>2005-10-20T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-19.0</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-NrdVGA-004-2005-2-2005-11-02T16:03:08.623000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-02T16:03:08.623000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-NrdVGA-004-2005-2</t>
   </si>
   <si>
     <t>NrdVGA-7G3yrQ</t>
   </si>
   <si>
-    <t>NrdVGA-LPI-RESTRINGIDA-SE-FAD-ESPANA-002-2005-2</t>
-[...5 lines deleted...]
-    <t>planned</t>
+    <t>NrdVGA-004-2005-2</t>
+  </si>
+  <si>
+    <t>004-2005</t>
+  </si>
+  <si>
+    <t>El Gobierno de Honduras, para el presente ejercicio fiscal asignó dentro del Presupuesto General de Ingresos y Egresos fondos a la Secretaría de Educación, parte de estos fondos han sido destinados para financiar programas educativos que mejoren el rendimiento el nivel educativo, en este caso especifico, la Secretaria de Educación se propone adquirir equipo de computo para : Equipamiento de 50 Salas de Innovación Educativa pertenecientes al Programa de InfoPedagogía e Informática Educativa  “Ampliando Horizontes” para los Institutos y las  Escuelas públicas de Honduras.</t>
+  </si>
+  <si>
+    <t>2005-11-18T10:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2005-10-31T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-20.0</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-mrY1dr-SESEGUNo.002-2005-2-2005-11-02T16:26:33.700000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-02T16:26:33.700000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-mrY1dr-SESEGUNo.002-2005-2</t>
+  </si>
+  <si>
+    <t>mrY1dr-SESEGUNo.002-2005-2</t>
+  </si>
+  <si>
+    <t>SESEGUNo.002-2005</t>
+  </si>
+  <si>
+    <t>SEGUROS COLECTIVOS DE VIDA, MEDICO HOSPITALARIO, DE VEHICULOS Y MOTOCICLETAS PARA LA POLICIA NACIONAL.</t>
+  </si>
+  <si>
+    <t>2005-11-28T09:50:00-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-03T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-20.1</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-PGJALo-100-1090-2005-2-2005-11-03T10:09:53.047000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-03T10:09:53.047000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-PGJALo-100-1090-2005-2</t>
+  </si>
+  <si>
+    <t>PGJALo-100-1090-2005-2</t>
+  </si>
+  <si>
+    <t>100-1090-2005</t>
+  </si>
+  <si>
+    <t>Programa Integral de Aseguramiento de los Bienes de la Empresa, así como la contratación de una Fianza de Fidelidad para Empleados de la ENEE</t>
+  </si>
+  <si>
+    <t>2006-04-25T10:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-21.0</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-NrdVGA-LPI-002-2005-2-2005-11-24T08:11:50.153000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-24T08:11:50.153000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-NrdVGA-LPI-002-2005-2</t>
+  </si>
+  <si>
+    <t>NrdVGA-LPI-002-2005-2</t>
   </si>
   <si>
     <t>Licitación pública internacional</t>
   </si>
   <si>
-    <t>PROYECTO EQUIPAMIENTO DE INSTITUTOS TÉCNICOS INDUSTRIALES</t>
-[...74 lines deleted...]
-    <t>La Secretaría de Educación (SE) dentro de las prioridades institucionales plasmadas en su presupuesto de gasto correspondiente al año fiscal 2006, está interesada en recibir ofertas de precios para la contratación de servicios de higienización y limpieza para el Instituto Central Vicente Cáceres con el propósito de prestar los servicios de higienización y limpieza consistente de una fuerza permanente de 40 personas (Aseadores(as) como mínimo y un supervisor.  Dentro de los servicios de higienización se contemplan trabajos periódicos de fumigación, por lo que el ADJUDICATARIO deberá asignar personal adicional para realizar estas tareas cuando le sean requeridas por la Secretaría de Educación.  La tarea primordial para la empresa que se contrate será el de mantener permanentemente optimas las condiciones de higiene y salubridad en las diferentes áreas de servicio de acuerdo con las condiciones y características que se definen en el presente pliego._x000D_
+    <t>LPI-002-2005</t>
+  </si>
+  <si>
+    <t>ADQUISICIÓN DE IMPRESIÓN DE PRUEBAS DE PROCESO EN EL ÁREA DE MATEMÁTICAS Y COMUNICACIÓN (ESPAÑOL) DEL 1° AL 6° GRADO E IMPRESIÓN DE INSTRUCTIVO PARA EL DOCENTE._x000D_
 _x000D_
-Los servicios deberán ser prestados en dicho Instituto durante los TRESCIENTOS SESENTA Y CINCO (365) días del año.</t>
-[...59 lines deleted...]
-    <t>id-16.1</t>
+EL VALOR DEL PLIEGO ES DE US$100.00</t>
+  </si>
+  <si>
+    <t>2006-01-06T10:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-21.1</t>
   </si>
   <si>
     <t>ocds-lcuori-XRb6JR-004-2005.-2-2005-11-09T15:47:42.560000-06:00</t>
   </si>
   <si>
     <t>2005-11-09T15:47:42.560000-06:00</t>
   </si>
   <si>
     <t>ocds-lcuori-XRb6JR-004-2005.-2</t>
-  </si>
-[...1 lines deleted...]
-    <t>XRb6JR-gGy4LO</t>
   </si>
   <si>
     <t>XRb6JR-004-2005.-2</t>
   </si>
   <si>
     <t>004-2005.</t>
   </si>
   <si>
     <t>1. CINCO(5)VEHICULOS TIPO TURISMO MODELO 2006_x000D_
 2. CINCO(5)VEHICULOS TIPO PICK UP 4X2 MODELO 2006_x000D_
 3. UN (1) VEHICULO TIPO PICK UP 4X4 DE LUJO MODELO 2006_x000D_
 4. UN (1) VEHICULO TIPO TURISMO DE LUJO MODELO 2006</t>
   </si>
   <si>
     <t>2005-11-29T09:00:00-06:00</t>
   </si>
   <si>
-    <t>2005-11-08T00:00:00-06:00</t>
-[...153 lines deleted...]
-    <t>id-20.1</t>
+    <t>id-22.0</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-orvdMG-C-MP-016-2004-2-2005-11-25T11:39:32.263000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-25T11:39:32.263000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-orvdMG-C-MP-016-2004-2</t>
+  </si>
+  <si>
+    <t>orvdMG-gRNyG6</t>
+  </si>
+  <si>
+    <t>Programa de apoyo a la Modernización de Justicia</t>
+  </si>
+  <si>
+    <t>orvdMG-C-MP-016-2004-2</t>
+  </si>
+  <si>
+    <t>Concurso público internacional</t>
+  </si>
+  <si>
+    <t>C-MP-016-2004</t>
+  </si>
+  <si>
+    <t>consultingServices</t>
+  </si>
+  <si>
+    <t>CONSULTOR INTERNACIONAL _x000D_
+_x000D_
+DISEÑO DEL CURSO INICIAL DE FORMACIÓN DE PERITOS FORENSES Y EXPOSICION A TECNICOS INSTRUCCIONALES DEL MINISTERIO PUBLICO</t>
+  </si>
+  <si>
+    <t>2005-12-12T13:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2005-12-05T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-22.1</t>
   </si>
   <si>
     <t>ocds-lcuori-orvovL-3-2005-2-2005-12-27T11:38:39.357000-06:00</t>
   </si>
   <si>
     <t>2005-12-27T11:38:39.357000-06:00</t>
   </si>
   <si>
     <t>ocds-lcuori-orvovL-3-2005-2</t>
-  </si>
-[...1 lines deleted...]
-    <t>orvovL-PGJALo</t>
   </si>
   <si>
     <t>orvovL-3-2005-2</t>
   </si>
   <si>
     <t>3-2005</t>
   </si>
   <si>
     <t xml:space="preserve">En cumplimiento a la cláusula No. 137 inciso C del Contrato Colectivo de Condiciones de Trabajo vigente la UNAH proporcionará el servicio de transporte al personal docente, administrativo y de servicio del Centro Universitario Regional del Litoral Atlántico (CURLA) durante el periodo académico 2006 (un año), exceptuando los periodos de vacaciones, feriados y otros que la UNAH señale._x000D_
 Esta sometiendo a Licitación Publica No. 3 -2005 el servicio de transporte urbano de varios puntos de la ciudad de La Ceiba al CURLA y viceversa, cuyo detalle puede apreciarse en el Anexo No. 1 para dicho servicio se tiene contemplado un mínimo de tres (3) unidades de transporte._x000D_
 </t>
   </si>
   <si>
     <t>2006-01-19T00:00:00-06:00</t>
   </si>
   <si>
-    <t>2005-12-28T00:00:00-06:00</t>
-[...107 lines deleted...]
-  <si>
     <t>id-23.0</t>
   </si>
   <si>
-    <t>ocds-lcuori-NrdVGA-LPI-002-2005-2-2005-11-24T08:11:50.153000-06:00</t>
-[...14 lines deleted...]
-    <t>ADQUISICIÓN DE IMPRESIÓN DE PRUEBAS DE PROCESO EN EL ÁREA DE MATEMÁTICAS Y COMUNICACIÓN (ESPAÑOL) DEL 1° AL 6° GRADO E IMPRESIÓN DE INSTRUCTIVO PARA EL DOCENTE._x000D_
+    <t>ocds-lcuori-NrdVGA-LPI-RESTRINGIDA-SE-FAD-ESPANA-002-2005-2-2005-11-03T15:07:47.093000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-03T15:07:47.093000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-NrdVGA-LPI-RESTRINGIDA-SE-FAD-ESPANA-002-2005-2</t>
+  </si>
+  <si>
+    <t>NrdVGA-LPI-RESTRINGIDA-SE-FAD-ESPANA-002-2005-2</t>
+  </si>
+  <si>
+    <t>LPI-RESTRINGIDA-SE-FAD-ESPANA-002-2005</t>
+  </si>
+  <si>
+    <t>planned</t>
+  </si>
+  <si>
+    <t>PROYECTO EQUIPAMIENTO DE INSTITUTOS TÉCNICOS INDUSTRIALES</t>
+  </si>
+  <si>
+    <t>Elaboración</t>
+  </si>
+  <si>
+    <t>2005-11-14T10:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-23.1</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-orvdMG-C-MP-144-2005-2-2005-11-29T11:21:16.437000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-29T11:21:16.437000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-orvdMG-C-MP-144-2005-2</t>
+  </si>
+  <si>
+    <t>orvdMG-C-MP-144-2005-2</t>
+  </si>
+  <si>
+    <t>C-MP-144-2005</t>
+  </si>
+  <si>
+    <t>_x000D_
+Diseño de Diplomado en Investigacion Criminal I, Elaboracion de Segundo Modulo Instruccional y su Imparticion</t>
+  </si>
+  <si>
+    <t>2006-02-06T13:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2006-01-16T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-24.0</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-NrdVGA-SE-005-05-2-2005-11-11T15:42:01.810000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-11T15:42:01.810000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-NrdVGA-SE-005-05-2</t>
+  </si>
+  <si>
+    <t>NrdVGA-SE-005-05-2</t>
+  </si>
+  <si>
+    <t>SE-005-05</t>
+  </si>
+  <si>
+    <t>La Secretaría de Educación (SE) dentro de las prioridades institucionales plasmadas en su presupuesto de gasto correspondiente al año fiscal 2006, está interesada en recibir ofertas de precios para la contratación de servicios de higienización y limpieza para el Instituto Central Vicente Cáceres con el propósito de prestar los servicios de higienización y limpieza consistente de una fuerza permanente de 40 personas (Aseadores(as) como mínimo y un supervisor.  Dentro de los servicios de higienización se contemplan trabajos periódicos de fumigación, por lo que el ADJUDICATARIO deberá asignar personal adicional para realizar estas tareas cuando le sean requeridas por la Secretaría de Educación.  La tarea primordial para la empresa que se contrate será el de mantener permanentemente optimas las condiciones de higiene y salubridad en las diferentes áreas de servicio de acuerdo con las condiciones y características que se definen en el presente pliego._x000D_
 _x000D_
-EL VALOR DEL PLIEGO ES DE US$100.00</t>
-[...32 lines deleted...]
-    <t>id-24.0</t>
+Los servicios deberán ser prestados en dicho Instituto durante los TRESCIENTOS SESENTA Y CINCO (365) días del año.</t>
+  </si>
+  <si>
+    <t>2005-11-11T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-24.1</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-PGJALo-100-1086-2005-2-2005-11-03T09:29:12.247000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-03T09:29:12.247000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-PGJALo-100-1086-2005-2</t>
+  </si>
+  <si>
+    <t>PGJALo-100-1086-2005-2</t>
+  </si>
+  <si>
+    <t>100-1086-2005</t>
+  </si>
+  <si>
+    <t>SUMINISTRO Y CONFECCION  DE UNIFORMES DE TRABAJO PARA EL  PERSONAL MASCULINO</t>
+  </si>
+  <si>
+    <t>id-25.0</t>
   </si>
   <si>
     <t>ocds-lcuori-NrdVGA-SE-007-05-2-2005-11-11T16:07:06.093000-06:00</t>
   </si>
   <si>
     <t>2005-11-11T16:07:06.093000-06:00</t>
   </si>
   <si>
     <t>ocds-lcuori-NrdVGA-SE-007-05-2</t>
   </si>
   <si>
     <t>NrdVGA-SE-007-05-2</t>
   </si>
   <si>
     <t>SE-007-05</t>
   </si>
   <si>
     <t xml:space="preserve">La Secretaría de Educación (SE) dentro de las prioridades institucionales plasmadas en su presupuesto de gasto correspondiente al año fiscal 2006, está interesada en recibir ofertas de precios para la contratación de servicios de vigilancia, protección y seguridad para: La Secretaría de Educación,  Instituto Técnico “Luis Bogran”, Instituto “Jesús Aguilar Paz”, Instituto “Saúl Zelaya Jiménez” e Instituto “Técnico Honduras” con el propósito de prestar los servicios de vigilancia, protección y seguridad, para resguardar el patrimonio institucional y la seguridad de docentes, alumnos y personal administrativo._x000D_
 _x000D_
 Los servicios deberán ser prestados en dichos edificios durante las VEINTICUATRO (24) horas del día, los TRESCIENTOS SESENTA Y CINCO (365) días del año._x000D_
 </t>
   </si>
   <si>
-    <t>id-24.1</t>
-[...22 lines deleted...]
-    <t>id-25.0</t>
+    <t>id-26.0</t>
   </si>
   <si>
     <t>ocds-lcuori-orvdMG-C-MP-017-2004-2-2005-11-25T10:10:33-06:00</t>
   </si>
   <si>
     <t>2005-11-25T10:10:33-06:00</t>
   </si>
   <si>
     <t>ocds-lcuori-orvdMG-C-MP-017-2004-2</t>
   </si>
   <si>
     <t>orvdMG-C-MP-017-2004-2</t>
   </si>
   <si>
     <t>C-MP-017-2004</t>
   </si>
   <si>
     <t xml:space="preserve">DISEÑO DEL CURSO INICIAL DE FORMACIÓN DE FISCALES Y CAPACITAR A LOS_x000D_
 INSTRUCTORES DE LA ESCUELA DE FORMACION DE SERVIDORES DEL MINISTERIO_x000D_
 PÚBLICO_x000D_
 </t>
   </si>
   <si>
-    <t>2005-12-12T13:00:00-06:00</t>
-[...5 lines deleted...]
-    <t>id-25.1</t>
+    <t>id-26.1</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-orvdMG-C-MP-143-2005-2-2005-11-29T10:56:58.763000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-29T10:56:58.763000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-orvdMG-C-MP-143-2005-2</t>
+  </si>
+  <si>
+    <t>orvdMG-C-MP-143-2005-2</t>
+  </si>
+  <si>
+    <t>C-MP-143-2005</t>
+  </si>
+  <si>
+    <t>Diseño de Diplomado en Derecho Constitucional I, Elaboracion de Segundo Modulo Instruccional y su Imparticion.</t>
+  </si>
+  <si>
+    <t>2006-01-16T13:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2005-12-09T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-26.2</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-wrV3LP-LPR-FHIS-60-2005-2-2005-12-01T08:58:22.437000-06:00</t>
+  </si>
+  <si>
+    <t>2005-12-01T08:58:22.437000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-wrV3LP-LPR-FHIS-60-2005-2</t>
+  </si>
+  <si>
+    <t>wrV3LP-LPR-FHIS-60-2005-2</t>
+  </si>
+  <si>
+    <t>LPR-FHIS-60-2005</t>
+  </si>
+  <si>
+    <t>REPARACION MODULO HABITACIONAL CENTRO RENACIENDO TAMARA, DISTRITO CENTRAL_x000D_
+CODIGO: 88961</t>
+  </si>
+  <si>
+    <t>id-27.0</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-orvdMG-C-MP-135-2005-2-2005-11-29T11:56:34.140000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-29T11:56:34.140000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-orvdMG-C-MP-135-2005-2</t>
+  </si>
+  <si>
+    <t>orvdMG-C-MP-135-2005-2</t>
+  </si>
+  <si>
+    <t>C-MP-135-2005</t>
+  </si>
+  <si>
+    <t>Diseño de Diplomado en Investigacion Criminal I, Elaboracion del Primer Modulo Instruccional y su Imparticion.</t>
+  </si>
+  <si>
+    <t>2006-01-23T13:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-27.1</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-PGJALo-100-1101-2005-2-2005-11-15T11:15:55.920000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-15T11:15:55.920000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-PGJALo-100-1101-2005-2</t>
+  </si>
+  <si>
+    <t>PGJALo-100-1101-2005-2</t>
+  </si>
+  <si>
+    <t>100-1101-2005</t>
+  </si>
+  <si>
+    <t>Suministro de Cuatro (4) Modems FSK Configurables</t>
+  </si>
+  <si>
+    <t>2005-11-15T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-28.0</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-orvdMG-C-MP-139-2005-2-2005-11-29T10:03:25.530000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-29T10:03:25.530000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-orvdMG-C-MP-139-2005-2</t>
+  </si>
+  <si>
+    <t>orvdMG-C-MP-139-2005-2</t>
+  </si>
+  <si>
+    <t>C-MP-139-2005</t>
+  </si>
+  <si>
+    <t>Evaluacion y Reglamentacion de la Gestion de las Oficinas Regionales y Locales del Ministerio Publico.</t>
+  </si>
+  <si>
+    <t>2006-01-06T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-29.0</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-orvdMG-C-MP-140-2005-2-2005-11-29T10:27:11.403000-06:00</t>
+  </si>
+  <si>
+    <t>2005-11-29T10:27:11.403000-06:00</t>
+  </si>
+  <si>
+    <t>ocds-lcuori-orvdMG-C-MP-140-2005-2</t>
+  </si>
+  <si>
+    <t>orvdMG-C-MP-140-2005-2</t>
+  </si>
+  <si>
+    <t>C-MP-140-2005</t>
+  </si>
+  <si>
+    <t>Diseño de un sistema de Traslado y Custodia de Evidencias</t>
+  </si>
+  <si>
+    <t>id-30.0</t>
   </si>
   <si>
     <t>ocds-lcuori-orvdMG-C-MP-145-2005-2-2005-11-29T11:33:16.857000-06:00</t>
   </si>
   <si>
     <t>2005-11-29T11:33:16.857000-06:00</t>
   </si>
   <si>
     <t>ocds-lcuori-orvdMG-C-MP-145-2005-2</t>
   </si>
   <si>
     <t>orvdMG-C-MP-145-2005-2</t>
   </si>
   <si>
     <t>C-MP-145-2005</t>
   </si>
   <si>
     <t>_x000D_
 Fortalecimiento de la Direccion de Medicina Forense del Ministerio Publico</t>
   </si>
   <si>
-    <t>2006-01-23T13:00:00-06:00</t>
-[...233 lines deleted...]
-  <si>
     <t>id-31.0</t>
   </si>
   <si>
     <t>ocds-lcuori-jRD4QR-LP-11-2005-2-2005-11-18T15:51:06.060000-06:00</t>
   </si>
   <si>
     <t>2005-11-18T15:51:06.060000-06:00</t>
   </si>
   <si>
     <t>ocds-lcuori-jRD4QR-LP-11-2005-2</t>
   </si>
   <si>
     <t>jRD4QR-LP-11-2005-2</t>
   </si>
   <si>
     <t>LP-11-2005</t>
   </si>
   <si>
     <t>ADQUISICIÓN DE MOBILIARIO Y EQUIPO DE OFICINA PARA EL PODER JUDICIAL.</t>
   </si>
   <si>
     <t>_link_main</t>
   </si>
   <si>
+    <t>id-0.0.awards.0</t>
+  </si>
+  <si>
+    <t>id-1.1.awards.0</t>
+  </si>
+  <si>
+    <t>id-2.0.awards.0</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0</t>
+  </si>
+  <si>
+    <t>id-3.1.awards.0</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0</t>
+  </si>
+  <si>
+    <t>id-5.0.awards.0</t>
+  </si>
+  <si>
+    <t>id-6.0.awards.0</t>
+  </si>
+  <si>
+    <t>id-6.1.awards.0</t>
+  </si>
+  <si>
+    <t>id-7.0.awards.0</t>
+  </si>
+  <si>
+    <t>id-8.0.awards.0</t>
+  </si>
+  <si>
+    <t>id-8.1.awards.0</t>
+  </si>
+  <si>
+    <t>id-9.0.awards.0</t>
+  </si>
+  <si>
+    <t>id-10.0.awards.0</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.0</t>
+  </si>
+  <si>
+    <t>id-13.2.awards.0</t>
+  </si>
+  <si>
+    <t>id-15.0.awards.0</t>
+  </si>
+  <si>
+    <t>id-16.1.awards.0</t>
+  </si>
+  <si>
+    <t>id-17.0.awards.0</t>
+  </si>
+  <si>
+    <t>id-20.0.awards.0</t>
+  </si>
+  <si>
+    <t>id-20.1.awards.0</t>
+  </si>
+  <si>
+    <t>id-21.0.awards.0</t>
+  </si>
+  <si>
+    <t>id-21.1.awards.0</t>
+  </si>
+  <si>
+    <t>id-22.1.awards.0</t>
+  </si>
+  <si>
+    <t>id-24.1.awards.0</t>
+  </si>
+  <si>
+    <t>id-26.1.awards.0</t>
+  </si>
+  <si>
+    <t>id-26.2.awards.0</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0</t>
+  </si>
+  <si>
+    <t>_link_awards</t>
+  </si>
+  <si>
+    <t>url</t>
+  </si>
+  <si>
+    <t>title</t>
+  </si>
+  <si>
+    <t>format</t>
+  </si>
+  <si>
+    <t>description</t>
+  </si>
+  <si>
+    <t>documentType</t>
+  </si>
+  <si>
+    <t>datePublished</t>
+  </si>
+  <si>
+    <t>id-0.0.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-14-2005805-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>Resolucion de la Adjudicacion</t>
+  </si>
+  <si>
+    <t>application/pdf</t>
+  </si>
+  <si>
+    <t>awardNotice</t>
+  </si>
+  <si>
+    <t>2006-05-18T15:44:52.123000-05:00</t>
+  </si>
+  <si>
+    <t>id-1.1.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic11LPU-FHIS-25-2005804-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2006-03-13T09:32:49.467000-06:00</t>
+  </si>
+  <si>
+    <t>id-2.0.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-13-2005805-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-08T08:09:17.293000-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-12-2005804-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2007-09-19T12:45:22.513000-06:00</t>
+  </si>
+  <si>
+    <t>id-3.1.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic177SCS-005-2005802-ResoluciondelaAdjudicacion.doc</t>
+  </si>
+  <si>
+    <t>application/vnd.openxmlformats-officedocument.wordprocessingml.document</t>
+  </si>
+  <si>
+    <t>2006-02-01T14:25:41.280000-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-17-2005805-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-08T08:11:03.920000-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-15-2005804-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-08T08:12:50.170000-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-16-2005806-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2007-09-19T12:21:49.403000-06:00</t>
+  </si>
+  <si>
+    <t>id-6.1.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic199DICTA-SAG-0001-05804-ResoluciondelaAdjudicacion.doc</t>
+  </si>
+  <si>
+    <t>2007-03-13T15:01:35.653000-06:00</t>
+  </si>
+  <si>
+    <t>id-7.0.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LPR-10-2005804-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-02T10:19:56.653000-05:00</t>
+  </si>
+  <si>
+    <t>id-8.0.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LPR-09-2005803-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-02T10:30:05.467000-05:00</t>
+  </si>
+  <si>
+    <t>id-8.1.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic11LPR-FHIS-59-2005803-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2006-03-30T10:10:11.810000-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LPR-08-2005805-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-02T11:17:48.357000-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-23-2005803-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2006-06-22T10:08:44.060000-05:00</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LPR-07-2005805-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-02T11:54:41.420000-05:00</t>
+  </si>
+  <si>
+    <t>id-13.2.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic158003-2005803-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2006-01-16T10:19:24.343000-06:00</t>
+  </si>
+  <si>
+    <t>id-15.0.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic201LPN%20No.%2008-05-DX-HO-PRONADERS-MARENA803-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2006-10-12T15:34:14.687000-06:00</t>
+  </si>
+  <si>
+    <t>id-15.0.awards.0.documents.1</t>
+  </si>
+  <si>
+    <t>2006-10-12T15:38:02.217000-06:00</t>
+  </si>
+  <si>
+    <t>id-16.1.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic151Licitacion%204803-ResoluciondelaAdjudicacion.jpg</t>
+  </si>
+  <si>
+    <t>image/jpeg</t>
+  </si>
+  <si>
+    <t>2006-02-07T14:38:46.577000-06:00</t>
+  </si>
+  <si>
+    <t>id-17.0.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic42sefin-006-2005803-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-15T09:52:05.967000-06:00</t>
+  </si>
+  <si>
+    <t>id-20.0.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic160SESEGUNo.002-2005804-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2006-05-01T10:11:59.857000-06:00</t>
+  </si>
+  <si>
+    <t>id-20.1.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic33100-1090-2005807-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2006-07-27T10:52:45.437000-05:00</t>
+  </si>
+  <si>
+    <t>id-21.0.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic13LPI-002-2005803-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2006-04-06T10:20:21.077000-06:00</t>
+  </si>
+  <si>
+    <t>id-21.1.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic158004-2005.803-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2006-01-16T10:28:06.593000-06:00</t>
+  </si>
+  <si>
+    <t>id-22.1.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic1513-2005803-ResoluciondelaAdjudicacion.jpg</t>
+  </si>
+  <si>
+    <t>2006-02-07T14:24:20.920000-06:00</t>
+  </si>
+  <si>
+    <t>id-24.1.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic33100-1086-2005804-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2006-10-02T15:10:02.170000-06:00</t>
+  </si>
+  <si>
+    <t>id-26.1.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-143-2005803-ResoluciondelaAdjudicacion.jpg</t>
+  </si>
+  <si>
+    <t>2006-04-04T10:15:36.107000-06:00</t>
+  </si>
+  <si>
+    <t>id-26.2.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic11LPR-FHIS-60-2005803-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2006-03-30T13:19:58.420000-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-11-2005804-ResoluciondelaAdjudicacion.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-02T09:48:38.763000-05:00</t>
+  </si>
+  <si>
     <t>name</t>
   </si>
   <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_streetAddress</t>
   </si>
   <si>
     <t>identifier_id</t>
   </si>
   <si>
     <t>identifier_scheme</t>
   </si>
   <si>
     <t>contactPoint_url</t>
   </si>
   <si>
     <t>contactPoint_email</t>
   </si>
   <si>
     <t>contactPoint_faxNumber</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_locality</t>
   </si>
   <si>
     <t>contactPoint_name</t>
   </si>
   <si>
     <t>contactPoint_telephone</t>
   </si>
   <si>
     <t>id-0.0.parties.0</t>
   </si>
   <si>
+    <t>gRNyG6</t>
+  </si>
+  <si>
+    <t>Poder Judicial</t>
+  </si>
+  <si>
+    <t>buyer</t>
+  </si>
+  <si>
+    <t>Edificio Principal del Palacio de la Justicia Colonia Miraflores Tegucigalpa M.D.C.</t>
+  </si>
+  <si>
+    <t>X-HN-ONCAE-CE</t>
+  </si>
+  <si>
+    <t>http://www.poderjudicial.gob.hn</t>
+  </si>
+  <si>
+    <t>269-3000</t>
+  </si>
+  <si>
+    <t>269-3050</t>
+  </si>
+  <si>
+    <t>id-0.0.parties.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edificio Principal del Palacio de la Justicia Colonia Miraflores Tegucigalpa M.D.C._x000D_
+</t>
+  </si>
+  <si>
+    <t>zsanchez@poderjudicial.gob.hn</t>
+  </si>
+  <si>
+    <t>Francisco Morazan</t>
+  </si>
+  <si>
+    <t>DISTRITO CENTRAL</t>
+  </si>
+  <si>
+    <t>Zulema Irene Sanchez</t>
+  </si>
+  <si>
+    <t>269-3500</t>
+  </si>
+  <si>
+    <t>id-0.0.parties.2</t>
+  </si>
+  <si>
+    <t>S8L4XQL</t>
+  </si>
+  <si>
+    <t>Constructora Miraflores, S. De R.L. de C.V.</t>
+  </si>
+  <si>
+    <t>tenderer</t>
+  </si>
+  <si>
+    <t>.</t>
+  </si>
+  <si>
+    <t>X-ONCAE-SUPPLIERS-HC1</t>
+  </si>
+  <si>
+    <t>id-0.0.parties.3</t>
+  </si>
+  <si>
+    <t>S7GXJwr</t>
+  </si>
+  <si>
+    <t>Servicios y Representaciones para la Industria y la Construcción, S. De R.L. De C.V. (SERPIC)</t>
+  </si>
+  <si>
+    <t>id-0.0.parties.4</t>
+  </si>
+  <si>
+    <t>SKLg08G</t>
+  </si>
+  <si>
+    <t>Jorge Antonio Rodríguez Matamoros</t>
+  </si>
+  <si>
+    <t>supplier,tenderer</t>
+  </si>
+  <si>
+    <t>Res. San Angel, Bloque No.9, casa No.3843, Telefax 228-7340</t>
+  </si>
+  <si>
+    <t>Jorge Antonio Rodriguez Matamoros</t>
+  </si>
+  <si>
+    <t>id-0.0.parties.5</t>
+  </si>
+  <si>
+    <t>SgRNMwG</t>
+  </si>
+  <si>
+    <t>Construcciones Rodríguez, S. De R.L. de C.V.</t>
+  </si>
+  <si>
+    <t>id-0.0.parties.6</t>
+  </si>
+  <si>
+    <t>SmrYzQL</t>
+  </si>
+  <si>
+    <t>Avendaño y Asociados, S. De R.L.</t>
+  </si>
+  <si>
+    <t>id-0.0.parties.7</t>
+  </si>
+  <si>
+    <t>FlRo2G5</t>
+  </si>
+  <si>
+    <t>Entidad</t>
+  </si>
+  <si>
+    <t>funder</t>
+  </si>
+  <si>
+    <t>X-oncae-funding-sources</t>
+  </si>
+  <si>
+    <t>id-0.1.parties.0</t>
+  </si>
+  <si>
+    <t>wrVO3L</t>
+  </si>
+  <si>
+    <t>Empresa Nacional de Energía Eléctrica</t>
+  </si>
+  <si>
+    <t>1 avenida Edif. Molinari 2 piso contiguo a puente Bailey</t>
+  </si>
+  <si>
+    <t>http://www.enee.hn</t>
+  </si>
+  <si>
+    <t>237-6421</t>
+  </si>
+  <si>
+    <t>237-8467</t>
+  </si>
+  <si>
+    <t>id-0.1.parties.1</t>
+  </si>
+  <si>
+    <t>Unidad de Compras, 2do nivel Edificio EMAS, Residencial El Trapiche, Tegucigalpa</t>
+  </si>
+  <si>
+    <t>compras@enee.hn</t>
+  </si>
+  <si>
+    <t>2235-2962</t>
+  </si>
+  <si>
+    <t>Ing. Guillermo Maradiaga</t>
+  </si>
+  <si>
+    <t>237-6684, 237-6421</t>
+  </si>
+  <si>
+    <t>id-0.1.parties.2</t>
+  </si>
+  <si>
+    <t>id-1.0.parties.0</t>
+  </si>
+  <si>
     <t>gLkyRb</t>
   </si>
   <si>
     <t>Ministerio Publico</t>
   </si>
   <si>
-    <t>buyer</t>
-[...1 lines deleted...]
-  <si>
     <t>Lomas del Guijarro Calle Principal Contiguo a Edif del Diario La Prensa apartado 3037</t>
   </si>
   <si>
-    <t>X-HN-ONCAE-CE</t>
-[...1 lines deleted...]
-  <si>
     <t>http://www.ministeriopublico.gob.hn</t>
   </si>
   <si>
     <t>221-3099</t>
   </si>
   <si>
-    <t>id-0.0.parties.1</t>
+    <t>id-1.0.parties.1</t>
   </si>
   <si>
     <t xml:space="preserve">Lomas del Guijarro Calle Principal Contiguo a Edif. del Diario La Prensa Ave. Republica Dominicana apartado 3037_x000D_
 </t>
   </si>
   <si>
     <t>comprasmp2005@yahoo.com.mx</t>
   </si>
   <si>
-    <t>Francisco Morazan</t>
-[...4 lines deleted...]
-  <si>
     <t>Licenciada Gladys Lopez Aguilar</t>
   </si>
   <si>
     <t>2215661</t>
   </si>
   <si>
-    <t>id-0.0.parties.2</t>
+    <t>id-1.0.parties.2</t>
   </si>
   <si>
     <t>S1RalG6</t>
   </si>
   <si>
     <t>Grupo Q Honduras, S.A. de C.V.</t>
   </si>
   <si>
-    <t>tenderer</t>
-[...1 lines deleted...]
-  <si>
     <t>Blvd. Centroamerica, Apartado Postal 640, Tegucigalpa, Honduras Tel: 235-92-20  Fax: 235-92-28  Cel. 991-91-44 email: acarcamo@group.com</t>
   </si>
   <si>
-    <t>X-ONCAE-SUPPLIERS-HC1</t>
-[...1 lines deleted...]
-  <si>
     <t>fquiros@grupoq.com</t>
   </si>
   <si>
     <t>235-9220</t>
   </si>
   <si>
     <t>Alexis Carcamo</t>
   </si>
   <si>
-    <t>id-0.0.parties.3</t>
+    <t>id-1.0.parties.3</t>
   </si>
   <si>
     <t>SMLQALQ</t>
   </si>
   <si>
     <t>Corporación Flores, S.A.</t>
   </si>
   <si>
     <t>Avenida Puente San Jose, Colonia el prado, parque automotríz Toyota, Tel: 225-40-04/ 25-10  Fax: 225-39-48.  San Pedro Sula Boulevard del sur salida a Chamelecon Tel: 556-70-37  Fax: 556-74-16.  La Ceiba Ave. San Isidro Tel: 443-10-70  Fax: 443-06-42.</t>
   </si>
   <si>
     <t>000@000.00</t>
   </si>
   <si>
     <t>000-0000</t>
   </si>
   <si>
     <t>Alan e. Flores</t>
   </si>
   <si>
-    <t>id-0.0.parties.4</t>
+    <t>id-1.0.parties.4</t>
   </si>
   <si>
     <t>HN-RTN-BEGZ30P</t>
   </si>
   <si>
     <t>Cars, Vehiculos Sociedad Anonima de Capital Variable (CARSA)</t>
   </si>
   <si>
     <t>Colonia Florencia Sur frenta a oficinas de Celtel Tel. 231-1497, 1493, 231-1503</t>
   </si>
   <si>
     <t>BEGZ30P</t>
   </si>
   <si>
     <t>HN-RTN</t>
   </si>
   <si>
     <t>Fernando Miguel Lama Salame</t>
   </si>
   <si>
-    <t>id-0.0.parties.5</t>
-[...14 lines deleted...]
-    <t>id-0.1.parties.0</t>
+    <t>id-1.0.parties.5</t>
+  </si>
+  <si>
+    <t>id-1.1.parties.0</t>
+  </si>
+  <si>
+    <t>orvDGM</t>
+  </si>
+  <si>
+    <t>Fondo Hondureño de Inversión Social</t>
+  </si>
+  <si>
+    <t>Colonia Godoy Antiguo IPM, INS Previsión Militar Tegucigalpa M.D.C.</t>
+  </si>
+  <si>
+    <t>http://www.fhis.hn</t>
+  </si>
+  <si>
+    <t>234-5172</t>
+  </si>
+  <si>
+    <t>234-5156</t>
+  </si>
+  <si>
+    <t>id-1.1.parties.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Colonia Godoy Antiguo IPM, INS Previsión Militar  fte Iglesia Amor Viviente Tegucigalpa M.D.C._x000D_
+</t>
+  </si>
+  <si>
+    <t>jgodoy@fhis.hn</t>
+  </si>
+  <si>
+    <t>2234-5231#216</t>
+  </si>
+  <si>
+    <t>JUAN ANTONIO GODOY CARCAMO</t>
+  </si>
+  <si>
+    <t>234-5231 AL 37</t>
+  </si>
+  <si>
+    <t>id-1.1.parties.2</t>
+  </si>
+  <si>
+    <t>SKLgdAG</t>
+  </si>
+  <si>
+    <t>Concretos y Agregados de Sula, S.A. De C.V. (CYASSA, S.A. DE C.V.)</t>
+  </si>
+  <si>
+    <t>Colonia Aurora, 14 y 15 avenida, cuarta calle "A", ·1439, San Pedro Sula</t>
+  </si>
+  <si>
+    <t>Douglas Adory Muñoz Villeda</t>
+  </si>
+  <si>
+    <t>id-1.1.parties.3</t>
+  </si>
+  <si>
+    <t>SXRbxkL</t>
+  </si>
+  <si>
+    <t>Bautista y Asociados, S. De R.L. de C.V.</t>
+  </si>
+  <si>
+    <t>id-1.1.parties.4</t>
+  </si>
+  <si>
+    <t>SKLgWWL</t>
+  </si>
+  <si>
+    <t>Constructora Estrada, S. De R.L. de C.V. (CONESTRA, S.DE R.L. DE C.V.)</t>
+  </si>
+  <si>
+    <t>id-1.1.parties.5</t>
+  </si>
+  <si>
+    <t>S1RaMnR</t>
+  </si>
+  <si>
+    <t>Constructora Atlas, S. De R.L. de C.V.</t>
+  </si>
+  <si>
+    <t>id-1.1.parties.6</t>
+  </si>
+  <si>
+    <t>S7GXxzG</t>
+  </si>
+  <si>
+    <t>Construcciones y Pavimentos, S.A. De C.V. (COPASA)</t>
+  </si>
+  <si>
+    <t>Col.universidad 07 ave.22 calle b, San Pedro Sula Tel.566-1789/1056</t>
+  </si>
+  <si>
+    <t>Maximiliano Morales A.</t>
+  </si>
+  <si>
+    <t>id-1.1.parties.7</t>
+  </si>
+  <si>
+    <t>S1Ra2Pr</t>
+  </si>
+  <si>
+    <t>Servicios de construcciones y consultoría, S. De R.L. de C.V. (SECOYCO).</t>
+  </si>
+  <si>
+    <t>id-1.1.parties.8</t>
+  </si>
+  <si>
+    <t>HND-IDCARD-0703195400149</t>
+  </si>
+  <si>
+    <t>CONSTRUCTORA GARAY</t>
+  </si>
+  <si>
+    <t>Col. Altos de Jardeines de Loarque Bl 51 Casa # 7602</t>
+  </si>
+  <si>
+    <t>0703195400149</t>
+  </si>
+  <si>
+    <t>HND-IDCARD</t>
+  </si>
+  <si>
+    <t>nopose@noposee.com</t>
+  </si>
+  <si>
+    <t>226-8895</t>
+  </si>
+  <si>
+    <t>ROLANDO GARAY POSADAS</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 226-9508</t>
+  </si>
+  <si>
+    <t>id-1.1.parties.9</t>
+  </si>
+  <si>
+    <t>FgLkyRb</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.3</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.4</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.5</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.2</t>
+  </si>
+  <si>
+    <t>SvGZwRM</t>
+  </si>
+  <si>
+    <t>Compañía de Servicios Multiples, S.DE R.L. DE C.V. (COSEM)</t>
+  </si>
+  <si>
+    <t>Colonia las Minitas Calzada las palomas ·113, Tegucigalpa, Honduras  C.A. Tel: (504) 239-38-66/ Fax: 239-94-26  Apartado Postal U-9385/ email: cosem@multivisionhn.net.</t>
+  </si>
+  <si>
+    <t>Orlando Aviles Alcantara</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.3</t>
+  </si>
+  <si>
+    <t>SPGJpAr</t>
+  </si>
+  <si>
+    <t>Intersafe, Sociedad de Responsabilidad Limitada</t>
+  </si>
+  <si>
+    <t>Edificio Syre, colonia el Prado, Tegucigalpa Tel.239-6866/239-2397</t>
+  </si>
+  <si>
+    <t>Yauda Leitner</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.4</t>
+  </si>
+  <si>
+    <t>HN-RTN-ÑEA9DU6</t>
+  </si>
+  <si>
+    <t>Comunicaciones Globales, S de R.L.</t>
+  </si>
+  <si>
+    <t>Colonia Payaqui, calle principal, casa 1618 Tel. 239-4463, 235-8971, 232-1161</t>
+  </si>
+  <si>
+    <t>ÑEA9DU6</t>
+  </si>
+  <si>
+    <t>Alejandro Carbajal Lizano</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.5</t>
+  </si>
+  <si>
+    <t>id-3.1.parties.0</t>
+  </si>
+  <si>
+    <t>grxaEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Administración Forestal del Estado / Corporación Hondureña de Desarrollo Forestal </t>
+  </si>
+  <si>
+    <t>Col el Carrizal n 1 Salida Carretera Norte Comyaguela apartado 1378</t>
+  </si>
+  <si>
+    <t>http://www.cohdefor.hn</t>
+  </si>
+  <si>
+    <t>223-8417/ 223-6430</t>
+  </si>
+  <si>
+    <t>223-4924</t>
+  </si>
+  <si>
+    <t>id-3.1.parties.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Col El Carrizal Santa Fe Comayaguela Comyaguela salida a Olancho atrás de gasolinera Shell apartado 1378_x000D_
+</t>
+  </si>
+  <si>
+    <t>caenfi2003@yahoo .com</t>
+  </si>
+  <si>
+    <t>Lic. Leisla Clarisa Mata Lemus</t>
+  </si>
+  <si>
+    <t>223-6430</t>
+  </si>
+  <si>
+    <t>id-3.1.parties.2</t>
+  </si>
+  <si>
+    <t>SwrVn3r</t>
+  </si>
+  <si>
+    <t>Compañía Nacional de Seguridad Privada "LOS ALCONES"</t>
+  </si>
+  <si>
+    <t>1a. Ave. 6 y 7a. Calles, casa No. 617, Comayaguela MDC., tel/fax: 23-0069, Tel: 222-5472</t>
+  </si>
+  <si>
+    <t>Asdrubal Varela Lanza</t>
+  </si>
+  <si>
+    <t>id-3.1.parties.3</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.2</t>
+  </si>
+  <si>
+    <t>S4LOWLg</t>
+  </si>
+  <si>
+    <t>Compañía de Ingenieros C.WU y Asociados S de R.L. De C.V</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.3</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.4</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.5</t>
+  </si>
+  <si>
+    <t>SvGZjzG</t>
+  </si>
+  <si>
+    <t>Servicios Autorizados de Trabajos de Obra, S.  De R.L. De C.V. (SATO, S. DE R.L.)</t>
+  </si>
+  <si>
+    <t>1ra. Avenida, 11 calle, casa No.1101 Comayaguela M.D.C.</t>
+  </si>
+  <si>
+    <t>Carlos Roberto Chavez S.</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.6</t>
+  </si>
+  <si>
+    <t>S7G3XgR</t>
+  </si>
+  <si>
+    <t>Ingeniería y Construcción, Servicios Asociados, S. DE R.L. (ICOSA S. DE R.L.)</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.7</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.8</t>
+  </si>
+  <si>
+    <t>SNrdENL</t>
+  </si>
+  <si>
+    <t>Constructora Zúniga y Sucesores, S. De R.L. (COZYSA)</t>
+  </si>
+  <si>
+    <t>Colonia Lomas de Miraflores 3ra. Calle bloque c Tel.228-4114</t>
+  </si>
+  <si>
+    <t>Rafael E. Zuniga</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.9</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.10</t>
+  </si>
+  <si>
+    <t>SPGJxbr</t>
+  </si>
+  <si>
+    <t>Martínez, Vásquez, Consultores y Contratistas Asociados, S.DE R.L. DE C.V.</t>
+  </si>
+  <si>
+    <t>Bo. San Felipe, costado sur iglesia Medalla Milagrosa, calle bustamante</t>
+  </si>
+  <si>
+    <t>Jose Manuel Martinez Chavez</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.11</t>
+  </si>
+  <si>
+    <t>SlRojQG</t>
+  </si>
+  <si>
+    <t>Asociación de Ingenieros Constructores , Sociedad de Responsabilidad Limitada de capital variable (AINCO)</t>
+  </si>
+  <si>
+    <t>Colonia Cerro Grande zona 4 bloque 27 Tel.224-3767, 224-0217, 224-2351</t>
+  </si>
+  <si>
+    <t>Herbert Alejandro Pineda</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.12</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.3</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.4</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.5</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.3</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.4</t>
+  </si>
+  <si>
+    <t>id-6.1.parties.0</t>
   </si>
   <si>
     <t>MLQALQ</t>
   </si>
   <si>
     <t>Secretaría de Agricultura y Ganadería</t>
   </si>
   <si>
     <t>Boulevard Miraflores Avenidad la FAO Tegucigalpa M.D.C.</t>
   </si>
   <si>
     <t>http://www.sag.gob.hn</t>
   </si>
   <si>
     <t>235-8388</t>
   </si>
   <si>
     <t>235-6740</t>
   </si>
   <si>
-    <t>id-0.1.parties.1</t>
+    <t>id-6.1.parties.1</t>
   </si>
   <si>
     <t xml:space="preserve">Colonia Loma Linda Ave. LA FAO Boulevard Miraflores hacia el INJUPEMP_x000D_
 </t>
   </si>
   <si>
     <t>gbodden@sag.gob.hn</t>
   </si>
   <si>
     <t>Gabriela Bodden</t>
   </si>
   <si>
     <t>232-4829</t>
   </si>
   <si>
-    <t>id-0.1.parties.2</t>
+    <t>id-6.1.parties.2</t>
   </si>
   <si>
     <t>HN-RTN-ANED536454</t>
   </si>
   <si>
     <t>Asesores Nacionales Especializados para el Desarrollo, S.DE R.L. DE C.V. (ANED CONSULTORES S. DE R.L.)</t>
   </si>
   <si>
-    <t>.</t>
-[...1 lines deleted...]
-  <si>
     <t>ANED536454</t>
   </si>
   <si>
-    <t>id-0.1.parties.3</t>
+    <t>id-6.1.parties.3</t>
   </si>
   <si>
     <t>SPR8wNG</t>
   </si>
   <si>
     <t>Constructora Sigma, S. DE R.L. DE C.V. (SIGMA)</t>
   </si>
   <si>
-    <t>supplier,tenderer</t>
-[...2 lines deleted...]
-    <t>id-0.1.parties.4</t>
+    <t>id-6.1.parties.4</t>
   </si>
   <si>
     <t>SjRDopG</t>
   </si>
   <si>
     <t xml:space="preserve">ASP Consultores </t>
   </si>
   <si>
     <t>Col. Tepeyac</t>
   </si>
   <si>
     <t>aspconsu@mail.cablecolor.hn</t>
   </si>
   <si>
     <t>239-4748</t>
   </si>
   <si>
     <t>239-2080</t>
   </si>
   <si>
-    <t>id-0.1.parties.5</t>
+    <t>id-6.1.parties.5</t>
   </si>
   <si>
     <t>HN-RTN-CE7254A</t>
   </si>
   <si>
     <t>AgroCredito</t>
   </si>
   <si>
     <t>Col. Parcaltagua Bvld Morazan Fte al Mall el Dorado</t>
   </si>
   <si>
     <t>CE7254A</t>
   </si>
   <si>
     <t>agrocredito@cablecolor.hn</t>
   </si>
   <si>
     <t>221-1611</t>
   </si>
   <si>
     <t>Lic. Alejandra Colindres</t>
   </si>
   <si>
     <t>221-6588</t>
   </si>
   <si>
-    <t>id-0.1.parties.6</t>
+    <t>id-6.1.parties.6</t>
   </si>
   <si>
     <t>HN-RTN-KEPDÑ1</t>
   </si>
   <si>
     <t>Agropecuaria Santa Fe</t>
   </si>
   <si>
     <t>Col. Ruben Dario calle Ruben Dario</t>
   </si>
   <si>
     <t>KEPDÑ1</t>
   </si>
   <si>
     <t>santafeagro@yahoo.com</t>
   </si>
   <si>
     <t>239-8085</t>
   </si>
   <si>
     <t>Alex Elvir</t>
   </si>
   <si>
     <t>232-3148</t>
   </si>
   <si>
-    <t>id-0.1.parties.7</t>
+    <t>id-6.1.parties.7</t>
   </si>
   <si>
     <t>HN-RTN-PE94FIP</t>
   </si>
   <si>
     <t>CONAGROH</t>
   </si>
   <si>
     <t>Col. Kennedy bolque 7 zona 2</t>
   </si>
   <si>
     <t>PE94FIP</t>
   </si>
   <si>
     <t>agrognet@yahoo.es</t>
   </si>
   <si>
     <t>230-2406</t>
   </si>
   <si>
     <t>Santos Marcilino Espinal</t>
   </si>
   <si>
-    <t>id-0.1.parties.8</t>
-[...26 lines deleted...]
-    <t xml:space="preserve">Edificio Principal del Palacio de la Justicia Colonia Miraflores Tegucigalpa M.D.C._x000D_
+    <t>id-6.1.parties.8</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.3</t>
+  </si>
+  <si>
+    <t>SkG1EnG</t>
+  </si>
+  <si>
+    <t>Ingeniería y Construcción, Servicios asociados (ICOSA)</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.4</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.3</t>
+  </si>
+  <si>
+    <t>S7GXzXr</t>
+  </si>
+  <si>
+    <t>Ingeniería Barmend, S. De R.L.</t>
+  </si>
+  <si>
+    <t>Barrio Barandillas, 5ta. Calle, 3 y 4 avenida casa ·318 N.E, San Pedro Sula.   Tel: 557-83-04/ 239-53-89</t>
+  </si>
+  <si>
+    <t>Raul Roberto Barahona</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.4</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.5</t>
+  </si>
+  <si>
+    <t>id-8.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-8.1.parties.1</t>
+  </si>
+  <si>
+    <t>234-5231 al 37 EXT. 228</t>
+  </si>
+  <si>
+    <t>id-8.1.parties.2</t>
+  </si>
+  <si>
+    <t>HND-IDCARD-0801195701076</t>
+  </si>
+  <si>
+    <t>CARLOS ROBERTO PADGET LAGOS</t>
+  </si>
+  <si>
+    <t>Col. Guaymuras, Casa # 4702</t>
+  </si>
+  <si>
+    <t>0801195701076</t>
+  </si>
+  <si>
+    <t>230-4697</t>
+  </si>
+  <si>
+    <t>id-8.1.parties.3</t>
+  </si>
+  <si>
+    <t>HND-IDCARD-0801195903578</t>
+  </si>
+  <si>
+    <t>ARNULFO ORTIZ RIVERA</t>
+  </si>
+  <si>
+    <t>Col. San José de La Peña</t>
+  </si>
+  <si>
+    <t>0801195903578</t>
+  </si>
+  <si>
+    <t>232-5759</t>
+  </si>
+  <si>
+    <t>id-8.1.parties.4</t>
+  </si>
+  <si>
+    <t>HND-IDCARD-1626196700314</t>
+  </si>
+  <si>
+    <t>RAMON EDGARDO SALAZAR</t>
+  </si>
+  <si>
+    <t>Col. Miraflores Sur, Lote 6 Bl. 37</t>
+  </si>
+  <si>
+    <t>1626196700314</t>
+  </si>
+  <si>
+    <t>239-7371</t>
+  </si>
+  <si>
+    <t>230-6435</t>
+  </si>
+  <si>
+    <t>id-8.1.parties.5</t>
+  </si>
+  <si>
+    <t>FgRNyG6</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.3</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.4</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.5</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.6</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.7</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.2</t>
+  </si>
+  <si>
+    <t>SZr59rk</t>
+  </si>
+  <si>
+    <t>Higienizadora Simat S. de R.L.</t>
+  </si>
+  <si>
+    <t>Barrio la pagoda, frente al parqueo de quimicas dinat, casa No. 1522, Tegucigalpa, M.D.C. Honduras, C.A. Apartado Postal 2775</t>
+  </si>
+  <si>
+    <t>Guillermina Martinez Licona</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.3</t>
+  </si>
+  <si>
+    <t>SkR0yDr</t>
+  </si>
+  <si>
+    <t>Juan Enrique Milla Hernandez (SERVICIOS HIGIA)</t>
+  </si>
+  <si>
+    <t>Barrio Villa Adela, 8 avenida, entre 16 y 17 calles Comayaguela, Tel/Fax: 237-1734.- Sucursal en San Pedro Sula.</t>
+  </si>
+  <si>
+    <t>Juan Enrique Milla Hernandez</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.4</t>
+  </si>
+  <si>
+    <t>GwrV3LP</t>
+  </si>
+  <si>
+    <t>Seguros Crefisa S.A.</t>
+  </si>
+  <si>
+    <t>guarantor</t>
+  </si>
+  <si>
+    <t>X-oncae-guarantors</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.5</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.1</t>
+  </si>
+  <si>
+    <t>zsanchez@poderjucial.gob.hn</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.3</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.4</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.5</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.6</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.7</t>
+  </si>
+  <si>
+    <t>id-12.0.parties.0</t>
+  </si>
+  <si>
+    <t>kG1ADG</t>
+  </si>
+  <si>
+    <t>Banco Hondureño para la Producción y la Vivienda</t>
+  </si>
+  <si>
+    <t>Final de Blvd. Centro América y prolongación del Blvd. Juan Pablo II. Ed BANHPROVI</t>
+  </si>
+  <si>
+    <t>http://www.banhprovi.org</t>
+  </si>
+  <si>
+    <t>232-5500</t>
+  </si>
+  <si>
+    <t>232-5796</t>
+  </si>
+  <si>
+    <t>id-12.0.parties.1</t>
+  </si>
+  <si>
+    <t>Final del Blvd. Centro América y prolongación del Blvd. Juan Pablo II. Edificio BANHPROVI</t>
+  </si>
+  <si>
+    <t>compras@banhprovi.hn</t>
+  </si>
+  <si>
+    <t>2232-5500</t>
+  </si>
+  <si>
+    <t>Lic. Maria Teresa Jerez, Jefe Division de Administración</t>
+  </si>
+  <si>
+    <t>id-12.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-12.0.parties.3</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.1</t>
+  </si>
+  <si>
+    <t>compras@banhprovi.org</t>
+  </si>
+  <si>
+    <t>Lic. Maria Teresa Jerez, Jefe División de Administracion</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.2</t>
+  </si>
+  <si>
+    <t>S7rBOL0</t>
+  </si>
+  <si>
+    <t>Seguros Atlantida, Sociedad Anónima</t>
+  </si>
+  <si>
+    <t>Edificio Sonisa, costado este Plaza Bancatlan, Tegucigalpa.  Tel:232-40-14  email: morellana@seatlan.com</t>
+  </si>
+  <si>
+    <t>Jose Miguel Maldonado</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.3</t>
+  </si>
+  <si>
+    <t>S1Ra6lr</t>
+  </si>
+  <si>
+    <t>Aseguradora Hondureña, S.A.</t>
+  </si>
+  <si>
+    <t>Condominio el Planetario colonia Lomas del Guijarro Sur, avenida Berlin, calle madri.  Tel: 232-27-29 Fax: 231-09-82 San Pedro Sula. Tel: 553-36-50  Fax: 557-35-55 Sucursal La Ceibas 443-23-93 Fax: 443-00-32  Apartado Postal No. 312</t>
+  </si>
+  <si>
+    <t>Gerardo Antonio Corrales</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.4</t>
+  </si>
+  <si>
+    <t>SKLgbNr</t>
+  </si>
+  <si>
+    <t>Seguros Continental S.A.</t>
+  </si>
+  <si>
+    <t>Edificio Continental, 4to. Piso, 3ra. Avenida Sur Oeste No.7 de la Ciudad  de San Pedro Sula, Departamento de Cortés Tel: 550-08-80/35-97</t>
+  </si>
+  <si>
+    <t>Mario Roberto Solis DaCosta G.</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.5</t>
+  </si>
+  <si>
+    <t>SJLKQxR</t>
+  </si>
+  <si>
+    <t>Seguros el Ahorro Hondureño, S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edificio Torre Imperial, 3ro., 4to. Y 5to. Piso, Avenida Panama, Colonia </t>
+  </si>
+  <si>
+    <t>Marcelo Pedemonte del Castillo</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.6</t>
+  </si>
+  <si>
+    <t>id-13.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-13.1.parties.1</t>
+  </si>
+  <si>
+    <t>id-13.1.parties.2</t>
+  </si>
+  <si>
+    <t>id-13.2.parties.0</t>
+  </si>
+  <si>
+    <t>gGy4LO</t>
+  </si>
+  <si>
+    <t>Patronato Nacional de la Infancia</t>
+  </si>
+  <si>
+    <t>Avenida Los Próceres Frente a El Heraldo Tegucigalpa M.D.C.  Apartado 1121</t>
+  </si>
+  <si>
+    <t>http://www.loterias.hn</t>
+  </si>
+  <si>
+    <t>236-8636/ 236-7451</t>
+  </si>
+  <si>
+    <t>236-7224</t>
+  </si>
+  <si>
+    <t>id-13.2.parties.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Blvd. Los Próceres Frente a El Heraldo Tegucigalpa M.D.C.  Apartado 1121_x000D_
 </t>
   </si>
   <si>
-    <t>zsanchez@poderjudicial.gob.hn</t>
-[...551 lines deleted...]
-    <t xml:space="preserve">Colonia Godoy Antiguo IPM, INS Previsión Militar  fte Iglesia Amor Viviente Tegucigalpa M.D.C._x000D_
+    <t>jpinedav@hotmail.com</t>
+  </si>
+  <si>
+    <t>236-7645</t>
+  </si>
+  <si>
+    <t>Ing. Jorge Pineda / comision de compras y licitaciones</t>
+  </si>
+  <si>
+    <t>(504) 236-7451</t>
+  </si>
+  <si>
+    <t>id-13.2.parties.2</t>
+  </si>
+  <si>
+    <t>id-13.2.parties.3</t>
+  </si>
+  <si>
+    <t>id-13.2.parties.4</t>
+  </si>
+  <si>
+    <t>S8L4pPL</t>
+  </si>
+  <si>
+    <t>Interamericana de Seguros, S.A.</t>
+  </si>
+  <si>
+    <t>Boulevard Morazan Tel.232-4747, Fax:232-2255.  Apartado Postal 593</t>
+  </si>
+  <si>
+    <t>Luis Alberto Atala Faraj</t>
+  </si>
+  <si>
+    <t>id-13.2.parties.5</t>
+  </si>
+  <si>
+    <t>id-13.2.parties.6</t>
+  </si>
+  <si>
+    <t>id-13.2.parties.7</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.1</t>
+  </si>
+  <si>
+    <t>rsilva@banhprovi.org</t>
+  </si>
+  <si>
+    <t>Ing. Rafael Silva, Jefe de Tecnologia</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.2</t>
+  </si>
+  <si>
+    <t>SjRDVLk</t>
+  </si>
+  <si>
+    <t>GBM DE HONDURAS, S.A.</t>
+  </si>
+  <si>
+    <t>Segunda plante del Edificio SONISA, contiguo a Plaza Bancatland, Tegucigalpa, M.D.C.; Tels: 232-2319, 239-1917, 239-1914  Fax: 239-1915; correo electrónico jturcuios@gbm.net</t>
+  </si>
+  <si>
+    <t>Eleonora Mejía</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.3</t>
+  </si>
+  <si>
+    <t>SmrYzL9</t>
+  </si>
+  <si>
+    <t>Representaciones Lufergo S. DE R.L. DE C.V.</t>
+  </si>
+  <si>
+    <t>Colonia Miraflores bloque 30 casa 4221 Tegucigalpa, Tel.230-5485, 230-0270 Fax: 230-02-72.  email: lfg@lufergo.com</t>
+  </si>
+  <si>
+    <t>Luis Fernando Gomez</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.4</t>
+  </si>
+  <si>
+    <t>id-14.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-14.1.parties.1</t>
+  </si>
+  <si>
+    <t>234-523 AL 37 EXT. 228</t>
+  </si>
+  <si>
+    <t>id-14.1.parties.2</t>
+  </si>
+  <si>
+    <t>id-14.1.parties.3</t>
+  </si>
+  <si>
+    <t>F7G3yrQ</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Colonia Palmira, Edificio Zafiro 3er Piso </t>
+  </si>
+  <si>
+    <t>mreyes00070@yahoo.com</t>
+  </si>
+  <si>
+    <t>235-6474</t>
+  </si>
+  <si>
+    <t>MARTHA MARIA REYES</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.2</t>
+  </si>
+  <si>
+    <t>HN-RTN-XEW3ÑXS</t>
+  </si>
+  <si>
+    <t>Amanco Tubosistemas Honduras, Sociedad Anonima de Capital Variable</t>
+  </si>
+  <si>
+    <t>Boulevard Centro America, Anexo IPM, 2do. piso, Tel. 239-6006; Fax.239-5050</t>
+  </si>
+  <si>
+    <t>XEW3ÑXS</t>
+  </si>
+  <si>
+    <t>Felipe Enamorado Flores</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.3</t>
+  </si>
+  <si>
+    <t>HN-RTN-XENLYQ5</t>
+  </si>
+  <si>
+    <t>Industrias Novatec S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>Col. Quezada Sendero Quezada No.1444, Tegucigalpa</t>
+  </si>
+  <si>
+    <t>XENLYQ5</t>
+  </si>
+  <si>
+    <t>notienen@notiene.com</t>
+  </si>
+  <si>
+    <t>232-96-96</t>
+  </si>
+  <si>
+    <t>232-66-66</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.4</t>
+  </si>
+  <si>
+    <t>HN-RTN-NEXEMU2</t>
+  </si>
+  <si>
+    <t>DURMAN ESQUIVEL S.A.</t>
+  </si>
+  <si>
+    <t>Col. San José del Pedregal complejo Industrial CAPRISA</t>
+  </si>
+  <si>
+    <t>NEXEMU2</t>
+  </si>
+  <si>
+    <t>serviciohn@durman.com</t>
+  </si>
+  <si>
+    <t>246-8040</t>
+  </si>
+  <si>
+    <t>246-8044</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.5</t>
+  </si>
+  <si>
+    <t>HN-RTN-WECVT3I</t>
+  </si>
+  <si>
+    <t>Riegos de Honduras S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>Col. Florencia Sur, casa 4432, Blvd. Suyapa, Tegucigalpa</t>
+  </si>
+  <si>
+    <t>WECVT3I</t>
+  </si>
+  <si>
+    <t>235-51-14</t>
+  </si>
+  <si>
+    <t>235-5115</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.6</t>
+  </si>
+  <si>
+    <t>FMLQALQ</t>
+  </si>
+  <si>
+    <t>id-16.0.parties.0</t>
+  </si>
+  <si>
+    <t>NLPKrv</t>
+  </si>
+  <si>
+    <t>Secretaria de Finanzas</t>
+  </si>
+  <si>
+    <t>3 a calle 5 avenida, Edificio Finanzas, Fte. a Ferreteria Quincho León Tegucigalpa M.D.C.</t>
+  </si>
+  <si>
+    <t>http://www.sefin.gob.hn</t>
+  </si>
+  <si>
+    <t>2222-0111</t>
+  </si>
+  <si>
+    <t>2238-2309</t>
+  </si>
+  <si>
+    <t>id-16.0.parties.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 a calle 5 avenida Edificio Finanzas Fte. Ferretería Quincho León Tegucigalpa M.D.C._x000D_
 </t>
   </si>
   <si>
-    <t>jgodoy@fhis.hn</t>
-[...20 lines deleted...]
-    <t>id-13.0.parties.0</t>
+    <t xml:space="preserve">gad@sefin.gob.hn </t>
+  </si>
+  <si>
+    <t>222-6122</t>
+  </si>
+  <si>
+    <t>Lilia Maria Bogran Gerente Administrativo de la Secretaria de Finanzas</t>
+  </si>
+  <si>
+    <t>222-8449 - 222-4684</t>
+  </si>
+  <si>
+    <t>id-16.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-16.1.parties.0</t>
+  </si>
+  <si>
+    <t>PGJALo</t>
+  </si>
+  <si>
+    <t>Universidad Nacional Autónoma de Honduras</t>
+  </si>
+  <si>
+    <t>Cuidad Universitaria Boulevard Suyapa Tegucigalpa M.D.C.</t>
+  </si>
+  <si>
+    <t>http://www.unah.hn</t>
+  </si>
+  <si>
+    <t>231-0640/ 231-0644/2</t>
+  </si>
+  <si>
+    <t>232-5562</t>
+  </si>
+  <si>
+    <t>id-16.1.parties.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ciudad Universitaria, Boulevard Suyapa, Tegucigalpa M.D.C._x000D_
+</t>
+  </si>
+  <si>
+    <t>http://www.unah.edu.hn</t>
+  </si>
+  <si>
+    <t xml:space="preserve">opgunah@yahoo.com </t>
+  </si>
+  <si>
+    <t>232-2110/ 231-0640/ 231-0644/ 231-0647</t>
+  </si>
+  <si>
+    <t>OFICINA DE PREINTERVENCION DEL GASTO DE 9:00 A.M. A 1:00 P.M.</t>
+  </si>
+  <si>
+    <t>2322355</t>
+  </si>
+  <si>
+    <t>id-16.1.parties.2</t>
+  </si>
+  <si>
+    <t>HN-RTN-C6VN5X</t>
+  </si>
+  <si>
+    <t>Tranportes Cardenas</t>
+  </si>
+  <si>
+    <t>San Pedro Sula, Cortes</t>
+  </si>
+  <si>
+    <t>C6VN5X</t>
+  </si>
+  <si>
+    <t>notiene@no.no</t>
+  </si>
+  <si>
+    <t>Luis alonzo Cardenas Carias</t>
+  </si>
+  <si>
+    <t>id-16.1.parties.3</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.1</t>
+  </si>
+  <si>
+    <t>Lilia Maria Bogran Gerente Administrativo</t>
+  </si>
+  <si>
+    <t>222-8449 - 2224684</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.2</t>
+  </si>
+  <si>
+    <t>SPGJALo</t>
+  </si>
+  <si>
+    <t>Compañía Higienizadora Central, S de R.L. (CHIC)</t>
+  </si>
+  <si>
+    <t>Colonia Alameda 5ta. Avenida 7ma. Calle No.483 Tel.231-1844; Fax: 239-3923</t>
+  </si>
+  <si>
+    <t>Carlos Humberto Aguilar B.</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.3</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.4</t>
+  </si>
+  <si>
+    <t>GoLj6LM</t>
+  </si>
+  <si>
+    <t>Banco Mercantil S.A.</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.5</t>
+  </si>
+  <si>
+    <t>id-18.0.parties.0</t>
+  </si>
+  <si>
+    <t>MrMgGe</t>
+  </si>
+  <si>
+    <t>Secretaría de Seguridad</t>
+  </si>
+  <si>
+    <t>Cuartel de Casamata, Barrio Casamata</t>
+  </si>
+  <si>
+    <t>2204323/2204324</t>
+  </si>
+  <si>
+    <t>2204479</t>
+  </si>
+  <si>
+    <t>id-18.0.parties.1</t>
+  </si>
+  <si>
+    <t>mrmoran@unitec.edu</t>
+  </si>
+  <si>
+    <t>Lic. Marcia Moran de Ulloa</t>
+  </si>
+  <si>
+    <t>220 45 47</t>
+  </si>
+  <si>
+    <t>id-18.0.parties.2</t>
+  </si>
+  <si>
+    <t>SkR05rP</t>
+  </si>
+  <si>
+    <t>New Mark Representaciones, S. de R.L. De .C.V.</t>
+  </si>
+  <si>
+    <t>Edificio Comercial los Proceres, al final de la avenida los proceres Tel: 236-65-45/ 236-74-76  Fax: 236-58-26</t>
+  </si>
+  <si>
+    <t>Rene Edgardo Lezama C.</t>
+  </si>
+  <si>
+    <t>id-18.0.parties.3</t>
+  </si>
+  <si>
+    <t>SXRbOrV</t>
+  </si>
+  <si>
+    <t>Distribuidora Textil S.A. De C.V. (DITEX).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Colonia Kennedy fte. A Supermercado País Tegucigalpa M.D.C, Tel. Tel: 230-54-44/ 230-54-22 </t>
+  </si>
+  <si>
+    <t>Enrique Roberto Facuse Salomon</t>
+  </si>
+  <si>
+    <t>id-18.0.parties.4</t>
+  </si>
+  <si>
+    <t>id-19.0.parties.0</t>
   </si>
   <si>
     <t>7G3yrQ</t>
   </si>
   <si>
     <t>Secretaria de Educación</t>
   </si>
   <si>
     <t>1 calle entre 2 y 4 avenidas Comyaguela</t>
   </si>
   <si>
     <t>http://www.se.gob.hn</t>
   </si>
   <si>
     <t>222-8490/ 222-6796 e</t>
   </si>
   <si>
     <t>222-8490</t>
   </si>
   <si>
-    <t>id-13.0.parties.1</t>
+    <t>id-19.0.parties.1</t>
   </si>
   <si>
     <t xml:space="preserve">1 calle entre 2 y 4 avenidas Comyaguela_x000D_
 </t>
   </si>
   <si>
+    <t>adquisiciones.efa@se.gob.hn</t>
+  </si>
+  <si>
+    <t>222-6557 ext 1239</t>
+  </si>
+  <si>
+    <t>Gladys Carranza</t>
+  </si>
+  <si>
+    <t xml:space="preserve">238-4325 </t>
+  </si>
+  <si>
+    <t>id-19.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-19.0.parties.3</t>
+  </si>
+  <si>
+    <t>S7GXMRV</t>
+  </si>
+  <si>
+    <t>Representaciones e Importaciones de Honduras, S.A. DE C.V. (REPRIMHSA)</t>
+  </si>
+  <si>
+    <t>Colonia las torres calle principal, Edificio Gutierrez, Tegucigalpa, M.D.C. Honduras, C.A. Tel: 234-37-52/ 233-55-20  Fax: 233-59-51  email: info@reprimhsa.com</t>
+  </si>
+  <si>
+    <t>Marco Tulio Gutirrez</t>
+  </si>
+  <si>
+    <t>id-19.0.parties.4</t>
+  </si>
+  <si>
+    <t>id-19.0.parties.5</t>
+  </si>
+  <si>
+    <t>id-19.0.parties.6</t>
+  </si>
+  <si>
+    <t>SZGqwr0</t>
+  </si>
+  <si>
+    <t>Sistemas Abiertos Sociedad Anonima de Capital Variable (SASA)</t>
+  </si>
+  <si>
+    <t>Colonia Tepeyac 1326 Ave. Luis Bogran, Tegucigalpa Honduras Tel.235-95-00.  Fax: 235-48-66.  email: gpopa@popa.hn</t>
+  </si>
+  <si>
+    <t>Fuad Salomon Azzad</t>
+  </si>
+  <si>
+    <t>id-19.0.parties.7</t>
+  </si>
+  <si>
+    <t>SEr6JrN</t>
+  </si>
+  <si>
+    <t>Centro de Automatización de Oficina, S.A. De C.V. (CENTROMATIC S.A. DE C.V.)</t>
+  </si>
+  <si>
+    <t>Boulevard Suyapa Edificio Lisboa ·1421 Tegucigalpa,Tel.232-1190 Fax.232-65-55.  email:centromatic@datum.hn</t>
+  </si>
+  <si>
+    <t>Stewart Vare</t>
+  </si>
+  <si>
+    <t>id-19.0.parties.8</t>
+  </si>
+  <si>
+    <t>HN-RTN-YEDCYU2</t>
+  </si>
+  <si>
+    <t>Discovery, S de R.L. (DISCOVERY)</t>
+  </si>
+  <si>
+    <t>Colonia las Minitas casa No. 2433 contiguo a la Embajada de Guatemala, Tel. 231-0731 Fax. 235-8323</t>
+  </si>
+  <si>
+    <t>YEDCYU2</t>
+  </si>
+  <si>
+    <t>Gladys Miriam Chavarria Hughes</t>
+  </si>
+  <si>
+    <t>id-19.0.parties.9</t>
+  </si>
+  <si>
+    <t>id-20.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-20.0.parties.1</t>
+  </si>
+  <si>
+    <t>MARCIA MORAN DE ULLOA (GERENCIA ADMINISTRATIVA)</t>
+  </si>
+  <si>
+    <t>id-20.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-20.0.parties.3</t>
+  </si>
+  <si>
+    <t>id-20.0.parties.4</t>
+  </si>
+  <si>
+    <t>S2LAakL</t>
+  </si>
+  <si>
+    <t>Seguros Crefisa, Sociedad Anónima de Capital Fijo (Seguros Crefisa)</t>
+  </si>
+  <si>
+    <t>Edificio Ficensa, Primer Nivel, Boulevard Morazan, Tegucigalpa, M.D.C.primer y cuarto piso, Boulevard Morazán.  Tel: 238-17-50, Fax: 238-17-14</t>
+  </si>
+  <si>
+    <t>Mario Batres Pineda</t>
+  </si>
+  <si>
+    <t>id-20.0.parties.5</t>
+  </si>
+  <si>
+    <t>id-20.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-20.1.parties.1</t>
+  </si>
+  <si>
+    <t>id-20.1.parties.2</t>
+  </si>
+  <si>
+    <t>id-20.1.parties.3</t>
+  </si>
+  <si>
+    <t>id-20.1.parties.4</t>
+  </si>
+  <si>
+    <t>id-20.1.parties.5</t>
+  </si>
+  <si>
+    <t>id-20.1.parties.6</t>
+  </si>
+  <si>
+    <t>HN-RTN-GELW31B</t>
+  </si>
+  <si>
+    <t>Seguros del Pais, S.A.</t>
+  </si>
+  <si>
+    <t>Edificio IPM 4to piso Boulevard Centro America, Tel. 239-0460, 232-4216</t>
+  </si>
+  <si>
+    <t>GELW31B</t>
+  </si>
+  <si>
+    <t>Renan Vasquez Gabrie</t>
+  </si>
+  <si>
+    <t>id-20.1.parties.7</t>
+  </si>
+  <si>
+    <t>id-21.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-21.0.parties.1</t>
+  </si>
+  <si>
+    <t>(504) 238-4325 Ext. 1277</t>
+  </si>
+  <si>
+    <t>id-21.0.parties.2</t>
+  </si>
+  <si>
+    <t>HN-RTN-LELQEIW</t>
+  </si>
+  <si>
+    <t>Lithoprint, Sociedad Anonima de Responsabilidad Limitada de Capital Variable</t>
+  </si>
+  <si>
+    <t>Boulevard Comunidad Europea, atras Restaurante Boca del Mar; Colonia San Luis, Tel.234-5089,234-8315</t>
+  </si>
+  <si>
+    <t>LELQEIW</t>
+  </si>
+  <si>
+    <t>nohay@nohay.com</t>
+  </si>
+  <si>
+    <t>234-8315</t>
+  </si>
+  <si>
+    <t>Jose Rene Padilla Reyes</t>
+  </si>
+  <si>
+    <t>234-5089</t>
+  </si>
+  <si>
+    <t>id-21.0.parties.3</t>
+  </si>
+  <si>
+    <t>id-21.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-21.1.parties.1</t>
+  </si>
+  <si>
+    <t>ING. JORGE PINEDA / COMISION DE COMPRAS Y LICITACIONES</t>
+  </si>
+  <si>
+    <t>id-21.1.parties.2</t>
+  </si>
+  <si>
+    <t>id-21.1.parties.3</t>
+  </si>
+  <si>
+    <t>SWRzbRe</t>
+  </si>
+  <si>
+    <t>Autoexcel, S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>Boulevard Florencia, Residencial la Hacienda Tel.231-1315, 235-3895/  Fax: 231-15-16  San Pedro Sula: 556-87-73/ 87-91</t>
+  </si>
+  <si>
+    <t>231-1516</t>
+  </si>
+  <si>
+    <t>Laureano Gutierrez Casuso</t>
+  </si>
+  <si>
+    <t>235-3895</t>
+  </si>
+  <si>
+    <t>id-21.1.parties.4</t>
+  </si>
+  <si>
+    <t>SorvxDG</t>
+  </si>
+  <si>
+    <t>Comercial Jaar Sociedad de Responsabilidad Limitada, (Comercial Jaar S. de R.L.)</t>
+  </si>
+  <si>
+    <t>Avenida Cabañas, Comayaguela, Tel.238-7969, Fax.237-4821, email: comjaan@speedpro.net.  San Pedro Sula Tel: 556-51-56/ 556-51-40</t>
+  </si>
+  <si>
+    <t>Maria Delmira Sansur Jaar</t>
+  </si>
+  <si>
+    <t>id-21.1.parties.5</t>
+  </si>
+  <si>
+    <t>SEr6q0R</t>
+  </si>
+  <si>
+    <t>Transoceanic Import, S.A. (TISA)</t>
+  </si>
+  <si>
+    <t>6 y 8 calles, Ave. Juan Pablo II - frente a Leche Leyde, edificio de manufacturas industriales S.A.; E-mail: vheusen@kattangroup.com, Tel: 550-2057, 550-2404, San Pedro Sula, Departamento de Cortés.</t>
+  </si>
+  <si>
+    <t>Carlos Gabriel Kattan Salem.</t>
+  </si>
+  <si>
+    <t>id-21.1.parties.6</t>
+  </si>
+  <si>
+    <t>id-21.1.parties.7</t>
+  </si>
+  <si>
+    <t>id-22.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-22.0.parties.1</t>
+  </si>
+  <si>
+    <t>Colonia Ruben Darío , circuito Choluteca casa 2109</t>
+  </si>
+  <si>
+    <t>adquisiciones_justicia2@multivisionhn.net</t>
+  </si>
+  <si>
+    <t>235-5593</t>
+  </si>
+  <si>
+    <t>Unidad de Adquisiciones del Programa de Apoyo a la Modernizacion de la Administración de Justicia</t>
+  </si>
+  <si>
+    <t>235-5595</t>
+  </si>
+  <si>
+    <t>id-22.0.parties.2</t>
+  </si>
+  <si>
+    <t>HND-PASSPORT-AJ178366No.79724543</t>
+  </si>
+  <si>
+    <t>Juan Pablo Rodriguez Cardenas</t>
+  </si>
+  <si>
+    <t>Calle 101 No. 1242 Bogota</t>
+  </si>
+  <si>
+    <t>AJ178366No.79724543</t>
+  </si>
+  <si>
+    <t>HND-PASSPORT</t>
+  </si>
+  <si>
+    <t>juanprodriguez@consultant.com</t>
+  </si>
+  <si>
+    <t>57-3115140915</t>
+  </si>
+  <si>
+    <t>571-609-2013</t>
+  </si>
+  <si>
+    <t>id-22.0.parties.3</t>
+  </si>
+  <si>
+    <t>id-22.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-22.1.parties.1</t>
+  </si>
+  <si>
+    <t>opgunah@yahoo.com</t>
+  </si>
+  <si>
+    <t>Oficina de Preintervencion del Gasto</t>
+  </si>
+  <si>
+    <t>id-22.1.parties.2</t>
+  </si>
+  <si>
+    <t>S8L47ar</t>
+  </si>
+  <si>
+    <t>Jose Miguel Quiñonez Zelaya  (EMPRESA DE TRANSPORTES QUIÑONES ZELAYA)</t>
+  </si>
+  <si>
+    <t>1a  calle, Colonia La esperanza, Ceiba - Atlántida, Tel: 443-0103, Fax: 440-2766</t>
+  </si>
+  <si>
+    <t>id-22.1.parties.3</t>
+  </si>
+  <si>
+    <t>id-23.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-23.0.parties.1</t>
+  </si>
+  <si>
     <t>luis.flores@seduc.hn</t>
   </si>
   <si>
-    <t>222-6557 ext 1239</t>
-[...1 lines deleted...]
-  <si>
     <t>Luis Alonso Flores Soto</t>
   </si>
   <si>
     <t>238 - 4325 Ext 1272</t>
   </si>
   <si>
-    <t>id-13.0.parties.2</t>
-[...14 lines deleted...]
-    <t>235-5593</t>
+    <t>id-23.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-23.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-23.1.parties.1</t>
   </si>
   <si>
     <t>Unidad de Adquisiciones</t>
   </si>
   <si>
-    <t>235-5595</t>
-[...2 lines deleted...]
-    <t>id-13.1.parties.2</t>
+    <t>id-23.1.parties.2</t>
+  </si>
+  <si>
+    <t>id-24.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-24.0.parties.1</t>
+  </si>
+  <si>
+    <t>238-4325 Ext. 1277</t>
+  </si>
+  <si>
+    <t>id-24.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-24.0.parties.3</t>
+  </si>
+  <si>
+    <t>SoLjN6L</t>
+  </si>
+  <si>
+    <t>Compañía de Limpieza excelente, S. de R.L. (CODELEX, S. DE R.L.)</t>
+  </si>
+  <si>
+    <t>Colonia Palermo, calle venecia, Telefono 232-5966</t>
+  </si>
+  <si>
+    <t>Mirian Nazareth Perdomo B.</t>
+  </si>
+  <si>
+    <t>id-24.0.parties.4</t>
+  </si>
+  <si>
+    <t>id-24.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-24.1.parties.1</t>
+  </si>
+  <si>
+    <t>id-24.1.parties.2</t>
+  </si>
+  <si>
+    <t>id-24.1.parties.3</t>
+  </si>
+  <si>
+    <t>SNrdVGA</t>
+  </si>
+  <si>
+    <t>Fabrica de Ropa Montecarlo, Sociedad Anónima de capital variable</t>
+  </si>
+  <si>
+    <t>San edro Sula, 7 calle noroeste entre 17 y 18 Avenidas No. 1706, Colonia Moderna, tel: 557-5644, 557-5643, Fax: 552-2172</t>
+  </si>
+  <si>
+    <t>552-2172</t>
+  </si>
+  <si>
+    <t>Farid Handal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">557-5644, 557-5643 </t>
+  </si>
+  <si>
+    <t>id-24.1.parties.4</t>
+  </si>
+  <si>
+    <t>id-24.1.parties.5</t>
+  </si>
+  <si>
+    <t>HN-RTN-9G0ZP9H</t>
+  </si>
+  <si>
+    <t>Van Heusen de Centro America, Sociedad de Responsabilidad Limitada de Capital Variable, (Van Heusen de Centro America, S de R.L. de .C.V.)</t>
+  </si>
+  <si>
+    <t>Ave. Juan Pablo II, frente a Leche Leyde en el edificio de manofacturas industriales, Tel. 550-1606</t>
+  </si>
+  <si>
+    <t>9G0ZP9H</t>
+  </si>
+  <si>
+    <t>Cesar Saul Brand B.</t>
+  </si>
+  <si>
+    <t>id-24.1.parties.6</t>
+  </si>
+  <si>
+    <t>GjRDVLk</t>
+  </si>
+  <si>
+    <t>Banco Continental S.A.</t>
+  </si>
+  <si>
+    <t>id-24.1.parties.7</t>
+  </si>
+  <si>
+    <t>id-25.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-25.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-25.0.parties.2</t>
+  </si>
+  <si>
+    <t>HN-RTN-6ENEFUK</t>
+  </si>
+  <si>
+    <t>Seguridad Tecnica de Honduras, VIP SecurityCorporation Sociedad de Responsbilidad Limitada de Capital Varible, "VIP Security Corporatión, S. de R.L. de C.V.", o "VIP Security Corporation de Honduras S. de R.L. de .C.V.</t>
+  </si>
+  <si>
+    <t>Boulevard 15 de Septiembre frente a restaurante El Patio, LA Ceiba, Atlantida, Tel. 440-3585, Fax. 442-0501</t>
+  </si>
+  <si>
+    <t>6ENEFUK</t>
+  </si>
+  <si>
+    <t>Rolando de Jesus Cerezo</t>
+  </si>
+  <si>
+    <t>id-25.0.parties.3</t>
+  </si>
+  <si>
+    <t>id-26.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-26.0.parties.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unidad de Adquisiciones </t>
+  </si>
+  <si>
+    <t>235-55-95</t>
+  </si>
+  <si>
+    <t>id-26.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-26.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-26.1.parties.1</t>
+  </si>
+  <si>
+    <t>id-26.1.parties.2</t>
   </si>
   <si>
     <t>HND-IDCARD-(Pendiente)</t>
   </si>
   <si>
     <t>Juan Manuel Lopez Ulloa</t>
   </si>
   <si>
     <t>Cadix, Colombia</t>
   </si>
   <si>
     <t>(Pendiente)</t>
   </si>
   <si>
-    <t>HND-IDCARD</t>
-[...1 lines deleted...]
-  <si>
     <t>669-250662</t>
   </si>
   <si>
-    <t>id-13.1.parties.3</t>
+    <t>id-26.1.parties.3</t>
   </si>
   <si>
     <t>HND-IDCARD-0501197803602</t>
   </si>
   <si>
     <t>Ines Yadira Cubero Gonzalez</t>
   </si>
   <si>
     <t>San Pedro Sula, Cortez</t>
   </si>
   <si>
     <t>0501197803602</t>
   </si>
   <si>
     <t>cuberoines@yahoo.com</t>
   </si>
   <si>
     <t>552-9925</t>
   </si>
   <si>
-    <t>id-13.1.parties.4</t>
+    <t>id-26.1.parties.4</t>
   </si>
   <si>
     <t>SERpoAG</t>
   </si>
   <si>
     <t>Flabio Ismael Lowenrosen</t>
   </si>
   <si>
     <t>Col. Castaño sur 1era Calle</t>
   </si>
   <si>
     <t>filrosen@yahoo.com.ar</t>
   </si>
   <si>
     <t>921-5441</t>
   </si>
   <si>
-    <t>id-13.1.parties.5</t>
-[...725 lines deleted...]
-    <t>id-21.1.parties.1</t>
+    <t>id-26.1.parties.5</t>
+  </si>
+  <si>
+    <t>id-26.2.parties.0</t>
+  </si>
+  <si>
+    <t>id-26.2.parties.1</t>
   </si>
   <si>
     <t>234-5231 AL 37 EXT. 228</t>
   </si>
   <si>
-    <t>id-21.1.parties.2</t>
+    <t>id-26.2.parties.2</t>
   </si>
   <si>
     <t>HND-IDCARD-0301196000460</t>
   </si>
   <si>
     <t>JOSE RAMON AGUILERA</t>
   </si>
   <si>
     <t>Col. Las Colinas, Tegucigalpa</t>
   </si>
   <si>
     <t>0301196000460</t>
   </si>
   <si>
     <t>239-9231</t>
   </si>
   <si>
     <t>239-7652</t>
   </si>
   <si>
-    <t>id-21.1.parties.3</t>
+    <t>id-26.2.parties.3</t>
   </si>
   <si>
     <t>HND-IDCARD-1516195600029</t>
   </si>
   <si>
     <t>CARLOS RUFINO LANZA RAMOS</t>
   </si>
   <si>
     <t>Col. Cerro Grande, Zona/4 Bl 39 casa # 3002</t>
   </si>
   <si>
     <t>1516195600029</t>
   </si>
   <si>
     <t>224-0380</t>
   </si>
   <si>
     <t>224-4774</t>
   </si>
   <si>
-    <t>id-21.1.parties.4</t>
-[...17 lines deleted...]
-    <t>id-21.1.parties.5</t>
+    <t>id-26.2.parties.4</t>
+  </si>
+  <si>
+    <t>id-26.2.parties.5</t>
   </si>
   <si>
     <t>HND-IDCARD-0890198600134</t>
   </si>
   <si>
     <t>Francisco Noel Garcia Armijo</t>
   </si>
   <si>
     <t xml:space="preserve">Res. Valencia, 1era. Cll., Casa#3805_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>0890198600134</t>
   </si>
   <si>
     <t xml:space="preserve">220-1721 </t>
   </si>
   <si>
     <t xml:space="preserve">255-2539 </t>
   </si>
   <si>
-    <t>id-21.1.parties.6</t>
-[...339 lines deleted...]
-    <t>id-26.1.parties.1</t>
+    <t>id-26.2.parties.6</t>
+  </si>
+  <si>
+    <t>id-27.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-27.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-27.0.parties.2</t>
+  </si>
+  <si>
+    <t>id-27.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-27.1.parties.1</t>
   </si>
   <si>
     <t>Ing. Guillermo Maradiaga, Jefe División Servicios Administrativos</t>
   </si>
   <si>
-    <t>id-26.1.parties.2</t>
-[...22 lines deleted...]
-  <si>
     <t>id-27.1.parties.2</t>
   </si>
   <si>
-    <t>id-27.1.parties.3</t>
-[...40 lines deleted...]
-  <si>
     <t>id-28.0.parties.0</t>
   </si>
   <si>
     <t>id-28.0.parties.1</t>
   </si>
   <si>
     <t>id-28.0.parties.2</t>
   </si>
   <si>
-    <t>id-28.1.parties.0</t>
-[...68 lines deleted...]
-    <t>id-28.2.parties.7</t>
+    <t>id-28.0.parties.3</t>
   </si>
   <si>
     <t>id-29.0.parties.0</t>
   </si>
   <si>
     <t>id-29.0.parties.1</t>
   </si>
   <si>
     <t>id-29.0.parties.2</t>
   </si>
   <si>
-    <t>id-29.1.parties.0</t>
-[...32 lines deleted...]
-    <t>id-29.1.parties.3</t>
+    <t>id-30.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-30.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-30.0.parties.2</t>
   </si>
   <si>
     <t>id-31.0.parties.0</t>
   </si>
   <si>
     <t>id-31.0.parties.1</t>
   </si>
   <si>
     <t>id-31.0.parties.2</t>
   </si>
   <si>
     <t>id-31.0.parties.3</t>
   </si>
   <si>
     <t>id-31.0.parties.4</t>
   </si>
   <si>
     <t>HN-RTN-08019000234479</t>
   </si>
   <si>
     <t>SUMINISTROS TECNICOS SOCIEDAD ANONIMA DE CAPITAL VARIABLE (SUMITEC)</t>
   </si>
   <si>
     <t>Colonia Reforma ave. Principal No. 2501, Apdo. postal 1528, Tegucigalpa, MDC., Tel: PBX 238-2215, Faax: 238-4342, E-Mail: www.sumitec.hn, a-martinez@sumitec.hn; 9a. Ave. 9a. Calle, S.O. San Pedro Sula - Cortés, Tel: PBX 550-5885, Fax: 550-0499, Blvd. 15 d</t>
   </si>
@@ -4039,539 +4417,1082 @@
   <si>
     <t>id-31.0.parties.7</t>
   </si>
   <si>
     <t>GEr6JrN</t>
   </si>
   <si>
     <t>Banco La Fise S.A.</t>
   </si>
   <si>
     <t>id-31.0.parties.8</t>
   </si>
   <si>
     <t>_link_parties</t>
   </si>
   <si>
     <t>id-0.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-0.1.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-1.0.parties.1.memberOf.0</t>
   </si>
   <si>
+    <t>id-1.1.parties.1.memberOf.0</t>
+  </si>
+  <si>
     <t>id-2.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-3.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-3.1.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-4.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-5.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-6.0.parties.1.memberOf.0</t>
   </si>
   <si>
+    <t>id-6.1.parties.1.memberOf.0</t>
+  </si>
+  <si>
     <t>id-7.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-8.0.parties.1.memberOf.0</t>
   </si>
   <si>
+    <t>id-8.1.parties.1.memberOf.0</t>
+  </si>
+  <si>
     <t>id-9.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-10.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-11.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-12.0.parties.1.memberOf.0</t>
   </si>
   <si>
-    <t>id-12.1.parties.1.memberOf.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-13.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-13.1.parties.1.memberOf.0</t>
   </si>
   <si>
+    <t>id-13.2.parties.1.memberOf.0</t>
+  </si>
+  <si>
     <t>id-14.0.parties.1.memberOf.0</t>
   </si>
   <si>
+    <t>id-14.1.parties.1.memberOf.0</t>
+  </si>
+  <si>
     <t>id-15.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-16.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-16.1.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-17.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-18.0.parties.1.memberOf.0</t>
   </si>
   <si>
-    <t>id-18.1.parties.1.memberOf.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-19.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-20.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-20.1.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-21.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-21.1.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-22.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-22.1.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-23.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-23.1.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-24.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-24.1.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-25.0.parties.1.memberOf.0</t>
   </si>
   <si>
-    <t>id-25.1.parties.1.memberOf.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-26.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-26.1.parties.1.memberOf.0</t>
   </si>
   <si>
+    <t>id-26.2.parties.1.memberOf.0</t>
+  </si>
+  <si>
     <t>id-27.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-27.1.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-28.0.parties.1.memberOf.0</t>
   </si>
   <si>
-    <t>id-28.1.parties.1.memberOf.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-29.0.parties.1.memberOf.0</t>
   </si>
   <si>
-    <t>id-29.1.parties.1.memberOf.0</t>
+    <t>id-30.0.parties.1.memberOf.0</t>
   </si>
   <si>
     <t>id-31.0.parties.1.memberOf.0</t>
   </si>
   <si>
-    <t>url</t>
-[...1 lines deleted...]
-  <si>
     <t>id-0.0.sources.0</t>
   </si>
   <si>
     <t>honducompras-1</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/</t>
   </si>
   <si>
     <t>HonduCompras 1.0 - Módulo de Difusión de Compras y Contrataciones</t>
   </si>
   <si>
     <t>id-0.1.sources.0</t>
   </si>
   <si>
     <t>id-1.0.sources.0</t>
   </si>
   <si>
+    <t>id-1.1.sources.0</t>
+  </si>
+  <si>
     <t>id-2.0.sources.0</t>
   </si>
   <si>
     <t>id-3.0.sources.0</t>
   </si>
   <si>
     <t>id-3.1.sources.0</t>
   </si>
   <si>
     <t>id-4.0.sources.0</t>
   </si>
   <si>
     <t>id-5.0.sources.0</t>
   </si>
   <si>
     <t>id-6.0.sources.0</t>
   </si>
   <si>
+    <t>id-6.1.sources.0</t>
+  </si>
+  <si>
     <t>id-7.0.sources.0</t>
   </si>
   <si>
     <t>id-8.0.sources.0</t>
   </si>
   <si>
+    <t>id-8.1.sources.0</t>
+  </si>
+  <si>
     <t>id-9.0.sources.0</t>
   </si>
   <si>
     <t>id-10.0.sources.0</t>
   </si>
   <si>
     <t>id-11.0.sources.0</t>
   </si>
   <si>
     <t>id-12.0.sources.0</t>
   </si>
   <si>
-    <t>id-12.1.sources.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-13.0.sources.0</t>
   </si>
   <si>
     <t>id-13.1.sources.0</t>
   </si>
   <si>
+    <t>id-13.2.sources.0</t>
+  </si>
+  <si>
     <t>id-14.0.sources.0</t>
   </si>
   <si>
+    <t>id-14.1.sources.0</t>
+  </si>
+  <si>
     <t>id-15.0.sources.0</t>
   </si>
   <si>
     <t>id-16.0.sources.0</t>
   </si>
   <si>
     <t>id-16.1.sources.0</t>
   </si>
   <si>
     <t>id-17.0.sources.0</t>
   </si>
   <si>
     <t>id-18.0.sources.0</t>
   </si>
   <si>
-    <t>id-18.1.sources.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-19.0.sources.0</t>
   </si>
   <si>
     <t>id-20.0.sources.0</t>
   </si>
   <si>
     <t>id-20.1.sources.0</t>
   </si>
   <si>
     <t>id-21.0.sources.0</t>
   </si>
   <si>
     <t>id-21.1.sources.0</t>
   </si>
   <si>
     <t>id-22.0.sources.0</t>
   </si>
   <si>
     <t>id-22.1.sources.0</t>
   </si>
   <si>
     <t>id-23.0.sources.0</t>
   </si>
   <si>
     <t>id-23.1.sources.0</t>
   </si>
   <si>
     <t>id-24.0.sources.0</t>
   </si>
   <si>
     <t>id-24.1.sources.0</t>
   </si>
   <si>
     <t>id-25.0.sources.0</t>
   </si>
   <si>
-    <t>id-25.1.sources.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-26.0.sources.0</t>
   </si>
   <si>
     <t>id-26.1.sources.0</t>
   </si>
   <si>
+    <t>id-26.2.sources.0</t>
+  </si>
+  <si>
     <t>id-27.0.sources.0</t>
   </si>
   <si>
     <t>id-27.1.sources.0</t>
   </si>
   <si>
     <t>id-28.0.sources.0</t>
   </si>
   <si>
-    <t>id-28.1.sources.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-29.0.sources.0</t>
   </si>
   <si>
-    <t>id-29.1.sources.0</t>
+    <t>id-30.0.sources.0</t>
   </si>
   <si>
     <t>id-31.0.sources.0</t>
   </si>
   <si>
-    <t>description</t>
+    <t>dateSigned</t>
+  </si>
+  <si>
+    <t>awardID</t>
+  </si>
+  <si>
+    <t>localProcurementCategory</t>
+  </si>
+  <si>
+    <t>value_amount</t>
+  </si>
+  <si>
+    <t>value_currency</t>
+  </si>
+  <si>
+    <t>id-0.0.contracts.0</t>
+  </si>
+  <si>
+    <t>jRD4QR-58-2005</t>
+  </si>
+  <si>
+    <t>2006-04-07T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>58-2005</t>
+  </si>
+  <si>
+    <t>HNL</t>
+  </si>
+  <si>
+    <t>id-1.1.contracts.0</t>
+  </si>
+  <si>
+    <t>wrV3LP-88551-86844-L</t>
+  </si>
+  <si>
+    <t>2006-01-24T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>88551-86844-L</t>
+  </si>
+  <si>
+    <t>id-2.0.contracts.0</t>
+  </si>
+  <si>
+    <t>jRD4QR-57-2005</t>
+  </si>
+  <si>
+    <t>57-2005</t>
+  </si>
+  <si>
+    <t>id-3.1.contracts.0</t>
+  </si>
+  <si>
+    <t>PGJJpG-contrato-SCS-005-2005</t>
+  </si>
+  <si>
+    <t>2005-12-27T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>contrato-SCS-005-2005</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0</t>
+  </si>
+  <si>
+    <t>jRD4QR-60-2005</t>
+  </si>
+  <si>
+    <t>60-2005</t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0</t>
+  </si>
+  <si>
+    <t>jRD4QR-59-2005</t>
+  </si>
+  <si>
+    <t>59-2005</t>
+  </si>
+  <si>
+    <t>id-6.1.contracts.0</t>
+  </si>
+  <si>
+    <t>wrVJ9r-0001</t>
+  </si>
+  <si>
+    <t>2006-06-22T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>0001</t>
+  </si>
+  <si>
+    <t>id-7.0.contracts.0</t>
+  </si>
+  <si>
+    <t>jRD4QR-56</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>id-8.0.contracts.0</t>
+  </si>
+  <si>
+    <t>jRD4QR-55</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>id-8.1.contracts.0</t>
+  </si>
+  <si>
+    <t>wrV3LP-8173-88117-L</t>
+  </si>
+  <si>
+    <t>8173-88117-L</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0</t>
+  </si>
+  <si>
+    <t>jRD4QR-54</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0</t>
+  </si>
+  <si>
+    <t>jRD4QR-44-2005</t>
+  </si>
+  <si>
+    <t>2006-04-06T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>44-2005</t>
+  </si>
+  <si>
+    <t>id-11.0.contracts.0</t>
+  </si>
+  <si>
+    <t>jRD4QR-53</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>id-17.0.contracts.0</t>
+  </si>
+  <si>
+    <t>mGEMGM-006-2005-001</t>
+  </si>
+  <si>
+    <t>2006-08-15T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>006-2005-001</t>
+  </si>
+  <si>
+    <t>id-24.1.contracts.0</t>
+  </si>
+  <si>
+    <t>PGJALo-02-2006</t>
+  </si>
+  <si>
+    <t>2006-02-17T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>02-2006</t>
+  </si>
+  <si>
+    <t>id-26.1.contracts.0</t>
+  </si>
+  <si>
+    <t>orvdMG-C-093-2006</t>
+  </si>
+  <si>
+    <t>2006-02-27T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>C-093-2006</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
+    <t>id-26.2.contracts.0</t>
+  </si>
+  <si>
+    <t>wrV3LP-88088-88961-L</t>
+  </si>
+  <si>
+    <t>2005-12-10T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>88088-88961-L</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0</t>
+  </si>
+  <si>
+    <t>jRD4QR-39-2005</t>
+  </si>
+  <si>
+    <t>39-2005</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.1</t>
+  </si>
+  <si>
+    <t>jRD4QR-41-2005</t>
+  </si>
+  <si>
+    <t>41-2005</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.2</t>
+  </si>
+  <si>
+    <t>jRD4QR-42-2005</t>
+  </si>
+  <si>
+    <t>42-2005</t>
+  </si>
+  <si>
+    <t>_link_contracts</t>
+  </si>
+  <si>
+    <t>id-0.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>71-jRD4QR-58-2005-12</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Con14858-20051200-ContratouOrdendeCompra.pdf</t>
+  </si>
+  <si>
+    <t>Contrato u Orden de Compra</t>
+  </si>
+  <si>
+    <t>contractSigned</t>
+  </si>
+  <si>
+    <t>2006-08-08T08:48:56.857000-06:00</t>
+  </si>
+  <si>
+    <t>id-1.1.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>7-wrV3LP-88551-86844-L-12</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Con1188551-86844-L1200-ContratouOrdendeCompra.pdf</t>
+  </si>
+  <si>
+    <t>2006-03-13T14:03:14.343000-06:00</t>
+  </si>
+  <si>
+    <t>id-2.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>69-jRD4QR-57-2005-12</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Con14857-20051200-ContratouOrdendeCompra.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-08T08:19:39.327000-06:00</t>
+  </si>
+  <si>
+    <t>id-3.1.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>41-PGJJpG-contrato-SCS-005-2005-12</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Con177contrato-SCS-005-20051200-ContratouOrdendeCompra.doc</t>
+  </si>
+  <si>
+    <t>2006-06-28T10:29:14.403000-05:00</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>70-jRD4QR-60-2005-12</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Con14860-20051200-ContratouOrdendeCompra.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-08T08:35:48.060000-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>68-jRD4QR-59-2005-12</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Con14859-20051200-ContratouOrdendeCompra.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-08T08:16:22.497000-06:00</t>
+  </si>
+  <si>
+    <t>id-7.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>61-jRD4QR-56-12</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Con148561200-ContratouOrdendeCompra.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-02T10:25:06.763000-05:00</t>
+  </si>
+  <si>
+    <t>id-8.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>62-jRD4QR-55-12</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Con148551200-ContratouOrdendeCompra.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-02T10:38:13.560000-05:00</t>
+  </si>
+  <si>
+    <t>id-8.1.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>8-wrV3LP-8173-88117-L-12</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Con118173-88117-L1200-ContratouOrdendeCompra.pdf</t>
+  </si>
+  <si>
+    <t>2006-03-30T10:48:31.153000-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>63-jRD4QR-54-12</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Con148541200-ContratouOrdendeCompra.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-02T11:53:00.013000-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>37-jRD4QR-44-2005-12</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Con14844-20051200-ContratouOrdendeCompra.pdf</t>
+  </si>
+  <si>
+    <t>2006-06-22T10:16:08.670000-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>38-jRD4QR-44-2005-12</t>
+  </si>
+  <si>
+    <t>2006-06-22T10:17:03.950000-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.documents.2</t>
+  </si>
+  <si>
+    <t>39-jRD4QR-44-2005-12</t>
+  </si>
+  <si>
+    <t>2006-06-22T10:18:06.403000-05:00</t>
+  </si>
+  <si>
+    <t>id-11.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>64-jRD4QR-53-12</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Con148531200-ContratouOrdendeCompra.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-02T11:59:37.780000-05:00</t>
+  </si>
+  <si>
+    <t>id-24.1.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>101-PGJALo-02-2006-12</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Con3302-20061200-ContratouOrdendeCompra.pdf</t>
+  </si>
+  <si>
+    <t>2006-10-02T15:29:41.217000-06:00</t>
+  </si>
+  <si>
+    <t>id-26.1.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>11-orvdMG-C-093-2006-12</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Con207C-093-20061200-ContratouOrdendeCompra.doc</t>
+  </si>
+  <si>
+    <t>2006-04-07T14:29:39.093000-06:00</t>
+  </si>
+  <si>
+    <t>id-26.2.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>9-wrV3LP-88088-88961-L-12</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Con1188088-88961-L1200-ContratouOrdendeCompra.pdf</t>
+  </si>
+  <si>
+    <t>2006-03-30T13:25:07.843000-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>59-jRD4QR-39-2005-12</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Con14839-20051200-ContratouOrdendeCompra.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-02T10:07:03.857000-05:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.1.documents.0</t>
+  </si>
+  <si>
+    <t>60-jRD4QR-41-2005-12</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Con14841-20051200-ContratouOrdendeCompra.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-02T10:11:29.560000-05:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.2.documents.0</t>
+  </si>
+  <si>
+    <t>58-jRD4QR-42-2005-12</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Con14842-20051200-ContratouOrdendeCompra.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-02T09:59:54.763000-05:00</t>
+  </si>
+  <si>
+    <t>id-0.0.contracts.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-1.1.contracts.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-2.0.contracts.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-3.1.contracts.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-6.1.contracts.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-7.0.contracts.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-8.0.contracts.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-8.1.contracts.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-11.0.contracts.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-17.0.contracts.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-24.1.contracts.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-26.1.contracts.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-26.2.contracts.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.1.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.2.suppliers.0</t>
   </si>
   <si>
     <t>unit_name</t>
   </si>
   <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
     <t>classification_description</t>
   </si>
   <si>
     <t>id-0.0.tender.items.0</t>
   </si>
   <si>
+    <t>jRD4QRLP-14-20052113</t>
+  </si>
+  <si>
+    <t>Ver Pliego</t>
+  </si>
+  <si>
+    <t>Cada uno</t>
+  </si>
+  <si>
+    <t>UNSPSC</t>
+  </si>
+  <si>
+    <t>Palacio de justicia</t>
+  </si>
+  <si>
+    <t>id-0.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>PGJALo100-1113-2005210</t>
+  </si>
+  <si>
+    <t>Sin Unidad</t>
+  </si>
+  <si>
+    <t>Centrales de energía petrolífera</t>
+  </si>
+  <si>
+    <t>id-1.0.tender.items.0</t>
+  </si>
+  <si>
     <t>JL7qER03-20052135</t>
   </si>
   <si>
     <t>Vehiculo, tipo camioneta, capota metalica 4x4 batalla larga, motor diesel, 6 cilindros en linea, 131 HP, 4200cc (minimo)</t>
   </si>
   <si>
-    <t>Cada uno</t>
-[...4 lines deleted...]
-  <si>
     <t>Minivans, vans o furgonetas</t>
   </si>
   <si>
-    <t>id-0.0.tender.items.1</t>
+    <t>id-1.0.tender.items.1</t>
   </si>
   <si>
     <t>JL7qER03-20052137</t>
   </si>
   <si>
     <t>Vehiculos tipo pick up, 4x4, doble cabina, diesel, motor 2800cc minimo, 3000cc maximo</t>
   </si>
   <si>
     <t>Rancheras o camionetas</t>
   </si>
   <si>
-    <t>id-0.1.tender.items.0</t>
+    <t>id-1.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>wrV3LPLPU-FHIS-25-20052138</t>
+  </si>
+  <si>
+    <t>Gestión de construcción de edificios</t>
+  </si>
+  <si>
+    <t>id-2.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>jRD4QRLP-13-20052112</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>jRD4QRLP-12-2005261</t>
+  </si>
+  <si>
+    <t>Amplificadores</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.items.1</t>
+  </si>
+  <si>
+    <t>jRD4QRLP-12-2005263</t>
+  </si>
+  <si>
+    <t>Grabadoras de voz digitales</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.items.2</t>
+  </si>
+  <si>
+    <t>jRD4QRLP-12-2005264</t>
+  </si>
+  <si>
+    <t>Micrófonos</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.items.3</t>
+  </si>
+  <si>
+    <t>jRD4QRLP-12-2005265</t>
+  </si>
+  <si>
+    <t>Grabadoras o reproductores de minidiscos</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.items.4</t>
+  </si>
+  <si>
+    <t>jRD4QRLP-12-2005266</t>
+  </si>
+  <si>
+    <t>Consolas de mezcla de sonidos</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.items.5</t>
+  </si>
+  <si>
+    <t>jRD4QRLP-12-2005267</t>
+  </si>
+  <si>
+    <t>Atriles de pie</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.items.6</t>
+  </si>
+  <si>
+    <t>jRD4QRLP-12-2005268</t>
+  </si>
+  <si>
+    <t>Altavoces</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.items.7</t>
+  </si>
+  <si>
+    <t>jRD4QRLP-12-2005269</t>
+  </si>
+  <si>
+    <t>Videocámaras digitales</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.items.8</t>
+  </si>
+  <si>
+    <t>jRD4QRLP-12-2005270</t>
+  </si>
+  <si>
+    <t>Convertidores de voz telefónicos</t>
+  </si>
+  <si>
+    <t>id-3.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>PGJJpGSCS-005-20052131</t>
+  </si>
+  <si>
+    <t>Servicios de guardas de seguridad</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>jRD4QRLP-17-20052115</t>
+  </si>
+  <si>
+    <t>id-5.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>jRD4QRLP-15-20052114</t>
+  </si>
+  <si>
+    <t>id-6.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>jRD4QRLP-16-20052116</t>
+  </si>
+  <si>
+    <t>Reparación de edificios, mojones y monumentos</t>
+  </si>
+  <si>
+    <t>id-6.0.tender.items.1</t>
+  </si>
+  <si>
+    <t>jRD4QRLP-16-20052117</t>
+  </si>
+  <si>
+    <t>id-6.1.tender.items.0</t>
   </si>
   <si>
     <t>wrVJ9rDICTA-SAG-0001-052133</t>
   </si>
   <si>
-    <t>Ver Pliego</t>
-[...4 lines deleted...]
-  <si>
     <t>Servicios de censo de la población</t>
   </si>
   <si>
-    <t>id-1.0.tender.items.0</t>
-[...130 lines deleted...]
-  <si>
     <t>id-7.0.tender.items.0</t>
   </si>
   <si>
     <t>jRD4QRLPR-10-20052105</t>
   </si>
   <si>
     <t>Instalación o reparación de paredes</t>
   </si>
   <si>
     <t>id-7.0.tender.items.1</t>
   </si>
   <si>
     <t>jRD4QRLPR-10-20052106</t>
   </si>
   <si>
     <t>Instalación o reparación de techos</t>
   </si>
   <si>
     <t>id-7.0.tender.items.2</t>
   </si>
   <si>
     <t>jRD4QRLPR-10-20052107</t>
   </si>
   <si>
     <t>Mantenimiento o reparación de sistemas de fontanería</t>
@@ -4594,156 +5515,162 @@
   <si>
     <t>Servicios de pintura de exteriores</t>
   </si>
   <si>
     <t>id-7.0.tender.items.5</t>
   </si>
   <si>
     <t>jRD4QRLPR-10-20052110</t>
   </si>
   <si>
     <t>Servicios de pintura de interiores</t>
   </si>
   <si>
     <t>id-7.0.tender.items.6</t>
   </si>
   <si>
     <t>jRD4QRLPR-10-20052111</t>
   </si>
   <si>
     <t>Instalación de ventanas, puertas o dispositivos</t>
   </si>
   <si>
     <t>id-8.0.tender.items.0</t>
   </si>
   <si>
+    <t>jRD4QRLPR-09-2005297</t>
+  </si>
+  <si>
+    <t>id-8.0.tender.items.1</t>
+  </si>
+  <si>
+    <t>jRD4QRLPR-09-2005298</t>
+  </si>
+  <si>
+    <t>id-8.0.tender.items.2</t>
+  </si>
+  <si>
+    <t>jRD4QRLPR-09-2005299</t>
+  </si>
+  <si>
+    <t>id-8.0.tender.items.3</t>
+  </si>
+  <si>
+    <t>jRD4QRLPR-09-20052100</t>
+  </si>
+  <si>
+    <t>id-8.0.tender.items.4</t>
+  </si>
+  <si>
+    <t>jRD4QRLPR-09-20052102</t>
+  </si>
+  <si>
+    <t>id-8.0.tender.items.5</t>
+  </si>
+  <si>
+    <t>jRD4QRLPR-09-20052103</t>
+  </si>
+  <si>
+    <t>id-8.0.tender.items.6</t>
+  </si>
+  <si>
+    <t>jRD4QRLPR-09-20052104</t>
+  </si>
+  <si>
+    <t>id-8.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>wrV3LPLPR-FHIS-59-20052129</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>jRD4QRLPR-08-2005289</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.items.1</t>
+  </si>
+  <si>
+    <t>jRD4QRLPR-08-2005291</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.items.2</t>
+  </si>
+  <si>
+    <t>jRD4QRLPR-08-2005292</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.items.3</t>
+  </si>
+  <si>
+    <t>jRD4QRLPR-08-2005293</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.items.4</t>
+  </si>
+  <si>
+    <t>jRD4QRLPR-08-2005294</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.items.5</t>
+  </si>
+  <si>
+    <t>jRD4QRLPR-08-2005295</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.items.6</t>
+  </si>
+  <si>
+    <t>jRD4QRLPR-08-2005296</t>
+  </si>
+  <si>
+    <t>id-10.0.tender.items.0</t>
+  </si>
+  <si>
     <t>jRD4QRLP-23-2005275</t>
   </si>
   <si>
     <t>Servicios de limpieza de edificios</t>
   </si>
   <si>
-    <t>id-8.0.tender.items.1</t>
+    <t>id-10.0.tender.items.1</t>
   </si>
   <si>
     <t>jRD4QRLP-23-2005276</t>
   </si>
   <si>
     <t>Servicios de exterminación o fumigación</t>
   </si>
   <si>
-    <t>id-8.0.tender.items.2</t>
+    <t>id-10.0.tender.items.2</t>
   </si>
   <si>
     <t>jRD4QRLP-23-2005277</t>
   </si>
   <si>
     <t>Servicios de desinfección o desodorización</t>
-  </si>
-[...82 lines deleted...]
-    <t>jRD4QRLPR-08-2005296</t>
   </si>
   <si>
     <t>id-11.0.tender.items.0</t>
   </si>
   <si>
     <t>jRD4QRLPR-07-2005282</t>
   </si>
   <si>
     <t>id-11.0.tender.items.1</t>
   </si>
   <si>
     <t>jRD4QRLPR-07-2005283</t>
   </si>
   <si>
     <t>id-11.0.tender.items.2</t>
   </si>
   <si>
     <t>jRD4QRLPR-07-2005284</t>
   </si>
   <si>
     <t>id-11.0.tender.items.3</t>
   </si>
   <si>
     <t>jRD4QRLPR-07-2005285</t>
   </si>
@@ -4768,86 +5695,584 @@
   <si>
     <t>id-12.0.tender.items.0</t>
   </si>
   <si>
     <t>jRDVyL002-2005274</t>
   </si>
   <si>
     <t xml:space="preserve">La Empresa que saliera favorecida con la adjudicación de la presente Licitación deberá brindar el servicio de seguridad y vigilancia en el lugar, de acuerdo y horario con los materiales y equipos necesarios que garantiza la calidad en la prestación del mismo, requeridas en el anexo A._x000D_
 _x000D_
 ESPECIFICACIONES TÉCNICAS REQUERIDAS_x000D_
 Capacidad para cubrir los puestos en el lugar y horario requerido._x000D_
 Calidad y disponibilidad de equipo y accesorios a utilizar._x000D_
 Uniformes_x000D_
 Identificaciones_x000D_
 Supervisión de puestos de trabajo_x000D_
 Otros que  BANHPROVI considere convenientes_x000D_
 _x000D_
 REQUERIMIENTO_x000D_
 LUGAR	                PUESTO REQUERIDO	No. HORAS C/UNO_x000D_
 EDIF. BANHPROVI	                2	         12	DIURNA_x000D_
 EDIF.  BANHPROVI        	2	         12	NOCTURNA_x000D_
 _x000D_
 </t>
   </si>
   <si>
-    <t>Servicios de guardas de seguridad</t>
-[...2 lines deleted...]
-    <t>id-12.1.tender.items.0</t>
+    <t>id-13.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>jRDVyL001-2005272</t>
+  </si>
+  <si>
+    <t xml:space="preserve">La propuesta técnica deberá cumplir estrictamente con los términos, condiciones y especificaciones de los servicios a contratar establecidos en estas bases._x000D_
+_x000D_
+La Compañía  de Seguros  adjudicada deberá comprometerse a atender de inmediato los reclamos enviados por Banhprovi  en un término no mayor de 15 días calendario, estableciendo  los mecanismos necesarios para evitar atrasos en el desembolso de gastos médicos e indemnizaciones de vida a los beneficiarios  de las pólizas._x000D_
+_x000D_
+La Compañía de seguros adjudicada se compromete en casos de hospitalización o de emergencia en el país, a cancelar al hospital respectivo, el 100% de los gastos facturados por la Institución Hospitalaria por los servicios brindados a los beneficiarios de la póliza de gastos médicos. _x000D_
+_x000D_
+Banhprovi se compromete atender y rembolsar a la Compañía de Seguros en el termino de 10 días calendario, contados a partir de la fecha de recepción de la solicitud  de reembolsos correspondiente, los gastos pagados por esta al centro hospitalario, por concepto de  coaseguro  y demás gastos no elegibles que eventualmente pudiesen facturarse, debiendo posteriormente ejercer la gestión de recuperación de los valores pagados con el funcionario o empleado correspondiente._x000D_
+_x000D_
+Para el mercado Hondureño debe incluir en su oferta que el grupo asegurado queda en libertad de asistir a cualquier centro medico sin estar sujeto a arancel alguno , obligándose la Institución Aseguradora a rembolsar el porcentaje de su responsabilidad esta constancia  debe  estar refrendada  por el representante  legal de la Institución de Seguros _x000D_
+_x000D_
+Estas deberán contener las coberturas siguientes:_x000D_
+_x000D_
+SEGURO DE VIDA_x000D_
+_x000D_
+“ 97 ” empleados_x000D_
+Muerte Natural_x000D_
+Muerte accidental (Doble Indemnización)_x000D_
+Desmembramiento y pérdida de la vista por accidente._x000D_
+Muerte accidental calificada (Triple indemnización)_x000D_
+Renta por incapacidad total y permanente._x000D_
+Gastos fúnebres._x000D_
+_x000D_
+Los precios deberán ser en moneda nacional que cubran los tres beneficios, el de vida, el medico y el plan dental. Estos seguros deberán ser colectivos, los montos de los seguros de vida deben de ser hasta Lps. 1.500,000.0 o 50 veces el sueldo nominal de cada empleado, el seguro medico hospitalario los montos de los seguros deben de ser de hasta Lps. 750,000.00 por familia y el seguro del plan dental los montos de los seguros deben ser de hasta Lps 10,000.00 por familia de conformidad a los beneficios que se solicitan en la propuesta técnica._x000D_
+_x000D_
+</t>
+  </si>
+  <si>
+    <t>Seguros de vida</t>
+  </si>
+  <si>
+    <t>id-13.0.tender.items.1</t>
+  </si>
+  <si>
+    <t>jRDVyL001-2005273</t>
+  </si>
+  <si>
+    <t xml:space="preserve">La propuesta técnica deberá cumplir estrictamente con los términos, condiciones y especificaciones de los servicios a contratar establecidos en estas bases._x000D_
+_x000D_
+La Compañía  de Seguros  adjudicada deberá comprometerse a atender de inmediato los reclamos enviados por Banhprovi  en un término no mayor de 15 días calendario, estableciendo  los mecanismos necesarios para evitar atrasos en el desembolso de gastos médicos e indemnizaciones de vida a los beneficiarios  de las pólizas._x000D_
+_x000D_
+La Compañía de seguros adjudicada se compromete en casos de hospitalización o de emergencia en el país, a cancelar al hospital respectivo, el 100% de los gastos facturados por la Institución Hospitalaria por los servicios brindados a los beneficiarios de la póliza de gastos médicos. _x000D_
+_x000D_
+Banhprovi se compromete atender y rembolsar a la Compañía de Seguros en el termino de 10 días calendario, contados a partir de la fecha de recepción de la solicitud  de reembolsos correspondiente, los gastos pagados por esta al centro hospitalario, por concepto de  coaseguro  y demás gastos no elegibles que eventualmente pudiesen facturarse, debiendo posteriormente ejercer la gestión de recuperación de los valores pagados con el funcionario o empleado correspondiente._x000D_
+_x000D_
+Para el mercado Hondureño debe incluir en su oferta que el grupo asegurado queda en libertad de asistir a cualquier centro medico sin estar sujeto a arancel alguno , obligándose la Institución Aseguradora a rembolsar el porcentaje de su responsabilidad esta constancia  debe  estar refrendada  por el representante  legal de la Institución de Seguros _x000D_
+_x000D_
+Estas deberán contener las coberturas siguientes:_x000D_
+_x000D_
+SEGURO MEDICO_x000D_
+_x000D_
+Las coberturas de este seguro se aplicarán a todos los beneficiarios sin excepción,  se solicita no incluir la preexistencia de enfermedades._x000D_
+_x000D_
+NUMERO DE ASEGURADOS _x000D_
+ _x000D_
+Número de empleados 97 más  209 dependientes_x000D_
+8 empleados (hombres)  sin dependientes_x000D_
+8 empleados (mujeres) sin dependientes_x000D_
+306 empleados más dependientes_x000D_
+_x000D_
+SEGURO DE GASTOS _x000D_
+CONCEPTO	CENTROAMERICANA	INTERNACIONAL_x000D_
+Monto máximo vitalicio	       L.1,500.000.00	   L..1,500.000.00_x000D_
+Deducción Anual	                       500.00	          $.500.00_x000D_
+Máximo de Coaseguro por Asegurado   40,000.00	        $.3,000.00_x000D_
+Porcentaje de Reembolso	                80/20	             75/25_x000D_
+Habitación y Alimentación	   L.1,000.00	          $.500.00_x000D_
+_x000D_
+COBERTURAS :   La cobertura de los servicios médicos hospitalarios será a nivel centroamericano e internacional (fuera de Centroamérica).  Todo gasto médico que se deriva de una hospitalización y que no sea producto de una emergencia médica requerida para su reconocimiento la autorización previa de la Compañía Aseguradora.  Se exceptúa de lo anterior,  las emergencias médicas por enfermedad súbitas e inesperadas o accidente dentro y fuera del territorio nacional, que requiera atención médica inmediata y que correspondan a viajes con fines distintos a la atención de salud._x000D_
+_x000D_
+_x000D_
+SEGURO PLAN DENTAL_x000D_
+_x000D_
+El seguro Plan Dental debe incluir al empleado y sus dependientes y los montos de los seguros hasta L. 10,000.00 familiar._x000D_
+_x000D_
+Número de empleados  97 más  209 dependientes_x000D_
+8 empleados (hombres)  sin dependientes_x000D_
+8 empleados (mujeres) sin dependientes_x000D_
+306 empleados más dependientes_x000D_
+_x000D_
+COBERTURAS_x000D_
+_x000D_
+Fase I Tratamientos Preventivos: Exámenes orales rutinarios, incluyendo diagnósticos, pero no más de dos exámenes al año a la misma persona. Profilaxis, que incluye la limpieza, raspado de dientes, pulimiento, pero no más de dos veces al año para una misma persona. Aplicaciones del fluor que se encuentra limitado a niños de 14 años inclusive. Rayos X incluyendo radiografías panorámicas radiografías con placas sostenidas paralelas a los dientes, dos por un año calendario por pieza dental. Pruebas de laboratorio y cualquier otro examen para diagnóstico que sea necesario para determinar un tratamiento especifico. _x000D_
+_x000D_
+Fase II Tratamiento Restaurativo: Sostenedores de espacio, Tratamiento paliativo de emergencia y extracciones simples rutinas quirúrgicas. Cirugía oral, Alveolectomia, Anestesia necesaria para los tratamientos. Inyecciones terapéuticas. Restauraciones a través de rellenos de amalgama o proceso sintéticos. Tratamientos de endodoncia. Peri odontología._x000D_
+_x000D_
+Fase III Servicios restaurativos mayores: Incrustaciones, Calzas, Coronas, Prótesis, incluyendo puentes y dentaduras necesarias. Reparación de dentaduras y puentes. _x000D_
+_x000D_
+El deducible por los tres planes sería de Lps 500.00 por participante por una única vez, hasta un máximo de tres participantes._x000D_
+_x000D_
+Los precios deberán ser en moneda nacional que cubran los tres beneficios, el de vida, el medico y el plan dental. Estos seguros deberán ser colectivos, los montos de los seguros de vida deben de ser hasta Lps. 1.500,000.0 o 50 veces el sueldo nominal de cada empleado, el seguro medico hospitalario los montos de los seguros deben de ser de hasta Lps. 750,000.00 por familia y el seguro del plan dental los montos de los seguros deben ser de hasta Lps 10,000.00 por familia de conformidad a los beneficios que se solicitan en la propuesta técnica._x000D_
+_x000D_
+_x000D_
+</t>
+  </si>
+  <si>
+    <t>Seguros de enfermedad y hospitalización</t>
+  </si>
+  <si>
+    <t>id-13.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>PGJALo100-1094-200527</t>
+  </si>
+  <si>
+    <t>Suministro de combustible para vehiculos de transporte.</t>
+  </si>
+  <si>
+    <t>Galon</t>
+  </si>
+  <si>
+    <t>Aprovisionar vehículos de combustible</t>
+  </si>
+  <si>
+    <t>id-13.2.tender.items.0</t>
+  </si>
+  <si>
+    <t>XRb6JR003-2005211</t>
+  </si>
+  <si>
+    <t>Año</t>
+  </si>
+  <si>
+    <t>id-13.2.tender.items.1</t>
+  </si>
+  <si>
+    <t>XRb6JR003-2005212</t>
+  </si>
+  <si>
+    <t>Seguros laborales</t>
+  </si>
+  <si>
+    <t>id-13.2.tender.items.2</t>
+  </si>
+  <si>
+    <t>XRb6JR003-2005213</t>
+  </si>
+  <si>
+    <t>Seguros de daños personales accidentales</t>
+  </si>
+  <si>
+    <t>id-13.2.tender.items.3</t>
+  </si>
+  <si>
+    <t>XRb6JR003-2005214</t>
+  </si>
+  <si>
+    <t>id-14.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>jRDVyL003-20052139</t>
+  </si>
+  <si>
+    <t xml:space="preserve">De acuerdo a lo solicitado, se han agrupado los equipos por lotes los que serán considerados de manera independiente aplicando criterios técnicos y económicos. _x000D_
+_x000D_
+Se describe los lotes a continuación:_x000D_
+_x000D_
+El lote 1 será adjudicado como un lote completo por lo que los oferentes deberán ofertar una o varias soluciones que cumplan con los ítemes del lote._x000D_
+_x000D_
+LOTE 1: SEGURIDAD _x000D_
+_x000D_
+1.1 Aplicación: Antivirus corporativo_x000D_
+Paquete corporativo de Antivirus, para red interna, administrable / Actualización en línea / Debe incluir función de AntiSpyWare, administrable / Para detección en línea de la mayoría de amenazas / Configuración de firmas personalizadas de amenazas de virus / Con herramientas de administración para instalación de clientes de forma remota, configuración de clientes, tratamiento de amenazas de forma remota y otros / Interfase comprensible / Integrable con otros sistemas de detección-prevención. Cantidad: 1 licencia corporativa para 120 clientes. _x000D_
+_x000D_
+1.2 Aplicación: Filtro de contenido_x000D_
+Paquete corporativo AntiSpam, protección para email, para mediana empresa / Actualización en línea / Incluya métodos de señuelo para comprobación de spam en tiempo real / Con herramientas de administración, para políticas configurables / Presentación de informes configurables / Uso de tecnología de filtrado propietaria / Debe incluir función de antivirus para protección perimetral (protección de virus en HTTP, SMTP, FTP, POP3 y otros puertos web) con actualización en línea / integrable con otros sistemas de detección-prevención. Cantidad: 2 unidades (consultar grafico)_x000D_
+_x000D_
+1.3 Aplicación: protección IDS/IPS_x000D_
+Solución para la detección de ataques de intrusiones y prevención de intrusiones, Corporativo para mediana empresa/ con diferentes Modalidades de trabajo / Sincronía de trabajo como IDS y como IPS al mismo tiempo en las modalidades de trabajo / Alertamiento sobre diferentes eventos y con opciones amplias de envío de mensaje a diferentes dispositivos o destinos (ejemplos: email, teléfono)/ Detección/prevención: sobre la mayoría de ataques en capa 2 y capa 3 en tiempo real; detección de ataques de DoS. Posibilidad de desarrollar autodefensas (firmas personalizadas) detección sobre anomalías de protocolo y de aplicación; detención y prevención de ataques en progreso en tiempo real, detener ataques encriptados en tiempo real; detección de gusanos, bichos y otros tipos de programas maliciosos / Con opción de Firewall interno, con configuración de políticas / Con opciones de detección basados en políticas contra intrusiones de usuarios no autorizados / Actualización en línea. Cantidad: 2 unidades (consultar grafico)_x000D_
+_x000D_
+LOTE 2: DETECCION DE RIESGOS_x000D_
+_x000D_
+2.1 Aplicación: Administrador de Riesgos y Vulnerabilidades en Red_x000D_
+Solución para la administración de riesgos y vulnerabilidades dentro de una red, de administración tipo Corporativo / Interfase de administración centralizada: detección de recursos priorización, supervisión, resolución y generación de informes / Detección en tiempo real de las vulnerabilidades, riesgos, y amenazas. / Reportes e inventarios de las vulnerabilidades y riesgos más recurrentes / Administración y distribución de parches y actualizaciones criticas con instalación remota, en ambiente de Microsoft Windows, Office y SQL Server / Medición de nivel de riesgo del sistema y procesos de mitigación de vulnerabilidad / Actualización en línea / Administración vía Web o Terminal Server / Diseñado para bajo impacto en el desempeño de la red al momento de realizar las inspecciones. Cantidad: 1 solución _x000D_
+_x000D_
+Notas para LOTE 1 y 2: Cantidad de Licencias de cliente: 120 mínimo (15 servidores y 105 estaciones de trabajo) hasta un máximo de 130 clientes. Con contrato incluído para el primer año de actualizaciones y soporte, más una oferta por el valor de renovación por año adicional. Las ofertas se basan en todos los clientes en la misma área física o LAN, la Institución no tiene agencias ni oficinas remotas que controlar.  Se debe incluir la documentación de licencias a favor de la Institución. El fabricante podrá brindar soporte técnico vía teléfono, email, acceso remoto u otro disponible, para lo cual deberá incluir esta información en la oferta.  La oferta de las soluciones deberá incluir la instalación, configuración y funcionamiento IN SITU. Capacitación: debe incluir entrenamiento básico de operaciones IN SITU para 3 personas; opcional, podrán ofertar entrenamiento avanzado. Podrán ofertar una o varias soluciones que cubran las aplicaciones anteriores, ya sea montados en equipos (Appliances) o como una combinación de hardware y software. Hardware: En el caso de equipos, las garantías sobre defectos de fábrica, repuestos y mantenimiento: 2 años mínimos. Debe incluir reemplazo de equipo IN SITU (en caso de falla), no tomando más de 3 días para hacerlo efectivo. De no tener el equipo en stock deberá reemplazar con equipos temporal mientras se repara o reemplaza. Debe incluir costos de repuestos y mano de obra, durante el período de garantía. Los equipos deben contar con soporte técnico local. Deben proveer de características de alta disponibilidad.  También deben ser montables en rack inferior o igual a 2U para cada item. Deben proveer de características de conectividad: puertos FastEthernet y/o puertos Gigabit, control de Fail-Open, puertos de consola y auxiliar y opciones de puertos de Fail-Open y Fail-Close. Firmwares actualizables.  Software: En el caso de Software de instalación deberá incluir en la oferta las especificaciones del equipo sobre el cual se debe instalar, para lo cual el oferente deberá ofertar también el equipo, tomando en cuenta las disposiciones para los equipos mencionados anteriormente. Se debe incluir licenciamiento con validez para update/upgrade y la media de instalación.  Las soluciones ofertadas deberán cubrir todas las funciones en cada lote y funcionar completas, sin requerir equipo adicional por parte de la Institución, y se deberá indicar el porcentaje del precio ofertado que corresponde a software y hardware respectivamente. _x000D_
+_x000D_
+LOTE 3: SOFTWARE_x000D_
+_x000D_
+3.1	Diez (10) licencias de Microsoft Windows Terminal Srv CAL 2003 WinNT OLP NL GOVT User CAL, No. de Parte R19-01600._x000D_
+_x000D_
+Nota: Las licencias de software deberán ser registradas a nombre de la Institución, entregando un certificado del fabricante, donde consta tal inscripción._x000D_
+_x000D_
+</t>
+  </si>
+  <si>
+    <t>Equipo de seguridad de red de firewall</t>
+  </si>
+  <si>
+    <t>id-14.1.tender.items.0</t>
   </si>
   <si>
     <t>wrV3LPLPU-FHIS-24-20052140</t>
   </si>
   <si>
     <t>Kits de ensayo químicos</t>
   </si>
   <si>
-    <t>id-13.1.tender.items.0</t>
-[...6 lines deleted...]
-PERFIL DEL CONSULTOR: Los Postulantes deben reunir los siguientes requisitos:_x000D_
+    <t>id-15.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>lRoXKrLPN No. 08-05-DX-HO-PRONADERS-MARENA223</t>
+  </si>
+  <si>
+    <t>Cañerías o tuberías de riego</t>
+  </si>
+  <si>
+    <t>id-16.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>mGEMGMsefin 007-20052128</t>
+  </si>
+  <si>
+    <t>El Agua Purificada puede suministrarse en botellones de 5 galones o veinte litros</t>
+  </si>
+  <si>
+    <t>Litros</t>
+  </si>
+  <si>
+    <t>Agua mineral</t>
+  </si>
+  <si>
+    <t>id-16.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>orvovLLicitacion 42141</t>
+  </si>
+  <si>
+    <t>Unidad</t>
+  </si>
+  <si>
+    <t>Alquiler o renta de vehículos</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>mGEMGMsefin-006-2005227</t>
+  </si>
+  <si>
+    <t>id-18.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>mrY1drLICPUBNo.001-200522</t>
+  </si>
+  <si>
+    <t>Uniformes de policía</t>
+  </si>
+  <si>
+    <t>id-19.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>NrdVGA004-2005215</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Computadora Personal: Tipo Escritorio_x000D_
+Cantidad: 750_x000D_
+	_x000D_
+Configuración  Mínima a Ofertar_x000D_
+_x000D_
+Procesador	 Intel Pentium IV de 2.8 Ghz, Arquitectura de Bus PCI de 32 Bits, Bus del Sistema de 533 Mhz a 800 Mhz , Memoria Caché  2L2 de 512 Kb o AMD equivalente.    _x000D_
+Memoria Principal	 256 MB, DDR SDRAM de 333 Mhz no compartida._x000D_
+Disco Duro	 80 GB Smart Ultra ATA/100_x000D_
+Unidad de CD ROM	 DVD –CDRW._x000D_
+Unidad de Diskette	   de 1.44 MB._x000D_
+Tarjeta de Video	 AGP de 32 MB de memoria  compartida ò similar _x000D_
+Tarjeta de Audio	 Digital integrada con interfase  AC97 o similar, _x000D_
+Tarjeta de Red	 Wíreles 802.11b PCI_x000D_
+Monitor	 A Color de 17” de diagonal, tipo SVGA (1,024x768), incluir Filtro  Antiestático._x000D_
+Mouse	 Óptico de 2 botones con Scroll, Puerto USB, pad Mouse_x000D_
+Teclado	 Teclado Expandido en  Español, Puerto USB _x000D_
+Puertos	 6 Puertos de USB 2.0, 1 Puerto Paralelo, 1 Puerto Serial_x000D_
+Sistema Operativo	 Sistema Operativo MS Windows XP Professional en español, licencia educativa, pre-instalado de fábrica. _x000D_
+Accesorios	Parlantes Externos y Audífonos con micrófono integrado_x000D_
+	CD de recuperación restore_x000D_
+	Juego de Cobertores_x000D_
+          	Filtro de pantalla _x000D_
+_x000D_
+	Pad Mouse_x000D_
+Antivirus **	NAV 2005 con validez mínima de 1 año._x000D_
+Garantía	3 Años_x000D_
+</t>
+  </si>
+  <si>
+    <t>Computadora personal (PC) o portátil</t>
+  </si>
+  <si>
+    <t>id-19.0.tender.items.1</t>
+  </si>
+  <si>
+    <t>NrdVGA004-2005216</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Puntos de Acceso Inalámbrico _x000D_
+Cantidad: 50_x000D_
+_x000D_
+Configuración Mínima a Ofertar_x000D_
+_x000D_
+Estándar de red IEEE 802.11b_x000D_
+Soporte de transferencia de datos de 1,2,5.5 y 11 Mbps_x000D_
+Subida autosensible 10/100 BaseT Ethernet_x000D_
+Frecuencia base de 2.4 a 2.4897 GHz_x000D_
+Tipo de medio wireless DSSS_x000D_
+Protocolo de medio de acceso CMSA/CA_x000D_
+Modulación DBPSK a 1 Mbps DQPSK a 2 Mbps CCK a 5.5 y 11Mbps_x000D_
+Tres canales de cambio de frecuencia_x000D_
+Sensibilidad de recepción de -94 dBm a 1 Mbps, -91 dBm a 2 Mbps, -89 dBm a 5.5 Mbps y -85 dBm a 11 Mbps_x000D_
+Retardo de transmisión de 500 ns a 1 Mbps, 400 ns a 2 Mbps, 300 ns a 5.5 Mbps, 140 ns a 11 Mbps_x000D_
+Rango de cobertura indoor: 39.6 m a 11 Mbps y 107 m a 1 Mbps_x000D_
+Rango de cobertura outdoor: 244 m a 11 Mbps y 610 m a 1 Mbps_x000D_
+Longitud de la llave de encripción de 128 bits_x000D_
+Estándares de seguridad IEEE 802.1x (proposal includes EAP and RADIUS) y IEEE 802.11 WEP (Wired Equivalent Privacy)_x000D_
+</t>
+  </si>
+  <si>
+    <t>Componentes y equipo de red de acceso inalámbrico WLAN</t>
+  </si>
+  <si>
+    <t>id-19.0.tender.items.2</t>
+  </si>
+  <si>
+    <t>NrdVGA004-2005217</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UPS (Sistema de Alimentación Ininterrumpida)_x000D_
+Cantidad: 750_x000D_
+_x000D_
+Configuración Mínima a Ofertar_x000D_
+_x000D_
+Voltaje de entrada/salida: 120 V_x000D_
+Frecuencia: 60 Hz._x000D_
+500 VA, 300 Watts_x000D_
+Regulador de voltaje incorporado_x000D_
+6 Salidas de corriente 3 protegidas con batería y 3 con regulador._x000D_
+1 año de garantía minimo_x000D_
+</t>
+  </si>
+  <si>
+    <t>Unidades de suministro de energía (UPS)</t>
+  </si>
+  <si>
+    <t>id-19.0.tender.items.3</t>
+  </si>
+  <si>
+    <t>NrdVGA004-2005218</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Impresora Matricial_x000D_
+Cantidad: 50_x000D_
+_x000D_
+Configuración Mínima a Ofertar_x000D_
+_x000D_
+Velocidad de Impresión	 como mínimo 300 cps_x000D_
+Alimentación	 Tractor y Manual_x000D_
+Interfase	 Paralela o USB_x000D_
+Carro corto	_x000D_
+Accesorios	Juego de Cobertores _x000D_
+ 	Cable de conexión a computadora_x000D_
+	Manual de Usuario En Español_x000D_
+Garantía 	1 año mínimo_x000D_
+</t>
+  </si>
+  <si>
+    <t>Impresoras de matriz de líneas</t>
+  </si>
+  <si>
+    <t>id-20.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>mrY1drSESEGUNo.002-200523</t>
+  </si>
+  <si>
+    <t>id-20.0.tender.items.1</t>
+  </si>
+  <si>
+    <t>mrY1drSESEGUNo.002-200524</t>
+  </si>
+  <si>
+    <t>id-20.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>PGJALo100-1090-200528</t>
+  </si>
+  <si>
+    <t>Seguros de edificios o del contenido de edificios</t>
+  </si>
+  <si>
+    <t>id-20.1.tender.items.1</t>
+  </si>
+  <si>
+    <t>PGJALo100-1090-200529</t>
+  </si>
+  <si>
+    <t>id-21.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>NrdVGALPI-002-2005281</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lote No 1. PRUEBAS DE PROCESO_x000D_
+_x000D_
+NUMERO DE EJEMPLARES A IMPRIMIR: _x000D_
+ 	1,636,848         Unidades_x000D_
+•	PRIMER GRADO:     352,496 unidades_x000D_
+•	SEGUNDO GRADO:    287,829 unidades_x000D_
+•	TERCER GRADO:     390,807 unidades_x000D_
+•	CUARTO GRADO:     229,281 unidades_x000D_
+•	QUINTO GRADO:     203,484 unidades_x000D_
+•	SEXTO GRADO:      172,951 unidades_x000D_
+_x000D_
+NUMERO DE PAGINAS INTERIORES_x000D_
+Cuaderno del área de Matemáticas y Español para PRIMER GRADO, SEGUNDO, TERCER, CUARTO, QUINTO Y SEXTO GRADO (1°,2°,3°,4°,5° Y 6°): 88 PAGINAS_x000D_
+_x000D_
+Lote No 2. INSTRUCTIVO PARA EL DOCENTE_x000D_
+_x000D_
+•	40,000            Unidades_x000D_
+•	PRIMER GRADO:     10,153 unidades_x000D_
+•	SEGUNDO GRADO:     7,217 unidades_x000D_
+•	TERCER GRADO:      6,453 unidades_x000D_
+•	CUARTO GRADO:      5,763 unidades_x000D_
+•	QUINTO GRADO:      5,441 unidades_x000D_
+•	SEXTO GRADO:       4,973 unidades_x000D_
+_x000D_
+NUMERO DE PAGINAS INTERIORES_x000D_
+Instructivo del docente para PRIMER, SEGUNDO, TERCER, CUARTO, QUINTO y SEXTO GRADO (1ª, 2°,3°,4° ,5°, 6°) 100 paginas_x000D_
+_x000D_
+DETALLE DE LA IMPRESIÓN PARA LOTE No. 1 Y LOTE No.2_x000D_
+_x000D_
+•	MATERIALES_x000D_
+CARATULA PAPEL: Cartoncillo SBC (Solid-bleached-sulfated) calibre 9, peso básico 225 gramos, mínimo,   opaco por ambos lados, cartón cubierta de fuerza, flexibilidad y capacidad para soportar un manejo abusivo._x000D_
+PAPEL: tipo  base 20;  peso básico 20/500; gramaje (g/m2): 75; blancura 84%-94%. Papel sin enlucido (uncoated), suave blanco, buena opacidad, la superficie debe tener excelente receptividad de tinta de escritura y lápiz, a la vez fácil de borrar._x000D_
+•	FABRICACION:_x000D_
+CARATULA TAMAÑO: 8 ½ “de largo X 6 ½”  de ancho a  tiro y retiro de tinta negra sólida. _x000D_
+CANTIDAD DE COLORES: Blanco y Negro._x000D_
+CONTRAPORTADA TAMAÑO: 8 ½ “de largo y 6 ½” de ancho  _x000D_
+CANTIDAD DE COLORES: Blanco y Negro._x000D_
+•	CONTENIDO:_x000D_
+•	PAGINAS INTERIORES: Impresas a tiro y retiro enumeradas, Color: blanco y negro, Tamaño: 8 ½ “de largo y 6 ½” de ancho, Tipo: cuaderno, Tipo de Papel: Bond base 20, que permita buena receptividad de escritura en grafito.    _x000D_
+_x000D_
+REQUERIMIENTOS ADICIONALES:_x000D_
+CRITERIO DEL COLOR: Blanco y Negro  similar a la muestra._x000D_
+CRITERIO DE LA IMPRESIÓN: Offset a tiro y retiro igual a la muestra._x000D_
+CRITERIO DE LAS GRAFICAS: Conforme a la muestra._x000D_
+CRITERIO DE ENCUADERNADO:_x000D_
+Los cuadernos  deben ir en caballete con dos grapas, refilado por los tres lados. Tipo de Grapa: Que permita que abra plano, que la grapa sea lo suficientemente grande para abarcar perfectamente todas las páginas del cuaderno; considerar que los cuadernos serán expuestos a manejo abusivo._x000D_
+_x000D_
+CRITERIO DE GUILLOTINADO:_x000D_
+El corte de la cubierta y las páginas es el mismo en sus medidas, deberá ser refilado a escuadra y por tres lados. Debe ser guillotinado suave y parejo en los bordes_x000D_
+_x000D_
+La Secretaría de Educación proveerá los archivos electrónicos en CD, para ser abiertos para la impresión. _x000D_
+•	Antes de imprimir, el técnico asignado por la Secretaría revisará  y autorizará las pruebas de imprenta para su respectiva impresión._x000D_
+EMBALAJE_x000D_
+Se solicita que los cuadernos de PRUEBAS DE PROCESO EN EL ÁREA DE MATEMÁTICAS Y COMUNICACIÓN (ESPAÑOL) DE 1° A 6° GRADO Y LOS INSTRUCTIVOS DEL DOCENTE sean empaquetados en cajas de cartón, resistentes, pero no pesadas. Cada caja contendrá 100 ejemplares de cada cuaderno, Los cuadernos en las cajas deben venir bien ajustados, para evitar  el juego de los mismos. A cada caja se le colocará una etiqueta para identificar el producto que contiene,  en la cual se consignará el grado, el lugar de destino y el número de ejemplares. (de la siguiente manera)._x000D_
+República de Honduras				_x000D_
+Secretaría de Educación_x000D_
+Plan Educación para Todos (EFA.)_x000D_
+Contenido ___________Impresión de Cuadernos de Pruebas de Proceso en el Área de Matemáticas y Comunicación (Español) del grado_________._x000D_
+Instructivo par el docente grado________________x000D_
+Departamento__________________x000D_
+Licitación # _________________x000D_
+_x000D_
+DISTRIBUCIÓN_x000D_
+Los cuadernos y los instructivos serán distribuidos en las 18 Direcciones Departamentales, ubicadas en las 18 cabeceras departamentales del País._x000D_
+TIEMPO DE ENTREGA_x000D_
+Para la impresión de los cuadernos y puestos en las Direcciones Departamentales el tiempo de entrega será de 60 días calendario, a partir de la firma del contrato._x000D_
+_x000D_
+NOTA: _x000D_
+Favor adjuntar muestra del cartoncillo y  del papel  para examinar y aprobar su calidad. A la vez, presentará  pruebas heliográficas  de imprenta  para su revisión y aprobación, .(la evaluación técnica se hará sobre las muestras presentadas). Las Empresas que no presenten muestras no serán consideradas para efectos de evaluación técnica  y por lo tanto serán descalificadas sin ninguna responsabilidad para la Secretaría de Educación._x000D_
+</t>
+  </si>
+  <si>
+    <t>Impresión de hoja de instrucciones o manual técnico</t>
+  </si>
+  <si>
+    <t>id-21.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>XRb6JR004-2005.226</t>
+  </si>
+  <si>
+    <t>Turismos</t>
+  </si>
+  <si>
+    <t>id-22.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>orvdMGC-MP-016-20042119</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Perfil de Consultor:_x000D_
+_x000D_
+1. Profesional Universitario en Ciencias Juridicas_x000D_
+2. Estudios de Post Grado a nivel de Maestria o Doctorado en areas del Derecho, Criminalistica o investigacion criminal_x000D_
+3. Experiencia general en el area de Criminalistica o investigacion criminal_x000D_
+4. Experiencia especifica en docencia o desarrollo curricular en areas juridicas_x000D_
+5. Experiencia en Direccion de grupos </t>
+  </si>
+  <si>
+    <t>Servicios de formación profesional de derecho</t>
+  </si>
+  <si>
+    <t>id-22.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>orvovL3-20052142</t>
+  </si>
+  <si>
+    <t>id-23.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>orvdMGC-MP-144-20052124</t>
+  </si>
+  <si>
+    <t>PERFIL DEL CONSULTOR: Los Postulantes deben reunir los siguientes requisitos:_x000D_
 _x000D_
 1. Profesional Universitario en Ciencias Jurídicas;_x000D_
-2. con estudios de Post-Grado a nivel de Maestría o Doctorado en Derecho_x000D_
-Constitucional._x000D_
+2. Con estudios de Post Grado a nivel de Maestría o Doctorado en Investigación Criminal._x000D_
 3. Experiencia docente;_x000D_
-4. Experiencia práctica laboral en el área de Derecho Constitucional y/o Ciencias_x000D_
-[...9 lines deleted...]
-    <t>id-14.0.tender.items.0</t>
+4. Experiencia de práctica laboral en el área de Investigación Criminal_x000D_
+5. Experiencia en procesos de capacitación ó impartir cursos en el área de Investigación_x000D_
+Criminal_x000D_
+6. Experiencia en diseño de diplomados o programas de capacitación._x000D_
+7. Publicaciones realizadas sobre temas de Investigación Criminal.</t>
+  </si>
+  <si>
+    <t>Servicios de formación para la seguridad</t>
+  </si>
+  <si>
+    <t>id-24.0.tender.items.0</t>
   </si>
   <si>
     <t>NrdVGASE-005-05219</t>
   </si>
   <si>
     <t xml:space="preserve">1.	Servicio Requerido_x000D_
 Se convoca a una licitación pública, para que todas las compañías de Limpieza e Higienización, legalmente establecidas  para operar en  todo el territorio nacional, presenten sus propuestas de servicios, tomando como base todas las condiciones y requisitos que se exigen en el presente Pliego._x000D_
 Se requiere el servicio de limpieza y desinfección que se ha definido en este documento y se ha identificado como “INTEGRAL” entendiéndose por este concepto que con independencia de las actividades que se definan en estos documentos y que el Adjudicatario deberá realizar y asegurar que el servicio que oferte garantice lo siguiente:_x000D_
 a)	Que todas las áreas involucradas: pisos, paredes, vidrios y mobiliario a mantener en el servicio que se debe prestar al Instituto Central Vicente Cáceres, en adelante “INSTITUTO”, estén correctamente higienizados durante todo el horario de atención al público._x000D_
 b)	Que todos los Sanitarios del INSTITUTO estén en condiciones higiénicas de uso durante las tres jornadas de trabajo._x000D_
 c)	El contrato de servicio incluye los pisos y paredes: de diferentes clase y texturas; cielos falsos, lámparas: de techo, de pared, de piso y de mesa. Vidrios: de ventanas, de puertas, de gabinetes, etc.; Espejos; limpieza y desinfección de mobiliario tales como pupitres, mesas y sillas para catedrático, pizarrones y mobiliario de oficina. Sanitización de: sanitarios, línea blanca, fuente de agua. Y todas aquellas áreas y superficie que se encuentren en el INSTITUTO._x000D_
 En el precio de servicio de limpieza integral deberá estar incluido, además del impuesto sobre ventas, todos los costos de la manos de obra, materiales, insumos, utilización de maquinas y equipos necesarios para el buen desarrollo del servicio que se contratara como consecuencia de esta licitación.  En consecuencia ni el INSTITUTO, ni la Secretaría de Educación, reconocerán pago alguno al monto que se oferte por el Servicio de Limpieza integral mensual._x000D_
 Para la ejecución de los servicios de higienización y limpieza se requieren 40 personas como mínimo y un supervisor, más los trabajadores eventuales para hacer tareas de fumigación._x000D_
 _x000D_
 Cuando el número de personas descrito no sea suficiente para dar cumplimiento a las obligaciones por EL ADJUDICATARIO, este lo aumentará de manera que si pueda cumplir con las mismas, sin cargo  alguno para "El Contratante"._x000D_
 _x000D_
 Los horarios de afluencia de personas son: _x000D_
 _x000D_
 a.	Jornada Matutina:	  6:30 a.m. a   7:00 a.m.  y  12:00 p.m. a 12:30 p.m._x000D_
 b.	Jornada Vespertina:	12:00 p.m. a 12:30 p.m.  y    5:00 p.m. a 17:30 p.m._x000D_
 c.	Jornada Nocturna:	  5:30 p.m. a   6:00 p.m.  y    9:00 p.m. a   9:30 p.m._x000D_
 _x000D_
 Los turnos en los cuales se desempeñaran los empleados serán los siguientes:_x000D_
 _x000D_
 DE LUNES A VIERNES:_x000D_
@@ -5069,503 +6494,63 @@
 1.10 Compromisos de la Secretaría de Educación para con el    ADJUDICATARIO:_x000D_
 _x000D_
 1.10.1	Proporcionar al ADJUDICATARIO información relacionada con las instalaciones del edificio, para ello proporcionará los planos del edificio del Instituto Central Vicente Cáceres._x000D_
 _x000D_
 1.10.2	Dar a conocer a los miembros encargados de la limpieza e higienización, dependiente de la empresa contratada, el número de empleados, con sus nombres y apellidos y sus horarios de trabajo para su control._x000D_
 _x000D_
 1.10.3	Supervisar el cumplimiento del servicio contratado en el término de la programación establecida._x000D_
 _x000D_
 2.	Procedimiento de Inspección_x000D_
 La SE, durante el período de ejecución de los servicios del adjudicatario, podrá inspeccionar y supervisar los servicios brindados y se reserva la facultad de designar un representante y/o integrar una comisión, la que tendrá la responsabilidad exclusiva de supervisar y ejercer el control sobre la ejecución de los servicios del adjudicatario._x000D_
 El adjudicatario será notificado de aquellos hechos o situaciones que requieren de su atención, mejoría o corrección, y dispondrá de un plazo perentorio de diez días calendario como máximo._x000D_
 3.	Procedimiento de pago_x000D_
 La Secretaría de Educación, se compromete a efectuar pagos al contratista con carácter mensual en moneda de curso legal y en cuotas alícuotas._x000D_
 Para reclamar el pago, el contratista deberá presentar a más tardar a la Gerencia Administrativa, la siguiente documentación:_x000D_
 a) Factura original a nombre de la Secretaría de Educación  _x000D_
 b) Recibo de pago a nombre de la Tesorería General de la República._x000D_
 c) Constancia original extendida por la Sub Gerencia de Recursos Materiales y Servicios Generales de la Secretaría de Educación donde se haga constar que los servicios han sido prestados a satisfacción._x000D_
 d) Constancia original extendida por el Director del Instituto donde se prestará el servicio, donde se haga constar que el servicio ha sido prestado a satisfacción._x000D_
 Toda documentación deberá ser presentada el día VEINTE (20) de cada mes o el día hábil siguiente, cuando dicha fecha caiga fin de semana o día feriado._x000D_
 Recibida la documentación, la Gerencia Administrativa de la Secretaría de Educación,  procederá a iniciar el trámite interno del pago._x000D_
 Entregada la documentación, la Secretaría de Educación, en un plazo máximo de cuarenta y ocho (48) horas, deberá pronunciarse acerca de la correcta presentación de los documentos, y de ser necesario en ese mismo plazo la devolverá para su corrección, indicando el motivo de la no aceptación.  Si dentro de este plazo no hay ninguna manifestación por parte de la Gerencia Administrativa de la Secretaría de Educación, se entenderá que la documentación fue presentada a entera satisfacción, siendo responsable la Gerencia Administrativa de cualquier consecuencia con relación a esta omisión._x000D_
 Las respectivas órdenes de pago, se harán afectando la Fuente 11, Objeto 295, Limpieza, Aseo y Funigación del Presupuesto General de Ingresos y Egresos del año 2006._x000D_
 </t>
   </si>
   <si>
-    <t>id-15.0.tender.items.0</t>
-[...451 lines deleted...]
-    <t>id-24.0.tender.items.0</t>
+    <t>id-24.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>PGJALo100-1086-200526</t>
+  </si>
+  <si>
+    <t>Uniformes para personal masculino de campo y de servicio.</t>
+  </si>
+  <si>
+    <t>Uniformes empresariales</t>
+  </si>
+  <si>
+    <t>id-25.0.tender.items.0</t>
   </si>
   <si>
     <t>NrdVGASE-007-05220</t>
   </si>
   <si>
     <t xml:space="preserve">1.	Servicio Requerido_x000D_
 1.1	Se requiere de un cuerpo de vigilancia de CUARENTA Y DOS (42) guardias distribuidos de la siguiente manera:_x000D_
 NO	NOMBRE	DIRECCIÓN	SERVICIO DE VIGILANCIA_x000D_
 			DIURNO	NOCTURNO	TOTAL_x000D_
 1	Secretaría de Educación	Edificio Principal, 1ra calle, entre 3ra y 4ta Ave. de Comayagüela 	7	3	10_x000D_
 	Bienes Nacionales	2da Ave. de Comayagüela	1	1	2_x000D_
 	Dirección de Recursos Humanos Docentes	2da Ave. de Comayagüela	3	3	6_x000D_
 	Bodega de Tecnología Educativa	Entrada principal de la Col. América , una cuadra al oeste de la gasolinera Shell	1	1	2_x000D_
 2	Instituto Técnico Luis Bográn	Col. El Carrizal, una cuadra al norte del Aserradero Sansone, antes de llegar a Resortes de Honduras	3	2	5_x000D_
 3	Instituto “Jesús Aguilar Paz”:	Col. Perpetuo Socorro, tres cuadras al oeste del antiguo edificio del Cine Roxy	2	2	4_x000D_
 4	Instituto “Saúl Zelaya Jiménez”.	Col. La  Pradera, una cuadra al oeste de la estación principal de la empresa Shell	3	3	6_x000D_
 5	Instituto “Técnico Honduras”.	Col. Kennedy	4	3	7_x000D_
 TOTAL	24	18	42_x000D_
 _x000D_
 Los turnos de trabajo serán de DOCE (12) horas continuas cada uno y deberán obedecer al siguiente horario:	De 6:00 a.m. a 6:00 p.m. (Turno de día)_x000D_
 			De 6:00 p.m. a 6:00 a.m. (Turno de noche)_x000D_
 _x000D_
 1.2	Forma de Prestar el Servicio: _x000D_
 El servicio deberá prestarse  durante VEINTICUATRO (24) horas, todos los días de la Semana, incluyendo sábados, domingos, días feriados y vacaciones._x000D_
 Para cada turno de DOCE (12) horas deberá haber un Oficial Jefe de Grupo, quien será el responsable del servicio y de la supervisión diurna y nocturna.  El Jefe de Grupo deberá tener asignadas las siguientes funciones:_x000D_
@@ -5668,273 +6653,191 @@
 _x000D_
 1.7.5 Marcar las zonas de estacionamiento, asignados a los funcionarios y empleados asignados en sus puestos._x000D_
 _x000D_
 1.7.6	Proporcionar dos casetas de vigilancia, para uso del personal de vigilancia._x000D_
 _x000D_
 2.	Procedimiento de Inspección_x000D_
 La SE, durante el período de ejecución de los servicios del adjudicatario, podrá inspeccionar y supervisar los servicios brindados y se reserva la facultad de designar un representante y/o integrar una comisión, la que tendrá la responsabilidad exclusiva de supervisar y ejercer el control sobre la ejecución de los servicios del adjudicatario._x000D_
 El adjudicatario será notificado de aquellos hechos o situaciones que requieren de su atención, mejoría o corrección, y dispondrá de un plazo perentorio de diez días calendario como máximo._x000D_
 3.	Procedimiento de pago_x000D_
 La Secretaría de Educación, se compromete a efectuar pagos al contratista con carácter mensual en moneda de curso legal y en cuotas alícuotas._x000D_
 Para reclamar el pago, el contratista deberá presentar a más tardar a la Gerencia Administrativa, la siguiente documentación:_x000D_
 a) Factura original a nombre de la Secretaría de Educación  _x000D_
 b) Recibo de pago a nombre de la Tesorería General de la República._x000D_
 c) Constancia original extendida por Sub Gerente de Recursos Materiales y Servicios Generales de la Secretaría de Educación donde se haga constar que los servicios han sido prestados a satisfacción._x000D_
 d) Constancia original extendida por Director donde se prestará el servicio ó por el Gerente Administrativo de la Secretaría de Educación, donde se haga constar que el servicio ha sido prestado a satisfacción._x000D_
 Toda documentación deberá ser presentada el día VEINTE (20) de cada mes o el día hábil siguiente, cuando dicha fecha caiga fin de semana o día feriado._x000D_
 Recibida la documentación, la Gerencia Administrativa de la Secretaría de Educación,  procederá a iniciar el trámite interno del pago._x000D_
 Entregada la documentación, la Secretaría de Educación, en un plazo máximo de cuarenta y ocho (48) horas, deberá pronunciarse acerca de la correcta presentación de los documentos, y de ser necesario en ese mismo plazo la devolverá para su corrección, indicando el motivo de la no aceptación.  Si dentro de este plazo no hay ninguna manifestación por parte de la Gerencia Administrativa de la Secretaría de Educación, se entenderá que la documentación fue presentada a entera satisfacción, siendo responsable la Gerencia Administrativa de cualquier consecuencia con relación a esta omisión._x000D_
 Las respectivas órdenes de pago, se harán afectando la Fuente 11, Objeto 292, Servicio de Vigilancia del Presupuesto General de Ingresos y Egresos del año 2006._x000D_
 </t>
   </si>
   <si>
     <t>Servicios de vigilancia</t>
   </si>
   <si>
-    <t>id-24.1.tender.items.0</t>
-[...32 lines deleted...]
-    <t>id-25.0.tender.items.0</t>
+    <t>id-26.0.tender.items.0</t>
   </si>
   <si>
     <t>orvdMGC-MP-017-20042118</t>
   </si>
   <si>
     <t>_x000D_
 PERFIL DEL CONSULTOR: _x000D_
 _x000D_
 Los Postulantes deben reunir los siguientes requisitos:_x000D_
 1. Profesional Universitario en Ciencias Jurídicas;_x000D_
 2. Estudios de Post grado a nivel de Maestría o Doctorado en el área Penal;_x000D_
 3. Experiencia general en el área de derecho penal ó como fiscal;_x000D_
 4. Experiencia específica en diseño de módulos de capacitación en ciencias jurídicas en_x000D_
 metodología presencial ó educación a distancia;_x000D_
 5. Experiencia docente;_x000D_
 6. Publicaciones realizadas sobre temas jurídicos.</t>
   </si>
   <si>
-    <t>id-25.1.tender.items.0</t>
-[...2 lines deleted...]
-    <t>orvdMGC-MP-145-20052125</t>
+    <t>id-26.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>orvdMGC-MP-143-20052123</t>
   </si>
   <si>
     <t>_x000D_
 PERFIL DEL CONSULTOR: Los Postulantes deben reunir los siguientes requisitos:_x000D_
 _x000D_
- Profesional Universitario en el área de la Ingeniería o Administración de Empresas_x000D_
-[...41 lines deleted...]
-    <t>id-26.1.tender.items.0</t>
+1. Profesional Universitario en Ciencias Jurídicas;_x000D_
+2. con estudios de Post-Grado a nivel de Maestría o Doctorado en Derecho_x000D_
+Constitucional._x000D_
+3. Experiencia docente;_x000D_
+4. Experiencia práctica laboral en el área de Derecho Constitucional y/o Ciencias_x000D_
+Políticas;_x000D_
+5. Experiencia en diseño de diplomados o programas de capacitación;_x000D_
+6. Experiencia en dirección de grupos;_x000D_
+7. Publicaciones realizadas sobre Derecho Constitucional.</t>
+  </si>
+  <si>
+    <t>id-26.2.tender.items.0</t>
+  </si>
+  <si>
+    <t>wrV3LPLPR-FHIS-60-20052130</t>
+  </si>
+  <si>
+    <t>id-27.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>orvdMGC-MP-135-20052126</t>
+  </si>
+  <si>
+    <t>_x000D_
+PERFIL DEL CONSULTOR: Los Postulantes deben reunir los siguientes requisitos:_x000D_
+1. Profesional Universitario en Ciencias Jurídicas;_x000D_
+2. Estudios de Post grado a nivel de Maestría o Doctorado en investigación Criminal;_x000D_
+3. Experiencia docente;_x000D_
+4. Experiencia práctica laboral en el área de investigación Criminal;_x000D_
+5. Experiencia en procesos de capacitación o impartir cursos en el área de investigación_x000D_
+criminal._x000D_
+6. Experiencia en diseño de diplomados o programas de capacitación;_x000D_
+7. Experiencia en dirección de grupos;_x000D_
+8. Publicaciones realizadas sobre temas de investigación Criminal.</t>
+  </si>
+  <si>
+    <t>id-27.1.tender.items.0</t>
   </si>
   <si>
     <t>PGJALo100-1101-2005225</t>
   </si>
   <si>
     <t xml:space="preserve">Suministro de 4 Módems FSK Configurables y sus Accesorios para Disponibilidad de Repuestos del Sistema de Unidades Terminales Remotas del Centro Nacional de Despacho. </t>
   </si>
   <si>
     <t>Tarjetas de módem</t>
   </si>
   <si>
-    <t>id-27.0.tender.items.0</t>
+    <t>id-28.0.tender.items.0</t>
   </si>
   <si>
     <t>orvdMGC-MP-139-20052121</t>
   </si>
   <si>
     <t>_x000D_
 PERFIL DEL CONSULTOR: Los Postulantes deben reunir los siguientes requisitos:_x000D_
 _x000D_
 1. Profesional Universitario en Ciencias Jurídicas con estudios de Post Grado a nivel de_x000D_
 Maestría o Doctorado en áreas relacionadas con la Administración de Justicia;_x000D_
 2. Experiencia práctica laboral en el área de Administración de Justicia en funciones de_x000D_
 supervisión, planificación o evaluación;_x000D_
 3. Experiencia en realización de diagnóstico y evaluaciones, organización, procesos de_x000D_
 trabajo;_x000D_
 4. Experiencia en Diseño de Reglamentos, Manuales y Proyectos para la aplicación a_x000D_
 grupos de trabajo en el área de la Administración de Justicia;_x000D_
 5. Publicaciones realizadas sobre temas de Administración de Justicia.</t>
   </si>
   <si>
     <t>Administración o planificación de proyectos</t>
   </si>
   <si>
-    <t>id-27.1.tender.items.0</t>
-[...56 lines deleted...]
-  <si>
     <t>id-29.0.tender.items.0</t>
   </si>
   <si>
     <t>orvdMGC-MP-140-20052122</t>
   </si>
   <si>
     <t>_x000D_
 PERFIL DEL CONSULTOR: Los Postulantes deben reunir los siguientes requisitos:_x000D_
 _x000D_
 1. Profesional Universitario en el área de Ingeniería, Administración de Empresas o_x000D_
 Ciencias Jurídicas;_x000D_
 2. Preferiblemente con estudios de Post-Grado a nivel de Maestría o Doctorado;_x000D_
 3. Haber laborado 5 años como mínimo en la organización de Procesos de Trabajo;_x000D_
 4. Experiencia Específica en el Diseño e implementación de Procesos de Custodia y_x000D_
 Traslado de Evidencias en materia judicial;_x000D_
 5. Experiencia en elaboración de manuales;_x000D_
 6. Experiencia en realización de diagnósticos organizacionales o institucionales;_x000D_
 7. Experiencia laboral en el área de traslado y control de evidencias o valores.</t>
   </si>
   <si>
     <t>Mantenimiento o control de sistemas de vigilancia de reclusión</t>
   </si>
   <si>
-    <t>id-29.1.tender.items.0</t>
-[...2 lines deleted...]
-    <t>orvovLLicitacion 42141</t>
+    <t>id-30.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>orvdMGC-MP-145-20052125</t>
+  </si>
+  <si>
+    <t>_x000D_
+PERFIL DEL CONSULTOR: Los Postulantes deben reunir los siguientes requisitos:_x000D_
+_x000D_
+ Profesional Universitario en el área de la Ingeniería o Administración de Empresas_x000D_
+ Preferiblemente con estudios de Post-Grado a nivel de Maestría o Doctorado._x000D_
+ Experiencia en diseño, organización e implementación de métodos y procesos de trabajo_x000D_
+de laboratorios y unidades forenses especiales ó afines._x000D_
+ Experiencia en realización de diagnósticos organizacionales o institucionales y_x000D_
+evaluación de procesos de trabajo._x000D_
+ Publicaciones realizadas sobre material relacionado con los objetivos de la consultoría.</t>
+  </si>
+  <si>
+    <t>Servicios de asesoramiento de planificación estratégica</t>
   </si>
   <si>
     <t>id-31.0.tender.items.0</t>
   </si>
   <si>
     <t>jRD4QRLP-11-2005228</t>
   </si>
   <si>
     <t>Equipo de fax</t>
   </si>
   <si>
     <t>id-31.0.tender.items.1</t>
   </si>
   <si>
     <t>jRD4QRLP-11-2005229</t>
   </si>
   <si>
     <t>Ventilador para el motor</t>
   </si>
   <si>
     <t>id-31.0.tender.items.2</t>
   </si>
   <si>
     <t>jRD4QRLP-11-2005230</t>
   </si>
@@ -6136,620 +7039,692 @@
   <si>
     <t>jRD4QRLP-11-2005258</t>
   </si>
   <si>
     <t>Porras antidisturbios</t>
   </si>
   <si>
     <t>id-31.0.tender.items.25</t>
   </si>
   <si>
     <t>jRD4QRLP-11-2005259</t>
   </si>
   <si>
     <t>Linterna o foco de mano</t>
   </si>
   <si>
     <t>id-31.0.tender.items.26</t>
   </si>
   <si>
     <t>jRD4QRLP-11-2005260</t>
   </si>
   <si>
     <t xml:space="preserve">Cadenas de seguridad </t>
   </si>
   <si>
-    <t>title</t>
-[...10 lines deleted...]
-  <si>
     <t>id-0.0.tender.documents.0</t>
   </si>
   <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-14-2005100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>Aviso de Prensa</t>
+  </si>
+  <si>
+    <t>tenderNotice</t>
+  </si>
+  <si>
+    <t>2005-11-22T16:27:26.547000-06:00</t>
+  </si>
+  <si>
+    <t>id-0.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-14-2005201-PliegooTerminosdeReferencia.pdf</t>
+  </si>
+  <si>
+    <t>Pliego o Terminos de Referencia</t>
+  </si>
+  <si>
+    <t>biddingDocuments</t>
+  </si>
+  <si>
+    <t>2005-11-24T14:59:10.420000-06:00</t>
+  </si>
+  <si>
+    <t>id-0.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-14-2005402-EnmiendaoAdendum.pdf</t>
+  </si>
+  <si>
+    <t>Enmienda o Adendum</t>
+  </si>
+  <si>
+    <t>amendment</t>
+  </si>
+  <si>
+    <t>2005-12-05T15:35:57.233000-06:00</t>
+  </si>
+  <si>
+    <t>id-0.0.tender.documents.3</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-14-2005403-EnmiendaoAdendum.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-14T15:52:53.420000-06:00</t>
+  </si>
+  <si>
+    <t>id-0.0.tender.documents.4</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-14-2005604-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>Acta de Recepcion y Apertura de Ofertas</t>
+  </si>
+  <si>
+    <t>recordOpeningTendersReceived</t>
+  </si>
+  <si>
+    <t>2006-01-31T08:22:12.700000-06:00</t>
+  </si>
+  <si>
+    <t>id-0.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_33_100-1113-2005_1_0_Aviso%20en%20Prensa.DOC</t>
+  </si>
+  <si>
+    <t>2005-11-03T10:33:07.297000-06:00</t>
+  </si>
+  <si>
+    <t>id-0.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_33_100-1113-2005_2_1_Documento%20Base%20Licitacion%20100-1113-2005%20Operacion%20Plantas%20Termicas%20Puerto%20C.doc</t>
+  </si>
+  <si>
+    <t>2005-11-03T10:34:08.747000-06:00</t>
+  </si>
+  <si>
+    <t>id-0.1.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic33100-1113-2005402-EnmiendaoAdendum.doc</t>
+  </si>
+  <si>
+    <t>2005-12-09T14:26:54.450000-06:00</t>
+  </si>
+  <si>
+    <t>id-0.1.tender.documents.3</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic33100-1113-2005403-EnmiendaoAdendum.pdf</t>
+  </si>
+  <si>
+    <t>2006-07-07T11:49:21.450000-05:00</t>
+  </si>
+  <si>
+    <t>id-0.1.tender.documents.4</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic33100-1113-20051104-DeclaratoriadeProcesoDesierto.pdf</t>
+  </si>
+  <si>
+    <t>Declaratoria de Proceso Desierto</t>
+  </si>
+  <si>
+    <t>cancellationDetails</t>
+  </si>
+  <si>
+    <t>2007-08-28T14:48:40.823000-06:00</t>
+  </si>
+  <si>
+    <t>id-1.0.tender.documents.0</t>
+  </si>
+  <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic14303-2005100-AvisodePrensa.doc</t>
   </si>
   <si>
-    <t>Aviso de Prensa</t>
-[...7 lines deleted...]
-  <si>
     <t>2005-12-20T14:50:59.653000-06:00</t>
   </si>
   <si>
-    <t>id-0.0.tender.documents.1</t>
+    <t>id-1.0.tender.documents.1</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic14303-2005201-PliegooTerminosdeReferencia.doc</t>
   </si>
   <si>
-    <t>Pliego o Terminos de Referencia</t>
-[...4 lines deleted...]
-  <si>
     <t>2005-12-20T15:04:51.467000-06:00</t>
   </si>
   <si>
-    <t>id-0.0.tender.documents.2</t>
+    <t>id-1.0.tender.documents.2</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic14303-20051003-DeclaratoriadeProcesoFracasado.pdf</t>
   </si>
   <si>
     <t>Declaratoria de Proceso Fracasado</t>
   </si>
   <si>
-    <t>application/pdf</t>
-[...4 lines deleted...]
-  <si>
     <t>2006-04-06T14:51:26.547000-06:00</t>
   </si>
   <si>
-    <t>id-0.0.tender.documents.3</t>
+    <t>id-1.0.tender.documents.3</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic14303-20051402-Anexos.doc</t>
   </si>
   <si>
     <t xml:space="preserve">Anexos al Pliego </t>
   </si>
   <si>
     <t>solicitationDocumentAnnexe</t>
   </si>
   <si>
     <t>2006-01-05T15:50:00.390000-06:00</t>
   </si>
   <si>
-    <t>id-0.1.tender.documents.0</t>
+    <t>id-1.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic11LPU-FHIS-25-2005100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-20T15:37:08.980000-06:00</t>
+  </si>
+  <si>
+    <t>id-1.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic11LPU-FHIS-25-2005201-PliegooTerminosdeReferencia.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-20T15:45:54.920000-06:00</t>
+  </si>
+  <si>
+    <t>id-1.1.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic11LPU-FHIS-25-2005202-PliegooTerminosdeReferencia.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-20T15:46:52.980000-06:00</t>
+  </si>
+  <si>
+    <t>id-1.1.tender.documents.3</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic11LPU-FHIS-25-2005603-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2006-03-13T09:30:56.903000-06:00</t>
+  </si>
+  <si>
+    <t>id-2.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-13-2005100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-22T16:18:48.340000-06:00</t>
+  </si>
+  <si>
+    <t>id-2.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-13-2005201-PliegooTerminosdeReferencia.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-24T14:34:46.827000-06:00</t>
+  </si>
+  <si>
+    <t>id-2.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-13-2005402-EnmiendaoAdendum.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-05T15:34:15.467000-06:00</t>
+  </si>
+  <si>
+    <t>id-2.0.tender.documents.3</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-13-2005403-EnmiendaoAdendum.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-15T11:44:45.623000-06:00</t>
+  </si>
+  <si>
+    <t>id-2.0.tender.documents.4</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-13-2005604-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2006-01-24T15:37:24.437000-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-12-2005100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-21T15:44:18.140000-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-12-2005201-PliegooTerminosdeReferencia.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-21T15:45:03.140000-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-12-2005402-EnmiendaoAdendum.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-25T09:56:47.810000-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.documents.3</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-12-2005603-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-25T15:00:17.827000-06:00</t>
+  </si>
+  <si>
+    <t>id-3.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic177SCS-005-2005-2005100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-15T13:36:21-06:00</t>
+  </si>
+  <si>
+    <t>id-3.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic177SCS-005-2005200-PliegooTerminosdeReferencia.doc</t>
+  </si>
+  <si>
+    <t>2005-12-15T15:18:31.593000-06:00</t>
+  </si>
+  <si>
+    <t>id-3.1.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic177SCS-005-2005601-ActadeRecepcionyAperturadeOfertas.doc</t>
+  </si>
+  <si>
+    <t>2006-01-19T15:23:46.593000-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-17-2005100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-23T15:58:17.060000-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-17-2005201-PliegooTerminosdeReferencia.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-24T15:09:10.887000-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-17-2005402-EnmiendaoAdendum.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-14T15:47:02.420000-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.documents.3</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-17-2005403-EnmiendaoAdendum.pdf</t>
+  </si>
+  <si>
+    <t>2006-01-11T07:54:54.357000-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.documents.4</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-17-2005604-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2006-01-31T13:39:35.373000-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-15-2005100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-22T16:33:46.047000-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-15-2005201-PliegooTerminosdeReferencia.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-24T15:04:16.500000-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-15-2005402-EnmiendaoAdendum.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-14T15:43:58.340000-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.tender.documents.3</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-15-2005603-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2006-01-25T14:19:06.687000-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-16-2005100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-24T15:27:19.950000-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-16-2005201-PliegooTerminosdeReferencia.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-24T15:31:31.030000-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-16-2005402-EnmiendaoAdendum.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-13T07:58:10.797000-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.tender.documents.3</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-16-2005403-EnmiendaoAdendum.pdf</t>
+  </si>
+  <si>
+    <t>2006-01-16T09:46:00.437000-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.tender.documents.4</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-16-2005404-EnmiendaoAdendum.pdf</t>
+  </si>
+  <si>
+    <t>2006-01-18T08:36:38.437000-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.tender.documents.5</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-16-2005605-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2006-02-23T15:09:19.730000-06:00</t>
+  </si>
+  <si>
+    <t>id-6.1.tender.documents.0</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic199DICTA-SAG-0001-05101-AvisodePrensa.doc</t>
   </si>
   <si>
     <t>2005-12-20T15:29:41.250000-06:00</t>
   </si>
   <si>
-    <t>id-0.1.tender.documents.1</t>
+    <t>id-6.1.tender.documents.1</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic199DICTA-SAG-0001-05200-PliegooTerminosdeReferencia.doc</t>
   </si>
   <si>
     <t>2005-12-20T15:10:23.437000-06:00</t>
   </si>
   <si>
-    <t>id-0.1.tender.documents.2</t>
+    <t>id-6.1.tender.documents.2</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic199DICTA-SAG-0001-05402-EnmiendaoAdendum.doc</t>
   </si>
   <si>
-    <t>Enmienda o Adendum</t>
-[...4 lines deleted...]
-  <si>
     <t>2006-01-20T10:37:25.530000-06:00</t>
   </si>
   <si>
-    <t>id-0.1.tender.documents.3</t>
+    <t>id-6.1.tender.documents.3</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic199DICTA-SAG-0001-05603-ActadeRecepcionyAperturadeOfertas.doc</t>
   </si>
   <si>
-    <t>Acta de Recepcion y Apertura de Ofertas</t>
-[...4 lines deleted...]
-  <si>
     <t>2006-05-04T15:24:38.623000-06:00</t>
   </si>
   <si>
-    <t>id-1.0.tender.documents.0</t>
-[...307 lines deleted...]
-  <si>
     <t>id-7.0.tender.documents.0</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic148LPR-10-2005100-AvisodePrensa.pdf</t>
   </si>
   <si>
     <t>2005-11-23T15:32:24.810000-06:00</t>
   </si>
   <si>
     <t>id-7.0.tender.documents.1</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic148LPR-10-2005201-PliegooTerminosdeReferencia.pdf</t>
   </si>
   <si>
     <t>2005-11-23T15:34:20.343000-06:00</t>
   </si>
   <si>
     <t>id-7.0.tender.documents.2</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic148LPR-10-2005402-EnmiendaoAdendum.pdf</t>
   </si>
   <si>
     <t>2005-12-06T15:32:05.577000-06:00</t>
   </si>
   <si>
     <t>id-7.0.tender.documents.3</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic148LPR-10-2005603-ActadeRecepcionyAperturadeOfertas.pdf</t>
   </si>
   <si>
     <t>2005-12-15T09:53:18.687000-06:00</t>
   </si>
   <si>
     <t>id-8.0.tender.documents.0</t>
   </si>
   <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LPR-09-2005100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-23T15:26:41.500000-06:00</t>
+  </si>
+  <si>
+    <t>id-8.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LPR-09-2005201-PliegooTerminosdeReferencia.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-23T15:27:37.763000-06:00</t>
+  </si>
+  <si>
+    <t>id-8.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LPR-09-2005602-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-08T10:32:41.450000-06:00</t>
+  </si>
+  <si>
+    <t>id-8.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic11LPR-FHIS-59-2005100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-30T14:39:19.983000-06:00</t>
+  </si>
+  <si>
+    <t>id-8.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic11LPR-FHIS-59-2005201-PliegooTerminosdeReferencia.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-30T14:40:15.577000-06:00</t>
+  </si>
+  <si>
+    <t>id-8.1.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic11LPR-FHIS-59-2005602-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2006-03-08T13:43:35.810000-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LPR-08-2005100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-23T15:19:17-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LPR-08-2005201-PliegooTerminosdeReferencia.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-23T15:20:44.530000-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LPR-08-2005402-EnmiendaoAdendum.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-07T09:14:10.717000-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.documents.3</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LPR-08-2005403-EnmiendaoAdendum.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-07T09:14:38.280000-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.documents.4</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic148LPR-08-2005604-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-14T11:08:28.077000-06:00</t>
+  </si>
+  <si>
+    <t>id-10.0.tender.documents.0</t>
+  </si>
+  <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-23-2005100-AvisodePrensa.pdf</t>
   </si>
   <si>
     <t>2005-11-22T15:44:40.873000-06:00</t>
   </si>
   <si>
-    <t>id-8.0.tender.documents.1</t>
+    <t>id-10.0.tender.documents.1</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-23-2005201-PliegooTerminosdeReferencia.pdf</t>
   </si>
   <si>
     <t>2005-11-22T15:45:50.013000-06:00</t>
   </si>
   <si>
-    <t>id-8.0.tender.documents.2</t>
+    <t>id-10.0.tender.documents.2</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-23-2005602-ActadeRecepcionyAperturadeOfertas.pdf</t>
   </si>
   <si>
     <t>2005-12-02T16:27:07.107000-06:00</t>
   </si>
   <si>
-    <t>id-9.0.tender.documents.0</t>
-[...70 lines deleted...]
-  <si>
     <t>id-11.0.tender.documents.0</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic148LPR-07-2005100-AvisodePrensa.pdf</t>
   </si>
   <si>
     <t>2005-11-23T14:19:57.450000-06:00</t>
   </si>
   <si>
     <t>id-11.0.tender.documents.1</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic148LPR-07-2005201-PliegooTerminosdeReferencia.pdf</t>
   </si>
   <si>
     <t>2005-11-23T14:22:31.107000-06:00</t>
   </si>
   <si>
     <t>id-11.0.tender.documents.2</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic148LPR-07-2005402-EnmiendaoAdendum.pdf</t>
   </si>
   <si>
     <t>2005-12-06T15:41:51.843000-06:00</t>
@@ -6778,2733 +7753,1758 @@
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic204002-2005100-AvisodePrensa.pdf</t>
   </si>
   <si>
     <t>2005-11-21T11:14:08.293000-06:00</t>
   </si>
   <si>
     <t>id-12.0.tender.documents.1</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic204002-2005201-PliegooTerminosdeReferencia.pdf</t>
   </si>
   <si>
     <t>2005-11-22T15:37:41.967000-06:00</t>
   </si>
   <si>
     <t>id-12.0.tender.documents.2</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic204002-2005602-ActadeRecepcionyAperturadeOfertas.pdf</t>
   </si>
   <si>
     <t>2005-12-08T14:40:38.280000-06:00</t>
   </si>
   <si>
-    <t>id-12.1.tender.documents.0</t>
+    <t>id-13.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic204001-2005100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-21T11:12:42.123000-06:00</t>
+  </si>
+  <si>
+    <t>id-13.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic204001-2005201-PliegooTerminosdeReferencia.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-21T11:13:08.140000-06:00</t>
+  </si>
+  <si>
+    <t>id-13.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic204001-2005402-EnmiendaoAdendum.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-02T10:48:55.810000-06:00</t>
+  </si>
+  <si>
+    <t>id-13.0.tender.documents.3</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic204001-2005603-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-13T14:43:30.467000-06:00</t>
+  </si>
+  <si>
+    <t>id-13.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_33_100-1094-2005_1_0_Aviso%20en%20Prensa.DOC</t>
+  </si>
+  <si>
+    <t>2005-11-03T09:55:26.607000-06:00</t>
+  </si>
+  <si>
+    <t>id-13.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_33_100-1094-2005_2_1_Documento%20Base%20Licitacion%20100-1094-2005%20Combustible%20para%20Transporte.DOC</t>
+  </si>
+  <si>
+    <t>2005-11-03T09:55:47.700000-06:00</t>
+  </si>
+  <si>
+    <t>id-13.1.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic33100-1094-20051102-DeclaratoriadeProcesoDesierto.doc</t>
+  </si>
+  <si>
+    <t>2005-11-16T16:10:49.593000-06:00</t>
+  </si>
+  <si>
+    <t>id-13.2.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_158_003-2005_1_0_003-2005.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-09T15:08:22.637000-06:00</t>
+  </si>
+  <si>
+    <t>id-13.2.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_158_003-2005_2_1_LIC003-2005SEGUROS.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-09T15:36:03.687000-06:00</t>
+  </si>
+  <si>
+    <t>id-13.2.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic158003-2005602-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2006-01-16T10:16:09.373000-06:00</t>
+  </si>
+  <si>
+    <t>id-14.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic204003-2005100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-27T15:02:50.717000-06:00</t>
+  </si>
+  <si>
+    <t>id-14.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic204003-2005201-PliegooTerminosdeReferencia.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-27T15:03:09.530000-06:00</t>
+  </si>
+  <si>
+    <t>id-14.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic204003-2005602-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2006-01-06T13:33:36.950000-06:00</t>
+  </si>
+  <si>
+    <t>id-14.1.tender.documents.0</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic11LPU-FHIS-24-2005100-AvisodePrensa.pdf</t>
   </si>
   <si>
     <t>2005-12-01T09:57:19.980000-06:00</t>
   </si>
   <si>
-    <t>id-12.1.tender.documents.1</t>
+    <t>id-14.1.tender.documents.1</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic11LPU-FHIS-24-2005201-PliegooTerminosdeReferencia.pdf</t>
   </si>
   <si>
     <t>2005-12-01T09:58:47.577000-06:00</t>
   </si>
   <si>
-    <t>id-12.1.tender.documents.2</t>
+    <t>id-14.1.tender.documents.2</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic11LPU-FHIS-24-2005602-ActadeRecepcionyAperturadeOfertas.pdf</t>
   </si>
   <si>
     <t>2006-03-08T08:14:47.047000-06:00</t>
   </si>
   <si>
-    <t>id-12.1.tender.documents.3</t>
+    <t>id-14.1.tender.documents.3</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic11LPU-FHIS-24-20051003-DeclaratoriadeProcesoFracasado.pdf</t>
   </si>
   <si>
     <t>2006-05-04T16:17:18.153000-06:00</t>
   </si>
   <si>
-    <t>id-13.1.tender.documents.0</t>
+    <t>id-15.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_201_LPN%20No.%2008-05-DX-HO-PRONADERS-MARENA_1_0_PUBLICACION%20MULHUACA.doc</t>
+  </si>
+  <si>
+    <t>2005-11-14T15:43:07.560000-06:00</t>
+  </si>
+  <si>
+    <t>id-15.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_201_LPN%20No.%2008-05-DX-HO-PRONADERS-MARENA_2_1_BASES%20DE%20LICITACION%20MULHUACA.doc</t>
+  </si>
+  <si>
+    <t>2005-11-14T15:50:10.717000-06:00</t>
+  </si>
+  <si>
+    <t>id-15.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic201LPN%20No.%2008-05-DX-HO-PRONADERS-MARENA602-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2006-05-06T13:23:23.950000-06:00</t>
+  </si>
+  <si>
+    <t>id-16.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic42sefin%20007-2005101-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-30T15:11:19.547000-06:00</t>
+  </si>
+  <si>
+    <t>id-16.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic42sefin%20007-2005200-PliegooTerminosdeReferencia.doc</t>
+  </si>
+  <si>
+    <t>2005-11-30T14:59:41.797000-06:00</t>
+  </si>
+  <si>
+    <t>id-16.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic42sefin%20007-20051102-DeclaratoriadeProcesoDesierto.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-15T10:01:49.123000-06:00</t>
+  </si>
+  <si>
+    <t>id-16.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic151Licitacion%204100-AvisodePrensa.doc</t>
+  </si>
+  <si>
+    <t>2005-12-27T11:08:29.543000-06:00</t>
+  </si>
+  <si>
+    <t>id-16.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic151Licitacion%204201-PliegooTerminosdeReferencia.doc</t>
+  </si>
+  <si>
+    <t>2005-12-27T11:09:19.967000-06:00</t>
+  </si>
+  <si>
+    <t>id-16.1.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic151Licitacion%204602-ActadeRecepcionyAperturadeOfertas.jpg</t>
+  </si>
+  <si>
+    <t>2006-02-07T14:37:02.200000-06:00</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic42sefin-006-2005100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-15T11:47:23.373000-06:00</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic42sefin-006-2005201-PliegooTerminosdeReferencia.doc</t>
+  </si>
+  <si>
+    <t>2005-11-15T11:48:39.420000-06:00</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic42sefin-006-2005602-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2006-08-15T09:51:34.060000-06:00</t>
+  </si>
+  <si>
+    <t>id-18.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_160_LICPUBNo.001-2005_1_1_UNIFORMES.JPG</t>
+  </si>
+  <si>
+    <t>2005-11-02T17:22:05.950000-06:00</t>
+  </si>
+  <si>
+    <t>id-18.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_160_LICPUBNo.001-2005_2_1_LICITACION%20%20%20%20UNIFORMES%20001%20%20%20DGPP%20%20%202005.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-02T16:16:14.077000-06:00</t>
+  </si>
+  <si>
+    <t>id-18.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_160_LICPUBNo.001-2005_5_2_ACLARATORIA1.JPG</t>
+  </si>
+  <si>
+    <t>Aclaratoria</t>
+  </si>
+  <si>
+    <t>clarifications</t>
+  </si>
+  <si>
+    <t>2005-11-02T17:35:37.857000-06:00</t>
+  </si>
+  <si>
+    <t>id-18.0.tender.documents.3</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic160LICPUBNo.001-2005603-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-17T09:34:56.390000-06:00</t>
+  </si>
+  <si>
+    <t>id-18.0.tender.documents.4</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic160LICPUBNo.001-20051004-DeclaratoriadeProcesoFracasado.pdf</t>
+  </si>
+  <si>
+    <t>2006-04-24T18:33:47.890000-06:00</t>
+  </si>
+  <si>
+    <t>id-19.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_13_004-2005_1_0_AVISO%20LICITACION%20computo.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-10T15:42:20.077000-06:00</t>
+  </si>
+  <si>
+    <t>id-19.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_13_004-2005_2_1_Pliego%20%20Equipo%20de%20Computo.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-10T15:42:53.013000-06:00</t>
+  </si>
+  <si>
+    <t>id-19.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic13004-2005502-Aclaratoria.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-18T09:04:08.090000-06:00</t>
+  </si>
+  <si>
+    <t>id-19.0.tender.documents.3</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic13004-2005503-Aclaratoria.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-18T09:04:51.387000-06:00</t>
+  </si>
+  <si>
+    <t>id-19.0.tender.documents.4</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic13004-2005604-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-18T16:25:27.060000-06:00</t>
+  </si>
+  <si>
+    <t>id-20.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_160_SESEGUNo.002-2005_1_2_SEGUROS.bmp</t>
+  </si>
+  <si>
+    <t>image/bmp</t>
+  </si>
+  <si>
+    <t>2005-11-02T16:55:04.560000-06:00</t>
+  </si>
+  <si>
+    <t>id-20.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_160_SESEGUNo.002-2005_2_1_LICITACION%20PUBLICA%20SEGUROS-002-2005.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-02T16:34:52.873000-06:00</t>
+  </si>
+  <si>
+    <t>id-20.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic160SESEGUNo.002-2005402-EnmiendaoAdendum.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-08T14:06:51.047000-06:00</t>
+  </si>
+  <si>
+    <t>id-20.0.tender.documents.3</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic160SESEGUNo.002-2005603-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-08T14:19:01.717000-06:00</t>
+  </si>
+  <si>
+    <t>id-20.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_33_100-1090-2005_1_0_Aviso%20de%20Prensa.DOC</t>
+  </si>
+  <si>
+    <t>2005-11-03T10:10:25.060000-06:00</t>
+  </si>
+  <si>
+    <t>id-20.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_33_100-1090-2005_2_1_Documento%20Base%20Licitacion%20100-1090-2005.doc</t>
+  </si>
+  <si>
+    <t>2005-11-03T10:11:05.577000-06:00</t>
+  </si>
+  <si>
+    <t>id-20.1.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic33100-1090-2005404-EnmiendaoAdendum.doc</t>
+  </si>
+  <si>
+    <t>2005-11-24T12:53:27.873000-06:00</t>
+  </si>
+  <si>
+    <t>id-20.1.tender.documents.3</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic33100-1090-2005406-EnmiendaoAdendum.doc</t>
+  </si>
+  <si>
+    <t>2005-12-09T14:24:34.497000-06:00</t>
+  </si>
+  <si>
+    <t>id-20.1.tender.documents.4</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic33100-1090-2005505-Aclaratoria.doc</t>
+  </si>
+  <si>
+    <t>2005-11-24T12:54:09.653000-06:00</t>
+  </si>
+  <si>
+    <t>id-20.1.tender.documents.5</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic33100-1090-2005507-Aclaratoria.doc</t>
+  </si>
+  <si>
+    <t>2005-12-09T14:25:28.030000-06:00</t>
+  </si>
+  <si>
+    <t>id-20.1.tender.documents.6</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic33100-1090-2005607-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2006-07-27T10:52:08.577000-05:00</t>
+  </si>
+  <si>
+    <t>id-20.1.tender.documents.7</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_33_100-1090-2005_14_2_Anexo%201%20Activos%20ENEE.xls</t>
+  </si>
+  <si>
+    <t>application/vnd.openxmlformats-officedocument.spreadsheetml.sheet</t>
+  </si>
+  <si>
+    <t>2005-11-03T10:17:44.653000-06:00</t>
+  </si>
+  <si>
+    <t>id-20.1.tender.documents.8</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_33_100-1090-2005_14_3_Anexo%202%20Automoviles.xls</t>
+  </si>
+  <si>
+    <t>2005-11-03T10:18:07.560000-06:00</t>
+  </si>
+  <si>
+    <t>id-21.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic13LPI-002-2005100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-24T08:53:49.840000-06:00</t>
+  </si>
+  <si>
+    <t>id-21.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic13LPI-002-2005201-PliegooTerminosdeReferencia.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-24T08:54:37.980000-06:00</t>
+  </si>
+  <si>
+    <t>id-21.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic13LPI-002-2005602-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2006-02-17T10:50:12.840000-06:00</t>
+  </si>
+  <si>
+    <t>id-21.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_158_004-2005_1_0_aviso%20licitacion%20004-2005.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-09T15:51:41.140000-06:00</t>
+  </si>
+  <si>
+    <t>id-21.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_158_004-2005_2_1_LICITACION%20%20004-2005%20CARROS%20II.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-09T15:54:04.060000-06:00</t>
+  </si>
+  <si>
+    <t>id-21.1.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic158004-2005.602-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2006-01-16T10:24:06.763000-06:00</t>
+  </si>
+  <si>
+    <t>id-22.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-016-2004100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-25T13:58:30.950000-06:00</t>
+  </si>
+  <si>
+    <t>id-22.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-016-2004201-PliegooTerminosdeReferencia.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-25T13:59:19.013000-06:00</t>
+  </si>
+  <si>
+    <t>id-22.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-016-2004602-ActadeRecepcionyAperturadeOfertas.jpg</t>
+  </si>
+  <si>
+    <t>2005-12-15T09:55:16.043000-06:00</t>
+  </si>
+  <si>
+    <t>id-22.0.tender.documents.3</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-016-20041003-DeclaratoriadeProcesoFracasado.jpg</t>
+  </si>
+  <si>
+    <t>2006-05-02T10:54:31.513000-06:00</t>
+  </si>
+  <si>
+    <t>id-22.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic1513-2005100-AvisodePrensa.doc</t>
+  </si>
+  <si>
+    <t>2005-12-27T11:40:28.687000-06:00</t>
+  </si>
+  <si>
+    <t>id-22.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic1513-2005201-PliegooTerminosdeReferencia.doc</t>
+  </si>
+  <si>
+    <t>2005-12-27T11:40:52.560000-06:00</t>
+  </si>
+  <si>
+    <t>id-22.1.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic1513-2005602-ActadeRecepcionyAperturadeOfertas.jpg</t>
+  </si>
+  <si>
+    <t>2006-02-07T14:21:26.170000-06:00</t>
+  </si>
+  <si>
+    <t>id-23.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-144-2005100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-29T11:22:29.530000-06:00</t>
+  </si>
+  <si>
+    <t>id-23.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-144-2005201-PliegooTerminosdeReferencia.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-29T11:22:54.373000-06:00</t>
+  </si>
+  <si>
+    <t>id-23.1.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-144-20051102-DeclaratoriadeProcesoDesierto.jpg</t>
+  </si>
+  <si>
+    <t>2006-03-27T12:10:38.450000-06:00</t>
+  </si>
+  <si>
+    <t>id-24.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_13_SE-005-05_1_0_Anuncio%20LPN%20SE%20005%202005.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-11T15:48:30.920000-06:00</t>
+  </si>
+  <si>
+    <t>id-24.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_13_SE-005-05_2_1_Pliego%20LPN%20SE%20007%202005.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-11T15:48:55.357000-06:00</t>
+  </si>
+  <si>
+    <t>id-24.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic13SE-005-05602-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2005-12-02T14:44:29.513000-06:00</t>
+  </si>
+  <si>
+    <t>id-24.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_33_100-1086-2005_1_0_Aviso%20en%20Prensa.DOC</t>
+  </si>
+  <si>
+    <t>2005-11-03T09:40:30.623000-06:00</t>
+  </si>
+  <si>
+    <t>id-24.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_33_100-1086-2005_2_1_Documento%20Base%20Licitacion%20100-1086-2005%20Uniformes%20Personal%20Masculino.DOC</t>
+  </si>
+  <si>
+    <t>2005-11-03T09:41:00.497000-06:00</t>
+  </si>
+  <si>
+    <t>id-24.1.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_33_100-1086-2005_4_2_ENMIENDAS.DOC</t>
+  </si>
+  <si>
+    <t>2005-11-03T09:49:38.950000-06:00</t>
+  </si>
+  <si>
+    <t>id-24.1.tender.documents.3</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic33100-1086-2005603-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2006-10-02T15:05:50.390000-06:00</t>
+  </si>
+  <si>
+    <t>id-25.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_13_SE-007-05_1_0_Anuncio%20LPN%20SE%20007%202005.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-11T16:07:43.763000-06:00</t>
+  </si>
+  <si>
+    <t>id-25.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic_13_SE-007-05_2_1_Pliego%20LPN%20SE%20007%202005.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-11T16:08:44.107000-06:00</t>
+  </si>
+  <si>
+    <t>id-25.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic13SE-007-05502-Aclaratoria.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-24T10:46:43.250000-06:00</t>
+  </si>
+  <si>
+    <t>id-25.0.tender.documents.3</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic13SE-007-05603-ActadeRecepcionyAperturadeOfertas.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-30T11:26:04.497000-06:00</t>
+  </si>
+  <si>
+    <t>id-25.0.tender.documents.4</t>
+  </si>
+  <si>
+    <t>2005-11-30T11:30:16.827000-06:00</t>
+  </si>
+  <si>
+    <t>id-26.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-017-2004100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-25T10:13:14.717000-06:00</t>
+  </si>
+  <si>
+    <t>id-26.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-017-2004201-PliegooTerminosdeReferencia.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-25T13:55:40.950000-06:00</t>
+  </si>
+  <si>
+    <t>id-26.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-017-20041102-DeclaratoriadeProcesoDesierto.jpg</t>
+  </si>
+  <si>
+    <t>2005-12-15T09:57:28.153000-06:00</t>
+  </si>
+  <si>
+    <t>id-26.1.tender.documents.0</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-143-2005100-AvisodePrensa.pdf</t>
   </si>
   <si>
     <t>2005-11-29T10:58:13.780000-06:00</t>
   </si>
   <si>
-    <t>id-13.1.tender.documents.1</t>
+    <t>id-26.1.tender.documents.1</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-143-2005201-PliegooTerminosdeReferencia.pdf</t>
   </si>
   <si>
     <t>2005-11-29T10:58:48.780000-06:00</t>
   </si>
   <si>
-    <t>id-13.1.tender.documents.2</t>
+    <t>id-26.1.tender.documents.2</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-143-2005602-ActadeRecepcionyAperturadeOfertas.doc</t>
   </si>
   <si>
     <t>2006-01-24T11:37:14.357000-06:00</t>
   </si>
   <si>
-    <t>id-14.0.tender.documents.0</t>
-[...353 lines deleted...]
-    <t>id-21.1.tender.documents.0</t>
+    <t>id-26.2.tender.documents.0</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic11LPR-FHIS-60-2005100-AvisodePrensa.pdf</t>
   </si>
   <si>
     <t>2005-12-01T09:02:12.327000-06:00</t>
   </si>
   <si>
-    <t>id-21.1.tender.documents.1</t>
+    <t>id-26.2.tender.documents.1</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic11LPR-FHIS-60-2005201-PliegooTerminosdeReferencia.pdf</t>
   </si>
   <si>
     <t>2005-12-01T09:03:07.857000-06:00</t>
   </si>
   <si>
-    <t>id-21.1.tender.documents.2</t>
+    <t>id-26.2.tender.documents.2</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic11LPR-FHIS-60-2005602-ActadeRecepcionyAperturadeOfertas.pdf</t>
   </si>
   <si>
     <t>2006-03-16T13:48:34.403000-06:00</t>
   </si>
   <si>
-    <t>id-22.0.tender.documents.0</t>
-[...221 lines deleted...]
-    <t>id-25.1.tender.documents.0</t>
+    <t>id-27.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-135-2005100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-29T11:57:07.640000-06:00</t>
+  </si>
+  <si>
+    <t>id-27.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-135-2005201-PliegooTerminosdeReferencia.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-29T11:57:38.750000-06:00</t>
+  </si>
+  <si>
+    <t>id-27.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-135-20051102-DeclaratoriadeProcesoDesierto.jpg</t>
+  </si>
+  <si>
+    <t>2006-03-27T12:12:48.390000-06:00</t>
+  </si>
+  <si>
+    <t>id-27.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic33100-1101-2005100-AvisodePrensa.DOC</t>
+  </si>
+  <si>
+    <t>2005-11-15T11:17:01.873000-06:00</t>
+  </si>
+  <si>
+    <t>id-27.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic33100-1101-2005201-PliegooTerminosdeReferencia.DOC</t>
+  </si>
+  <si>
+    <t>2005-11-15T11:18:03.373000-06:00</t>
+  </si>
+  <si>
+    <t>id-27.1.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic33100-1101-20051102-DeclaratoriadeProcesoDesierto.doc</t>
+  </si>
+  <si>
+    <t>2005-12-09T14:28:34.280000-06:00</t>
+  </si>
+  <si>
+    <t>id-28.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-139-2005100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-29T10:04:08.060000-06:00</t>
+  </si>
+  <si>
+    <t>id-28.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-139-2005201-PliegooTerminosdeReferencia.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-29T10:04:51.297000-06:00</t>
+  </si>
+  <si>
+    <t>id-28.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-139-2005602-ActadeRecepcionyAperturadeOfertas.jpg</t>
+  </si>
+  <si>
+    <t>2006-02-16T09:40:40.717000-06:00</t>
+  </si>
+  <si>
+    <t>id-28.0.tender.documents.3</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-139-20051003-DeclaratoriadeProcesoFracasado.jpg</t>
+  </si>
+  <si>
+    <t>2006-04-04T10:14:01.217000-06:00</t>
+  </si>
+  <si>
+    <t>id-29.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-140-2005100-AvisodePrensa.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-29T10:27:45.340000-06:00</t>
+  </si>
+  <si>
+    <t>id-29.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-140-2005201-PliegooTerminosdeReferencia.pdf</t>
+  </si>
+  <si>
+    <t>2005-11-29T10:28:08.373000-06:00</t>
+  </si>
+  <si>
+    <t>id-29.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-140-20051102-DeclaratoriadeProcesoDesierto.jpg</t>
+  </si>
+  <si>
+    <t>2006-02-28T15:12:16.200000-06:00</t>
+  </si>
+  <si>
+    <t>id-30.0.tender.documents.0</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-145-2005100-AvisodePrensa.pdf</t>
   </si>
   <si>
     <t>2005-11-29T11:34:48.653000-06:00</t>
   </si>
   <si>
-    <t>id-25.1.tender.documents.1</t>
+    <t>id-30.0.tender.documents.1</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-145-2005201-PliegooTerminosdeReferencia.pdf</t>
   </si>
   <si>
     <t>2005-11-29T11:35:18.793000-06:00</t>
   </si>
   <si>
-    <t>id-25.1.tender.documents.2</t>
+    <t>id-30.0.tender.documents.2</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic207C-MP-145-20051102-DeclaratoriadeProcesoDesierto.jpg</t>
   </si>
   <si>
     <t>2006-02-28T15:13:26.030000-06:00</t>
   </si>
   <si>
-    <t>id-25.2.tender.documents.0</t>
-[...352 lines deleted...]
-  <si>
     <t>id-31.0.tender.documents.0</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-11-2005100-AvisodePrensa.pdf</t>
   </si>
   <si>
     <t>2005-11-18T16:10:33.623000-06:00</t>
   </si>
   <si>
     <t>id-31.0.tender.documents.1</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-11-2005201-PliegooTerminosdeReferencia.pdf</t>
   </si>
   <si>
     <t>2005-11-18T16:11:18.547000-06:00</t>
   </si>
   <si>
     <t>id-31.0.tender.documents.2</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-11-2005402-EnmiendaoAdendum.pdf</t>
   </si>
   <si>
     <t>2005-11-25T09:54:12.480000-06:00</t>
   </si>
   <si>
     <t>id-31.0.tender.documents.3</t>
   </si>
   <si>
     <t>http://h1.honducompras.gob.hn/Docs/Lic148LP-11-2005603-ActadeRecepcionyAperturadeOfertas.pdf</t>
   </si>
   <si>
     <t>2005-11-30T15:07:47.297000-06:00</t>
   </si>
   <si>
     <t>id-0.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-0.0.tender.tenderers.1</t>
   </si>
   <si>
     <t>id-0.0.tender.tenderers.2</t>
   </si>
   <si>
-    <t>id-0.1.tender.tenderers.0</t>
-[...14 lines deleted...]
-    <t>id-0.1.tender.tenderers.5</t>
+    <t>id-0.0.tender.tenderers.3</t>
+  </si>
+  <si>
+    <t>id-0.0.tender.tenderers.4</t>
   </si>
   <si>
     <t>id-1.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-1.0.tender.tenderers.1</t>
   </si>
   <si>
     <t>id-1.0.tender.tenderers.2</t>
   </si>
   <si>
-    <t>id-1.0.tender.tenderers.3</t>
-[...2 lines deleted...]
-    <t>id-1.0.tender.tenderers.4</t>
+    <t>id-1.1.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-1.1.tender.tenderers.1</t>
+  </si>
+  <si>
+    <t>id-1.1.tender.tenderers.2</t>
+  </si>
+  <si>
+    <t>id-1.1.tender.tenderers.3</t>
+  </si>
+  <si>
+    <t>id-1.1.tender.tenderers.4</t>
+  </si>
+  <si>
+    <t>id-1.1.tender.tenderers.5</t>
+  </si>
+  <si>
+    <t>id-1.1.tender.tenderers.6</t>
   </si>
   <si>
     <t>id-2.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-2.0.tender.tenderers.1</t>
   </si>
   <si>
     <t>id-2.0.tender.tenderers.2</t>
   </si>
   <si>
     <t>id-3.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-3.0.tender.tenderers.1</t>
   </si>
   <si>
     <t>id-3.0.tender.tenderers.2</t>
   </si>
   <si>
+    <t>id-3.1.tender.tenderers.0</t>
+  </si>
+  <si>
     <t>id-4.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-4.0.tender.tenderers.1</t>
   </si>
   <si>
     <t>id-4.0.tender.tenderers.2</t>
   </si>
   <si>
     <t>id-4.0.tender.tenderers.3</t>
   </si>
   <si>
     <t>id-4.0.tender.tenderers.4</t>
   </si>
   <si>
     <t>id-4.0.tender.tenderers.5</t>
   </si>
   <si>
     <t>id-4.0.tender.tenderers.6</t>
   </si>
   <si>
     <t>id-4.0.tender.tenderers.7</t>
   </si>
   <si>
     <t>id-4.0.tender.tenderers.8</t>
   </si>
   <si>
     <t>id-4.0.tender.tenderers.9</t>
   </si>
   <si>
     <t>id-5.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-5.0.tender.tenderers.1</t>
   </si>
   <si>
     <t>id-5.0.tender.tenderers.2</t>
   </si>
   <si>
     <t>id-6.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-6.0.tender.tenderers.1</t>
   </si>
   <si>
+    <t>id-6.1.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-6.1.tender.tenderers.1</t>
+  </si>
+  <si>
+    <t>id-6.1.tender.tenderers.2</t>
+  </si>
+  <si>
+    <t>id-6.1.tender.tenderers.3</t>
+  </si>
+  <si>
+    <t>id-6.1.tender.tenderers.4</t>
+  </si>
+  <si>
+    <t>id-6.1.tender.tenderers.5</t>
+  </si>
+  <si>
     <t>id-7.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-7.0.tender.tenderers.1</t>
   </si>
   <si>
     <t>id-8.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-8.0.tender.tenderers.1</t>
   </si>
   <si>
+    <t>id-8.0.tender.tenderers.2</t>
+  </si>
+  <si>
+    <t>id-8.1.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-8.1.tender.tenderers.1</t>
+  </si>
+  <si>
+    <t>id-8.1.tender.tenderers.2</t>
+  </si>
+  <si>
     <t>id-9.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-9.0.tender.tenderers.1</t>
   </si>
   <si>
     <t>id-9.0.tender.tenderers.2</t>
   </si>
   <si>
+    <t>id-9.0.tender.tenderers.3</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.tenderers.4</t>
+  </si>
+  <si>
     <t>id-10.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-10.0.tender.tenderers.1</t>
   </si>
   <si>
-    <t>id-10.0.tender.tenderers.2</t>
-[...7 lines deleted...]
-  <si>
     <t>id-11.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-11.0.tender.tenderers.1</t>
   </si>
   <si>
     <t>id-11.0.tender.tenderers.2</t>
   </si>
   <si>
     <t>id-11.0.tender.tenderers.3</t>
   </si>
   <si>
     <t>id-11.0.tender.tenderers.4</t>
   </si>
   <si>
     <t>id-12.0.tender.tenderers.0</t>
   </si>
   <si>
-    <t>id-12.1.tender.tenderers.0</t>
-[...8 lines deleted...]
-    <t>id-13.1.tender.tenderers.2</t>
+    <t>id-13.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-13.0.tender.tenderers.1</t>
+  </si>
+  <si>
+    <t>id-13.0.tender.tenderers.2</t>
+  </si>
+  <si>
+    <t>id-13.0.tender.tenderers.3</t>
+  </si>
+  <si>
+    <t>id-13.2.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-13.2.tender.tenderers.1</t>
+  </si>
+  <si>
+    <t>id-13.2.tender.tenderers.2</t>
+  </si>
+  <si>
+    <t>id-13.2.tender.tenderers.3</t>
+  </si>
+  <si>
+    <t>id-13.2.tender.tenderers.4</t>
   </si>
   <si>
     <t>id-14.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-14.0.tender.tenderers.1</t>
   </si>
   <si>
+    <t>id-14.1.tender.tenderers.0</t>
+  </si>
+  <si>
     <t>id-15.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-15.0.tender.tenderers.1</t>
   </si>
   <si>
     <t>id-15.0.tender.tenderers.2</t>
   </si>
   <si>
     <t>id-15.0.tender.tenderers.3</t>
   </si>
   <si>
-    <t>id-16.0.tender.tenderers.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-16.1.tender.tenderers.0</t>
   </si>
   <si>
-    <t>id-16.1.tender.tenderers.1</t>
-[...10 lines deleted...]
-  <si>
     <t>id-17.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-17.0.tender.tenderers.1</t>
   </si>
   <si>
-    <t>id-17.0.tender.tenderers.2</t>
-[...23 lines deleted...]
-    <t>id-18.1.tender.tenderers.6</t>
+    <t>id-18.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-18.0.tender.tenderers.1</t>
   </si>
   <si>
     <t>id-19.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-19.0.tender.tenderers.1</t>
   </si>
   <si>
+    <t>id-19.0.tender.tenderers.2</t>
+  </si>
+  <si>
+    <t>id-19.0.tender.tenderers.3</t>
+  </si>
+  <si>
+    <t>id-19.0.tender.tenderers.4</t>
+  </si>
+  <si>
+    <t>id-19.0.tender.tenderers.5</t>
+  </si>
+  <si>
+    <t>id-19.0.tender.tenderers.6</t>
+  </si>
+  <si>
     <t>id-20.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-20.0.tender.tenderers.1</t>
   </si>
   <si>
+    <t>id-20.0.tender.tenderers.2</t>
+  </si>
+  <si>
     <t>id-20.1.tender.tenderers.0</t>
   </si>
   <si>
+    <t>id-20.1.tender.tenderers.1</t>
+  </si>
+  <si>
+    <t>id-20.1.tender.tenderers.2</t>
+  </si>
+  <si>
+    <t>id-20.1.tender.tenderers.3</t>
+  </si>
+  <si>
+    <t>id-20.1.tender.tenderers.4</t>
+  </si>
+  <si>
     <t>id-21.0.tender.tenderers.0</t>
   </si>
   <si>
-    <t>id-21.0.tender.tenderers.1</t>
-[...4 lines deleted...]
-  <si>
     <t>id-21.1.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-21.1.tender.tenderers.1</t>
   </si>
   <si>
     <t>id-21.1.tender.tenderers.2</t>
   </si>
   <si>
     <t>id-21.1.tender.tenderers.3</t>
   </si>
   <si>
+    <t>id-21.1.tender.tenderers.4</t>
+  </si>
+  <si>
     <t>id-22.0.tender.tenderers.0</t>
   </si>
   <si>
-    <t>id-22.0.tender.tenderers.1</t>
-[...16 lines deleted...]
-  <si>
     <t>id-22.1.tender.tenderers.0</t>
   </si>
   <si>
-    <t>id-23.0.tender.tenderers.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-24.0.tender.tenderers.0</t>
   </si>
   <si>
+    <t>id-24.0.tender.tenderers.1</t>
+  </si>
+  <si>
     <t>id-24.1.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-24.1.tender.tenderers.1</t>
   </si>
   <si>
     <t>id-24.1.tender.tenderers.2</t>
   </si>
   <si>
     <t>id-24.1.tender.tenderers.3</t>
   </si>
   <si>
-    <t>id-24.1.tender.tenderers.4</t>
-[...44 lines deleted...]
-    <t>id-29.1.tender.tenderers.0</t>
+    <t>id-25.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-26.1.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-26.1.tender.tenderers.1</t>
+  </si>
+  <si>
+    <t>id-26.1.tender.tenderers.2</t>
+  </si>
+  <si>
+    <t>id-26.2.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-26.2.tender.tenderers.1</t>
+  </si>
+  <si>
+    <t>id-26.2.tender.tenderers.2</t>
+  </si>
+  <si>
+    <t>id-26.2.tender.tenderers.3</t>
+  </si>
+  <si>
+    <t>id-28.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-31.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>id-31.0.tender.tenderers.1</t>
   </si>
   <si>
     <t>id-31.0.tender.tenderers.2</t>
   </si>
   <si>
     <t>id-31.0.tender.tenderers.3</t>
   </si>
   <si>
     <t>type</t>
   </si>
   <si>
-    <t>value_amount</t>
-[...1 lines deleted...]
-  <si>
     <t>id-0.0.tender.participationFees.0</t>
   </si>
   <si>
     <t>document</t>
   </si>
   <si>
     <t>id-0.1.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-1.0.tender.participationFees.0</t>
   </si>
   <si>
+    <t>id-1.1.tender.participationFees.0</t>
+  </si>
+  <si>
     <t>id-2.0.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-3.0.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-3.1.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-4.0.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-5.0.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-6.0.tender.participationFees.0</t>
   </si>
   <si>
+    <t>id-6.1.tender.participationFees.0</t>
+  </si>
+  <si>
     <t>id-7.0.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-8.0.tender.participationFees.0</t>
   </si>
   <si>
+    <t>id-8.1.tender.participationFees.0</t>
+  </si>
+  <si>
     <t>id-9.0.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-10.0.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-11.0.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-12.0.tender.participationFees.0</t>
   </si>
   <si>
+    <t>id-13.0.tender.participationFees.0</t>
+  </si>
+  <si>
+    <t>id-13.1.tender.participationFees.0</t>
+  </si>
+  <si>
+    <t>id-13.2.tender.participationFees.0</t>
+  </si>
+  <si>
     <t>id-14.0.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-15.0.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-16.0.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-16.1.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-17.0.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-18.0.tender.participationFees.0</t>
   </si>
   <si>
-    <t>id-18.1.tender.participationFees.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-19.0.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-20.0.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-20.1.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-21.0.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-21.1.tender.participationFees.0</t>
   </si>
   <si>
-    <t>id-22.0.tender.participationFees.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-22.1.tender.participationFees.0</t>
   </si>
   <si>
-    <t>id-23.0.tender.participationFees.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-24.0.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-24.1.tender.participationFees.0</t>
   </si>
   <si>
-    <t>id-25.2.tender.participationFees.0</t>
-[...2 lines deleted...]
-    <t>id-26.1.tender.participationFees.0</t>
+    <t>id-25.0.tender.participationFees.0</t>
+  </si>
+  <si>
+    <t>id-26.2.tender.participationFees.0</t>
   </si>
   <si>
     <t>id-27.1.tender.participationFees.0</t>
   </si>
   <si>
-    <t>id-28.2.tender.participationFees.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-31.0.tender.participationFees.0</t>
   </si>
   <si>
     <t>sourceParty_id</t>
   </si>
   <si>
     <t>sourceParty_name</t>
   </si>
   <si>
     <t>id-0.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
+    <t>1-FlRo2G5</t>
+  </si>
+  <si>
+    <t>Recursos Nacionales</t>
+  </si>
+  <si>
+    <t>id-0.1.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>1.0-FlRo2G5</t>
+  </si>
+  <si>
+    <t>id-1.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
     <t>2.0-FlRo2G5</t>
   </si>
   <si>
     <t>Donación</t>
   </si>
   <si>
-    <t>id-0.1.planning.budget.budgetBreakdown.0</t>
-[...8 lines deleted...]
-    <t>id-1.0.planning.budget.budgetBreakdown.0</t>
+    <t>id-1.1.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>1-FgLkyRb</t>
   </si>
   <si>
     <t>id-2.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
     <t>id-3.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
-    <t>1.0-FlRo2G5</t>
-[...1 lines deleted...]
-  <si>
     <t>id-3.1.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
     <t>id-4.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
     <t>id-5.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
     <t>id-6.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
+    <t>id-6.1.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
     <t>id-7.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
     <t>id-8.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
+    <t>id-8.1.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>1-FgRNyG6</t>
+  </si>
+  <si>
     <t>id-9.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
     <t>id-10.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
     <t>id-11.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
     <t>id-12.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
-    <t>id-12.1.planning.budget.budgetBreakdown.0</t>
+    <t>id-13.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-13.1.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-13.2.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-14.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-14.1.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
     <t>1.0-F7G3yrQ</t>
   </si>
   <si>
-    <t>id-13.0.planning.budget.budgetBreakdown.0</t>
+    <t>id-15.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>3.0-FMLQALQ</t>
+  </si>
+  <si>
+    <t>Prestamo</t>
+  </si>
+  <si>
+    <t>id-16.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-16.1.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-17.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-18.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-19.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-20.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-20.1.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-21.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>2.0-FgRNyG6</t>
+  </si>
+  <si>
+    <t>id-21.1.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-22.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-22.1.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-23.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
     <t>3.0-F7G3yrQ</t>
   </si>
   <si>
-    <t>Prestamo</t>
-[...2 lines deleted...]
-    <t>id-13.1.planning.budget.budgetBreakdown.0</t>
+    <t>id-23.1.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-24.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-24.1.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-25.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>id-26.0.planning.budget.budgetBreakdown.0</t>
+  </si>
+  <si>
+    <t>1.0-FMLQALQ</t>
+  </si>
+  <si>
+    <t>id-26.1.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
     <t>3-FMLQALQ</t>
   </si>
   <si>
-    <t>id-14.0.planning.budget.budgetBreakdown.0</t>
-[...80 lines deleted...]
-    <t>id-26.1.planning.budget.budgetBreakdown.0</t>
+    <t>id-26.2.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
     <t>id-27.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
     <t>id-27.1.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
     <t>id-28.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
-    <t>id-28.1.planning.budget.budgetBreakdown.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-29.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
-    <t>id-29.1.planning.budget.budgetBreakdown.0</t>
+    <t>id-30.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
     <t>id-31.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
-    <t>id-0.1.awards.0</t>
-[...877 lines deleted...]
-  <si>
     <t>guarantor_id</t>
   </si>
   <si>
     <t>guarantor_name</t>
   </si>
   <si>
-    <t>id-8.0.contracts.0.guarantees.0</t>
+    <t>id-10.0.contracts.0.guarantees.0</t>
   </si>
   <si>
     <t>suretyBond</t>
   </si>
   <si>
-    <t>id-19.0.contracts.0.guarantees.0</t>
+    <t>id-17.0.contracts.0.guarantees.0</t>
   </si>
   <si>
     <t>check</t>
   </si>
   <si>
-    <t>id-28.2.contracts.0.guarantees.0</t>
+    <t>id-24.1.contracts.0.guarantees.0</t>
   </si>
   <si>
     <t>id-31.0.contracts.1.guarantees.0</t>
   </si>
   <si>
     <t>id-31.0.contracts.2.guarantees.0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -9956,30770 +9956,30770 @@
       <c r="G2" t="s">
         <v>37</v>
       </c>
       <c r="H2" t="s">
         <v>38</v>
       </c>
       <c r="I2" t="s">
         <v>39</v>
       </c>
       <c r="J2" t="s">
         <v>40</v>
       </c>
       <c r="K2" t="s">
         <v>41</v>
       </c>
       <c r="L2" t="s">
         <v>42</v>
       </c>
       <c r="M2" t="s">
         <v>43</v>
       </c>
       <c r="N2" t="s">
         <v>44</v>
       </c>
       <c r="O2" t="s">
+        <v>44</v>
+      </c>
+      <c r="P2" t="s">
         <v>45</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>46</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
+        <v>48</v>
+      </c>
+      <c r="U2" t="s">
         <v>49</v>
       </c>
-      <c r="U2" t="s">
+      <c r="V2" t="s">
         <v>50</v>
       </c>
-      <c r="V2" t="s">
+      <c r="W2" t="s">
         <v>51</v>
       </c>
-      <c r="W2" t="s">
+      <c r="X2" t="s">
         <v>52</v>
       </c>
-      <c r="X2" t="s">
+      <c r="Y2" t="s">
+        <v>51</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>39</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>40</v>
+      </c>
+      <c r="AD2" t="s">
         <v>53</v>
-      </c>
-[...19 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C3" t="s">
         <v>33</v>
       </c>
       <c r="D3" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E3" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="F3" t="s">
         <v>36</v>
       </c>
       <c r="G3" t="s">
         <v>37</v>
       </c>
       <c r="H3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J3" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="K3" t="s">
         <v>41</v>
       </c>
       <c r="L3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M3" t="s">
+        <v>62</v>
+      </c>
+      <c r="N3" t="s">
         <v>63</v>
       </c>
-      <c r="M3" t="s">
+      <c r="O3" t="s">
         <v>64</v>
       </c>
-      <c r="N3" t="s">
+      <c r="P3" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q3" t="s">
         <v>65</v>
       </c>
-      <c r="O3" t="s">
-[...5 lines deleted...]
-      <c r="Q3" t="s">
+      <c r="R3" t="s">
         <v>66</v>
       </c>
-      <c r="R3" t="s">
+      <c r="S3" t="s">
+        <v>56</v>
+      </c>
+      <c r="T3" t="s">
         <v>48</v>
       </c>
-      <c r="S3" t="s">
-[...2 lines deleted...]
-      <c r="T3" t="s">
+      <c r="U3" t="s">
+        <v>49</v>
+      </c>
+      <c r="V3" t="s">
+        <v>50</v>
+      </c>
+      <c r="W3" t="s">
         <v>67</v>
-      </c>
-[...7 lines deleted...]
-        <v>52</v>
       </c>
       <c r="X3" t="s">
         <v>68</v>
       </c>
       <c r="Y3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="Z3" t="s">
         <v>68</v>
       </c>
       <c r="AA3" t="s">
+        <v>58</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>59</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>60</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>53</v>
+      </c>
+      <c r="AE3" t="s">
         <v>69</v>
-      </c>
-[...10 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>70</v>
       </c>
       <c r="B4" t="s">
         <v>71</v>
       </c>
       <c r="C4" t="s">
         <v>33</v>
       </c>
       <c r="D4" t="s">
         <v>72</v>
       </c>
       <c r="E4" t="s">
         <v>73</v>
       </c>
       <c r="F4" t="s">
         <v>36</v>
       </c>
       <c r="G4" t="s">
         <v>37</v>
       </c>
       <c r="H4" t="s">
         <v>74</v>
       </c>
       <c r="I4" t="s">
+        <v>59</v>
+      </c>
+      <c r="J4" t="s">
         <v>75</v>
       </c>
-      <c r="J4" t="s">
+      <c r="K4" t="s">
+        <v>41</v>
+      </c>
+      <c r="L4" t="s">
         <v>76</v>
       </c>
-      <c r="L4" t="s">
+      <c r="M4" t="s">
+        <v>62</v>
+      </c>
+      <c r="N4" t="s">
+        <v>63</v>
+      </c>
+      <c r="O4" t="s">
+        <v>64</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q4" t="s">
         <v>77</v>
-      </c>
-[...13 lines deleted...]
-        <v>79</v>
       </c>
       <c r="R4" t="s">
         <v>78</v>
       </c>
       <c r="S4" t="s">
         <v>72</v>
       </c>
       <c r="T4" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="U4" t="s">
+        <v>49</v>
+      </c>
+      <c r="V4" t="s">
         <v>50</v>
       </c>
-      <c r="V4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W4" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="X4" t="s">
         <v>80</v>
       </c>
       <c r="Y4" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="Z4" t="s">
         <v>80</v>
       </c>
       <c r="AA4" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="AB4" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="AC4" t="s">
         <v>75</v>
       </c>
       <c r="AD4" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="AE4" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>81</v>
+      </c>
+      <c r="B5" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="C5" t="s">
         <v>33</v>
       </c>
       <c r="D5" t="s">
+        <v>83</v>
+      </c>
+      <c r="E5" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F5" t="s">
         <v>36</v>
       </c>
       <c r="G5" t="s">
         <v>37</v>
       </c>
       <c r="H5" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="I5" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="J5" t="s">
-        <v>86</v>
+        <v>87</v>
+      </c>
+      <c r="K5" t="s">
+        <v>41</v>
       </c>
       <c r="L5" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="M5" t="s">
-        <v>64</v>
+        <v>43</v>
       </c>
       <c r="N5" t="s">
         <v>44</v>
       </c>
       <c r="O5" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="Q5" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="R5" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="S5" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="T5" t="s">
-        <v>67</v>
+        <v>90</v>
       </c>
       <c r="U5" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="V5" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="W5" t="s">
-        <v>52</v>
+        <v>92</v>
       </c>
       <c r="X5" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="Y5" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="Z5" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="AA5" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="AB5" t="s">
-        <v>74</v>
+        <v>86</v>
       </c>
       <c r="AC5" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="AD5" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B6" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C6" t="s">
         <v>33</v>
       </c>
       <c r="D6" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="E6" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="F6" t="s">
         <v>36</v>
       </c>
       <c r="G6" t="s">
         <v>37</v>
       </c>
       <c r="H6" t="s">
-        <v>74</v>
+        <v>38</v>
       </c>
       <c r="I6" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="J6" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="K6" t="s">
         <v>41</v>
       </c>
       <c r="L6" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="M6" t="s">
-        <v>64</v>
+        <v>43</v>
       </c>
       <c r="N6" t="s">
         <v>44</v>
       </c>
       <c r="O6" t="s">
+        <v>44</v>
+      </c>
+      <c r="P6" t="s">
         <v>45</v>
       </c>
-      <c r="P6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q6" t="s">
+        <v>100</v>
+      </c>
+      <c r="R6" t="s">
+        <v>47</v>
+      </c>
+      <c r="S6" t="s">
         <v>96</v>
       </c>
-      <c r="R6" t="s">
+      <c r="T6" t="s">
         <v>48</v>
       </c>
-      <c r="S6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U6" t="s">
+        <v>49</v>
+      </c>
+      <c r="V6" t="s">
         <v>50</v>
       </c>
-      <c r="V6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W6" t="s">
+        <v>101</v>
+      </c>
+      <c r="X6" t="s">
         <v>52</v>
       </c>
-      <c r="X6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y6" t="s">
+        <v>101</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>39</v>
+      </c>
+      <c r="AC6" t="s">
         <v>98</v>
       </c>
-      <c r="Z6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AD6" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B7" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="E7" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7" t="s">
         <v>37</v>
       </c>
       <c r="H7" t="s">
-        <v>103</v>
+        <v>38</v>
       </c>
       <c r="I7" t="s">
         <v>39</v>
       </c>
       <c r="J7" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="K7" t="s">
         <v>41</v>
       </c>
       <c r="L7" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="M7" t="s">
         <v>43</v>
       </c>
       <c r="N7" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
         <v>45</v>
       </c>
-      <c r="P7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q7" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="R7" t="s">
+        <v>47</v>
+      </c>
+      <c r="S7" t="s">
+        <v>104</v>
+      </c>
+      <c r="T7" t="s">
         <v>48</v>
       </c>
-      <c r="S7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U7" t="s">
+        <v>49</v>
+      </c>
+      <c r="V7" t="s">
         <v>50</v>
       </c>
-      <c r="V7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W7" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="X7" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="Y7" t="s">
         <v>109</v>
       </c>
       <c r="Z7" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="AA7" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="AB7" t="s">
-        <v>103</v>
+        <v>39</v>
       </c>
       <c r="AC7" t="s">
-        <v>39</v>
+        <v>106</v>
       </c>
       <c r="AD7" t="s">
-        <v>104</v>
+        <v>53</v>
       </c>
       <c r="AE7" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B8" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C8" t="s">
         <v>33</v>
       </c>
       <c r="D8" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E8" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F8" t="s">
         <v>36</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
       <c r="H8" t="s">
-        <v>74</v>
+        <v>115</v>
       </c>
       <c r="I8" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="J8" t="s">
-        <v>114</v>
+        <v>116</v>
+      </c>
+      <c r="K8" t="s">
+        <v>41</v>
       </c>
       <c r="L8" t="s">
+        <v>117</v>
+      </c>
+      <c r="M8" t="s">
+        <v>43</v>
+      </c>
+      <c r="N8" t="s">
+        <v>63</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>118</v>
+      </c>
+      <c r="R8" t="s">
+        <v>47</v>
+      </c>
+      <c r="S8" t="s">
+        <v>113</v>
+      </c>
+      <c r="T8" t="s">
+        <v>48</v>
+      </c>
+      <c r="U8" t="s">
+        <v>49</v>
+      </c>
+      <c r="V8" t="s">
+        <v>50</v>
+      </c>
+      <c r="W8" t="s">
+        <v>119</v>
+      </c>
+      <c r="X8" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>119</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>80</v>
+      </c>
+      <c r="AA8" t="s">
         <v>115</v>
       </c>
-      <c r="M8" t="s">
-[...11 lines deleted...]
-      <c r="Q8" t="s">
+      <c r="AB8" t="s">
+        <v>59</v>
+      </c>
+      <c r="AC8" t="s">
         <v>116</v>
       </c>
-      <c r="R8" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="AD8" t="s">
-        <v>114</v>
+        <v>53</v>
       </c>
       <c r="AE8" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B9" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C9" t="s">
         <v>33</v>
       </c>
       <c r="D9" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E9" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F9" t="s">
         <v>36</v>
       </c>
       <c r="G9" t="s">
         <v>37</v>
       </c>
       <c r="H9" t="s">
-        <v>74</v>
+        <v>38</v>
       </c>
       <c r="I9" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="J9" t="s">
-        <v>123</v>
+        <v>124</v>
+      </c>
+      <c r="K9" t="s">
+        <v>41</v>
       </c>
       <c r="L9" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M9" t="s">
-        <v>64</v>
+        <v>43</v>
       </c>
       <c r="N9" t="s">
         <v>44</v>
       </c>
       <c r="O9" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="P9" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="Q9" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="R9" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="S9" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="T9" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="U9" t="s">
+        <v>49</v>
+      </c>
+      <c r="V9" t="s">
         <v>50</v>
       </c>
-      <c r="V9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W9" t="s">
-        <v>52</v>
+        <v>127</v>
       </c>
       <c r="X9" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="Y9" t="s">
-        <v>81</v>
+        <v>127</v>
       </c>
       <c r="Z9" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AA9" t="s">
-        <v>81</v>
+        <v>38</v>
       </c>
       <c r="AB9" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="AC9" t="s">
-        <v>75</v>
+        <v>124</v>
       </c>
       <c r="AD9" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B10" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E10" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="F10" t="s">
         <v>36</v>
       </c>
       <c r="G10" t="s">
         <v>37</v>
       </c>
       <c r="H10" t="s">
-        <v>74</v>
+        <v>38</v>
       </c>
       <c r="I10" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="J10" t="s">
-        <v>131</v>
+        <v>133</v>
+      </c>
+      <c r="K10" t="s">
+        <v>41</v>
       </c>
       <c r="L10" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="M10" t="s">
-        <v>64</v>
+        <v>43</v>
       </c>
       <c r="N10" t="s">
         <v>44</v>
       </c>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="P10" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="Q10" t="s">
+        <v>135</v>
+      </c>
+      <c r="R10" t="s">
+        <v>47</v>
+      </c>
+      <c r="S10" t="s">
+        <v>131</v>
+      </c>
+      <c r="T10" t="s">
+        <v>48</v>
+      </c>
+      <c r="U10" t="s">
+        <v>49</v>
+      </c>
+      <c r="V10" t="s">
+        <v>50</v>
+      </c>
+      <c r="W10" t="s">
+        <v>136</v>
+      </c>
+      <c r="X10" t="s">
+        <v>52</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>136</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>39</v>
+      </c>
+      <c r="AC10" t="s">
         <v>133</v>
       </c>
-      <c r="R10" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="AD10" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B11" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E11" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F11" t="s">
         <v>36</v>
       </c>
       <c r="G11" t="s">
         <v>37</v>
       </c>
       <c r="H11" t="s">
-        <v>74</v>
+        <v>38</v>
       </c>
       <c r="I11" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="J11" t="s">
-        <v>140</v>
+        <v>141</v>
+      </c>
+      <c r="K11" t="s">
+        <v>41</v>
       </c>
       <c r="L11" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M11" t="s">
-        <v>64</v>
+        <v>43</v>
       </c>
       <c r="N11" t="s">
-        <v>142</v>
+        <v>44</v>
       </c>
       <c r="O11" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="P11" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="Q11" t="s">
         <v>143</v>
       </c>
       <c r="R11" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="S11" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="T11" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="U11" t="s">
+        <v>49</v>
+      </c>
+      <c r="V11" t="s">
         <v>50</v>
       </c>
-      <c r="V11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W11" t="s">
-        <v>52</v>
+        <v>144</v>
       </c>
       <c r="X11" t="s">
+        <v>145</v>
+      </c>
+      <c r="Y11" t="s">
         <v>144</v>
       </c>
-      <c r="Y11" t="s">
+      <c r="Z11" t="s">
         <v>145</v>
       </c>
-      <c r="Z11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA11" t="s">
-        <v>145</v>
+        <v>38</v>
       </c>
       <c r="AB11" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="AC11" t="s">
-        <v>75</v>
+        <v>141</v>
       </c>
       <c r="AD11" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>146</v>
       </c>
       <c r="B12" t="s">
         <v>147</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
         <v>148</v>
       </c>
       <c r="E12" t="s">
         <v>149</v>
       </c>
       <c r="F12" t="s">
         <v>36</v>
       </c>
       <c r="G12" t="s">
         <v>37</v>
       </c>
       <c r="H12" t="s">
-        <v>74</v>
+        <v>150</v>
       </c>
       <c r="I12" t="s">
-        <v>75</v>
+        <v>151</v>
       </c>
       <c r="J12" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="K12" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="L12" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="M12" t="s">
+        <v>43</v>
+      </c>
+      <c r="N12" t="s">
+        <v>63</v>
+      </c>
+      <c r="O12" t="s">
         <v>64</v>
       </c>
-      <c r="N12" t="s">
-[...2 lines deleted...]
-      <c r="O12" t="s">
+      <c r="P12" t="s">
         <v>45</v>
       </c>
-      <c r="P12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q12" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="R12" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="S12" t="s">
         <v>148</v>
       </c>
       <c r="T12" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="U12" t="s">
+        <v>49</v>
+      </c>
+      <c r="V12" t="s">
         <v>50</v>
       </c>
-      <c r="V12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W12" t="s">
-        <v>52</v>
+        <v>156</v>
       </c>
       <c r="X12" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="Y12" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="Z12" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="AA12" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="AB12" t="s">
-        <v>74</v>
+        <v>151</v>
       </c>
       <c r="AC12" t="s">
-        <v>75</v>
+        <v>152</v>
       </c>
       <c r="AD12" t="s">
-        <v>150</v>
+        <v>53</v>
       </c>
       <c r="AE12" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B13" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="E13" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="F13" t="s">
         <v>36</v>
       </c>
       <c r="G13" t="s">
         <v>37</v>
       </c>
       <c r="H13" t="s">
-        <v>74</v>
+        <v>38</v>
       </c>
       <c r="I13" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="J13" t="s">
-        <v>159</v>
+        <v>162</v>
+      </c>
+      <c r="K13" t="s">
+        <v>163</v>
       </c>
       <c r="L13" t="s">
+        <v>164</v>
+      </c>
+      <c r="M13" t="s">
+        <v>43</v>
+      </c>
+      <c r="N13" t="s">
+        <v>44</v>
+      </c>
+      <c r="O13" t="s">
+        <v>44</v>
+      </c>
+      <c r="P13" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>165</v>
+      </c>
+      <c r="R13" t="s">
+        <v>47</v>
+      </c>
+      <c r="S13" t="s">
         <v>160</v>
       </c>
-      <c r="M13" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="T13" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="U13" t="s">
+        <v>49</v>
+      </c>
+      <c r="V13" t="s">
         <v>50</v>
       </c>
-      <c r="V13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W13" t="s">
-        <v>52</v>
+        <v>166</v>
       </c>
       <c r="X13" t="s">
+        <v>167</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>166</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>167</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>39</v>
+      </c>
+      <c r="AC13" t="s">
         <v>162</v>
       </c>
-      <c r="Y13" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="AD13" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="B14" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="E14" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="F14" t="s">
         <v>36</v>
       </c>
       <c r="G14" t="s">
         <v>37</v>
       </c>
       <c r="H14" t="s">
-        <v>74</v>
+        <v>38</v>
       </c>
       <c r="I14" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="J14" t="s">
+        <v>172</v>
+      </c>
+      <c r="K14" t="s">
+        <v>163</v>
+      </c>
+      <c r="L14" t="s">
+        <v>173</v>
+      </c>
+      <c r="M14" t="s">
+        <v>43</v>
+      </c>
+      <c r="N14" t="s">
+        <v>44</v>
+      </c>
+      <c r="O14" t="s">
+        <v>44</v>
+      </c>
+      <c r="P14" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>174</v>
+      </c>
+      <c r="R14" t="s">
+        <v>47</v>
+      </c>
+      <c r="S14" t="s">
+        <v>170</v>
+      </c>
+      <c r="T14" t="s">
+        <v>48</v>
+      </c>
+      <c r="U14" t="s">
+        <v>49</v>
+      </c>
+      <c r="V14" t="s">
+        <v>50</v>
+      </c>
+      <c r="W14" t="s">
+        <v>175</v>
+      </c>
+      <c r="X14" t="s">
         <v>167</v>
       </c>
-      <c r="L14" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Y14" t="s">
-        <v>98</v>
+        <v>175</v>
       </c>
       <c r="Z14" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="AA14" t="s">
-        <v>98</v>
+        <v>38</v>
       </c>
       <c r="AB14" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="AC14" t="s">
-        <v>75</v>
+        <v>172</v>
       </c>
       <c r="AD14" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="B15" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="C15" t="s">
         <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="E15" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="F15" t="s">
         <v>36</v>
       </c>
       <c r="G15" t="s">
         <v>37</v>
       </c>
       <c r="H15" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="I15" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="J15" t="s">
-        <v>175</v>
+        <v>180</v>
+      </c>
+      <c r="K15" t="s">
+        <v>163</v>
       </c>
       <c r="L15" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="M15" t="s">
-        <v>64</v>
+        <v>43</v>
       </c>
       <c r="N15" t="s">
-        <v>142</v>
+        <v>44</v>
       </c>
       <c r="O15" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="P15" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="Q15" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="R15" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="S15" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="T15" t="s">
-        <v>67</v>
+        <v>183</v>
       </c>
       <c r="U15" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="V15" t="s">
-        <v>51</v>
+        <v>184</v>
       </c>
       <c r="W15" t="s">
-        <v>52</v>
+        <v>185</v>
       </c>
       <c r="X15" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="Y15" t="s">
-        <v>98</v>
+        <v>185</v>
       </c>
       <c r="Z15" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="AA15" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="AB15" t="s">
-        <v>74</v>
+        <v>86</v>
       </c>
       <c r="AC15" t="s">
-        <v>75</v>
+        <v>180</v>
       </c>
       <c r="AD15" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="B16" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="C16" t="s">
         <v>33</v>
       </c>
       <c r="D16" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="E16" t="s">
-        <v>182</v>
+        <v>190</v>
       </c>
       <c r="F16" t="s">
         <v>36</v>
       </c>
       <c r="G16" t="s">
         <v>37</v>
       </c>
       <c r="H16" t="s">
-        <v>183</v>
+        <v>38</v>
       </c>
       <c r="I16" t="s">
         <v>39</v>
       </c>
       <c r="J16" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="K16" t="s">
-        <v>41</v>
+        <v>163</v>
       </c>
       <c r="L16" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="M16" t="s">
-        <v>186</v>
+        <v>43</v>
       </c>
       <c r="N16" t="s">
         <v>44</v>
       </c>
       <c r="O16" t="s">
+        <v>44</v>
+      </c>
+      <c r="P16" t="s">
         <v>45</v>
       </c>
-      <c r="P16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q16" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="R16" t="s">
+        <v>47</v>
+      </c>
+      <c r="S16" t="s">
+        <v>189</v>
+      </c>
+      <c r="T16" t="s">
         <v>48</v>
       </c>
-      <c r="S16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U16" t="s">
+        <v>49</v>
+      </c>
+      <c r="V16" t="s">
         <v>50</v>
       </c>
-      <c r="V16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W16" t="s">
-        <v>52</v>
+        <v>194</v>
       </c>
       <c r="X16" t="s">
-        <v>189</v>
+        <v>110</v>
       </c>
       <c r="Y16" t="s">
-        <v>154</v>
+        <v>194</v>
       </c>
       <c r="Z16" t="s">
-        <v>189</v>
+        <v>110</v>
       </c>
       <c r="AA16" t="s">
-        <v>154</v>
+        <v>38</v>
       </c>
       <c r="AB16" t="s">
-        <v>183</v>
+        <v>39</v>
       </c>
       <c r="AC16" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="AD16" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B17" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C17" t="s">
         <v>33</v>
       </c>
       <c r="D17" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="E17" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="F17" t="s">
         <v>36</v>
       </c>
       <c r="G17" t="s">
         <v>37</v>
       </c>
       <c r="H17" t="s">
-        <v>194</v>
+        <v>38</v>
       </c>
       <c r="I17" t="s">
-        <v>195</v>
+        <v>39</v>
       </c>
       <c r="J17" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="K17" t="s">
         <v>41</v>
       </c>
       <c r="L17" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="M17" t="s">
         <v>43</v>
       </c>
       <c r="N17" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="O17" t="s">
+        <v>64</v>
+      </c>
+      <c r="P17" t="s">
         <v>45</v>
       </c>
-      <c r="P17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q17" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="R17" t="s">
+        <v>47</v>
+      </c>
+      <c r="S17" t="s">
+        <v>197</v>
+      </c>
+      <c r="T17" t="s">
         <v>48</v>
       </c>
-      <c r="S17" t="s">
-[...2 lines deleted...]
-      <c r="T17" t="s">
+      <c r="U17" t="s">
         <v>49</v>
       </c>
-      <c r="U17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V17" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W17" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="X17" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="Y17" t="s">
         <v>202</v>
       </c>
       <c r="Z17" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="AA17" t="s">
-        <v>202</v>
+        <v>38</v>
       </c>
       <c r="AB17" t="s">
-        <v>194</v>
+        <v>39</v>
       </c>
       <c r="AC17" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="AD17" t="s">
-        <v>196</v>
+        <v>53</v>
       </c>
       <c r="AE17" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B18" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C18" t="s">
         <v>33</v>
       </c>
       <c r="D18" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E18" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F18" t="s">
         <v>36</v>
       </c>
       <c r="G18" t="s">
         <v>37</v>
       </c>
       <c r="H18" t="s">
-        <v>207</v>
+        <v>38</v>
       </c>
       <c r="I18" t="s">
         <v>39</v>
       </c>
       <c r="J18" t="s">
         <v>208</v>
       </c>
       <c r="K18" t="s">
-        <v>41</v>
+        <v>163</v>
       </c>
       <c r="L18" t="s">
         <v>209</v>
       </c>
       <c r="M18" t="s">
+        <v>43</v>
+      </c>
+      <c r="N18" t="s">
+        <v>44</v>
+      </c>
+      <c r="O18" t="s">
+        <v>44</v>
+      </c>
+      <c r="P18" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q18" t="s">
         <v>210</v>
       </c>
-      <c r="N18" t="s">
+      <c r="R18" t="s">
+        <v>47</v>
+      </c>
+      <c r="S18" t="s">
+        <v>206</v>
+      </c>
+      <c r="T18" t="s">
+        <v>48</v>
+      </c>
+      <c r="U18" t="s">
+        <v>49</v>
+      </c>
+      <c r="V18" t="s">
+        <v>50</v>
+      </c>
+      <c r="W18" t="s">
         <v>211</v>
       </c>
-      <c r="O18" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="X18" t="s">
-        <v>214</v>
+        <v>110</v>
       </c>
       <c r="Y18" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="Z18" t="s">
-        <v>214</v>
+        <v>110</v>
       </c>
       <c r="AA18" t="s">
-        <v>215</v>
+        <v>38</v>
       </c>
       <c r="AB18" t="s">
-        <v>207</v>
+        <v>39</v>
       </c>
       <c r="AC18" t="s">
-        <v>39</v>
+        <v>208</v>
       </c>
       <c r="AD18" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="B19" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="C19" t="s">
         <v>33</v>
       </c>
       <c r="D19" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="E19" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="F19" t="s">
         <v>36</v>
       </c>
       <c r="G19" t="s">
         <v>37</v>
       </c>
       <c r="H19" t="s">
+        <v>216</v>
+      </c>
+      <c r="I19" t="s">
+        <v>59</v>
+      </c>
+      <c r="J19" t="s">
+        <v>217</v>
+      </c>
+      <c r="K19" t="s">
+        <v>41</v>
+      </c>
+      <c r="L19" t="s">
+        <v>218</v>
+      </c>
+      <c r="M19" t="s">
+        <v>219</v>
+      </c>
+      <c r="N19" t="s">
+        <v>63</v>
+      </c>
+      <c r="O19" t="s">
+        <v>64</v>
+      </c>
+      <c r="P19" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q19" t="s">
         <v>220</v>
       </c>
-      <c r="I19" t="s">
+      <c r="R19" t="s">
         <v>221</v>
       </c>
-      <c r="J19" t="s">
+      <c r="S19" t="s">
+        <v>214</v>
+      </c>
+      <c r="T19" t="s">
+        <v>48</v>
+      </c>
+      <c r="U19" t="s">
+        <v>49</v>
+      </c>
+      <c r="V19" t="s">
+        <v>50</v>
+      </c>
+      <c r="W19" t="s">
         <v>222</v>
       </c>
-      <c r="K19" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="X19" t="s">
-        <v>229</v>
+        <v>203</v>
       </c>
       <c r="Y19" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="Z19" t="s">
-        <v>229</v>
+        <v>203</v>
       </c>
       <c r="AA19" t="s">
-        <v>230</v>
+        <v>216</v>
       </c>
       <c r="AB19" t="s">
-        <v>220</v>
+        <v>59</v>
       </c>
       <c r="AC19" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="AD19" t="s">
-        <v>222</v>
+        <v>53</v>
       </c>
       <c r="AE19" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="B20" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="C20" t="s">
         <v>33</v>
       </c>
       <c r="D20" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="E20" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="F20" t="s">
         <v>36</v>
       </c>
       <c r="G20" t="s">
         <v>37</v>
       </c>
       <c r="H20" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="I20" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="J20" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="K20" t="s">
         <v>41</v>
       </c>
       <c r="L20" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="M20" t="s">
-        <v>186</v>
+        <v>219</v>
       </c>
       <c r="N20" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="O20" t="s">
+        <v>64</v>
+      </c>
+      <c r="P20" t="s">
         <v>45</v>
       </c>
-      <c r="P20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q20" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="R20" t="s">
+        <v>221</v>
+      </c>
+      <c r="S20" t="s">
+        <v>225</v>
+      </c>
+      <c r="T20" t="s">
         <v>48</v>
       </c>
-      <c r="S20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U20" t="s">
+        <v>49</v>
+      </c>
+      <c r="V20" t="s">
         <v>50</v>
       </c>
-      <c r="V20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W20" t="s">
-        <v>52</v>
+        <v>230</v>
       </c>
       <c r="X20" t="s">
-        <v>238</v>
+        <v>203</v>
       </c>
       <c r="Y20" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="Z20" t="s">
-        <v>238</v>
+        <v>203</v>
       </c>
       <c r="AA20" t="s">
-        <v>239</v>
+        <v>216</v>
       </c>
       <c r="AB20" t="s">
-        <v>207</v>
+        <v>59</v>
       </c>
       <c r="AC20" t="s">
-        <v>39</v>
+        <v>227</v>
       </c>
       <c r="AD20" t="s">
-        <v>235</v>
+        <v>53</v>
       </c>
       <c r="AE20" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="B21" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="C21" t="s">
         <v>33</v>
       </c>
       <c r="D21" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="E21" t="s">
-        <v>243</v>
+        <v>234</v>
       </c>
       <c r="F21" t="s">
         <v>36</v>
       </c>
       <c r="G21" t="s">
         <v>37</v>
       </c>
       <c r="H21" t="s">
-        <v>183</v>
+        <v>58</v>
       </c>
       <c r="I21" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="J21" t="s">
-        <v>244</v>
+        <v>235</v>
       </c>
       <c r="K21" t="s">
         <v>41</v>
       </c>
       <c r="L21" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="M21" t="s">
-        <v>186</v>
+        <v>62</v>
       </c>
       <c r="N21" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="O21" t="s">
+        <v>64</v>
+      </c>
+      <c r="P21" t="s">
         <v>45</v>
       </c>
-      <c r="P21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q21" t="s">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="R21" t="s">
+        <v>66</v>
+      </c>
+      <c r="S21" t="s">
+        <v>233</v>
+      </c>
+      <c r="T21" t="s">
         <v>48</v>
       </c>
-      <c r="S21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U21" t="s">
+        <v>49</v>
+      </c>
+      <c r="V21" t="s">
         <v>50</v>
       </c>
-      <c r="V21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W21" t="s">
-        <v>52</v>
+        <v>238</v>
       </c>
       <c r="X21" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="Y21" t="s">
-        <v>154</v>
+        <v>238</v>
       </c>
       <c r="Z21" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="AA21" t="s">
-        <v>154</v>
+        <v>58</v>
       </c>
       <c r="AB21" t="s">
-        <v>183</v>
+        <v>59</v>
       </c>
       <c r="AC21" t="s">
-        <v>39</v>
+        <v>235</v>
       </c>
       <c r="AD21" t="s">
-        <v>244</v>
+        <v>53</v>
       </c>
       <c r="AE21" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="B22" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
       <c r="C22" t="s">
         <v>33</v>
       </c>
       <c r="D22" t="s">
-        <v>250</v>
+        <v>242</v>
       </c>
       <c r="E22" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="F22" t="s">
         <v>36</v>
       </c>
       <c r="G22" t="s">
         <v>37</v>
       </c>
       <c r="H22" t="s">
-        <v>183</v>
+        <v>244</v>
       </c>
       <c r="I22" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="J22" t="s">
-        <v>252</v>
+        <v>245</v>
       </c>
       <c r="K22" t="s">
         <v>41</v>
       </c>
       <c r="L22" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="M22" t="s">
-        <v>186</v>
+        <v>43</v>
       </c>
       <c r="N22" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="O22" t="s">
+        <v>64</v>
+      </c>
+      <c r="P22" t="s">
         <v>45</v>
       </c>
-      <c r="P22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q22" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="R22" t="s">
+        <v>47</v>
+      </c>
+      <c r="S22" t="s">
+        <v>242</v>
+      </c>
+      <c r="T22" t="s">
         <v>48</v>
       </c>
-      <c r="S22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U22" t="s">
+        <v>49</v>
+      </c>
+      <c r="V22" t="s">
         <v>50</v>
       </c>
-      <c r="V22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W22" t="s">
-        <v>52</v>
+        <v>248</v>
       </c>
       <c r="X22" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="Y22" t="s">
-        <v>256</v>
+        <v>248</v>
       </c>
       <c r="Z22" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="AA22" t="s">
-        <v>256</v>
+        <v>244</v>
       </c>
       <c r="AB22" t="s">
-        <v>183</v>
+        <v>59</v>
       </c>
       <c r="AC22" t="s">
-        <v>39</v>
+        <v>245</v>
       </c>
       <c r="AD22" t="s">
-        <v>252</v>
+        <v>53</v>
       </c>
       <c r="AE22" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="B23" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="C23" t="s">
         <v>33</v>
       </c>
       <c r="D23" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="E23" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="F23" t="s">
         <v>36</v>
       </c>
       <c r="G23" t="s">
         <v>37</v>
       </c>
       <c r="H23" t="s">
-        <v>261</v>
+        <v>216</v>
       </c>
       <c r="I23" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="J23" t="s">
-        <v>262</v>
+        <v>254</v>
       </c>
       <c r="K23" t="s">
         <v>41</v>
       </c>
       <c r="L23" t="s">
-        <v>263</v>
+        <v>246</v>
       </c>
       <c r="M23" t="s">
+        <v>219</v>
+      </c>
+      <c r="N23" t="s">
+        <v>63</v>
+      </c>
+      <c r="O23" t="s">
         <v>64</v>
       </c>
-      <c r="N23" t="s">
-[...2 lines deleted...]
-      <c r="O23" t="s">
+      <c r="P23" t="s">
         <v>45</v>
       </c>
-      <c r="P23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q23" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="R23" t="s">
+        <v>221</v>
+      </c>
+      <c r="S23" t="s">
+        <v>252</v>
+      </c>
+      <c r="T23" t="s">
         <v>48</v>
       </c>
-      <c r="S23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U23" t="s">
+        <v>49</v>
+      </c>
+      <c r="V23" t="s">
         <v>50</v>
       </c>
-      <c r="V23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W23" t="s">
-        <v>52</v>
+        <v>256</v>
       </c>
       <c r="X23" t="s">
-        <v>265</v>
+        <v>257</v>
       </c>
       <c r="Y23" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="Z23" t="s">
-        <v>265</v>
+        <v>257</v>
       </c>
       <c r="AA23" t="s">
-        <v>266</v>
+        <v>216</v>
       </c>
       <c r="AB23" t="s">
-        <v>261</v>
+        <v>59</v>
       </c>
       <c r="AC23" t="s">
-        <v>39</v>
+        <v>254</v>
       </c>
       <c r="AD23" t="s">
-        <v>262</v>
+        <v>53</v>
       </c>
       <c r="AE23" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="B24" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="C24" t="s">
         <v>33</v>
       </c>
       <c r="D24" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="E24" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F24" t="s">
         <v>36</v>
       </c>
       <c r="G24" t="s">
         <v>37</v>
       </c>
       <c r="H24" t="s">
-        <v>271</v>
+        <v>85</v>
       </c>
       <c r="I24" t="s">
-        <v>272</v>
+        <v>86</v>
       </c>
       <c r="J24" t="s">
-        <v>273</v>
+        <v>262</v>
       </c>
       <c r="K24" t="s">
         <v>41</v>
       </c>
       <c r="L24" t="s">
-        <v>274</v>
+        <v>263</v>
       </c>
       <c r="M24" t="s">
+        <v>62</v>
+      </c>
+      <c r="N24" t="s">
+        <v>63</v>
+      </c>
+      <c r="O24" t="s">
         <v>64</v>
       </c>
-      <c r="N24" t="s">
-[...2 lines deleted...]
-      <c r="O24" t="s">
+      <c r="P24" t="s">
         <v>45</v>
       </c>
-      <c r="P24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q24" t="s">
-        <v>275</v>
+        <v>264</v>
       </c>
       <c r="R24" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="S24" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="T24" t="s">
-        <v>67</v>
+        <v>265</v>
       </c>
       <c r="U24" t="s">
-        <v>227</v>
+        <v>49</v>
       </c>
       <c r="V24" t="s">
-        <v>51</v>
+        <v>266</v>
       </c>
       <c r="W24" t="s">
-        <v>228</v>
+        <v>267</v>
       </c>
       <c r="X24" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="Y24" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
       <c r="Z24" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="AA24" t="s">
-        <v>277</v>
+        <v>85</v>
       </c>
       <c r="AB24" t="s">
-        <v>271</v>
+        <v>86</v>
       </c>
       <c r="AC24" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="AD24" t="s">
-        <v>273</v>
+        <v>53</v>
       </c>
       <c r="AE24" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
       <c r="B25" t="s">
-        <v>279</v>
+        <v>270</v>
       </c>
       <c r="C25" t="s">
         <v>33</v>
       </c>
       <c r="D25" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="E25" t="s">
-        <v>281</v>
+        <v>272</v>
       </c>
       <c r="F25" t="s">
         <v>36</v>
       </c>
       <c r="G25" t="s">
         <v>37</v>
       </c>
       <c r="H25" t="s">
-        <v>282</v>
+        <v>273</v>
       </c>
       <c r="I25" t="s">
-        <v>39</v>
+        <v>274</v>
       </c>
       <c r="J25" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="K25" t="s">
         <v>41</v>
       </c>
       <c r="L25" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="M25" t="s">
         <v>43</v>
       </c>
       <c r="N25" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="O25" t="s">
+        <v>64</v>
+      </c>
+      <c r="P25" t="s">
         <v>45</v>
       </c>
-      <c r="P25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q25" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c r="R25" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="S25" t="s">
+        <v>271</v>
+      </c>
+      <c r="T25" t="s">
+        <v>278</v>
+      </c>
+      <c r="U25" t="s">
+        <v>49</v>
+      </c>
+      <c r="V25" t="s">
+        <v>279</v>
+      </c>
+      <c r="W25" t="s">
         <v>280</v>
       </c>
-      <c r="T25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="X25" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="Y25" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="Z25" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="AA25" t="s">
-        <v>287</v>
+        <v>273</v>
       </c>
       <c r="AB25" t="s">
-        <v>282</v>
+        <v>274</v>
       </c>
       <c r="AC25" t="s">
-        <v>39</v>
+        <v>275</v>
       </c>
       <c r="AD25" t="s">
-        <v>283</v>
+        <v>53</v>
       </c>
       <c r="AE25" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="B26" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="C26" t="s">
         <v>33</v>
       </c>
       <c r="D26" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="E26" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="F26" t="s">
         <v>36</v>
       </c>
       <c r="G26" t="s">
         <v>37</v>
       </c>
       <c r="H26" t="s">
-        <v>194</v>
+        <v>286</v>
       </c>
       <c r="I26" t="s">
-        <v>195</v>
+        <v>59</v>
       </c>
       <c r="J26" t="s">
-        <v>292</v>
+        <v>287</v>
+      </c>
+      <c r="K26" t="s">
+        <v>41</v>
       </c>
       <c r="L26" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="M26" t="s">
+        <v>62</v>
+      </c>
+      <c r="N26" t="s">
+        <v>63</v>
+      </c>
+      <c r="O26" t="s">
         <v>64</v>
       </c>
-      <c r="N26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P26" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="Q26" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="R26" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="S26" t="s">
+        <v>284</v>
+      </c>
+      <c r="T26" t="s">
+        <v>48</v>
+      </c>
+      <c r="U26" t="s">
+        <v>49</v>
+      </c>
+      <c r="V26" t="s">
+        <v>50</v>
+      </c>
+      <c r="W26" t="s">
         <v>290</v>
       </c>
-      <c r="T26" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="X26" t="s">
-        <v>297</v>
+        <v>185</v>
       </c>
       <c r="Y26" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="Z26" t="s">
-        <v>297</v>
+        <v>185</v>
       </c>
       <c r="AA26" t="s">
-        <v>298</v>
+        <v>286</v>
       </c>
       <c r="AB26" t="s">
-        <v>194</v>
+        <v>59</v>
       </c>
       <c r="AC26" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="AD26" t="s">
-        <v>292</v>
+        <v>53</v>
       </c>
       <c r="AE26" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="B27" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="C27" t="s">
         <v>33</v>
       </c>
       <c r="D27" t="s">
-        <v>301</v>
+        <v>293</v>
       </c>
       <c r="E27" t="s">
-        <v>302</v>
+        <v>294</v>
       </c>
       <c r="F27" t="s">
         <v>36</v>
       </c>
       <c r="G27" t="s">
         <v>37</v>
       </c>
       <c r="H27" t="s">
-        <v>282</v>
+        <v>295</v>
       </c>
       <c r="I27" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="J27" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="K27" t="s">
         <v>41</v>
       </c>
       <c r="L27" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="M27" t="s">
+        <v>43</v>
+      </c>
+      <c r="N27" t="s">
+        <v>63</v>
+      </c>
+      <c r="O27" t="s">
         <v>64</v>
       </c>
-      <c r="N27" t="s">
-[...2 lines deleted...]
-      <c r="O27" t="s">
+      <c r="P27" t="s">
         <v>45</v>
       </c>
-      <c r="P27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q27" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="R27" t="s">
+        <v>47</v>
+      </c>
+      <c r="S27" t="s">
+        <v>293</v>
+      </c>
+      <c r="T27" t="s">
         <v>48</v>
       </c>
-      <c r="S27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U27" t="s">
+        <v>49</v>
+      </c>
+      <c r="V27" t="s">
         <v>50</v>
       </c>
-      <c r="V27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W27" t="s">
-        <v>52</v>
+        <v>299</v>
       </c>
       <c r="X27" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="Y27" t="s">
-        <v>145</v>
+        <v>299</v>
       </c>
       <c r="Z27" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="AA27" t="s">
-        <v>145</v>
+        <v>295</v>
       </c>
       <c r="AB27" t="s">
-        <v>282</v>
+        <v>59</v>
       </c>
       <c r="AC27" t="s">
-        <v>39</v>
+        <v>296</v>
       </c>
       <c r="AD27" t="s">
-        <v>303</v>
+        <v>53</v>
       </c>
       <c r="AE27" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="B28" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="C28" t="s">
         <v>33</v>
       </c>
       <c r="D28" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="E28" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="F28" t="s">
         <v>36</v>
       </c>
       <c r="G28" t="s">
         <v>37</v>
       </c>
       <c r="H28" t="s">
-        <v>311</v>
+        <v>286</v>
       </c>
       <c r="I28" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="J28" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
       <c r="K28" t="s">
         <v>41</v>
       </c>
       <c r="L28" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="M28" t="s">
         <v>43</v>
       </c>
       <c r="N28" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="O28" t="s">
+        <v>64</v>
+      </c>
+      <c r="P28" t="s">
         <v>45</v>
       </c>
-      <c r="P28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q28" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="R28" t="s">
+        <v>47</v>
+      </c>
+      <c r="S28" t="s">
+        <v>303</v>
+      </c>
+      <c r="T28" t="s">
         <v>48</v>
       </c>
-      <c r="S28" t="s">
-[...2 lines deleted...]
-      <c r="T28" t="s">
+      <c r="U28" t="s">
         <v>49</v>
       </c>
-      <c r="U28" t="s">
+      <c r="V28" t="s">
         <v>50</v>
       </c>
-      <c r="V28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W28" t="s">
-        <v>52</v>
+        <v>308</v>
       </c>
       <c r="X28" t="s">
-        <v>315</v>
+        <v>167</v>
       </c>
       <c r="Y28" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="Z28" t="s">
-        <v>315</v>
+        <v>167</v>
       </c>
       <c r="AA28" t="s">
-        <v>316</v>
+        <v>286</v>
       </c>
       <c r="AB28" t="s">
-        <v>311</v>
+        <v>59</v>
       </c>
       <c r="AC28" t="s">
-        <v>39</v>
+        <v>305</v>
       </c>
       <c r="AD28" t="s">
-        <v>312</v>
+        <v>53</v>
       </c>
       <c r="AE28" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>317</v>
+        <v>309</v>
       </c>
       <c r="B29" t="s">
-        <v>318</v>
+        <v>310</v>
       </c>
       <c r="C29" t="s">
         <v>33</v>
       </c>
       <c r="D29" t="s">
-        <v>319</v>
+        <v>311</v>
       </c>
       <c r="E29" t="s">
-        <v>320</v>
+        <v>312</v>
       </c>
       <c r="F29" t="s">
         <v>36</v>
       </c>
       <c r="G29" t="s">
         <v>37</v>
       </c>
       <c r="H29" t="s">
-        <v>321</v>
+        <v>313</v>
       </c>
       <c r="I29" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="J29" t="s">
-        <v>322</v>
+        <v>314</v>
       </c>
       <c r="K29" t="s">
         <v>41</v>
       </c>
       <c r="L29" t="s">
-        <v>323</v>
+        <v>315</v>
       </c>
       <c r="M29" t="s">
+        <v>62</v>
+      </c>
+      <c r="N29" t="s">
+        <v>63</v>
+      </c>
+      <c r="O29" t="s">
         <v>64</v>
       </c>
-      <c r="N29" t="s">
-[...2 lines deleted...]
-      <c r="O29" t="s">
+      <c r="P29" t="s">
         <v>45</v>
       </c>
-      <c r="P29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q29" t="s">
-        <v>324</v>
+        <v>316</v>
       </c>
       <c r="R29" t="s">
+        <v>78</v>
+      </c>
+      <c r="S29" t="s">
+        <v>311</v>
+      </c>
+      <c r="T29" t="s">
         <v>48</v>
       </c>
-      <c r="S29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U29" t="s">
+        <v>49</v>
+      </c>
+      <c r="V29" t="s">
         <v>50</v>
       </c>
-      <c r="V29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W29" t="s">
-        <v>52</v>
+        <v>317</v>
       </c>
       <c r="X29" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="Y29" t="s">
-        <v>326</v>
+        <v>317</v>
       </c>
       <c r="Z29" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="AA29" t="s">
-        <v>326</v>
+        <v>313</v>
       </c>
       <c r="AB29" t="s">
-        <v>321</v>
+        <v>59</v>
       </c>
       <c r="AC29" t="s">
-        <v>39</v>
+        <v>314</v>
       </c>
       <c r="AD29" t="s">
-        <v>322</v>
+        <v>53</v>
       </c>
       <c r="AE29" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="B30" t="s">
-        <v>328</v>
+        <v>320</v>
       </c>
       <c r="C30" t="s">
         <v>33</v>
       </c>
       <c r="D30" t="s">
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="E30" t="s">
-        <v>330</v>
+        <v>322</v>
       </c>
       <c r="F30" t="s">
         <v>36</v>
       </c>
       <c r="G30" t="s">
         <v>37</v>
       </c>
       <c r="H30" t="s">
-        <v>311</v>
+        <v>323</v>
       </c>
       <c r="I30" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="J30" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="K30" t="s">
         <v>41</v>
       </c>
       <c r="L30" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="M30" t="s">
+        <v>219</v>
+      </c>
+      <c r="N30" t="s">
+        <v>63</v>
+      </c>
+      <c r="O30" t="s">
         <v>64</v>
       </c>
-      <c r="N30" t="s">
-[...2 lines deleted...]
-      <c r="O30" t="s">
+      <c r="P30" t="s">
         <v>45</v>
       </c>
-      <c r="P30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q30" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
       <c r="R30" t="s">
+        <v>221</v>
+      </c>
+      <c r="S30" t="s">
+        <v>321</v>
+      </c>
+      <c r="T30" t="s">
         <v>48</v>
       </c>
-      <c r="S30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U30" t="s">
+        <v>49</v>
+      </c>
+      <c r="V30" t="s">
         <v>50</v>
       </c>
-      <c r="V30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W30" t="s">
-        <v>52</v>
+        <v>327</v>
       </c>
       <c r="X30" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="Y30" t="s">
-        <v>215</v>
+        <v>327</v>
       </c>
       <c r="Z30" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="AA30" t="s">
-        <v>215</v>
+        <v>323</v>
       </c>
       <c r="AB30" t="s">
-        <v>311</v>
+        <v>59</v>
       </c>
       <c r="AC30" t="s">
-        <v>39</v>
+        <v>324</v>
       </c>
       <c r="AD30" t="s">
-        <v>331</v>
+        <v>53</v>
       </c>
       <c r="AE30" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="B31" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="C31" t="s">
         <v>33</v>
       </c>
       <c r="D31" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="E31" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="F31" t="s">
         <v>36</v>
       </c>
       <c r="G31" t="s">
         <v>37</v>
       </c>
       <c r="H31" t="s">
-        <v>194</v>
+        <v>313</v>
       </c>
       <c r="I31" t="s">
-        <v>195</v>
+        <v>59</v>
       </c>
       <c r="J31" t="s">
-        <v>339</v>
+        <v>333</v>
+      </c>
+      <c r="K31" t="s">
+        <v>41</v>
       </c>
       <c r="L31" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="M31" t="s">
+        <v>43</v>
+      </c>
+      <c r="N31" t="s">
+        <v>63</v>
+      </c>
+      <c r="O31" t="s">
         <v>64</v>
       </c>
-      <c r="N31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P31" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="Q31" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="R31" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="S31" t="s">
+        <v>331</v>
+      </c>
+      <c r="T31" t="s">
+        <v>48</v>
+      </c>
+      <c r="U31" t="s">
+        <v>49</v>
+      </c>
+      <c r="V31" t="s">
+        <v>50</v>
+      </c>
+      <c r="W31" t="s">
+        <v>336</v>
+      </c>
+      <c r="X31" t="s">
         <v>337</v>
       </c>
-      <c r="T31" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="Y31" t="s">
-        <v>202</v>
+        <v>336</v>
       </c>
       <c r="Z31" t="s">
-        <v>189</v>
+        <v>337</v>
       </c>
       <c r="AA31" t="s">
-        <v>202</v>
+        <v>313</v>
       </c>
       <c r="AB31" t="s">
-        <v>194</v>
+        <v>59</v>
       </c>
       <c r="AC31" t="s">
-        <v>195</v>
+        <v>333</v>
       </c>
       <c r="AD31" t="s">
-        <v>339</v>
+        <v>53</v>
       </c>
       <c r="AE31" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="B32" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="C32" t="s">
         <v>33</v>
       </c>
       <c r="D32" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="E32" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="F32" t="s">
         <v>36</v>
       </c>
       <c r="G32" t="s">
         <v>37</v>
       </c>
       <c r="H32" t="s">
-        <v>207</v>
+        <v>58</v>
       </c>
       <c r="I32" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="J32" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="K32" t="s">
         <v>41</v>
       </c>
       <c r="L32" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="M32" t="s">
-        <v>186</v>
+        <v>43</v>
       </c>
       <c r="N32" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="O32" t="s">
+        <v>64</v>
+      </c>
+      <c r="P32" t="s">
         <v>45</v>
       </c>
-      <c r="P32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q32" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="R32" t="s">
+        <v>47</v>
+      </c>
+      <c r="S32" t="s">
+        <v>340</v>
+      </c>
+      <c r="T32" t="s">
         <v>48</v>
       </c>
-      <c r="S32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U32" t="s">
+        <v>49</v>
+      </c>
+      <c r="V32" t="s">
         <v>50</v>
       </c>
-      <c r="V32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W32" t="s">
-        <v>52</v>
+        <v>345</v>
       </c>
       <c r="X32" t="s">
-        <v>351</v>
+        <v>318</v>
       </c>
       <c r="Y32" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
       <c r="Z32" t="s">
-        <v>351</v>
+        <v>318</v>
       </c>
       <c r="AA32" t="s">
-        <v>352</v>
+        <v>58</v>
       </c>
       <c r="AB32" t="s">
-        <v>207</v>
+        <v>59</v>
       </c>
       <c r="AC32" t="s">
-        <v>39</v>
+        <v>342</v>
       </c>
       <c r="AD32" t="s">
-        <v>348</v>
+        <v>53</v>
       </c>
       <c r="AE32" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="B33" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
       <c r="C33" t="s">
         <v>33</v>
       </c>
       <c r="D33" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
       <c r="E33" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="F33" t="s">
         <v>36</v>
       </c>
       <c r="G33" t="s">
         <v>37</v>
       </c>
       <c r="H33" t="s">
-        <v>357</v>
+        <v>323</v>
       </c>
       <c r="I33" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="J33" t="s">
-        <v>358</v>
+        <v>350</v>
       </c>
       <c r="K33" t="s">
-        <v>41</v>
+        <v>351</v>
       </c>
       <c r="L33" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="M33" t="s">
+        <v>43</v>
+      </c>
+      <c r="N33" t="s">
+        <v>63</v>
+      </c>
+      <c r="O33" t="s">
         <v>64</v>
       </c>
-      <c r="N33" t="s">
-[...2 lines deleted...]
-      <c r="O33" t="s">
+      <c r="P33" t="s">
         <v>45</v>
       </c>
-      <c r="P33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q33" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="R33" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="S33" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
       <c r="T33" t="s">
-        <v>67</v>
+        <v>183</v>
       </c>
       <c r="U33" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="V33" t="s">
-        <v>51</v>
+        <v>184</v>
       </c>
       <c r="W33" t="s">
+        <v>354</v>
+      </c>
+      <c r="X33" t="s">
         <v>52</v>
       </c>
-      <c r="X33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y33" t="s">
-        <v>54</v>
+        <v>354</v>
       </c>
       <c r="Z33" t="s">
-        <v>361</v>
+        <v>52</v>
       </c>
       <c r="AA33" t="s">
-        <v>54</v>
+        <v>323</v>
       </c>
       <c r="AB33" t="s">
-        <v>357</v>
+        <v>59</v>
       </c>
       <c r="AC33" t="s">
-        <v>39</v>
+        <v>350</v>
       </c>
       <c r="AD33" t="s">
-        <v>358</v>
+        <v>53</v>
       </c>
       <c r="AE33" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="B34" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="C34" t="s">
         <v>33</v>
       </c>
       <c r="D34" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="E34" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
       <c r="F34" t="s">
         <v>36</v>
       </c>
       <c r="G34" t="s">
         <v>37</v>
       </c>
       <c r="H34" t="s">
-        <v>207</v>
+        <v>244</v>
       </c>
       <c r="I34" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="J34" t="s">
-        <v>366</v>
+        <v>359</v>
       </c>
       <c r="K34" t="s">
         <v>41</v>
       </c>
       <c r="L34" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="M34" t="s">
+        <v>43</v>
+      </c>
+      <c r="N34" t="s">
+        <v>63</v>
+      </c>
+      <c r="O34" t="s">
         <v>64</v>
       </c>
-      <c r="N34" t="s">
-[...2 lines deleted...]
-      <c r="O34" t="s">
+      <c r="P34" t="s">
         <v>45</v>
       </c>
-      <c r="P34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q34" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="R34" t="s">
+        <v>47</v>
+      </c>
+      <c r="S34" t="s">
+        <v>357</v>
+      </c>
+      <c r="T34" t="s">
         <v>48</v>
       </c>
-      <c r="S34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U34" t="s">
-        <v>342</v>
+        <v>49</v>
       </c>
       <c r="V34" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W34" t="s">
-        <v>343</v>
+        <v>362</v>
       </c>
       <c r="X34" t="s">
-        <v>369</v>
+        <v>249</v>
       </c>
       <c r="Y34" t="s">
-        <v>81</v>
+        <v>362</v>
       </c>
       <c r="Z34" t="s">
-        <v>369</v>
+        <v>249</v>
       </c>
       <c r="AA34" t="s">
-        <v>81</v>
+        <v>244</v>
       </c>
       <c r="AB34" t="s">
-        <v>207</v>
+        <v>59</v>
       </c>
       <c r="AC34" t="s">
-        <v>39</v>
+        <v>359</v>
       </c>
       <c r="AD34" t="s">
-        <v>366</v>
+        <v>53</v>
       </c>
       <c r="AE34" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="B35" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="C35" t="s">
         <v>33</v>
       </c>
       <c r="D35" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="E35" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="F35" t="s">
         <v>36</v>
       </c>
       <c r="G35" t="s">
         <v>37</v>
       </c>
       <c r="H35" t="s">
-        <v>103</v>
+        <v>367</v>
       </c>
       <c r="I35" t="s">
-        <v>39</v>
+        <v>368</v>
       </c>
       <c r="J35" t="s">
+        <v>369</v>
+      </c>
+      <c r="K35" t="s">
+        <v>370</v>
+      </c>
+      <c r="L35" t="s">
+        <v>371</v>
+      </c>
+      <c r="M35" t="s">
+        <v>62</v>
+      </c>
+      <c r="N35" t="s">
+        <v>372</v>
+      </c>
+      <c r="O35" t="s">
+        <v>69</v>
+      </c>
+      <c r="P35" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>373</v>
+      </c>
+      <c r="R35" t="s">
+        <v>78</v>
+      </c>
+      <c r="S35" t="s">
+        <v>365</v>
+      </c>
+      <c r="T35" t="s">
+        <v>278</v>
+      </c>
+      <c r="U35" t="s">
+        <v>49</v>
+      </c>
+      <c r="V35" t="s">
+        <v>279</v>
+      </c>
+      <c r="W35" t="s">
         <v>374</v>
       </c>
-      <c r="K35" t="s">
-[...2 lines deleted...]
-      <c r="L35" t="s">
+      <c r="X35" t="s">
         <v>375</v>
       </c>
-      <c r="M35" t="s">
-[...17 lines deleted...]
-      <c r="S35" t="s">
+      <c r="Y35" t="s">
+        <v>374</v>
+      </c>
+      <c r="Z35" t="s">
+        <v>375</v>
+      </c>
+      <c r="AA35" t="s">
+        <v>367</v>
+      </c>
+      <c r="AB35" t="s">
+        <v>368</v>
+      </c>
+      <c r="AC35" t="s">
+        <v>369</v>
+      </c>
+      <c r="AD35" t="s">
+        <v>53</v>
+      </c>
+      <c r="AE35" t="s">
         <v>372</v>
-      </c>
-[...34 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="B36" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="C36" t="s">
         <v>33</v>
       </c>
       <c r="D36" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="E36" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="F36" t="s">
         <v>36</v>
       </c>
       <c r="G36" t="s">
         <v>37</v>
       </c>
       <c r="H36" t="s">
-        <v>207</v>
+        <v>295</v>
       </c>
       <c r="I36" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="J36" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="K36" t="s">
         <v>41</v>
       </c>
       <c r="L36" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="M36" t="s">
-        <v>186</v>
+        <v>43</v>
       </c>
       <c r="N36" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="O36" t="s">
+        <v>64</v>
+      </c>
+      <c r="P36" t="s">
         <v>45</v>
       </c>
-      <c r="P36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q36" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="R36" t="s">
+        <v>47</v>
+      </c>
+      <c r="S36" t="s">
+        <v>378</v>
+      </c>
+      <c r="T36" t="s">
         <v>48</v>
       </c>
-      <c r="S36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U36" t="s">
+        <v>49</v>
+      </c>
+      <c r="V36" t="s">
         <v>50</v>
       </c>
-      <c r="V36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W36" t="s">
-        <v>52</v>
+        <v>383</v>
       </c>
       <c r="X36" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="Y36" t="s">
-        <v>239</v>
+        <v>383</v>
       </c>
       <c r="Z36" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="AA36" t="s">
-        <v>239</v>
+        <v>295</v>
       </c>
       <c r="AB36" t="s">
-        <v>207</v>
+        <v>59</v>
       </c>
       <c r="AC36" t="s">
-        <v>39</v>
+        <v>380</v>
       </c>
       <c r="AD36" t="s">
-        <v>383</v>
+        <v>53</v>
       </c>
       <c r="AE36" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B37" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="C37" t="s">
         <v>33</v>
       </c>
       <c r="D37" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="E37" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="F37" t="s">
         <v>36</v>
       </c>
       <c r="G37" t="s">
         <v>37</v>
       </c>
       <c r="H37" t="s">
-        <v>261</v>
+        <v>323</v>
       </c>
       <c r="I37" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="J37" t="s">
+        <v>388</v>
+      </c>
+      <c r="K37" t="s">
+        <v>351</v>
+      </c>
+      <c r="L37" t="s">
+        <v>389</v>
+      </c>
+      <c r="M37" t="s">
         <v>390</v>
       </c>
-      <c r="K37" t="s">
-[...5 lines deleted...]
-      <c r="M37" t="s">
+      <c r="N37" t="s">
+        <v>63</v>
+      </c>
+      <c r="O37" t="s">
         <v>64</v>
       </c>
-      <c r="N37" t="s">
-[...2 lines deleted...]
-      <c r="O37" t="s">
+      <c r="P37" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="Q37" t="s">
         <v>391</v>
       </c>
       <c r="R37" t="s">
-        <v>48</v>
+        <v>392</v>
       </c>
       <c r="S37" t="s">
+        <v>386</v>
+      </c>
+      <c r="T37" t="s">
+        <v>265</v>
+      </c>
+      <c r="U37" t="s">
+        <v>49</v>
+      </c>
+      <c r="V37" t="s">
+        <v>266</v>
+      </c>
+      <c r="W37" t="s">
+        <v>393</v>
+      </c>
+      <c r="X37" t="s">
+        <v>337</v>
+      </c>
+      <c r="Y37" t="s">
+        <v>393</v>
+      </c>
+      <c r="Z37" t="s">
+        <v>337</v>
+      </c>
+      <c r="AA37" t="s">
+        <v>323</v>
+      </c>
+      <c r="AB37" t="s">
+        <v>59</v>
+      </c>
+      <c r="AC37" t="s">
         <v>388</v>
       </c>
-      <c r="T37" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="AD37" t="s">
-        <v>390</v>
+        <v>53</v>
       </c>
       <c r="AE37" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B38" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C38" t="s">
         <v>33</v>
       </c>
       <c r="D38" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E38" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F38" t="s">
         <v>36</v>
       </c>
       <c r="G38" t="s">
         <v>37</v>
       </c>
       <c r="H38" t="s">
-        <v>220</v>
+        <v>367</v>
       </c>
       <c r="I38" t="s">
-        <v>221</v>
+        <v>368</v>
       </c>
       <c r="J38" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="K38" t="s">
-        <v>223</v>
+        <v>370</v>
       </c>
       <c r="L38" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="M38" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="N38" t="s">
-        <v>225</v>
+        <v>372</v>
       </c>
       <c r="O38" t="s">
-        <v>223</v>
+        <v>69</v>
       </c>
       <c r="P38" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="Q38" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="R38" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="S38" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="T38" t="s">
-        <v>107</v>
+        <v>278</v>
       </c>
       <c r="U38" t="s">
-        <v>227</v>
+        <v>49</v>
       </c>
       <c r="V38" t="s">
-        <v>51</v>
+        <v>279</v>
       </c>
       <c r="W38" t="s">
-        <v>228</v>
+        <v>401</v>
       </c>
       <c r="X38" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="Y38" t="s">
         <v>401</v>
       </c>
       <c r="Z38" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="AA38" t="s">
-        <v>401</v>
+        <v>367</v>
       </c>
       <c r="AB38" t="s">
-        <v>220</v>
+        <v>368</v>
       </c>
       <c r="AC38" t="s">
-        <v>221</v>
+        <v>398</v>
       </c>
       <c r="AD38" t="s">
-        <v>397</v>
+        <v>53</v>
       </c>
       <c r="AE38" t="s">
-        <v>55</v>
+        <v>372</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B39" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C39" t="s">
         <v>33</v>
       </c>
       <c r="D39" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E39" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F39" t="s">
         <v>36</v>
       </c>
       <c r="G39" t="s">
         <v>37</v>
       </c>
       <c r="H39" t="s">
-        <v>220</v>
+        <v>323</v>
       </c>
       <c r="I39" t="s">
+        <v>59</v>
+      </c>
+      <c r="J39" t="s">
+        <v>407</v>
+      </c>
+      <c r="K39" t="s">
+        <v>41</v>
+      </c>
+      <c r="L39" t="s">
+        <v>408</v>
+      </c>
+      <c r="M39" t="s">
+        <v>219</v>
+      </c>
+      <c r="N39" t="s">
+        <v>63</v>
+      </c>
+      <c r="O39" t="s">
+        <v>64</v>
+      </c>
+      <c r="P39" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>409</v>
+      </c>
+      <c r="R39" t="s">
         <v>221</v>
       </c>
-      <c r="J39" t="s">
-[...5 lines deleted...]
-      <c r="L39" t="s">
+      <c r="S39" t="s">
+        <v>405</v>
+      </c>
+      <c r="T39" t="s">
+        <v>48</v>
+      </c>
+      <c r="U39" t="s">
+        <v>49</v>
+      </c>
+      <c r="V39" t="s">
+        <v>50</v>
+      </c>
+      <c r="W39" t="s">
+        <v>186</v>
+      </c>
+      <c r="X39" t="s">
+        <v>410</v>
+      </c>
+      <c r="Y39" t="s">
+        <v>186</v>
+      </c>
+      <c r="Z39" t="s">
+        <v>410</v>
+      </c>
+      <c r="AA39" t="s">
+        <v>323</v>
+      </c>
+      <c r="AB39" t="s">
+        <v>59</v>
+      </c>
+      <c r="AC39" t="s">
         <v>407</v>
       </c>
-      <c r="M39" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="AD39" t="s">
-        <v>406</v>
+        <v>53</v>
       </c>
       <c r="AE39" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>411</v>
       </c>
       <c r="B40" t="s">
         <v>412</v>
       </c>
       <c r="C40" t="s">
         <v>33</v>
       </c>
       <c r="D40" t="s">
         <v>413</v>
       </c>
       <c r="E40" t="s">
         <v>414</v>
       </c>
       <c r="F40" t="s">
         <v>36</v>
       </c>
       <c r="G40" t="s">
         <v>37</v>
       </c>
       <c r="H40" t="s">
-        <v>103</v>
+        <v>58</v>
       </c>
       <c r="I40" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="J40" t="s">
         <v>415</v>
       </c>
       <c r="K40" t="s">
         <v>41</v>
       </c>
       <c r="L40" t="s">
         <v>416</v>
       </c>
       <c r="M40" t="s">
+        <v>43</v>
+      </c>
+      <c r="N40" t="s">
+        <v>63</v>
+      </c>
+      <c r="O40" t="s">
         <v>64</v>
       </c>
-      <c r="N40" t="s">
-[...2 lines deleted...]
-      <c r="O40" t="s">
+      <c r="P40" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="Q40" t="s">
         <v>417</v>
       </c>
       <c r="R40" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="S40" t="s">
         <v>413</v>
       </c>
       <c r="T40" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="U40" t="s">
+        <v>49</v>
+      </c>
+      <c r="V40" t="s">
         <v>50</v>
       </c>
-      <c r="V40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W40" t="s">
-        <v>52</v>
+        <v>393</v>
       </c>
       <c r="X40" t="s">
-        <v>418</v>
+        <v>239</v>
       </c>
       <c r="Y40" t="s">
-        <v>316</v>
+        <v>393</v>
       </c>
       <c r="Z40" t="s">
-        <v>418</v>
+        <v>239</v>
       </c>
       <c r="AA40" t="s">
-        <v>316</v>
+        <v>58</v>
       </c>
       <c r="AB40" t="s">
-        <v>103</v>
+        <v>59</v>
       </c>
       <c r="AC40" t="s">
-        <v>39</v>
+        <v>415</v>
       </c>
       <c r="AD40" t="s">
-        <v>415</v>
+        <v>53</v>
       </c>
       <c r="AE40" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
+        <v>418</v>
+      </c>
+      <c r="B41" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="C41" t="s">
         <v>33</v>
       </c>
       <c r="D41" t="s">
+        <v>420</v>
+      </c>
+      <c r="E41" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
       <c r="F41" t="s">
         <v>36</v>
       </c>
       <c r="G41" t="s">
         <v>37</v>
       </c>
       <c r="H41" t="s">
-        <v>220</v>
+        <v>323</v>
       </c>
       <c r="I41" t="s">
+        <v>59</v>
+      </c>
+      <c r="J41" t="s">
+        <v>422</v>
+      </c>
+      <c r="K41" t="s">
+        <v>41</v>
+      </c>
+      <c r="L41" t="s">
+        <v>423</v>
+      </c>
+      <c r="M41" t="s">
+        <v>219</v>
+      </c>
+      <c r="N41" t="s">
+        <v>63</v>
+      </c>
+      <c r="O41" t="s">
+        <v>64</v>
+      </c>
+      <c r="P41" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>424</v>
+      </c>
+      <c r="R41" t="s">
         <v>221</v>
       </c>
-      <c r="J41" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="S41" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="T41" t="s">
+        <v>48</v>
+      </c>
+      <c r="U41" t="s">
         <v>49</v>
       </c>
-      <c r="U41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V41" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W41" t="s">
-        <v>228</v>
+        <v>308</v>
       </c>
       <c r="X41" t="s">
-        <v>400</v>
+        <v>410</v>
       </c>
       <c r="Y41" t="s">
-        <v>401</v>
+        <v>308</v>
       </c>
       <c r="Z41" t="s">
-        <v>400</v>
+        <v>410</v>
       </c>
       <c r="AA41" t="s">
-        <v>401</v>
+        <v>323</v>
       </c>
       <c r="AB41" t="s">
-        <v>220</v>
+        <v>59</v>
       </c>
       <c r="AC41" t="s">
-        <v>221</v>
+        <v>422</v>
       </c>
       <c r="AD41" t="s">
-        <v>423</v>
+        <v>53</v>
       </c>
       <c r="AE41" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
+        <v>425</v>
+      </c>
+      <c r="B42" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
       <c r="C42" t="s">
         <v>33</v>
       </c>
       <c r="D42" t="s">
+        <v>427</v>
+      </c>
+      <c r="E42" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
       <c r="F42" t="s">
         <v>36</v>
       </c>
       <c r="G42" t="s">
         <v>37</v>
       </c>
       <c r="H42" t="s">
-        <v>103</v>
+        <v>367</v>
       </c>
       <c r="I42" t="s">
-        <v>39</v>
+        <v>368</v>
       </c>
       <c r="J42" t="s">
+        <v>429</v>
+      </c>
+      <c r="K42" t="s">
+        <v>370</v>
+      </c>
+      <c r="L42" t="s">
         <v>430</v>
       </c>
-      <c r="K42" t="s">
-[...2 lines deleted...]
-      <c r="L42" t="s">
+      <c r="M42" t="s">
+        <v>62</v>
+      </c>
+      <c r="N42" t="s">
+        <v>372</v>
+      </c>
+      <c r="O42" t="s">
+        <v>69</v>
+      </c>
+      <c r="P42" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q42" t="s">
         <v>431</v>
       </c>
-      <c r="M42" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R42" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="S42" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="T42" t="s">
-        <v>107</v>
+        <v>278</v>
       </c>
       <c r="U42" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="V42" t="s">
-        <v>51</v>
+        <v>279</v>
       </c>
       <c r="W42" t="s">
-        <v>52</v>
+        <v>374</v>
       </c>
       <c r="X42" t="s">
-        <v>201</v>
+        <v>375</v>
       </c>
       <c r="Y42" t="s">
-        <v>433</v>
+        <v>374</v>
       </c>
       <c r="Z42" t="s">
-        <v>201</v>
+        <v>375</v>
       </c>
       <c r="AA42" t="s">
-        <v>433</v>
+        <v>367</v>
       </c>
       <c r="AB42" t="s">
-        <v>103</v>
+        <v>368</v>
       </c>
       <c r="AC42" t="s">
-        <v>39</v>
+        <v>429</v>
       </c>
       <c r="AD42" t="s">
-        <v>430</v>
+        <v>53</v>
       </c>
       <c r="AE42" t="s">
-        <v>55</v>
+        <v>372</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="B43" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="C43" t="s">
         <v>33</v>
       </c>
       <c r="D43" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="E43" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="F43" t="s">
         <v>36</v>
       </c>
       <c r="G43" t="s">
         <v>37</v>
       </c>
       <c r="H43" t="s">
-        <v>220</v>
+        <v>367</v>
       </c>
       <c r="I43" t="s">
-        <v>221</v>
+        <v>368</v>
       </c>
       <c r="J43" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="K43" t="s">
-        <v>223</v>
+        <v>370</v>
       </c>
       <c r="L43" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="M43" t="s">
         <v>43</v>
       </c>
       <c r="N43" t="s">
-        <v>225</v>
+        <v>372</v>
       </c>
       <c r="O43" t="s">
-        <v>223</v>
+        <v>69</v>
       </c>
       <c r="P43" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="Q43" t="s">
+        <v>438</v>
+      </c>
+      <c r="R43" t="s">
+        <v>47</v>
+      </c>
+      <c r="S43" t="s">
+        <v>434</v>
+      </c>
+      <c r="T43" t="s">
+        <v>278</v>
+      </c>
+      <c r="U43" t="s">
+        <v>49</v>
+      </c>
+      <c r="V43" t="s">
+        <v>279</v>
+      </c>
+      <c r="W43" t="s">
+        <v>439</v>
+      </c>
+      <c r="X43" t="s">
         <v>440</v>
       </c>
-      <c r="R43" t="s">
-[...2 lines deleted...]
-      <c r="S43" t="s">
+      <c r="Y43" t="s">
+        <v>439</v>
+      </c>
+      <c r="Z43" t="s">
+        <v>440</v>
+      </c>
+      <c r="AA43" t="s">
+        <v>367</v>
+      </c>
+      <c r="AB43" t="s">
+        <v>368</v>
+      </c>
+      <c r="AC43" t="s">
         <v>436</v>
       </c>
-      <c r="T43" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="AD43" t="s">
-        <v>438</v>
+        <v>53</v>
       </c>
       <c r="AE43" t="s">
-        <v>55</v>
+        <v>372</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
+        <v>441</v>
+      </c>
+      <c r="B44" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
       <c r="C44" t="s">
         <v>33</v>
       </c>
       <c r="D44" t="s">
+        <v>443</v>
+      </c>
+      <c r="E44" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="F44" t="s">
         <v>36</v>
       </c>
       <c r="G44" t="s">
         <v>37</v>
       </c>
       <c r="H44" t="s">
-        <v>194</v>
+        <v>85</v>
       </c>
       <c r="I44" t="s">
-        <v>195</v>
+        <v>86</v>
       </c>
       <c r="J44" t="s">
+        <v>445</v>
+      </c>
+      <c r="K44" t="s">
+        <v>163</v>
+      </c>
+      <c r="L44" t="s">
         <v>446</v>
       </c>
-      <c r="L44" t="s">
+      <c r="M44" t="s">
+        <v>43</v>
+      </c>
+      <c r="N44" t="s">
+        <v>44</v>
+      </c>
+      <c r="O44" t="s">
+        <v>44</v>
+      </c>
+      <c r="P44" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q44" t="s">
         <v>447</v>
       </c>
-      <c r="M44" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R44" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="S44" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="T44" t="s">
-        <v>67</v>
+        <v>183</v>
       </c>
       <c r="U44" t="s">
-        <v>342</v>
+        <v>49</v>
       </c>
       <c r="V44" t="s">
-        <v>51</v>
+        <v>184</v>
       </c>
       <c r="W44" t="s">
-        <v>343</v>
+        <v>222</v>
       </c>
       <c r="X44" t="s">
-        <v>287</v>
+        <v>268</v>
       </c>
       <c r="Y44" t="s">
-        <v>238</v>
+        <v>222</v>
       </c>
       <c r="Z44" t="s">
-        <v>287</v>
+        <v>268</v>
       </c>
       <c r="AA44" t="s">
-        <v>238</v>
+        <v>85</v>
       </c>
       <c r="AB44" t="s">
-        <v>194</v>
+        <v>86</v>
       </c>
       <c r="AC44" t="s">
-        <v>195</v>
+        <v>445</v>
       </c>
       <c r="AD44" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
+        <v>448</v>
+      </c>
+      <c r="B45" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
       <c r="C45" t="s">
         <v>33</v>
       </c>
       <c r="D45" t="s">
+        <v>450</v>
+      </c>
+      <c r="E45" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
       <c r="F45" t="s">
         <v>36</v>
       </c>
       <c r="G45" t="s">
         <v>37</v>
       </c>
       <c r="H45" t="s">
-        <v>220</v>
+        <v>367</v>
       </c>
       <c r="I45" t="s">
-        <v>221</v>
+        <v>368</v>
       </c>
       <c r="J45" t="s">
+        <v>452</v>
+      </c>
+      <c r="K45" t="s">
+        <v>370</v>
+      </c>
+      <c r="L45" t="s">
         <v>453</v>
       </c>
-      <c r="K45" t="s">
-[...2 lines deleted...]
-      <c r="L45" t="s">
+      <c r="M45" t="s">
+        <v>62</v>
+      </c>
+      <c r="N45" t="s">
+        <v>372</v>
+      </c>
+      <c r="O45" t="s">
+        <v>69</v>
+      </c>
+      <c r="P45" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q45" t="s">
         <v>454</v>
       </c>
-      <c r="M45" t="s">
-[...11 lines deleted...]
-      <c r="Q45" t="s">
+      <c r="R45" t="s">
+        <v>66</v>
+      </c>
+      <c r="S45" t="s">
+        <v>450</v>
+      </c>
+      <c r="T45" t="s">
+        <v>278</v>
+      </c>
+      <c r="U45" t="s">
+        <v>49</v>
+      </c>
+      <c r="V45" t="s">
+        <v>279</v>
+      </c>
+      <c r="W45" t="s">
         <v>455</v>
       </c>
-      <c r="R45" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X45" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="Y45" t="s">
-        <v>410</v>
+        <v>455</v>
       </c>
       <c r="Z45" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="AA45" t="s">
-        <v>410</v>
+        <v>367</v>
       </c>
       <c r="AB45" t="s">
-        <v>220</v>
+        <v>368</v>
       </c>
       <c r="AC45" t="s">
-        <v>221</v>
+        <v>452</v>
       </c>
       <c r="AD45" t="s">
-        <v>453</v>
+        <v>53</v>
       </c>
       <c r="AE45" t="s">
-        <v>55</v>
+        <v>372</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>456</v>
       </c>
       <c r="B46" t="s">
         <v>457</v>
       </c>
       <c r="C46" t="s">
         <v>33</v>
       </c>
       <c r="D46" t="s">
         <v>458</v>
       </c>
       <c r="E46" t="s">
         <v>459</v>
       </c>
       <c r="F46" t="s">
         <v>36</v>
       </c>
       <c r="G46" t="s">
         <v>37</v>
       </c>
       <c r="H46" t="s">
-        <v>220</v>
+        <v>58</v>
       </c>
       <c r="I46" t="s">
-        <v>221</v>
+        <v>59</v>
       </c>
       <c r="J46" t="s">
         <v>460</v>
       </c>
       <c r="K46" t="s">
-        <v>223</v>
+        <v>41</v>
       </c>
       <c r="L46" t="s">
         <v>461</v>
       </c>
       <c r="M46" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="N46" t="s">
-        <v>225</v>
+        <v>63</v>
       </c>
       <c r="O46" t="s">
-        <v>223</v>
+        <v>64</v>
       </c>
       <c r="P46" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="Q46" t="s">
         <v>462</v>
       </c>
       <c r="R46" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="S46" t="s">
         <v>458</v>
       </c>
       <c r="T46" t="s">
-        <v>107</v>
+        <v>48</v>
       </c>
       <c r="U46" t="s">
-        <v>227</v>
+        <v>49</v>
       </c>
       <c r="V46" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="W46" t="s">
-        <v>228</v>
+        <v>267</v>
       </c>
       <c r="X46" t="s">
         <v>463</v>
       </c>
       <c r="Y46" t="s">
-        <v>410</v>
+        <v>267</v>
       </c>
       <c r="Z46" t="s">
         <v>463</v>
       </c>
       <c r="AA46" t="s">
-        <v>410</v>
+        <v>58</v>
       </c>
       <c r="AB46" t="s">
-        <v>220</v>
+        <v>59</v>
       </c>
       <c r="AC46" t="s">
-        <v>221</v>
+        <v>460</v>
       </c>
       <c r="AD46" t="s">
-        <v>460</v>
+        <v>53</v>
       </c>
       <c r="AE46" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>464</v>
       </c>
       <c r="B47" t="s">
         <v>465</v>
       </c>
       <c r="C47" t="s">
         <v>33</v>
       </c>
       <c r="D47" t="s">
         <v>466</v>
       </c>
       <c r="E47" t="s">
         <v>467</v>
       </c>
       <c r="F47" t="s">
         <v>36</v>
       </c>
       <c r="G47" t="s">
         <v>37</v>
       </c>
       <c r="H47" t="s">
-        <v>103</v>
+        <v>367</v>
       </c>
       <c r="I47" t="s">
-        <v>39</v>
+        <v>368</v>
       </c>
       <c r="J47" t="s">
         <v>468</v>
       </c>
       <c r="K47" t="s">
-        <v>41</v>
+        <v>370</v>
       </c>
       <c r="L47" t="s">
         <v>469</v>
       </c>
       <c r="M47" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="N47" t="s">
-        <v>44</v>
+        <v>372</v>
       </c>
       <c r="O47" t="s">
+        <v>69</v>
+      </c>
+      <c r="P47" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="Q47" t="s">
         <v>470</v>
       </c>
       <c r="R47" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="S47" t="s">
         <v>466</v>
       </c>
       <c r="T47" t="s">
-        <v>67</v>
+        <v>278</v>
       </c>
       <c r="U47" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="V47" t="s">
-        <v>51</v>
+        <v>279</v>
       </c>
       <c r="W47" t="s">
-        <v>52</v>
+        <v>439</v>
       </c>
       <c r="X47" t="s">
-        <v>214</v>
+        <v>471</v>
       </c>
       <c r="Y47" t="s">
-        <v>378</v>
+        <v>439</v>
       </c>
       <c r="Z47" t="s">
-        <v>214</v>
+        <v>471</v>
       </c>
       <c r="AA47" t="s">
-        <v>378</v>
+        <v>367</v>
       </c>
       <c r="AB47" t="s">
-        <v>103</v>
+        <v>368</v>
       </c>
       <c r="AC47" t="s">
-        <v>39</v>
+        <v>468</v>
       </c>
       <c r="AD47" t="s">
-        <v>468</v>
+        <v>53</v>
       </c>
       <c r="AE47" t="s">
-        <v>55</v>
+        <v>372</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B48" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C48" t="s">
         <v>33</v>
       </c>
       <c r="D48" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="E48" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="F48" t="s">
         <v>36</v>
       </c>
       <c r="G48" t="s">
         <v>37</v>
       </c>
       <c r="H48" t="s">
-        <v>220</v>
+        <v>367</v>
       </c>
       <c r="I48" t="s">
-        <v>221</v>
+        <v>368</v>
       </c>
       <c r="J48" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="K48" t="s">
-        <v>223</v>
+        <v>370</v>
       </c>
       <c r="L48" t="s">
+        <v>477</v>
+      </c>
+      <c r="M48" t="s">
+        <v>62</v>
+      </c>
+      <c r="N48" t="s">
+        <v>372</v>
+      </c>
+      <c r="O48" t="s">
+        <v>69</v>
+      </c>
+      <c r="P48" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>478</v>
+      </c>
+      <c r="R48" t="s">
+        <v>66</v>
+      </c>
+      <c r="S48" t="s">
+        <v>474</v>
+      </c>
+      <c r="T48" t="s">
+        <v>278</v>
+      </c>
+      <c r="U48" t="s">
+        <v>49</v>
+      </c>
+      <c r="V48" t="s">
+        <v>279</v>
+      </c>
+      <c r="W48" t="s">
+        <v>455</v>
+      </c>
+      <c r="X48" t="s">
+        <v>402</v>
+      </c>
+      <c r="Y48" t="s">
+        <v>455</v>
+      </c>
+      <c r="Z48" t="s">
+        <v>402</v>
+      </c>
+      <c r="AA48" t="s">
+        <v>367</v>
+      </c>
+      <c r="AB48" t="s">
+        <v>368</v>
+      </c>
+      <c r="AC48" t="s">
         <v>476</v>
       </c>
-      <c r="M48" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="AD48" t="s">
-        <v>475</v>
+        <v>53</v>
       </c>
       <c r="AE48" t="s">
-        <v>55</v>
+        <v>372</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B49" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C49" t="s">
         <v>33</v>
       </c>
       <c r="D49" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="E49" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F49" t="s">
         <v>36</v>
       </c>
       <c r="G49" t="s">
         <v>37</v>
       </c>
       <c r="H49" t="s">
-        <v>321</v>
+        <v>367</v>
       </c>
       <c r="I49" t="s">
-        <v>39</v>
+        <v>368</v>
       </c>
       <c r="J49" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="K49" t="s">
-        <v>41</v>
+        <v>370</v>
       </c>
       <c r="L49" t="s">
+        <v>484</v>
+      </c>
+      <c r="M49" t="s">
+        <v>62</v>
+      </c>
+      <c r="N49" t="s">
+        <v>372</v>
+      </c>
+      <c r="O49" t="s">
+        <v>69</v>
+      </c>
+      <c r="P49" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>485</v>
+      </c>
+      <c r="R49" t="s">
+        <v>66</v>
+      </c>
+      <c r="S49" t="s">
+        <v>481</v>
+      </c>
+      <c r="T49" t="s">
+        <v>278</v>
+      </c>
+      <c r="U49" t="s">
+        <v>49</v>
+      </c>
+      <c r="V49" t="s">
+        <v>279</v>
+      </c>
+      <c r="W49" t="s">
+        <v>455</v>
+      </c>
+      <c r="X49" t="s">
+        <v>402</v>
+      </c>
+      <c r="Y49" t="s">
+        <v>455</v>
+      </c>
+      <c r="Z49" t="s">
+        <v>402</v>
+      </c>
+      <c r="AA49" t="s">
+        <v>367</v>
+      </c>
+      <c r="AB49" t="s">
+        <v>368</v>
+      </c>
+      <c r="AC49" t="s">
         <v>483</v>
       </c>
-      <c r="M49" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="AD49" t="s">
-        <v>482</v>
+        <v>53</v>
       </c>
       <c r="AE49" t="s">
-        <v>55</v>
+        <v>372</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>486</v>
       </c>
       <c r="B50" t="s">
         <v>487</v>
       </c>
       <c r="C50" t="s">
         <v>33</v>
       </c>
       <c r="D50" t="s">
         <v>488</v>
       </c>
       <c r="E50" t="s">
         <v>489</v>
       </c>
       <c r="F50" t="s">
         <v>36</v>
       </c>
       <c r="G50" t="s">
         <v>37</v>
       </c>
       <c r="H50" t="s">
-        <v>74</v>
+        <v>38</v>
       </c>
       <c r="I50" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="J50" t="s">
         <v>490</v>
       </c>
       <c r="K50" t="s">
         <v>41</v>
       </c>
       <c r="L50" t="s">
         <v>491</v>
       </c>
       <c r="M50" t="s">
+        <v>43</v>
+      </c>
+      <c r="N50" t="s">
+        <v>63</v>
+      </c>
+      <c r="O50" t="s">
         <v>64</v>
       </c>
-      <c r="N50" t="s">
-[...2 lines deleted...]
-      <c r="O50" t="s">
+      <c r="P50" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="Q50" t="s">
         <v>492</v>
       </c>
       <c r="R50" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="S50" t="s">
         <v>488</v>
       </c>
       <c r="T50" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="U50" t="s">
+        <v>49</v>
+      </c>
+      <c r="V50" t="s">
         <v>50</v>
       </c>
-      <c r="V50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W50" t="s">
-        <v>52</v>
+        <v>308</v>
       </c>
       <c r="X50" t="s">
-        <v>306</v>
+        <v>110</v>
       </c>
       <c r="Y50" t="s">
-        <v>98</v>
+        <v>308</v>
       </c>
       <c r="Z50" t="s">
-        <v>306</v>
+        <v>110</v>
       </c>
       <c r="AA50" t="s">
-        <v>98</v>
+        <v>38</v>
       </c>
       <c r="AB50" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="AC50" t="s">
-        <v>75</v>
+        <v>490</v>
       </c>
       <c r="AD50" t="s">
-        <v>490</v>
+        <v>53</v>
       </c>
       <c r="AE50" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C29"/>
+  <dimension ref="A1:H120"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>493</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
+      <c r="D1" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>1722</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>1723</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>1724</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>1725</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2585</v>
+        <v>1726</v>
       </c>
       <c r="B2" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="C2" t="s">
-        <v>62</v>
+        <v>1727</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F2">
+        <v>30222104</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1731</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2586</v>
+        <v>1732</v>
       </c>
       <c r="B3" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="C3" t="s">
-        <v>76</v>
+        <v>1733</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F3">
+        <v>26131506</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1735</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2587</v>
+        <v>1736</v>
       </c>
       <c r="B4" t="s">
-        <v>82</v>
+        <v>70</v>
       </c>
       <c r="C4" t="s">
-        <v>86</v>
+        <v>1737</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1738</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F4">
+        <v>25101505</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1739</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2588</v>
+        <v>1740</v>
       </c>
       <c r="B5" t="s">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="C5" t="s">
-        <v>94</v>
+        <v>1741</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1742</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F5">
+        <v>25101504</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1743</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2589</v>
+        <v>1744</v>
       </c>
       <c r="B6" t="s">
-        <v>110</v>
+        <v>81</v>
       </c>
       <c r="C6" t="s">
-        <v>114</v>
+        <v>1745</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F6">
+        <v>81101513</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1746</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2590</v>
+        <v>1747</v>
       </c>
       <c r="B7" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="C7" t="s">
-        <v>123</v>
+        <v>1748</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F7">
+        <v>30222104</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1731</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2591</v>
+        <v>1749</v>
       </c>
       <c r="B8" t="s">
-        <v>127</v>
+        <v>102</v>
       </c>
       <c r="C8" t="s">
-        <v>131</v>
+        <v>1750</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F8">
+        <v>32101514</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1751</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2592</v>
+        <v>1752</v>
       </c>
       <c r="B9" t="s">
-        <v>136</v>
+        <v>102</v>
       </c>
       <c r="C9" t="s">
-        <v>140</v>
+        <v>1753</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F9">
+        <v>52161535</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1754</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2593</v>
+        <v>1755</v>
       </c>
       <c r="B10" t="s">
-        <v>146</v>
+        <v>102</v>
       </c>
       <c r="C10" t="s">
-        <v>150</v>
+        <v>1756</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F10">
+        <v>52161520</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1757</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2594</v>
+        <v>1758</v>
       </c>
       <c r="B11" t="s">
-        <v>155</v>
+        <v>102</v>
       </c>
       <c r="C11" t="s">
-        <v>159</v>
+        <v>1759</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F11">
+        <v>52161536</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1760</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2595</v>
+        <v>1761</v>
       </c>
       <c r="B12" t="s">
-        <v>163</v>
+        <v>102</v>
       </c>
       <c r="C12" t="s">
-        <v>167</v>
+        <v>1762</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F12">
+        <v>45111704</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1763</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2596</v>
+        <v>1764</v>
       </c>
       <c r="B13" t="s">
-        <v>171</v>
+        <v>102</v>
       </c>
       <c r="C13" t="s">
-        <v>175</v>
+        <v>1765</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F13">
+        <v>45111501</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1766</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2597</v>
+        <v>1767</v>
       </c>
       <c r="B14" t="s">
-        <v>216</v>
+        <v>102</v>
       </c>
       <c r="C14" t="s">
-        <v>222</v>
+        <v>1768</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F14">
+        <v>52161512</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1769</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2598</v>
+        <v>1770</v>
       </c>
       <c r="B15" t="s">
-        <v>257</v>
+        <v>102</v>
       </c>
       <c r="C15" t="s">
-        <v>262</v>
+        <v>1771</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F15">
+        <v>45121516</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1772</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2599</v>
+        <v>1773</v>
       </c>
       <c r="B16" t="s">
-        <v>267</v>
+        <v>102</v>
       </c>
       <c r="C16" t="s">
-        <v>273</v>
+        <v>1774</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F16">
+        <v>43191614</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1775</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2600</v>
+        <v>1776</v>
       </c>
       <c r="B17" t="s">
-        <v>288</v>
+        <v>111</v>
       </c>
       <c r="C17" t="s">
-        <v>292</v>
+        <v>1777</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F17">
+        <v>92121504</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1778</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2601</v>
+        <v>1779</v>
       </c>
       <c r="B18" t="s">
-        <v>299</v>
+        <v>120</v>
       </c>
       <c r="C18" t="s">
-        <v>303</v>
+        <v>1780</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F18">
+        <v>30222104</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1731</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2602</v>
+        <v>1781</v>
       </c>
       <c r="B19" t="s">
-        <v>317</v>
+        <v>129</v>
       </c>
       <c r="C19" t="s">
-        <v>322</v>
+        <v>1782</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F19">
+        <v>30222104</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1731</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2603</v>
+        <v>1783</v>
       </c>
       <c r="B20" t="s">
-        <v>327</v>
+        <v>137</v>
       </c>
       <c r="C20" t="s">
-        <v>331</v>
+        <v>1784</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F20">
+        <v>72102801</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1785</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2604</v>
+        <v>1786</v>
       </c>
       <c r="B21" t="s">
-        <v>335</v>
+        <v>137</v>
       </c>
       <c r="C21" t="s">
-        <v>339</v>
+        <v>1787</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F21">
+        <v>30222104</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1731</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2605</v>
+        <v>1788</v>
       </c>
       <c r="B22" t="s">
-        <v>353</v>
+        <v>146</v>
       </c>
       <c r="C22" t="s">
-        <v>358</v>
+        <v>1789</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F22">
+        <v>93141601</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1790</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2606</v>
+        <v>1791</v>
       </c>
       <c r="B23" t="s">
-        <v>362</v>
+        <v>158</v>
       </c>
       <c r="C23" t="s">
-        <v>366</v>
+        <v>1792</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F23">
+        <v>72101607</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1793</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2607</v>
+        <v>1794</v>
       </c>
       <c r="B24" t="s">
-        <v>386</v>
+        <v>158</v>
       </c>
       <c r="C24" t="s">
-        <v>390</v>
+        <v>1795</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F24">
+        <v>72101601</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1796</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2608</v>
+        <v>1797</v>
       </c>
       <c r="B25" t="s">
-        <v>411</v>
+        <v>158</v>
       </c>
       <c r="C25" t="s">
-        <v>415</v>
+        <v>1798</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F25">
+        <v>72102304</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1799</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2609</v>
+        <v>1800</v>
       </c>
       <c r="B26" t="s">
-        <v>442</v>
+        <v>158</v>
       </c>
       <c r="C26" t="s">
-        <v>446</v>
+        <v>1801</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F26">
+        <v>72102004</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1802</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2610</v>
+        <v>1803</v>
       </c>
       <c r="B27" t="s">
-        <v>464</v>
+        <v>158</v>
       </c>
       <c r="C27" t="s">
-        <v>468</v>
+        <v>1804</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F27">
+        <v>72102401</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1805</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2611</v>
+        <v>1806</v>
       </c>
       <c r="B28" t="s">
-        <v>478</v>
+        <v>158</v>
       </c>
       <c r="C28" t="s">
-        <v>482</v>
+        <v>1807</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F28">
+        <v>72102402</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1808</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2612</v>
+        <v>1809</v>
       </c>
       <c r="B29" t="s">
+        <v>158</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1810</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F29">
+        <v>72102602</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1811</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B30" t="s">
+        <v>168</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1813</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F30">
+        <v>72101607</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B31" t="s">
+        <v>168</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F31">
+        <v>72101601</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B32" t="s">
+        <v>168</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1817</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F32">
+        <v>72102304</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B33" t="s">
+        <v>168</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F33">
+        <v>72102004</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1820</v>
+      </c>
+      <c r="B34" t="s">
+        <v>168</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1821</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F34">
+        <v>72102401</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B35" t="s">
+        <v>168</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1823</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F35">
+        <v>72102402</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B36" t="s">
+        <v>168</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1825</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F36">
+        <v>72102602</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1811</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B37" t="s">
+        <v>176</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1827</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F37">
+        <v>81101513</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B38" t="s">
+        <v>187</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F38">
+        <v>72101607</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1830</v>
+      </c>
+      <c r="B39" t="s">
+        <v>187</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1831</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F39">
+        <v>72101601</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1832</v>
+      </c>
+      <c r="B40" t="s">
+        <v>187</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1833</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F40">
+        <v>72102304</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B41" t="s">
+        <v>187</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F41">
+        <v>72102004</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1836</v>
+      </c>
+      <c r="B42" t="s">
+        <v>187</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1837</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F42">
+        <v>72102401</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B43" t="s">
+        <v>187</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1839</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F43">
+        <v>72102402</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B44" t="s">
+        <v>187</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1841</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F44">
+        <v>72102602</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1811</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B45" t="s">
+        <v>195</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1843</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F45">
+        <v>76111501</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B46" t="s">
+        <v>195</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F46">
+        <v>72102103</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1847</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1848</v>
+      </c>
+      <c r="B47" t="s">
+        <v>195</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1849</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F47">
+        <v>76101503</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B48" t="s">
+        <v>204</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F48">
+        <v>72101601</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B49" t="s">
+        <v>204</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1854</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F49">
+        <v>72102304</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B50" t="s">
+        <v>204</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1856</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F50">
+        <v>72102004</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B51" t="s">
+        <v>204</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F51">
+        <v>72102401</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B52" t="s">
+        <v>204</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1860</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F52">
+        <v>72102402</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B53" t="s">
+        <v>204</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1862</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F53">
+        <v>72102602</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1811</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B54" t="s">
+        <v>204</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1864</v>
+      </c>
+      <c r="D54" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F54">
+        <v>72101607</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B55" t="s">
+        <v>212</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1866</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1867</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F55">
+        <v>92121504</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1868</v>
+      </c>
+      <c r="B56" t="s">
+        <v>223</v>
+      </c>
+      <c r="C56" t="s">
+        <v>1869</v>
+      </c>
+      <c r="D56" t="s">
+        <v>1870</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F56">
+        <v>84131601</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B57" t="s">
+        <v>223</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1873</v>
+      </c>
+      <c r="D57" t="s">
+        <v>1874</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F57">
+        <v>84131602</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B58" t="s">
+        <v>231</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D58" t="s">
+        <v>1878</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1879</v>
+      </c>
+      <c r="F58">
+        <v>78180301</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1880</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B59" t="s">
+        <v>240</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1882</v>
+      </c>
+      <c r="D59" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1883</v>
+      </c>
+      <c r="F59">
+        <v>84131601</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1884</v>
+      </c>
+      <c r="B60" t="s">
+        <v>240</v>
+      </c>
+      <c r="C60" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D60" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1883</v>
+      </c>
+      <c r="F60">
+        <v>84131605</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B61" t="s">
+        <v>240</v>
+      </c>
+      <c r="C61" t="s">
+        <v>1888</v>
+      </c>
+      <c r="D61" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1883</v>
+      </c>
+      <c r="F61">
+        <v>84131603</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B62" t="s">
+        <v>240</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1891</v>
+      </c>
+      <c r="D62" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1883</v>
+      </c>
+      <c r="F62">
+        <v>84131602</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B63" t="s">
+        <v>250</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1893</v>
+      </c>
+      <c r="D63" t="s">
+        <v>1894</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F63">
+        <v>43222501</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1895</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1896</v>
+      </c>
+      <c r="B64" t="s">
+        <v>258</v>
+      </c>
+      <c r="C64" t="s">
+        <v>1897</v>
+      </c>
+      <c r="D64" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F64">
+        <v>41116104</v>
+      </c>
+      <c r="G64" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>1899</v>
+      </c>
+      <c r="B65" t="s">
+        <v>269</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D65" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E65" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F65">
+        <v>21101510</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>1902</v>
+      </c>
+      <c r="B66" t="s">
+        <v>282</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1903</v>
+      </c>
+      <c r="D66" t="s">
+        <v>1904</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1905</v>
+      </c>
+      <c r="F66">
+        <v>50202310</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>1907</v>
+      </c>
+      <c r="B67" t="s">
+        <v>291</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1908</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1909</v>
+      </c>
+      <c r="F67">
+        <v>78111808</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1910</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B68" t="s">
+        <v>301</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D68" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E68" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F68">
+        <v>76111501</v>
+      </c>
+      <c r="G68" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>1913</v>
+      </c>
+      <c r="B69" t="s">
+        <v>309</v>
+      </c>
+      <c r="C69" t="s">
+        <v>1914</v>
+      </c>
+      <c r="E69" t="s">
+        <v>1909</v>
+      </c>
+      <c r="F69">
+        <v>53102703</v>
+      </c>
+      <c r="G69" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B70" t="s">
+        <v>319</v>
+      </c>
+      <c r="C70" t="s">
+        <v>1917</v>
+      </c>
+      <c r="D70" t="s">
+        <v>1918</v>
+      </c>
+      <c r="E70" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F70">
+        <v>43211508</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1919</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>1920</v>
+      </c>
+      <c r="B71" t="s">
+        <v>319</v>
+      </c>
+      <c r="C71" t="s">
+        <v>1921</v>
+      </c>
+      <c r="D71" t="s">
+        <v>1922</v>
+      </c>
+      <c r="E71" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F71">
+        <v>43223108</v>
+      </c>
+      <c r="G71" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H71" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B72" t="s">
+        <v>319</v>
+      </c>
+      <c r="C72" t="s">
+        <v>1925</v>
+      </c>
+      <c r="D72" t="s">
+        <v>1926</v>
+      </c>
+      <c r="E72" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F72">
+        <v>39121004</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H72" t="s">
+        <v>1927</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B73" t="s">
+        <v>319</v>
+      </c>
+      <c r="C73" t="s">
+        <v>1929</v>
+      </c>
+      <c r="D73" t="s">
+        <v>1930</v>
+      </c>
+      <c r="E73" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F73">
+        <v>43212106</v>
+      </c>
+      <c r="G73" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H73" t="s">
+        <v>1931</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>1932</v>
+      </c>
+      <c r="B74" t="s">
+        <v>329</v>
+      </c>
+      <c r="C74" t="s">
+        <v>1933</v>
+      </c>
+      <c r="D74" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E74" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F74">
+        <v>84131601</v>
+      </c>
+      <c r="G74" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B75" t="s">
+        <v>329</v>
+      </c>
+      <c r="C75" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D75" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E75" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F75">
+        <v>84131602</v>
+      </c>
+      <c r="G75" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H75" t="s">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B76" t="s">
+        <v>338</v>
+      </c>
+      <c r="C76" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D76" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E76" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F76">
+        <v>84131501</v>
+      </c>
+      <c r="G76" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H76" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B77" t="s">
+        <v>338</v>
+      </c>
+      <c r="C77" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D77" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F77">
+        <v>84131601</v>
+      </c>
+      <c r="G77" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>1941</v>
+      </c>
+      <c r="B78" t="s">
+        <v>346</v>
+      </c>
+      <c r="C78" t="s">
+        <v>1942</v>
+      </c>
+      <c r="D78" t="s">
+        <v>1943</v>
+      </c>
+      <c r="E78" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F78">
+        <v>82121511</v>
+      </c>
+      <c r="G78" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B79" t="s">
+        <v>355</v>
+      </c>
+      <c r="C79" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D79" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E79" t="s">
+        <v>1909</v>
+      </c>
+      <c r="F79">
+        <v>25101503</v>
+      </c>
+      <c r="G79" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B80" t="s">
+        <v>363</v>
+      </c>
+      <c r="C80" t="s">
+        <v>1949</v>
+      </c>
+      <c r="D80" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E80" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F80">
+        <v>86101713</v>
+      </c>
+      <c r="G80" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H80" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>1952</v>
+      </c>
+      <c r="B81" t="s">
+        <v>376</v>
+      </c>
+      <c r="C81" t="s">
+        <v>1953</v>
+      </c>
+      <c r="E81" t="s">
+        <v>1909</v>
+      </c>
+      <c r="F81">
+        <v>78111808</v>
+      </c>
+      <c r="G81" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H81" t="s">
+        <v>1910</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B82" t="s">
+        <v>394</v>
+      </c>
+      <c r="C82" t="s">
+        <v>1955</v>
+      </c>
+      <c r="D82" t="s">
+        <v>1956</v>
+      </c>
+      <c r="E82" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F82">
+        <v>86101709</v>
+      </c>
+      <c r="G82" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H82" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B83" t="s">
+        <v>403</v>
+      </c>
+      <c r="C83" t="s">
+        <v>1959</v>
+      </c>
+      <c r="D83" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E83" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F83">
+        <v>76111501</v>
+      </c>
+      <c r="G83" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H83" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B84" t="s">
+        <v>411</v>
+      </c>
+      <c r="C84" t="s">
+        <v>1962</v>
+      </c>
+      <c r="D84" t="s">
+        <v>1963</v>
+      </c>
+      <c r="E84" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F84">
+        <v>53102710</v>
+      </c>
+      <c r="G84" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H84" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B85" t="s">
+        <v>418</v>
+      </c>
+      <c r="C85" t="s">
+        <v>1966</v>
+      </c>
+      <c r="D85" t="s">
+        <v>1967</v>
+      </c>
+      <c r="E85" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F85">
+        <v>92101501</v>
+      </c>
+      <c r="G85" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H85" t="s">
+        <v>1968</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>1969</v>
+      </c>
+      <c r="B86" t="s">
+        <v>425</v>
+      </c>
+      <c r="C86" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D86" t="s">
+        <v>1971</v>
+      </c>
+      <c r="E86" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F86">
+        <v>86101713</v>
+      </c>
+      <c r="G86" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H86" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B87" t="s">
+        <v>432</v>
+      </c>
+      <c r="C87" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D87" t="s">
+        <v>1974</v>
+      </c>
+      <c r="E87" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F87">
+        <v>86101713</v>
+      </c>
+      <c r="G87" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H87" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B88" t="s">
+        <v>441</v>
+      </c>
+      <c r="C88" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D88" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E88" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F88">
+        <v>72101607</v>
+      </c>
+      <c r="G88" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H88" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>1977</v>
+      </c>
+      <c r="B89" t="s">
+        <v>448</v>
+      </c>
+      <c r="C89" t="s">
+        <v>1978</v>
+      </c>
+      <c r="D89" t="s">
+        <v>1979</v>
+      </c>
+      <c r="E89" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F89">
+        <v>86101709</v>
+      </c>
+      <c r="G89" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H89" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B90" t="s">
+        <v>456</v>
+      </c>
+      <c r="C90" t="s">
+        <v>1981</v>
+      </c>
+      <c r="D90" t="s">
+        <v>1982</v>
+      </c>
+      <c r="E90" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F90">
+        <v>43201403</v>
+      </c>
+      <c r="G90" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H90" t="s">
+        <v>1983</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B91" t="s">
+        <v>464</v>
+      </c>
+      <c r="C91" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D91" t="s">
+        <v>1986</v>
+      </c>
+      <c r="E91" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F91">
+        <v>80101604</v>
+      </c>
+      <c r="G91" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H91" t="s">
+        <v>1987</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>1988</v>
+      </c>
+      <c r="B92" t="s">
+        <v>472</v>
+      </c>
+      <c r="C92" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D92" t="s">
+        <v>1990</v>
+      </c>
+      <c r="E92" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F92">
+        <v>92121704</v>
+      </c>
+      <c r="G92" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H92" t="s">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B93" t="s">
+        <v>479</v>
+      </c>
+      <c r="C93" t="s">
+        <v>1993</v>
+      </c>
+      <c r="D93" t="s">
+        <v>1994</v>
+      </c>
+      <c r="E93" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F93">
+        <v>80101504</v>
+      </c>
+      <c r="G93" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H93" t="s">
+        <v>1995</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>1996</v>
+      </c>
+      <c r="B94" t="s">
         <v>486</v>
       </c>
-      <c r="C29" t="s">
-        <v>490</v>
+      <c r="C94" t="s">
+        <v>1997</v>
+      </c>
+      <c r="D94" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E94" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F94">
+        <v>44101502</v>
+      </c>
+      <c r="G94" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H94" t="s">
+        <v>1998</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B95" t="s">
+        <v>486</v>
+      </c>
+      <c r="C95" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D95" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E95" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F95">
+        <v>25174001</v>
+      </c>
+      <c r="G95" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H95" t="s">
+        <v>2001</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B96" t="s">
+        <v>486</v>
+      </c>
+      <c r="C96" t="s">
+        <v>2003</v>
+      </c>
+      <c r="D96" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E96" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F96">
+        <v>52141526</v>
+      </c>
+      <c r="G96" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H96" t="s">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>2005</v>
+      </c>
+      <c r="B97" t="s">
+        <v>486</v>
+      </c>
+      <c r="C97" t="s">
+        <v>2006</v>
+      </c>
+      <c r="D97" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E97" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F97">
+        <v>52141501</v>
+      </c>
+      <c r="G97" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H97" t="s">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>2008</v>
+      </c>
+      <c r="B98" t="s">
+        <v>486</v>
+      </c>
+      <c r="C98" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D98" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E98" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F98">
+        <v>52141502</v>
+      </c>
+      <c r="G98" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H98" t="s">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>2011</v>
+      </c>
+      <c r="B99" t="s">
+        <v>486</v>
+      </c>
+      <c r="C99" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D99" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E99" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F99">
+        <v>48101711</v>
+      </c>
+      <c r="G99" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H99" t="s">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B100" t="s">
+        <v>486</v>
+      </c>
+      <c r="C100" t="s">
+        <v>2015</v>
+      </c>
+      <c r="D100" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E100" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F100">
+        <v>44101802</v>
+      </c>
+      <c r="G100" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H100" t="s">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>2017</v>
+      </c>
+      <c r="B101" t="s">
+        <v>486</v>
+      </c>
+      <c r="C101" t="s">
+        <v>2018</v>
+      </c>
+      <c r="D101" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E101" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F101">
+        <v>44101603</v>
+      </c>
+      <c r="G101" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H101" t="s">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>2020</v>
+      </c>
+      <c r="B102" t="s">
+        <v>486</v>
+      </c>
+      <c r="C102" t="s">
+        <v>2021</v>
+      </c>
+      <c r="D102" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E102" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F102">
+        <v>44103202</v>
+      </c>
+      <c r="G102" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H102" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B103" t="s">
+        <v>486</v>
+      </c>
+      <c r="C103" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D103" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E103" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F103">
+        <v>56101703</v>
+      </c>
+      <c r="G103" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H103" t="s">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B104" t="s">
+        <v>486</v>
+      </c>
+      <c r="C104" t="s">
+        <v>2027</v>
+      </c>
+      <c r="D104" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E104" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F104">
+        <v>56101504</v>
+      </c>
+      <c r="G104" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H104" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>2029</v>
+      </c>
+      <c r="B105" t="s">
+        <v>486</v>
+      </c>
+      <c r="C105" t="s">
+        <v>2030</v>
+      </c>
+      <c r="D105" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E105" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F105">
+        <v>56101519</v>
+      </c>
+      <c r="G105" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H105" t="s">
+        <v>2031</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>2032</v>
+      </c>
+      <c r="B106" t="s">
+        <v>486</v>
+      </c>
+      <c r="C106" t="s">
+        <v>2033</v>
+      </c>
+      <c r="D106" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E106" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F106">
+        <v>56121509</v>
+      </c>
+      <c r="G106" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H106" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B107" t="s">
+        <v>486</v>
+      </c>
+      <c r="C107" t="s">
+        <v>2036</v>
+      </c>
+      <c r="D107" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E107" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F107">
+        <v>46171509</v>
+      </c>
+      <c r="G107" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H107" t="s">
+        <v>2037</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>2038</v>
+      </c>
+      <c r="B108" t="s">
+        <v>486</v>
+      </c>
+      <c r="C108" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D108" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E108" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F108">
+        <v>56101706</v>
+      </c>
+      <c r="G108" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H108" t="s">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B109" t="s">
+        <v>486</v>
+      </c>
+      <c r="C109" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D109" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F109">
+        <v>56101701</v>
+      </c>
+      <c r="G109" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H109" t="s">
+        <v>2043</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>2044</v>
+      </c>
+      <c r="B110" t="s">
+        <v>486</v>
+      </c>
+      <c r="C110" t="s">
+        <v>2045</v>
+      </c>
+      <c r="D110" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E110" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F110">
+        <v>56101520</v>
+      </c>
+      <c r="G110" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H110" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>2047</v>
+      </c>
+      <c r="B111" t="s">
+        <v>486</v>
+      </c>
+      <c r="C111" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D111" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E111" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F111">
+        <v>56101502</v>
+      </c>
+      <c r="G111" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H111" t="s">
+        <v>2049</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B112" t="s">
+        <v>486</v>
+      </c>
+      <c r="C112" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D112" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E112" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F112">
+        <v>44101501</v>
+      </c>
+      <c r="G112" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H112" t="s">
+        <v>2052</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B113" t="s">
+        <v>486</v>
+      </c>
+      <c r="C113" t="s">
+        <v>2054</v>
+      </c>
+      <c r="D113" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F113">
+        <v>44102602</v>
+      </c>
+      <c r="G113" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H113" t="s">
+        <v>2055</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>2056</v>
+      </c>
+      <c r="B114" t="s">
+        <v>486</v>
+      </c>
+      <c r="C114" t="s">
+        <v>2057</v>
+      </c>
+      <c r="D114" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E114" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F114">
+        <v>40101701</v>
+      </c>
+      <c r="G114" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H114" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>2059</v>
+      </c>
+      <c r="B115" t="s">
+        <v>486</v>
+      </c>
+      <c r="C115" t="s">
+        <v>2060</v>
+      </c>
+      <c r="D115" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E115" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F115">
+        <v>46171506</v>
+      </c>
+      <c r="G115" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H115" t="s">
+        <v>2061</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>2062</v>
+      </c>
+      <c r="B116" t="s">
+        <v>486</v>
+      </c>
+      <c r="C116" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D116" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F116">
+        <v>60121301</v>
+      </c>
+      <c r="G116" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H116" t="s">
+        <v>2064</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>2065</v>
+      </c>
+      <c r="B117" t="s">
+        <v>486</v>
+      </c>
+      <c r="C117" t="s">
+        <v>2066</v>
+      </c>
+      <c r="D117" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F117">
+        <v>44101602</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H117" t="s">
+        <v>2067</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>2068</v>
+      </c>
+      <c r="B118" t="s">
+        <v>486</v>
+      </c>
+      <c r="C118" t="s">
+        <v>2069</v>
+      </c>
+      <c r="D118" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F118">
+        <v>46151506</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H118" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>2071</v>
+      </c>
+      <c r="B119" t="s">
+        <v>486</v>
+      </c>
+      <c r="C119" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D119" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F119">
+        <v>39111518</v>
+      </c>
+      <c r="G119" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H119" t="s">
+        <v>2073</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>2074</v>
+      </c>
+      <c r="B120" t="s">
+        <v>486</v>
+      </c>
+      <c r="C120" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D120" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F120">
+        <v>46171514</v>
+      </c>
+      <c r="G120" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H120" t="s">
+        <v>2076</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J30"/>
+  <dimension ref="A1:I185"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>2613</v>
+        <v>493</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>493</v>
+        <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>1</v>
+        <v>523</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>1367</v>
+        <v>524</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>1776</v>
+        <v>525</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>1777</v>
+        <v>526</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>1420</v>
+        <v>527</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>1778</v>
-[...2 lines deleted...]
-        <v>1779</v>
+        <v>528</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2614</v>
+        <v>2077</v>
       </c>
       <c r="B2" t="s">
-        <v>2585</v>
-[...5 lines deleted...]
-        <v>2474</v>
+        <v>31</v>
+      </c>
+      <c r="C2">
+        <v>70</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2078</v>
       </c>
       <c r="E2" t="s">
-        <v>2615</v>
+        <v>2079</v>
       </c>
       <c r="F2" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G2" t="s">
-        <v>1783</v>
+        <v>2079</v>
       </c>
       <c r="H2" t="s">
-        <v>2616</v>
+        <v>2080</v>
       </c>
       <c r="I2" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2618</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2619</v>
+        <v>2082</v>
       </c>
       <c r="B3" t="s">
-        <v>2586</v>
-[...5 lines deleted...]
-        <v>559</v>
+        <v>31</v>
+      </c>
+      <c r="C3">
+        <v>88</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2083</v>
       </c>
       <c r="E3" t="s">
-        <v>2620</v>
+        <v>2084</v>
       </c>
       <c r="F3" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G3" t="s">
-        <v>1794</v>
+        <v>2084</v>
       </c>
       <c r="H3" t="s">
-        <v>2616</v>
+        <v>2085</v>
       </c>
       <c r="I3" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2621</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2622</v>
+        <v>2087</v>
       </c>
       <c r="B4" t="s">
-        <v>2587</v>
-[...5 lines deleted...]
-        <v>947</v>
+        <v>31</v>
+      </c>
+      <c r="C4">
+        <v>135</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2088</v>
       </c>
       <c r="E4" t="s">
-        <v>2623</v>
+        <v>2089</v>
       </c>
       <c r="F4" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G4" t="s">
-        <v>1794</v>
+        <v>2089</v>
       </c>
       <c r="H4" t="s">
-        <v>2616</v>
+        <v>2090</v>
       </c>
       <c r="I4" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2624</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2625</v>
+        <v>2092</v>
       </c>
       <c r="B5" t="s">
-        <v>2588</v>
-[...5 lines deleted...]
-        <v>3809</v>
+        <v>31</v>
+      </c>
+      <c r="C5">
+        <v>157</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2093</v>
       </c>
       <c r="E5" t="s">
-        <v>2626</v>
+        <v>2089</v>
       </c>
       <c r="F5" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G5" t="s">
-        <v>1794</v>
+        <v>2089</v>
       </c>
       <c r="H5" t="s">
-        <v>2616</v>
+        <v>2090</v>
       </c>
       <c r="I5" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2627</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2628</v>
+        <v>2095</v>
       </c>
       <c r="B6" t="s">
-        <v>2589</v>
-[...5 lines deleted...]
-        <v>948</v>
+        <v>31</v>
+      </c>
+      <c r="C6">
+        <v>241</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2096</v>
       </c>
       <c r="E6" t="s">
-        <v>2629</v>
+        <v>2097</v>
       </c>
       <c r="F6" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G6" t="s">
-        <v>1794</v>
+        <v>2097</v>
       </c>
       <c r="H6" t="s">
-        <v>2616</v>
+        <v>2098</v>
       </c>
       <c r="I6" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2630</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2631</v>
+        <v>2100</v>
       </c>
       <c r="B7" t="s">
-        <v>2590</v>
-[...5 lines deleted...]
-        <v>949</v>
+        <v>54</v>
+      </c>
+      <c r="C7">
+        <v>22</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2101</v>
       </c>
       <c r="E7" t="s">
-        <v>2632</v>
+        <v>2079</v>
       </c>
       <c r="F7" t="s">
-        <v>2616</v>
+        <v>546</v>
       </c>
       <c r="G7" t="s">
-        <v>1794</v>
+        <v>2079</v>
       </c>
       <c r="H7" t="s">
-        <v>2616</v>
+        <v>2080</v>
       </c>
       <c r="I7" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2633</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2634</v>
+        <v>2103</v>
       </c>
       <c r="B8" t="s">
-        <v>2591</v>
-[...5 lines deleted...]
-        <v>3806</v>
+        <v>54</v>
+      </c>
+      <c r="C8">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2104</v>
       </c>
       <c r="E8" t="s">
-        <v>2635</v>
+        <v>2084</v>
       </c>
       <c r="F8" t="s">
-        <v>2616</v>
+        <v>546</v>
       </c>
       <c r="G8" t="s">
-        <v>1794</v>
+        <v>2084</v>
       </c>
       <c r="H8" t="s">
-        <v>2616</v>
+        <v>2085</v>
       </c>
       <c r="I8" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2636</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2637</v>
+        <v>2106</v>
       </c>
       <c r="B9" t="s">
-        <v>2592</v>
-[...5 lines deleted...]
-        <v>930</v>
+        <v>54</v>
+      </c>
+      <c r="C9">
+        <v>149</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2107</v>
       </c>
       <c r="E9" t="s">
-        <v>2638</v>
+        <v>2089</v>
       </c>
       <c r="F9" t="s">
-        <v>2616</v>
+        <v>546</v>
       </c>
       <c r="G9" t="s">
-        <v>1794</v>
+        <v>2089</v>
       </c>
       <c r="H9" t="s">
-        <v>2616</v>
+        <v>2090</v>
       </c>
       <c r="I9" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2639</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2640</v>
+        <v>2109</v>
       </c>
       <c r="B10" t="s">
-        <v>2593</v>
-[...5 lines deleted...]
-        <v>695</v>
+        <v>54</v>
+      </c>
+      <c r="C10">
+        <v>740</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2110</v>
       </c>
       <c r="E10" t="s">
-        <v>2641</v>
+        <v>2089</v>
       </c>
       <c r="F10" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G10" t="s">
-        <v>1794</v>
+        <v>2089</v>
       </c>
       <c r="H10" t="s">
-        <v>2616</v>
+        <v>2090</v>
       </c>
       <c r="I10" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2642</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2643</v>
+        <v>2112</v>
       </c>
       <c r="B11" t="s">
-        <v>2594</v>
-[...5 lines deleted...]
-        <v>931</v>
+        <v>54</v>
+      </c>
+      <c r="C11">
+        <v>3576</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2113</v>
       </c>
       <c r="E11" t="s">
-        <v>2644</v>
+        <v>2114</v>
       </c>
       <c r="F11" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G11" t="s">
-        <v>1794</v>
+        <v>2114</v>
       </c>
       <c r="H11" t="s">
-        <v>2616</v>
+        <v>2115</v>
       </c>
       <c r="I11" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2645</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2646</v>
+        <v>2117</v>
       </c>
       <c r="B12" t="s">
-        <v>2595</v>
-[...5 lines deleted...]
-        <v>932</v>
+        <v>70</v>
+      </c>
+      <c r="C12">
+        <v>167</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2118</v>
       </c>
       <c r="E12" t="s">
-        <v>2647</v>
+        <v>2079</v>
       </c>
       <c r="F12" t="s">
-        <v>2616</v>
+        <v>546</v>
       </c>
       <c r="G12" t="s">
-        <v>1794</v>
+        <v>2079</v>
       </c>
       <c r="H12" t="s">
-        <v>2616</v>
+        <v>2080</v>
       </c>
       <c r="I12" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2648</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2649</v>
+        <v>2120</v>
       </c>
       <c r="B13" t="s">
-        <v>2596</v>
-[...5 lines deleted...]
-        <v>933</v>
+        <v>70</v>
+      </c>
+      <c r="C13">
+        <v>168</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2121</v>
       </c>
       <c r="E13" t="s">
-        <v>2650</v>
+        <v>2084</v>
       </c>
       <c r="F13" t="s">
-        <v>2616</v>
+        <v>546</v>
       </c>
       <c r="G13" t="s">
-        <v>1794</v>
+        <v>2084</v>
       </c>
       <c r="H13" t="s">
-        <v>2616</v>
+        <v>2085</v>
       </c>
       <c r="I13" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2651</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2652</v>
+        <v>2123</v>
       </c>
       <c r="B14" t="s">
-        <v>2597</v>
-[...5 lines deleted...]
-        <v>390</v>
+        <v>70</v>
+      </c>
+      <c r="C14">
+        <v>413</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2124</v>
       </c>
       <c r="E14" t="s">
-        <v>2653</v>
+        <v>2125</v>
       </c>
       <c r="F14" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G14" t="s">
-        <v>2091</v>
+        <v>2125</v>
       </c>
       <c r="H14" t="s">
-        <v>2616</v>
+        <v>2115</v>
       </c>
       <c r="I14" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2654</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2655</v>
+        <v>2127</v>
       </c>
       <c r="B15" t="s">
-        <v>2598</v>
-[...5 lines deleted...]
-        <v>227</v>
+        <v>70</v>
+      </c>
+      <c r="C15">
+        <v>185</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2128</v>
       </c>
       <c r="E15" t="s">
-        <v>2656</v>
+        <v>2129</v>
       </c>
       <c r="F15" t="s">
-        <v>2616</v>
+        <v>546</v>
       </c>
       <c r="G15" t="s">
-        <v>1794</v>
+        <v>2129</v>
       </c>
       <c r="H15" t="s">
-        <v>2616</v>
+        <v>2130</v>
       </c>
       <c r="I15" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2657</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2658</v>
+        <v>2132</v>
       </c>
       <c r="B16" t="s">
-        <v>2599</v>
-[...5 lines deleted...]
-        <v>1366</v>
+        <v>81</v>
+      </c>
+      <c r="C16">
+        <v>171</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2133</v>
       </c>
       <c r="E16" t="s">
-        <v>2659</v>
+        <v>2079</v>
       </c>
       <c r="F16" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G16" t="s">
-        <v>1794</v>
+        <v>2079</v>
       </c>
       <c r="H16" t="s">
-        <v>2616</v>
+        <v>2080</v>
       </c>
       <c r="I16" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2660</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2661</v>
+        <v>2135</v>
       </c>
       <c r="B17" t="s">
-        <v>2599</v>
-[...5 lines deleted...]
-        <v>1367</v>
+        <v>81</v>
+      </c>
+      <c r="C17">
+        <v>172</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2136</v>
       </c>
       <c r="E17" t="s">
-        <v>2659</v>
+        <v>2084</v>
       </c>
       <c r="F17" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G17" t="s">
-        <v>1794</v>
+        <v>2084</v>
       </c>
       <c r="H17" t="s">
-        <v>2616</v>
+        <v>2085</v>
       </c>
       <c r="I17" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2662</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2663</v>
+        <v>2138</v>
       </c>
       <c r="B18" t="s">
-        <v>2600</v>
-[...5 lines deleted...]
-        <v>304</v>
+        <v>81</v>
+      </c>
+      <c r="C18">
+        <v>173</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2139</v>
       </c>
       <c r="E18" t="s">
-        <v>2664</v>
+        <v>2084</v>
       </c>
       <c r="F18" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G18" t="s">
-        <v>1794</v>
+        <v>2084</v>
       </c>
       <c r="H18" t="s">
-        <v>2616</v>
+        <v>2085</v>
       </c>
       <c r="I18" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2665</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2666</v>
+        <v>2141</v>
       </c>
       <c r="B19" t="s">
-        <v>2601</v>
-[...5 lines deleted...]
-        <v>1003</v>
+        <v>81</v>
+      </c>
+      <c r="C19">
+        <v>303</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2142</v>
       </c>
       <c r="E19" t="s">
-        <v>2667</v>
+        <v>2097</v>
       </c>
       <c r="F19" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G19" t="s">
-        <v>1794</v>
+        <v>2097</v>
       </c>
       <c r="H19" t="s">
-        <v>2616</v>
+        <v>2098</v>
       </c>
       <c r="I19" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2668</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2669</v>
+        <v>2144</v>
       </c>
       <c r="B20" t="s">
-        <v>2602</v>
-[...5 lines deleted...]
-        <v>251</v>
+        <v>94</v>
+      </c>
+      <c r="C20">
+        <v>68</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2145</v>
       </c>
       <c r="E20" t="s">
-        <v>2670</v>
+        <v>2079</v>
       </c>
       <c r="F20" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G20" t="s">
-        <v>2091</v>
+        <v>2079</v>
       </c>
       <c r="H20" t="s">
-        <v>2616</v>
+        <v>2080</v>
       </c>
       <c r="I20" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2671</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2672</v>
+        <v>2147</v>
       </c>
       <c r="B21" t="s">
-        <v>2603</v>
-[...5 lines deleted...]
-        <v>461</v>
+        <v>94</v>
+      </c>
+      <c r="C21">
+        <v>87</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2148</v>
       </c>
       <c r="E21" t="s">
-        <v>2673</v>
+        <v>2084</v>
       </c>
       <c r="F21" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G21" t="s">
-        <v>1794</v>
+        <v>2084</v>
       </c>
       <c r="H21" t="s">
-        <v>2616</v>
+        <v>2085</v>
       </c>
       <c r="I21" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2674</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2675</v>
+        <v>2150</v>
       </c>
       <c r="B22" t="s">
-        <v>2604</v>
-[...5 lines deleted...]
-        <v>370</v>
+        <v>94</v>
+      </c>
+      <c r="C22">
+        <v>134</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2151</v>
       </c>
       <c r="E22" t="s">
-        <v>2676</v>
+        <v>2089</v>
       </c>
       <c r="F22" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G22" t="s">
-        <v>1794</v>
+        <v>2089</v>
       </c>
       <c r="H22" t="s">
-        <v>2616</v>
+        <v>2090</v>
       </c>
       <c r="I22" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2677</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2678</v>
+        <v>2153</v>
       </c>
       <c r="B23" t="s">
-        <v>2605</v>
-[...5 lines deleted...]
-        <v>244</v>
+        <v>94</v>
+      </c>
+      <c r="C23">
+        <v>162</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2154</v>
       </c>
       <c r="E23" t="s">
-        <v>2679</v>
+        <v>2089</v>
       </c>
       <c r="F23" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G23" t="s">
-        <v>1783</v>
+        <v>2089</v>
       </c>
       <c r="H23" t="s">
-        <v>2616</v>
+        <v>2090</v>
       </c>
       <c r="I23" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2680</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2681</v>
+        <v>2156</v>
       </c>
       <c r="B24" t="s">
-        <v>2606</v>
-[...5 lines deleted...]
-        <v>412</v>
+        <v>94</v>
+      </c>
+      <c r="C24">
+        <v>237</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2157</v>
       </c>
       <c r="E24" t="s">
-        <v>2682</v>
+        <v>2097</v>
       </c>
       <c r="F24" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G24" t="s">
-        <v>1794</v>
+        <v>2097</v>
       </c>
       <c r="H24" t="s">
-        <v>2616</v>
+        <v>2098</v>
       </c>
       <c r="I24" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2683</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2684</v>
+        <v>2159</v>
       </c>
       <c r="B25" t="s">
-        <v>2607</v>
-[...5 lines deleted...]
-        <v>225</v>
+        <v>102</v>
+      </c>
+      <c r="C25">
+        <v>63</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2160</v>
       </c>
       <c r="E25" t="s">
-        <v>2685</v>
+        <v>2079</v>
       </c>
       <c r="F25" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G25" t="s">
-        <v>1794</v>
+        <v>2079</v>
       </c>
       <c r="H25" t="s">
-        <v>2616</v>
+        <v>2080</v>
       </c>
       <c r="I25" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2686</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2687</v>
+        <v>2162</v>
       </c>
       <c r="B26" t="s">
-        <v>2608</v>
-[...5 lines deleted...]
-        <v>913</v>
+        <v>102</v>
+      </c>
+      <c r="C26">
+        <v>64</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2163</v>
       </c>
       <c r="E26" t="s">
-        <v>2688</v>
+        <v>2084</v>
       </c>
       <c r="F26" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G26" t="s">
-        <v>1794</v>
+        <v>2084</v>
       </c>
       <c r="H26" t="s">
-        <v>2616</v>
+        <v>2085</v>
       </c>
       <c r="I26" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2689</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2690</v>
+        <v>2165</v>
       </c>
       <c r="B27" t="s">
-        <v>2609</v>
-[...5 lines deleted...]
-        <v>369</v>
+        <v>102</v>
+      </c>
+      <c r="C27">
+        <v>95</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2166</v>
       </c>
       <c r="E27" t="s">
-        <v>2691</v>
+        <v>2089</v>
       </c>
       <c r="F27" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G27" t="s">
-        <v>1794</v>
+        <v>2089</v>
       </c>
       <c r="H27" t="s">
-        <v>2616</v>
+        <v>2090</v>
       </c>
       <c r="I27" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2692</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2693</v>
+        <v>2168</v>
       </c>
       <c r="B28" t="s">
-        <v>2610</v>
-[...5 lines deleted...]
-        <v>1329</v>
+        <v>102</v>
+      </c>
+      <c r="C28">
+        <v>102</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2169</v>
       </c>
       <c r="E28" t="s">
-        <v>2694</v>
+        <v>2097</v>
       </c>
       <c r="F28" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G28" t="s">
-        <v>1794</v>
+        <v>2097</v>
       </c>
       <c r="H28" t="s">
-        <v>2616</v>
+        <v>2098</v>
       </c>
       <c r="I28" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2695</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2696</v>
+        <v>2171</v>
       </c>
       <c r="B29" t="s">
-        <v>2611</v>
-[...5 lines deleted...]
-        <v>253</v>
+        <v>111</v>
+      </c>
+      <c r="C29">
+        <v>470</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2172</v>
       </c>
       <c r="E29" t="s">
-        <v>2697</v>
+        <v>2079</v>
       </c>
       <c r="F29" t="s">
-        <v>2616</v>
+        <v>532</v>
       </c>
       <c r="G29" t="s">
-        <v>2091</v>
+        <v>2079</v>
       </c>
       <c r="H29" t="s">
-        <v>2616</v>
+        <v>2080</v>
       </c>
       <c r="I29" t="s">
-        <v>2617</v>
-[...2 lines deleted...]
-        <v>2698</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2699</v>
+        <v>2174</v>
       </c>
       <c r="B30" t="s">
+        <v>111</v>
+      </c>
+      <c r="C30">
+        <v>164</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2175</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F30" t="s">
+        <v>546</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I30" t="s">
+        <v>2176</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2177</v>
+      </c>
+      <c r="B31" t="s">
+        <v>111</v>
+      </c>
+      <c r="C31">
+        <v>234</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2178</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F31" t="s">
+        <v>546</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I31" t="s">
+        <v>2179</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>2180</v>
+      </c>
+      <c r="B32" t="s">
+        <v>120</v>
+      </c>
+      <c r="C32">
+        <v>80</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2181</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F32" t="s">
+        <v>532</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I32" t="s">
+        <v>2182</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>2183</v>
+      </c>
+      <c r="B33" t="s">
+        <v>120</v>
+      </c>
+      <c r="C33">
+        <v>90</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2184</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F33" t="s">
+        <v>532</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I33" t="s">
+        <v>2185</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>2186</v>
+      </c>
+      <c r="B34" t="s">
+        <v>120</v>
+      </c>
+      <c r="C34">
+        <v>156</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2187</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F34" t="s">
+        <v>532</v>
+      </c>
+      <c r="G34" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I34" t="s">
+        <v>2188</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>2189</v>
+      </c>
+      <c r="B35" t="s">
+        <v>120</v>
+      </c>
+      <c r="C35">
+        <v>191</v>
+      </c>
+      <c r="D35" t="s">
+        <v>2190</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F35" t="s">
+        <v>532</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I35" t="s">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>2192</v>
+      </c>
+      <c r="B36" t="s">
+        <v>120</v>
+      </c>
+      <c r="C36">
+        <v>242</v>
+      </c>
+      <c r="D36" t="s">
+        <v>2193</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F36" t="s">
+        <v>532</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I36" t="s">
+        <v>2194</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>2195</v>
+      </c>
+      <c r="B37" t="s">
+        <v>129</v>
+      </c>
+      <c r="C37">
+        <v>71</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2196</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F37" t="s">
+        <v>532</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I37" t="s">
+        <v>2197</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B38" t="s">
+        <v>129</v>
+      </c>
+      <c r="C38">
+        <v>89</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2199</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F38" t="s">
+        <v>532</v>
+      </c>
+      <c r="G38" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I38" t="s">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>2201</v>
+      </c>
+      <c r="B39" t="s">
+        <v>129</v>
+      </c>
+      <c r="C39">
+        <v>155</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2202</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F39" t="s">
+        <v>532</v>
+      </c>
+      <c r="G39" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I39" t="s">
+        <v>2203</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>2204</v>
+      </c>
+      <c r="B40" t="s">
+        <v>129</v>
+      </c>
+      <c r="C40">
+        <v>238</v>
+      </c>
+      <c r="D40" t="s">
+        <v>2205</v>
+      </c>
+      <c r="E40" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F40" t="s">
+        <v>532</v>
+      </c>
+      <c r="G40" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H40" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I40" t="s">
+        <v>2206</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>2207</v>
+      </c>
+      <c r="B41" t="s">
+        <v>137</v>
+      </c>
+      <c r="C41">
+        <v>91</v>
+      </c>
+      <c r="D41" t="s">
+        <v>2208</v>
+      </c>
+      <c r="E41" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F41" t="s">
+        <v>532</v>
+      </c>
+      <c r="G41" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H41" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I41" t="s">
+        <v>2209</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>2210</v>
+      </c>
+      <c r="B42" t="s">
+        <v>137</v>
+      </c>
+      <c r="C42">
+        <v>93</v>
+      </c>
+      <c r="D42" t="s">
+        <v>2211</v>
+      </c>
+      <c r="E42" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F42" t="s">
+        <v>532</v>
+      </c>
+      <c r="G42" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H42" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I42" t="s">
+        <v>2212</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>2213</v>
+      </c>
+      <c r="B43" t="s">
+        <v>137</v>
+      </c>
+      <c r="C43">
+        <v>152</v>
+      </c>
+      <c r="D43" t="s">
+        <v>2214</v>
+      </c>
+      <c r="E43" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F43" t="s">
+        <v>532</v>
+      </c>
+      <c r="G43" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H43" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I43" t="s">
+        <v>2215</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>2216</v>
+      </c>
+      <c r="B44" t="s">
+        <v>137</v>
+      </c>
+      <c r="C44">
+        <v>223</v>
+      </c>
+      <c r="D44" t="s">
+        <v>2217</v>
+      </c>
+      <c r="E44" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F44" t="s">
+        <v>532</v>
+      </c>
+      <c r="G44" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H44" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I44" t="s">
+        <v>2218</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>2219</v>
+      </c>
+      <c r="B45" t="s">
+        <v>137</v>
+      </c>
+      <c r="C45">
+        <v>233</v>
+      </c>
+      <c r="D45" t="s">
+        <v>2220</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F45" t="s">
+        <v>532</v>
+      </c>
+      <c r="G45" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I45" t="s">
+        <v>2221</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>2222</v>
+      </c>
+      <c r="B46" t="s">
+        <v>137</v>
+      </c>
+      <c r="C46">
+        <v>276</v>
+      </c>
+      <c r="D46" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F46" t="s">
+        <v>532</v>
+      </c>
+      <c r="G46" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H46" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I46" t="s">
+        <v>2224</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>2225</v>
+      </c>
+      <c r="B47" t="s">
+        <v>146</v>
+      </c>
+      <c r="C47">
+        <v>170</v>
+      </c>
+      <c r="D47" t="s">
+        <v>2226</v>
+      </c>
+      <c r="E47" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F47" t="s">
+        <v>546</v>
+      </c>
+      <c r="G47" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H47" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I47" t="s">
+        <v>2227</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>2228</v>
+      </c>
+      <c r="B48" t="s">
+        <v>146</v>
+      </c>
+      <c r="C48">
+        <v>169</v>
+      </c>
+      <c r="D48" t="s">
+        <v>2229</v>
+      </c>
+      <c r="E48" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F48" t="s">
+        <v>546</v>
+      </c>
+      <c r="G48" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H48" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I48" t="s">
+        <v>2230</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>2231</v>
+      </c>
+      <c r="B49" t="s">
+        <v>146</v>
+      </c>
+      <c r="C49">
+        <v>235</v>
+      </c>
+      <c r="D49" t="s">
+        <v>2232</v>
+      </c>
+      <c r="E49" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F49" t="s">
+        <v>546</v>
+      </c>
+      <c r="G49" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I49" t="s">
+        <v>2233</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>2234</v>
+      </c>
+      <c r="B50" t="s">
+        <v>146</v>
+      </c>
+      <c r="C50">
+        <v>512</v>
+      </c>
+      <c r="D50" t="s">
+        <v>2235</v>
+      </c>
+      <c r="E50" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F50" t="s">
+        <v>546</v>
+      </c>
+      <c r="G50" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H50" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I50" t="s">
+        <v>2236</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>2237</v>
+      </c>
+      <c r="B51" t="s">
+        <v>158</v>
+      </c>
+      <c r="C51">
+        <v>78</v>
+      </c>
+      <c r="D51" t="s">
+        <v>2238</v>
+      </c>
+      <c r="E51" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F51" t="s">
+        <v>532</v>
+      </c>
+      <c r="G51" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H51" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I51" t="s">
+        <v>2239</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>2240</v>
+      </c>
+      <c r="B52" t="s">
+        <v>158</v>
+      </c>
+      <c r="C52">
+        <v>79</v>
+      </c>
+      <c r="D52" t="s">
+        <v>2241</v>
+      </c>
+      <c r="E52" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F52" t="s">
+        <v>532</v>
+      </c>
+      <c r="G52" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H52" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I52" t="s">
+        <v>2242</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>2243</v>
+      </c>
+      <c r="B53" t="s">
+        <v>158</v>
+      </c>
+      <c r="C53">
+        <v>136</v>
+      </c>
+      <c r="D53" t="s">
+        <v>2244</v>
+      </c>
+      <c r="E53" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F53" t="s">
+        <v>532</v>
+      </c>
+      <c r="G53" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H53" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I53" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B54" t="s">
+        <v>158</v>
+      </c>
+      <c r="C54">
+        <v>159</v>
+      </c>
+      <c r="D54" t="s">
+        <v>2247</v>
+      </c>
+      <c r="E54" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F54" t="s">
+        <v>532</v>
+      </c>
+      <c r="G54" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H54" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I54" t="s">
+        <v>2248</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>2249</v>
+      </c>
+      <c r="B55" t="s">
+        <v>168</v>
+      </c>
+      <c r="C55">
+        <v>76</v>
+      </c>
+      <c r="D55" t="s">
+        <v>2250</v>
+      </c>
+      <c r="E55" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F55" t="s">
+        <v>532</v>
+      </c>
+      <c r="G55" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H55" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I55" t="s">
+        <v>2251</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>2252</v>
+      </c>
+      <c r="B56" t="s">
+        <v>168</v>
+      </c>
+      <c r="C56">
+        <v>77</v>
+      </c>
+      <c r="D56" t="s">
+        <v>2253</v>
+      </c>
+      <c r="E56" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F56" t="s">
+        <v>532</v>
+      </c>
+      <c r="G56" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H56" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I56" t="s">
+        <v>2254</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>2255</v>
+      </c>
+      <c r="B57" t="s">
+        <v>168</v>
+      </c>
+      <c r="C57">
+        <v>143</v>
+      </c>
+      <c r="D57" t="s">
+        <v>2256</v>
+      </c>
+      <c r="E57" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F57" t="s">
+        <v>532</v>
+      </c>
+      <c r="G57" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H57" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I57" t="s">
+        <v>2257</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>2258</v>
+      </c>
+      <c r="B58" t="s">
+        <v>176</v>
+      </c>
+      <c r="C58">
+        <v>120</v>
+      </c>
+      <c r="D58" t="s">
+        <v>2259</v>
+      </c>
+      <c r="E58" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F58" t="s">
+        <v>532</v>
+      </c>
+      <c r="G58" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H58" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I58" t="s">
+        <v>2260</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>2261</v>
+      </c>
+      <c r="B59" t="s">
+        <v>176</v>
+      </c>
+      <c r="C59">
+        <v>121</v>
+      </c>
+      <c r="D59" t="s">
+        <v>2262</v>
+      </c>
+      <c r="E59" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F59" t="s">
+        <v>532</v>
+      </c>
+      <c r="G59" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H59" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I59" t="s">
+        <v>2263</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>2264</v>
+      </c>
+      <c r="B60" t="s">
+        <v>176</v>
+      </c>
+      <c r="C60">
+        <v>293</v>
+      </c>
+      <c r="D60" t="s">
+        <v>2265</v>
+      </c>
+      <c r="E60" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F60" t="s">
+        <v>532</v>
+      </c>
+      <c r="G60" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H60" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I60" t="s">
+        <v>2266</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>2267</v>
+      </c>
+      <c r="B61" t="s">
+        <v>187</v>
+      </c>
+      <c r="C61">
+        <v>74</v>
+      </c>
+      <c r="D61" t="s">
+        <v>2268</v>
+      </c>
+      <c r="E61" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F61" t="s">
+        <v>532</v>
+      </c>
+      <c r="G61" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H61" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I61" t="s">
+        <v>2269</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B62" t="s">
+        <v>187</v>
+      </c>
+      <c r="C62">
+        <v>75</v>
+      </c>
+      <c r="D62" t="s">
+        <v>2271</v>
+      </c>
+      <c r="E62" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F62" t="s">
+        <v>532</v>
+      </c>
+      <c r="G62" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H62" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I62" t="s">
+        <v>2272</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>2273</v>
+      </c>
+      <c r="B63" t="s">
+        <v>187</v>
+      </c>
+      <c r="C63">
+        <v>141</v>
+      </c>
+      <c r="D63" t="s">
+        <v>2274</v>
+      </c>
+      <c r="E63" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F63" t="s">
+        <v>532</v>
+      </c>
+      <c r="G63" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H63" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I63" t="s">
+        <v>2275</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>2276</v>
+      </c>
+      <c r="B64" t="s">
+        <v>187</v>
+      </c>
+      <c r="C64">
+        <v>142</v>
+      </c>
+      <c r="D64" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E64" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F64" t="s">
+        <v>532</v>
+      </c>
+      <c r="G64" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H64" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I64" t="s">
+        <v>2278</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>2279</v>
+      </c>
+      <c r="B65" t="s">
+        <v>187</v>
+      </c>
+      <c r="C65">
+        <v>154</v>
+      </c>
+      <c r="D65" t="s">
+        <v>2280</v>
+      </c>
+      <c r="E65" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F65" t="s">
+        <v>532</v>
+      </c>
+      <c r="G65" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H65" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I65" t="s">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>2282</v>
+      </c>
+      <c r="B66" t="s">
+        <v>195</v>
+      </c>
+      <c r="C66">
+        <v>66</v>
+      </c>
+      <c r="D66" t="s">
+        <v>2283</v>
+      </c>
+      <c r="E66" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F66" t="s">
+        <v>532</v>
+      </c>
+      <c r="G66" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H66" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I66" t="s">
+        <v>2284</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>2285</v>
+      </c>
+      <c r="B67" t="s">
+        <v>195</v>
+      </c>
+      <c r="C67">
+        <v>67</v>
+      </c>
+      <c r="D67" t="s">
+        <v>2286</v>
+      </c>
+      <c r="E67" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F67" t="s">
+        <v>532</v>
+      </c>
+      <c r="G67" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H67" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I67" t="s">
+        <v>2287</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>2288</v>
+      </c>
+      <c r="B68" t="s">
+        <v>195</v>
+      </c>
+      <c r="C68">
+        <v>133</v>
+      </c>
+      <c r="D68" t="s">
+        <v>2289</v>
+      </c>
+      <c r="E68" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F68" t="s">
+        <v>532</v>
+      </c>
+      <c r="G68" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H68" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I68" t="s">
+        <v>2290</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>2291</v>
+      </c>
+      <c r="B69" t="s">
+        <v>204</v>
+      </c>
+      <c r="C69">
+        <v>72</v>
+      </c>
+      <c r="D69" t="s">
+        <v>2292</v>
+      </c>
+      <c r="E69" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F69" t="s">
+        <v>532</v>
+      </c>
+      <c r="G69" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H69" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I69" t="s">
+        <v>2293</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>2294</v>
+      </c>
+      <c r="B70" t="s">
+        <v>204</v>
+      </c>
+      <c r="C70">
+        <v>73</v>
+      </c>
+      <c r="D70" t="s">
+        <v>2295</v>
+      </c>
+      <c r="E70" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F70" t="s">
+        <v>532</v>
+      </c>
+      <c r="G70" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H70" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I70" t="s">
+        <v>2296</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>2297</v>
+      </c>
+      <c r="B71" t="s">
+        <v>204</v>
+      </c>
+      <c r="C71">
+        <v>137</v>
+      </c>
+      <c r="D71" t="s">
+        <v>2298</v>
+      </c>
+      <c r="E71" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F71" t="s">
+        <v>532</v>
+      </c>
+      <c r="G71" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H71" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I71" t="s">
+        <v>2299</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>2300</v>
+      </c>
+      <c r="B72" t="s">
+        <v>204</v>
+      </c>
+      <c r="C72">
+        <v>138</v>
+      </c>
+      <c r="D72" t="s">
+        <v>2301</v>
+      </c>
+      <c r="E72" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F72" t="s">
+        <v>532</v>
+      </c>
+      <c r="G72" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H72" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I72" t="s">
+        <v>2302</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>2303</v>
+      </c>
+      <c r="B73" t="s">
+        <v>204</v>
+      </c>
+      <c r="C73">
+        <v>151</v>
+      </c>
+      <c r="D73" t="s">
+        <v>2304</v>
+      </c>
+      <c r="E73" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F73" t="s">
+        <v>532</v>
+      </c>
+      <c r="G73" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H73" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I73" t="s">
+        <v>2305</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B74" t="s">
+        <v>212</v>
+      </c>
+      <c r="C74">
+        <v>61</v>
+      </c>
+      <c r="D74" t="s">
+        <v>2307</v>
+      </c>
+      <c r="E74" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F74" t="s">
+        <v>532</v>
+      </c>
+      <c r="G74" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H74" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I74" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>2309</v>
+      </c>
+      <c r="B75" t="s">
+        <v>212</v>
+      </c>
+      <c r="C75">
+        <v>65</v>
+      </c>
+      <c r="D75" t="s">
+        <v>2310</v>
+      </c>
+      <c r="E75" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F75" t="s">
+        <v>532</v>
+      </c>
+      <c r="G75" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H75" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I75" t="s">
+        <v>2311</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>2312</v>
+      </c>
+      <c r="B76" t="s">
+        <v>212</v>
+      </c>
+      <c r="C76">
+        <v>146</v>
+      </c>
+      <c r="D76" t="s">
+        <v>2313</v>
+      </c>
+      <c r="E76" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F76" t="s">
+        <v>532</v>
+      </c>
+      <c r="G76" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H76" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I76" t="s">
+        <v>2314</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>2315</v>
+      </c>
+      <c r="B77" t="s">
+        <v>223</v>
+      </c>
+      <c r="C77">
+        <v>59</v>
+      </c>
+      <c r="D77" t="s">
+        <v>2316</v>
+      </c>
+      <c r="E77" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F77" t="s">
+        <v>532</v>
+      </c>
+      <c r="G77" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H77" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I77" t="s">
+        <v>2317</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>2318</v>
+      </c>
+      <c r="B78" t="s">
+        <v>223</v>
+      </c>
+      <c r="C78">
+        <v>60</v>
+      </c>
+      <c r="D78" t="s">
+        <v>2319</v>
+      </c>
+      <c r="E78" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F78" t="s">
+        <v>532</v>
+      </c>
+      <c r="G78" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H78" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I78" t="s">
+        <v>2320</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>2321</v>
+      </c>
+      <c r="B79" t="s">
+        <v>223</v>
+      </c>
+      <c r="C79">
+        <v>131</v>
+      </c>
+      <c r="D79" t="s">
+        <v>2322</v>
+      </c>
+      <c r="E79" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F79" t="s">
+        <v>532</v>
+      </c>
+      <c r="G79" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H79" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I79" t="s">
+        <v>2323</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>2324</v>
+      </c>
+      <c r="B80" t="s">
+        <v>223</v>
+      </c>
+      <c r="C80">
+        <v>153</v>
+      </c>
+      <c r="D80" t="s">
+        <v>2325</v>
+      </c>
+      <c r="E80" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F80" t="s">
+        <v>532</v>
+      </c>
+      <c r="G80" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H80" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I80" t="s">
+        <v>2326</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>2327</v>
+      </c>
+      <c r="B81" t="s">
+        <v>231</v>
+      </c>
+      <c r="C81">
+        <v>16</v>
+      </c>
+      <c r="D81" t="s">
+        <v>2328</v>
+      </c>
+      <c r="E81" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F81" t="s">
+        <v>546</v>
+      </c>
+      <c r="G81" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H81" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I81" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>2330</v>
+      </c>
+      <c r="B82" t="s">
+        <v>231</v>
+      </c>
+      <c r="C82">
+        <v>17</v>
+      </c>
+      <c r="D82" t="s">
+        <v>2331</v>
+      </c>
+      <c r="E82" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F82" t="s">
+        <v>546</v>
+      </c>
+      <c r="G82" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H82" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I82" t="s">
+        <v>2332</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>2333</v>
+      </c>
+      <c r="B83" t="s">
+        <v>231</v>
+      </c>
+      <c r="C83">
+        <v>51</v>
+      </c>
+      <c r="D83" t="s">
+        <v>2334</v>
+      </c>
+      <c r="E83" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F83" t="s">
+        <v>546</v>
+      </c>
+      <c r="G83" t="s">
+        <v>2114</v>
+      </c>
+      <c r="H83" t="s">
+        <v>2115</v>
+      </c>
+      <c r="I83" t="s">
+        <v>2335</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>2336</v>
+      </c>
+      <c r="B84" t="s">
+        <v>240</v>
+      </c>
+      <c r="C84">
+        <v>27</v>
+      </c>
+      <c r="D84" t="s">
+        <v>2337</v>
+      </c>
+      <c r="E84" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F84" t="s">
+        <v>532</v>
+      </c>
+      <c r="G84" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H84" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I84" t="s">
+        <v>2338</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>2339</v>
+      </c>
+      <c r="B85" t="s">
+        <v>240</v>
+      </c>
+      <c r="C85">
+        <v>28</v>
+      </c>
+      <c r="D85" t="s">
+        <v>2340</v>
+      </c>
+      <c r="E85" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F85" t="s">
+        <v>532</v>
+      </c>
+      <c r="G85" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H85" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I85" t="s">
+        <v>2341</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>2342</v>
+      </c>
+      <c r="B86" t="s">
+        <v>240</v>
+      </c>
+      <c r="C86">
+        <v>224</v>
+      </c>
+      <c r="D86" t="s">
+        <v>2343</v>
+      </c>
+      <c r="E86" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F86" t="s">
+        <v>532</v>
+      </c>
+      <c r="G86" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H86" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I86" t="s">
+        <v>2344</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>2345</v>
+      </c>
+      <c r="B87" t="s">
+        <v>250</v>
+      </c>
+      <c r="C87">
+        <v>183</v>
+      </c>
+      <c r="D87" t="s">
+        <v>2346</v>
+      </c>
+      <c r="E87" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F87" t="s">
+        <v>532</v>
+      </c>
+      <c r="G87" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H87" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I87" t="s">
+        <v>2347</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>2348</v>
+      </c>
+      <c r="B88" t="s">
+        <v>250</v>
+      </c>
+      <c r="C88">
+        <v>184</v>
+      </c>
+      <c r="D88" t="s">
+        <v>2349</v>
+      </c>
+      <c r="E88" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F88" t="s">
+        <v>532</v>
+      </c>
+      <c r="G88" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H88" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I88" t="s">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>2351</v>
+      </c>
+      <c r="B89" t="s">
+        <v>250</v>
+      </c>
+      <c r="C89">
+        <v>186</v>
+      </c>
+      <c r="D89" t="s">
+        <v>2352</v>
+      </c>
+      <c r="E89" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F89" t="s">
+        <v>532</v>
+      </c>
+      <c r="G89" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H89" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I89" t="s">
+        <v>2353</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>2354</v>
+      </c>
+      <c r="B90" t="s">
+        <v>258</v>
+      </c>
+      <c r="C90">
+        <v>129</v>
+      </c>
+      <c r="D90" t="s">
+        <v>2355</v>
+      </c>
+      <c r="E90" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F90" t="s">
+        <v>532</v>
+      </c>
+      <c r="G90" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H90" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I90" t="s">
+        <v>2356</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>2357</v>
+      </c>
+      <c r="B91" t="s">
+        <v>258</v>
+      </c>
+      <c r="C91">
+        <v>130</v>
+      </c>
+      <c r="D91" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E91" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F91" t="s">
+        <v>532</v>
+      </c>
+      <c r="G91" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H91" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I91" t="s">
+        <v>2359</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>2360</v>
+      </c>
+      <c r="B92" t="s">
+        <v>258</v>
+      </c>
+      <c r="C92">
+        <v>286</v>
+      </c>
+      <c r="D92" t="s">
+        <v>2361</v>
+      </c>
+      <c r="E92" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F92" t="s">
+        <v>532</v>
+      </c>
+      <c r="G92" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H92" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I92" t="s">
+        <v>2362</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>2363</v>
+      </c>
+      <c r="B93" t="s">
+        <v>258</v>
+      </c>
+      <c r="C93">
+        <v>514</v>
+      </c>
+      <c r="D93" t="s">
+        <v>2364</v>
+      </c>
+      <c r="E93" t="s">
+        <v>2125</v>
+      </c>
+      <c r="F93" t="s">
+        <v>532</v>
+      </c>
+      <c r="G93" t="s">
+        <v>2125</v>
+      </c>
+      <c r="H93" t="s">
+        <v>2115</v>
+      </c>
+      <c r="I93" t="s">
+        <v>2365</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>2366</v>
+      </c>
+      <c r="B94" t="s">
+        <v>269</v>
+      </c>
+      <c r="C94">
+        <v>37</v>
+      </c>
+      <c r="D94" t="s">
+        <v>2367</v>
+      </c>
+      <c r="E94" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F94" t="s">
+        <v>546</v>
+      </c>
+      <c r="G94" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H94" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I94" t="s">
+        <v>2368</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>2369</v>
+      </c>
+      <c r="B95" t="s">
+        <v>269</v>
+      </c>
+      <c r="C95">
+        <v>38</v>
+      </c>
+      <c r="D95" t="s">
+        <v>2370</v>
+      </c>
+      <c r="E95" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F95" t="s">
+        <v>546</v>
+      </c>
+      <c r="G95" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H95" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I95" t="s">
+        <v>2371</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>2372</v>
+      </c>
+      <c r="B96" t="s">
+        <v>269</v>
+      </c>
+      <c r="C96">
+        <v>520</v>
+      </c>
+      <c r="D96" t="s">
+        <v>2373</v>
+      </c>
+      <c r="E96" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F96" t="s">
+        <v>532</v>
+      </c>
+      <c r="G96" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H96" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I96" t="s">
+        <v>2374</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>2375</v>
+      </c>
+      <c r="B97" t="s">
+        <v>282</v>
+      </c>
+      <c r="C97">
+        <v>126</v>
+      </c>
+      <c r="D97" t="s">
+        <v>2376</v>
+      </c>
+      <c r="E97" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F97" t="s">
+        <v>532</v>
+      </c>
+      <c r="G97" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H97" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I97" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>2378</v>
+      </c>
+      <c r="B98" t="s">
+        <v>282</v>
+      </c>
+      <c r="C98">
+        <v>122</v>
+      </c>
+      <c r="D98" t="s">
+        <v>2379</v>
+      </c>
+      <c r="E98" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F98" t="s">
+        <v>546</v>
+      </c>
+      <c r="G98" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H98" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I98" t="s">
+        <v>2380</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>2381</v>
+      </c>
+      <c r="B99" t="s">
+        <v>282</v>
+      </c>
+      <c r="C99">
+        <v>1004</v>
+      </c>
+      <c r="D99" t="s">
+        <v>2382</v>
+      </c>
+      <c r="E99" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F99" t="s">
+        <v>532</v>
+      </c>
+      <c r="G99" t="s">
+        <v>2114</v>
+      </c>
+      <c r="H99" t="s">
+        <v>2115</v>
+      </c>
+      <c r="I99" t="s">
+        <v>2383</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>2384</v>
+      </c>
+      <c r="B100" t="s">
+        <v>291</v>
+      </c>
+      <c r="C100">
+        <v>179</v>
+      </c>
+      <c r="D100" t="s">
+        <v>2385</v>
+      </c>
+      <c r="E100" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F100" t="s">
+        <v>546</v>
+      </c>
+      <c r="G100" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H100" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I100" t="s">
+        <v>2386</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>2387</v>
+      </c>
+      <c r="B101" t="s">
+        <v>291</v>
+      </c>
+      <c r="C101">
+        <v>180</v>
+      </c>
+      <c r="D101" t="s">
+        <v>2388</v>
+      </c>
+      <c r="E101" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F101" t="s">
+        <v>546</v>
+      </c>
+      <c r="G101" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H101" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I101" t="s">
+        <v>2389</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>2390</v>
+      </c>
+      <c r="B102" t="s">
+        <v>291</v>
+      </c>
+      <c r="C102">
+        <v>252</v>
+      </c>
+      <c r="D102" t="s">
+        <v>2391</v>
+      </c>
+      <c r="E102" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F102" t="s">
+        <v>588</v>
+      </c>
+      <c r="G102" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H102" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I102" t="s">
+        <v>2392</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>2393</v>
+      </c>
+      <c r="B103" t="s">
+        <v>301</v>
+      </c>
+      <c r="C103">
+        <v>49</v>
+      </c>
+      <c r="D103" t="s">
+        <v>2394</v>
+      </c>
+      <c r="E103" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F103" t="s">
+        <v>532</v>
+      </c>
+      <c r="G103" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H103" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I103" t="s">
+        <v>2395</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>2396</v>
+      </c>
+      <c r="B104" t="s">
+        <v>301</v>
+      </c>
+      <c r="C104">
+        <v>50</v>
+      </c>
+      <c r="D104" t="s">
+        <v>2397</v>
+      </c>
+      <c r="E104" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F104" t="s">
+        <v>546</v>
+      </c>
+      <c r="G104" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H104" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I104" t="s">
+        <v>2398</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>2399</v>
+      </c>
+      <c r="B105" t="s">
+        <v>301</v>
+      </c>
+      <c r="C105">
+        <v>1002</v>
+      </c>
+      <c r="D105" t="s">
+        <v>2400</v>
+      </c>
+      <c r="E105" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F105" t="s">
+        <v>532</v>
+      </c>
+      <c r="G105" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H105" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I105" t="s">
+        <v>2401</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>2402</v>
+      </c>
+      <c r="B106" t="s">
+        <v>309</v>
+      </c>
+      <c r="C106">
+        <v>10</v>
+      </c>
+      <c r="D106" t="s">
+        <v>2403</v>
+      </c>
+      <c r="E106" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F106" t="s">
+        <v>588</v>
+      </c>
+      <c r="G106" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H106" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I106" t="s">
+        <v>2404</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>2405</v>
+      </c>
+      <c r="B107" t="s">
+        <v>309</v>
+      </c>
+      <c r="C107">
+        <v>4</v>
+      </c>
+      <c r="D107" t="s">
+        <v>2406</v>
+      </c>
+      <c r="E107" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F107" t="s">
+        <v>532</v>
+      </c>
+      <c r="G107" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H107" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I107" t="s">
+        <v>2407</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>2408</v>
+      </c>
+      <c r="B108" t="s">
+        <v>309</v>
+      </c>
+      <c r="C108">
+        <v>11</v>
+      </c>
+      <c r="D108" t="s">
+        <v>2409</v>
+      </c>
+      <c r="E108" t="s">
+        <v>2410</v>
+      </c>
+      <c r="F108" t="s">
+        <v>588</v>
+      </c>
+      <c r="G108" t="s">
+        <v>2410</v>
+      </c>
+      <c r="H108" t="s">
+        <v>2411</v>
+      </c>
+      <c r="I108" t="s">
+        <v>2412</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>2413</v>
+      </c>
+      <c r="B109" t="s">
+        <v>309</v>
+      </c>
+      <c r="C109">
+        <v>53</v>
+      </c>
+      <c r="D109" t="s">
+        <v>2414</v>
+      </c>
+      <c r="E109" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F109" t="s">
+        <v>532</v>
+      </c>
+      <c r="G109" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H109" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I109" t="s">
+        <v>2415</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>2416</v>
+      </c>
+      <c r="B110" t="s">
+        <v>309</v>
+      </c>
+      <c r="C110">
+        <v>434</v>
+      </c>
+      <c r="D110" t="s">
+        <v>2417</v>
+      </c>
+      <c r="E110" t="s">
+        <v>2125</v>
+      </c>
+      <c r="F110" t="s">
+        <v>532</v>
+      </c>
+      <c r="G110" t="s">
+        <v>2125</v>
+      </c>
+      <c r="H110" t="s">
+        <v>2115</v>
+      </c>
+      <c r="I110" t="s">
+        <v>2418</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B111" t="s">
+        <v>319</v>
+      </c>
+      <c r="C111">
+        <v>31</v>
+      </c>
+      <c r="D111" t="s">
+        <v>2420</v>
+      </c>
+      <c r="E111" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F111" t="s">
+        <v>532</v>
+      </c>
+      <c r="G111" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H111" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I111" t="s">
+        <v>2421</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B112" t="s">
+        <v>319</v>
+      </c>
+      <c r="C112">
+        <v>32</v>
+      </c>
+      <c r="D112" t="s">
+        <v>2423</v>
+      </c>
+      <c r="E112" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F112" t="s">
+        <v>532</v>
+      </c>
+      <c r="G112" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H112" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I112" t="s">
+        <v>2424</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>2425</v>
+      </c>
+      <c r="B113" t="s">
+        <v>319</v>
+      </c>
+      <c r="C113">
+        <v>54</v>
+      </c>
+      <c r="D113" t="s">
+        <v>2426</v>
+      </c>
+      <c r="E113" t="s">
+        <v>2410</v>
+      </c>
+      <c r="F113" t="s">
+        <v>532</v>
+      </c>
+      <c r="G113" t="s">
+        <v>2410</v>
+      </c>
+      <c r="H113" t="s">
+        <v>2411</v>
+      </c>
+      <c r="I113" t="s">
+        <v>2427</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>2428</v>
+      </c>
+      <c r="B114" t="s">
+        <v>319</v>
+      </c>
+      <c r="C114">
+        <v>55</v>
+      </c>
+      <c r="D114" t="s">
+        <v>2429</v>
+      </c>
+      <c r="E114" t="s">
+        <v>2410</v>
+      </c>
+      <c r="F114" t="s">
+        <v>532</v>
+      </c>
+      <c r="G114" t="s">
+        <v>2410</v>
+      </c>
+      <c r="H114" t="s">
+        <v>2411</v>
+      </c>
+      <c r="I114" t="s">
+        <v>2430</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B115" t="s">
+        <v>319</v>
+      </c>
+      <c r="C115">
+        <v>58</v>
+      </c>
+      <c r="D115" t="s">
+        <v>2432</v>
+      </c>
+      <c r="E115" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F115" t="s">
+        <v>532</v>
+      </c>
+      <c r="G115" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H115" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I115" t="s">
+        <v>2433</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>2434</v>
+      </c>
+      <c r="B116" t="s">
+        <v>329</v>
+      </c>
+      <c r="C116">
+        <v>9</v>
+      </c>
+      <c r="D116" t="s">
+        <v>2435</v>
+      </c>
+      <c r="E116" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F116" t="s">
+        <v>2436</v>
+      </c>
+      <c r="G116" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H116" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I116" t="s">
+        <v>2437</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>2438</v>
+      </c>
+      <c r="B117" t="s">
+        <v>329</v>
+      </c>
+      <c r="C117">
+        <v>7</v>
+      </c>
+      <c r="D117" t="s">
+        <v>2439</v>
+      </c>
+      <c r="E117" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F117" t="s">
+        <v>532</v>
+      </c>
+      <c r="G117" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H117" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I117" t="s">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B118" t="s">
+        <v>329</v>
+      </c>
+      <c r="C118">
+        <v>144</v>
+      </c>
+      <c r="D118" t="s">
+        <v>2442</v>
+      </c>
+      <c r="E118" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F118" t="s">
+        <v>532</v>
+      </c>
+      <c r="G118" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H118" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I118" t="s">
+        <v>2443</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>2444</v>
+      </c>
+      <c r="B119" t="s">
+        <v>329</v>
+      </c>
+      <c r="C119">
+        <v>145</v>
+      </c>
+      <c r="D119" t="s">
+        <v>2445</v>
+      </c>
+      <c r="E119" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F119" t="s">
+        <v>532</v>
+      </c>
+      <c r="G119" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H119" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I119" t="s">
+        <v>2446</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B120" t="s">
+        <v>338</v>
+      </c>
+      <c r="C120">
+        <v>18</v>
+      </c>
+      <c r="D120" t="s">
+        <v>2448</v>
+      </c>
+      <c r="E120" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F120" t="s">
+        <v>546</v>
+      </c>
+      <c r="G120" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H120" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I120" t="s">
+        <v>2449</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>2450</v>
+      </c>
+      <c r="B121" t="s">
+        <v>338</v>
+      </c>
+      <c r="C121">
+        <v>19</v>
+      </c>
+      <c r="D121" t="s">
+        <v>2451</v>
+      </c>
+      <c r="E121" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F121" t="s">
+        <v>546</v>
+      </c>
+      <c r="G121" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H121" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I121" t="s">
+        <v>2452</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>2453</v>
+      </c>
+      <c r="B122" t="s">
+        <v>338</v>
+      </c>
+      <c r="C122">
+        <v>85</v>
+      </c>
+      <c r="D122" t="s">
+        <v>2454</v>
+      </c>
+      <c r="E122" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F122" t="s">
+        <v>546</v>
+      </c>
+      <c r="G122" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H122" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I122" t="s">
+        <v>2455</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>2456</v>
+      </c>
+      <c r="B123" t="s">
+        <v>338</v>
+      </c>
+      <c r="C123">
+        <v>147</v>
+      </c>
+      <c r="D123" t="s">
+        <v>2457</v>
+      </c>
+      <c r="E123" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F123" t="s">
+        <v>546</v>
+      </c>
+      <c r="G123" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H123" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I123" t="s">
+        <v>2458</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>2459</v>
+      </c>
+      <c r="B124" t="s">
+        <v>338</v>
+      </c>
+      <c r="C124">
+        <v>86</v>
+      </c>
+      <c r="D124" t="s">
+        <v>2460</v>
+      </c>
+      <c r="E124" t="s">
+        <v>2410</v>
+      </c>
+      <c r="F124" t="s">
+        <v>546</v>
+      </c>
+      <c r="G124" t="s">
+        <v>2410</v>
+      </c>
+      <c r="H124" t="s">
+        <v>2411</v>
+      </c>
+      <c r="I124" t="s">
+        <v>2461</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>2462</v>
+      </c>
+      <c r="B125" t="s">
+        <v>338</v>
+      </c>
+      <c r="C125">
+        <v>148</v>
+      </c>
+      <c r="D125" t="s">
+        <v>2463</v>
+      </c>
+      <c r="E125" t="s">
+        <v>2410</v>
+      </c>
+      <c r="F125" t="s">
+        <v>546</v>
+      </c>
+      <c r="G125" t="s">
+        <v>2410</v>
+      </c>
+      <c r="H125" t="s">
+        <v>2411</v>
+      </c>
+      <c r="I125" t="s">
+        <v>2464</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>2465</v>
+      </c>
+      <c r="B126" t="s">
+        <v>338</v>
+      </c>
+      <c r="C126">
+        <v>912</v>
+      </c>
+      <c r="D126" t="s">
+        <v>2466</v>
+      </c>
+      <c r="E126" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F126" t="s">
+        <v>532</v>
+      </c>
+      <c r="G126" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H126" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I126" t="s">
+        <v>2467</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>2468</v>
+      </c>
+      <c r="B127" t="s">
+        <v>338</v>
+      </c>
+      <c r="C127">
+        <v>20</v>
+      </c>
+      <c r="D127" t="s">
+        <v>2469</v>
+      </c>
+      <c r="E127" t="s">
+        <v>2129</v>
+      </c>
+      <c r="F127" t="s">
+        <v>2470</v>
+      </c>
+      <c r="G127" t="s">
+        <v>2129</v>
+      </c>
+      <c r="H127" t="s">
+        <v>2130</v>
+      </c>
+      <c r="I127" t="s">
+        <v>2471</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>2472</v>
+      </c>
+      <c r="B128" t="s">
+        <v>338</v>
+      </c>
+      <c r="C128">
+        <v>21</v>
+      </c>
+      <c r="D128" t="s">
+        <v>2473</v>
+      </c>
+      <c r="E128" t="s">
+        <v>2129</v>
+      </c>
+      <c r="F128" t="s">
+        <v>2470</v>
+      </c>
+      <c r="G128" t="s">
+        <v>2129</v>
+      </c>
+      <c r="H128" t="s">
+        <v>2130</v>
+      </c>
+      <c r="I128" t="s">
+        <v>2474</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>2475</v>
+      </c>
+      <c r="B129" t="s">
+        <v>346</v>
+      </c>
+      <c r="C129">
+        <v>81</v>
+      </c>
+      <c r="D129" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E129" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F129" t="s">
+        <v>532</v>
+      </c>
+      <c r="G129" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H129" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I129" t="s">
+        <v>2477</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>2478</v>
+      </c>
+      <c r="B130" t="s">
+        <v>346</v>
+      </c>
+      <c r="C130">
+        <v>82</v>
+      </c>
+      <c r="D130" t="s">
+        <v>2479</v>
+      </c>
+      <c r="E130" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F130" t="s">
+        <v>532</v>
+      </c>
+      <c r="G130" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H130" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I130" t="s">
+        <v>2480</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>2481</v>
+      </c>
+      <c r="B131" t="s">
+        <v>346</v>
+      </c>
+      <c r="C131">
+        <v>268</v>
+      </c>
+      <c r="D131" t="s">
+        <v>2482</v>
+      </c>
+      <c r="E131" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F131" t="s">
+        <v>532</v>
+      </c>
+      <c r="G131" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H131" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I131" t="s">
+        <v>2483</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>2484</v>
+      </c>
+      <c r="B132" t="s">
+        <v>355</v>
+      </c>
+      <c r="C132">
+        <v>47</v>
+      </c>
+      <c r="D132" t="s">
+        <v>2485</v>
+      </c>
+      <c r="E132" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F132" t="s">
+        <v>532</v>
+      </c>
+      <c r="G132" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H132" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I132" t="s">
+        <v>2486</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>2487</v>
+      </c>
+      <c r="B133" t="s">
+        <v>355</v>
+      </c>
+      <c r="C133">
+        <v>48</v>
+      </c>
+      <c r="D133" t="s">
+        <v>2488</v>
+      </c>
+      <c r="E133" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F133" t="s">
+        <v>532</v>
+      </c>
+      <c r="G133" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H133" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I133" t="s">
+        <v>2489</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>2490</v>
+      </c>
+      <c r="B134" t="s">
+        <v>355</v>
+      </c>
+      <c r="C134">
+        <v>226</v>
+      </c>
+      <c r="D134" t="s">
+        <v>2491</v>
+      </c>
+      <c r="E134" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F134" t="s">
+        <v>532</v>
+      </c>
+      <c r="G134" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H134" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I134" t="s">
+        <v>2492</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>2493</v>
+      </c>
+      <c r="B135" t="s">
+        <v>363</v>
+      </c>
+      <c r="C135">
+        <v>98</v>
+      </c>
+      <c r="D135" t="s">
+        <v>2494</v>
+      </c>
+      <c r="E135" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F135" t="s">
+        <v>532</v>
+      </c>
+      <c r="G135" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H135" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I135" t="s">
+        <v>2495</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>2496</v>
+      </c>
+      <c r="B136" t="s">
+        <v>363</v>
+      </c>
+      <c r="C136">
+        <v>99</v>
+      </c>
+      <c r="D136" t="s">
+        <v>2497</v>
+      </c>
+      <c r="E136" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F136" t="s">
+        <v>532</v>
+      </c>
+      <c r="G136" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H136" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I136" t="s">
+        <v>2498</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>2499</v>
+      </c>
+      <c r="B137" t="s">
+        <v>363</v>
+      </c>
+      <c r="C137">
+        <v>160</v>
+      </c>
+      <c r="D137" t="s">
+        <v>2500</v>
+      </c>
+      <c r="E137" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F137" t="s">
+        <v>588</v>
+      </c>
+      <c r="G137" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H137" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I137" t="s">
+        <v>2501</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>2502</v>
+      </c>
+      <c r="B138" t="s">
+        <v>363</v>
+      </c>
+      <c r="C138">
+        <v>469</v>
+      </c>
+      <c r="D138" t="s">
+        <v>2503</v>
+      </c>
+      <c r="E138" t="s">
+        <v>2125</v>
+      </c>
+      <c r="F138" t="s">
+        <v>588</v>
+      </c>
+      <c r="G138" t="s">
+        <v>2125</v>
+      </c>
+      <c r="H138" t="s">
+        <v>2115</v>
+      </c>
+      <c r="I138" t="s">
+        <v>2504</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>2505</v>
+      </c>
+      <c r="B139" t="s">
+        <v>376</v>
+      </c>
+      <c r="C139">
+        <v>181</v>
+      </c>
+      <c r="D139" t="s">
+        <v>2506</v>
+      </c>
+      <c r="E139" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F139" t="s">
+        <v>546</v>
+      </c>
+      <c r="G139" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H139" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I139" t="s">
+        <v>2507</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>2508</v>
+      </c>
+      <c r="B140" t="s">
+        <v>376</v>
+      </c>
+      <c r="C140">
+        <v>182</v>
+      </c>
+      <c r="D140" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E140" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F140" t="s">
+        <v>546</v>
+      </c>
+      <c r="G140" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H140" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I140" t="s">
+        <v>2510</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>2511</v>
+      </c>
+      <c r="B141" t="s">
+        <v>376</v>
+      </c>
+      <c r="C141">
+        <v>250</v>
+      </c>
+      <c r="D141" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E141" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F141" t="s">
+        <v>588</v>
+      </c>
+      <c r="G141" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H141" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I141" t="s">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>2514</v>
+      </c>
+      <c r="B142" t="s">
+        <v>394</v>
+      </c>
+      <c r="C142">
+        <v>112</v>
+      </c>
+      <c r="D142" t="s">
+        <v>2515</v>
+      </c>
+      <c r="E142" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F142" t="s">
+        <v>532</v>
+      </c>
+      <c r="G142" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H142" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I142" t="s">
+        <v>2516</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>2517</v>
+      </c>
+      <c r="B143" t="s">
+        <v>394</v>
+      </c>
+      <c r="C143">
+        <v>113</v>
+      </c>
+      <c r="D143" t="s">
+        <v>2518</v>
+      </c>
+      <c r="E143" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F143" t="s">
+        <v>532</v>
+      </c>
+      <c r="G143" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H143" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I143" t="s">
+        <v>2519</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>2520</v>
+      </c>
+      <c r="B144" t="s">
+        <v>394</v>
+      </c>
+      <c r="C144">
+        <v>329</v>
+      </c>
+      <c r="D144" t="s">
+        <v>2521</v>
+      </c>
+      <c r="E144" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F144" t="s">
+        <v>588</v>
+      </c>
+      <c r="G144" t="s">
+        <v>2114</v>
+      </c>
+      <c r="H144" t="s">
+        <v>2115</v>
+      </c>
+      <c r="I144" t="s">
+        <v>2522</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>2523</v>
+      </c>
+      <c r="B145" t="s">
+        <v>403</v>
+      </c>
+      <c r="C145">
+        <v>33</v>
+      </c>
+      <c r="D145" t="s">
+        <v>2524</v>
+      </c>
+      <c r="E145" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F145" t="s">
+        <v>532</v>
+      </c>
+      <c r="G145" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H145" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I145" t="s">
+        <v>2525</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>2526</v>
+      </c>
+      <c r="B146" t="s">
+        <v>403</v>
+      </c>
+      <c r="C146">
+        <v>34</v>
+      </c>
+      <c r="D146" t="s">
+        <v>2527</v>
+      </c>
+      <c r="E146" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F146" t="s">
+        <v>532</v>
+      </c>
+      <c r="G146" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H146" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I146" t="s">
+        <v>2528</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>2529</v>
+      </c>
+      <c r="B147" t="s">
+        <v>403</v>
+      </c>
+      <c r="C147">
+        <v>132</v>
+      </c>
+      <c r="D147" t="s">
+        <v>2530</v>
+      </c>
+      <c r="E147" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F147" t="s">
+        <v>532</v>
+      </c>
+      <c r="G147" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H147" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I147" t="s">
+        <v>2531</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>2532</v>
+      </c>
+      <c r="B148" t="s">
+        <v>411</v>
+      </c>
+      <c r="C148">
+        <v>13</v>
+      </c>
+      <c r="D148" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E148" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F148" t="s">
+        <v>546</v>
+      </c>
+      <c r="G148" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H148" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I148" t="s">
+        <v>2534</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>2535</v>
+      </c>
+      <c r="B149" t="s">
+        <v>411</v>
+      </c>
+      <c r="C149">
+        <v>14</v>
+      </c>
+      <c r="D149" t="s">
+        <v>2536</v>
+      </c>
+      <c r="E149" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F149" t="s">
+        <v>546</v>
+      </c>
+      <c r="G149" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H149" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I149" t="s">
+        <v>2537</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>2538</v>
+      </c>
+      <c r="B150" t="s">
+        <v>411</v>
+      </c>
+      <c r="C150">
+        <v>15</v>
+      </c>
+      <c r="D150" t="s">
+        <v>2539</v>
+      </c>
+      <c r="E150" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F150" t="s">
+        <v>546</v>
+      </c>
+      <c r="G150" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H150" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I150" t="s">
+        <v>2540</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>2541</v>
+      </c>
+      <c r="B151" t="s">
+        <v>411</v>
+      </c>
+      <c r="C151">
+        <v>1328</v>
+      </c>
+      <c r="D151" t="s">
+        <v>2542</v>
+      </c>
+      <c r="E151" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F151" t="s">
+        <v>532</v>
+      </c>
+      <c r="G151" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H151" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I151" t="s">
+        <v>2543</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>2544</v>
+      </c>
+      <c r="B152" t="s">
+        <v>418</v>
+      </c>
+      <c r="C152">
+        <v>35</v>
+      </c>
+      <c r="D152" t="s">
+        <v>2545</v>
+      </c>
+      <c r="E152" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F152" t="s">
+        <v>532</v>
+      </c>
+      <c r="G152" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H152" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I152" t="s">
+        <v>2546</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>2547</v>
+      </c>
+      <c r="B153" t="s">
+        <v>418</v>
+      </c>
+      <c r="C153">
+        <v>36</v>
+      </c>
+      <c r="D153" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E153" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F153" t="s">
+        <v>532</v>
+      </c>
+      <c r="G153" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H153" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I153" t="s">
+        <v>2549</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>2550</v>
+      </c>
+      <c r="B154" t="s">
+        <v>418</v>
+      </c>
+      <c r="C154">
+        <v>83</v>
+      </c>
+      <c r="D154" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E154" t="s">
+        <v>2410</v>
+      </c>
+      <c r="F154" t="s">
+        <v>532</v>
+      </c>
+      <c r="G154" t="s">
+        <v>2410</v>
+      </c>
+      <c r="H154" t="s">
+        <v>2411</v>
+      </c>
+      <c r="I154" t="s">
+        <v>2552</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>2553</v>
+      </c>
+      <c r="B155" t="s">
+        <v>418</v>
+      </c>
+      <c r="C155">
+        <v>118</v>
+      </c>
+      <c r="D155" t="s">
+        <v>2554</v>
+      </c>
+      <c r="E155" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F155" t="s">
+        <v>532</v>
+      </c>
+      <c r="G155" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H155" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I155" t="s">
+        <v>2555</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>2556</v>
+      </c>
+      <c r="B156" t="s">
+        <v>418</v>
+      </c>
+      <c r="C156">
+        <v>119</v>
+      </c>
+      <c r="D156" t="s">
+        <v>2554</v>
+      </c>
+      <c r="E156" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F156" t="s">
+        <v>532</v>
+      </c>
+      <c r="G156" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H156" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I156" t="s">
+        <v>2557</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>2558</v>
+      </c>
+      <c r="B157" t="s">
+        <v>425</v>
+      </c>
+      <c r="C157">
+        <v>96</v>
+      </c>
+      <c r="D157" t="s">
+        <v>2559</v>
+      </c>
+      <c r="E157" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F157" t="s">
+        <v>532</v>
+      </c>
+      <c r="G157" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H157" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I157" t="s">
+        <v>2560</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>2561</v>
+      </c>
+      <c r="B158" t="s">
+        <v>425</v>
+      </c>
+      <c r="C158">
+        <v>97</v>
+      </c>
+      <c r="D158" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E158" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F158" t="s">
+        <v>532</v>
+      </c>
+      <c r="G158" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H158" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I158" t="s">
+        <v>2563</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>2564</v>
+      </c>
+      <c r="B159" t="s">
+        <v>425</v>
+      </c>
+      <c r="C159">
+        <v>161</v>
+      </c>
+      <c r="D159" t="s">
+        <v>2565</v>
+      </c>
+      <c r="E159" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F159" t="s">
+        <v>588</v>
+      </c>
+      <c r="G159" t="s">
+        <v>2114</v>
+      </c>
+      <c r="H159" t="s">
+        <v>2115</v>
+      </c>
+      <c r="I159" t="s">
+        <v>2566</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>2567</v>
+      </c>
+      <c r="B160" t="s">
+        <v>432</v>
+      </c>
+      <c r="C160">
+        <v>110</v>
+      </c>
+      <c r="D160" t="s">
+        <v>2568</v>
+      </c>
+      <c r="E160" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F160" t="s">
+        <v>532</v>
+      </c>
+      <c r="G160" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H160" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I160" t="s">
+        <v>2569</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>2570</v>
+      </c>
+      <c r="B161" t="s">
+        <v>432</v>
+      </c>
+      <c r="C161">
+        <v>111</v>
+      </c>
+      <c r="D161" t="s">
+        <v>2571</v>
+      </c>
+      <c r="E161" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F161" t="s">
+        <v>532</v>
+      </c>
+      <c r="G161" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H161" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I161" t="s">
+        <v>2572</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>2573</v>
+      </c>
+      <c r="B162" t="s">
+        <v>432</v>
+      </c>
+      <c r="C162">
+        <v>236</v>
+      </c>
+      <c r="D162" t="s">
+        <v>2574</v>
+      </c>
+      <c r="E162" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F162" t="s">
+        <v>546</v>
+      </c>
+      <c r="G162" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H162" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I162" t="s">
+        <v>2575</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>2576</v>
+      </c>
+      <c r="B163" t="s">
+        <v>441</v>
+      </c>
+      <c r="C163">
+        <v>127</v>
+      </c>
+      <c r="D163" t="s">
+        <v>2577</v>
+      </c>
+      <c r="E163" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F163" t="s">
+        <v>532</v>
+      </c>
+      <c r="G163" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H163" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I163" t="s">
+        <v>2578</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>2579</v>
+      </c>
+      <c r="B164" t="s">
+        <v>441</v>
+      </c>
+      <c r="C164">
+        <v>128</v>
+      </c>
+      <c r="D164" t="s">
+        <v>2580</v>
+      </c>
+      <c r="E164" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F164" t="s">
+        <v>532</v>
+      </c>
+      <c r="G164" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H164" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I164" t="s">
+        <v>2581</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>2582</v>
+      </c>
+      <c r="B165" t="s">
+        <v>441</v>
+      </c>
+      <c r="C165">
+        <v>312</v>
+      </c>
+      <c r="D165" t="s">
+        <v>2583</v>
+      </c>
+      <c r="E165" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F165" t="s">
+        <v>532</v>
+      </c>
+      <c r="G165" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H165" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I165" t="s">
+        <v>2584</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>2585</v>
+      </c>
+      <c r="B166" t="s">
+        <v>448</v>
+      </c>
+      <c r="C166">
+        <v>116</v>
+      </c>
+      <c r="D166" t="s">
+        <v>2586</v>
+      </c>
+      <c r="E166" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F166" t="s">
+        <v>532</v>
+      </c>
+      <c r="G166" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H166" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I166" t="s">
+        <v>2587</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>2588</v>
+      </c>
+      <c r="B167" t="s">
+        <v>448</v>
+      </c>
+      <c r="C167">
+        <v>117</v>
+      </c>
+      <c r="D167" t="s">
+        <v>2589</v>
+      </c>
+      <c r="E167" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F167" t="s">
+        <v>532</v>
+      </c>
+      <c r="G167" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H167" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I167" t="s">
+        <v>2590</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>2591</v>
+      </c>
+      <c r="B168" t="s">
+        <v>448</v>
+      </c>
+      <c r="C168">
+        <v>330</v>
+      </c>
+      <c r="D168" t="s">
+        <v>2592</v>
+      </c>
+      <c r="E168" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F168" t="s">
+        <v>588</v>
+      </c>
+      <c r="G168" t="s">
+        <v>2114</v>
+      </c>
+      <c r="H168" t="s">
+        <v>2115</v>
+      </c>
+      <c r="I168" t="s">
+        <v>2593</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>2594</v>
+      </c>
+      <c r="B169" t="s">
+        <v>456</v>
+      </c>
+      <c r="C169">
+        <v>45</v>
+      </c>
+      <c r="D169" t="s">
+        <v>2595</v>
+      </c>
+      <c r="E169" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F169" t="s">
+        <v>546</v>
+      </c>
+      <c r="G169" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H169" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I169" t="s">
+        <v>2596</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>2597</v>
+      </c>
+      <c r="B170" t="s">
+        <v>456</v>
+      </c>
+      <c r="C170">
+        <v>46</v>
+      </c>
+      <c r="D170" t="s">
+        <v>2598</v>
+      </c>
+      <c r="E170" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F170" t="s">
+        <v>546</v>
+      </c>
+      <c r="G170" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H170" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I170" t="s">
+        <v>2599</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>2600</v>
+      </c>
+      <c r="B171" t="s">
+        <v>456</v>
+      </c>
+      <c r="C171">
+        <v>150</v>
+      </c>
+      <c r="D171" t="s">
+        <v>2601</v>
+      </c>
+      <c r="E171" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F171" t="s">
+        <v>546</v>
+      </c>
+      <c r="G171" t="s">
+        <v>2114</v>
+      </c>
+      <c r="H171" t="s">
+        <v>2115</v>
+      </c>
+      <c r="I171" t="s">
+        <v>2602</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>2603</v>
+      </c>
+      <c r="B172" t="s">
+        <v>464</v>
+      </c>
+      <c r="C172">
+        <v>106</v>
+      </c>
+      <c r="D172" t="s">
+        <v>2604</v>
+      </c>
+      <c r="E172" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F172" t="s">
+        <v>532</v>
+      </c>
+      <c r="G172" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H172" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I172" t="s">
+        <v>2605</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>2606</v>
+      </c>
+      <c r="B173" t="s">
+        <v>464</v>
+      </c>
+      <c r="C173">
+        <v>107</v>
+      </c>
+      <c r="D173" t="s">
+        <v>2607</v>
+      </c>
+      <c r="E173" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F173" t="s">
+        <v>532</v>
+      </c>
+      <c r="G173" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H173" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I173" t="s">
+        <v>2608</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>2609</v>
+      </c>
+      <c r="B174" t="s">
+        <v>464</v>
+      </c>
+      <c r="C174">
+        <v>261</v>
+      </c>
+      <c r="D174" t="s">
+        <v>2610</v>
+      </c>
+      <c r="E174" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F174" t="s">
+        <v>588</v>
+      </c>
+      <c r="G174" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H174" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I174" t="s">
+        <v>2611</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
         <v>2612</v>
       </c>
-      <c r="C30" t="s">
+      <c r="B175" t="s">
+        <v>464</v>
+      </c>
+      <c r="C175">
+        <v>389</v>
+      </c>
+      <c r="D175" t="s">
+        <v>2613</v>
+      </c>
+      <c r="E175" t="s">
+        <v>2125</v>
+      </c>
+      <c r="F175" t="s">
+        <v>588</v>
+      </c>
+      <c r="G175" t="s">
+        <v>2125</v>
+      </c>
+      <c r="H175" t="s">
+        <v>2115</v>
+      </c>
+      <c r="I175" t="s">
+        <v>2614</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>2615</v>
+      </c>
+      <c r="B176" t="s">
+        <v>472</v>
+      </c>
+      <c r="C176">
+        <v>108</v>
+      </c>
+      <c r="D176" t="s">
+        <v>2616</v>
+      </c>
+      <c r="E176" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F176" t="s">
+        <v>532</v>
+      </c>
+      <c r="G176" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H176" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I176" t="s">
+        <v>2617</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>2618</v>
+      </c>
+      <c r="B177" t="s">
+        <v>472</v>
+      </c>
+      <c r="C177">
+        <v>109</v>
+      </c>
+      <c r="D177" t="s">
+        <v>2619</v>
+      </c>
+      <c r="E177" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F177" t="s">
+        <v>532</v>
+      </c>
+      <c r="G177" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H177" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I177" t="s">
+        <v>2620</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>2621</v>
+      </c>
+      <c r="B178" t="s">
+        <v>472</v>
+      </c>
+      <c r="C178">
+        <v>277</v>
+      </c>
+      <c r="D178" t="s">
+        <v>2622</v>
+      </c>
+      <c r="E178" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F178" t="s">
+        <v>588</v>
+      </c>
+      <c r="G178" t="s">
+        <v>2114</v>
+      </c>
+      <c r="H178" t="s">
+        <v>2115</v>
+      </c>
+      <c r="I178" t="s">
+        <v>2623</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>2624</v>
+      </c>
+      <c r="B179" t="s">
+        <v>479</v>
+      </c>
+      <c r="C179">
+        <v>114</v>
+      </c>
+      <c r="D179" t="s">
+        <v>2625</v>
+      </c>
+      <c r="E179" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F179" t="s">
+        <v>532</v>
+      </c>
+      <c r="G179" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H179" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I179" t="s">
+        <v>2626</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>2627</v>
+      </c>
+      <c r="B180" t="s">
+        <v>479</v>
+      </c>
+      <c r="C180">
+        <v>115</v>
+      </c>
+      <c r="D180" t="s">
+        <v>2628</v>
+      </c>
+      <c r="E180" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F180" t="s">
+        <v>532</v>
+      </c>
+      <c r="G180" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H180" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I180" t="s">
+        <v>2629</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>2630</v>
+      </c>
+      <c r="B181" t="s">
+        <v>479</v>
+      </c>
+      <c r="C181">
+        <v>278</v>
+      </c>
+      <c r="D181" t="s">
+        <v>2631</v>
+      </c>
+      <c r="E181" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F181" t="s">
+        <v>588</v>
+      </c>
+      <c r="G181" t="s">
+        <v>2114</v>
+      </c>
+      <c r="H181" t="s">
+        <v>2115</v>
+      </c>
+      <c r="I181" t="s">
+        <v>2632</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>2633</v>
+      </c>
+      <c r="B182" t="s">
         <v>486</v>
       </c>
-      <c r="D30">
-[...18 lines deleted...]
-        <v>2701</v>
+      <c r="C182">
+        <v>56</v>
+      </c>
+      <c r="D182" t="s">
+        <v>2634</v>
+      </c>
+      <c r="E182" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F182" t="s">
+        <v>532</v>
+      </c>
+      <c r="G182" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H182" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I182" t="s">
+        <v>2635</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>2636</v>
+      </c>
+      <c r="B183" t="s">
+        <v>486</v>
+      </c>
+      <c r="C183">
+        <v>57</v>
+      </c>
+      <c r="D183" t="s">
+        <v>2637</v>
+      </c>
+      <c r="E183" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F183" t="s">
+        <v>532</v>
+      </c>
+      <c r="G183" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H183" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I183" t="s">
+        <v>2638</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>2639</v>
+      </c>
+      <c r="B184" t="s">
+        <v>486</v>
+      </c>
+      <c r="C184">
+        <v>94</v>
+      </c>
+      <c r="D184" t="s">
+        <v>2640</v>
+      </c>
+      <c r="E184" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F184" t="s">
+        <v>532</v>
+      </c>
+      <c r="G184" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H184" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I184" t="s">
+        <v>2641</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>2642</v>
+      </c>
+      <c r="B185" t="s">
+        <v>486</v>
+      </c>
+      <c r="C185">
+        <v>125</v>
+      </c>
+      <c r="D185" t="s">
+        <v>2643</v>
+      </c>
+      <c r="E185" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F185" t="s">
+        <v>532</v>
+      </c>
+      <c r="G185" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H185" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I185" t="s">
+        <v>2644</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:L21"/>
+  <dimension ref="A1:D128"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>493</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>1420</v>
-[...23 lines deleted...]
-        <v>2705</v>
+        <v>620</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2706</v>
+        <v>2645</v>
       </c>
       <c r="B2" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="C2" t="s">
-        <v>2707</v>
+        <v>649</v>
       </c>
       <c r="D2" t="s">
-        <v>66</v>
-[...23 lines deleted...]
-        <v>2710</v>
+        <v>650</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2711</v>
+        <v>2646</v>
       </c>
       <c r="B3" t="s">
-        <v>70</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>2712</v>
+        <v>655</v>
       </c>
       <c r="D3" t="s">
-        <v>79</v>
-[...23 lines deleted...]
-        <v>2710</v>
+        <v>656</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2715</v>
+        <v>2647</v>
       </c>
       <c r="B4" t="s">
-        <v>82</v>
+        <v>31</v>
       </c>
       <c r="C4" t="s">
-        <v>2716</v>
+        <v>658</v>
       </c>
       <c r="D4" t="s">
-        <v>88</v>
-[...23 lines deleted...]
-        <v>2710</v>
+        <v>659</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2718</v>
+        <v>2648</v>
       </c>
       <c r="B5" t="s">
-        <v>110</v>
+        <v>31</v>
       </c>
       <c r="C5" t="s">
-        <v>2719</v>
+        <v>664</v>
       </c>
       <c r="D5" t="s">
-        <v>116</v>
-[...23 lines deleted...]
-        <v>2710</v>
+        <v>665</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2721</v>
+        <v>2649</v>
       </c>
       <c r="B6" t="s">
-        <v>119</v>
+        <v>31</v>
       </c>
       <c r="C6" t="s">
-        <v>2722</v>
+        <v>667</v>
       </c>
       <c r="D6" t="s">
-        <v>125</v>
-[...23 lines deleted...]
-        <v>2710</v>
+        <v>668</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2724</v>
+        <v>2650</v>
       </c>
       <c r="B7" t="s">
-        <v>136</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
-        <v>2725</v>
+        <v>700</v>
       </c>
       <c r="D7" t="s">
-        <v>143</v>
-[...23 lines deleted...]
-        <v>2710</v>
+        <v>701</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2727</v>
+        <v>2651</v>
       </c>
       <c r="B8" t="s">
-        <v>146</v>
+        <v>70</v>
       </c>
       <c r="C8" t="s">
-        <v>2728</v>
+        <v>707</v>
       </c>
       <c r="D8" t="s">
-        <v>152</v>
-[...23 lines deleted...]
-        <v>2710</v>
+        <v>708</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2731</v>
+        <v>2652</v>
       </c>
       <c r="B9" t="s">
-        <v>155</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
-        <v>2732</v>
+        <v>714</v>
       </c>
       <c r="D9" t="s">
-        <v>161</v>
-[...23 lines deleted...]
-        <v>2710</v>
+        <v>715</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2734</v>
+        <v>2653</v>
       </c>
       <c r="B10" t="s">
-        <v>163</v>
+        <v>81</v>
       </c>
       <c r="C10" t="s">
-        <v>2735</v>
+        <v>735</v>
       </c>
       <c r="D10" t="s">
-        <v>169</v>
-[...23 lines deleted...]
-        <v>2710</v>
+        <v>736</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2737</v>
+        <v>2654</v>
       </c>
       <c r="B11" t="s">
-        <v>171</v>
+        <v>81</v>
       </c>
       <c r="C11" t="s">
-        <v>2738</v>
+        <v>740</v>
       </c>
       <c r="D11" t="s">
-        <v>177</v>
-[...23 lines deleted...]
-        <v>2710</v>
+        <v>741</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2740</v>
+        <v>2655</v>
       </c>
       <c r="B12" t="s">
-        <v>216</v>
+        <v>81</v>
       </c>
       <c r="C12" t="s">
-        <v>2741</v>
+        <v>743</v>
       </c>
       <c r="D12" t="s">
-        <v>226</v>
-[...23 lines deleted...]
-        <v>2744</v>
+        <v>744</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2745</v>
+        <v>2656</v>
       </c>
       <c r="B13" t="s">
-        <v>288</v>
+        <v>81</v>
       </c>
       <c r="C13" t="s">
-        <v>2746</v>
+        <v>746</v>
       </c>
       <c r="D13" t="s">
-        <v>294</v>
-[...23 lines deleted...]
-        <v>2710</v>
+        <v>747</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2749</v>
+        <v>2657</v>
       </c>
       <c r="B14" t="s">
-        <v>299</v>
+        <v>81</v>
       </c>
       <c r="C14" t="s">
-        <v>2750</v>
+        <v>749</v>
       </c>
       <c r="D14" t="s">
-        <v>305</v>
-[...23 lines deleted...]
-        <v>2710</v>
+        <v>750</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2753</v>
+        <v>2658</v>
       </c>
       <c r="B15" t="s">
-        <v>335</v>
+        <v>81</v>
       </c>
       <c r="C15" t="s">
-        <v>2754</v>
+        <v>754</v>
       </c>
       <c r="D15" t="s">
-        <v>341</v>
-[...23 lines deleted...]
-        <v>2710</v>
+        <v>755</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2757</v>
+        <v>2659</v>
       </c>
       <c r="B16" t="s">
-        <v>353</v>
+        <v>81</v>
       </c>
       <c r="C16" t="s">
-        <v>2758</v>
+        <v>757</v>
       </c>
       <c r="D16" t="s">
-        <v>360</v>
-[...23 lines deleted...]
-        <v>2710</v>
+        <v>758</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2761</v>
+        <v>2660</v>
       </c>
       <c r="B17" t="s">
-        <v>442</v>
+        <v>94</v>
       </c>
       <c r="C17" t="s">
-        <v>2762</v>
+        <v>649</v>
       </c>
       <c r="D17" t="s">
-        <v>448</v>
-[...23 lines deleted...]
-        <v>2710</v>
+        <v>650</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2764</v>
+        <v>2661</v>
       </c>
       <c r="B18" t="s">
-        <v>464</v>
+        <v>94</v>
       </c>
       <c r="C18" t="s">
-        <v>2765</v>
+        <v>658</v>
       </c>
       <c r="D18" t="s">
-        <v>470</v>
-[...23 lines deleted...]
-        <v>2710</v>
+        <v>659</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2768</v>
+        <v>2662</v>
       </c>
       <c r="B19" t="s">
-        <v>486</v>
+        <v>94</v>
       </c>
       <c r="C19" t="s">
-        <v>2769</v>
+        <v>664</v>
       </c>
       <c r="D19" t="s">
-        <v>492</v>
-[...23 lines deleted...]
-        <v>2710</v>
+        <v>665</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2771</v>
+        <v>2663</v>
       </c>
       <c r="B20" t="s">
-        <v>486</v>
+        <v>102</v>
       </c>
       <c r="C20" t="s">
-        <v>2772</v>
+        <v>777</v>
       </c>
       <c r="D20" t="s">
-        <v>492</v>
-[...23 lines deleted...]
-        <v>2710</v>
+        <v>778</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2774</v>
+        <v>2664</v>
       </c>
       <c r="B21" t="s">
+        <v>102</v>
+      </c>
+      <c r="C21" t="s">
+        <v>782</v>
+      </c>
+      <c r="D21" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2665</v>
+      </c>
+      <c r="B22" t="s">
+        <v>102</v>
+      </c>
+      <c r="C22" t="s">
+        <v>787</v>
+      </c>
+      <c r="D22" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2666</v>
+      </c>
+      <c r="B23" t="s">
+        <v>111</v>
+      </c>
+      <c r="C23" t="s">
+        <v>806</v>
+      </c>
+      <c r="D23" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2667</v>
+      </c>
+      <c r="B24" t="s">
+        <v>120</v>
+      </c>
+      <c r="C24" t="s">
+        <v>814</v>
+      </c>
+      <c r="D24" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>2668</v>
+      </c>
+      <c r="B25" t="s">
+        <v>120</v>
+      </c>
+      <c r="C25" t="s">
+        <v>649</v>
+      </c>
+      <c r="D25" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>2669</v>
+      </c>
+      <c r="B26" t="s">
+        <v>120</v>
+      </c>
+      <c r="C26" t="s">
+        <v>655</v>
+      </c>
+      <c r="D26" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>2670</v>
+      </c>
+      <c r="B27" t="s">
+        <v>120</v>
+      </c>
+      <c r="C27" t="s">
+        <v>819</v>
+      </c>
+      <c r="D27" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2671</v>
+      </c>
+      <c r="B28" t="s">
+        <v>120</v>
+      </c>
+      <c r="C28" t="s">
+        <v>824</v>
+      </c>
+      <c r="D28" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>2672</v>
+      </c>
+      <c r="B29" t="s">
+        <v>120</v>
+      </c>
+      <c r="C29" t="s">
+        <v>658</v>
+      </c>
+      <c r="D29" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>2673</v>
+      </c>
+      <c r="B30" t="s">
+        <v>120</v>
+      </c>
+      <c r="C30" t="s">
+        <v>828</v>
+      </c>
+      <c r="D30" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2674</v>
+      </c>
+      <c r="B31" t="s">
+        <v>120</v>
+      </c>
+      <c r="C31" t="s">
+        <v>664</v>
+      </c>
+      <c r="D31" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>2675</v>
+      </c>
+      <c r="B32" t="s">
+        <v>120</v>
+      </c>
+      <c r="C32" t="s">
+        <v>834</v>
+      </c>
+      <c r="D32" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>2676</v>
+      </c>
+      <c r="B33" t="s">
+        <v>120</v>
+      </c>
+      <c r="C33" t="s">
+        <v>839</v>
+      </c>
+      <c r="D33" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B34" t="s">
+        <v>129</v>
+      </c>
+      <c r="C34" t="s">
+        <v>655</v>
+      </c>
+      <c r="D34" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>2678</v>
+      </c>
+      <c r="B35" t="s">
+        <v>129</v>
+      </c>
+      <c r="C35" t="s">
+        <v>658</v>
+      </c>
+      <c r="D35" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>2679</v>
+      </c>
+      <c r="B36" t="s">
+        <v>129</v>
+      </c>
+      <c r="C36" t="s">
+        <v>664</v>
+      </c>
+      <c r="D36" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>2680</v>
+      </c>
+      <c r="B37" t="s">
+        <v>137</v>
+      </c>
+      <c r="C37" t="s">
+        <v>655</v>
+      </c>
+      <c r="D37" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>2681</v>
+      </c>
+      <c r="B38" t="s">
+        <v>137</v>
+      </c>
+      <c r="C38" t="s">
+        <v>819</v>
+      </c>
+      <c r="D38" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>2682</v>
+      </c>
+      <c r="B39" t="s">
+        <v>146</v>
+      </c>
+      <c r="C39" t="s">
+        <v>868</v>
+      </c>
+      <c r="D39" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>2683</v>
+      </c>
+      <c r="B40" t="s">
+        <v>146</v>
+      </c>
+      <c r="C40" t="s">
+        <v>872</v>
+      </c>
+      <c r="D40" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>2684</v>
+      </c>
+      <c r="B41" t="s">
+        <v>146</v>
+      </c>
+      <c r="C41" t="s">
+        <v>875</v>
+      </c>
+      <c r="D41" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>2685</v>
+      </c>
+      <c r="B42" t="s">
+        <v>146</v>
+      </c>
+      <c r="C42" t="s">
+        <v>882</v>
+      </c>
+      <c r="D42" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>2686</v>
+      </c>
+      <c r="B43" t="s">
+        <v>146</v>
+      </c>
+      <c r="C43" t="s">
+        <v>891</v>
+      </c>
+      <c r="D43" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>2687</v>
+      </c>
+      <c r="B44" t="s">
+        <v>146</v>
+      </c>
+      <c r="C44" t="s">
+        <v>900</v>
+      </c>
+      <c r="D44" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>2688</v>
+      </c>
+      <c r="B45" t="s">
+        <v>158</v>
+      </c>
+      <c r="C45" t="s">
+        <v>664</v>
+      </c>
+      <c r="D45" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>2689</v>
+      </c>
+      <c r="B46" t="s">
+        <v>158</v>
+      </c>
+      <c r="C46" t="s">
+        <v>912</v>
+      </c>
+      <c r="D46" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>2690</v>
+      </c>
+      <c r="B47" t="s">
+        <v>168</v>
+      </c>
+      <c r="C47" t="s">
+        <v>814</v>
+      </c>
+      <c r="D47" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>2691</v>
+      </c>
+      <c r="B48" t="s">
+        <v>168</v>
+      </c>
+      <c r="C48" t="s">
+        <v>919</v>
+      </c>
+      <c r="D48" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>2692</v>
+      </c>
+      <c r="B49" t="s">
+        <v>168</v>
+      </c>
+      <c r="C49" t="s">
+        <v>664</v>
+      </c>
+      <c r="D49" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>2693</v>
+      </c>
+      <c r="B50" t="s">
+        <v>176</v>
+      </c>
+      <c r="C50" t="s">
+        <v>929</v>
+      </c>
+      <c r="D50" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>2694</v>
+      </c>
+      <c r="B51" t="s">
+        <v>176</v>
+      </c>
+      <c r="C51" t="s">
+        <v>935</v>
+      </c>
+      <c r="D51" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>2695</v>
+      </c>
+      <c r="B52" t="s">
+        <v>176</v>
+      </c>
+      <c r="C52" t="s">
+        <v>941</v>
+      </c>
+      <c r="D52" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>2696</v>
+      </c>
+      <c r="B53" t="s">
+        <v>187</v>
+      </c>
+      <c r="C53" t="s">
+        <v>814</v>
+      </c>
+      <c r="D53" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>2697</v>
+      </c>
+      <c r="B54" t="s">
+        <v>187</v>
+      </c>
+      <c r="C54" t="s">
+        <v>649</v>
+      </c>
+      <c r="D54" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>2698</v>
+      </c>
+      <c r="B55" t="s">
+        <v>187</v>
+      </c>
+      <c r="C55" t="s">
+        <v>658</v>
+      </c>
+      <c r="D55" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>2699</v>
+      </c>
+      <c r="B56" t="s">
+        <v>187</v>
+      </c>
+      <c r="C56" t="s">
+        <v>834</v>
+      </c>
+      <c r="D56" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>2700</v>
+      </c>
+      <c r="B57" t="s">
+        <v>187</v>
+      </c>
+      <c r="C57" t="s">
+        <v>743</v>
+      </c>
+      <c r="D57" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>2701</v>
+      </c>
+      <c r="B58" t="s">
+        <v>195</v>
+      </c>
+      <c r="C58" t="s">
+        <v>960</v>
+      </c>
+      <c r="D58" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>2702</v>
+      </c>
+      <c r="B59" t="s">
+        <v>195</v>
+      </c>
+      <c r="C59" t="s">
+        <v>965</v>
+      </c>
+      <c r="D59" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>2703</v>
+      </c>
+      <c r="B60" t="s">
+        <v>204</v>
+      </c>
+      <c r="C60" t="s">
+        <v>814</v>
+      </c>
+      <c r="D60" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>2704</v>
+      </c>
+      <c r="B61" t="s">
+        <v>204</v>
+      </c>
+      <c r="C61" t="s">
+        <v>649</v>
+      </c>
+      <c r="D61" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>2705</v>
+      </c>
+      <c r="B62" t="s">
+        <v>204</v>
+      </c>
+      <c r="C62" t="s">
+        <v>658</v>
+      </c>
+      <c r="D62" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>2706</v>
+      </c>
+      <c r="B63" t="s">
+        <v>204</v>
+      </c>
+      <c r="C63" t="s">
+        <v>664</v>
+      </c>
+      <c r="D63" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>2707</v>
+      </c>
+      <c r="B64" t="s">
+        <v>204</v>
+      </c>
+      <c r="C64" t="s">
+        <v>834</v>
+      </c>
+      <c r="D64" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>2708</v>
+      </c>
+      <c r="B65" t="s">
+        <v>212</v>
+      </c>
+      <c r="C65" t="s">
+        <v>806</v>
+      </c>
+      <c r="D65" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>2709</v>
+      </c>
+      <c r="B66" t="s">
+        <v>223</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D66" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>2710</v>
+      </c>
+      <c r="B67" t="s">
+        <v>223</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D67" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>2711</v>
+      </c>
+      <c r="B68" t="s">
+        <v>223</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D68" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>2712</v>
+      </c>
+      <c r="B69" t="s">
+        <v>223</v>
+      </c>
+      <c r="C69" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D69" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>2713</v>
+      </c>
+      <c r="B70" t="s">
+        <v>240</v>
+      </c>
+      <c r="C70" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D70" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>2714</v>
+      </c>
+      <c r="B71" t="s">
+        <v>240</v>
+      </c>
+      <c r="C71" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D71" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>2715</v>
+      </c>
+      <c r="B72" t="s">
+        <v>240</v>
+      </c>
+      <c r="C72" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D72" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>2716</v>
+      </c>
+      <c r="B73" t="s">
+        <v>240</v>
+      </c>
+      <c r="C73" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D73" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>2717</v>
+      </c>
+      <c r="B74" t="s">
+        <v>240</v>
+      </c>
+      <c r="C74" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D74" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>2718</v>
+      </c>
+      <c r="B75" t="s">
+        <v>250</v>
+      </c>
+      <c r="C75" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D75" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>2719</v>
+      </c>
+      <c r="B76" t="s">
+        <v>250</v>
+      </c>
+      <c r="C76" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D76" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>2720</v>
+      </c>
+      <c r="B77" t="s">
+        <v>258</v>
+      </c>
+      <c r="C77" t="s">
+        <v>777</v>
+      </c>
+      <c r="D77" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>2721</v>
+      </c>
+      <c r="B78" t="s">
+        <v>269</v>
+      </c>
+      <c r="C78" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D78" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>2722</v>
+      </c>
+      <c r="B79" t="s">
+        <v>269</v>
+      </c>
+      <c r="C79" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D79" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>2723</v>
+      </c>
+      <c r="B80" t="s">
+        <v>269</v>
+      </c>
+      <c r="C80" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D80" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>2724</v>
+      </c>
+      <c r="B81" t="s">
+        <v>269</v>
+      </c>
+      <c r="C81" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D81" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>2725</v>
+      </c>
+      <c r="B82" t="s">
+        <v>291</v>
+      </c>
+      <c r="C82" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D82" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>2726</v>
+      </c>
+      <c r="B83" t="s">
+        <v>301</v>
+      </c>
+      <c r="C83" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D83" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>2727</v>
+      </c>
+      <c r="B84" t="s">
+        <v>301</v>
+      </c>
+      <c r="C84" t="s">
+        <v>965</v>
+      </c>
+      <c r="D84" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>2728</v>
+      </c>
+      <c r="B85" t="s">
+        <v>309</v>
+      </c>
+      <c r="C85" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D85" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>2729</v>
+      </c>
+      <c r="B86" t="s">
+        <v>309</v>
+      </c>
+      <c r="C86" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D86" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>2730</v>
+      </c>
+      <c r="B87" t="s">
+        <v>319</v>
+      </c>
+      <c r="C87" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D87" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>2731</v>
+      </c>
+      <c r="B88" t="s">
+        <v>319</v>
+      </c>
+      <c r="C88" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D88" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>2732</v>
+      </c>
+      <c r="B89" t="s">
+        <v>319</v>
+      </c>
+      <c r="C89" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D89" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>2733</v>
+      </c>
+      <c r="B90" t="s">
+        <v>319</v>
+      </c>
+      <c r="C90" t="s">
+        <v>777</v>
+      </c>
+      <c r="D90" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>2734</v>
+      </c>
+      <c r="B91" t="s">
+        <v>319</v>
+      </c>
+      <c r="C91" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D91" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B92" t="s">
+        <v>319</v>
+      </c>
+      <c r="C92" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D92" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>2736</v>
+      </c>
+      <c r="B93" t="s">
+        <v>319</v>
+      </c>
+      <c r="C93" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D93" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>2737</v>
+      </c>
+      <c r="B94" t="s">
+        <v>329</v>
+      </c>
+      <c r="C94" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D94" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>2738</v>
+      </c>
+      <c r="B95" t="s">
+        <v>329</v>
+      </c>
+      <c r="C95" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D95" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>2739</v>
+      </c>
+      <c r="B96" t="s">
+        <v>329</v>
+      </c>
+      <c r="C96" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D96" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B97" t="s">
+        <v>338</v>
+      </c>
+      <c r="C97" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D97" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>2741</v>
+      </c>
+      <c r="B98" t="s">
+        <v>338</v>
+      </c>
+      <c r="C98" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D98" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>2742</v>
+      </c>
+      <c r="B99" t="s">
+        <v>338</v>
+      </c>
+      <c r="C99" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D99" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B100" t="s">
+        <v>338</v>
+      </c>
+      <c r="C100" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D100" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B101" t="s">
+        <v>338</v>
+      </c>
+      <c r="C101" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D101" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>2745</v>
+      </c>
+      <c r="B102" t="s">
+        <v>346</v>
+      </c>
+      <c r="C102" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D102" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>2746</v>
+      </c>
+      <c r="B103" t="s">
+        <v>355</v>
+      </c>
+      <c r="C103" t="s">
+        <v>700</v>
+      </c>
+      <c r="D103" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>2747</v>
+      </c>
+      <c r="B104" t="s">
+        <v>355</v>
+      </c>
+      <c r="C104" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D104" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>2748</v>
+      </c>
+      <c r="B105" t="s">
+        <v>355</v>
+      </c>
+      <c r="C105" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D105" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>2749</v>
+      </c>
+      <c r="B106" t="s">
+        <v>355</v>
+      </c>
+      <c r="C106" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D106" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>2750</v>
+      </c>
+      <c r="B107" t="s">
+        <v>355</v>
+      </c>
+      <c r="C107" t="s">
+        <v>714</v>
+      </c>
+      <c r="D107" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>2751</v>
+      </c>
+      <c r="B108" t="s">
+        <v>363</v>
+      </c>
+      <c r="C108" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D108" t="s">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>2752</v>
+      </c>
+      <c r="B109" t="s">
+        <v>376</v>
+      </c>
+      <c r="C109" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D109" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>2753</v>
+      </c>
+      <c r="B110" t="s">
+        <v>403</v>
+      </c>
+      <c r="C110" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D110" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>2754</v>
+      </c>
+      <c r="B111" t="s">
+        <v>403</v>
+      </c>
+      <c r="C111" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D111" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>2755</v>
+      </c>
+      <c r="B112" t="s">
+        <v>411</v>
+      </c>
+      <c r="C112" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D112" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>2756</v>
+      </c>
+      <c r="B113" t="s">
+        <v>411</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D113" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>2757</v>
+      </c>
+      <c r="B114" t="s">
+        <v>411</v>
+      </c>
+      <c r="C114" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D114" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B115" t="s">
+        <v>411</v>
+      </c>
+      <c r="C115" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D115" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>2759</v>
+      </c>
+      <c r="B116" t="s">
+        <v>418</v>
+      </c>
+      <c r="C116" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D116" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>2760</v>
+      </c>
+      <c r="B117" t="s">
+        <v>432</v>
+      </c>
+      <c r="C117" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D117" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>2761</v>
+      </c>
+      <c r="B118" t="s">
+        <v>432</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D118" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>2762</v>
+      </c>
+      <c r="B119" t="s">
+        <v>432</v>
+      </c>
+      <c r="C119" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D119" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>2763</v>
+      </c>
+      <c r="B120" t="s">
+        <v>441</v>
+      </c>
+      <c r="C120" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D120" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>2764</v>
+      </c>
+      <c r="B121" t="s">
+        <v>441</v>
+      </c>
+      <c r="C121" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D121" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>2765</v>
+      </c>
+      <c r="B122" t="s">
+        <v>441</v>
+      </c>
+      <c r="C122" t="s">
+        <v>929</v>
+      </c>
+      <c r="D122" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>2766</v>
+      </c>
+      <c r="B123" t="s">
+        <v>441</v>
+      </c>
+      <c r="C123" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D123" t="s">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>2767</v>
+      </c>
+      <c r="B124" t="s">
+        <v>464</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D124" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>2768</v>
+      </c>
+      <c r="B125" t="s">
         <v>486</v>
       </c>
-      <c r="C21" t="s">
-[...27 lines deleted...]
-        <v>2710</v>
+      <c r="C125" t="s">
+        <v>777</v>
+      </c>
+      <c r="D125" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>2769</v>
+      </c>
+      <c r="B126" t="s">
+        <v>486</v>
+      </c>
+      <c r="C126" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D126" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>2770</v>
+      </c>
+      <c r="B127" t="s">
+        <v>486</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1427</v>
+      </c>
+      <c r="D127" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>2771</v>
+      </c>
+      <c r="B128" t="s">
+        <v>486</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D128" t="s">
+        <v>1433</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E21"/>
+  <dimension ref="A1:E40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>2777</v>
+        <v>493</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>493</v>
+        <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>1</v>
+        <v>2772</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>494</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2778</v>
+        <v>2773</v>
       </c>
       <c r="B2" t="s">
-        <v>2706</v>
+        <v>31</v>
       </c>
       <c r="C2" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="D2" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-        <v>568</v>
+        <v>2774</v>
+      </c>
+      <c r="E2">
+        <v>500</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2779</v>
+        <v>2775</v>
       </c>
       <c r="B3" t="s">
-        <v>2711</v>
+        <v>54</v>
       </c>
       <c r="C3" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D3" t="s">
-        <v>623</v>
-[...2 lines deleted...]
-        <v>624</v>
+        <v>2774</v>
+      </c>
+      <c r="E3">
+        <v>2000</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2780</v>
+        <v>2776</v>
       </c>
       <c r="B4" t="s">
-        <v>2715</v>
+        <v>70</v>
       </c>
       <c r="C4" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="D4" t="s">
-        <v>623</v>
-[...2 lines deleted...]
-        <v>624</v>
+        <v>2774</v>
+      </c>
+      <c r="E4">
+        <v>1000</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2781</v>
+        <v>2777</v>
       </c>
       <c r="B5" t="s">
-        <v>2718</v>
+        <v>81</v>
       </c>
       <c r="C5" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="D5" t="s">
-        <v>623</v>
-[...2 lines deleted...]
-        <v>624</v>
+        <v>2774</v>
+      </c>
+      <c r="E5">
+        <v>300</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2782</v>
+        <v>2778</v>
       </c>
       <c r="B6" t="s">
-        <v>2721</v>
+        <v>94</v>
       </c>
       <c r="C6" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
       <c r="D6" t="s">
-        <v>623</v>
-[...2 lines deleted...]
-        <v>624</v>
+        <v>2774</v>
+      </c>
+      <c r="E6">
+        <v>500</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2783</v>
+        <v>2779</v>
       </c>
       <c r="B7" t="s">
-        <v>2724</v>
+        <v>102</v>
       </c>
       <c r="C7" t="s">
-        <v>136</v>
+        <v>106</v>
       </c>
       <c r="D7" t="s">
-        <v>721</v>
-[...2 lines deleted...]
-        <v>722</v>
+        <v>2774</v>
+      </c>
+      <c r="E7">
+        <v>500</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2784</v>
+        <v>2780</v>
       </c>
       <c r="B8" t="s">
-        <v>2727</v>
+        <v>111</v>
       </c>
       <c r="C8" t="s">
-        <v>146</v>
+        <v>116</v>
       </c>
       <c r="D8" t="s">
-        <v>727</v>
-[...2 lines deleted...]
-        <v>728</v>
+        <v>2774</v>
+      </c>
+      <c r="E8">
+        <v>300</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2785</v>
+        <v>2781</v>
       </c>
       <c r="B9" t="s">
-        <v>2731</v>
+        <v>120</v>
       </c>
       <c r="C9" t="s">
-        <v>155</v>
+        <v>124</v>
       </c>
       <c r="D9" t="s">
-        <v>628</v>
-[...2 lines deleted...]
-        <v>629</v>
+        <v>2774</v>
+      </c>
+      <c r="E9">
+        <v>500</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2786</v>
+        <v>2782</v>
       </c>
       <c r="B10" t="s">
-        <v>2734</v>
+        <v>129</v>
       </c>
       <c r="C10" t="s">
-        <v>163</v>
+        <v>133</v>
       </c>
       <c r="D10" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-        <v>697</v>
+        <v>2774</v>
+      </c>
+      <c r="E10">
+        <v>500</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2787</v>
+        <v>2783</v>
       </c>
       <c r="B11" t="s">
-        <v>2737</v>
+        <v>137</v>
       </c>
       <c r="C11" t="s">
-        <v>171</v>
+        <v>141</v>
       </c>
       <c r="D11" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-        <v>697</v>
+        <v>2774</v>
+      </c>
+      <c r="E11">
+        <v>2000</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2788</v>
+        <v>2784</v>
       </c>
       <c r="B12" t="s">
-        <v>2740</v>
+        <v>146</v>
       </c>
       <c r="C12" t="s">
-        <v>216</v>
+        <v>152</v>
       </c>
       <c r="D12" t="s">
-        <v>841</v>
-[...2 lines deleted...]
-        <v>842</v>
+        <v>2774</v>
+      </c>
+      <c r="E12">
+        <v>1000</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2789</v>
+        <v>2785</v>
       </c>
       <c r="B13" t="s">
-        <v>2745</v>
+        <v>158</v>
       </c>
       <c r="C13" t="s">
-        <v>288</v>
+        <v>162</v>
       </c>
       <c r="D13" t="s">
-        <v>1011</v>
-[...2 lines deleted...]
-        <v>1012</v>
+        <v>2774</v>
+      </c>
+      <c r="E13">
+        <v>200</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2790</v>
+        <v>2786</v>
       </c>
       <c r="B14" t="s">
-        <v>2749</v>
+        <v>168</v>
       </c>
       <c r="C14" t="s">
-        <v>299</v>
+        <v>172</v>
       </c>
       <c r="D14" t="s">
-        <v>732</v>
-[...2 lines deleted...]
-        <v>733</v>
+        <v>2774</v>
+      </c>
+      <c r="E14">
+        <v>200</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2791</v>
+        <v>2787</v>
       </c>
       <c r="B15" t="s">
-        <v>2753</v>
+        <v>176</v>
       </c>
       <c r="C15" t="s">
-        <v>335</v>
+        <v>180</v>
       </c>
       <c r="D15" t="s">
-        <v>1110</v>
-[...2 lines deleted...]
-        <v>1111</v>
+        <v>2774</v>
+      </c>
+      <c r="E15">
+        <v>300</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2792</v>
+        <v>2788</v>
       </c>
       <c r="B16" t="s">
-        <v>2757</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
-        <v>353</v>
+        <v>191</v>
       </c>
       <c r="D16" t="s">
-        <v>784</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>2774</v>
+      </c>
+      <c r="E16">
+        <v>200</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2793</v>
+        <v>2789</v>
       </c>
       <c r="B17" t="s">
-        <v>2761</v>
+        <v>195</v>
       </c>
       <c r="C17" t="s">
-        <v>442</v>
+        <v>199</v>
       </c>
       <c r="D17" t="s">
-        <v>1104</v>
-[...2 lines deleted...]
-        <v>1105</v>
+        <v>2774</v>
+      </c>
+      <c r="E17">
+        <v>1000</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2794</v>
+        <v>2790</v>
       </c>
       <c r="B18" t="s">
-        <v>2764</v>
+        <v>204</v>
       </c>
       <c r="C18" t="s">
-        <v>464</v>
+        <v>208</v>
       </c>
       <c r="D18" t="s">
-        <v>1272</v>
-[...2 lines deleted...]
-        <v>1273</v>
+        <v>2774</v>
+      </c>
+      <c r="E18">
+        <v>200</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2795</v>
+        <v>2791</v>
       </c>
       <c r="B19" t="s">
-        <v>2768</v>
+        <v>212</v>
       </c>
       <c r="C19" t="s">
-        <v>486</v>
+        <v>217</v>
       </c>
       <c r="D19" t="s">
-        <v>643</v>
-[...2 lines deleted...]
-        <v>644</v>
+        <v>2774</v>
+      </c>
+      <c r="E19">
+        <v>300</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2796</v>
+        <v>2792</v>
       </c>
       <c r="B20" t="s">
-        <v>2771</v>
+        <v>223</v>
       </c>
       <c r="C20" t="s">
-        <v>486</v>
+        <v>227</v>
       </c>
       <c r="D20" t="s">
-        <v>1301</v>
-[...2 lines deleted...]
-        <v>1302</v>
+        <v>2774</v>
+      </c>
+      <c r="E20">
+        <v>500</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
+        <v>2793</v>
+      </c>
+      <c r="B21" t="s">
+        <v>231</v>
+      </c>
+      <c r="C21" t="s">
+        <v>235</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E21">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B22" t="s">
+        <v>240</v>
+      </c>
+      <c r="C22" t="s">
+        <v>245</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E22">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2795</v>
+      </c>
+      <c r="B23" t="s">
+        <v>250</v>
+      </c>
+      <c r="C23" t="s">
+        <v>254</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E23">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2796</v>
+      </c>
+      <c r="B24" t="s">
+        <v>269</v>
+      </c>
+      <c r="C24" t="s">
+        <v>275</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E24">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
         <v>2797</v>
       </c>
-      <c r="B21" t="s">
+      <c r="B25" t="s">
+        <v>282</v>
+      </c>
+      <c r="C25" t="s">
+        <v>287</v>
+      </c>
+      <c r="D25" t="s">
         <v>2774</v>
       </c>
-      <c r="C21" t="s">
+      <c r="E25">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>2798</v>
+      </c>
+      <c r="B26" t="s">
+        <v>291</v>
+      </c>
+      <c r="C26" t="s">
+        <v>296</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E26">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B27" t="s">
+        <v>301</v>
+      </c>
+      <c r="C27" t="s">
+        <v>305</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E27">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2800</v>
+      </c>
+      <c r="B28" t="s">
+        <v>309</v>
+      </c>
+      <c r="C28" t="s">
+        <v>314</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E28">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>2801</v>
+      </c>
+      <c r="B29" t="s">
+        <v>319</v>
+      </c>
+      <c r="C29" t="s">
+        <v>324</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E29">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>2802</v>
+      </c>
+      <c r="B30" t="s">
+        <v>329</v>
+      </c>
+      <c r="C30" t="s">
+        <v>333</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E30">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2803</v>
+      </c>
+      <c r="B31" t="s">
+        <v>338</v>
+      </c>
+      <c r="C31" t="s">
+        <v>342</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E31">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>2804</v>
+      </c>
+      <c r="B32" t="s">
+        <v>346</v>
+      </c>
+      <c r="C32" t="s">
+        <v>350</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E32">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>2805</v>
+      </c>
+      <c r="B33" t="s">
+        <v>355</v>
+      </c>
+      <c r="C33" t="s">
+        <v>359</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E33">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>2806</v>
+      </c>
+      <c r="B34" t="s">
+        <v>376</v>
+      </c>
+      <c r="C34" t="s">
+        <v>380</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E34">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>2807</v>
+      </c>
+      <c r="B35" t="s">
+        <v>403</v>
+      </c>
+      <c r="C35" t="s">
+        <v>407</v>
+      </c>
+      <c r="D35" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E35">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>2808</v>
+      </c>
+      <c r="B36" t="s">
+        <v>411</v>
+      </c>
+      <c r="C36" t="s">
+        <v>415</v>
+      </c>
+      <c r="D36" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E36">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>2809</v>
+      </c>
+      <c r="B37" t="s">
+        <v>418</v>
+      </c>
+      <c r="C37" t="s">
+        <v>422</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E37">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>2810</v>
+      </c>
+      <c r="B38" t="s">
+        <v>441</v>
+      </c>
+      <c r="C38" t="s">
+        <v>445</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E38">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>2811</v>
+      </c>
+      <c r="B39" t="s">
+        <v>456</v>
+      </c>
+      <c r="C39" t="s">
+        <v>460</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E39">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>2812</v>
+      </c>
+      <c r="B40" t="s">
         <v>486</v>
       </c>
-      <c r="D21" t="s">
-[...3 lines deleted...]
-        <v>1307</v>
+      <c r="C40" t="s">
+        <v>490</v>
+      </c>
+      <c r="D40" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E40">
+        <v>500</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J21"/>
+  <dimension ref="A1:F50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>2777</v>
+        <v>493</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>493</v>
+        <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>1</v>
+        <v>526</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>1367</v>
+        <v>2813</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>1776</v>
-[...11 lines deleted...]
-        <v>1779</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2798</v>
+        <v>2815</v>
       </c>
       <c r="B2" t="s">
-        <v>2711</v>
+        <v>31</v>
       </c>
       <c r="C2" t="s">
-        <v>70</v>
+        <v>2816</v>
       </c>
       <c r="D2" t="s">
-        <v>2799</v>
+        <v>2817</v>
       </c>
       <c r="E2" t="s">
-        <v>2800</v>
+        <v>670</v>
       </c>
       <c r="F2" t="s">
-        <v>2801</v>
-[...11 lines deleted...]
-        <v>2803</v>
+        <v>671</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2804</v>
+        <v>2818</v>
       </c>
       <c r="B3" t="s">
-        <v>2715</v>
+        <v>54</v>
       </c>
       <c r="C3" t="s">
-        <v>82</v>
+        <v>2819</v>
       </c>
       <c r="D3" t="s">
-        <v>2805</v>
+        <v>2817</v>
       </c>
       <c r="E3" t="s">
-        <v>2806</v>
+        <v>670</v>
       </c>
       <c r="F3" t="s">
-        <v>2801</v>
-[...11 lines deleted...]
-        <v>2807</v>
+        <v>671</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2808</v>
+        <v>2820</v>
       </c>
       <c r="B4" t="s">
-        <v>2718</v>
+        <v>70</v>
       </c>
       <c r="C4" t="s">
-        <v>110</v>
+        <v>2821</v>
       </c>
       <c r="D4" t="s">
-        <v>2809</v>
+        <v>2822</v>
       </c>
       <c r="E4" t="s">
-        <v>2810</v>
+        <v>670</v>
       </c>
       <c r="F4" t="s">
-        <v>2801</v>
-[...11 lines deleted...]
-        <v>2811</v>
+        <v>671</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2812</v>
+        <v>2823</v>
       </c>
       <c r="B5" t="s">
-        <v>2721</v>
+        <v>81</v>
       </c>
       <c r="C5" t="s">
-        <v>119</v>
+        <v>2824</v>
       </c>
       <c r="D5" t="s">
-        <v>2813</v>
+        <v>2817</v>
       </c>
       <c r="E5" t="s">
-        <v>2814</v>
+        <v>767</v>
       </c>
       <c r="F5" t="s">
-        <v>2801</v>
-[...11 lines deleted...]
-        <v>2815</v>
+        <v>91</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>2825</v>
+      </c>
+      <c r="B6" t="s">
+        <v>94</v>
+      </c>
+      <c r="C6" t="s">
         <v>2816</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
       <c r="D6" t="s">
         <v>2817</v>
       </c>
       <c r="E6" t="s">
-        <v>2818</v>
+        <v>670</v>
       </c>
       <c r="F6" t="s">
-        <v>2801</v>
-[...11 lines deleted...]
-        <v>2819</v>
+        <v>671</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2820</v>
+        <v>2826</v>
       </c>
       <c r="B7" t="s">
-        <v>2727</v>
+        <v>102</v>
       </c>
       <c r="C7" t="s">
-        <v>146</v>
+        <v>2819</v>
       </c>
       <c r="D7" t="s">
-        <v>2821</v>
+        <v>2817</v>
       </c>
       <c r="E7" t="s">
-        <v>2822</v>
+        <v>670</v>
       </c>
       <c r="F7" t="s">
-        <v>2801</v>
-[...11 lines deleted...]
-        <v>2823</v>
+        <v>671</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2824</v>
+        <v>2827</v>
       </c>
       <c r="B8" t="s">
-        <v>2727</v>
+        <v>111</v>
       </c>
       <c r="C8" t="s">
-        <v>146</v>
+        <v>2816</v>
       </c>
       <c r="D8" t="s">
-        <v>2825</v>
+        <v>2817</v>
       </c>
       <c r="E8" t="s">
-        <v>2822</v>
+        <v>670</v>
       </c>
       <c r="F8" t="s">
-        <v>2801</v>
-[...11 lines deleted...]
-        <v>2826</v>
+        <v>671</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2827</v>
+        <v>2828</v>
       </c>
       <c r="B9" t="s">
-        <v>2727</v>
+        <v>120</v>
       </c>
       <c r="C9" t="s">
-        <v>146</v>
+        <v>2816</v>
       </c>
       <c r="D9" t="s">
-        <v>2828</v>
+        <v>2817</v>
       </c>
       <c r="E9" t="s">
-        <v>2822</v>
+        <v>670</v>
       </c>
       <c r="F9" t="s">
-        <v>2801</v>
-[...11 lines deleted...]
-        <v>2829</v>
+        <v>671</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2830</v>
+        <v>2829</v>
       </c>
       <c r="B10" t="s">
-        <v>2731</v>
+        <v>129</v>
       </c>
       <c r="C10" t="s">
-        <v>155</v>
+        <v>2816</v>
       </c>
       <c r="D10" t="s">
-        <v>2831</v>
+        <v>2817</v>
       </c>
       <c r="E10" t="s">
-        <v>2832</v>
+        <v>670</v>
       </c>
       <c r="F10" t="s">
-        <v>2801</v>
-[...11 lines deleted...]
-        <v>2833</v>
+        <v>671</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2834</v>
+        <v>2830</v>
       </c>
       <c r="B11" t="s">
-        <v>2734</v>
+        <v>137</v>
       </c>
       <c r="C11" t="s">
-        <v>163</v>
+        <v>2819</v>
       </c>
       <c r="D11" t="s">
-        <v>2835</v>
+        <v>2817</v>
       </c>
       <c r="E11" t="s">
-        <v>2836</v>
+        <v>670</v>
       </c>
       <c r="F11" t="s">
-        <v>2801</v>
-[...11 lines deleted...]
-        <v>2837</v>
+        <v>671</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2838</v>
+        <v>2831</v>
       </c>
       <c r="B12" t="s">
-        <v>2737</v>
+        <v>146</v>
       </c>
       <c r="C12" t="s">
-        <v>171</v>
+        <v>2816</v>
       </c>
       <c r="D12" t="s">
-        <v>2839</v>
+        <v>2817</v>
       </c>
       <c r="E12" t="s">
-        <v>2840</v>
+        <v>670</v>
       </c>
       <c r="F12" t="s">
-        <v>2801</v>
-[...11 lines deleted...]
-        <v>2841</v>
+        <v>671</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2842</v>
+        <v>2832</v>
       </c>
       <c r="B13" t="s">
-        <v>2740</v>
+        <v>158</v>
       </c>
       <c r="C13" t="s">
-        <v>216</v>
+        <v>2816</v>
       </c>
       <c r="D13" t="s">
-        <v>2843</v>
+        <v>2817</v>
       </c>
       <c r="E13" t="s">
-        <v>2844</v>
+        <v>670</v>
       </c>
       <c r="F13" t="s">
-        <v>2801</v>
-[...11 lines deleted...]
-        <v>2845</v>
+        <v>671</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2846</v>
+        <v>2833</v>
       </c>
       <c r="B14" t="s">
-        <v>2745</v>
+        <v>168</v>
       </c>
       <c r="C14" t="s">
-        <v>288</v>
+        <v>2816</v>
       </c>
       <c r="D14" t="s">
-        <v>2847</v>
+        <v>2817</v>
       </c>
       <c r="E14" t="s">
-        <v>2848</v>
+        <v>670</v>
       </c>
       <c r="F14" t="s">
-        <v>2801</v>
-[...11 lines deleted...]
-        <v>2849</v>
+        <v>671</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2850</v>
+        <v>2834</v>
       </c>
       <c r="B15" t="s">
-        <v>2753</v>
+        <v>176</v>
       </c>
       <c r="C15" t="s">
-        <v>335</v>
+        <v>2835</v>
       </c>
       <c r="D15" t="s">
-        <v>2851</v>
+        <v>2817</v>
       </c>
       <c r="E15" t="s">
-        <v>2852</v>
+        <v>948</v>
       </c>
       <c r="F15" t="s">
-        <v>2801</v>
-[...11 lines deleted...]
-        <v>2853</v>
+        <v>184</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2854</v>
+        <v>2836</v>
       </c>
       <c r="B16" t="s">
-        <v>2757</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
-        <v>353</v>
+        <v>2816</v>
       </c>
       <c r="D16" t="s">
-        <v>2855</v>
+        <v>2817</v>
       </c>
       <c r="E16" t="s">
-        <v>2856</v>
+        <v>670</v>
       </c>
       <c r="F16" t="s">
-        <v>2801</v>
-[...11 lines deleted...]
-        <v>2857</v>
+        <v>671</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2858</v>
+        <v>2837</v>
       </c>
       <c r="B17" t="s">
-        <v>2761</v>
+        <v>195</v>
       </c>
       <c r="C17" t="s">
-        <v>442</v>
+        <v>2816</v>
       </c>
       <c r="D17" t="s">
-        <v>2859</v>
+        <v>2817</v>
       </c>
       <c r="E17" t="s">
-        <v>2860</v>
+        <v>670</v>
       </c>
       <c r="F17" t="s">
-        <v>2801</v>
-[...11 lines deleted...]
-        <v>2861</v>
+        <v>671</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2862</v>
+        <v>2838</v>
       </c>
       <c r="B18" t="s">
-        <v>2764</v>
+        <v>204</v>
       </c>
       <c r="C18" t="s">
-        <v>464</v>
+        <v>2816</v>
       </c>
       <c r="D18" t="s">
-        <v>2863</v>
+        <v>2817</v>
       </c>
       <c r="E18" t="s">
-        <v>2864</v>
+        <v>670</v>
       </c>
       <c r="F18" t="s">
-        <v>2801</v>
-[...11 lines deleted...]
-        <v>2865</v>
+        <v>671</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2866</v>
+        <v>2839</v>
       </c>
       <c r="B19" t="s">
-        <v>2768</v>
+        <v>212</v>
       </c>
       <c r="C19" t="s">
-        <v>486</v>
+        <v>2819</v>
       </c>
       <c r="D19" t="s">
-        <v>2867</v>
+        <v>2817</v>
       </c>
       <c r="E19" t="s">
-        <v>2868</v>
+        <v>670</v>
       </c>
       <c r="F19" t="s">
-        <v>2801</v>
-[...11 lines deleted...]
-        <v>2869</v>
+        <v>671</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2870</v>
+        <v>2840</v>
       </c>
       <c r="B20" t="s">
-        <v>2771</v>
+        <v>223</v>
       </c>
       <c r="C20" t="s">
-        <v>486</v>
+        <v>2819</v>
       </c>
       <c r="D20" t="s">
-        <v>2871</v>
+        <v>2817</v>
       </c>
       <c r="E20" t="s">
-        <v>2872</v>
+        <v>670</v>
       </c>
       <c r="F20" t="s">
-        <v>2801</v>
-[...11 lines deleted...]
-        <v>2873</v>
+        <v>671</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
+        <v>2841</v>
+      </c>
+      <c r="B21" t="s">
+        <v>231</v>
+      </c>
+      <c r="C21" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E21" t="s">
+        <v>670</v>
+      </c>
+      <c r="F21" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2842</v>
+      </c>
+      <c r="B22" t="s">
+        <v>240</v>
+      </c>
+      <c r="C22" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E22" t="s">
+        <v>670</v>
+      </c>
+      <c r="F22" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2843</v>
+      </c>
+      <c r="B23" t="s">
+        <v>250</v>
+      </c>
+      <c r="C23" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E23" t="s">
+        <v>670</v>
+      </c>
+      <c r="F23" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2844</v>
+      </c>
+      <c r="B24" t="s">
+        <v>258</v>
+      </c>
+      <c r="C24" t="s">
+        <v>2845</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F24" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>2846</v>
+      </c>
+      <c r="B25" t="s">
+        <v>269</v>
+      </c>
+      <c r="C25" t="s">
+        <v>2847</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2848</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F25" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>2849</v>
+      </c>
+      <c r="B26" t="s">
+        <v>282</v>
+      </c>
+      <c r="C26" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E26" t="s">
+        <v>670</v>
+      </c>
+      <c r="F26" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>2850</v>
+      </c>
+      <c r="B27" t="s">
+        <v>291</v>
+      </c>
+      <c r="C27" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E27" t="s">
+        <v>670</v>
+      </c>
+      <c r="F27" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2851</v>
+      </c>
+      <c r="B28" t="s">
+        <v>301</v>
+      </c>
+      <c r="C28" t="s">
+        <v>2816</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E28" t="s">
+        <v>670</v>
+      </c>
+      <c r="F28" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>2852</v>
+      </c>
+      <c r="B29" t="s">
+        <v>309</v>
+      </c>
+      <c r="C29" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E29" t="s">
+        <v>670</v>
+      </c>
+      <c r="F29" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>2853</v>
+      </c>
+      <c r="B30" t="s">
+        <v>319</v>
+      </c>
+      <c r="C30" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E30" t="s">
+        <v>670</v>
+      </c>
+      <c r="F30" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2854</v>
+      </c>
+      <c r="B31" t="s">
+        <v>329</v>
+      </c>
+      <c r="C31" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E31" t="s">
+        <v>670</v>
+      </c>
+      <c r="F31" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>2855</v>
+      </c>
+      <c r="B32" t="s">
+        <v>338</v>
+      </c>
+      <c r="C32" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E32" t="s">
+        <v>670</v>
+      </c>
+      <c r="F32" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>2856</v>
+      </c>
+      <c r="B33" t="s">
+        <v>346</v>
+      </c>
+      <c r="C33" t="s">
+        <v>2857</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2822</v>
+      </c>
+      <c r="E33" t="s">
+        <v>948</v>
+      </c>
+      <c r="F33" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>2858</v>
+      </c>
+      <c r="B34" t="s">
+        <v>355</v>
+      </c>
+      <c r="C34" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E34" t="s">
+        <v>670</v>
+      </c>
+      <c r="F34" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>2859</v>
+      </c>
+      <c r="B35" t="s">
+        <v>363</v>
+      </c>
+      <c r="C35" t="s">
+        <v>2847</v>
+      </c>
+      <c r="D35" t="s">
+        <v>2848</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F35" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>2860</v>
+      </c>
+      <c r="B36" t="s">
+        <v>376</v>
+      </c>
+      <c r="C36" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D36" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E36" t="s">
+        <v>670</v>
+      </c>
+      <c r="F36" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>2861</v>
+      </c>
+      <c r="B37" t="s">
+        <v>384</v>
+      </c>
+      <c r="C37" t="s">
+        <v>2862</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2848</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F37" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>2863</v>
+      </c>
+      <c r="B38" t="s">
+        <v>394</v>
+      </c>
+      <c r="C38" t="s">
+        <v>2847</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2848</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F38" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>2864</v>
+      </c>
+      <c r="B39" t="s">
+        <v>403</v>
+      </c>
+      <c r="C39" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E39" t="s">
+        <v>670</v>
+      </c>
+      <c r="F39" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>2865</v>
+      </c>
+      <c r="B40" t="s">
+        <v>411</v>
+      </c>
+      <c r="C40" t="s">
+        <v>2816</v>
+      </c>
+      <c r="D40" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E40" t="s">
+        <v>670</v>
+      </c>
+      <c r="F40" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>2866</v>
+      </c>
+      <c r="B41" t="s">
+        <v>418</v>
+      </c>
+      <c r="C41" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D41" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E41" t="s">
+        <v>670</v>
+      </c>
+      <c r="F41" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>2867</v>
+      </c>
+      <c r="B42" t="s">
+        <v>425</v>
+      </c>
+      <c r="C42" t="s">
+        <v>2868</v>
+      </c>
+      <c r="D42" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F42" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>2869</v>
+      </c>
+      <c r="B43" t="s">
+        <v>432</v>
+      </c>
+      <c r="C43" t="s">
+        <v>2870</v>
+      </c>
+      <c r="D43" t="s">
+        <v>2848</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F43" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>2871</v>
+      </c>
+      <c r="B44" t="s">
+        <v>441</v>
+      </c>
+      <c r="C44" t="s">
+        <v>2835</v>
+      </c>
+      <c r="D44" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E44" t="s">
+        <v>948</v>
+      </c>
+      <c r="F44" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>2872</v>
+      </c>
+      <c r="B45" t="s">
+        <v>448</v>
+      </c>
+      <c r="C45" t="s">
+        <v>2847</v>
+      </c>
+      <c r="D45" t="s">
+        <v>2848</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F45" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>2873</v>
+      </c>
+      <c r="B46" t="s">
+        <v>456</v>
+      </c>
+      <c r="C46" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D46" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E46" t="s">
+        <v>670</v>
+      </c>
+      <c r="F46" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
         <v>2874</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="B47" t="s">
+        <v>464</v>
+      </c>
+      <c r="C47" t="s">
+        <v>2847</v>
+      </c>
+      <c r="D47" t="s">
+        <v>2848</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F47" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B48" t="s">
+        <v>472</v>
+      </c>
+      <c r="C48" t="s">
+        <v>2847</v>
+      </c>
+      <c r="D48" t="s">
+        <v>2848</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F48" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>2876</v>
+      </c>
+      <c r="B49" t="s">
+        <v>479</v>
+      </c>
+      <c r="C49" t="s">
+        <v>2847</v>
+      </c>
+      <c r="D49" t="s">
+        <v>2848</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F49" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>2877</v>
+      </c>
+      <c r="B50" t="s">
         <v>486</v>
       </c>
-      <c r="D21" t="s">
-[...18 lines deleted...]
-        <v>2877</v>
+      <c r="C50" t="s">
+        <v>2816</v>
+      </c>
+      <c r="D50" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E50" t="s">
+        <v>670</v>
+      </c>
+      <c r="F50" t="s">
+        <v>671</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>2777</v>
+        <v>1621</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>493</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>2478</v>
+        <v>2772</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>2878</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>2879</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>2880</v>
       </c>
       <c r="B2" t="s">
-        <v>2727</v>
+        <v>1588</v>
       </c>
       <c r="C2" t="s">
-        <v>146</v>
+        <v>195</v>
       </c>
       <c r="D2" t="s">
-        <v>2728</v>
+        <v>1589</v>
       </c>
       <c r="E2" t="s">
         <v>2881</v>
       </c>
       <c r="F2" t="s">
-        <v>737</v>
+        <v>970</v>
       </c>
       <c r="G2" t="s">
-        <v>738</v>
+        <v>971</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>2882</v>
       </c>
       <c r="B3" t="s">
-        <v>2749</v>
+        <v>1595</v>
       </c>
       <c r="C3" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="D3" t="s">
-        <v>2750</v>
+        <v>1596</v>
       </c>
       <c r="E3" t="s">
         <v>2883</v>
       </c>
       <c r="F3" t="s">
-        <v>1028</v>
+        <v>1154</v>
       </c>
       <c r="G3" t="s">
-        <v>1029</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>2884</v>
       </c>
       <c r="B4" t="s">
-        <v>2764</v>
+        <v>1599</v>
       </c>
       <c r="C4" t="s">
-        <v>464</v>
+        <v>411</v>
       </c>
       <c r="D4" t="s">
-        <v>2765</v>
+        <v>1600</v>
       </c>
       <c r="E4" t="s">
         <v>2881</v>
       </c>
       <c r="F4" t="s">
-        <v>1278</v>
+        <v>1340</v>
       </c>
       <c r="G4" t="s">
-        <v>1279</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>2885</v>
       </c>
       <c r="B5" t="s">
-        <v>2771</v>
+        <v>1615</v>
       </c>
       <c r="C5" t="s">
         <v>486</v>
       </c>
       <c r="D5" t="s">
-        <v>2772</v>
+        <v>1616</v>
       </c>
       <c r="E5" t="s">
         <v>2881</v>
       </c>
       <c r="F5" t="s">
-        <v>1314</v>
+        <v>1440</v>
       </c>
       <c r="G5" t="s">
-        <v>1315</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>2886</v>
       </c>
       <c r="B6" t="s">
-        <v>2774</v>
+        <v>1618</v>
       </c>
       <c r="C6" t="s">
         <v>486</v>
       </c>
       <c r="D6" t="s">
-        <v>2775</v>
+        <v>1619</v>
       </c>
       <c r="E6" t="s">
         <v>2881</v>
       </c>
       <c r="F6" t="s">
-        <v>1311</v>
+        <v>1437</v>
       </c>
       <c r="G6" t="s">
-        <v>1312</v>
+        <v>1438</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:C29"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>494</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>495</v>
+      </c>
+      <c r="B3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>496</v>
+      </c>
+      <c r="B4" t="s">
+        <v>94</v>
+      </c>
+      <c r="C4" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>497</v>
+      </c>
+      <c r="B5" t="s">
+        <v>102</v>
+      </c>
+      <c r="C5" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>498</v>
+      </c>
+      <c r="B6" t="s">
+        <v>111</v>
+      </c>
+      <c r="C6" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>499</v>
+      </c>
+      <c r="B7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C7" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>500</v>
+      </c>
+      <c r="B8" t="s">
+        <v>129</v>
+      </c>
+      <c r="C8" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>501</v>
+      </c>
+      <c r="B9" t="s">
+        <v>137</v>
+      </c>
+      <c r="C9" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>502</v>
+      </c>
+      <c r="B10" t="s">
+        <v>146</v>
+      </c>
+      <c r="C10" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>503</v>
+      </c>
+      <c r="B11" t="s">
+        <v>158</v>
+      </c>
+      <c r="C11" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>504</v>
+      </c>
+      <c r="B12" t="s">
+        <v>168</v>
+      </c>
+      <c r="C12" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>505</v>
+      </c>
+      <c r="B13" t="s">
+        <v>176</v>
+      </c>
+      <c r="C13" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>506</v>
+      </c>
+      <c r="B14" t="s">
+        <v>187</v>
+      </c>
+      <c r="C14" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>507</v>
+      </c>
+      <c r="B15" t="s">
+        <v>195</v>
+      </c>
+      <c r="C15" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>508</v>
+      </c>
+      <c r="B16" t="s">
+        <v>204</v>
+      </c>
+      <c r="C16" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>509</v>
+      </c>
+      <c r="B17" t="s">
+        <v>240</v>
+      </c>
+      <c r="C17" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>510</v>
+      </c>
+      <c r="B18" t="s">
+        <v>269</v>
+      </c>
+      <c r="C18" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>511</v>
+      </c>
+      <c r="B19" t="s">
+        <v>291</v>
+      </c>
+      <c r="C19" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>512</v>
+      </c>
+      <c r="B20" t="s">
+        <v>301</v>
+      </c>
+      <c r="C20" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>513</v>
+      </c>
+      <c r="B21" t="s">
+        <v>329</v>
+      </c>
+      <c r="C21" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>514</v>
+      </c>
+      <c r="B22" t="s">
+        <v>338</v>
+      </c>
+      <c r="C22" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>515</v>
+      </c>
+      <c r="B23" t="s">
+        <v>346</v>
+      </c>
+      <c r="C23" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>516</v>
+      </c>
+      <c r="B24" t="s">
+        <v>355</v>
+      </c>
+      <c r="C24" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>517</v>
+      </c>
+      <c r="B25" t="s">
+        <v>376</v>
+      </c>
+      <c r="C25" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>518</v>
+      </c>
+      <c r="B26" t="s">
+        <v>411</v>
+      </c>
+      <c r="C26" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>519</v>
+      </c>
+      <c r="B27" t="s">
+        <v>432</v>
+      </c>
+      <c r="C27" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>520</v>
+      </c>
+      <c r="B28" t="s">
+        <v>441</v>
+      </c>
+      <c r="C28" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>521</v>
+      </c>
+      <c r="B29" t="s">
+        <v>486</v>
+      </c>
+      <c r="C29" t="s">
+        <v>490</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:J30"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>529</v>
+      </c>
+      <c r="B2" t="s">
+        <v>494</v>
+      </c>
+      <c r="C2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D2">
+        <v>559</v>
+      </c>
+      <c r="E2" t="s">
+        <v>530</v>
+      </c>
+      <c r="F2" t="s">
+        <v>531</v>
+      </c>
+      <c r="G2" t="s">
+        <v>532</v>
+      </c>
+      <c r="H2" t="s">
+        <v>531</v>
+      </c>
+      <c r="I2" t="s">
+        <v>533</v>
+      </c>
+      <c r="J2" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>535</v>
+      </c>
+      <c r="B3" t="s">
+        <v>495</v>
+      </c>
+      <c r="C3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D3">
+        <v>304</v>
+      </c>
+      <c r="E3" t="s">
+        <v>536</v>
+      </c>
+      <c r="F3" t="s">
+        <v>531</v>
+      </c>
+      <c r="G3" t="s">
+        <v>532</v>
+      </c>
+      <c r="H3" t="s">
+        <v>531</v>
+      </c>
+      <c r="I3" t="s">
+        <v>533</v>
+      </c>
+      <c r="J3" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>538</v>
+      </c>
+      <c r="B4" t="s">
+        <v>496</v>
+      </c>
+      <c r="C4" t="s">
+        <v>94</v>
+      </c>
+      <c r="D4">
+        <v>947</v>
+      </c>
+      <c r="E4" t="s">
+        <v>539</v>
+      </c>
+      <c r="F4" t="s">
+        <v>531</v>
+      </c>
+      <c r="G4" t="s">
+        <v>532</v>
+      </c>
+      <c r="H4" t="s">
+        <v>531</v>
+      </c>
+      <c r="I4" t="s">
+        <v>533</v>
+      </c>
+      <c r="J4" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>541</v>
+      </c>
+      <c r="B5" t="s">
+        <v>497</v>
+      </c>
+      <c r="C5" t="s">
+        <v>102</v>
+      </c>
+      <c r="D5">
+        <v>3809</v>
+      </c>
+      <c r="E5" t="s">
+        <v>542</v>
+      </c>
+      <c r="F5" t="s">
+        <v>531</v>
+      </c>
+      <c r="G5" t="s">
+        <v>532</v>
+      </c>
+      <c r="H5" t="s">
+        <v>531</v>
+      </c>
+      <c r="I5" t="s">
+        <v>533</v>
+      </c>
+      <c r="J5" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>544</v>
+      </c>
+      <c r="B6" t="s">
+        <v>498</v>
+      </c>
+      <c r="C6" t="s">
+        <v>111</v>
+      </c>
+      <c r="D6">
+        <v>244</v>
+      </c>
+      <c r="E6" t="s">
+        <v>545</v>
+      </c>
+      <c r="F6" t="s">
+        <v>531</v>
+      </c>
+      <c r="G6" t="s">
+        <v>546</v>
+      </c>
+      <c r="H6" t="s">
+        <v>531</v>
+      </c>
+      <c r="I6" t="s">
+        <v>533</v>
+      </c>
+      <c r="J6" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>548</v>
+      </c>
+      <c r="B7" t="s">
+        <v>499</v>
+      </c>
+      <c r="C7" t="s">
+        <v>120</v>
+      </c>
+      <c r="D7">
+        <v>948</v>
+      </c>
+      <c r="E7" t="s">
+        <v>549</v>
+      </c>
+      <c r="F7" t="s">
+        <v>531</v>
+      </c>
+      <c r="G7" t="s">
+        <v>532</v>
+      </c>
+      <c r="H7" t="s">
+        <v>531</v>
+      </c>
+      <c r="I7" t="s">
+        <v>533</v>
+      </c>
+      <c r="J7" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>551</v>
+      </c>
+      <c r="B8" t="s">
+        <v>500</v>
+      </c>
+      <c r="C8" t="s">
+        <v>129</v>
+      </c>
+      <c r="D8">
+        <v>949</v>
+      </c>
+      <c r="E8" t="s">
+        <v>552</v>
+      </c>
+      <c r="F8" t="s">
+        <v>531</v>
+      </c>
+      <c r="G8" t="s">
+        <v>532</v>
+      </c>
+      <c r="H8" t="s">
+        <v>531</v>
+      </c>
+      <c r="I8" t="s">
+        <v>533</v>
+      </c>
+      <c r="J8" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>554</v>
+      </c>
+      <c r="B9" t="s">
+        <v>501</v>
+      </c>
+      <c r="C9" t="s">
+        <v>137</v>
+      </c>
+      <c r="D9">
+        <v>3806</v>
+      </c>
+      <c r="E9" t="s">
+        <v>555</v>
+      </c>
+      <c r="F9" t="s">
+        <v>531</v>
+      </c>
+      <c r="G9" t="s">
+        <v>532</v>
+      </c>
+      <c r="H9" t="s">
+        <v>531</v>
+      </c>
+      <c r="I9" t="s">
+        <v>533</v>
+      </c>
+      <c r="J9" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>557</v>
+      </c>
+      <c r="B10" t="s">
+        <v>502</v>
+      </c>
+      <c r="C10" t="s">
+        <v>146</v>
+      </c>
+      <c r="D10">
+        <v>2474</v>
+      </c>
+      <c r="E10" t="s">
+        <v>558</v>
+      </c>
+      <c r="F10" t="s">
+        <v>531</v>
+      </c>
+      <c r="G10" t="s">
+        <v>546</v>
+      </c>
+      <c r="H10" t="s">
+        <v>531</v>
+      </c>
+      <c r="I10" t="s">
+        <v>533</v>
+      </c>
+      <c r="J10" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>560</v>
+      </c>
+      <c r="B11" t="s">
+        <v>503</v>
+      </c>
+      <c r="C11" t="s">
+        <v>158</v>
+      </c>
+      <c r="D11">
+        <v>930</v>
+      </c>
+      <c r="E11" t="s">
+        <v>561</v>
+      </c>
+      <c r="F11" t="s">
+        <v>531</v>
+      </c>
+      <c r="G11" t="s">
+        <v>532</v>
+      </c>
+      <c r="H11" t="s">
+        <v>531</v>
+      </c>
+      <c r="I11" t="s">
+        <v>533</v>
+      </c>
+      <c r="J11" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>563</v>
+      </c>
+      <c r="B12" t="s">
+        <v>504</v>
+      </c>
+      <c r="C12" t="s">
+        <v>168</v>
+      </c>
+      <c r="D12">
+        <v>931</v>
+      </c>
+      <c r="E12" t="s">
+        <v>564</v>
+      </c>
+      <c r="F12" t="s">
+        <v>531</v>
+      </c>
+      <c r="G12" t="s">
+        <v>532</v>
+      </c>
+      <c r="H12" t="s">
+        <v>531</v>
+      </c>
+      <c r="I12" t="s">
+        <v>533</v>
+      </c>
+      <c r="J12" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>566</v>
+      </c>
+      <c r="B13" t="s">
+        <v>505</v>
+      </c>
+      <c r="C13" t="s">
+        <v>176</v>
+      </c>
+      <c r="D13">
+        <v>369</v>
+      </c>
+      <c r="E13" t="s">
+        <v>567</v>
+      </c>
+      <c r="F13" t="s">
+        <v>531</v>
+      </c>
+      <c r="G13" t="s">
+        <v>532</v>
+      </c>
+      <c r="H13" t="s">
+        <v>531</v>
+      </c>
+      <c r="I13" t="s">
+        <v>533</v>
+      </c>
+      <c r="J13" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>569</v>
+      </c>
+      <c r="B14" t="s">
+        <v>506</v>
+      </c>
+      <c r="C14" t="s">
+        <v>187</v>
+      </c>
+      <c r="D14">
+        <v>932</v>
+      </c>
+      <c r="E14" t="s">
+        <v>570</v>
+      </c>
+      <c r="F14" t="s">
+        <v>531</v>
+      </c>
+      <c r="G14" t="s">
+        <v>532</v>
+      </c>
+      <c r="H14" t="s">
+        <v>531</v>
+      </c>
+      <c r="I14" t="s">
+        <v>533</v>
+      </c>
+      <c r="J14" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>572</v>
+      </c>
+      <c r="B15" t="s">
+        <v>507</v>
+      </c>
+      <c r="C15" t="s">
+        <v>195</v>
+      </c>
+      <c r="D15">
+        <v>695</v>
+      </c>
+      <c r="E15" t="s">
+        <v>573</v>
+      </c>
+      <c r="F15" t="s">
+        <v>531</v>
+      </c>
+      <c r="G15" t="s">
+        <v>532</v>
+      </c>
+      <c r="H15" t="s">
+        <v>531</v>
+      </c>
+      <c r="I15" t="s">
+        <v>533</v>
+      </c>
+      <c r="J15" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>575</v>
+      </c>
+      <c r="B16" t="s">
+        <v>508</v>
+      </c>
+      <c r="C16" t="s">
+        <v>204</v>
+      </c>
+      <c r="D16">
+        <v>933</v>
+      </c>
+      <c r="E16" t="s">
+        <v>576</v>
+      </c>
+      <c r="F16" t="s">
+        <v>531</v>
+      </c>
+      <c r="G16" t="s">
+        <v>532</v>
+      </c>
+      <c r="H16" t="s">
+        <v>531</v>
+      </c>
+      <c r="I16" t="s">
+        <v>533</v>
+      </c>
+      <c r="J16" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>578</v>
+      </c>
+      <c r="B17" t="s">
+        <v>509</v>
+      </c>
+      <c r="C17" t="s">
+        <v>240</v>
+      </c>
+      <c r="D17">
+        <v>225</v>
+      </c>
+      <c r="E17" t="s">
+        <v>579</v>
+      </c>
+      <c r="F17" t="s">
+        <v>531</v>
+      </c>
+      <c r="G17" t="s">
+        <v>532</v>
+      </c>
+      <c r="H17" t="s">
+        <v>531</v>
+      </c>
+      <c r="I17" t="s">
+        <v>533</v>
+      </c>
+      <c r="J17" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>581</v>
+      </c>
+      <c r="B18" t="s">
+        <v>510</v>
+      </c>
+      <c r="C18" t="s">
+        <v>269</v>
+      </c>
+      <c r="D18">
+        <v>1366</v>
+      </c>
+      <c r="E18" t="s">
+        <v>582</v>
+      </c>
+      <c r="F18" t="s">
+        <v>531</v>
+      </c>
+      <c r="G18" t="s">
+        <v>532</v>
+      </c>
+      <c r="H18" t="s">
+        <v>531</v>
+      </c>
+      <c r="I18" t="s">
+        <v>533</v>
+      </c>
+      <c r="J18" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>584</v>
+      </c>
+      <c r="B19" t="s">
+        <v>510</v>
+      </c>
+      <c r="C19" t="s">
+        <v>269</v>
+      </c>
+      <c r="D19">
+        <v>1367</v>
+      </c>
+      <c r="E19" t="s">
+        <v>582</v>
+      </c>
+      <c r="F19" t="s">
+        <v>531</v>
+      </c>
+      <c r="G19" t="s">
+        <v>532</v>
+      </c>
+      <c r="H19" t="s">
+        <v>531</v>
+      </c>
+      <c r="I19" t="s">
+        <v>533</v>
+      </c>
+      <c r="J19" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>586</v>
+      </c>
+      <c r="B20" t="s">
+        <v>511</v>
+      </c>
+      <c r="C20" t="s">
+        <v>291</v>
+      </c>
+      <c r="D20">
+        <v>253</v>
+      </c>
+      <c r="E20" t="s">
+        <v>587</v>
+      </c>
+      <c r="F20" t="s">
+        <v>531</v>
+      </c>
+      <c r="G20" t="s">
+        <v>588</v>
+      </c>
+      <c r="H20" t="s">
+        <v>531</v>
+      </c>
+      <c r="I20" t="s">
+        <v>533</v>
+      </c>
+      <c r="J20" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>590</v>
+      </c>
+      <c r="B21" t="s">
+        <v>512</v>
+      </c>
+      <c r="C21" t="s">
+        <v>301</v>
+      </c>
+      <c r="D21">
+        <v>1003</v>
+      </c>
+      <c r="E21" t="s">
+        <v>591</v>
+      </c>
+      <c r="F21" t="s">
+        <v>531</v>
+      </c>
+      <c r="G21" t="s">
+        <v>532</v>
+      </c>
+      <c r="H21" t="s">
+        <v>531</v>
+      </c>
+      <c r="I21" t="s">
+        <v>533</v>
+      </c>
+      <c r="J21" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>593</v>
+      </c>
+      <c r="B22" t="s">
+        <v>513</v>
+      </c>
+      <c r="C22" t="s">
+        <v>329</v>
+      </c>
+      <c r="D22">
+        <v>461</v>
+      </c>
+      <c r="E22" t="s">
+        <v>594</v>
+      </c>
+      <c r="F22" t="s">
+        <v>531</v>
+      </c>
+      <c r="G22" t="s">
+        <v>532</v>
+      </c>
+      <c r="H22" t="s">
+        <v>531</v>
+      </c>
+      <c r="I22" t="s">
+        <v>533</v>
+      </c>
+      <c r="J22" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>596</v>
+      </c>
+      <c r="B23" t="s">
+        <v>514</v>
+      </c>
+      <c r="C23" t="s">
+        <v>338</v>
+      </c>
+      <c r="D23">
+        <v>913</v>
+      </c>
+      <c r="E23" t="s">
+        <v>597</v>
+      </c>
+      <c r="F23" t="s">
+        <v>531</v>
+      </c>
+      <c r="G23" t="s">
+        <v>532</v>
+      </c>
+      <c r="H23" t="s">
+        <v>531</v>
+      </c>
+      <c r="I23" t="s">
+        <v>533</v>
+      </c>
+      <c r="J23" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>599</v>
+      </c>
+      <c r="B24" t="s">
+        <v>515</v>
+      </c>
+      <c r="C24" t="s">
+        <v>346</v>
+      </c>
+      <c r="D24">
+        <v>412</v>
+      </c>
+      <c r="E24" t="s">
+        <v>600</v>
+      </c>
+      <c r="F24" t="s">
+        <v>531</v>
+      </c>
+      <c r="G24" t="s">
+        <v>532</v>
+      </c>
+      <c r="H24" t="s">
+        <v>531</v>
+      </c>
+      <c r="I24" t="s">
+        <v>533</v>
+      </c>
+      <c r="J24" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>602</v>
+      </c>
+      <c r="B25" t="s">
+        <v>516</v>
+      </c>
+      <c r="C25" t="s">
+        <v>355</v>
+      </c>
+      <c r="D25">
+        <v>227</v>
+      </c>
+      <c r="E25" t="s">
+        <v>603</v>
+      </c>
+      <c r="F25" t="s">
+        <v>531</v>
+      </c>
+      <c r="G25" t="s">
+        <v>532</v>
+      </c>
+      <c r="H25" t="s">
+        <v>531</v>
+      </c>
+      <c r="I25" t="s">
+        <v>533</v>
+      </c>
+      <c r="J25" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>605</v>
+      </c>
+      <c r="B26" t="s">
+        <v>517</v>
+      </c>
+      <c r="C26" t="s">
+        <v>376</v>
+      </c>
+      <c r="D26">
+        <v>251</v>
+      </c>
+      <c r="E26" t="s">
+        <v>606</v>
+      </c>
+      <c r="F26" t="s">
+        <v>531</v>
+      </c>
+      <c r="G26" t="s">
+        <v>588</v>
+      </c>
+      <c r="H26" t="s">
+        <v>531</v>
+      </c>
+      <c r="I26" t="s">
+        <v>533</v>
+      </c>
+      <c r="J26" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>608</v>
+      </c>
+      <c r="B27" t="s">
+        <v>518</v>
+      </c>
+      <c r="C27" t="s">
+        <v>411</v>
+      </c>
+      <c r="D27">
+        <v>1329</v>
+      </c>
+      <c r="E27" t="s">
+        <v>609</v>
+      </c>
+      <c r="F27" t="s">
+        <v>531</v>
+      </c>
+      <c r="G27" t="s">
+        <v>532</v>
+      </c>
+      <c r="H27" t="s">
+        <v>531</v>
+      </c>
+      <c r="I27" t="s">
+        <v>533</v>
+      </c>
+      <c r="J27" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>611</v>
+      </c>
+      <c r="B28" t="s">
+        <v>519</v>
+      </c>
+      <c r="C28" t="s">
+        <v>432</v>
+      </c>
+      <c r="D28">
+        <v>390</v>
+      </c>
+      <c r="E28" t="s">
+        <v>612</v>
+      </c>
+      <c r="F28" t="s">
+        <v>531</v>
+      </c>
+      <c r="G28" t="s">
+        <v>588</v>
+      </c>
+      <c r="H28" t="s">
+        <v>531</v>
+      </c>
+      <c r="I28" t="s">
+        <v>533</v>
+      </c>
+      <c r="J28" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>614</v>
+      </c>
+      <c r="B29" t="s">
+        <v>520</v>
+      </c>
+      <c r="C29" t="s">
+        <v>441</v>
+      </c>
+      <c r="D29">
+        <v>370</v>
+      </c>
+      <c r="E29" t="s">
+        <v>615</v>
+      </c>
+      <c r="F29" t="s">
+        <v>531</v>
+      </c>
+      <c r="G29" t="s">
+        <v>532</v>
+      </c>
+      <c r="H29" t="s">
+        <v>531</v>
+      </c>
+      <c r="I29" t="s">
+        <v>533</v>
+      </c>
+      <c r="J29" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>617</v>
+      </c>
+      <c r="B30" t="s">
+        <v>521</v>
+      </c>
+      <c r="C30" t="s">
+        <v>486</v>
+      </c>
+      <c r="D30">
+        <v>929</v>
+      </c>
+      <c r="E30" t="s">
+        <v>618</v>
+      </c>
+      <c r="F30" t="s">
+        <v>531</v>
+      </c>
+      <c r="G30" t="s">
+        <v>532</v>
+      </c>
+      <c r="H30" t="s">
+        <v>531</v>
+      </c>
+      <c r="I30" t="s">
+        <v>533</v>
+      </c>
+      <c r="J30" t="s">
+        <v>619</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:O280"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>493</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>494</v>
+        <v>620</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>495</v>
+        <v>621</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>496</v>
+        <v>622</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>497</v>
+        <v>623</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>498</v>
+        <v>624</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>499</v>
+        <v>625</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>500</v>
+        <v>626</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>501</v>
+        <v>627</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>502</v>
+        <v>628</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>503</v>
+        <v>629</v>
       </c>
       <c r="N1" s="1" t="s">
-        <v>504</v>
+        <v>630</v>
       </c>
       <c r="O1" s="1" t="s">
-        <v>505</v>
+        <v>631</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>506</v>
+        <v>632</v>
       </c>
       <c r="B2" t="s">
         <v>31</v>
       </c>
       <c r="C2" t="s">
-        <v>507</v>
+        <v>633</v>
       </c>
       <c r="D2" t="s">
-        <v>508</v>
+        <v>634</v>
       </c>
       <c r="E2" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F2" t="s">
-        <v>510</v>
+        <v>636</v>
       </c>
       <c r="G2" t="s">
-        <v>507</v>
+        <v>633</v>
       </c>
       <c r="H2" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="I2" t="s">
-        <v>512</v>
+        <v>638</v>
       </c>
       <c r="J2" t="s">
-        <v>513</v>
+        <v>639</v>
       </c>
       <c r="K2" t="s">
-        <v>513</v>
+        <v>640</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>514</v>
+        <v>641</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>38</v>
       </c>
       <c r="D3" t="s">
         <v>39</v>
       </c>
       <c r="E3" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F3" t="s">
-        <v>515</v>
+        <v>642</v>
       </c>
       <c r="G3" t="s">
         <v>38</v>
       </c>
       <c r="H3" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="J3" t="s">
-        <v>516</v>
+        <v>643</v>
       </c>
       <c r="K3" t="s">
-        <v>513</v>
+        <v>640</v>
       </c>
       <c r="L3" t="s">
-        <v>517</v>
+        <v>644</v>
       </c>
       <c r="M3" t="s">
-        <v>518</v>
+        <v>645</v>
       </c>
       <c r="N3" t="s">
-        <v>519</v>
+        <v>646</v>
       </c>
       <c r="O3" t="s">
-        <v>520</v>
+        <v>647</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>521</v>
+        <v>648</v>
       </c>
       <c r="B4" t="s">
         <v>31</v>
       </c>
       <c r="C4" t="s">
-        <v>522</v>
+        <v>649</v>
       </c>
       <c r="D4" t="s">
-        <v>523</v>
+        <v>650</v>
       </c>
       <c r="E4" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F4" t="s">
-        <v>525</v>
+        <v>652</v>
       </c>
       <c r="G4" t="s">
-        <v>522</v>
+        <v>649</v>
       </c>
       <c r="H4" t="s">
-        <v>526</v>
-[...11 lines deleted...]
-        <v>528</v>
+        <v>653</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>530</v>
+        <v>654</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
       <c r="C5" t="s">
-        <v>531</v>
+        <v>655</v>
       </c>
       <c r="D5" t="s">
-        <v>532</v>
+        <v>656</v>
       </c>
       <c r="E5" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F5" t="s">
-        <v>533</v>
+        <v>652</v>
       </c>
       <c r="G5" t="s">
-        <v>531</v>
+        <v>655</v>
       </c>
       <c r="H5" t="s">
-        <v>526</v>
-[...11 lines deleted...]
-        <v>535</v>
+        <v>653</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>537</v>
+        <v>657</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
-        <v>538</v>
+        <v>658</v>
       </c>
       <c r="D6" t="s">
-        <v>539</v>
+        <v>659</v>
       </c>
       <c r="E6" t="s">
-        <v>524</v>
+        <v>660</v>
       </c>
       <c r="F6" t="s">
-        <v>540</v>
+        <v>661</v>
       </c>
       <c r="G6" t="s">
-        <v>541</v>
+        <v>658</v>
       </c>
       <c r="H6" t="s">
-        <v>542</v>
+        <v>653</v>
       </c>
       <c r="N6" t="s">
-        <v>543</v>
+        <v>662</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>544</v>
+        <v>663</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>545</v>
+        <v>664</v>
       </c>
       <c r="D7" t="s">
-        <v>546</v>
+        <v>665</v>
       </c>
       <c r="E7" t="s">
-        <v>547</v>
+        <v>651</v>
+      </c>
+      <c r="F7" t="s">
+        <v>652</v>
       </c>
       <c r="G7" t="s">
-        <v>545</v>
+        <v>664</v>
       </c>
       <c r="H7" t="s">
-        <v>548</v>
+        <v>653</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>549</v>
+        <v>666</v>
       </c>
       <c r="B8" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="C8" t="s">
-        <v>550</v>
+        <v>667</v>
       </c>
       <c r="D8" t="s">
-        <v>551</v>
+        <v>668</v>
       </c>
       <c r="E8" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F8" t="s">
-        <v>552</v>
+        <v>652</v>
       </c>
       <c r="G8" t="s">
-        <v>550</v>
+        <v>667</v>
       </c>
       <c r="H8" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>555</v>
+        <v>653</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>556</v>
+        <v>669</v>
       </c>
       <c r="B9" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="C9" t="s">
-        <v>60</v>
+        <v>670</v>
       </c>
       <c r="D9" t="s">
-        <v>61</v>
+        <v>671</v>
       </c>
       <c r="E9" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>557</v>
+        <v>672</v>
       </c>
       <c r="G9" t="s">
-        <v>60</v>
+        <v>670</v>
       </c>
       <c r="H9" t="s">
-        <v>511</v>
-[...14 lines deleted...]
-        <v>560</v>
+        <v>673</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>561</v>
+        <v>674</v>
       </c>
       <c r="B10" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C10" t="s">
-        <v>562</v>
+        <v>675</v>
       </c>
       <c r="D10" t="s">
-        <v>563</v>
+        <v>676</v>
       </c>
       <c r="E10" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F10" t="s">
-        <v>564</v>
+        <v>677</v>
       </c>
       <c r="G10" t="s">
-        <v>565</v>
+        <v>675</v>
       </c>
       <c r="H10" t="s">
-        <v>542</v>
+        <v>637</v>
+      </c>
+      <c r="I10" t="s">
+        <v>678</v>
+      </c>
+      <c r="J10" t="s">
+        <v>679</v>
+      </c>
+      <c r="K10" t="s">
+        <v>680</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>566</v>
+        <v>681</v>
       </c>
       <c r="B11" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C11" t="s">
-        <v>567</v>
+        <v>58</v>
       </c>
       <c r="D11" t="s">
-        <v>568</v>
+        <v>59</v>
       </c>
       <c r="E11" t="s">
-        <v>569</v>
+        <v>635</v>
       </c>
       <c r="F11" t="s">
-        <v>564</v>
+        <v>682</v>
       </c>
       <c r="G11" t="s">
-        <v>567</v>
+        <v>58</v>
       </c>
       <c r="H11" t="s">
-        <v>526</v>
+        <v>637</v>
+      </c>
+      <c r="I11" t="s">
+        <v>678</v>
+      </c>
+      <c r="J11" t="s">
+        <v>683</v>
+      </c>
+      <c r="K11" t="s">
+        <v>684</v>
+      </c>
+      <c r="L11" t="s">
+        <v>644</v>
+      </c>
+      <c r="M11" t="s">
+        <v>645</v>
+      </c>
+      <c r="N11" t="s">
+        <v>685</v>
+      </c>
+      <c r="O11" t="s">
+        <v>686</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>570</v>
+        <v>687</v>
       </c>
       <c r="B12" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C12" t="s">
-        <v>571</v>
+        <v>670</v>
       </c>
       <c r="D12" t="s">
-        <v>572</v>
+        <v>671</v>
       </c>
       <c r="E12" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>573</v>
+        <v>672</v>
       </c>
       <c r="G12" t="s">
-        <v>571</v>
+        <v>670</v>
       </c>
       <c r="H12" t="s">
-        <v>526</v>
-[...8 lines deleted...]
-        <v>576</v>
+        <v>673</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>577</v>
+        <v>688</v>
       </c>
       <c r="B13" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="C13" t="s">
-        <v>578</v>
+        <v>689</v>
       </c>
       <c r="D13" t="s">
-        <v>579</v>
+        <v>690</v>
       </c>
       <c r="E13" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F13" t="s">
-        <v>580</v>
+        <v>691</v>
       </c>
       <c r="G13" t="s">
-        <v>581</v>
+        <v>689</v>
       </c>
       <c r="H13" t="s">
-        <v>542</v>
+        <v>637</v>
+      </c>
+      <c r="I13" t="s">
+        <v>692</v>
       </c>
       <c r="J13" t="s">
-        <v>582</v>
+        <v>693</v>
       </c>
       <c r="K13" t="s">
-        <v>583</v>
-[...5 lines deleted...]
-        <v>585</v>
+        <v>693</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>586</v>
+        <v>694</v>
       </c>
       <c r="B14" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="C14" t="s">
-        <v>587</v>
+        <v>74</v>
       </c>
       <c r="D14" t="s">
-        <v>588</v>
+        <v>59</v>
       </c>
       <c r="E14" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F14" t="s">
-        <v>589</v>
+        <v>695</v>
       </c>
       <c r="G14" t="s">
-        <v>590</v>
+        <v>74</v>
       </c>
       <c r="H14" t="s">
-        <v>542</v>
+        <v>637</v>
       </c>
       <c r="J14" t="s">
-        <v>591</v>
+        <v>696</v>
       </c>
       <c r="K14" t="s">
-        <v>592</v>
+        <v>693</v>
+      </c>
+      <c r="L14" t="s">
+        <v>644</v>
+      </c>
+      <c r="M14" t="s">
+        <v>645</v>
       </c>
       <c r="N14" t="s">
-        <v>593</v>
+        <v>697</v>
       </c>
       <c r="O14" t="s">
-        <v>594</v>
+        <v>698</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>595</v>
+        <v>699</v>
       </c>
       <c r="B15" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="C15" t="s">
-        <v>596</v>
+        <v>700</v>
       </c>
       <c r="D15" t="s">
-        <v>597</v>
+        <v>701</v>
       </c>
       <c r="E15" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F15" t="s">
-        <v>598</v>
+        <v>702</v>
       </c>
       <c r="G15" t="s">
-        <v>599</v>
+        <v>700</v>
       </c>
       <c r="H15" t="s">
-        <v>542</v>
+        <v>653</v>
       </c>
       <c r="J15" t="s">
-        <v>600</v>
+        <v>703</v>
       </c>
       <c r="K15" t="s">
-        <v>601</v>
+        <v>704</v>
       </c>
       <c r="N15" t="s">
-        <v>602</v>
+        <v>705</v>
       </c>
       <c r="O15" t="s">
-        <v>601</v>
+        <v>704</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>603</v>
+        <v>706</v>
       </c>
       <c r="B16" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="C16" t="s">
-        <v>545</v>
+        <v>707</v>
       </c>
       <c r="D16" t="s">
-        <v>546</v>
+        <v>708</v>
       </c>
       <c r="E16" t="s">
-        <v>547</v>
+        <v>651</v>
+      </c>
+      <c r="F16" t="s">
+        <v>709</v>
       </c>
       <c r="G16" t="s">
-        <v>545</v>
+        <v>707</v>
       </c>
       <c r="H16" t="s">
-        <v>548</v>
+        <v>653</v>
+      </c>
+      <c r="J16" t="s">
+        <v>710</v>
+      </c>
+      <c r="K16" t="s">
+        <v>711</v>
+      </c>
+      <c r="N16" t="s">
+        <v>712</v>
+      </c>
+      <c r="O16" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>604</v>
+        <v>713</v>
       </c>
       <c r="B17" t="s">
         <v>70</v>
       </c>
       <c r="C17" t="s">
-        <v>605</v>
+        <v>714</v>
       </c>
       <c r="D17" t="s">
-        <v>606</v>
+        <v>715</v>
       </c>
       <c r="E17" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F17" t="s">
-        <v>607</v>
+        <v>716</v>
       </c>
       <c r="G17" t="s">
-        <v>605</v>
+        <v>717</v>
       </c>
       <c r="H17" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>610</v>
+        <v>718</v>
+      </c>
+      <c r="N17" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>611</v>
+        <v>720</v>
       </c>
       <c r="B18" t="s">
         <v>70</v>
       </c>
       <c r="C18" t="s">
-        <v>74</v>
+        <v>670</v>
       </c>
       <c r="D18" t="s">
-        <v>75</v>
+        <v>671</v>
       </c>
       <c r="E18" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>612</v>
+        <v>672</v>
       </c>
       <c r="G18" t="s">
-        <v>74</v>
+        <v>670</v>
       </c>
       <c r="H18" t="s">
-        <v>511</v>
-[...17 lines deleted...]
-        <v>615</v>
+        <v>673</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>616</v>
+        <v>721</v>
       </c>
       <c r="B19" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="C19" t="s">
-        <v>617</v>
+        <v>722</v>
       </c>
       <c r="D19" t="s">
-        <v>618</v>
+        <v>723</v>
       </c>
       <c r="E19" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F19" t="s">
-        <v>564</v>
+        <v>724</v>
       </c>
       <c r="G19" t="s">
-        <v>617</v>
+        <v>722</v>
       </c>
       <c r="H19" t="s">
-        <v>526</v>
+        <v>637</v>
+      </c>
+      <c r="I19" t="s">
+        <v>725</v>
+      </c>
+      <c r="J19" t="s">
+        <v>726</v>
+      </c>
+      <c r="K19" t="s">
+        <v>727</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>619</v>
+        <v>728</v>
       </c>
       <c r="B20" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="C20" t="s">
-        <v>620</v>
+        <v>85</v>
       </c>
       <c r="D20" t="s">
-        <v>621</v>
+        <v>86</v>
       </c>
       <c r="E20" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F20" t="s">
-        <v>564</v>
+        <v>729</v>
       </c>
       <c r="G20" t="s">
-        <v>620</v>
+        <v>85</v>
       </c>
       <c r="H20" t="s">
-        <v>526</v>
+        <v>637</v>
+      </c>
+      <c r="I20" t="s">
+        <v>725</v>
+      </c>
+      <c r="J20" t="s">
+        <v>730</v>
+      </c>
+      <c r="K20" t="s">
+        <v>731</v>
+      </c>
+      <c r="L20" t="s">
+        <v>644</v>
+      </c>
+      <c r="M20" t="s">
+        <v>645</v>
+      </c>
+      <c r="N20" t="s">
+        <v>732</v>
+      </c>
+      <c r="O20" t="s">
+        <v>733</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>622</v>
+        <v>734</v>
       </c>
       <c r="B21" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="C21" t="s">
-        <v>623</v>
+        <v>735</v>
       </c>
       <c r="D21" t="s">
-        <v>624</v>
+        <v>736</v>
       </c>
       <c r="E21" t="s">
-        <v>569</v>
+        <v>651</v>
       </c>
       <c r="F21" t="s">
-        <v>625</v>
+        <v>737</v>
       </c>
       <c r="G21" t="s">
-        <v>623</v>
+        <v>735</v>
       </c>
       <c r="H21" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="N21" t="s">
-        <v>626</v>
+        <v>738</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>627</v>
+        <v>739</v>
       </c>
       <c r="B22" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="C22" t="s">
-        <v>628</v>
+        <v>740</v>
       </c>
       <c r="D22" t="s">
-        <v>629</v>
+        <v>741</v>
       </c>
       <c r="E22" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F22" t="s">
-        <v>564</v>
+        <v>652</v>
       </c>
       <c r="G22" t="s">
-        <v>628</v>
+        <v>740</v>
       </c>
       <c r="H22" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>630</v>
+        <v>742</v>
       </c>
       <c r="B23" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="C23" t="s">
-        <v>631</v>
+        <v>743</v>
       </c>
       <c r="D23" t="s">
-        <v>632</v>
+        <v>744</v>
       </c>
       <c r="E23" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F23" t="s">
-        <v>564</v>
+        <v>652</v>
       </c>
       <c r="G23" t="s">
-        <v>631</v>
+        <v>743</v>
       </c>
       <c r="H23" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>633</v>
+        <v>745</v>
       </c>
       <c r="B24" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="C24" t="s">
-        <v>545</v>
+        <v>746</v>
       </c>
       <c r="D24" t="s">
-        <v>546</v>
+        <v>747</v>
       </c>
       <c r="E24" t="s">
-        <v>547</v>
+        <v>651</v>
+      </c>
+      <c r="F24" t="s">
+        <v>652</v>
       </c>
       <c r="G24" t="s">
-        <v>545</v>
+        <v>746</v>
       </c>
       <c r="H24" t="s">
-        <v>548</v>
+        <v>653</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>634</v>
+        <v>748</v>
       </c>
       <c r="B25" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C25" t="s">
-        <v>605</v>
+        <v>749</v>
       </c>
       <c r="D25" t="s">
-        <v>606</v>
+        <v>750</v>
       </c>
       <c r="E25" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F25" t="s">
-        <v>607</v>
+        <v>751</v>
       </c>
       <c r="G25" t="s">
-        <v>605</v>
+        <v>749</v>
       </c>
       <c r="H25" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>610</v>
+        <v>653</v>
+      </c>
+      <c r="N25" t="s">
+        <v>752</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>635</v>
+        <v>753</v>
       </c>
       <c r="B26" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C26" t="s">
-        <v>74</v>
+        <v>754</v>
       </c>
       <c r="D26" t="s">
-        <v>75</v>
+        <v>755</v>
       </c>
       <c r="E26" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F26" t="s">
-        <v>612</v>
+        <v>652</v>
       </c>
       <c r="G26" t="s">
-        <v>74</v>
+        <v>754</v>
       </c>
       <c r="H26" t="s">
-        <v>511</v>
-[...17 lines deleted...]
-        <v>615</v>
+        <v>653</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>636</v>
+        <v>756</v>
       </c>
       <c r="B27" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C27" t="s">
-        <v>617</v>
+        <v>757</v>
       </c>
       <c r="D27" t="s">
-        <v>618</v>
+        <v>758</v>
       </c>
       <c r="E27" t="s">
-        <v>524</v>
+        <v>660</v>
       </c>
       <c r="F27" t="s">
-        <v>564</v>
+        <v>759</v>
       </c>
       <c r="G27" t="s">
-        <v>617</v>
+        <v>760</v>
       </c>
       <c r="H27" t="s">
-        <v>526</v>
+        <v>761</v>
+      </c>
+      <c r="J27" t="s">
+        <v>762</v>
+      </c>
+      <c r="K27" t="s">
+        <v>763</v>
+      </c>
+      <c r="N27" t="s">
+        <v>764</v>
+      </c>
+      <c r="O27" t="s">
+        <v>765</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>637</v>
+        <v>766</v>
       </c>
       <c r="B28" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C28" t="s">
-        <v>623</v>
+        <v>767</v>
       </c>
       <c r="D28" t="s">
-        <v>624</v>
+        <v>91</v>
       </c>
       <c r="E28" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-        <v>625</v>
+        <v>672</v>
       </c>
       <c r="G28" t="s">
-        <v>623</v>
+        <v>767</v>
       </c>
       <c r="H28" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>626</v>
+        <v>673</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
+        <v>768</v>
+      </c>
+      <c r="B29" t="s">
+        <v>94</v>
+      </c>
+      <c r="C29" t="s">
+        <v>633</v>
+      </c>
+      <c r="D29" t="s">
+        <v>634</v>
+      </c>
+      <c r="E29" t="s">
+        <v>635</v>
+      </c>
+      <c r="F29" t="s">
+        <v>636</v>
+      </c>
+      <c r="G29" t="s">
+        <v>633</v>
+      </c>
+      <c r="H29" t="s">
+        <v>637</v>
+      </c>
+      <c r="I29" t="s">
         <v>638</v>
       </c>
-      <c r="B29" t="s">
-[...18 lines deleted...]
-        <v>526</v>
+      <c r="J29" t="s">
+        <v>639</v>
+      </c>
+      <c r="K29" t="s">
+        <v>640</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>639</v>
+        <v>769</v>
       </c>
       <c r="B30" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="C30" t="s">
-        <v>545</v>
+        <v>38</v>
       </c>
       <c r="D30" t="s">
-        <v>546</v>
+        <v>39</v>
       </c>
       <c r="E30" t="s">
-        <v>547</v>
+        <v>635</v>
+      </c>
+      <c r="F30" t="s">
+        <v>642</v>
       </c>
       <c r="G30" t="s">
-        <v>545</v>
+        <v>38</v>
       </c>
       <c r="H30" t="s">
-        <v>548</v>
+        <v>637</v>
+      </c>
+      <c r="J30" t="s">
+        <v>643</v>
+      </c>
+      <c r="K30" t="s">
+        <v>640</v>
+      </c>
+      <c r="L30" t="s">
+        <v>644</v>
+      </c>
+      <c r="M30" t="s">
+        <v>645</v>
+      </c>
+      <c r="N30" t="s">
+        <v>646</v>
+      </c>
+      <c r="O30" t="s">
+        <v>647</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>640</v>
+        <v>770</v>
       </c>
       <c r="B31" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C31" t="s">
-        <v>605</v>
+        <v>649</v>
       </c>
       <c r="D31" t="s">
-        <v>606</v>
+        <v>650</v>
       </c>
       <c r="E31" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F31" t="s">
-        <v>607</v>
+        <v>652</v>
       </c>
       <c r="G31" t="s">
-        <v>605</v>
+        <v>649</v>
       </c>
       <c r="H31" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>610</v>
+        <v>653</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>641</v>
+        <v>771</v>
       </c>
       <c r="B32" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C32" t="s">
-        <v>74</v>
+        <v>658</v>
       </c>
       <c r="D32" t="s">
-        <v>75</v>
+        <v>659</v>
       </c>
       <c r="E32" t="s">
-        <v>509</v>
+        <v>660</v>
       </c>
       <c r="F32" t="s">
-        <v>612</v>
+        <v>661</v>
       </c>
       <c r="G32" t="s">
-        <v>74</v>
+        <v>658</v>
       </c>
       <c r="H32" t="s">
-        <v>511</v>
-[...11 lines deleted...]
-        <v>518</v>
+        <v>653</v>
       </c>
       <c r="N32" t="s">
-        <v>614</v>
-[...2 lines deleted...]
-        <v>615</v>
+        <v>662</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>642</v>
+        <v>772</v>
       </c>
       <c r="B33" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C33" t="s">
-        <v>643</v>
+        <v>664</v>
       </c>
       <c r="D33" t="s">
-        <v>644</v>
+        <v>665</v>
       </c>
       <c r="E33" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F33" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="G33" t="s">
-        <v>643</v>
+        <v>664</v>
       </c>
       <c r="H33" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>646</v>
+        <v>653</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>647</v>
+        <v>773</v>
       </c>
       <c r="B34" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C34" t="s">
-        <v>648</v>
+        <v>670</v>
       </c>
       <c r="D34" t="s">
-        <v>649</v>
+        <v>671</v>
       </c>
       <c r="E34" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>650</v>
+        <v>672</v>
       </c>
       <c r="G34" t="s">
-        <v>648</v>
+        <v>670</v>
       </c>
       <c r="H34" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>651</v>
+        <v>673</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>652</v>
+        <v>774</v>
       </c>
       <c r="B35" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="C35" t="s">
-        <v>653</v>
+        <v>633</v>
       </c>
       <c r="D35" t="s">
-        <v>654</v>
+        <v>634</v>
       </c>
       <c r="E35" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F35" t="s">
-        <v>655</v>
+        <v>636</v>
       </c>
       <c r="G35" t="s">
-        <v>656</v>
+        <v>633</v>
       </c>
       <c r="H35" t="s">
-        <v>542</v>
-[...2 lines deleted...]
-        <v>657</v>
+        <v>637</v>
+      </c>
+      <c r="I35" t="s">
+        <v>638</v>
+      </c>
+      <c r="J35" t="s">
+        <v>639</v>
+      </c>
+      <c r="K35" t="s">
+        <v>640</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>658</v>
+        <v>775</v>
       </c>
       <c r="B36" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="C36" t="s">
-        <v>545</v>
+        <v>38</v>
       </c>
       <c r="D36" t="s">
-        <v>546</v>
+        <v>39</v>
       </c>
       <c r="E36" t="s">
-        <v>547</v>
+        <v>635</v>
+      </c>
+      <c r="F36" t="s">
+        <v>642</v>
       </c>
       <c r="G36" t="s">
-        <v>545</v>
+        <v>38</v>
       </c>
       <c r="H36" t="s">
-        <v>548</v>
+        <v>637</v>
+      </c>
+      <c r="J36" t="s">
+        <v>643</v>
+      </c>
+      <c r="K36" t="s">
+        <v>640</v>
+      </c>
+      <c r="L36" t="s">
+        <v>644</v>
+      </c>
+      <c r="M36" t="s">
+        <v>645</v>
+      </c>
+      <c r="N36" t="s">
+        <v>646</v>
+      </c>
+      <c r="O36" t="s">
+        <v>647</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>659</v>
+        <v>776</v>
       </c>
       <c r="B37" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C37" t="s">
-        <v>660</v>
+        <v>777</v>
       </c>
       <c r="D37" t="s">
-        <v>661</v>
+        <v>778</v>
       </c>
       <c r="E37" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F37" t="s">
-        <v>662</v>
+        <v>779</v>
       </c>
       <c r="G37" t="s">
-        <v>660</v>
+        <v>777</v>
       </c>
       <c r="H37" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>665</v>
+        <v>653</v>
+      </c>
+      <c r="N37" t="s">
+        <v>780</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>666</v>
+        <v>781</v>
       </c>
       <c r="B38" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C38" t="s">
-        <v>103</v>
+        <v>782</v>
       </c>
       <c r="D38" t="s">
-        <v>39</v>
+        <v>783</v>
       </c>
       <c r="E38" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F38" t="s">
-        <v>667</v>
+        <v>784</v>
       </c>
       <c r="G38" t="s">
-        <v>103</v>
+        <v>782</v>
       </c>
       <c r="H38" t="s">
-        <v>511</v>
-[...14 lines deleted...]
-        <v>518</v>
+        <v>653</v>
       </c>
       <c r="N38" t="s">
-        <v>670</v>
-[...2 lines deleted...]
-        <v>671</v>
+        <v>785</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>672</v>
+        <v>786</v>
       </c>
       <c r="B39" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C39" t="s">
-        <v>545</v>
+        <v>787</v>
       </c>
       <c r="D39" t="s">
-        <v>546</v>
+        <v>788</v>
       </c>
       <c r="E39" t="s">
-        <v>547</v>
+        <v>651</v>
+      </c>
+      <c r="F39" t="s">
+        <v>789</v>
       </c>
       <c r="G39" t="s">
-        <v>545</v>
+        <v>790</v>
       </c>
       <c r="H39" t="s">
-        <v>548</v>
+        <v>718</v>
+      </c>
+      <c r="N39" t="s">
+        <v>791</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
+        <v>792</v>
+      </c>
+      <c r="B40" t="s">
+        <v>102</v>
+      </c>
+      <c r="C40" t="s">
+        <v>670</v>
+      </c>
+      <c r="D40" t="s">
+        <v>671</v>
+      </c>
+      <c r="E40" t="s">
+        <v>672</v>
+      </c>
+      <c r="G40" t="s">
+        <v>670</v>
+      </c>
+      <c r="H40" t="s">
         <v>673</v>
-      </c>
-[...28 lines deleted...]
-        <v>610</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>674</v>
+        <v>793</v>
       </c>
       <c r="B41" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C41" t="s">
-        <v>74</v>
+        <v>794</v>
       </c>
       <c r="D41" t="s">
-        <v>75</v>
+        <v>795</v>
       </c>
       <c r="E41" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F41" t="s">
-        <v>612</v>
+        <v>796</v>
       </c>
       <c r="G41" t="s">
-        <v>74</v>
+        <v>794</v>
       </c>
       <c r="H41" t="s">
-        <v>511</v>
+        <v>637</v>
+      </c>
+      <c r="I41" t="s">
+        <v>797</v>
       </c>
       <c r="J41" t="s">
-        <v>613</v>
+        <v>798</v>
       </c>
       <c r="K41" t="s">
-        <v>610</v>
-[...11 lines deleted...]
-        <v>615</v>
+        <v>799</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>675</v>
+        <v>800</v>
       </c>
       <c r="B42" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C42" t="s">
-        <v>676</v>
+        <v>115</v>
       </c>
       <c r="D42" t="s">
-        <v>677</v>
+        <v>59</v>
       </c>
       <c r="E42" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F42" t="s">
-        <v>564</v>
+        <v>801</v>
       </c>
       <c r="G42" t="s">
-        <v>676</v>
+        <v>115</v>
       </c>
       <c r="H42" t="s">
-        <v>526</v>
+        <v>637</v>
+      </c>
+      <c r="J42" t="s">
+        <v>802</v>
+      </c>
+      <c r="K42" t="s">
+        <v>799</v>
+      </c>
+      <c r="L42" t="s">
+        <v>644</v>
+      </c>
+      <c r="M42" t="s">
+        <v>645</v>
+      </c>
+      <c r="N42" t="s">
+        <v>803</v>
+      </c>
+      <c r="O42" t="s">
+        <v>804</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>678</v>
+        <v>805</v>
       </c>
       <c r="B43" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C43" t="s">
-        <v>617</v>
+        <v>806</v>
       </c>
       <c r="D43" t="s">
-        <v>618</v>
+        <v>807</v>
       </c>
       <c r="E43" t="s">
-        <v>524</v>
+        <v>660</v>
       </c>
       <c r="F43" t="s">
-        <v>564</v>
+        <v>808</v>
       </c>
       <c r="G43" t="s">
-        <v>617</v>
+        <v>806</v>
       </c>
       <c r="H43" t="s">
-        <v>526</v>
+        <v>653</v>
+      </c>
+      <c r="N43" t="s">
+        <v>809</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>679</v>
+        <v>810</v>
       </c>
       <c r="B44" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C44" t="s">
-        <v>620</v>
+        <v>670</v>
       </c>
       <c r="D44" t="s">
-        <v>621</v>
+        <v>671</v>
       </c>
       <c r="E44" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>564</v>
+        <v>672</v>
       </c>
       <c r="G44" t="s">
-        <v>620</v>
+        <v>670</v>
       </c>
       <c r="H44" t="s">
-        <v>526</v>
+        <v>673</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>680</v>
+        <v>811</v>
       </c>
       <c r="B45" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="C45" t="s">
-        <v>681</v>
+        <v>633</v>
       </c>
       <c r="D45" t="s">
-        <v>682</v>
+        <v>634</v>
       </c>
       <c r="E45" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F45" t="s">
-        <v>683</v>
+        <v>636</v>
       </c>
       <c r="G45" t="s">
-        <v>681</v>
+        <v>633</v>
       </c>
       <c r="H45" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>684</v>
+        <v>637</v>
+      </c>
+      <c r="I45" t="s">
+        <v>638</v>
+      </c>
+      <c r="J45" t="s">
+        <v>639</v>
+      </c>
+      <c r="K45" t="s">
+        <v>640</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>685</v>
+        <v>812</v>
       </c>
       <c r="B46" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="C46" t="s">
-        <v>686</v>
+        <v>38</v>
       </c>
       <c r="D46" t="s">
-        <v>687</v>
+        <v>39</v>
       </c>
       <c r="E46" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F46" t="s">
-        <v>564</v>
+        <v>642</v>
       </c>
       <c r="G46" t="s">
-        <v>686</v>
+        <v>38</v>
       </c>
       <c r="H46" t="s">
-        <v>526</v>
+        <v>637</v>
+      </c>
+      <c r="J46" t="s">
+        <v>643</v>
+      </c>
+      <c r="K46" t="s">
+        <v>640</v>
+      </c>
+      <c r="L46" t="s">
+        <v>644</v>
+      </c>
+      <c r="M46" t="s">
+        <v>645</v>
+      </c>
+      <c r="N46" t="s">
+        <v>646</v>
+      </c>
+      <c r="O46" t="s">
+        <v>647</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>688</v>
+        <v>813</v>
       </c>
       <c r="B47" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="C47" t="s">
-        <v>623</v>
+        <v>814</v>
       </c>
       <c r="D47" t="s">
-        <v>624</v>
+        <v>815</v>
       </c>
       <c r="E47" t="s">
-        <v>569</v>
+        <v>651</v>
       </c>
       <c r="F47" t="s">
-        <v>625</v>
+        <v>652</v>
       </c>
       <c r="G47" t="s">
-        <v>623</v>
+        <v>814</v>
       </c>
       <c r="H47" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>626</v>
+        <v>653</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>689</v>
+        <v>816</v>
       </c>
       <c r="B48" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="C48" t="s">
-        <v>690</v>
+        <v>649</v>
       </c>
       <c r="D48" t="s">
-        <v>691</v>
+        <v>650</v>
       </c>
       <c r="E48" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F48" t="s">
-        <v>692</v>
+        <v>652</v>
       </c>
       <c r="G48" t="s">
-        <v>690</v>
+        <v>649</v>
       </c>
       <c r="H48" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>693</v>
+        <v>653</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>694</v>
+        <v>817</v>
       </c>
       <c r="B49" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="C49" t="s">
-        <v>628</v>
+        <v>655</v>
       </c>
       <c r="D49" t="s">
-        <v>629</v>
+        <v>656</v>
       </c>
       <c r="E49" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F49" t="s">
-        <v>564</v>
+        <v>652</v>
       </c>
       <c r="G49" t="s">
-        <v>628</v>
+        <v>655</v>
       </c>
       <c r="H49" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>695</v>
+        <v>818</v>
       </c>
       <c r="B50" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="C50" t="s">
-        <v>696</v>
+        <v>819</v>
       </c>
       <c r="D50" t="s">
-        <v>697</v>
+        <v>820</v>
       </c>
       <c r="E50" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F50" t="s">
-        <v>698</v>
+        <v>821</v>
       </c>
       <c r="G50" t="s">
-        <v>696</v>
+        <v>819</v>
       </c>
       <c r="H50" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="N50" t="s">
-        <v>699</v>
+        <v>822</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>700</v>
+        <v>823</v>
       </c>
       <c r="B51" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="C51" t="s">
-        <v>701</v>
+        <v>824</v>
       </c>
       <c r="D51" t="s">
-        <v>702</v>
+        <v>825</v>
       </c>
       <c r="E51" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F51" t="s">
-        <v>703</v>
+        <v>652</v>
       </c>
       <c r="G51" t="s">
-        <v>701</v>
+        <v>824</v>
       </c>
       <c r="H51" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>704</v>
+        <v>653</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>705</v>
+        <v>826</v>
       </c>
       <c r="B52" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="C52" t="s">
-        <v>545</v>
+        <v>658</v>
       </c>
       <c r="D52" t="s">
-        <v>546</v>
+        <v>659</v>
       </c>
       <c r="E52" t="s">
-        <v>547</v>
+        <v>660</v>
+      </c>
+      <c r="F52" t="s">
+        <v>661</v>
       </c>
       <c r="G52" t="s">
-        <v>545</v>
+        <v>658</v>
       </c>
       <c r="H52" t="s">
-        <v>548</v>
+        <v>653</v>
+      </c>
+      <c r="N52" t="s">
+        <v>662</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>706</v>
+        <v>827</v>
       </c>
       <c r="B53" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C53" t="s">
-        <v>605</v>
+        <v>828</v>
       </c>
       <c r="D53" t="s">
-        <v>606</v>
+        <v>829</v>
       </c>
       <c r="E53" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F53" t="s">
-        <v>607</v>
+        <v>830</v>
       </c>
       <c r="G53" t="s">
-        <v>605</v>
+        <v>828</v>
       </c>
       <c r="H53" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>610</v>
+        <v>653</v>
+      </c>
+      <c r="N53" t="s">
+        <v>831</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>707</v>
+        <v>832</v>
       </c>
       <c r="B54" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C54" t="s">
-        <v>74</v>
+        <v>664</v>
       </c>
       <c r="D54" t="s">
-        <v>75</v>
+        <v>665</v>
       </c>
       <c r="E54" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F54" t="s">
-        <v>612</v>
+        <v>652</v>
       </c>
       <c r="G54" t="s">
-        <v>74</v>
+        <v>664</v>
       </c>
       <c r="H54" t="s">
-        <v>511</v>
-[...17 lines deleted...]
-        <v>615</v>
+        <v>653</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>708</v>
+        <v>833</v>
       </c>
       <c r="B55" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C55" t="s">
-        <v>620</v>
+        <v>834</v>
       </c>
       <c r="D55" t="s">
-        <v>621</v>
+        <v>835</v>
       </c>
       <c r="E55" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F55" t="s">
-        <v>564</v>
+        <v>836</v>
       </c>
       <c r="G55" t="s">
-        <v>620</v>
+        <v>834</v>
       </c>
       <c r="H55" t="s">
-        <v>526</v>
+        <v>653</v>
+      </c>
+      <c r="N55" t="s">
+        <v>837</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>709</v>
+        <v>838</v>
       </c>
       <c r="B56" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C56" t="s">
-        <v>623</v>
+        <v>839</v>
       </c>
       <c r="D56" t="s">
-        <v>624</v>
+        <v>840</v>
       </c>
       <c r="E56" t="s">
-        <v>569</v>
+        <v>651</v>
       </c>
       <c r="F56" t="s">
-        <v>625</v>
+        <v>841</v>
       </c>
       <c r="G56" t="s">
-        <v>623</v>
+        <v>839</v>
       </c>
       <c r="H56" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="N56" t="s">
-        <v>626</v>
+        <v>842</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>710</v>
+        <v>843</v>
       </c>
       <c r="B57" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C57" t="s">
-        <v>628</v>
+        <v>670</v>
       </c>
       <c r="D57" t="s">
-        <v>629</v>
+        <v>671</v>
       </c>
       <c r="E57" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>564</v>
+        <v>672</v>
       </c>
       <c r="G57" t="s">
-        <v>628</v>
+        <v>670</v>
       </c>
       <c r="H57" t="s">
-        <v>526</v>
+        <v>673</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>711</v>
+        <v>844</v>
       </c>
       <c r="B58" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="C58" t="s">
-        <v>545</v>
+        <v>633</v>
       </c>
       <c r="D58" t="s">
-        <v>546</v>
+        <v>634</v>
       </c>
       <c r="E58" t="s">
-        <v>547</v>
+        <v>635</v>
+      </c>
+      <c r="F58" t="s">
+        <v>636</v>
       </c>
       <c r="G58" t="s">
-        <v>545</v>
+        <v>633</v>
       </c>
       <c r="H58" t="s">
-        <v>548</v>
+        <v>637</v>
+      </c>
+      <c r="I58" t="s">
+        <v>638</v>
+      </c>
+      <c r="J58" t="s">
+        <v>639</v>
+      </c>
+      <c r="K58" t="s">
+        <v>640</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>712</v>
+        <v>845</v>
       </c>
       <c r="B59" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C59" t="s">
-        <v>605</v>
+        <v>38</v>
       </c>
       <c r="D59" t="s">
-        <v>606</v>
+        <v>39</v>
       </c>
       <c r="E59" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F59" t="s">
-        <v>607</v>
+        <v>642</v>
       </c>
       <c r="G59" t="s">
-        <v>605</v>
+        <v>38</v>
       </c>
       <c r="H59" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-        <v>608</v>
+        <v>637</v>
       </c>
       <c r="J59" t="s">
-        <v>609</v>
+        <v>643</v>
       </c>
       <c r="K59" t="s">
-        <v>610</v>
+        <v>640</v>
+      </c>
+      <c r="L59" t="s">
+        <v>644</v>
+      </c>
+      <c r="M59" t="s">
+        <v>645</v>
+      </c>
+      <c r="N59" t="s">
+        <v>646</v>
+      </c>
+      <c r="O59" t="s">
+        <v>647</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>713</v>
+        <v>846</v>
       </c>
       <c r="B60" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C60" t="s">
-        <v>74</v>
+        <v>655</v>
       </c>
       <c r="D60" t="s">
-        <v>75</v>
+        <v>656</v>
       </c>
       <c r="E60" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F60" t="s">
-        <v>612</v>
+        <v>652</v>
       </c>
       <c r="G60" t="s">
-        <v>74</v>
+        <v>655</v>
       </c>
       <c r="H60" t="s">
-        <v>511</v>
-[...17 lines deleted...]
-        <v>615</v>
+        <v>653</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>714</v>
+        <v>847</v>
       </c>
       <c r="B61" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C61" t="s">
-        <v>620</v>
+        <v>658</v>
       </c>
       <c r="D61" t="s">
-        <v>621</v>
+        <v>659</v>
       </c>
       <c r="E61" t="s">
-        <v>524</v>
+        <v>660</v>
       </c>
       <c r="F61" t="s">
-        <v>564</v>
+        <v>661</v>
       </c>
       <c r="G61" t="s">
-        <v>620</v>
+        <v>658</v>
       </c>
       <c r="H61" t="s">
-        <v>526</v>
+        <v>653</v>
+      </c>
+      <c r="N61" t="s">
+        <v>662</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>715</v>
+        <v>848</v>
       </c>
       <c r="B62" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C62" t="s">
-        <v>681</v>
+        <v>664</v>
       </c>
       <c r="D62" t="s">
-        <v>682</v>
+        <v>665</v>
       </c>
       <c r="E62" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F62" t="s">
-        <v>683</v>
+        <v>652</v>
       </c>
       <c r="G62" t="s">
-        <v>681</v>
+        <v>664</v>
       </c>
       <c r="H62" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>684</v>
+        <v>653</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>716</v>
+        <v>849</v>
       </c>
       <c r="B63" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C63" t="s">
-        <v>545</v>
+        <v>670</v>
       </c>
       <c r="D63" t="s">
-        <v>546</v>
+        <v>671</v>
       </c>
       <c r="E63" t="s">
-        <v>547</v>
+        <v>672</v>
       </c>
       <c r="G63" t="s">
-        <v>545</v>
+        <v>670</v>
       </c>
       <c r="H63" t="s">
-        <v>548</v>
+        <v>673</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>717</v>
+        <v>850</v>
       </c>
       <c r="B64" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C64" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
       <c r="D64" t="s">
-        <v>606</v>
+        <v>634</v>
       </c>
       <c r="E64" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F64" t="s">
-        <v>607</v>
+        <v>636</v>
       </c>
       <c r="G64" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
       <c r="H64" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="I64" t="s">
-        <v>608</v>
+        <v>638</v>
       </c>
       <c r="J64" t="s">
-        <v>609</v>
+        <v>639</v>
       </c>
       <c r="K64" t="s">
-        <v>610</v>
+        <v>640</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>718</v>
+        <v>851</v>
       </c>
       <c r="B65" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C65" t="s">
-        <v>74</v>
+        <v>38</v>
       </c>
       <c r="D65" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E65" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F65" t="s">
-        <v>612</v>
+        <v>642</v>
       </c>
       <c r="G65" t="s">
-        <v>74</v>
+        <v>38</v>
       </c>
       <c r="H65" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="J65" t="s">
-        <v>613</v>
+        <v>643</v>
       </c>
       <c r="K65" t="s">
-        <v>610</v>
+        <v>640</v>
       </c>
       <c r="L65" t="s">
-        <v>517</v>
+        <v>644</v>
       </c>
       <c r="M65" t="s">
-        <v>518</v>
+        <v>645</v>
       </c>
       <c r="N65" t="s">
-        <v>614</v>
+        <v>646</v>
       </c>
       <c r="O65" t="s">
-        <v>615</v>
+        <v>647</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>719</v>
+        <v>852</v>
       </c>
       <c r="B66" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C66" t="s">
-        <v>628</v>
+        <v>655</v>
       </c>
       <c r="D66" t="s">
-        <v>629</v>
+        <v>656</v>
       </c>
       <c r="E66" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F66" t="s">
-        <v>564</v>
+        <v>652</v>
       </c>
       <c r="G66" t="s">
-        <v>628</v>
+        <v>655</v>
       </c>
       <c r="H66" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>720</v>
+        <v>853</v>
       </c>
       <c r="B67" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C67" t="s">
-        <v>721</v>
+        <v>819</v>
       </c>
       <c r="D67" t="s">
-        <v>722</v>
+        <v>820</v>
       </c>
       <c r="E67" t="s">
-        <v>569</v>
+        <v>651</v>
       </c>
       <c r="F67" t="s">
-        <v>564</v>
+        <v>821</v>
       </c>
       <c r="G67" t="s">
-        <v>721</v>
+        <v>819</v>
       </c>
       <c r="H67" t="s">
-        <v>526</v>
+        <v>653</v>
+      </c>
+      <c r="N67" t="s">
+        <v>822</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>723</v>
+        <v>854</v>
       </c>
       <c r="B68" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C68" t="s">
-        <v>545</v>
+        <v>670</v>
       </c>
       <c r="D68" t="s">
-        <v>546</v>
+        <v>671</v>
       </c>
       <c r="E68" t="s">
-        <v>547</v>
+        <v>672</v>
       </c>
       <c r="G68" t="s">
-        <v>545</v>
+        <v>670</v>
       </c>
       <c r="H68" t="s">
-        <v>548</v>
+        <v>673</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>724</v>
+        <v>855</v>
       </c>
       <c r="B69" t="s">
         <v>146</v>
       </c>
       <c r="C69" t="s">
-        <v>605</v>
+        <v>856</v>
       </c>
       <c r="D69" t="s">
-        <v>606</v>
+        <v>857</v>
       </c>
       <c r="E69" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F69" t="s">
-        <v>607</v>
+        <v>858</v>
       </c>
       <c r="G69" t="s">
-        <v>605</v>
+        <v>856</v>
       </c>
       <c r="H69" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="I69" t="s">
-        <v>608</v>
+        <v>859</v>
       </c>
       <c r="J69" t="s">
-        <v>609</v>
+        <v>860</v>
       </c>
       <c r="K69" t="s">
-        <v>610</v>
+        <v>861</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>725</v>
+        <v>862</v>
       </c>
       <c r="B70" t="s">
         <v>146</v>
       </c>
       <c r="C70" t="s">
-        <v>74</v>
+        <v>150</v>
       </c>
       <c r="D70" t="s">
-        <v>75</v>
+        <v>151</v>
       </c>
       <c r="E70" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F70" t="s">
-        <v>612</v>
+        <v>863</v>
       </c>
       <c r="G70" t="s">
-        <v>74</v>
+        <v>150</v>
       </c>
       <c r="H70" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="J70" t="s">
-        <v>613</v>
-[...2 lines deleted...]
-        <v>610</v>
+        <v>864</v>
       </c>
       <c r="L70" t="s">
-        <v>517</v>
+        <v>644</v>
       </c>
       <c r="M70" t="s">
-        <v>518</v>
+        <v>645</v>
       </c>
       <c r="N70" t="s">
-        <v>614</v>
+        <v>865</v>
       </c>
       <c r="O70" t="s">
-        <v>615</v>
+        <v>866</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>726</v>
+        <v>867</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71" t="s">
-        <v>727</v>
+        <v>868</v>
       </c>
       <c r="D71" t="s">
-        <v>728</v>
+        <v>869</v>
       </c>
       <c r="E71" t="s">
-        <v>569</v>
+        <v>651</v>
       </c>
       <c r="F71" t="s">
-        <v>729</v>
+        <v>652</v>
       </c>
       <c r="G71" t="s">
-        <v>727</v>
+        <v>870</v>
       </c>
       <c r="H71" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>730</v>
+        <v>718</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>731</v>
+        <v>871</v>
       </c>
       <c r="B72" t="s">
         <v>146</v>
       </c>
       <c r="C72" t="s">
-        <v>732</v>
+        <v>872</v>
       </c>
       <c r="D72" t="s">
-        <v>733</v>
+        <v>873</v>
       </c>
       <c r="E72" t="s">
-        <v>524</v>
+        <v>660</v>
       </c>
       <c r="F72" t="s">
-        <v>734</v>
+        <v>652</v>
       </c>
       <c r="G72" t="s">
-        <v>732</v>
+        <v>872</v>
       </c>
       <c r="H72" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>735</v>
+        <v>653</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>736</v>
+        <v>874</v>
       </c>
       <c r="B73" t="s">
         <v>146</v>
       </c>
       <c r="C73" t="s">
-        <v>737</v>
+        <v>875</v>
       </c>
       <c r="D73" t="s">
-        <v>738</v>
+        <v>876</v>
       </c>
       <c r="E73" t="s">
-        <v>739</v>
+        <v>651</v>
+      </c>
+      <c r="F73" t="s">
+        <v>877</v>
       </c>
       <c r="G73" t="s">
-        <v>737</v>
+        <v>875</v>
       </c>
       <c r="H73" t="s">
-        <v>740</v>
+        <v>653</v>
+      </c>
+      <c r="J73" t="s">
+        <v>878</v>
+      </c>
+      <c r="K73" t="s">
+        <v>879</v>
+      </c>
+      <c r="O73" t="s">
+        <v>880</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>741</v>
+        <v>881</v>
       </c>
       <c r="B74" t="s">
         <v>146</v>
       </c>
       <c r="C74" t="s">
-        <v>545</v>
+        <v>882</v>
       </c>
       <c r="D74" t="s">
-        <v>546</v>
+        <v>883</v>
       </c>
       <c r="E74" t="s">
-        <v>547</v>
+        <v>651</v>
+      </c>
+      <c r="F74" t="s">
+        <v>884</v>
       </c>
       <c r="G74" t="s">
-        <v>545</v>
+        <v>885</v>
       </c>
       <c r="H74" t="s">
-        <v>548</v>
+        <v>718</v>
+      </c>
+      <c r="J74" t="s">
+        <v>886</v>
+      </c>
+      <c r="K74" t="s">
+        <v>887</v>
+      </c>
+      <c r="N74" t="s">
+        <v>888</v>
+      </c>
+      <c r="O74" t="s">
+        <v>889</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>742</v>
+        <v>890</v>
       </c>
       <c r="B75" t="s">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="C75" t="s">
-        <v>605</v>
+        <v>891</v>
       </c>
       <c r="D75" t="s">
-        <v>606</v>
+        <v>892</v>
       </c>
       <c r="E75" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F75" t="s">
-        <v>607</v>
+        <v>893</v>
       </c>
       <c r="G75" t="s">
-        <v>605</v>
+        <v>894</v>
       </c>
       <c r="H75" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-        <v>608</v>
+        <v>718</v>
       </c>
       <c r="J75" t="s">
-        <v>609</v>
+        <v>895</v>
       </c>
       <c r="K75" t="s">
-        <v>610</v>
+        <v>896</v>
+      </c>
+      <c r="N75" t="s">
+        <v>897</v>
+      </c>
+      <c r="O75" t="s">
+        <v>898</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>743</v>
+        <v>899</v>
       </c>
       <c r="B76" t="s">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="C76" t="s">
-        <v>74</v>
+        <v>900</v>
       </c>
       <c r="D76" t="s">
-        <v>75</v>
+        <v>901</v>
       </c>
       <c r="E76" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F76" t="s">
-        <v>612</v>
+        <v>902</v>
       </c>
       <c r="G76" t="s">
-        <v>74</v>
+        <v>903</v>
       </c>
       <c r="H76" t="s">
-        <v>511</v>
+        <v>718</v>
       </c>
       <c r="J76" t="s">
-        <v>613</v>
+        <v>904</v>
       </c>
       <c r="K76" t="s">
-        <v>610</v>
-[...5 lines deleted...]
-        <v>518</v>
+        <v>905</v>
       </c>
       <c r="N76" t="s">
-        <v>614</v>
+        <v>906</v>
       </c>
       <c r="O76" t="s">
-        <v>615</v>
+        <v>905</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>744</v>
+        <v>907</v>
       </c>
       <c r="B77" t="s">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="C77" t="s">
-        <v>676</v>
+        <v>670</v>
       </c>
       <c r="D77" t="s">
-        <v>677</v>
+        <v>671</v>
       </c>
       <c r="E77" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>564</v>
+        <v>672</v>
       </c>
       <c r="G77" t="s">
-        <v>676</v>
+        <v>670</v>
       </c>
       <c r="H77" t="s">
-        <v>526</v>
+        <v>673</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>745</v>
+        <v>908</v>
       </c>
       <c r="B78" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C78" t="s">
-        <v>746</v>
+        <v>633</v>
       </c>
       <c r="D78" t="s">
-        <v>747</v>
+        <v>634</v>
       </c>
       <c r="E78" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F78" t="s">
-        <v>748</v>
+        <v>636</v>
       </c>
       <c r="G78" t="s">
-        <v>746</v>
+        <v>633</v>
       </c>
       <c r="H78" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>749</v>
+        <v>637</v>
+      </c>
+      <c r="I78" t="s">
+        <v>638</v>
+      </c>
+      <c r="J78" t="s">
+        <v>639</v>
+      </c>
+      <c r="K78" t="s">
+        <v>640</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>750</v>
+        <v>909</v>
       </c>
       <c r="B79" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C79" t="s">
-        <v>628</v>
+        <v>38</v>
       </c>
       <c r="D79" t="s">
-        <v>629</v>
+        <v>39</v>
       </c>
       <c r="E79" t="s">
-        <v>569</v>
+        <v>635</v>
       </c>
       <c r="F79" t="s">
-        <v>564</v>
+        <v>642</v>
       </c>
       <c r="G79" t="s">
-        <v>628</v>
+        <v>38</v>
       </c>
       <c r="H79" t="s">
-        <v>526</v>
+        <v>637</v>
+      </c>
+      <c r="J79" t="s">
+        <v>643</v>
+      </c>
+      <c r="K79" t="s">
+        <v>640</v>
+      </c>
+      <c r="L79" t="s">
+        <v>644</v>
+      </c>
+      <c r="M79" t="s">
+        <v>645</v>
+      </c>
+      <c r="N79" t="s">
+        <v>646</v>
+      </c>
+      <c r="O79" t="s">
+        <v>647</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>751</v>
+        <v>910</v>
       </c>
       <c r="B80" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C80" t="s">
-        <v>545</v>
+        <v>664</v>
       </c>
       <c r="D80" t="s">
-        <v>546</v>
+        <v>665</v>
       </c>
       <c r="E80" t="s">
-        <v>547</v>
+        <v>651</v>
+      </c>
+      <c r="F80" t="s">
+        <v>652</v>
       </c>
       <c r="G80" t="s">
-        <v>545</v>
+        <v>664</v>
       </c>
       <c r="H80" t="s">
-        <v>548</v>
+        <v>653</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>752</v>
+        <v>911</v>
       </c>
       <c r="B81" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="C81" t="s">
-        <v>605</v>
+        <v>912</v>
       </c>
       <c r="D81" t="s">
-        <v>606</v>
+        <v>913</v>
       </c>
       <c r="E81" t="s">
-        <v>509</v>
+        <v>660</v>
       </c>
       <c r="F81" t="s">
-        <v>607</v>
+        <v>652</v>
       </c>
       <c r="G81" t="s">
-        <v>605</v>
+        <v>912</v>
       </c>
       <c r="H81" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>610</v>
+        <v>653</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>753</v>
+        <v>914</v>
       </c>
       <c r="B82" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="C82" t="s">
-        <v>74</v>
+        <v>670</v>
       </c>
       <c r="D82" t="s">
-        <v>75</v>
+        <v>671</v>
       </c>
       <c r="E82" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>612</v>
+        <v>672</v>
       </c>
       <c r="G82" t="s">
-        <v>74</v>
+        <v>670</v>
       </c>
       <c r="H82" t="s">
-        <v>511</v>
-[...17 lines deleted...]
-        <v>615</v>
+        <v>673</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>754</v>
+        <v>915</v>
       </c>
       <c r="B83" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C83" t="s">
-        <v>676</v>
+        <v>633</v>
       </c>
       <c r="D83" t="s">
-        <v>677</v>
+        <v>634</v>
       </c>
       <c r="E83" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F83" t="s">
-        <v>564</v>
+        <v>636</v>
       </c>
       <c r="G83" t="s">
-        <v>676</v>
+        <v>633</v>
       </c>
       <c r="H83" t="s">
-        <v>526</v>
+        <v>637</v>
+      </c>
+      <c r="I83" t="s">
+        <v>638</v>
+      </c>
+      <c r="J83" t="s">
+        <v>639</v>
+      </c>
+      <c r="K83" t="s">
+        <v>640</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>755</v>
+        <v>916</v>
       </c>
       <c r="B84" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C84" t="s">
-        <v>617</v>
+        <v>38</v>
       </c>
       <c r="D84" t="s">
-        <v>618</v>
+        <v>39</v>
       </c>
       <c r="E84" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F84" t="s">
-        <v>564</v>
+        <v>642</v>
       </c>
       <c r="G84" t="s">
-        <v>617</v>
+        <v>38</v>
       </c>
       <c r="H84" t="s">
-        <v>526</v>
+        <v>637</v>
+      </c>
+      <c r="J84" t="s">
+        <v>643</v>
+      </c>
+      <c r="K84" t="s">
+        <v>640</v>
+      </c>
+      <c r="L84" t="s">
+        <v>644</v>
+      </c>
+      <c r="M84" t="s">
+        <v>645</v>
+      </c>
+      <c r="N84" t="s">
+        <v>646</v>
+      </c>
+      <c r="O84" t="s">
+        <v>647</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>756</v>
+        <v>917</v>
       </c>
       <c r="B85" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C85" t="s">
-        <v>623</v>
+        <v>814</v>
       </c>
       <c r="D85" t="s">
-        <v>624</v>
+        <v>815</v>
       </c>
       <c r="E85" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F85" t="s">
-        <v>625</v>
+        <v>652</v>
       </c>
       <c r="G85" t="s">
-        <v>623</v>
+        <v>814</v>
       </c>
       <c r="H85" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>626</v>
+        <v>653</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>757</v>
+        <v>918</v>
       </c>
       <c r="B86" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C86" t="s">
-        <v>696</v>
+        <v>919</v>
       </c>
       <c r="D86" t="s">
-        <v>697</v>
+        <v>920</v>
       </c>
       <c r="E86" t="s">
-        <v>569</v>
+        <v>651</v>
       </c>
       <c r="F86" t="s">
-        <v>698</v>
+        <v>921</v>
       </c>
       <c r="G86" t="s">
-        <v>696</v>
+        <v>919</v>
       </c>
       <c r="H86" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="N86" t="s">
-        <v>699</v>
+        <v>922</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>758</v>
+        <v>923</v>
       </c>
       <c r="B87" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C87" t="s">
-        <v>759</v>
+        <v>664</v>
       </c>
       <c r="D87" t="s">
-        <v>760</v>
+        <v>665</v>
       </c>
       <c r="E87" t="s">
-        <v>524</v>
+        <v>660</v>
       </c>
       <c r="F87" t="s">
-        <v>564</v>
+        <v>652</v>
       </c>
       <c r="G87" t="s">
-        <v>759</v>
+        <v>664</v>
       </c>
       <c r="H87" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>761</v>
+        <v>924</v>
       </c>
       <c r="B88" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C88" t="s">
-        <v>545</v>
+        <v>670</v>
       </c>
       <c r="D88" t="s">
-        <v>546</v>
+        <v>671</v>
       </c>
       <c r="E88" t="s">
-        <v>547</v>
+        <v>672</v>
       </c>
       <c r="G88" t="s">
-        <v>545</v>
+        <v>670</v>
       </c>
       <c r="H88" t="s">
-        <v>548</v>
+        <v>673</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>762</v>
+        <v>925</v>
       </c>
       <c r="B89" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="C89" t="s">
-        <v>605</v>
+        <v>722</v>
       </c>
       <c r="D89" t="s">
-        <v>606</v>
+        <v>723</v>
       </c>
       <c r="E89" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F89" t="s">
-        <v>607</v>
+        <v>724</v>
       </c>
       <c r="G89" t="s">
-        <v>605</v>
+        <v>722</v>
       </c>
       <c r="H89" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="I89" t="s">
-        <v>608</v>
+        <v>725</v>
       </c>
       <c r="J89" t="s">
-        <v>609</v>
+        <v>726</v>
       </c>
       <c r="K89" t="s">
-        <v>610</v>
+        <v>727</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>763</v>
+        <v>926</v>
       </c>
       <c r="B90" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="C90" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="D90" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="E90" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F90" t="s">
-        <v>612</v>
+        <v>729</v>
       </c>
       <c r="G90" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="H90" t="s">
-        <v>511</v>
+        <v>637</v>
+      </c>
+      <c r="I90" t="s">
+        <v>725</v>
       </c>
       <c r="J90" t="s">
-        <v>764</v>
+        <v>730</v>
       </c>
       <c r="K90" t="s">
-        <v>610</v>
+        <v>731</v>
       </c>
       <c r="L90" t="s">
-        <v>517</v>
+        <v>644</v>
       </c>
       <c r="M90" t="s">
-        <v>518</v>
+        <v>645</v>
       </c>
       <c r="N90" t="s">
-        <v>614</v>
+        <v>732</v>
       </c>
       <c r="O90" t="s">
-        <v>615</v>
+        <v>927</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>765</v>
+        <v>928</v>
       </c>
       <c r="B91" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="C91" t="s">
-        <v>676</v>
+        <v>929</v>
       </c>
       <c r="D91" t="s">
-        <v>677</v>
+        <v>930</v>
       </c>
       <c r="E91" t="s">
-        <v>524</v>
+        <v>660</v>
       </c>
       <c r="F91" t="s">
-        <v>564</v>
+        <v>931</v>
       </c>
       <c r="G91" t="s">
-        <v>676</v>
+        <v>932</v>
       </c>
       <c r="H91" t="s">
-        <v>526</v>
+        <v>761</v>
+      </c>
+      <c r="J91" t="s">
+        <v>762</v>
+      </c>
+      <c r="N91" t="s">
+        <v>930</v>
+      </c>
+      <c r="O91" t="s">
+        <v>933</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>766</v>
+        <v>934</v>
       </c>
       <c r="B92" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="C92" t="s">
-        <v>617</v>
+        <v>935</v>
       </c>
       <c r="D92" t="s">
-        <v>618</v>
+        <v>936</v>
       </c>
       <c r="E92" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F92" t="s">
-        <v>564</v>
+        <v>937</v>
       </c>
       <c r="G92" t="s">
-        <v>617</v>
+        <v>938</v>
       </c>
       <c r="H92" t="s">
-        <v>526</v>
+        <v>761</v>
+      </c>
+      <c r="J92" t="s">
+        <v>762</v>
+      </c>
+      <c r="N92" t="s">
+        <v>936</v>
+      </c>
+      <c r="O92" t="s">
+        <v>939</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>767</v>
+        <v>940</v>
       </c>
       <c r="B93" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="C93" t="s">
-        <v>623</v>
+        <v>941</v>
       </c>
       <c r="D93" t="s">
-        <v>624</v>
+        <v>942</v>
       </c>
       <c r="E93" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F93" t="s">
-        <v>625</v>
+        <v>943</v>
       </c>
       <c r="G93" t="s">
-        <v>623</v>
+        <v>944</v>
       </c>
       <c r="H93" t="s">
-        <v>526</v>
+        <v>761</v>
+      </c>
+      <c r="J93" t="s">
+        <v>762</v>
+      </c>
+      <c r="K93" t="s">
+        <v>945</v>
       </c>
       <c r="N93" t="s">
-        <v>626</v>
+        <v>942</v>
+      </c>
+      <c r="O93" t="s">
+        <v>946</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>768</v>
+        <v>947</v>
       </c>
       <c r="B94" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="C94" t="s">
-        <v>628</v>
+        <v>948</v>
       </c>
       <c r="D94" t="s">
-        <v>629</v>
+        <v>184</v>
       </c>
       <c r="E94" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>564</v>
+        <v>672</v>
       </c>
       <c r="G94" t="s">
-        <v>628</v>
+        <v>948</v>
       </c>
       <c r="H94" t="s">
-        <v>526</v>
+        <v>673</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>769</v>
+        <v>949</v>
       </c>
       <c r="B95" t="s">
-        <v>171</v>
+        <v>187</v>
       </c>
       <c r="C95" t="s">
-        <v>696</v>
+        <v>633</v>
       </c>
       <c r="D95" t="s">
-        <v>697</v>
+        <v>634</v>
       </c>
       <c r="E95" t="s">
-        <v>569</v>
+        <v>635</v>
       </c>
       <c r="F95" t="s">
-        <v>698</v>
+        <v>636</v>
       </c>
       <c r="G95" t="s">
-        <v>696</v>
+        <v>633</v>
       </c>
       <c r="H95" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>699</v>
+        <v>637</v>
+      </c>
+      <c r="I95" t="s">
+        <v>638</v>
+      </c>
+      <c r="J95" t="s">
+        <v>639</v>
+      </c>
+      <c r="K95" t="s">
+        <v>640</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>770</v>
+        <v>950</v>
       </c>
       <c r="B96" t="s">
-        <v>171</v>
+        <v>187</v>
       </c>
       <c r="C96" t="s">
-        <v>545</v>
+        <v>38</v>
       </c>
       <c r="D96" t="s">
-        <v>546</v>
+        <v>39</v>
       </c>
       <c r="E96" t="s">
-        <v>547</v>
+        <v>635</v>
+      </c>
+      <c r="F96" t="s">
+        <v>642</v>
       </c>
       <c r="G96" t="s">
-        <v>545</v>
+        <v>38</v>
       </c>
       <c r="H96" t="s">
-        <v>548</v>
+        <v>637</v>
+      </c>
+      <c r="J96" t="s">
+        <v>643</v>
+      </c>
+      <c r="K96" t="s">
+        <v>640</v>
+      </c>
+      <c r="L96" t="s">
+        <v>644</v>
+      </c>
+      <c r="M96" t="s">
+        <v>645</v>
+      </c>
+      <c r="N96" t="s">
+        <v>646</v>
+      </c>
+      <c r="O96" t="s">
+        <v>647</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>771</v>
+        <v>951</v>
       </c>
       <c r="B97" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="C97" t="s">
-        <v>772</v>
+        <v>814</v>
       </c>
       <c r="D97" t="s">
-        <v>773</v>
+        <v>815</v>
       </c>
       <c r="E97" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F97" t="s">
-        <v>774</v>
+        <v>652</v>
       </c>
       <c r="G97" t="s">
-        <v>772</v>
+        <v>814</v>
       </c>
       <c r="H97" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>777</v>
+        <v>653</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>778</v>
+        <v>952</v>
       </c>
       <c r="B98" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="C98" t="s">
-        <v>183</v>
+        <v>649</v>
       </c>
       <c r="D98" t="s">
-        <v>39</v>
+        <v>650</v>
       </c>
       <c r="E98" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F98" t="s">
-        <v>779</v>
+        <v>652</v>
       </c>
       <c r="G98" t="s">
-        <v>183</v>
+        <v>649</v>
       </c>
       <c r="H98" t="s">
-        <v>511</v>
-[...20 lines deleted...]
-        <v>776</v>
+        <v>653</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>783</v>
+        <v>953</v>
       </c>
       <c r="B99" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="C99" t="s">
-        <v>784</v>
+        <v>658</v>
       </c>
       <c r="D99" t="s">
-        <v>785</v>
+        <v>659</v>
       </c>
       <c r="E99" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F99" t="s">
-        <v>786</v>
+        <v>661</v>
       </c>
       <c r="G99" t="s">
-        <v>784</v>
+        <v>658</v>
       </c>
       <c r="H99" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="N99" t="s">
-        <v>787</v>
+        <v>662</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>788</v>
+        <v>954</v>
       </c>
       <c r="B100" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="C100" t="s">
-        <v>545</v>
+        <v>834</v>
       </c>
       <c r="D100" t="s">
-        <v>546</v>
+        <v>835</v>
       </c>
       <c r="E100" t="s">
-        <v>547</v>
+        <v>660</v>
+      </c>
+      <c r="F100" t="s">
+        <v>836</v>
       </c>
       <c r="G100" t="s">
-        <v>545</v>
+        <v>834</v>
       </c>
       <c r="H100" t="s">
-        <v>548</v>
+        <v>653</v>
+      </c>
+      <c r="N100" t="s">
+        <v>837</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>789</v>
+        <v>955</v>
       </c>
       <c r="B101" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C101" t="s">
-        <v>790</v>
+        <v>743</v>
       </c>
       <c r="D101" t="s">
-        <v>791</v>
+        <v>744</v>
       </c>
       <c r="E101" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F101" t="s">
-        <v>792</v>
+        <v>652</v>
       </c>
       <c r="G101" t="s">
-        <v>790</v>
+        <v>743</v>
       </c>
       <c r="H101" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>795</v>
+        <v>653</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>796</v>
+        <v>956</v>
       </c>
       <c r="B102" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C102" t="s">
-        <v>194</v>
+        <v>670</v>
       </c>
       <c r="D102" t="s">
-        <v>195</v>
+        <v>671</v>
       </c>
       <c r="E102" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>797</v>
+        <v>672</v>
       </c>
       <c r="G102" t="s">
-        <v>194</v>
+        <v>670</v>
       </c>
       <c r="H102" t="s">
-        <v>511</v>
-[...20 lines deleted...]
-        <v>801</v>
+        <v>673</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>802</v>
+        <v>957</v>
       </c>
       <c r="B103" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="C103" t="s">
-        <v>643</v>
+        <v>633</v>
       </c>
       <c r="D103" t="s">
-        <v>644</v>
+        <v>634</v>
       </c>
       <c r="E103" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F103" t="s">
-        <v>645</v>
+        <v>636</v>
       </c>
       <c r="G103" t="s">
-        <v>643</v>
+        <v>633</v>
       </c>
       <c r="H103" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>646</v>
+        <v>637</v>
+      </c>
+      <c r="I103" t="s">
+        <v>638</v>
+      </c>
+      <c r="J103" t="s">
+        <v>639</v>
+      </c>
+      <c r="K103" t="s">
+        <v>640</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>803</v>
+        <v>958</v>
       </c>
       <c r="B104" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="C104" t="s">
-        <v>804</v>
+        <v>38</v>
       </c>
       <c r="D104" t="s">
-        <v>200</v>
+        <v>39</v>
       </c>
       <c r="E104" t="s">
-        <v>547</v>
+        <v>635</v>
+      </c>
+      <c r="F104" t="s">
+        <v>642</v>
       </c>
       <c r="G104" t="s">
-        <v>804</v>
+        <v>38</v>
       </c>
       <c r="H104" t="s">
-        <v>548</v>
+        <v>637</v>
+      </c>
+      <c r="J104" t="s">
+        <v>643</v>
+      </c>
+      <c r="K104" t="s">
+        <v>640</v>
+      </c>
+      <c r="L104" t="s">
+        <v>644</v>
+      </c>
+      <c r="M104" t="s">
+        <v>645</v>
+      </c>
+      <c r="N104" t="s">
+        <v>646</v>
+      </c>
+      <c r="O104" t="s">
+        <v>647</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>805</v>
+        <v>959</v>
       </c>
       <c r="B105" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="C105" t="s">
-        <v>806</v>
+        <v>960</v>
       </c>
       <c r="D105" t="s">
-        <v>807</v>
+        <v>961</v>
       </c>
       <c r="E105" t="s">
-        <v>509</v>
+        <v>660</v>
       </c>
       <c r="F105" t="s">
-        <v>808</v>
+        <v>962</v>
       </c>
       <c r="G105" t="s">
-        <v>806</v>
+        <v>960</v>
       </c>
       <c r="H105" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>811</v>
+        <v>653</v>
+      </c>
+      <c r="N105" t="s">
+        <v>963</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>812</v>
+        <v>964</v>
       </c>
       <c r="B106" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="C106" t="s">
-        <v>207</v>
+        <v>965</v>
       </c>
       <c r="D106" t="s">
-        <v>39</v>
+        <v>966</v>
       </c>
       <c r="E106" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F106" t="s">
-        <v>813</v>
+        <v>967</v>
       </c>
       <c r="G106" t="s">
-        <v>207</v>
+        <v>965</v>
       </c>
       <c r="H106" t="s">
-        <v>511</v>
-[...14 lines deleted...]
-        <v>518</v>
+        <v>653</v>
       </c>
       <c r="N106" t="s">
-        <v>816</v>
-[...2 lines deleted...]
-        <v>817</v>
+        <v>968</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>818</v>
+        <v>969</v>
       </c>
       <c r="B107" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="C107" t="s">
-        <v>804</v>
+        <v>970</v>
       </c>
       <c r="D107" t="s">
-        <v>200</v>
+        <v>971</v>
       </c>
       <c r="E107" t="s">
-        <v>547</v>
+        <v>972</v>
       </c>
       <c r="G107" t="s">
-        <v>804</v>
+        <v>970</v>
       </c>
       <c r="H107" t="s">
-        <v>548</v>
+        <v>973</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>819</v>
+        <v>974</v>
       </c>
       <c r="B108" t="s">
-        <v>216</v>
+        <v>195</v>
       </c>
       <c r="C108" t="s">
-        <v>605</v>
+        <v>670</v>
       </c>
       <c r="D108" t="s">
-        <v>606</v>
+        <v>671</v>
       </c>
       <c r="E108" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>607</v>
+        <v>672</v>
       </c>
       <c r="G108" t="s">
-        <v>605</v>
+        <v>670</v>
       </c>
       <c r="H108" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>610</v>
+        <v>673</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>820</v>
+        <v>975</v>
       </c>
       <c r="B109" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="C109" t="s">
-        <v>220</v>
+        <v>633</v>
       </c>
       <c r="D109" t="s">
-        <v>221</v>
+        <v>634</v>
       </c>
       <c r="E109" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F109" t="s">
-        <v>821</v>
+        <v>636</v>
       </c>
       <c r="G109" t="s">
-        <v>220</v>
+        <v>633</v>
       </c>
       <c r="H109" t="s">
-        <v>511</v>
+        <v>637</v>
+      </c>
+      <c r="I109" t="s">
+        <v>638</v>
       </c>
       <c r="J109" t="s">
-        <v>822</v>
+        <v>639</v>
       </c>
       <c r="K109" t="s">
-        <v>823</v>
-[...11 lines deleted...]
-        <v>825</v>
+        <v>640</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>826</v>
+        <v>976</v>
       </c>
       <c r="B110" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="C110" t="s">
-        <v>827</v>
+        <v>38</v>
       </c>
       <c r="D110" t="s">
-        <v>828</v>
+        <v>39</v>
       </c>
       <c r="E110" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F110" t="s">
-        <v>829</v>
+        <v>642</v>
       </c>
       <c r="G110" t="s">
-        <v>830</v>
+        <v>38</v>
       </c>
       <c r="H110" t="s">
-        <v>831</v>
+        <v>637</v>
+      </c>
+      <c r="J110" t="s">
+        <v>977</v>
       </c>
       <c r="K110" t="s">
-        <v>535</v>
+        <v>640</v>
+      </c>
+      <c r="L110" t="s">
+        <v>644</v>
+      </c>
+      <c r="M110" t="s">
+        <v>645</v>
+      </c>
+      <c r="N110" t="s">
+        <v>646</v>
       </c>
       <c r="O110" t="s">
-        <v>832</v>
+        <v>647</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>833</v>
+        <v>978</v>
       </c>
       <c r="B111" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="C111" t="s">
-        <v>834</v>
+        <v>814</v>
       </c>
       <c r="D111" t="s">
-        <v>835</v>
+        <v>815</v>
       </c>
       <c r="E111" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F111" t="s">
-        <v>836</v>
+        <v>652</v>
       </c>
       <c r="G111" t="s">
-        <v>837</v>
+        <v>814</v>
       </c>
       <c r="H111" t="s">
-        <v>831</v>
-[...8 lines deleted...]
-        <v>839</v>
+        <v>653</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>840</v>
+        <v>979</v>
       </c>
       <c r="B112" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="C112" t="s">
-        <v>841</v>
+        <v>649</v>
       </c>
       <c r="D112" t="s">
-        <v>842</v>
+        <v>650</v>
       </c>
       <c r="E112" t="s">
-        <v>569</v>
+        <v>651</v>
       </c>
       <c r="F112" t="s">
-        <v>843</v>
+        <v>652</v>
       </c>
       <c r="G112" t="s">
-        <v>841</v>
+        <v>649</v>
       </c>
       <c r="H112" t="s">
-        <v>526</v>
-[...8 lines deleted...]
-        <v>845</v>
+        <v>653</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>846</v>
+        <v>980</v>
       </c>
       <c r="B113" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="C113" t="s">
-        <v>847</v>
+        <v>658</v>
       </c>
       <c r="D113" t="s">
-        <v>228</v>
+        <v>659</v>
       </c>
       <c r="E113" t="s">
-        <v>547</v>
+        <v>651</v>
+      </c>
+      <c r="F113" t="s">
+        <v>661</v>
       </c>
       <c r="G113" t="s">
-        <v>847</v>
+        <v>658</v>
       </c>
       <c r="H113" t="s">
-        <v>548</v>
+        <v>653</v>
+      </c>
+      <c r="N113" t="s">
+        <v>662</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>848</v>
+        <v>981</v>
       </c>
       <c r="B114" t="s">
-        <v>231</v>
+        <v>204</v>
       </c>
       <c r="C114" t="s">
-        <v>806</v>
+        <v>664</v>
       </c>
       <c r="D114" t="s">
-        <v>807</v>
+        <v>665</v>
       </c>
       <c r="E114" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F114" t="s">
-        <v>808</v>
+        <v>652</v>
       </c>
       <c r="G114" t="s">
-        <v>806</v>
+        <v>664</v>
       </c>
       <c r="H114" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>811</v>
+        <v>653</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>849</v>
+        <v>982</v>
       </c>
       <c r="B115" t="s">
-        <v>231</v>
+        <v>204</v>
       </c>
       <c r="C115" t="s">
-        <v>207</v>
+        <v>834</v>
       </c>
       <c r="D115" t="s">
-        <v>39</v>
+        <v>835</v>
       </c>
       <c r="E115" t="s">
-        <v>509</v>
+        <v>660</v>
       </c>
       <c r="F115" t="s">
-        <v>813</v>
+        <v>836</v>
       </c>
       <c r="G115" t="s">
-        <v>207</v>
+        <v>834</v>
       </c>
       <c r="H115" t="s">
-        <v>511</v>
-[...14 lines deleted...]
-        <v>518</v>
+        <v>653</v>
       </c>
       <c r="N115" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-        <v>852</v>
+        <v>837</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>853</v>
+        <v>983</v>
       </c>
       <c r="B116" t="s">
-        <v>231</v>
+        <v>204</v>
       </c>
       <c r="C116" t="s">
-        <v>854</v>
+        <v>670</v>
       </c>
       <c r="D116" t="s">
-        <v>855</v>
+        <v>671</v>
       </c>
       <c r="E116" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>856</v>
+        <v>672</v>
       </c>
       <c r="G116" t="s">
-        <v>854</v>
+        <v>670</v>
       </c>
       <c r="H116" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>857</v>
+        <v>673</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>858</v>
+        <v>984</v>
       </c>
       <c r="B117" t="s">
-        <v>231</v>
+        <v>212</v>
       </c>
       <c r="C117" t="s">
-        <v>859</v>
+        <v>985</v>
       </c>
       <c r="D117" t="s">
-        <v>860</v>
+        <v>986</v>
       </c>
       <c r="E117" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F117" t="s">
-        <v>861</v>
+        <v>987</v>
       </c>
       <c r="G117" t="s">
-        <v>859</v>
+        <v>985</v>
       </c>
       <c r="H117" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>637</v>
+      </c>
+      <c r="I117" t="s">
+        <v>988</v>
+      </c>
+      <c r="J117" t="s">
+        <v>989</v>
+      </c>
+      <c r="K117" t="s">
+        <v>990</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>863</v>
+        <v>991</v>
       </c>
       <c r="B118" t="s">
-        <v>231</v>
+        <v>212</v>
       </c>
       <c r="C118" t="s">
-        <v>545</v>
+        <v>216</v>
       </c>
       <c r="D118" t="s">
-        <v>546</v>
+        <v>59</v>
       </c>
       <c r="E118" t="s">
-        <v>547</v>
+        <v>635</v>
+      </c>
+      <c r="F118" t="s">
+        <v>992</v>
       </c>
       <c r="G118" t="s">
-        <v>545</v>
+        <v>216</v>
       </c>
       <c r="H118" t="s">
-        <v>548</v>
+        <v>637</v>
+      </c>
+      <c r="I118" t="s">
+        <v>988</v>
+      </c>
+      <c r="J118" t="s">
+        <v>993</v>
+      </c>
+      <c r="K118" t="s">
+        <v>994</v>
+      </c>
+      <c r="L118" t="s">
+        <v>644</v>
+      </c>
+      <c r="M118" t="s">
+        <v>645</v>
+      </c>
+      <c r="N118" t="s">
+        <v>995</v>
+      </c>
+      <c r="O118" t="s">
+        <v>989</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>864</v>
+        <v>996</v>
       </c>
       <c r="B119" t="s">
-        <v>240</v>
+        <v>212</v>
       </c>
       <c r="C119" t="s">
-        <v>772</v>
+        <v>806</v>
       </c>
       <c r="D119" t="s">
-        <v>773</v>
+        <v>807</v>
       </c>
       <c r="E119" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F119" t="s">
-        <v>774</v>
+        <v>808</v>
       </c>
       <c r="G119" t="s">
-        <v>772</v>
+        <v>806</v>
       </c>
       <c r="H119" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>777</v>
+        <v>653</v>
+      </c>
+      <c r="N119" t="s">
+        <v>809</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>865</v>
+        <v>997</v>
       </c>
       <c r="B120" t="s">
-        <v>240</v>
+        <v>212</v>
       </c>
       <c r="C120" t="s">
-        <v>183</v>
+        <v>670</v>
       </c>
       <c r="D120" t="s">
-        <v>39</v>
+        <v>671</v>
       </c>
       <c r="E120" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>779</v>
+        <v>672</v>
       </c>
       <c r="G120" t="s">
-        <v>183</v>
+        <v>670</v>
       </c>
       <c r="H120" t="s">
-        <v>511</v>
-[...20 lines deleted...]
-        <v>776</v>
+        <v>673</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>868</v>
+        <v>998</v>
       </c>
       <c r="B121" t="s">
-        <v>240</v>
+        <v>223</v>
       </c>
       <c r="C121" t="s">
-        <v>869</v>
+        <v>985</v>
       </c>
       <c r="D121" t="s">
-        <v>870</v>
+        <v>986</v>
       </c>
       <c r="E121" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F121" t="s">
-        <v>871</v>
+        <v>987</v>
       </c>
       <c r="G121" t="s">
-        <v>869</v>
+        <v>985</v>
       </c>
       <c r="H121" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>872</v>
+        <v>637</v>
+      </c>
+      <c r="I121" t="s">
+        <v>988</v>
+      </c>
+      <c r="J121" t="s">
+        <v>989</v>
+      </c>
+      <c r="K121" t="s">
+        <v>990</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>873</v>
+        <v>999</v>
       </c>
       <c r="B122" t="s">
-        <v>240</v>
+        <v>223</v>
       </c>
       <c r="C122" t="s">
-        <v>874</v>
+        <v>216</v>
       </c>
       <c r="D122" t="s">
-        <v>875</v>
+        <v>59</v>
       </c>
       <c r="E122" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F122" t="s">
-        <v>876</v>
+        <v>992</v>
       </c>
       <c r="G122" t="s">
-        <v>874</v>
+        <v>216</v>
       </c>
       <c r="H122" t="s">
-        <v>526</v>
+        <v>637</v>
+      </c>
+      <c r="I122" t="s">
+        <v>988</v>
+      </c>
+      <c r="J122" t="s">
+        <v>1000</v>
+      </c>
+      <c r="K122" t="s">
+        <v>994</v>
+      </c>
+      <c r="L122" t="s">
+        <v>644</v>
+      </c>
+      <c r="M122" t="s">
+        <v>645</v>
       </c>
       <c r="N122" t="s">
-        <v>877</v>
+        <v>1001</v>
+      </c>
+      <c r="O122" t="s">
+        <v>989</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>878</v>
+        <v>1002</v>
       </c>
       <c r="B123" t="s">
-        <v>240</v>
+        <v>223</v>
       </c>
       <c r="C123" t="s">
-        <v>879</v>
+        <v>1003</v>
       </c>
       <c r="D123" t="s">
-        <v>880</v>
+        <v>1004</v>
       </c>
       <c r="E123" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F123" t="s">
-        <v>881</v>
+        <v>1005</v>
       </c>
       <c r="G123" t="s">
-        <v>879</v>
+        <v>1003</v>
       </c>
       <c r="H123" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="N123" t="s">
-        <v>882</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>883</v>
+        <v>1007</v>
       </c>
       <c r="B124" t="s">
-        <v>240</v>
+        <v>223</v>
       </c>
       <c r="C124" t="s">
-        <v>884</v>
+        <v>1008</v>
       </c>
       <c r="D124" t="s">
-        <v>885</v>
+        <v>1009</v>
       </c>
       <c r="E124" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F124" t="s">
-        <v>886</v>
+        <v>1010</v>
       </c>
       <c r="G124" t="s">
-        <v>884</v>
+        <v>1008</v>
       </c>
       <c r="H124" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="N124" t="s">
-        <v>887</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>888</v>
+        <v>1012</v>
       </c>
       <c r="B125" t="s">
-        <v>240</v>
+        <v>223</v>
       </c>
       <c r="C125" t="s">
-        <v>545</v>
+        <v>1013</v>
       </c>
       <c r="D125" t="s">
-        <v>546</v>
+        <v>1014</v>
       </c>
       <c r="E125" t="s">
-        <v>547</v>
+        <v>651</v>
+      </c>
+      <c r="F125" t="s">
+        <v>1015</v>
       </c>
       <c r="G125" t="s">
-        <v>545</v>
+        <v>1013</v>
       </c>
       <c r="H125" t="s">
-        <v>548</v>
+        <v>653</v>
+      </c>
+      <c r="N125" t="s">
+        <v>1016</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>889</v>
+        <v>1017</v>
       </c>
       <c r="B126" t="s">
-        <v>248</v>
+        <v>223</v>
       </c>
       <c r="C126" t="s">
-        <v>772</v>
+        <v>1018</v>
       </c>
       <c r="D126" t="s">
-        <v>773</v>
+        <v>1019</v>
       </c>
       <c r="E126" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F126" t="s">
-        <v>774</v>
+        <v>1020</v>
       </c>
       <c r="G126" t="s">
-        <v>772</v>
+        <v>1018</v>
       </c>
       <c r="H126" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>777</v>
+        <v>653</v>
+      </c>
+      <c r="N126" t="s">
+        <v>1021</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>890</v>
+        <v>1022</v>
       </c>
       <c r="B127" t="s">
-        <v>248</v>
+        <v>223</v>
       </c>
       <c r="C127" t="s">
-        <v>183</v>
+        <v>670</v>
       </c>
       <c r="D127" t="s">
-        <v>39</v>
+        <v>671</v>
       </c>
       <c r="E127" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>779</v>
+        <v>672</v>
       </c>
       <c r="G127" t="s">
-        <v>183</v>
+        <v>670</v>
       </c>
       <c r="H127" t="s">
-        <v>511</v>
-[...20 lines deleted...]
-        <v>776</v>
+        <v>673</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>893</v>
+        <v>1023</v>
       </c>
       <c r="B128" t="s">
-        <v>248</v>
+        <v>231</v>
       </c>
       <c r="C128" t="s">
-        <v>894</v>
+        <v>675</v>
       </c>
       <c r="D128" t="s">
-        <v>895</v>
+        <v>676</v>
       </c>
       <c r="E128" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F128" t="s">
-        <v>896</v>
+        <v>677</v>
       </c>
       <c r="G128" t="s">
-        <v>894</v>
+        <v>675</v>
       </c>
       <c r="H128" t="s">
-        <v>526</v>
+        <v>637</v>
+      </c>
+      <c r="I128" t="s">
+        <v>678</v>
       </c>
       <c r="J128" t="s">
-        <v>534</v>
+        <v>679</v>
       </c>
       <c r="K128" t="s">
-        <v>535</v>
-[...5 lines deleted...]
-        <v>535</v>
+        <v>680</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>898</v>
+        <v>1024</v>
       </c>
       <c r="B129" t="s">
-        <v>248</v>
+        <v>231</v>
       </c>
       <c r="C129" t="s">
-        <v>899</v>
+        <v>58</v>
       </c>
       <c r="D129" t="s">
-        <v>900</v>
+        <v>59</v>
       </c>
       <c r="E129" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F129" t="s">
-        <v>901</v>
+        <v>682</v>
       </c>
       <c r="G129" t="s">
-        <v>899</v>
+        <v>58</v>
       </c>
       <c r="H129" t="s">
-        <v>526</v>
+        <v>637</v>
+      </c>
+      <c r="I129" t="s">
+        <v>678</v>
+      </c>
+      <c r="J129" t="s">
+        <v>683</v>
+      </c>
+      <c r="K129" t="s">
+        <v>684</v>
+      </c>
+      <c r="L129" t="s">
+        <v>644</v>
+      </c>
+      <c r="M129" t="s">
+        <v>645</v>
       </c>
       <c r="N129" t="s">
-        <v>902</v>
+        <v>685</v>
+      </c>
+      <c r="O129" t="s">
+        <v>686</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>903</v>
+        <v>1025</v>
       </c>
       <c r="B130" t="s">
-        <v>248</v>
+        <v>231</v>
       </c>
       <c r="C130" t="s">
-        <v>545</v>
+        <v>670</v>
       </c>
       <c r="D130" t="s">
-        <v>546</v>
+        <v>671</v>
       </c>
       <c r="E130" t="s">
-        <v>547</v>
+        <v>672</v>
       </c>
       <c r="G130" t="s">
-        <v>545</v>
+        <v>670</v>
       </c>
       <c r="H130" t="s">
-        <v>548</v>
+        <v>673</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>904</v>
+        <v>1026</v>
       </c>
       <c r="B131" t="s">
-        <v>257</v>
+        <v>240</v>
       </c>
       <c r="C131" t="s">
-        <v>905</v>
+        <v>1027</v>
       </c>
       <c r="D131" t="s">
-        <v>906</v>
+        <v>1028</v>
       </c>
       <c r="E131" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F131" t="s">
-        <v>907</v>
+        <v>1029</v>
       </c>
       <c r="G131" t="s">
-        <v>905</v>
+        <v>1027</v>
       </c>
       <c r="H131" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="I131" t="s">
-        <v>908</v>
+        <v>1030</v>
       </c>
       <c r="J131" t="s">
-        <v>909</v>
+        <v>1031</v>
       </c>
       <c r="K131" t="s">
-        <v>910</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>911</v>
+        <v>1033</v>
       </c>
       <c r="B132" t="s">
-        <v>257</v>
+        <v>240</v>
       </c>
       <c r="C132" t="s">
-        <v>261</v>
+        <v>244</v>
       </c>
       <c r="D132" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="E132" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F132" t="s">
-        <v>912</v>
+        <v>1034</v>
       </c>
       <c r="G132" t="s">
-        <v>261</v>
+        <v>244</v>
       </c>
       <c r="H132" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="J132" t="s">
-        <v>913</v>
+        <v>1035</v>
       </c>
       <c r="K132" t="s">
-        <v>914</v>
+        <v>1036</v>
       </c>
       <c r="L132" t="s">
-        <v>517</v>
+        <v>644</v>
       </c>
       <c r="M132" t="s">
-        <v>518</v>
+        <v>645</v>
       </c>
       <c r="N132" t="s">
-        <v>915</v>
+        <v>1037</v>
       </c>
       <c r="O132" t="s">
-        <v>916</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>917</v>
+        <v>1039</v>
       </c>
       <c r="B133" t="s">
-        <v>257</v>
+        <v>240</v>
       </c>
       <c r="C133" t="s">
-        <v>522</v>
+        <v>1003</v>
       </c>
       <c r="D133" t="s">
-        <v>523</v>
+        <v>1004</v>
       </c>
       <c r="E133" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F133" t="s">
-        <v>525</v>
+        <v>1005</v>
       </c>
       <c r="G133" t="s">
-        <v>522</v>
+        <v>1003</v>
       </c>
       <c r="H133" t="s">
-        <v>526</v>
-[...5 lines deleted...]
-        <v>528</v>
+        <v>653</v>
       </c>
       <c r="N133" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-        <v>528</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>918</v>
+        <v>1040</v>
       </c>
       <c r="B134" t="s">
-        <v>257</v>
+        <v>240</v>
       </c>
       <c r="C134" t="s">
-        <v>919</v>
+        <v>1008</v>
       </c>
       <c r="D134" t="s">
-        <v>920</v>
+        <v>1009</v>
       </c>
       <c r="E134" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F134" t="s">
-        <v>921</v>
+        <v>1010</v>
       </c>
       <c r="G134" t="s">
-        <v>919</v>
+        <v>1008</v>
       </c>
       <c r="H134" t="s">
-        <v>526</v>
-[...5 lines deleted...]
-        <v>922</v>
+        <v>653</v>
       </c>
       <c r="N134" t="s">
-        <v>923</v>
-[...2 lines deleted...]
-        <v>924</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>925</v>
+        <v>1041</v>
       </c>
       <c r="B135" t="s">
-        <v>257</v>
+        <v>240</v>
       </c>
       <c r="C135" t="s">
-        <v>926</v>
+        <v>1042</v>
       </c>
       <c r="D135" t="s">
-        <v>927</v>
+        <v>1043</v>
       </c>
       <c r="E135" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F135" t="s">
-        <v>928</v>
+        <v>1044</v>
       </c>
       <c r="G135" t="s">
-        <v>926</v>
+        <v>1042</v>
       </c>
       <c r="H135" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="N135" t="s">
-        <v>929</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>930</v>
+        <v>1046</v>
       </c>
       <c r="B136" t="s">
-        <v>257</v>
+        <v>240</v>
       </c>
       <c r="C136" t="s">
-        <v>931</v>
+        <v>1013</v>
       </c>
       <c r="D136" t="s">
-        <v>932</v>
+        <v>1014</v>
       </c>
       <c r="E136" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F136" t="s">
-        <v>933</v>
+        <v>1015</v>
       </c>
       <c r="G136" t="s">
-        <v>931</v>
+        <v>1013</v>
       </c>
       <c r="H136" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="N136" t="s">
-        <v>934</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>935</v>
+        <v>1047</v>
       </c>
       <c r="B137" t="s">
-        <v>257</v>
+        <v>240</v>
       </c>
       <c r="C137" t="s">
-        <v>538</v>
+        <v>1018</v>
       </c>
       <c r="D137" t="s">
-        <v>539</v>
+        <v>1019</v>
       </c>
       <c r="E137" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F137" t="s">
-        <v>540</v>
+        <v>1020</v>
       </c>
       <c r="G137" t="s">
-        <v>541</v>
+        <v>1018</v>
       </c>
       <c r="H137" t="s">
-        <v>542</v>
+        <v>653</v>
       </c>
       <c r="N137" t="s">
-        <v>543</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>936</v>
+        <v>1048</v>
       </c>
       <c r="B138" t="s">
-        <v>257</v>
+        <v>240</v>
       </c>
       <c r="C138" t="s">
-        <v>545</v>
+        <v>670</v>
       </c>
       <c r="D138" t="s">
-        <v>546</v>
+        <v>671</v>
       </c>
       <c r="E138" t="s">
-        <v>547</v>
+        <v>672</v>
       </c>
       <c r="G138" t="s">
-        <v>545</v>
+        <v>670</v>
       </c>
       <c r="H138" t="s">
-        <v>548</v>
+        <v>673</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>937</v>
+        <v>1049</v>
       </c>
       <c r="B139" t="s">
-        <v>267</v>
+        <v>250</v>
       </c>
       <c r="C139" t="s">
-        <v>550</v>
+        <v>985</v>
       </c>
       <c r="D139" t="s">
-        <v>551</v>
+        <v>986</v>
       </c>
       <c r="E139" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F139" t="s">
-        <v>552</v>
+        <v>987</v>
       </c>
       <c r="G139" t="s">
-        <v>550</v>
+        <v>985</v>
       </c>
       <c r="H139" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="I139" t="s">
-        <v>553</v>
+        <v>988</v>
       </c>
       <c r="J139" t="s">
-        <v>554</v>
+        <v>989</v>
       </c>
       <c r="K139" t="s">
-        <v>555</v>
+        <v>990</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>938</v>
+        <v>1050</v>
       </c>
       <c r="B140" t="s">
-        <v>267</v>
+        <v>250</v>
       </c>
       <c r="C140" t="s">
-        <v>271</v>
+        <v>216</v>
       </c>
       <c r="D140" t="s">
-        <v>272</v>
+        <v>59</v>
       </c>
       <c r="E140" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F140" t="s">
-        <v>939</v>
+        <v>992</v>
       </c>
       <c r="G140" t="s">
-        <v>271</v>
+        <v>216</v>
       </c>
       <c r="H140" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="I140" t="s">
-        <v>553</v>
+        <v>988</v>
       </c>
       <c r="J140" t="s">
-        <v>940</v>
+        <v>1051</v>
       </c>
       <c r="K140" t="s">
-        <v>941</v>
+        <v>994</v>
       </c>
       <c r="L140" t="s">
-        <v>517</v>
+        <v>644</v>
       </c>
       <c r="M140" t="s">
-        <v>518</v>
+        <v>645</v>
       </c>
       <c r="N140" t="s">
-        <v>942</v>
+        <v>1052</v>
       </c>
       <c r="O140" t="s">
-        <v>941</v>
+        <v>989</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>943</v>
+        <v>1053</v>
       </c>
       <c r="B141" t="s">
-        <v>267</v>
+        <v>250</v>
       </c>
       <c r="C141" t="s">
-        <v>944</v>
+        <v>1054</v>
       </c>
       <c r="D141" t="s">
-        <v>945</v>
+        <v>1055</v>
       </c>
       <c r="E141" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F141" t="s">
-        <v>946</v>
+        <v>1056</v>
       </c>
       <c r="G141" t="s">
-        <v>947</v>
+        <v>1054</v>
       </c>
       <c r="H141" t="s">
-        <v>542</v>
+        <v>653</v>
+      </c>
+      <c r="J141" t="s">
+        <v>710</v>
       </c>
       <c r="K141" t="s">
-        <v>535</v>
+        <v>711</v>
       </c>
       <c r="N141" t="s">
-        <v>948</v>
+        <v>1057</v>
       </c>
       <c r="O141" t="s">
-        <v>535</v>
+        <v>711</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>949</v>
+        <v>1058</v>
       </c>
       <c r="B142" t="s">
-        <v>267</v>
+        <v>250</v>
       </c>
       <c r="C142" t="s">
-        <v>950</v>
+        <v>1059</v>
       </c>
       <c r="D142" t="s">
-        <v>951</v>
+        <v>1060</v>
       </c>
       <c r="E142" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F142" t="s">
-        <v>952</v>
+        <v>1061</v>
       </c>
       <c r="G142" t="s">
-        <v>953</v>
+        <v>1059</v>
       </c>
       <c r="H142" t="s">
-        <v>542</v>
-[...8 lines deleted...]
-        <v>956</v>
+        <v>653</v>
+      </c>
+      <c r="N142" t="s">
+        <v>1062</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>957</v>
+        <v>1063</v>
       </c>
       <c r="B143" t="s">
-        <v>267</v>
+        <v>250</v>
       </c>
       <c r="C143" t="s">
-        <v>958</v>
+        <v>670</v>
       </c>
       <c r="D143" t="s">
-        <v>959</v>
+        <v>671</v>
       </c>
       <c r="E143" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>960</v>
+        <v>672</v>
       </c>
       <c r="G143" t="s">
-        <v>961</v>
+        <v>670</v>
       </c>
       <c r="H143" t="s">
-        <v>542</v>
-[...8 lines deleted...]
-        <v>964</v>
+        <v>673</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>965</v>
+        <v>1064</v>
       </c>
       <c r="B144" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="C144" t="s">
-        <v>966</v>
+        <v>722</v>
       </c>
       <c r="D144" t="s">
-        <v>967</v>
+        <v>723</v>
       </c>
       <c r="E144" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F144" t="s">
-        <v>968</v>
+        <v>724</v>
       </c>
       <c r="G144" t="s">
-        <v>969</v>
+        <v>722</v>
       </c>
       <c r="H144" t="s">
-        <v>542</v>
+        <v>637</v>
+      </c>
+      <c r="I144" t="s">
+        <v>725</v>
       </c>
       <c r="J144" t="s">
-        <v>954</v>
+        <v>726</v>
       </c>
       <c r="K144" t="s">
-        <v>970</v>
-[...2 lines deleted...]
-        <v>971</v>
+        <v>727</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>972</v>
+        <v>1065</v>
       </c>
       <c r="B145" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="C145" t="s">
-        <v>847</v>
+        <v>85</v>
       </c>
       <c r="D145" t="s">
-        <v>228</v>
+        <v>86</v>
       </c>
       <c r="E145" t="s">
-        <v>547</v>
+        <v>635</v>
+      </c>
+      <c r="F145" t="s">
+        <v>729</v>
       </c>
       <c r="G145" t="s">
-        <v>847</v>
+        <v>85</v>
       </c>
       <c r="H145" t="s">
-        <v>548</v>
+        <v>637</v>
+      </c>
+      <c r="I145" t="s">
+        <v>725</v>
+      </c>
+      <c r="J145" t="s">
+        <v>730</v>
+      </c>
+      <c r="K145" t="s">
+        <v>731</v>
+      </c>
+      <c r="L145" t="s">
+        <v>644</v>
+      </c>
+      <c r="M145" t="s">
+        <v>645</v>
+      </c>
+      <c r="N145" t="s">
+        <v>732</v>
+      </c>
+      <c r="O145" t="s">
+        <v>1066</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>973</v>
+        <v>1067</v>
       </c>
       <c r="B146" t="s">
-        <v>278</v>
+        <v>258</v>
       </c>
       <c r="C146" t="s">
-        <v>974</v>
+        <v>777</v>
       </c>
       <c r="D146" t="s">
-        <v>975</v>
+        <v>778</v>
       </c>
       <c r="E146" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F146" t="s">
-        <v>976</v>
+        <v>779</v>
       </c>
       <c r="G146" t="s">
-        <v>974</v>
+        <v>777</v>
       </c>
       <c r="H146" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>979</v>
+        <v>653</v>
+      </c>
+      <c r="N146" t="s">
+        <v>780</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>980</v>
+        <v>1068</v>
       </c>
       <c r="B147" t="s">
-        <v>278</v>
+        <v>258</v>
       </c>
       <c r="C147" t="s">
-        <v>282</v>
+        <v>1069</v>
       </c>
       <c r="D147" t="s">
-        <v>39</v>
+        <v>266</v>
       </c>
       <c r="E147" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>672</v>
       </c>
       <c r="G147" t="s">
-        <v>282</v>
+        <v>1069</v>
       </c>
       <c r="H147" t="s">
-        <v>511</v>
-[...20 lines deleted...]
-        <v>985</v>
+        <v>673</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>986</v>
+        <v>1070</v>
       </c>
       <c r="B148" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
       <c r="C148" t="s">
-        <v>545</v>
+        <v>856</v>
       </c>
       <c r="D148" t="s">
-        <v>546</v>
+        <v>857</v>
       </c>
       <c r="E148" t="s">
-        <v>547</v>
+        <v>635</v>
+      </c>
+      <c r="F148" t="s">
+        <v>858</v>
       </c>
       <c r="G148" t="s">
-        <v>545</v>
+        <v>856</v>
       </c>
       <c r="H148" t="s">
-        <v>548</v>
+        <v>637</v>
+      </c>
+      <c r="I148" t="s">
+        <v>859</v>
+      </c>
+      <c r="J148" t="s">
+        <v>860</v>
+      </c>
+      <c r="K148" t="s">
+        <v>861</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>987</v>
+        <v>1071</v>
       </c>
       <c r="B149" t="s">
-        <v>288</v>
+        <v>269</v>
       </c>
       <c r="C149" t="s">
-        <v>790</v>
+        <v>273</v>
       </c>
       <c r="D149" t="s">
-        <v>791</v>
+        <v>274</v>
       </c>
       <c r="E149" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F149" t="s">
-        <v>792</v>
+        <v>1072</v>
       </c>
       <c r="G149" t="s">
-        <v>790</v>
+        <v>273</v>
       </c>
       <c r="H149" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="I149" t="s">
-        <v>793</v>
+        <v>859</v>
       </c>
       <c r="J149" t="s">
-        <v>794</v>
+        <v>1073</v>
       </c>
       <c r="K149" t="s">
-        <v>795</v>
+        <v>1074</v>
+      </c>
+      <c r="L149" t="s">
+        <v>644</v>
+      </c>
+      <c r="M149" t="s">
+        <v>645</v>
+      </c>
+      <c r="N149" t="s">
+        <v>1075</v>
+      </c>
+      <c r="O149" t="s">
+        <v>1074</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>988</v>
+        <v>1076</v>
       </c>
       <c r="B150" t="s">
-        <v>288</v>
+        <v>269</v>
       </c>
       <c r="C150" t="s">
-        <v>194</v>
+        <v>1077</v>
       </c>
       <c r="D150" t="s">
-        <v>195</v>
+        <v>1078</v>
       </c>
       <c r="E150" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F150" t="s">
-        <v>797</v>
+        <v>1079</v>
       </c>
       <c r="G150" t="s">
-        <v>194</v>
+        <v>1080</v>
       </c>
       <c r="H150" t="s">
-        <v>511</v>
-[...5 lines deleted...]
-        <v>798</v>
+        <v>718</v>
       </c>
       <c r="K150" t="s">
-        <v>799</v>
-[...5 lines deleted...]
-        <v>518</v>
+        <v>711</v>
       </c>
       <c r="N150" t="s">
-        <v>800</v>
+        <v>1081</v>
       </c>
       <c r="O150" t="s">
-        <v>989</v>
+        <v>711</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>990</v>
+        <v>1082</v>
       </c>
       <c r="B151" t="s">
-        <v>288</v>
+        <v>269</v>
       </c>
       <c r="C151" t="s">
-        <v>991</v>
+        <v>1083</v>
       </c>
       <c r="D151" t="s">
-        <v>992</v>
+        <v>1084</v>
       </c>
       <c r="E151" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F151" t="s">
-        <v>993</v>
+        <v>1085</v>
       </c>
       <c r="G151" t="s">
-        <v>991</v>
+        <v>1086</v>
       </c>
       <c r="H151" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>994</v>
+        <v>718</v>
+      </c>
+      <c r="J151" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K151" t="s">
+        <v>1088</v>
+      </c>
+      <c r="O151" t="s">
+        <v>1089</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>995</v>
+        <v>1090</v>
       </c>
       <c r="B152" t="s">
-        <v>288</v>
+        <v>269</v>
       </c>
       <c r="C152" t="s">
-        <v>996</v>
+        <v>1091</v>
       </c>
       <c r="D152" t="s">
-        <v>997</v>
+        <v>1092</v>
       </c>
       <c r="E152" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F152" t="s">
-        <v>564</v>
+        <v>1093</v>
       </c>
       <c r="G152" t="s">
-        <v>996</v>
+        <v>1094</v>
       </c>
       <c r="H152" t="s">
-        <v>526</v>
+        <v>718</v>
+      </c>
+      <c r="J152" t="s">
+        <v>1095</v>
+      </c>
+      <c r="K152" t="s">
+        <v>1096</v>
+      </c>
+      <c r="O152" t="s">
+        <v>1097</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>998</v>
+        <v>1098</v>
       </c>
       <c r="B153" t="s">
-        <v>288</v>
+        <v>269</v>
       </c>
       <c r="C153" t="s">
-        <v>759</v>
+        <v>1099</v>
       </c>
       <c r="D153" t="s">
-        <v>760</v>
+        <v>1100</v>
       </c>
       <c r="E153" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F153" t="s">
-        <v>564</v>
+        <v>1101</v>
       </c>
       <c r="G153" t="s">
-        <v>759</v>
+        <v>1102</v>
       </c>
       <c r="H153" t="s">
-        <v>526</v>
+        <v>718</v>
+      </c>
+      <c r="J153" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K153" t="s">
+        <v>1103</v>
+      </c>
+      <c r="O153" t="s">
+        <v>1104</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>999</v>
+        <v>1105</v>
       </c>
       <c r="B154" t="s">
-        <v>288</v>
+        <v>269</v>
       </c>
       <c r="C154" t="s">
-        <v>1000</v>
+        <v>1106</v>
       </c>
       <c r="D154" t="s">
-        <v>1001</v>
+        <v>279</v>
       </c>
       <c r="E154" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>564</v>
+        <v>672</v>
       </c>
       <c r="G154" t="s">
-        <v>1000</v>
+        <v>1106</v>
       </c>
       <c r="H154" t="s">
-        <v>526</v>
+        <v>673</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>1002</v>
+        <v>1107</v>
       </c>
       <c r="B155" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="C155" t="s">
-        <v>1003</v>
+        <v>1108</v>
       </c>
       <c r="D155" t="s">
-        <v>1004</v>
+        <v>1109</v>
       </c>
       <c r="E155" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F155" t="s">
-        <v>1005</v>
+        <v>1110</v>
       </c>
       <c r="G155" t="s">
-        <v>1003</v>
+        <v>1108</v>
       </c>
       <c r="H155" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>1006</v>
+        <v>637</v>
+      </c>
+      <c r="I155" t="s">
+        <v>1111</v>
+      </c>
+      <c r="J155" t="s">
+        <v>1112</v>
+      </c>
+      <c r="K155" t="s">
+        <v>1113</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>1007</v>
+        <v>1114</v>
       </c>
       <c r="B156" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="C156" t="s">
-        <v>1008</v>
+        <v>286</v>
       </c>
       <c r="D156" t="s">
-        <v>1009</v>
+        <v>59</v>
       </c>
       <c r="E156" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F156" t="s">
-        <v>564</v>
+        <v>1115</v>
       </c>
       <c r="G156" t="s">
-        <v>1008</v>
+        <v>286</v>
       </c>
       <c r="H156" t="s">
-        <v>526</v>
+        <v>637</v>
+      </c>
+      <c r="I156" t="s">
+        <v>1111</v>
+      </c>
+      <c r="J156" t="s">
+        <v>1116</v>
+      </c>
+      <c r="K156" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L156" t="s">
+        <v>644</v>
+      </c>
+      <c r="M156" t="s">
+        <v>645</v>
+      </c>
+      <c r="N156" t="s">
+        <v>1118</v>
+      </c>
+      <c r="O156" t="s">
+        <v>1119</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>1010</v>
+        <v>1120</v>
       </c>
       <c r="B157" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="C157" t="s">
-        <v>1011</v>
+        <v>670</v>
       </c>
       <c r="D157" t="s">
-        <v>1012</v>
+        <v>671</v>
       </c>
       <c r="E157" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>672</v>
       </c>
       <c r="G157" t="s">
-        <v>1014</v>
+        <v>670</v>
       </c>
       <c r="H157" t="s">
-        <v>831</v>
-[...11 lines deleted...]
-        <v>1018</v>
+        <v>673</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>1019</v>
+        <v>1121</v>
       </c>
       <c r="B158" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="C158" t="s">
-        <v>1020</v>
+        <v>1122</v>
       </c>
       <c r="D158" t="s">
-        <v>296</v>
+        <v>1123</v>
       </c>
       <c r="E158" t="s">
-        <v>547</v>
+        <v>635</v>
+      </c>
+      <c r="F158" t="s">
+        <v>1124</v>
       </c>
       <c r="G158" t="s">
-        <v>1020</v>
+        <v>1122</v>
       </c>
       <c r="H158" t="s">
-        <v>548</v>
+        <v>637</v>
+      </c>
+      <c r="I158" t="s">
+        <v>1125</v>
+      </c>
+      <c r="J158" t="s">
+        <v>1126</v>
+      </c>
+      <c r="K158" t="s">
+        <v>1127</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>1021</v>
+        <v>1128</v>
       </c>
       <c r="B159" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="C159" t="s">
-        <v>974</v>
+        <v>295</v>
       </c>
       <c r="D159" t="s">
-        <v>975</v>
+        <v>59</v>
       </c>
       <c r="E159" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F159" t="s">
-        <v>976</v>
+        <v>1129</v>
       </c>
       <c r="G159" t="s">
-        <v>974</v>
+        <v>295</v>
       </c>
       <c r="H159" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="I159" t="s">
-        <v>977</v>
+        <v>1130</v>
       </c>
       <c r="J159" t="s">
-        <v>978</v>
+        <v>1131</v>
       </c>
       <c r="K159" t="s">
-        <v>979</v>
+        <v>1132</v>
+      </c>
+      <c r="L159" t="s">
+        <v>644</v>
+      </c>
+      <c r="M159" t="s">
+        <v>645</v>
+      </c>
+      <c r="N159" t="s">
+        <v>1133</v>
+      </c>
+      <c r="O159" t="s">
+        <v>1134</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>1022</v>
+        <v>1135</v>
       </c>
       <c r="B160" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="C160" t="s">
-        <v>282</v>
+        <v>1136</v>
       </c>
       <c r="D160" t="s">
-        <v>39</v>
+        <v>1137</v>
       </c>
       <c r="E160" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F160" t="s">
-        <v>981</v>
+        <v>1138</v>
       </c>
       <c r="G160" t="s">
-        <v>282</v>
+        <v>1139</v>
       </c>
       <c r="H160" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-        <v>977</v>
+        <v>718</v>
       </c>
       <c r="J160" t="s">
-        <v>982</v>
+        <v>1140</v>
       </c>
       <c r="K160" t="s">
-        <v>983</v>
-[...5 lines deleted...]
-        <v>518</v>
+        <v>711</v>
       </c>
       <c r="N160" t="s">
-        <v>1023</v>
+        <v>1141</v>
       </c>
       <c r="O160" t="s">
-        <v>1024</v>
+        <v>711</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>1025</v>
+        <v>1142</v>
       </c>
       <c r="B161" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="C161" t="s">
-        <v>854</v>
+        <v>670</v>
       </c>
       <c r="D161" t="s">
-        <v>855</v>
+        <v>671</v>
       </c>
       <c r="E161" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>856</v>
+        <v>672</v>
       </c>
       <c r="G161" t="s">
-        <v>854</v>
+        <v>670</v>
       </c>
       <c r="H161" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>857</v>
+        <v>673</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>1026</v>
+        <v>1143</v>
       </c>
       <c r="B162" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C162" t="s">
-        <v>732</v>
+        <v>1108</v>
       </c>
       <c r="D162" t="s">
-        <v>733</v>
+        <v>1109</v>
       </c>
       <c r="E162" t="s">
-        <v>569</v>
+        <v>635</v>
       </c>
       <c r="F162" t="s">
-        <v>734</v>
+        <v>1110</v>
       </c>
       <c r="G162" t="s">
-        <v>732</v>
+        <v>1108</v>
       </c>
       <c r="H162" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>735</v>
+        <v>637</v>
+      </c>
+      <c r="I162" t="s">
+        <v>1111</v>
+      </c>
+      <c r="J162" t="s">
+        <v>1112</v>
+      </c>
+      <c r="K162" t="s">
+        <v>1113</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>1027</v>
+        <v>1144</v>
       </c>
       <c r="B163" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C163" t="s">
-        <v>1028</v>
+        <v>286</v>
       </c>
       <c r="D163" t="s">
-        <v>1029</v>
+        <v>59</v>
       </c>
       <c r="E163" t="s">
-        <v>739</v>
+        <v>635</v>
+      </c>
+      <c r="F163" t="s">
+        <v>1115</v>
       </c>
       <c r="G163" t="s">
-        <v>1028</v>
+        <v>286</v>
       </c>
       <c r="H163" t="s">
-        <v>740</v>
+        <v>637</v>
+      </c>
+      <c r="I163" t="s">
+        <v>1111</v>
+      </c>
+      <c r="J163" t="s">
+        <v>1116</v>
+      </c>
+      <c r="K163" t="s">
+        <v>1117</v>
+      </c>
+      <c r="L163" t="s">
+        <v>644</v>
+      </c>
+      <c r="M163" t="s">
+        <v>645</v>
+      </c>
+      <c r="N163" t="s">
+        <v>1145</v>
+      </c>
+      <c r="O163" t="s">
+        <v>1146</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>1030</v>
+        <v>1147</v>
       </c>
       <c r="B164" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C164" t="s">
-        <v>545</v>
+        <v>1148</v>
       </c>
       <c r="D164" t="s">
-        <v>546</v>
+        <v>1149</v>
       </c>
       <c r="E164" t="s">
-        <v>547</v>
+        <v>651</v>
+      </c>
+      <c r="F164" t="s">
+        <v>1150</v>
       </c>
       <c r="G164" t="s">
-        <v>545</v>
+        <v>1148</v>
       </c>
       <c r="H164" t="s">
-        <v>548</v>
+        <v>653</v>
+      </c>
+      <c r="N164" t="s">
+        <v>1151</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>1031</v>
+        <v>1152</v>
       </c>
       <c r="B165" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="C165" t="s">
-        <v>1032</v>
+        <v>965</v>
       </c>
       <c r="D165" t="s">
-        <v>1033</v>
+        <v>966</v>
       </c>
       <c r="E165" t="s">
-        <v>509</v>
+        <v>660</v>
       </c>
       <c r="F165" t="s">
-        <v>1034</v>
+        <v>967</v>
       </c>
       <c r="G165" t="s">
-        <v>1032</v>
+        <v>965</v>
       </c>
       <c r="H165" t="s">
-        <v>511</v>
-[...5 lines deleted...]
-        <v>1036</v>
+        <v>653</v>
+      </c>
+      <c r="N165" t="s">
+        <v>968</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>1037</v>
+        <v>1153</v>
       </c>
       <c r="B166" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="C166" t="s">
-        <v>311</v>
+        <v>1154</v>
       </c>
       <c r="D166" t="s">
-        <v>39</v>
+        <v>1155</v>
       </c>
       <c r="E166" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>1034</v>
+        <v>972</v>
       </c>
       <c r="G166" t="s">
-        <v>311</v>
+        <v>1154</v>
       </c>
       <c r="H166" t="s">
-        <v>511</v>
-[...17 lines deleted...]
-        <v>1040</v>
+        <v>973</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>1041</v>
+        <v>1156</v>
       </c>
       <c r="B167" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="C167" t="s">
-        <v>1042</v>
+        <v>670</v>
       </c>
       <c r="D167" t="s">
-        <v>1043</v>
+        <v>671</v>
       </c>
       <c r="E167" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>1044</v>
+        <v>672</v>
       </c>
       <c r="G167" t="s">
-        <v>1042</v>
+        <v>670</v>
       </c>
       <c r="H167" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>1045</v>
+        <v>673</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>1046</v>
+        <v>1157</v>
       </c>
       <c r="B168" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C168" t="s">
-        <v>1047</v>
+        <v>1158</v>
       </c>
       <c r="D168" t="s">
-        <v>1048</v>
+        <v>1159</v>
       </c>
       <c r="E168" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F168" t="s">
-        <v>1049</v>
+        <v>1160</v>
       </c>
       <c r="G168" t="s">
-        <v>1047</v>
+        <v>1158</v>
       </c>
       <c r="H168" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>1050</v>
+        <v>637</v>
+      </c>
+      <c r="J168" t="s">
+        <v>1161</v>
+      </c>
+      <c r="K168" t="s">
+        <v>1162</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>1051</v>
+        <v>1163</v>
       </c>
       <c r="B169" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C169" t="s">
-        <v>545</v>
+        <v>313</v>
       </c>
       <c r="D169" t="s">
-        <v>546</v>
+        <v>59</v>
       </c>
       <c r="E169" t="s">
-        <v>547</v>
+        <v>635</v>
+      </c>
+      <c r="F169" t="s">
+        <v>1160</v>
       </c>
       <c r="G169" t="s">
-        <v>545</v>
+        <v>313</v>
       </c>
       <c r="H169" t="s">
-        <v>548</v>
+        <v>637</v>
+      </c>
+      <c r="J169" t="s">
+        <v>1164</v>
+      </c>
+      <c r="K169" t="s">
+        <v>1162</v>
+      </c>
+      <c r="L169" t="s">
+        <v>644</v>
+      </c>
+      <c r="M169" t="s">
+        <v>645</v>
+      </c>
+      <c r="N169" t="s">
+        <v>1165</v>
+      </c>
+      <c r="O169" t="s">
+        <v>1166</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>1052</v>
+        <v>1167</v>
       </c>
       <c r="B170" t="s">
-        <v>317</v>
+        <v>309</v>
       </c>
       <c r="C170" t="s">
-        <v>1053</v>
+        <v>1168</v>
       </c>
       <c r="D170" t="s">
-        <v>1054</v>
+        <v>1169</v>
       </c>
       <c r="E170" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F170" t="s">
-        <v>1055</v>
+        <v>1170</v>
       </c>
       <c r="G170" t="s">
-        <v>1053</v>
+        <v>1168</v>
       </c>
       <c r="H170" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>1058</v>
+        <v>653</v>
+      </c>
+      <c r="N170" t="s">
+        <v>1171</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>1059</v>
+        <v>1172</v>
       </c>
       <c r="B171" t="s">
-        <v>317</v>
+        <v>309</v>
       </c>
       <c r="C171" t="s">
-        <v>321</v>
+        <v>1173</v>
       </c>
       <c r="D171" t="s">
-        <v>39</v>
+        <v>1174</v>
       </c>
       <c r="E171" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F171" t="s">
-        <v>1060</v>
+        <v>1175</v>
       </c>
       <c r="G171" t="s">
-        <v>321</v>
+        <v>1173</v>
       </c>
       <c r="H171" t="s">
-        <v>511</v>
-[...14 lines deleted...]
-        <v>518</v>
+        <v>653</v>
       </c>
       <c r="N171" t="s">
-        <v>1064</v>
-[...2 lines deleted...]
-        <v>1065</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>1066</v>
+        <v>1177</v>
       </c>
       <c r="B172" t="s">
-        <v>317</v>
+        <v>309</v>
       </c>
       <c r="C172" t="s">
-        <v>1067</v>
+        <v>670</v>
       </c>
       <c r="D172" t="s">
-        <v>1068</v>
+        <v>671</v>
       </c>
       <c r="E172" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>1069</v>
+        <v>672</v>
       </c>
       <c r="G172" t="s">
-        <v>1067</v>
+        <v>670</v>
       </c>
       <c r="H172" t="s">
-        <v>526</v>
+        <v>673</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>1070</v>
+        <v>1178</v>
       </c>
       <c r="B173" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C173" t="s">
-        <v>545</v>
+        <v>1179</v>
       </c>
       <c r="D173" t="s">
-        <v>546</v>
+        <v>1180</v>
       </c>
       <c r="E173" t="s">
-        <v>547</v>
+        <v>635</v>
+      </c>
+      <c r="F173" t="s">
+        <v>1181</v>
       </c>
       <c r="G173" t="s">
-        <v>545</v>
+        <v>1179</v>
       </c>
       <c r="H173" t="s">
-        <v>548</v>
+        <v>637</v>
+      </c>
+      <c r="I173" t="s">
+        <v>1182</v>
+      </c>
+      <c r="J173" t="s">
+        <v>1183</v>
+      </c>
+      <c r="K173" t="s">
+        <v>1184</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>1071</v>
+        <v>1185</v>
       </c>
       <c r="B174" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="C174" t="s">
-        <v>1032</v>
+        <v>323</v>
       </c>
       <c r="D174" t="s">
-        <v>1033</v>
+        <v>59</v>
       </c>
       <c r="E174" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F174" t="s">
-        <v>1034</v>
+        <v>1186</v>
       </c>
       <c r="G174" t="s">
-        <v>1032</v>
+        <v>323</v>
       </c>
       <c r="H174" t="s">
-        <v>511</v>
+        <v>637</v>
+      </c>
+      <c r="I174" t="s">
+        <v>1182</v>
       </c>
       <c r="J174" t="s">
-        <v>1035</v>
+        <v>1187</v>
       </c>
       <c r="K174" t="s">
-        <v>1036</v>
+        <v>1188</v>
+      </c>
+      <c r="L174" t="s">
+        <v>644</v>
+      </c>
+      <c r="M174" t="s">
+        <v>645</v>
+      </c>
+      <c r="N174" t="s">
+        <v>1189</v>
+      </c>
+      <c r="O174" t="s">
+        <v>1190</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>1072</v>
+        <v>1191</v>
       </c>
       <c r="B175" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="C175" t="s">
-        <v>311</v>
+        <v>1054</v>
       </c>
       <c r="D175" t="s">
-        <v>39</v>
+        <v>1055</v>
       </c>
       <c r="E175" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F175" t="s">
-        <v>1034</v>
+        <v>1056</v>
       </c>
       <c r="G175" t="s">
-        <v>311</v>
+        <v>1054</v>
       </c>
       <c r="H175" t="s">
-        <v>511</v>
+        <v>653</v>
       </c>
       <c r="J175" t="s">
-        <v>1038</v>
+        <v>710</v>
       </c>
       <c r="K175" t="s">
-        <v>1036</v>
-[...5 lines deleted...]
-        <v>518</v>
+        <v>711</v>
       </c>
       <c r="N175" t="s">
-        <v>1073</v>
+        <v>1057</v>
       </c>
       <c r="O175" t="s">
-        <v>1040</v>
+        <v>711</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>1074</v>
+        <v>1192</v>
       </c>
       <c r="B176" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="C176" t="s">
-        <v>869</v>
+        <v>1193</v>
       </c>
       <c r="D176" t="s">
-        <v>870</v>
+        <v>1194</v>
       </c>
       <c r="E176" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F176" t="s">
-        <v>871</v>
+        <v>1195</v>
       </c>
       <c r="G176" t="s">
-        <v>869</v>
+        <v>1193</v>
       </c>
       <c r="H176" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="N176" t="s">
-        <v>872</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>1075</v>
+        <v>1197</v>
       </c>
       <c r="B177" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="C177" t="s">
-        <v>1076</v>
+        <v>1059</v>
       </c>
       <c r="D177" t="s">
-        <v>1077</v>
+        <v>1060</v>
       </c>
       <c r="E177" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F177" t="s">
-        <v>1078</v>
+        <v>1061</v>
       </c>
       <c r="G177" t="s">
-        <v>1076</v>
+        <v>1059</v>
       </c>
       <c r="H177" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="N177" t="s">
-        <v>1079</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>1080</v>
+        <v>1198</v>
       </c>
       <c r="B178" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="C178" t="s">
-        <v>1081</v>
+        <v>777</v>
       </c>
       <c r="D178" t="s">
-        <v>1082</v>
+        <v>778</v>
       </c>
       <c r="E178" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F178" t="s">
-        <v>1083</v>
+        <v>779</v>
       </c>
       <c r="G178" t="s">
-        <v>1081</v>
+        <v>777</v>
       </c>
       <c r="H178" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="N178" t="s">
-        <v>1084</v>
+        <v>780</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>1085</v>
+        <v>1199</v>
       </c>
       <c r="B179" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="C179" t="s">
-        <v>545</v>
+        <v>1200</v>
       </c>
       <c r="D179" t="s">
-        <v>546</v>
+        <v>1201</v>
       </c>
       <c r="E179" t="s">
-        <v>547</v>
+        <v>651</v>
+      </c>
+      <c r="F179" t="s">
+        <v>1202</v>
       </c>
       <c r="G179" t="s">
-        <v>545</v>
+        <v>1200</v>
       </c>
       <c r="H179" t="s">
-        <v>548</v>
+        <v>653</v>
+      </c>
+      <c r="N179" t="s">
+        <v>1203</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>1086</v>
+        <v>1204</v>
       </c>
       <c r="B180" t="s">
-        <v>335</v>
+        <v>319</v>
       </c>
       <c r="C180" t="s">
-        <v>790</v>
+        <v>1205</v>
       </c>
       <c r="D180" t="s">
-        <v>791</v>
+        <v>1206</v>
       </c>
       <c r="E180" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F180" t="s">
-        <v>792</v>
+        <v>1207</v>
       </c>
       <c r="G180" t="s">
-        <v>790</v>
+        <v>1205</v>
       </c>
       <c r="H180" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>795</v>
+        <v>653</v>
+      </c>
+      <c r="N180" t="s">
+        <v>1208</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>1087</v>
+        <v>1209</v>
       </c>
       <c r="B181" t="s">
-        <v>335</v>
+        <v>319</v>
       </c>
       <c r="C181" t="s">
-        <v>194</v>
+        <v>1210</v>
       </c>
       <c r="D181" t="s">
-        <v>195</v>
+        <v>1211</v>
       </c>
       <c r="E181" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F181" t="s">
-        <v>797</v>
+        <v>1212</v>
       </c>
       <c r="G181" t="s">
-        <v>194</v>
+        <v>1213</v>
       </c>
       <c r="H181" t="s">
-        <v>511</v>
-[...14 lines deleted...]
-        <v>518</v>
+        <v>718</v>
       </c>
       <c r="N181" t="s">
-        <v>800</v>
-[...2 lines deleted...]
-        <v>1088</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>1089</v>
+        <v>1215</v>
       </c>
       <c r="B182" t="s">
-        <v>335</v>
+        <v>319</v>
       </c>
       <c r="C182" t="s">
-        <v>1090</v>
+        <v>670</v>
       </c>
       <c r="D182" t="s">
-        <v>1091</v>
+        <v>671</v>
       </c>
       <c r="E182" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>1092</v>
+        <v>672</v>
       </c>
       <c r="G182" t="s">
-        <v>1093</v>
+        <v>670</v>
       </c>
       <c r="H182" t="s">
-        <v>831</v>
-[...11 lines deleted...]
-        <v>1095</v>
+        <v>673</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>1096</v>
+        <v>1216</v>
       </c>
       <c r="B183" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="C183" t="s">
-        <v>1097</v>
+        <v>1158</v>
       </c>
       <c r="D183" t="s">
-        <v>1098</v>
+        <v>1159</v>
       </c>
       <c r="E183" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F183" t="s">
-        <v>1099</v>
+        <v>1160</v>
       </c>
       <c r="G183" t="s">
-        <v>1100</v>
+        <v>1158</v>
       </c>
       <c r="H183" t="s">
-        <v>831</v>
+        <v>637</v>
       </c>
       <c r="J183" t="s">
-        <v>1015</v>
+        <v>1161</v>
       </c>
       <c r="K183" t="s">
-        <v>1101</v>
-[...5 lines deleted...]
-        <v>1102</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>1103</v>
+        <v>1217</v>
       </c>
       <c r="B184" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="C184" t="s">
-        <v>1104</v>
+        <v>313</v>
       </c>
       <c r="D184" t="s">
-        <v>1105</v>
+        <v>59</v>
       </c>
       <c r="E184" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F184" t="s">
-        <v>1106</v>
+        <v>1160</v>
       </c>
       <c r="G184" t="s">
-        <v>1107</v>
+        <v>313</v>
       </c>
       <c r="H184" t="s">
-        <v>831</v>
+        <v>637</v>
       </c>
       <c r="J184" t="s">
-        <v>1015</v>
+        <v>1164</v>
+      </c>
+      <c r="K184" t="s">
+        <v>1162</v>
+      </c>
+      <c r="L184" t="s">
+        <v>644</v>
+      </c>
+      <c r="M184" t="s">
+        <v>645</v>
       </c>
       <c r="N184" t="s">
-        <v>1105</v>
+        <v>1218</v>
       </c>
       <c r="O184" t="s">
-        <v>1108</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>1109</v>
+        <v>1219</v>
       </c>
       <c r="B185" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="C185" t="s">
-        <v>1110</v>
+        <v>1003</v>
       </c>
       <c r="D185" t="s">
-        <v>1111</v>
+        <v>1004</v>
       </c>
       <c r="E185" t="s">
-        <v>569</v>
+        <v>651</v>
       </c>
       <c r="F185" t="s">
-        <v>1112</v>
+        <v>1005</v>
       </c>
       <c r="G185" t="s">
-        <v>1113</v>
+        <v>1003</v>
       </c>
       <c r="H185" t="s">
-        <v>831</v>
-[...5 lines deleted...]
-        <v>1114</v>
+        <v>653</v>
       </c>
       <c r="N185" t="s">
-        <v>1111</v>
-[...2 lines deleted...]
-        <v>1115</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>1116</v>
+        <v>1220</v>
       </c>
       <c r="B186" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="C186" t="s">
-        <v>1117</v>
+        <v>1042</v>
       </c>
       <c r="D186" t="s">
-        <v>343</v>
+        <v>1043</v>
       </c>
       <c r="E186" t="s">
-        <v>547</v>
+        <v>651</v>
+      </c>
+      <c r="F186" t="s">
+        <v>1044</v>
       </c>
       <c r="G186" t="s">
-        <v>1117</v>
+        <v>1042</v>
       </c>
       <c r="H186" t="s">
-        <v>548</v>
+        <v>653</v>
+      </c>
+      <c r="N186" t="s">
+        <v>1045</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>1118</v>
+        <v>1221</v>
       </c>
       <c r="B187" t="s">
-        <v>344</v>
+        <v>329</v>
       </c>
       <c r="C187" t="s">
-        <v>806</v>
+        <v>1222</v>
       </c>
       <c r="D187" t="s">
-        <v>807</v>
+        <v>1223</v>
       </c>
       <c r="E187" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F187" t="s">
-        <v>808</v>
+        <v>1224</v>
       </c>
       <c r="G187" t="s">
-        <v>806</v>
+        <v>1222</v>
       </c>
       <c r="H187" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>811</v>
+        <v>653</v>
+      </c>
+      <c r="N187" t="s">
+        <v>1225</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>1119</v>
+        <v>1226</v>
       </c>
       <c r="B188" t="s">
-        <v>344</v>
+        <v>329</v>
       </c>
       <c r="C188" t="s">
-        <v>207</v>
+        <v>670</v>
       </c>
       <c r="D188" t="s">
-        <v>39</v>
+        <v>671</v>
       </c>
       <c r="E188" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>813</v>
+        <v>672</v>
       </c>
       <c r="G188" t="s">
-        <v>207</v>
+        <v>670</v>
       </c>
       <c r="H188" t="s">
-        <v>511</v>
-[...20 lines deleted...]
-        <v>1120</v>
+        <v>673</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>1121</v>
+        <v>1227</v>
       </c>
       <c r="B189" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="C189" t="s">
-        <v>894</v>
+        <v>675</v>
       </c>
       <c r="D189" t="s">
-        <v>895</v>
+        <v>676</v>
       </c>
       <c r="E189" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F189" t="s">
-        <v>896</v>
+        <v>677</v>
       </c>
       <c r="G189" t="s">
-        <v>894</v>
+        <v>675</v>
       </c>
       <c r="H189" t="s">
-        <v>526</v>
+        <v>637</v>
+      </c>
+      <c r="I189" t="s">
+        <v>678</v>
       </c>
       <c r="J189" t="s">
-        <v>534</v>
+        <v>679</v>
       </c>
       <c r="K189" t="s">
-        <v>535</v>
-[...5 lines deleted...]
-        <v>535</v>
+        <v>680</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>1122</v>
+        <v>1228</v>
       </c>
       <c r="B190" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="C190" t="s">
-        <v>1123</v>
+        <v>58</v>
       </c>
       <c r="D190" t="s">
-        <v>1124</v>
+        <v>59</v>
       </c>
       <c r="E190" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F190" t="s">
-        <v>1125</v>
+        <v>682</v>
       </c>
       <c r="G190" t="s">
-        <v>1123</v>
+        <v>58</v>
       </c>
       <c r="H190" t="s">
-        <v>526</v>
+        <v>637</v>
+      </c>
+      <c r="I190" t="s">
+        <v>678</v>
+      </c>
+      <c r="J190" t="s">
+        <v>683</v>
+      </c>
+      <c r="K190" t="s">
+        <v>684</v>
+      </c>
+      <c r="L190" t="s">
+        <v>644</v>
+      </c>
+      <c r="M190" t="s">
+        <v>645</v>
       </c>
       <c r="N190" t="s">
-        <v>1126</v>
+        <v>685</v>
+      </c>
+      <c r="O190" t="s">
+        <v>686</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>1127</v>
+        <v>1229</v>
       </c>
       <c r="B191" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="C191" t="s">
-        <v>899</v>
+        <v>1003</v>
       </c>
       <c r="D191" t="s">
-        <v>900</v>
+        <v>1004</v>
       </c>
       <c r="E191" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F191" t="s">
-        <v>901</v>
+        <v>1005</v>
       </c>
       <c r="G191" t="s">
-        <v>899</v>
+        <v>1003</v>
       </c>
       <c r="H191" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="N191" t="s">
-        <v>902</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>1128</v>
+        <v>1230</v>
       </c>
       <c r="B192" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="C192" t="s">
-        <v>643</v>
+        <v>1008</v>
       </c>
       <c r="D192" t="s">
-        <v>644</v>
+        <v>1009</v>
       </c>
       <c r="E192" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F192" t="s">
-        <v>645</v>
+        <v>1010</v>
       </c>
       <c r="G192" t="s">
-        <v>643</v>
+        <v>1008</v>
       </c>
       <c r="H192" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="N192" t="s">
-        <v>646</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>1129</v>
+        <v>1231</v>
       </c>
       <c r="B193" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="C193" t="s">
-        <v>1130</v>
+        <v>1042</v>
       </c>
       <c r="D193" t="s">
-        <v>1131</v>
+        <v>1043</v>
       </c>
       <c r="E193" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F193" t="s">
-        <v>1132</v>
+        <v>1044</v>
       </c>
       <c r="G193" t="s">
-        <v>1130</v>
+        <v>1042</v>
       </c>
       <c r="H193" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="N193" t="s">
-        <v>1133</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>1134</v>
+        <v>1232</v>
       </c>
       <c r="B194" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="C194" t="s">
-        <v>1135</v>
+        <v>1013</v>
       </c>
       <c r="D194" t="s">
-        <v>1136</v>
+        <v>1014</v>
       </c>
       <c r="E194" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F194" t="s">
-        <v>1137</v>
+        <v>1015</v>
       </c>
       <c r="G194" t="s">
-        <v>1135</v>
+        <v>1013</v>
       </c>
       <c r="H194" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="N194" t="s">
-        <v>1138</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>1139</v>
+        <v>1233</v>
       </c>
       <c r="B195" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="C195" t="s">
-        <v>1140</v>
+        <v>1234</v>
       </c>
       <c r="D195" t="s">
-        <v>1141</v>
+        <v>1235</v>
       </c>
       <c r="E195" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F195" t="s">
-        <v>1142</v>
+        <v>1236</v>
       </c>
       <c r="G195" t="s">
-        <v>1143</v>
+        <v>1237</v>
       </c>
       <c r="H195" t="s">
-        <v>542</v>
+        <v>718</v>
+      </c>
+      <c r="K195" t="s">
+        <v>711</v>
       </c>
       <c r="N195" t="s">
-        <v>1144</v>
+        <v>1238</v>
+      </c>
+      <c r="O195" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>1145</v>
+        <v>1239</v>
       </c>
       <c r="B196" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="C196" t="s">
-        <v>545</v>
+        <v>670</v>
       </c>
       <c r="D196" t="s">
-        <v>546</v>
+        <v>671</v>
       </c>
       <c r="E196" t="s">
-        <v>547</v>
+        <v>672</v>
       </c>
       <c r="G196" t="s">
-        <v>545</v>
+        <v>670</v>
       </c>
       <c r="H196" t="s">
-        <v>548</v>
+        <v>673</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>1146</v>
+        <v>1240</v>
       </c>
       <c r="B197" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="C197" t="s">
-        <v>1147</v>
+        <v>1179</v>
       </c>
       <c r="D197" t="s">
-        <v>1148</v>
+        <v>1180</v>
       </c>
       <c r="E197" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F197" t="s">
-        <v>1149</v>
+        <v>1181</v>
       </c>
       <c r="G197" t="s">
-        <v>1147</v>
+        <v>1179</v>
       </c>
       <c r="H197" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="I197" t="s">
-        <v>1150</v>
+        <v>1182</v>
       </c>
       <c r="J197" t="s">
-        <v>1151</v>
+        <v>1183</v>
       </c>
       <c r="K197" t="s">
-        <v>1152</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>1153</v>
+        <v>1241</v>
       </c>
       <c r="B198" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="C198" t="s">
-        <v>357</v>
+        <v>323</v>
       </c>
       <c r="D198" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="E198" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F198" t="s">
-        <v>1154</v>
+        <v>1186</v>
       </c>
       <c r="G198" t="s">
-        <v>357</v>
+        <v>323</v>
       </c>
       <c r="H198" t="s">
-        <v>511</v>
+        <v>637</v>
+      </c>
+      <c r="I198" t="s">
+        <v>1182</v>
       </c>
       <c r="J198" t="s">
-        <v>1155</v>
+        <v>1187</v>
       </c>
       <c r="K198" t="s">
-        <v>1152</v>
+        <v>1188</v>
       </c>
       <c r="L198" t="s">
-        <v>517</v>
+        <v>644</v>
       </c>
       <c r="M198" t="s">
-        <v>518</v>
+        <v>645</v>
       </c>
       <c r="N198" t="s">
-        <v>1156</v>
+        <v>1189</v>
       </c>
       <c r="O198" t="s">
-        <v>1157</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>1158</v>
+        <v>1243</v>
       </c>
       <c r="B199" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="C199" t="s">
-        <v>784</v>
+        <v>1244</v>
       </c>
       <c r="D199" t="s">
-        <v>785</v>
+        <v>1245</v>
       </c>
       <c r="E199" t="s">
-        <v>569</v>
+        <v>651</v>
       </c>
       <c r="F199" t="s">
-        <v>786</v>
+        <v>1246</v>
       </c>
       <c r="G199" t="s">
-        <v>784</v>
+        <v>1247</v>
       </c>
       <c r="H199" t="s">
-        <v>526</v>
+        <v>718</v>
+      </c>
+      <c r="J199" t="s">
+        <v>1248</v>
+      </c>
+      <c r="K199" t="s">
+        <v>1249</v>
       </c>
       <c r="N199" t="s">
-        <v>787</v>
+        <v>1250</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1251</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>1159</v>
+        <v>1252</v>
       </c>
       <c r="B200" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="C200" t="s">
-        <v>545</v>
+        <v>948</v>
       </c>
       <c r="D200" t="s">
-        <v>546</v>
+        <v>184</v>
       </c>
       <c r="E200" t="s">
-        <v>547</v>
+        <v>672</v>
       </c>
       <c r="G200" t="s">
-        <v>545</v>
+        <v>948</v>
       </c>
       <c r="H200" t="s">
-        <v>548</v>
+        <v>673</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>1160</v>
+        <v>1253</v>
       </c>
       <c r="B201" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="C201" t="s">
-        <v>806</v>
+        <v>1027</v>
       </c>
       <c r="D201" t="s">
-        <v>807</v>
+        <v>1028</v>
       </c>
       <c r="E201" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F201" t="s">
-        <v>808</v>
+        <v>1029</v>
       </c>
       <c r="G201" t="s">
-        <v>806</v>
+        <v>1027</v>
       </c>
       <c r="H201" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="I201" t="s">
-        <v>809</v>
+        <v>1030</v>
       </c>
       <c r="J201" t="s">
-        <v>810</v>
+        <v>1031</v>
       </c>
       <c r="K201" t="s">
-        <v>811</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>1161</v>
+        <v>1254</v>
       </c>
       <c r="B202" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="C202" t="s">
-        <v>207</v>
+        <v>244</v>
       </c>
       <c r="D202" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="E202" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F202" t="s">
-        <v>813</v>
+        <v>1034</v>
       </c>
       <c r="G202" t="s">
-        <v>207</v>
+        <v>244</v>
       </c>
       <c r="H202" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-        <v>809</v>
+        <v>637</v>
       </c>
       <c r="J202" t="s">
-        <v>850</v>
+        <v>1035</v>
       </c>
       <c r="K202" t="s">
-        <v>815</v>
+        <v>1036</v>
       </c>
       <c r="L202" t="s">
-        <v>517</v>
+        <v>644</v>
       </c>
       <c r="M202" t="s">
-        <v>518</v>
+        <v>645</v>
       </c>
       <c r="N202" t="s">
-        <v>851</v>
+        <v>1255</v>
       </c>
       <c r="O202" t="s">
-        <v>1162</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>1163</v>
+        <v>1256</v>
       </c>
       <c r="B203" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="C203" t="s">
-        <v>1164</v>
+        <v>700</v>
       </c>
       <c r="D203" t="s">
-        <v>1165</v>
+        <v>701</v>
       </c>
       <c r="E203" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F203" t="s">
-        <v>1166</v>
+        <v>702</v>
       </c>
       <c r="G203" t="s">
-        <v>1167</v>
+        <v>700</v>
       </c>
       <c r="H203" t="s">
-        <v>542</v>
+        <v>653</v>
       </c>
       <c r="J203" t="s">
-        <v>1168</v>
+        <v>703</v>
       </c>
       <c r="K203" t="s">
-        <v>1169</v>
+        <v>704</v>
       </c>
       <c r="N203" t="s">
-        <v>1170</v>
+        <v>705</v>
       </c>
       <c r="O203" t="s">
-        <v>1171</v>
+        <v>704</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>1172</v>
+        <v>1257</v>
       </c>
       <c r="B204" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="C204" t="s">
-        <v>1117</v>
+        <v>1258</v>
       </c>
       <c r="D204" t="s">
-        <v>343</v>
+        <v>1259</v>
       </c>
       <c r="E204" t="s">
-        <v>547</v>
+        <v>651</v>
+      </c>
+      <c r="F204" t="s">
+        <v>1260</v>
       </c>
       <c r="G204" t="s">
-        <v>1117</v>
+        <v>1258</v>
       </c>
       <c r="H204" t="s">
-        <v>548</v>
+        <v>653</v>
+      </c>
+      <c r="J204" t="s">
+        <v>710</v>
+      </c>
+      <c r="K204" t="s">
+        <v>1261</v>
+      </c>
+      <c r="N204" t="s">
+        <v>1262</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1263</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>1173</v>
+        <v>1264</v>
       </c>
       <c r="B205" t="s">
-        <v>370</v>
+        <v>355</v>
       </c>
       <c r="C205" t="s">
-        <v>660</v>
+        <v>1265</v>
       </c>
       <c r="D205" t="s">
-        <v>661</v>
+        <v>1266</v>
       </c>
       <c r="E205" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F205" t="s">
-        <v>662</v>
+        <v>1267</v>
       </c>
       <c r="G205" t="s">
-        <v>660</v>
+        <v>1265</v>
       </c>
       <c r="H205" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>665</v>
+        <v>653</v>
+      </c>
+      <c r="N205" t="s">
+        <v>1268</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>1174</v>
+        <v>1269</v>
       </c>
       <c r="B206" t="s">
-        <v>370</v>
+        <v>355</v>
       </c>
       <c r="C206" t="s">
-        <v>103</v>
+        <v>1270</v>
       </c>
       <c r="D206" t="s">
-        <v>39</v>
+        <v>1271</v>
       </c>
       <c r="E206" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F206" t="s">
-        <v>667</v>
+        <v>1272</v>
       </c>
       <c r="G206" t="s">
-        <v>103</v>
+        <v>1270</v>
       </c>
       <c r="H206" t="s">
-        <v>511</v>
-[...14 lines deleted...]
-        <v>518</v>
+        <v>653</v>
       </c>
       <c r="N206" t="s">
-        <v>670</v>
-[...2 lines deleted...]
-        <v>671</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>1175</v>
+        <v>1274</v>
       </c>
       <c r="B207" t="s">
-        <v>370</v>
+        <v>355</v>
       </c>
       <c r="C207" t="s">
-        <v>545</v>
+        <v>714</v>
       </c>
       <c r="D207" t="s">
-        <v>546</v>
+        <v>715</v>
       </c>
       <c r="E207" t="s">
-        <v>547</v>
+        <v>651</v>
+      </c>
+      <c r="F207" t="s">
+        <v>716</v>
       </c>
       <c r="G207" t="s">
-        <v>545</v>
+        <v>717</v>
       </c>
       <c r="H207" t="s">
-        <v>548</v>
+        <v>718</v>
+      </c>
+      <c r="N207" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>1176</v>
+        <v>1275</v>
       </c>
       <c r="B208" t="s">
-        <v>379</v>
+        <v>355</v>
       </c>
       <c r="C208" t="s">
-        <v>806</v>
+        <v>670</v>
       </c>
       <c r="D208" t="s">
-        <v>807</v>
+        <v>671</v>
       </c>
       <c r="E208" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>808</v>
+        <v>672</v>
       </c>
       <c r="G208" t="s">
-        <v>806</v>
+        <v>670</v>
       </c>
       <c r="H208" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>811</v>
+        <v>673</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>1177</v>
+        <v>1276</v>
       </c>
       <c r="B209" t="s">
-        <v>379</v>
+        <v>363</v>
       </c>
       <c r="C209" t="s">
-        <v>207</v>
+        <v>633</v>
       </c>
       <c r="D209" t="s">
-        <v>39</v>
+        <v>634</v>
       </c>
       <c r="E209" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F209" t="s">
-        <v>813</v>
+        <v>636</v>
       </c>
       <c r="G209" t="s">
-        <v>207</v>
+        <v>633</v>
       </c>
       <c r="H209" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="I209" t="s">
-        <v>809</v>
+        <v>638</v>
       </c>
       <c r="J209" t="s">
-        <v>850</v>
+        <v>639</v>
       </c>
       <c r="K209" t="s">
-        <v>815</v>
-[...11 lines deleted...]
-        <v>852</v>
+        <v>640</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>1178</v>
+        <v>1277</v>
       </c>
       <c r="B210" t="s">
-        <v>379</v>
+        <v>363</v>
       </c>
       <c r="C210" t="s">
-        <v>1179</v>
+        <v>367</v>
       </c>
       <c r="D210" t="s">
-        <v>1180</v>
+        <v>368</v>
       </c>
       <c r="E210" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F210" t="s">
-        <v>1181</v>
+        <v>1278</v>
       </c>
       <c r="G210" t="s">
-        <v>1182</v>
+        <v>367</v>
       </c>
       <c r="H210" t="s">
-        <v>542</v>
+        <v>637</v>
+      </c>
+      <c r="J210" t="s">
+        <v>1279</v>
+      </c>
+      <c r="K210" t="s">
+        <v>1280</v>
+      </c>
+      <c r="L210" t="s">
+        <v>644</v>
+      </c>
+      <c r="M210" t="s">
+        <v>645</v>
       </c>
       <c r="N210" t="s">
-        <v>1183</v>
+        <v>1281</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1282</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>1184</v>
+        <v>1283</v>
       </c>
       <c r="B211" t="s">
-        <v>379</v>
+        <v>363</v>
       </c>
       <c r="C211" t="s">
-        <v>545</v>
+        <v>1284</v>
       </c>
       <c r="D211" t="s">
-        <v>546</v>
+        <v>1285</v>
       </c>
       <c r="E211" t="s">
-        <v>547</v>
+        <v>651</v>
+      </c>
+      <c r="F211" t="s">
+        <v>1286</v>
       </c>
       <c r="G211" t="s">
-        <v>545</v>
+        <v>1287</v>
       </c>
       <c r="H211" t="s">
-        <v>548</v>
+        <v>1288</v>
+      </c>
+      <c r="J211" t="s">
+        <v>1289</v>
+      </c>
+      <c r="K211" t="s">
+        <v>1290</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1291</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>1185</v>
+        <v>1292</v>
       </c>
       <c r="B212" t="s">
-        <v>386</v>
+        <v>363</v>
       </c>
       <c r="C212" t="s">
-        <v>905</v>
+        <v>1106</v>
       </c>
       <c r="D212" t="s">
-        <v>906</v>
+        <v>279</v>
       </c>
       <c r="E212" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>907</v>
+        <v>672</v>
       </c>
       <c r="G212" t="s">
-        <v>905</v>
+        <v>1106</v>
       </c>
       <c r="H212" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>910</v>
+        <v>673</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>1186</v>
+        <v>1293</v>
       </c>
       <c r="B213" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="C213" t="s">
-        <v>261</v>
+        <v>1122</v>
       </c>
       <c r="D213" t="s">
-        <v>39</v>
+        <v>1123</v>
       </c>
       <c r="E213" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F213" t="s">
-        <v>912</v>
+        <v>1124</v>
       </c>
       <c r="G213" t="s">
-        <v>261</v>
+        <v>1122</v>
       </c>
       <c r="H213" t="s">
-        <v>511</v>
+        <v>637</v>
+      </c>
+      <c r="I213" t="s">
+        <v>1125</v>
       </c>
       <c r="J213" t="s">
-        <v>913</v>
+        <v>1126</v>
       </c>
       <c r="K213" t="s">
-        <v>914</v>
-[...11 lines deleted...]
-        <v>916</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>1188</v>
+        <v>1294</v>
       </c>
       <c r="B214" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="C214" t="s">
-        <v>869</v>
+        <v>295</v>
       </c>
       <c r="D214" t="s">
-        <v>870</v>
+        <v>59</v>
       </c>
       <c r="E214" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F214" t="s">
-        <v>871</v>
+        <v>1129</v>
       </c>
       <c r="G214" t="s">
-        <v>869</v>
+        <v>295</v>
       </c>
       <c r="H214" t="s">
-        <v>526</v>
+        <v>637</v>
+      </c>
+      <c r="I214" t="s">
+        <v>1130</v>
+      </c>
+      <c r="J214" t="s">
+        <v>1295</v>
+      </c>
+      <c r="K214" t="s">
+        <v>1132</v>
+      </c>
+      <c r="L214" t="s">
+        <v>644</v>
+      </c>
+      <c r="M214" t="s">
+        <v>645</v>
       </c>
       <c r="N214" t="s">
-        <v>872</v>
+        <v>1296</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1134</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
-        <v>1189</v>
+        <v>1297</v>
       </c>
       <c r="B215" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="C215" t="s">
-        <v>874</v>
+        <v>1298</v>
       </c>
       <c r="D215" t="s">
-        <v>875</v>
+        <v>1299</v>
       </c>
       <c r="E215" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F215" t="s">
-        <v>876</v>
+        <v>1300</v>
       </c>
       <c r="G215" t="s">
-        <v>874</v>
+        <v>1298</v>
       </c>
       <c r="H215" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>877</v>
+        <v>653</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
-        <v>1190</v>
+        <v>1301</v>
       </c>
       <c r="B216" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="C216" t="s">
-        <v>1076</v>
+        <v>670</v>
       </c>
       <c r="D216" t="s">
-        <v>1077</v>
+        <v>671</v>
       </c>
       <c r="E216" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>1078</v>
+        <v>672</v>
       </c>
       <c r="G216" t="s">
-        <v>1076</v>
+        <v>670</v>
       </c>
       <c r="H216" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>1079</v>
+        <v>673</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
-        <v>1191</v>
+        <v>1302</v>
       </c>
       <c r="B217" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="C217" t="s">
-        <v>879</v>
+        <v>1179</v>
       </c>
       <c r="D217" t="s">
-        <v>880</v>
+        <v>1180</v>
       </c>
       <c r="E217" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F217" t="s">
-        <v>881</v>
+        <v>1181</v>
       </c>
       <c r="G217" t="s">
-        <v>879</v>
+        <v>1179</v>
       </c>
       <c r="H217" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>882</v>
+        <v>637</v>
+      </c>
+      <c r="I217" t="s">
+        <v>1182</v>
+      </c>
+      <c r="J217" t="s">
+        <v>1183</v>
+      </c>
+      <c r="K217" t="s">
+        <v>1184</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
-        <v>1192</v>
+        <v>1303</v>
       </c>
       <c r="B218" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="C218" t="s">
-        <v>884</v>
+        <v>323</v>
       </c>
       <c r="D218" t="s">
-        <v>885</v>
+        <v>59</v>
       </c>
       <c r="E218" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F218" t="s">
-        <v>886</v>
+        <v>1186</v>
       </c>
       <c r="G218" t="s">
-        <v>884</v>
+        <v>323</v>
       </c>
       <c r="H218" t="s">
-        <v>526</v>
+        <v>637</v>
+      </c>
+      <c r="I218" t="s">
+        <v>1182</v>
+      </c>
+      <c r="J218" t="s">
+        <v>1304</v>
+      </c>
+      <c r="K218" t="s">
+        <v>1188</v>
+      </c>
+      <c r="L218" t="s">
+        <v>644</v>
+      </c>
+      <c r="M218" t="s">
+        <v>645</v>
       </c>
       <c r="N218" t="s">
-        <v>887</v>
+        <v>1305</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1306</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
-        <v>1193</v>
+        <v>1307</v>
       </c>
       <c r="B219" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="C219" t="s">
-        <v>545</v>
+        <v>1069</v>
       </c>
       <c r="D219" t="s">
-        <v>546</v>
+        <v>266</v>
       </c>
       <c r="E219" t="s">
-        <v>547</v>
+        <v>672</v>
       </c>
       <c r="G219" t="s">
-        <v>545</v>
+        <v>1069</v>
       </c>
       <c r="H219" t="s">
-        <v>548</v>
+        <v>673</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
-        <v>1194</v>
+        <v>1308</v>
       </c>
       <c r="B220" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C220" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
       <c r="D220" t="s">
-        <v>606</v>
+        <v>634</v>
       </c>
       <c r="E220" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F220" t="s">
-        <v>607</v>
+        <v>636</v>
       </c>
       <c r="G220" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
       <c r="H220" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="I220" t="s">
-        <v>608</v>
+        <v>638</v>
       </c>
       <c r="J220" t="s">
-        <v>609</v>
+        <v>639</v>
       </c>
       <c r="K220" t="s">
-        <v>610</v>
+        <v>640</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
-        <v>1195</v>
+        <v>1309</v>
       </c>
       <c r="B221" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C221" t="s">
-        <v>220</v>
+        <v>367</v>
       </c>
       <c r="D221" t="s">
-        <v>221</v>
+        <v>368</v>
       </c>
       <c r="E221" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F221" t="s">
-        <v>821</v>
+        <v>1278</v>
       </c>
       <c r="G221" t="s">
-        <v>220</v>
+        <v>367</v>
       </c>
       <c r="H221" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="J221" t="s">
-        <v>822</v>
+        <v>1279</v>
       </c>
       <c r="K221" t="s">
-        <v>823</v>
+        <v>1280</v>
       </c>
       <c r="L221" t="s">
-        <v>517</v>
+        <v>644</v>
       </c>
       <c r="M221" t="s">
-        <v>518</v>
+        <v>645</v>
       </c>
       <c r="N221" t="s">
-        <v>1196</v>
+        <v>1310</v>
       </c>
       <c r="O221" t="s">
-        <v>1197</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
-        <v>1198</v>
+        <v>1311</v>
       </c>
       <c r="B222" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C222" t="s">
-        <v>847</v>
+        <v>1106</v>
       </c>
       <c r="D222" t="s">
-        <v>228</v>
+        <v>279</v>
       </c>
       <c r="E222" t="s">
-        <v>547</v>
+        <v>672</v>
       </c>
       <c r="G222" t="s">
-        <v>847</v>
+        <v>1106</v>
       </c>
       <c r="H222" t="s">
-        <v>548</v>
+        <v>673</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
-        <v>1199</v>
+        <v>1312</v>
       </c>
       <c r="B223" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C223" t="s">
-        <v>605</v>
+        <v>1179</v>
       </c>
       <c r="D223" t="s">
-        <v>606</v>
+        <v>1180</v>
       </c>
       <c r="E223" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F223" t="s">
-        <v>607</v>
+        <v>1181</v>
       </c>
       <c r="G223" t="s">
-        <v>605</v>
+        <v>1179</v>
       </c>
       <c r="H223" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="I223" t="s">
-        <v>608</v>
+        <v>1182</v>
       </c>
       <c r="J223" t="s">
-        <v>609</v>
+        <v>1183</v>
       </c>
       <c r="K223" t="s">
-        <v>610</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
-        <v>1200</v>
+        <v>1313</v>
       </c>
       <c r="B224" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C224" t="s">
-        <v>220</v>
+        <v>323</v>
       </c>
       <c r="D224" t="s">
-        <v>221</v>
+        <v>59</v>
       </c>
       <c r="E224" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F224" t="s">
-        <v>821</v>
+        <v>1186</v>
       </c>
       <c r="G224" t="s">
-        <v>220</v>
+        <v>323</v>
       </c>
       <c r="H224" t="s">
-        <v>511</v>
+        <v>637</v>
+      </c>
+      <c r="I224" t="s">
+        <v>1182</v>
       </c>
       <c r="J224" t="s">
-        <v>822</v>
+        <v>1187</v>
       </c>
       <c r="K224" t="s">
-        <v>823</v>
+        <v>1188</v>
       </c>
       <c r="L224" t="s">
-        <v>517</v>
+        <v>644</v>
       </c>
       <c r="M224" t="s">
-        <v>518</v>
+        <v>645</v>
       </c>
       <c r="N224" t="s">
-        <v>824</v>
+        <v>1189</v>
       </c>
       <c r="O224" t="s">
-        <v>825</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
-        <v>1201</v>
+        <v>1315</v>
       </c>
       <c r="B225" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C225" t="s">
-        <v>847</v>
+        <v>1148</v>
       </c>
       <c r="D225" t="s">
-        <v>228</v>
+        <v>1149</v>
       </c>
       <c r="E225" t="s">
-        <v>547</v>
+        <v>651</v>
+      </c>
+      <c r="F225" t="s">
+        <v>1150</v>
       </c>
       <c r="G225" t="s">
-        <v>847</v>
+        <v>1148</v>
       </c>
       <c r="H225" t="s">
-        <v>548</v>
+        <v>653</v>
+      </c>
+      <c r="N225" t="s">
+        <v>1151</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
-        <v>1202</v>
+        <v>1316</v>
       </c>
       <c r="B226" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="C226" t="s">
-        <v>660</v>
+        <v>1317</v>
       </c>
       <c r="D226" t="s">
-        <v>661</v>
+        <v>1318</v>
       </c>
       <c r="E226" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F226" t="s">
-        <v>662</v>
+        <v>1319</v>
       </c>
       <c r="G226" t="s">
-        <v>660</v>
+        <v>1317</v>
       </c>
       <c r="H226" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>665</v>
+        <v>653</v>
+      </c>
+      <c r="N226" t="s">
+        <v>1320</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
-        <v>1203</v>
+        <v>1321</v>
       </c>
       <c r="B227" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="C227" t="s">
-        <v>103</v>
+        <v>670</v>
       </c>
       <c r="D227" t="s">
-        <v>39</v>
+        <v>671</v>
       </c>
       <c r="E227" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="G227" t="s">
-        <v>103</v>
+        <v>670</v>
       </c>
       <c r="H227" t="s">
-        <v>511</v>
-[...20 lines deleted...]
-        <v>671</v>
+        <v>673</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
-        <v>1204</v>
+        <v>1322</v>
       </c>
       <c r="B228" t="s">
         <v>411</v>
       </c>
       <c r="C228" t="s">
-        <v>869</v>
+        <v>675</v>
       </c>
       <c r="D228" t="s">
-        <v>870</v>
+        <v>676</v>
       </c>
       <c r="E228" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F228" t="s">
-        <v>871</v>
+        <v>677</v>
       </c>
       <c r="G228" t="s">
-        <v>869</v>
+        <v>675</v>
       </c>
       <c r="H228" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>872</v>
+        <v>637</v>
+      </c>
+      <c r="I228" t="s">
+        <v>678</v>
+      </c>
+      <c r="J228" t="s">
+        <v>679</v>
+      </c>
+      <c r="K228" t="s">
+        <v>680</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
-        <v>1205</v>
+        <v>1323</v>
       </c>
       <c r="B229" t="s">
         <v>411</v>
       </c>
       <c r="C229" t="s">
-        <v>874</v>
+        <v>58</v>
       </c>
       <c r="D229" t="s">
-        <v>875</v>
+        <v>59</v>
       </c>
       <c r="E229" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F229" t="s">
-        <v>876</v>
+        <v>682</v>
       </c>
       <c r="G229" t="s">
-        <v>874</v>
+        <v>58</v>
       </c>
       <c r="H229" t="s">
-        <v>526</v>
+        <v>637</v>
+      </c>
+      <c r="I229" t="s">
+        <v>678</v>
+      </c>
+      <c r="J229" t="s">
+        <v>683</v>
+      </c>
+      <c r="K229" t="s">
+        <v>684</v>
+      </c>
+      <c r="L229" t="s">
+        <v>644</v>
+      </c>
+      <c r="M229" t="s">
+        <v>645</v>
       </c>
       <c r="N229" t="s">
-        <v>877</v>
+        <v>685</v>
+      </c>
+      <c r="O229" t="s">
+        <v>686</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
-        <v>1206</v>
+        <v>1324</v>
       </c>
       <c r="B230" t="s">
         <v>411</v>
       </c>
       <c r="C230" t="s">
-        <v>1076</v>
+        <v>1168</v>
       </c>
       <c r="D230" t="s">
-        <v>1077</v>
+        <v>1169</v>
       </c>
       <c r="E230" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F230" t="s">
-        <v>1078</v>
+        <v>1170</v>
       </c>
       <c r="G230" t="s">
-        <v>1076</v>
+        <v>1168</v>
       </c>
       <c r="H230" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="N230" t="s">
-        <v>1079</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
-        <v>1207</v>
+        <v>1325</v>
       </c>
       <c r="B231" t="s">
         <v>411</v>
       </c>
       <c r="C231" t="s">
-        <v>879</v>
+        <v>1326</v>
       </c>
       <c r="D231" t="s">
-        <v>880</v>
+        <v>1327</v>
       </c>
       <c r="E231" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F231" t="s">
-        <v>881</v>
+        <v>1328</v>
       </c>
       <c r="G231" t="s">
-        <v>879</v>
+        <v>1326</v>
       </c>
       <c r="H231" t="s">
-        <v>526</v>
+        <v>653</v>
+      </c>
+      <c r="K231" t="s">
+        <v>1329</v>
       </c>
       <c r="N231" t="s">
-        <v>882</v>
+        <v>1330</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1331</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
-        <v>1208</v>
+        <v>1332</v>
       </c>
       <c r="B232" t="s">
         <v>411</v>
       </c>
       <c r="C232" t="s">
-        <v>1209</v>
+        <v>1173</v>
       </c>
       <c r="D232" t="s">
-        <v>1210</v>
+        <v>1174</v>
       </c>
       <c r="E232" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F232" t="s">
-        <v>1211</v>
+        <v>1175</v>
       </c>
       <c r="G232" t="s">
-        <v>1212</v>
+        <v>1173</v>
       </c>
       <c r="H232" t="s">
-        <v>542</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>653</v>
       </c>
       <c r="N232" t="s">
-        <v>1213</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
-        <v>1214</v>
+        <v>1333</v>
       </c>
       <c r="B233" t="s">
         <v>411</v>
       </c>
       <c r="C233" t="s">
-        <v>545</v>
+        <v>1334</v>
       </c>
       <c r="D233" t="s">
-        <v>546</v>
+        <v>1335</v>
       </c>
       <c r="E233" t="s">
-        <v>547</v>
+        <v>660</v>
+      </c>
+      <c r="F233" t="s">
+        <v>1336</v>
       </c>
       <c r="G233" t="s">
-        <v>545</v>
+        <v>1337</v>
       </c>
       <c r="H233" t="s">
-        <v>548</v>
+        <v>718</v>
+      </c>
+      <c r="K233" t="s">
+        <v>711</v>
+      </c>
+      <c r="N233" t="s">
+        <v>1338</v>
+      </c>
+      <c r="O233" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
-        <v>1215</v>
+        <v>1339</v>
       </c>
       <c r="B234" t="s">
-        <v>419</v>
+        <v>411</v>
       </c>
       <c r="C234" t="s">
-        <v>605</v>
+        <v>1340</v>
       </c>
       <c r="D234" t="s">
-        <v>606</v>
+        <v>1341</v>
       </c>
       <c r="E234" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>607</v>
+        <v>972</v>
       </c>
       <c r="G234" t="s">
-        <v>605</v>
+        <v>1340</v>
       </c>
       <c r="H234" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>610</v>
+        <v>973</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
-        <v>1216</v>
+        <v>1342</v>
       </c>
       <c r="B235" t="s">
-        <v>419</v>
+        <v>411</v>
       </c>
       <c r="C235" t="s">
-        <v>220</v>
+        <v>670</v>
       </c>
       <c r="D235" t="s">
-        <v>221</v>
+        <v>671</v>
       </c>
       <c r="E235" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>821</v>
+        <v>672</v>
       </c>
       <c r="G235" t="s">
-        <v>220</v>
+        <v>670</v>
       </c>
       <c r="H235" t="s">
-        <v>511</v>
-[...17 lines deleted...]
-        <v>825</v>
+        <v>673</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
-        <v>1218</v>
+        <v>1343</v>
       </c>
       <c r="B236" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="C236" t="s">
-        <v>1219</v>
+        <v>1179</v>
       </c>
       <c r="D236" t="s">
-        <v>1220</v>
+        <v>1180</v>
       </c>
       <c r="E236" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F236" t="s">
-        <v>1221</v>
+        <v>1181</v>
       </c>
       <c r="G236" t="s">
-        <v>1222</v>
+        <v>1179</v>
       </c>
       <c r="H236" t="s">
-        <v>1223</v>
+        <v>637</v>
+      </c>
+      <c r="I236" t="s">
+        <v>1182</v>
       </c>
       <c r="J236" t="s">
-        <v>1224</v>
+        <v>1183</v>
       </c>
       <c r="K236" t="s">
-        <v>1225</v>
-[...2 lines deleted...]
-        <v>1226</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
-        <v>1227</v>
+        <v>1344</v>
       </c>
       <c r="B237" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="C237" t="s">
-        <v>847</v>
+        <v>323</v>
       </c>
       <c r="D237" t="s">
-        <v>228</v>
+        <v>59</v>
       </c>
       <c r="E237" t="s">
-        <v>547</v>
+        <v>635</v>
+      </c>
+      <c r="F237" t="s">
+        <v>1186</v>
       </c>
       <c r="G237" t="s">
-        <v>847</v>
+        <v>323</v>
       </c>
       <c r="H237" t="s">
-        <v>548</v>
+        <v>637</v>
+      </c>
+      <c r="I237" t="s">
+        <v>1182</v>
+      </c>
+      <c r="J237" t="s">
+        <v>1187</v>
+      </c>
+      <c r="K237" t="s">
+        <v>1188</v>
+      </c>
+      <c r="L237" t="s">
+        <v>644</v>
+      </c>
+      <c r="M237" t="s">
+        <v>645</v>
+      </c>
+      <c r="N237" t="s">
+        <v>1189</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1314</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
-        <v>1228</v>
+        <v>1345</v>
       </c>
       <c r="B238" t="s">
-        <v>426</v>
+        <v>418</v>
       </c>
       <c r="C238" t="s">
-        <v>660</v>
+        <v>1346</v>
       </c>
       <c r="D238" t="s">
-        <v>661</v>
+        <v>1347</v>
       </c>
       <c r="E238" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F238" t="s">
-        <v>662</v>
+        <v>1348</v>
       </c>
       <c r="G238" t="s">
-        <v>660</v>
+        <v>1349</v>
       </c>
       <c r="H238" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>665</v>
+        <v>718</v>
+      </c>
+      <c r="N238" t="s">
+        <v>1350</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
-        <v>1229</v>
+        <v>1351</v>
       </c>
       <c r="B239" t="s">
-        <v>426</v>
+        <v>418</v>
       </c>
       <c r="C239" t="s">
-        <v>103</v>
+        <v>670</v>
       </c>
       <c r="D239" t="s">
-        <v>39</v>
+        <v>671</v>
       </c>
       <c r="E239" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="G239" t="s">
-        <v>103</v>
+        <v>670</v>
       </c>
       <c r="H239" t="s">
-        <v>511</v>
-[...20 lines deleted...]
-        <v>671</v>
+        <v>673</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
-        <v>1231</v>
+        <v>1352</v>
       </c>
       <c r="B240" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="C240" t="s">
-        <v>545</v>
+        <v>633</v>
       </c>
       <c r="D240" t="s">
-        <v>546</v>
+        <v>634</v>
       </c>
       <c r="E240" t="s">
-        <v>547</v>
+        <v>635</v>
+      </c>
+      <c r="F240" t="s">
+        <v>636</v>
       </c>
       <c r="G240" t="s">
-        <v>545</v>
+        <v>633</v>
       </c>
       <c r="H240" t="s">
-        <v>548</v>
+        <v>637</v>
+      </c>
+      <c r="I240" t="s">
+        <v>638</v>
+      </c>
+      <c r="J240" t="s">
+        <v>639</v>
+      </c>
+      <c r="K240" t="s">
+        <v>640</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
-        <v>1232</v>
+        <v>1353</v>
       </c>
       <c r="B241" t="s">
-        <v>434</v>
+        <v>425</v>
       </c>
       <c r="C241" t="s">
-        <v>605</v>
+        <v>367</v>
       </c>
       <c r="D241" t="s">
-        <v>606</v>
+        <v>368</v>
       </c>
       <c r="E241" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F241" t="s">
-        <v>607</v>
+        <v>1278</v>
       </c>
       <c r="G241" t="s">
-        <v>605</v>
+        <v>367</v>
       </c>
       <c r="H241" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-        <v>608</v>
+        <v>637</v>
       </c>
       <c r="J241" t="s">
-        <v>609</v>
+        <v>1279</v>
       </c>
       <c r="K241" t="s">
-        <v>610</v>
+        <v>1280</v>
+      </c>
+      <c r="L241" t="s">
+        <v>644</v>
+      </c>
+      <c r="M241" t="s">
+        <v>645</v>
+      </c>
+      <c r="N241" t="s">
+        <v>1354</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1355</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
-        <v>1233</v>
+        <v>1356</v>
       </c>
       <c r="B242" t="s">
-        <v>434</v>
+        <v>425</v>
       </c>
       <c r="C242" t="s">
-        <v>220</v>
+        <v>1106</v>
       </c>
       <c r="D242" t="s">
-        <v>221</v>
+        <v>279</v>
       </c>
       <c r="E242" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>821</v>
+        <v>672</v>
       </c>
       <c r="G242" t="s">
-        <v>220</v>
+        <v>1106</v>
       </c>
       <c r="H242" t="s">
-        <v>511</v>
-[...17 lines deleted...]
-        <v>825</v>
+        <v>673</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
-        <v>1234</v>
+        <v>1357</v>
       </c>
       <c r="B243" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="C243" t="s">
-        <v>841</v>
+        <v>633</v>
       </c>
       <c r="D243" t="s">
-        <v>842</v>
+        <v>634</v>
       </c>
       <c r="E243" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F243" t="s">
-        <v>843</v>
+        <v>636</v>
       </c>
       <c r="G243" t="s">
-        <v>841</v>
+        <v>633</v>
       </c>
       <c r="H243" t="s">
-        <v>526</v>
+        <v>637</v>
+      </c>
+      <c r="I243" t="s">
+        <v>638</v>
       </c>
       <c r="J243" t="s">
-        <v>844</v>
+        <v>639</v>
       </c>
       <c r="K243" t="s">
-        <v>535</v>
-[...2 lines deleted...]
-        <v>845</v>
+        <v>640</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
-        <v>1235</v>
+        <v>1358</v>
       </c>
       <c r="B244" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="C244" t="s">
-        <v>847</v>
+        <v>367</v>
       </c>
       <c r="D244" t="s">
-        <v>228</v>
+        <v>368</v>
       </c>
       <c r="E244" t="s">
-        <v>547</v>
+        <v>635</v>
+      </c>
+      <c r="F244" t="s">
+        <v>1278</v>
       </c>
       <c r="G244" t="s">
-        <v>847</v>
+        <v>367</v>
       </c>
       <c r="H244" t="s">
-        <v>548</v>
+        <v>637</v>
+      </c>
+      <c r="J244" t="s">
+        <v>1279</v>
+      </c>
+      <c r="K244" t="s">
+        <v>1280</v>
+      </c>
+      <c r="L244" t="s">
+        <v>644</v>
+      </c>
+      <c r="M244" t="s">
+        <v>645</v>
+      </c>
+      <c r="N244" t="s">
+        <v>1310</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1282</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
-        <v>1236</v>
+        <v>1359</v>
       </c>
       <c r="B245" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
       <c r="C245" t="s">
-        <v>790</v>
+        <v>1360</v>
       </c>
       <c r="D245" t="s">
-        <v>791</v>
+        <v>1361</v>
       </c>
       <c r="E245" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F245" t="s">
-        <v>792</v>
+        <v>1362</v>
       </c>
       <c r="G245" t="s">
-        <v>790</v>
+        <v>1363</v>
       </c>
       <c r="H245" t="s">
-        <v>511</v>
-[...5 lines deleted...]
-        <v>794</v>
+        <v>761</v>
       </c>
       <c r="K245" t="s">
-        <v>795</v>
+        <v>711</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1364</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
-        <v>1237</v>
+        <v>1365</v>
       </c>
       <c r="B246" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
       <c r="C246" t="s">
-        <v>194</v>
+        <v>1366</v>
       </c>
       <c r="D246" t="s">
-        <v>195</v>
+        <v>1367</v>
       </c>
       <c r="E246" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F246" t="s">
-        <v>797</v>
+        <v>1368</v>
       </c>
       <c r="G246" t="s">
-        <v>194</v>
+        <v>1369</v>
       </c>
       <c r="H246" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-        <v>793</v>
+        <v>761</v>
       </c>
       <c r="J246" t="s">
-        <v>798</v>
+        <v>1370</v>
       </c>
       <c r="K246" t="s">
-        <v>799</v>
-[...8 lines deleted...]
-        <v>800</v>
+        <v>711</v>
       </c>
       <c r="O246" t="s">
-        <v>1238</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
-        <v>1239</v>
+        <v>1372</v>
       </c>
       <c r="B247" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
       <c r="C247" t="s">
-        <v>1104</v>
+        <v>1373</v>
       </c>
       <c r="D247" t="s">
-        <v>1105</v>
+        <v>1374</v>
       </c>
       <c r="E247" t="s">
-        <v>569</v>
+        <v>660</v>
       </c>
       <c r="F247" t="s">
-        <v>1106</v>
+        <v>1375</v>
       </c>
       <c r="G247" t="s">
-        <v>1107</v>
+        <v>1373</v>
       </c>
       <c r="H247" t="s">
-        <v>831</v>
+        <v>653</v>
       </c>
       <c r="J247" t="s">
-        <v>1015</v>
-[...2 lines deleted...]
-        <v>1105</v>
+        <v>1376</v>
+      </c>
+      <c r="K247" t="s">
+        <v>711</v>
       </c>
       <c r="O247" t="s">
-        <v>1108</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
-        <v>1240</v>
+        <v>1378</v>
       </c>
       <c r="B248" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
       <c r="C248" t="s">
-        <v>1241</v>
+        <v>1106</v>
       </c>
       <c r="D248" t="s">
-        <v>1242</v>
+        <v>279</v>
       </c>
       <c r="E248" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>1243</v>
+        <v>672</v>
       </c>
       <c r="G248" t="s">
-        <v>1244</v>
+        <v>1106</v>
       </c>
       <c r="H248" t="s">
-        <v>831</v>
-[...8 lines deleted...]
-        <v>1245</v>
+        <v>673</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
-        <v>1246</v>
+        <v>1379</v>
       </c>
       <c r="B249" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="C249" t="s">
-        <v>1247</v>
+        <v>722</v>
       </c>
       <c r="D249" t="s">
-        <v>1248</v>
+        <v>723</v>
       </c>
       <c r="E249" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F249" t="s">
-        <v>1249</v>
+        <v>724</v>
       </c>
       <c r="G249" t="s">
-        <v>1250</v>
+        <v>722</v>
       </c>
       <c r="H249" t="s">
-        <v>831</v>
+        <v>637</v>
+      </c>
+      <c r="I249" t="s">
+        <v>725</v>
       </c>
       <c r="J249" t="s">
-        <v>1015</v>
+        <v>726</v>
       </c>
       <c r="K249" t="s">
-        <v>1251</v>
-[...5 lines deleted...]
-        <v>1252</v>
+        <v>727</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
-        <v>1253</v>
+        <v>1380</v>
       </c>
       <c r="B250" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="C250" t="s">
-        <v>1117</v>
+        <v>85</v>
       </c>
       <c r="D250" t="s">
-        <v>343</v>
+        <v>86</v>
       </c>
       <c r="E250" t="s">
-        <v>547</v>
+        <v>635</v>
+      </c>
+      <c r="F250" t="s">
+        <v>729</v>
       </c>
       <c r="G250" t="s">
-        <v>1117</v>
+        <v>85</v>
       </c>
       <c r="H250" t="s">
-        <v>548</v>
+        <v>637</v>
+      </c>
+      <c r="I250" t="s">
+        <v>725</v>
+      </c>
+      <c r="J250" t="s">
+        <v>730</v>
+      </c>
+      <c r="K250" t="s">
+        <v>731</v>
+      </c>
+      <c r="L250" t="s">
+        <v>644</v>
+      </c>
+      <c r="M250" t="s">
+        <v>645</v>
+      </c>
+      <c r="N250" t="s">
+        <v>732</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1381</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
-        <v>1254</v>
+        <v>1382</v>
       </c>
       <c r="B251" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="C251" t="s">
-        <v>605</v>
+        <v>1383</v>
       </c>
       <c r="D251" t="s">
-        <v>606</v>
+        <v>1384</v>
       </c>
       <c r="E251" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F251" t="s">
-        <v>607</v>
+        <v>1385</v>
       </c>
       <c r="G251" t="s">
-        <v>605</v>
+        <v>1386</v>
       </c>
       <c r="H251" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-        <v>608</v>
+        <v>761</v>
       </c>
       <c r="J251" t="s">
-        <v>609</v>
+        <v>762</v>
       </c>
       <c r="K251" t="s">
-        <v>610</v>
+        <v>1387</v>
+      </c>
+      <c r="N251" t="s">
+        <v>1384</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1388</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
-        <v>1255</v>
+        <v>1389</v>
       </c>
       <c r="B252" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="C252" t="s">
-        <v>220</v>
+        <v>1390</v>
       </c>
       <c r="D252" t="s">
-        <v>221</v>
+        <v>1391</v>
       </c>
       <c r="E252" t="s">
-        <v>509</v>
+        <v>651</v>
       </c>
       <c r="F252" t="s">
-        <v>821</v>
+        <v>1392</v>
       </c>
       <c r="G252" t="s">
-        <v>220</v>
+        <v>1393</v>
       </c>
       <c r="H252" t="s">
-        <v>511</v>
+        <v>761</v>
       </c>
       <c r="J252" t="s">
-        <v>822</v>
+        <v>762</v>
       </c>
       <c r="K252" t="s">
-        <v>823</v>
-[...5 lines deleted...]
-        <v>518</v>
+        <v>1394</v>
       </c>
       <c r="N252" t="s">
-        <v>824</v>
+        <v>1391</v>
       </c>
       <c r="O252" t="s">
-        <v>825</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
-        <v>1256</v>
+        <v>1396</v>
       </c>
       <c r="B253" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="C253" t="s">
-        <v>847</v>
+        <v>929</v>
       </c>
       <c r="D253" t="s">
-        <v>228</v>
+        <v>930</v>
       </c>
       <c r="E253" t="s">
-        <v>547</v>
+        <v>651</v>
+      </c>
+      <c r="F253" t="s">
+        <v>931</v>
       </c>
       <c r="G253" t="s">
-        <v>847</v>
+        <v>932</v>
       </c>
       <c r="H253" t="s">
-        <v>548</v>
+        <v>761</v>
+      </c>
+      <c r="J253" t="s">
+        <v>762</v>
+      </c>
+      <c r="N253" t="s">
+        <v>930</v>
+      </c>
+      <c r="O253" t="s">
+        <v>933</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
-        <v>1257</v>
+        <v>1397</v>
       </c>
       <c r="B254" t="s">
-        <v>456</v>
+        <v>441</v>
       </c>
       <c r="C254" t="s">
-        <v>605</v>
+        <v>1398</v>
       </c>
       <c r="D254" t="s">
-        <v>606</v>
+        <v>1399</v>
       </c>
       <c r="E254" t="s">
-        <v>509</v>
+        <v>660</v>
       </c>
       <c r="F254" t="s">
-        <v>607</v>
+        <v>1400</v>
       </c>
       <c r="G254" t="s">
-        <v>605</v>
+        <v>1401</v>
       </c>
       <c r="H254" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-        <v>608</v>
+        <v>761</v>
       </c>
       <c r="J254" t="s">
-        <v>609</v>
+        <v>762</v>
       </c>
       <c r="K254" t="s">
-        <v>610</v>
+        <v>1402</v>
+      </c>
+      <c r="N254" t="s">
+        <v>1399</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1403</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
-        <v>1258</v>
+        <v>1404</v>
       </c>
       <c r="B255" t="s">
-        <v>456</v>
+        <v>441</v>
       </c>
       <c r="C255" t="s">
-        <v>220</v>
+        <v>948</v>
       </c>
       <c r="D255" t="s">
-        <v>221</v>
+        <v>184</v>
       </c>
       <c r="E255" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>821</v>
+        <v>672</v>
       </c>
       <c r="G255" t="s">
-        <v>220</v>
+        <v>948</v>
       </c>
       <c r="H255" t="s">
-        <v>511</v>
-[...17 lines deleted...]
-        <v>825</v>
+        <v>673</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
-        <v>1259</v>
+        <v>1405</v>
       </c>
       <c r="B256" t="s">
-        <v>456</v>
+        <v>448</v>
       </c>
       <c r="C256" t="s">
-        <v>847</v>
+        <v>633</v>
       </c>
       <c r="D256" t="s">
-        <v>228</v>
+        <v>634</v>
       </c>
       <c r="E256" t="s">
-        <v>547</v>
+        <v>635</v>
+      </c>
+      <c r="F256" t="s">
+        <v>636</v>
       </c>
       <c r="G256" t="s">
-        <v>847</v>
+        <v>633</v>
       </c>
       <c r="H256" t="s">
-        <v>548</v>
+        <v>637</v>
+      </c>
+      <c r="I256" t="s">
+        <v>638</v>
+      </c>
+      <c r="J256" t="s">
+        <v>639</v>
+      </c>
+      <c r="K256" t="s">
+        <v>640</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
-        <v>1260</v>
+        <v>1406</v>
       </c>
       <c r="B257" t="s">
-        <v>464</v>
+        <v>448</v>
       </c>
       <c r="C257" t="s">
-        <v>660</v>
+        <v>367</v>
       </c>
       <c r="D257" t="s">
-        <v>661</v>
+        <v>368</v>
       </c>
       <c r="E257" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F257" t="s">
-        <v>662</v>
+        <v>1278</v>
       </c>
       <c r="G257" t="s">
-        <v>660</v>
+        <v>367</v>
       </c>
       <c r="H257" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-        <v>663</v>
+        <v>637</v>
       </c>
       <c r="J257" t="s">
-        <v>664</v>
+        <v>1279</v>
       </c>
       <c r="K257" t="s">
-        <v>665</v>
+        <v>1280</v>
+      </c>
+      <c r="L257" t="s">
+        <v>644</v>
+      </c>
+      <c r="M257" t="s">
+        <v>645</v>
+      </c>
+      <c r="N257" t="s">
+        <v>1310</v>
+      </c>
+      <c r="O257" t="s">
+        <v>1282</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
-        <v>1261</v>
+        <v>1407</v>
       </c>
       <c r="B258" t="s">
-        <v>464</v>
+        <v>448</v>
       </c>
       <c r="C258" t="s">
-        <v>103</v>
+        <v>1106</v>
       </c>
       <c r="D258" t="s">
-        <v>39</v>
+        <v>279</v>
       </c>
       <c r="E258" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="G258" t="s">
-        <v>103</v>
+        <v>1106</v>
       </c>
       <c r="H258" t="s">
-        <v>511</v>
-[...20 lines deleted...]
-        <v>671</v>
+        <v>673</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
-        <v>1262</v>
+        <v>1408</v>
       </c>
       <c r="B259" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="C259" t="s">
-        <v>1042</v>
+        <v>675</v>
       </c>
       <c r="D259" t="s">
-        <v>1043</v>
+        <v>676</v>
       </c>
       <c r="E259" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F259" t="s">
-        <v>1044</v>
+        <v>677</v>
       </c>
       <c r="G259" t="s">
-        <v>1042</v>
+        <v>675</v>
       </c>
       <c r="H259" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>1045</v>
+        <v>637</v>
+      </c>
+      <c r="I259" t="s">
+        <v>678</v>
+      </c>
+      <c r="J259" t="s">
+        <v>679</v>
+      </c>
+      <c r="K259" t="s">
+        <v>680</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
-        <v>1263</v>
+        <v>1409</v>
       </c>
       <c r="B260" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="C260" t="s">
-        <v>1264</v>
+        <v>58</v>
       </c>
       <c r="D260" t="s">
-        <v>1265</v>
+        <v>59</v>
       </c>
       <c r="E260" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F260" t="s">
-        <v>1266</v>
+        <v>682</v>
       </c>
       <c r="G260" t="s">
-        <v>1264</v>
+        <v>58</v>
       </c>
       <c r="H260" t="s">
-        <v>526</v>
+        <v>637</v>
+      </c>
+      <c r="I260" t="s">
+        <v>678</v>
+      </c>
+      <c r="J260" t="s">
+        <v>683</v>
       </c>
       <c r="K260" t="s">
-        <v>1267</v>
+        <v>684</v>
+      </c>
+      <c r="L260" t="s">
+        <v>644</v>
+      </c>
+      <c r="M260" t="s">
+        <v>645</v>
       </c>
       <c r="N260" t="s">
-        <v>1268</v>
+        <v>1410</v>
       </c>
       <c r="O260" t="s">
-        <v>1269</v>
+        <v>686</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
-        <v>1270</v>
+        <v>1411</v>
       </c>
       <c r="B261" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="C261" t="s">
-        <v>1047</v>
+        <v>670</v>
       </c>
       <c r="D261" t="s">
-        <v>1048</v>
+        <v>671</v>
       </c>
       <c r="E261" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>1049</v>
+        <v>672</v>
       </c>
       <c r="G261" t="s">
-        <v>1047</v>
+        <v>670</v>
       </c>
       <c r="H261" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>1050</v>
+        <v>673</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
-        <v>1271</v>
+        <v>1412</v>
       </c>
       <c r="B262" t="s">
         <v>464</v>
       </c>
       <c r="C262" t="s">
-        <v>1272</v>
+        <v>633</v>
       </c>
       <c r="D262" t="s">
-        <v>1273</v>
+        <v>634</v>
       </c>
       <c r="E262" t="s">
-        <v>569</v>
+        <v>635</v>
       </c>
       <c r="F262" t="s">
-        <v>1274</v>
+        <v>636</v>
       </c>
       <c r="G262" t="s">
-        <v>1275</v>
+        <v>633</v>
       </c>
       <c r="H262" t="s">
-        <v>542</v>
+        <v>637</v>
+      </c>
+      <c r="I262" t="s">
+        <v>638</v>
+      </c>
+      <c r="J262" t="s">
+        <v>639</v>
       </c>
       <c r="K262" t="s">
-        <v>535</v>
-[...5 lines deleted...]
-        <v>535</v>
+        <v>640</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
-        <v>1277</v>
+        <v>1413</v>
       </c>
       <c r="B263" t="s">
         <v>464</v>
       </c>
       <c r="C263" t="s">
+        <v>367</v>
+      </c>
+      <c r="D263" t="s">
+        <v>368</v>
+      </c>
+      <c r="E263" t="s">
+        <v>635</v>
+      </c>
+      <c r="F263" t="s">
         <v>1278</v>
       </c>
-      <c r="D263" t="s">
+      <c r="G263" t="s">
+        <v>367</v>
+      </c>
+      <c r="H263" t="s">
+        <v>637</v>
+      </c>
+      <c r="J263" t="s">
         <v>1279</v>
       </c>
-      <c r="E263" t="s">
-[...6 lines deleted...]
-        <v>740</v>
+      <c r="K263" t="s">
+        <v>1280</v>
+      </c>
+      <c r="L263" t="s">
+        <v>644</v>
+      </c>
+      <c r="M263" t="s">
+        <v>645</v>
+      </c>
+      <c r="N263" t="s">
+        <v>1310</v>
+      </c>
+      <c r="O263" t="s">
+        <v>1282</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
-        <v>1280</v>
+        <v>1414</v>
       </c>
       <c r="B264" t="s">
         <v>464</v>
       </c>
       <c r="C264" t="s">
-        <v>545</v>
+        <v>1373</v>
       </c>
       <c r="D264" t="s">
-        <v>546</v>
+        <v>1374</v>
       </c>
       <c r="E264" t="s">
-        <v>547</v>
+        <v>651</v>
+      </c>
+      <c r="F264" t="s">
+        <v>1375</v>
       </c>
       <c r="G264" t="s">
-        <v>545</v>
+        <v>1373</v>
       </c>
       <c r="H264" t="s">
-        <v>548</v>
+        <v>653</v>
+      </c>
+      <c r="J264" t="s">
+        <v>1376</v>
+      </c>
+      <c r="K264" t="s">
+        <v>711</v>
+      </c>
+      <c r="O264" t="s">
+        <v>1377</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
-        <v>1281</v>
+        <v>1415</v>
       </c>
       <c r="B265" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="C265" t="s">
-        <v>605</v>
+        <v>1106</v>
       </c>
       <c r="D265" t="s">
-        <v>606</v>
+        <v>279</v>
       </c>
       <c r="E265" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>607</v>
+        <v>672</v>
       </c>
       <c r="G265" t="s">
-        <v>605</v>
+        <v>1106</v>
       </c>
       <c r="H265" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>610</v>
+        <v>673</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
-        <v>1282</v>
+        <v>1416</v>
       </c>
       <c r="B266" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C266" t="s">
-        <v>220</v>
+        <v>633</v>
       </c>
       <c r="D266" t="s">
-        <v>221</v>
+        <v>634</v>
       </c>
       <c r="E266" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F266" t="s">
-        <v>821</v>
+        <v>636</v>
       </c>
       <c r="G266" t="s">
-        <v>220</v>
+        <v>633</v>
       </c>
       <c r="H266" t="s">
-        <v>511</v>
+        <v>637</v>
+      </c>
+      <c r="I266" t="s">
+        <v>638</v>
       </c>
       <c r="J266" t="s">
-        <v>822</v>
+        <v>639</v>
       </c>
       <c r="K266" t="s">
-        <v>823</v>
-[...11 lines deleted...]
-        <v>825</v>
+        <v>640</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
-        <v>1283</v>
+        <v>1417</v>
       </c>
       <c r="B267" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C267" t="s">
-        <v>847</v>
+        <v>367</v>
       </c>
       <c r="D267" t="s">
-        <v>228</v>
+        <v>368</v>
       </c>
       <c r="E267" t="s">
-        <v>547</v>
+        <v>635</v>
+      </c>
+      <c r="F267" t="s">
+        <v>1278</v>
       </c>
       <c r="G267" t="s">
-        <v>847</v>
+        <v>367</v>
       </c>
       <c r="H267" t="s">
-        <v>548</v>
+        <v>637</v>
+      </c>
+      <c r="J267" t="s">
+        <v>1279</v>
+      </c>
+      <c r="K267" t="s">
+        <v>1280</v>
+      </c>
+      <c r="L267" t="s">
+        <v>644</v>
+      </c>
+      <c r="M267" t="s">
+        <v>645</v>
+      </c>
+      <c r="N267" t="s">
+        <v>1310</v>
+      </c>
+      <c r="O267" t="s">
+        <v>1282</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
-        <v>1284</v>
+        <v>1418</v>
       </c>
       <c r="B268" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="C268" t="s">
-        <v>1053</v>
+        <v>1106</v>
       </c>
       <c r="D268" t="s">
-        <v>1054</v>
+        <v>279</v>
       </c>
       <c r="E268" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>1055</v>
+        <v>672</v>
       </c>
       <c r="G268" t="s">
-        <v>1053</v>
+        <v>1106</v>
       </c>
       <c r="H268" t="s">
-        <v>511</v>
-[...8 lines deleted...]
-        <v>1058</v>
+        <v>673</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
-        <v>1285</v>
+        <v>1419</v>
       </c>
       <c r="B269" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C269" t="s">
-        <v>321</v>
+        <v>633</v>
       </c>
       <c r="D269" t="s">
-        <v>39</v>
+        <v>634</v>
       </c>
       <c r="E269" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F269" t="s">
-        <v>1060</v>
+        <v>636</v>
       </c>
       <c r="G269" t="s">
-        <v>321</v>
+        <v>633</v>
       </c>
       <c r="H269" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="I269" t="s">
-        <v>1061</v>
+        <v>638</v>
       </c>
       <c r="J269" t="s">
-        <v>1286</v>
+        <v>639</v>
       </c>
       <c r="K269" t="s">
-        <v>1063</v>
-[...11 lines deleted...]
-        <v>1065</v>
+        <v>640</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
-        <v>1288</v>
+        <v>1420</v>
       </c>
       <c r="B270" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C270" t="s">
-        <v>1289</v>
+        <v>367</v>
       </c>
       <c r="D270" t="s">
-        <v>1290</v>
+        <v>368</v>
       </c>
       <c r="E270" t="s">
-        <v>524</v>
+        <v>635</v>
       </c>
       <c r="F270" t="s">
-        <v>1291</v>
+        <v>1278</v>
       </c>
       <c r="G270" t="s">
-        <v>1292</v>
+        <v>367</v>
       </c>
       <c r="H270" t="s">
-        <v>542</v>
+        <v>637</v>
       </c>
       <c r="J270" t="s">
-        <v>1293</v>
+        <v>1279</v>
       </c>
       <c r="K270" t="s">
-        <v>535</v>
+        <v>1280</v>
+      </c>
+      <c r="L270" t="s">
+        <v>644</v>
+      </c>
+      <c r="M270" t="s">
+        <v>645</v>
       </c>
       <c r="N270" t="s">
-        <v>1294</v>
+        <v>1310</v>
       </c>
       <c r="O270" t="s">
-        <v>535</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
-        <v>1295</v>
+        <v>1421</v>
       </c>
       <c r="B271" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C271" t="s">
-        <v>545</v>
+        <v>1106</v>
       </c>
       <c r="D271" t="s">
-        <v>546</v>
+        <v>279</v>
       </c>
       <c r="E271" t="s">
-        <v>547</v>
+        <v>672</v>
       </c>
       <c r="G271" t="s">
-        <v>545</v>
+        <v>1106</v>
       </c>
       <c r="H271" t="s">
-        <v>548</v>
+        <v>673</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
-        <v>1296</v>
+        <v>1422</v>
       </c>
       <c r="B272" t="s">
         <v>486</v>
       </c>
       <c r="C272" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
       <c r="D272" t="s">
-        <v>606</v>
+        <v>634</v>
       </c>
       <c r="E272" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F272" t="s">
-        <v>607</v>
+        <v>636</v>
       </c>
       <c r="G272" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
       <c r="H272" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="I272" t="s">
-        <v>608</v>
+        <v>638</v>
       </c>
       <c r="J272" t="s">
-        <v>609</v>
+        <v>639</v>
       </c>
       <c r="K272" t="s">
-        <v>610</v>
+        <v>640</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
-        <v>1297</v>
+        <v>1423</v>
       </c>
       <c r="B273" t="s">
         <v>486</v>
       </c>
       <c r="C273" t="s">
-        <v>74</v>
+        <v>38</v>
       </c>
       <c r="D273" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E273" t="s">
-        <v>509</v>
+        <v>635</v>
       </c>
       <c r="F273" t="s">
-        <v>612</v>
+        <v>642</v>
       </c>
       <c r="G273" t="s">
-        <v>74</v>
+        <v>38</v>
       </c>
       <c r="H273" t="s">
-        <v>511</v>
+        <v>637</v>
       </c>
       <c r="J273" t="s">
-        <v>613</v>
+        <v>643</v>
       </c>
       <c r="K273" t="s">
-        <v>610</v>
+        <v>640</v>
       </c>
       <c r="L273" t="s">
-        <v>517</v>
+        <v>644</v>
       </c>
       <c r="M273" t="s">
-        <v>518</v>
+        <v>645</v>
       </c>
       <c r="N273" t="s">
-        <v>614</v>
+        <v>646</v>
       </c>
       <c r="O273" t="s">
-        <v>615</v>
+        <v>647</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
-        <v>1298</v>
+        <v>1424</v>
       </c>
       <c r="B274" t="s">
         <v>486</v>
       </c>
       <c r="C274" t="s">
-        <v>643</v>
+        <v>777</v>
       </c>
       <c r="D274" t="s">
-        <v>644</v>
+        <v>778</v>
       </c>
       <c r="E274" t="s">
-        <v>569</v>
+        <v>660</v>
       </c>
       <c r="F274" t="s">
-        <v>645</v>
+        <v>779</v>
       </c>
       <c r="G274" t="s">
-        <v>643</v>
+        <v>777</v>
       </c>
       <c r="H274" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="N274" t="s">
-        <v>646</v>
+        <v>780</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
-        <v>1299</v>
+        <v>1425</v>
       </c>
       <c r="B275" t="s">
         <v>486</v>
       </c>
       <c r="C275" t="s">
-        <v>1135</v>
+        <v>1205</v>
       </c>
       <c r="D275" t="s">
-        <v>1136</v>
+        <v>1206</v>
       </c>
       <c r="E275" t="s">
-        <v>524</v>
+        <v>651</v>
       </c>
       <c r="F275" t="s">
-        <v>1137</v>
+        <v>1207</v>
       </c>
       <c r="G275" t="s">
-        <v>1135</v>
+        <v>1205</v>
       </c>
       <c r="H275" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="N275" t="s">
-        <v>1138</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
-        <v>1300</v>
+        <v>1426</v>
       </c>
       <c r="B276" t="s">
         <v>486</v>
       </c>
       <c r="C276" t="s">
-        <v>1301</v>
+        <v>1427</v>
       </c>
       <c r="D276" t="s">
-        <v>1302</v>
+        <v>1428</v>
       </c>
       <c r="E276" t="s">
-        <v>569</v>
+        <v>660</v>
       </c>
       <c r="F276" t="s">
-        <v>1303</v>
+        <v>1429</v>
       </c>
       <c r="G276" t="s">
-        <v>1304</v>
+        <v>1430</v>
       </c>
       <c r="H276" t="s">
-        <v>542</v>
+        <v>718</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
-        <v>1305</v>
+        <v>1431</v>
       </c>
       <c r="B277" t="s">
         <v>486</v>
       </c>
       <c r="C277" t="s">
-        <v>1306</v>
+        <v>1432</v>
       </c>
       <c r="D277" t="s">
-        <v>1307</v>
+        <v>1433</v>
       </c>
       <c r="E277" t="s">
-        <v>569</v>
+        <v>660</v>
       </c>
       <c r="F277" t="s">
-        <v>1308</v>
+        <v>1434</v>
       </c>
       <c r="G277" t="s">
-        <v>1306</v>
+        <v>1432</v>
       </c>
       <c r="H277" t="s">
-        <v>526</v>
+        <v>653</v>
       </c>
       <c r="N277" t="s">
-        <v>1309</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
-        <v>1310</v>
+        <v>1436</v>
       </c>
       <c r="B278" t="s">
         <v>486</v>
       </c>
       <c r="C278" t="s">
-        <v>1311</v>
+        <v>1437</v>
       </c>
       <c r="D278" t="s">
-        <v>1312</v>
+        <v>1438</v>
       </c>
       <c r="E278" t="s">
-        <v>739</v>
+        <v>972</v>
       </c>
       <c r="G278" t="s">
-        <v>1311</v>
+        <v>1437</v>
       </c>
       <c r="H278" t="s">
-        <v>740</v>
+        <v>973</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
-        <v>1313</v>
+        <v>1439</v>
       </c>
       <c r="B279" t="s">
         <v>486</v>
       </c>
       <c r="C279" t="s">
-        <v>1314</v>
+        <v>1440</v>
       </c>
       <c r="D279" t="s">
-        <v>1315</v>
+        <v>1441</v>
       </c>
       <c r="E279" t="s">
-        <v>739</v>
+        <v>972</v>
       </c>
       <c r="G279" t="s">
-        <v>1314</v>
+        <v>1440</v>
       </c>
       <c r="H279" t="s">
-        <v>740</v>
+        <v>973</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
-        <v>1316</v>
+        <v>1442</v>
       </c>
       <c r="B280" t="s">
         <v>486</v>
       </c>
       <c r="C280" t="s">
-        <v>545</v>
+        <v>670</v>
       </c>
       <c r="D280" t="s">
-        <v>546</v>
+        <v>671</v>
       </c>
       <c r="E280" t="s">
-        <v>547</v>
+        <v>672</v>
       </c>
       <c r="G280" t="s">
-        <v>545</v>
+        <v>670</v>
       </c>
       <c r="H280" t="s">
-        <v>548</v>
+        <v>673</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>1317</v>
+        <v>1443</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>493</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>494</v>
+        <v>620</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1318</v>
+        <v>1444</v>
       </c>
       <c r="B2" t="s">
-        <v>514</v>
+        <v>641</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
-        <v>507</v>
+        <v>633</v>
       </c>
       <c r="E2" t="s">
-        <v>508</v>
+        <v>634</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1319</v>
+        <v>1445</v>
       </c>
       <c r="B3" t="s">
-        <v>556</v>
+        <v>681</v>
       </c>
       <c r="C3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D3" t="s">
-        <v>550</v>
+        <v>675</v>
       </c>
       <c r="E3" t="s">
-        <v>551</v>
+        <v>676</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1320</v>
+        <v>1446</v>
       </c>
       <c r="B4" t="s">
-        <v>611</v>
+        <v>694</v>
       </c>
       <c r="C4" t="s">
         <v>70</v>
       </c>
       <c r="D4" t="s">
-        <v>605</v>
+        <v>689</v>
       </c>
       <c r="E4" t="s">
-        <v>606</v>
+        <v>690</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1321</v>
+        <v>1447</v>
       </c>
       <c r="B5" t="s">
-        <v>635</v>
+        <v>728</v>
       </c>
       <c r="C5" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D5" t="s">
-        <v>605</v>
+        <v>722</v>
       </c>
       <c r="E5" t="s">
-        <v>606</v>
+        <v>723</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1322</v>
+        <v>1448</v>
       </c>
       <c r="B6" t="s">
-        <v>641</v>
+        <v>769</v>
       </c>
       <c r="C6" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D6" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
       <c r="E6" t="s">
-        <v>606</v>
+        <v>634</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1323</v>
+        <v>1449</v>
       </c>
       <c r="B7" t="s">
-        <v>666</v>
+        <v>775</v>
       </c>
       <c r="C7" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D7" t="s">
-        <v>660</v>
+        <v>633</v>
       </c>
       <c r="E7" t="s">
-        <v>661</v>
+        <v>634</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1324</v>
+        <v>1450</v>
       </c>
       <c r="B8" t="s">
-        <v>674</v>
+        <v>800</v>
       </c>
       <c r="C8" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D8" t="s">
-        <v>605</v>
+        <v>794</v>
       </c>
       <c r="E8" t="s">
-        <v>606</v>
+        <v>795</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1325</v>
+        <v>1451</v>
       </c>
       <c r="B9" t="s">
-        <v>707</v>
+        <v>812</v>
       </c>
       <c r="C9" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D9" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
       <c r="E9" t="s">
-        <v>606</v>
+        <v>634</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1326</v>
+        <v>1452</v>
       </c>
       <c r="B10" t="s">
-        <v>713</v>
+        <v>845</v>
       </c>
       <c r="C10" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D10" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
       <c r="E10" t="s">
-        <v>606</v>
+        <v>634</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1327</v>
+        <v>1453</v>
       </c>
       <c r="B11" t="s">
-        <v>718</v>
+        <v>851</v>
       </c>
       <c r="C11" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D11" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
       <c r="E11" t="s">
-        <v>606</v>
+        <v>634</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1328</v>
+        <v>1454</v>
       </c>
       <c r="B12" t="s">
-        <v>725</v>
+        <v>862</v>
       </c>
       <c r="C12" t="s">
         <v>146</v>
       </c>
       <c r="D12" t="s">
-        <v>605</v>
+        <v>856</v>
       </c>
       <c r="E12" t="s">
-        <v>606</v>
+        <v>857</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1329</v>
+        <v>1455</v>
       </c>
       <c r="B13" t="s">
-        <v>743</v>
+        <v>909</v>
       </c>
       <c r="C13" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="D13" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
       <c r="E13" t="s">
-        <v>606</v>
+        <v>634</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1330</v>
+        <v>1456</v>
       </c>
       <c r="B14" t="s">
-        <v>753</v>
+        <v>916</v>
       </c>
       <c r="C14" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="D14" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
       <c r="E14" t="s">
-        <v>606</v>
+        <v>634</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1331</v>
+        <v>1457</v>
       </c>
       <c r="B15" t="s">
-        <v>763</v>
+        <v>926</v>
       </c>
       <c r="C15" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="D15" t="s">
-        <v>605</v>
+        <v>722</v>
       </c>
       <c r="E15" t="s">
-        <v>606</v>
+        <v>723</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1332</v>
+        <v>1458</v>
       </c>
       <c r="B16" t="s">
-        <v>778</v>
+        <v>950</v>
       </c>
       <c r="C16" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="D16" t="s">
-        <v>772</v>
+        <v>633</v>
       </c>
       <c r="E16" t="s">
-        <v>773</v>
+        <v>634</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1333</v>
+        <v>1459</v>
       </c>
       <c r="B17" t="s">
-        <v>796</v>
+        <v>958</v>
       </c>
       <c r="C17" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="D17" t="s">
-        <v>790</v>
+        <v>633</v>
       </c>
       <c r="E17" t="s">
-        <v>791</v>
+        <v>634</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1334</v>
+        <v>1460</v>
       </c>
       <c r="B18" t="s">
-        <v>812</v>
+        <v>976</v>
       </c>
       <c r="C18" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D18" t="s">
-        <v>806</v>
+        <v>633</v>
       </c>
       <c r="E18" t="s">
-        <v>807</v>
+        <v>634</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1335</v>
+        <v>1461</v>
       </c>
       <c r="B19" t="s">
-        <v>820</v>
+        <v>991</v>
       </c>
       <c r="C19" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D19" t="s">
-        <v>605</v>
+        <v>985</v>
       </c>
       <c r="E19" t="s">
-        <v>606</v>
+        <v>986</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1336</v>
+        <v>1462</v>
       </c>
       <c r="B20" t="s">
-        <v>849</v>
+        <v>999</v>
       </c>
       <c r="C20" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="D20" t="s">
-        <v>806</v>
+        <v>985</v>
       </c>
       <c r="E20" t="s">
-        <v>807</v>
+        <v>986</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1337</v>
+        <v>1463</v>
       </c>
       <c r="B21" t="s">
-        <v>865</v>
+        <v>1024</v>
       </c>
       <c r="C21" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="D21" t="s">
-        <v>772</v>
+        <v>675</v>
       </c>
       <c r="E21" t="s">
-        <v>773</v>
+        <v>676</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1338</v>
+        <v>1464</v>
       </c>
       <c r="B22" t="s">
-        <v>890</v>
+        <v>1033</v>
       </c>
       <c r="C22" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="D22" t="s">
-        <v>772</v>
+        <v>1027</v>
       </c>
       <c r="E22" t="s">
-        <v>773</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1339</v>
+        <v>1465</v>
       </c>
       <c r="B23" t="s">
-        <v>911</v>
+        <v>1050</v>
       </c>
       <c r="C23" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="D23" t="s">
-        <v>905</v>
+        <v>985</v>
       </c>
       <c r="E23" t="s">
-        <v>906</v>
+        <v>986</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1340</v>
+        <v>1466</v>
       </c>
       <c r="B24" t="s">
-        <v>938</v>
+        <v>1065</v>
       </c>
       <c r="C24" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="D24" t="s">
-        <v>550</v>
+        <v>722</v>
       </c>
       <c r="E24" t="s">
-        <v>551</v>
+        <v>723</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1341</v>
+        <v>1467</v>
       </c>
       <c r="B25" t="s">
-        <v>980</v>
+        <v>1071</v>
       </c>
       <c r="C25" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
       <c r="D25" t="s">
-        <v>974</v>
+        <v>856</v>
       </c>
       <c r="E25" t="s">
-        <v>975</v>
+        <v>857</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1342</v>
+        <v>1468</v>
       </c>
       <c r="B26" t="s">
-        <v>988</v>
+        <v>1114</v>
       </c>
       <c r="C26" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="D26" t="s">
-        <v>790</v>
+        <v>1108</v>
       </c>
       <c r="E26" t="s">
-        <v>791</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1343</v>
+        <v>1469</v>
       </c>
       <c r="B27" t="s">
-        <v>1022</v>
+        <v>1128</v>
       </c>
       <c r="C27" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="D27" t="s">
-        <v>974</v>
+        <v>1122</v>
       </c>
       <c r="E27" t="s">
-        <v>975</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1344</v>
+        <v>1470</v>
       </c>
       <c r="B28" t="s">
-        <v>1037</v>
+        <v>1144</v>
       </c>
       <c r="C28" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="D28" t="s">
-        <v>1032</v>
+        <v>1108</v>
       </c>
       <c r="E28" t="s">
-        <v>1033</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1345</v>
+        <v>1471</v>
       </c>
       <c r="B29" t="s">
-        <v>1059</v>
+        <v>1163</v>
       </c>
       <c r="C29" t="s">
-        <v>317</v>
+        <v>309</v>
       </c>
       <c r="D29" t="s">
-        <v>1053</v>
+        <v>1158</v>
       </c>
       <c r="E29" t="s">
-        <v>1054</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1346</v>
+        <v>1472</v>
       </c>
       <c r="B30" t="s">
-        <v>1072</v>
+        <v>1185</v>
       </c>
       <c r="C30" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="D30" t="s">
-        <v>1032</v>
+        <v>1179</v>
       </c>
       <c r="E30" t="s">
-        <v>1033</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1347</v>
+        <v>1473</v>
       </c>
       <c r="B31" t="s">
-        <v>1087</v>
+        <v>1217</v>
       </c>
       <c r="C31" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="D31" t="s">
-        <v>790</v>
+        <v>1158</v>
       </c>
       <c r="E31" t="s">
-        <v>791</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1348</v>
+        <v>1474</v>
       </c>
       <c r="B32" t="s">
-        <v>1119</v>
+        <v>1228</v>
       </c>
       <c r="C32" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="D32" t="s">
-        <v>806</v>
+        <v>675</v>
       </c>
       <c r="E32" t="s">
-        <v>807</v>
+        <v>676</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1349</v>
+        <v>1475</v>
       </c>
       <c r="B33" t="s">
-        <v>1153</v>
+        <v>1241</v>
       </c>
       <c r="C33" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="D33" t="s">
-        <v>1147</v>
+        <v>1179</v>
       </c>
       <c r="E33" t="s">
-        <v>1148</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1350</v>
+        <v>1476</v>
       </c>
       <c r="B34" t="s">
-        <v>1161</v>
+        <v>1254</v>
       </c>
       <c r="C34" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="D34" t="s">
-        <v>806</v>
+        <v>1027</v>
       </c>
       <c r="E34" t="s">
-        <v>807</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1351</v>
+        <v>1477</v>
       </c>
       <c r="B35" t="s">
-        <v>1174</v>
+        <v>1277</v>
       </c>
       <c r="C35" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="D35" t="s">
-        <v>660</v>
+        <v>633</v>
       </c>
       <c r="E35" t="s">
-        <v>661</v>
+        <v>634</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1352</v>
+        <v>1478</v>
       </c>
       <c r="B36" t="s">
-        <v>1177</v>
+        <v>1294</v>
       </c>
       <c r="C36" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="D36" t="s">
-        <v>806</v>
+        <v>1122</v>
       </c>
       <c r="E36" t="s">
-        <v>807</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1353</v>
+        <v>1479</v>
       </c>
       <c r="B37" t="s">
-        <v>1186</v>
+        <v>1303</v>
       </c>
       <c r="C37" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D37" t="s">
-        <v>905</v>
+        <v>1179</v>
       </c>
       <c r="E37" t="s">
-        <v>906</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1354</v>
+        <v>1480</v>
       </c>
       <c r="B38" t="s">
-        <v>1195</v>
+        <v>1309</v>
       </c>
       <c r="C38" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D38" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
       <c r="E38" t="s">
-        <v>606</v>
+        <v>634</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1355</v>
+        <v>1481</v>
       </c>
       <c r="B39" t="s">
-        <v>1200</v>
+        <v>1313</v>
       </c>
       <c r="C39" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D39" t="s">
-        <v>605</v>
+        <v>1179</v>
       </c>
       <c r="E39" t="s">
-        <v>606</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1356</v>
+        <v>1482</v>
       </c>
       <c r="B40" t="s">
-        <v>1203</v>
+        <v>1323</v>
       </c>
       <c r="C40" t="s">
         <v>411</v>
       </c>
       <c r="D40" t="s">
-        <v>660</v>
+        <v>675</v>
       </c>
       <c r="E40" t="s">
-        <v>661</v>
+        <v>676</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1357</v>
+        <v>1483</v>
       </c>
       <c r="B41" t="s">
-        <v>1216</v>
+        <v>1344</v>
       </c>
       <c r="C41" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="D41" t="s">
-        <v>605</v>
+        <v>1179</v>
       </c>
       <c r="E41" t="s">
-        <v>606</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1358</v>
+        <v>1484</v>
       </c>
       <c r="B42" t="s">
-        <v>1229</v>
+        <v>1353</v>
       </c>
       <c r="C42" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="D42" t="s">
-        <v>660</v>
+        <v>633</v>
       </c>
       <c r="E42" t="s">
-        <v>661</v>
+        <v>634</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1359</v>
+        <v>1485</v>
       </c>
       <c r="B43" t="s">
-        <v>1233</v>
+        <v>1358</v>
       </c>
       <c r="C43" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="D43" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
       <c r="E43" t="s">
-        <v>606</v>
+        <v>634</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1360</v>
+        <v>1486</v>
       </c>
       <c r="B44" t="s">
-        <v>1237</v>
+        <v>1380</v>
       </c>
       <c r="C44" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="D44" t="s">
-        <v>790</v>
+        <v>722</v>
       </c>
       <c r="E44" t="s">
-        <v>791</v>
+        <v>723</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1361</v>
+        <v>1487</v>
       </c>
       <c r="B45" t="s">
-        <v>1255</v>
+        <v>1406</v>
       </c>
       <c r="C45" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="D45" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
       <c r="E45" t="s">
-        <v>606</v>
+        <v>634</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1362</v>
+        <v>1488</v>
       </c>
       <c r="B46" t="s">
-        <v>1258</v>
+        <v>1409</v>
       </c>
       <c r="C46" t="s">
         <v>456</v>
       </c>
       <c r="D46" t="s">
-        <v>605</v>
+        <v>675</v>
       </c>
       <c r="E46" t="s">
-        <v>606</v>
+        <v>676</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1363</v>
+        <v>1489</v>
       </c>
       <c r="B47" t="s">
-        <v>1261</v>
+        <v>1413</v>
       </c>
       <c r="C47" t="s">
         <v>464</v>
       </c>
       <c r="D47" t="s">
-        <v>660</v>
+        <v>633</v>
       </c>
       <c r="E47" t="s">
-        <v>661</v>
+        <v>634</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1364</v>
+        <v>1490</v>
       </c>
       <c r="B48" t="s">
-        <v>1282</v>
+        <v>1417</v>
       </c>
       <c r="C48" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D48" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
       <c r="E48" t="s">
-        <v>606</v>
+        <v>634</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1365</v>
+        <v>1491</v>
       </c>
       <c r="B49" t="s">
-        <v>1285</v>
+        <v>1420</v>
       </c>
       <c r="C49" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D49" t="s">
-        <v>1053</v>
+        <v>633</v>
       </c>
       <c r="E49" t="s">
-        <v>1054</v>
+        <v>634</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1366</v>
+        <v>1492</v>
       </c>
       <c r="B50" t="s">
-        <v>1297</v>
+        <v>1423</v>
       </c>
       <c r="C50" t="s">
         <v>486</v>
       </c>
       <c r="D50" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
       <c r="E50" t="s">
-        <v>606</v>
+        <v>634</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>493</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>1367</v>
+        <v>523</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>494</v>
+        <v>620</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1368</v>
+        <v>1493</v>
       </c>
       <c r="B2" t="s">
         <v>31</v>
       </c>
       <c r="C2" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D2" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E2" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1372</v>
+        <v>1497</v>
       </c>
       <c r="B3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C3" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D3" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E3" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1373</v>
+        <v>1498</v>
       </c>
       <c r="B4" t="s">
         <v>70</v>
       </c>
       <c r="C4" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D4" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E4" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1374</v>
+        <v>1499</v>
       </c>
       <c r="B5" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C5" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D5" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E5" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1375</v>
+        <v>1500</v>
       </c>
       <c r="B6" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C6" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D6" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E6" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1376</v>
+        <v>1501</v>
       </c>
       <c r="B7" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C7" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D7" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E7" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1377</v>
+        <v>1502</v>
       </c>
       <c r="B8" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C8" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D8" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E8" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1378</v>
+        <v>1503</v>
       </c>
       <c r="B9" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C9" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D9" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E9" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1379</v>
+        <v>1504</v>
       </c>
       <c r="B10" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C10" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D10" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E10" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1380</v>
+        <v>1505</v>
       </c>
       <c r="B11" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C11" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D11" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E11" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1381</v>
+        <v>1506</v>
       </c>
       <c r="B12" t="s">
         <v>146</v>
       </c>
       <c r="C12" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D12" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E12" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1382</v>
+        <v>1507</v>
       </c>
       <c r="B13" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C13" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D13" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E13" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1383</v>
+        <v>1508</v>
       </c>
       <c r="B14" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C14" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D14" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E14" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1384</v>
+        <v>1509</v>
       </c>
       <c r="B15" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="C15" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D15" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E15" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1385</v>
+        <v>1510</v>
       </c>
       <c r="B16" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D16" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E16" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1386</v>
+        <v>1511</v>
       </c>
       <c r="B17" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="C17" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D17" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E17" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1387</v>
+        <v>1512</v>
       </c>
       <c r="B18" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C18" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D18" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E18" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1388</v>
+        <v>1513</v>
       </c>
       <c r="B19" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="C19" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D19" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E19" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1389</v>
+        <v>1514</v>
       </c>
       <c r="B20" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="C20" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D20" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E20" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1390</v>
+        <v>1515</v>
       </c>
       <c r="B21" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="C21" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D21" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E21" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1391</v>
+        <v>1516</v>
       </c>
       <c r="B22" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="C22" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D22" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E22" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1392</v>
+        <v>1517</v>
       </c>
       <c r="B23" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="C23" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D23" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E23" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1393</v>
+        <v>1518</v>
       </c>
       <c r="B24" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="C24" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D24" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E24" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1394</v>
+        <v>1519</v>
       </c>
       <c r="B25" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
       <c r="C25" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D25" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E25" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1395</v>
+        <v>1520</v>
       </c>
       <c r="B26" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="C26" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D26" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E26" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1396</v>
+        <v>1521</v>
       </c>
       <c r="B27" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="C27" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D27" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E27" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1397</v>
+        <v>1522</v>
       </c>
       <c r="B28" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="C28" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D28" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E28" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1398</v>
+        <v>1523</v>
       </c>
       <c r="B29" t="s">
-        <v>317</v>
+        <v>309</v>
       </c>
       <c r="C29" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D29" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E29" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1399</v>
+        <v>1524</v>
       </c>
       <c r="B30" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="C30" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D30" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E30" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1400</v>
+        <v>1525</v>
       </c>
       <c r="B31" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="C31" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D31" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E31" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1401</v>
+        <v>1526</v>
       </c>
       <c r="B32" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="C32" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D32" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E32" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1402</v>
+        <v>1527</v>
       </c>
       <c r="B33" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="C33" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D33" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E33" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1403</v>
+        <v>1528</v>
       </c>
       <c r="B34" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="C34" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D34" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E34" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1404</v>
+        <v>1529</v>
       </c>
       <c r="B35" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="C35" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D35" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E35" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1405</v>
+        <v>1530</v>
       </c>
       <c r="B36" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="C36" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D36" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E36" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1406</v>
+        <v>1531</v>
       </c>
       <c r="B37" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="C37" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D37" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E37" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1407</v>
+        <v>1532</v>
       </c>
       <c r="B38" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C38" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D38" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E38" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1408</v>
+        <v>1533</v>
       </c>
       <c r="B39" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C39" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D39" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E39" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1409</v>
+        <v>1534</v>
       </c>
       <c r="B40" t="s">
         <v>411</v>
       </c>
       <c r="C40" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D40" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E40" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1410</v>
+        <v>1535</v>
       </c>
       <c r="B41" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="C41" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D41" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E41" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1411</v>
+        <v>1536</v>
       </c>
       <c r="B42" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="C42" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D42" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E42" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1412</v>
+        <v>1537</v>
       </c>
       <c r="B43" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="C43" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D43" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E43" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1413</v>
+        <v>1538</v>
       </c>
       <c r="B44" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="C44" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D44" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E44" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1414</v>
+        <v>1539</v>
       </c>
       <c r="B45" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="C45" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D45" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E45" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1415</v>
+        <v>1540</v>
       </c>
       <c r="B46" t="s">
         <v>456</v>
       </c>
       <c r="C46" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D46" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E46" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1416</v>
+        <v>1541</v>
       </c>
       <c r="B47" t="s">
         <v>464</v>
       </c>
       <c r="C47" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D47" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E47" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1417</v>
+        <v>1542</v>
       </c>
       <c r="B48" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C48" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D48" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E48" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1418</v>
+        <v>1543</v>
       </c>
       <c r="B49" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C49" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D49" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E49" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1419</v>
+        <v>1544</v>
       </c>
       <c r="B50" t="s">
         <v>486</v>
       </c>
       <c r="C50" t="s">
-        <v>1369</v>
+        <v>1494</v>
       </c>
       <c r="D50" t="s">
-        <v>1370</v>
+        <v>1495</v>
       </c>
       <c r="E50" t="s">
-        <v>1371</v>
+        <v>1496</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H120"/>
+  <dimension ref="A1:L21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>493</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>1420</v>
+        <v>1545</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>1421</v>
+        <v>524</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>1422</v>
+        <v>526</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>1423</v>
+        <v>1546</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>1424</v>
+        <v>1547</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>1549</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1425</v>
+        <v>1550</v>
       </c>
       <c r="B2" t="s">
         <v>31</v>
       </c>
       <c r="C2" t="s">
-        <v>1426</v>
+        <v>1551</v>
       </c>
       <c r="D2" t="s">
-        <v>1427</v>
+        <v>1552</v>
       </c>
       <c r="E2" t="s">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>25101505</v>
+        <v>1553</v>
+      </c>
+      <c r="F2" t="s">
+        <v>46</v>
       </c>
       <c r="G2" t="s">
-        <v>1429</v>
+        <v>40</v>
       </c>
       <c r="H2" t="s">
-        <v>1430</v>
+        <v>44</v>
+      </c>
+      <c r="I2" t="s">
+        <v>38</v>
+      </c>
+      <c r="J2" t="s">
+        <v>39</v>
+      </c>
+      <c r="K2">
+        <v>1465785.27</v>
+      </c>
+      <c r="L2" t="s">
+        <v>1554</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1431</v>
+        <v>1555</v>
       </c>
       <c r="B3" t="s">
-        <v>31</v>
+        <v>81</v>
       </c>
       <c r="C3" t="s">
-        <v>1432</v>
+        <v>1556</v>
       </c>
       <c r="D3" t="s">
-        <v>1433</v>
+        <v>1557</v>
       </c>
       <c r="E3" t="s">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>25101504</v>
+        <v>1558</v>
+      </c>
+      <c r="F3" t="s">
+        <v>89</v>
       </c>
       <c r="G3" t="s">
-        <v>1429</v>
+        <v>87</v>
       </c>
       <c r="H3" t="s">
-        <v>1434</v>
+        <v>44</v>
+      </c>
+      <c r="I3" t="s">
+        <v>85</v>
+      </c>
+      <c r="J3" t="s">
+        <v>86</v>
+      </c>
+      <c r="K3">
+        <v>1866240.13</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1554</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1435</v>
+        <v>1559</v>
       </c>
       <c r="B4" t="s">
-        <v>56</v>
+        <v>94</v>
       </c>
       <c r="C4" t="s">
-        <v>1436</v>
+        <v>1560</v>
       </c>
       <c r="D4" t="s">
-        <v>1437</v>
+        <v>1552</v>
       </c>
       <c r="E4" t="s">
-        <v>1438</v>
-[...2 lines deleted...]
-        <v>93141601</v>
+        <v>1561</v>
+      </c>
+      <c r="F4" t="s">
+        <v>100</v>
       </c>
       <c r="G4" t="s">
-        <v>1429</v>
+        <v>98</v>
       </c>
       <c r="H4" t="s">
-        <v>1439</v>
+        <v>44</v>
+      </c>
+      <c r="I4" t="s">
+        <v>38</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4">
+        <v>1507468.45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>1554</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1440</v>
+        <v>1562</v>
       </c>
       <c r="B5" t="s">
-        <v>70</v>
+        <v>111</v>
       </c>
       <c r="C5" t="s">
-        <v>1441</v>
+        <v>1563</v>
       </c>
       <c r="D5" t="s">
-        <v>1437</v>
+        <v>1564</v>
       </c>
       <c r="E5" t="s">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>30222104</v>
+        <v>1565</v>
+      </c>
+      <c r="F5" t="s">
+        <v>118</v>
       </c>
       <c r="G5" t="s">
-        <v>1429</v>
+        <v>116</v>
       </c>
       <c r="H5" t="s">
-        <v>1442</v>
+        <v>63</v>
+      </c>
+      <c r="I5" t="s">
+        <v>115</v>
+      </c>
+      <c r="J5" t="s">
+        <v>59</v>
+      </c>
+      <c r="K5">
+        <v>1884960</v>
+      </c>
+      <c r="L5" t="s">
+        <v>1554</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1443</v>
+        <v>1566</v>
       </c>
       <c r="B6" t="s">
-        <v>82</v>
+        <v>120</v>
       </c>
       <c r="C6" t="s">
-        <v>1444</v>
+        <v>1567</v>
       </c>
       <c r="D6" t="s">
-        <v>1437</v>
+        <v>1552</v>
       </c>
       <c r="E6" t="s">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>30222104</v>
+        <v>1568</v>
+      </c>
+      <c r="F6" t="s">
+        <v>126</v>
       </c>
       <c r="G6" t="s">
-        <v>1429</v>
+        <v>124</v>
       </c>
       <c r="H6" t="s">
-        <v>1442</v>
+        <v>44</v>
+      </c>
+      <c r="I6" t="s">
+        <v>38</v>
+      </c>
+      <c r="J6" t="s">
+        <v>39</v>
+      </c>
+      <c r="K6">
+        <v>1462196.01</v>
+      </c>
+      <c r="L6" t="s">
+        <v>1554</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1445</v>
+        <v>1569</v>
       </c>
       <c r="B7" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="C7" t="s">
-        <v>1446</v>
+        <v>1570</v>
       </c>
       <c r="D7" t="s">
-        <v>1437</v>
+        <v>1552</v>
       </c>
       <c r="E7" t="s">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>32101514</v>
+        <v>1571</v>
+      </c>
+      <c r="F7" t="s">
+        <v>135</v>
       </c>
       <c r="G7" t="s">
-        <v>1429</v>
+        <v>133</v>
       </c>
       <c r="H7" t="s">
-        <v>1447</v>
+        <v>44</v>
+      </c>
+      <c r="I7" t="s">
+        <v>38</v>
+      </c>
+      <c r="J7" t="s">
+        <v>39</v>
+      </c>
+      <c r="K7">
+        <v>1614593.93</v>
+      </c>
+      <c r="L7" t="s">
+        <v>1554</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1448</v>
+        <v>1572</v>
       </c>
       <c r="B8" t="s">
-        <v>90</v>
+        <v>146</v>
       </c>
       <c r="C8" t="s">
-        <v>1449</v>
+        <v>1573</v>
       </c>
       <c r="D8" t="s">
-        <v>1437</v>
+        <v>1574</v>
       </c>
       <c r="E8" t="s">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>52161535</v>
+        <v>1575</v>
+      </c>
+      <c r="F8" t="s">
+        <v>155</v>
       </c>
       <c r="G8" t="s">
-        <v>1429</v>
+        <v>152</v>
       </c>
       <c r="H8" t="s">
-        <v>1450</v>
+        <v>63</v>
+      </c>
+      <c r="I8" t="s">
+        <v>150</v>
+      </c>
+      <c r="J8" t="s">
+        <v>151</v>
+      </c>
+      <c r="K8">
+        <v>1440726</v>
+      </c>
+      <c r="L8" t="s">
+        <v>1554</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1451</v>
+        <v>1576</v>
       </c>
       <c r="B9" t="s">
-        <v>90</v>
+        <v>158</v>
       </c>
       <c r="C9" t="s">
-        <v>1452</v>
+        <v>1577</v>
       </c>
       <c r="D9" t="s">
-        <v>1437</v>
+        <v>1552</v>
       </c>
       <c r="E9" t="s">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>52161520</v>
+        <v>1578</v>
+      </c>
+      <c r="F9" t="s">
+        <v>165</v>
       </c>
       <c r="G9" t="s">
-        <v>1429</v>
+        <v>162</v>
       </c>
       <c r="H9" t="s">
-        <v>1453</v>
+        <v>44</v>
+      </c>
+      <c r="I9" t="s">
+        <v>38</v>
+      </c>
+      <c r="J9" t="s">
+        <v>39</v>
+      </c>
+      <c r="K9">
+        <v>629726.47</v>
+      </c>
+      <c r="L9" t="s">
+        <v>1554</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1454</v>
+        <v>1579</v>
       </c>
       <c r="B10" t="s">
-        <v>90</v>
+        <v>168</v>
       </c>
       <c r="C10" t="s">
-        <v>1455</v>
+        <v>1580</v>
       </c>
       <c r="D10" t="s">
-        <v>1437</v>
+        <v>1552</v>
       </c>
       <c r="E10" t="s">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>52161536</v>
+        <v>1581</v>
+      </c>
+      <c r="F10" t="s">
+        <v>174</v>
       </c>
       <c r="G10" t="s">
-        <v>1429</v>
+        <v>172</v>
       </c>
       <c r="H10" t="s">
-        <v>1456</v>
+        <v>44</v>
+      </c>
+      <c r="I10" t="s">
+        <v>38</v>
+      </c>
+      <c r="J10" t="s">
+        <v>39</v>
+      </c>
+      <c r="K10">
+        <v>692379.69</v>
+      </c>
+      <c r="L10" t="s">
+        <v>1554</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1457</v>
+        <v>1582</v>
       </c>
       <c r="B11" t="s">
-        <v>90</v>
+        <v>176</v>
       </c>
       <c r="C11" t="s">
-        <v>1458</v>
+        <v>1583</v>
       </c>
       <c r="D11" t="s">
-        <v>1437</v>
+        <v>93</v>
       </c>
       <c r="E11" t="s">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>45111704</v>
+        <v>1584</v>
+      </c>
+      <c r="F11" t="s">
+        <v>182</v>
       </c>
       <c r="G11" t="s">
-        <v>1429</v>
+        <v>180</v>
       </c>
       <c r="H11" t="s">
-        <v>1459</v>
+        <v>44</v>
+      </c>
+      <c r="I11" t="s">
+        <v>85</v>
+      </c>
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11">
+        <v>868710.58</v>
+      </c>
+      <c r="L11" t="s">
+        <v>1554</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1460</v>
+        <v>1585</v>
       </c>
       <c r="B12" t="s">
-        <v>90</v>
+        <v>187</v>
       </c>
       <c r="C12" t="s">
-        <v>1461</v>
+        <v>1586</v>
       </c>
       <c r="D12" t="s">
-        <v>1437</v>
+        <v>1552</v>
       </c>
       <c r="E12" t="s">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>45111501</v>
+        <v>1587</v>
+      </c>
+      <c r="F12" t="s">
+        <v>193</v>
       </c>
       <c r="G12" t="s">
-        <v>1429</v>
+        <v>191</v>
       </c>
       <c r="H12" t="s">
-        <v>1462</v>
+        <v>44</v>
+      </c>
+      <c r="I12" t="s">
+        <v>38</v>
+      </c>
+      <c r="J12" t="s">
+        <v>39</v>
+      </c>
+      <c r="K12">
+        <v>543740.53</v>
+      </c>
+      <c r="L12" t="s">
+        <v>1554</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1463</v>
+        <v>1588</v>
       </c>
       <c r="B13" t="s">
-        <v>90</v>
+        <v>195</v>
       </c>
       <c r="C13" t="s">
-        <v>1464</v>
+        <v>1589</v>
       </c>
       <c r="D13" t="s">
-        <v>1437</v>
+        <v>1590</v>
       </c>
       <c r="E13" t="s">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>52161512</v>
+        <v>1591</v>
+      </c>
+      <c r="F13" t="s">
+        <v>201</v>
       </c>
       <c r="G13" t="s">
-        <v>1429</v>
+        <v>199</v>
       </c>
       <c r="H13" t="s">
-        <v>1465</v>
+        <v>63</v>
+      </c>
+      <c r="I13" t="s">
+        <v>38</v>
+      </c>
+      <c r="J13" t="s">
+        <v>39</v>
+      </c>
+      <c r="K13">
+        <v>2737200</v>
+      </c>
+      <c r="L13" t="s">
+        <v>1554</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1466</v>
+        <v>1592</v>
       </c>
       <c r="B14" t="s">
-        <v>90</v>
+        <v>204</v>
       </c>
       <c r="C14" t="s">
-        <v>1467</v>
+        <v>1593</v>
       </c>
       <c r="D14" t="s">
-        <v>1437</v>
+        <v>1552</v>
       </c>
       <c r="E14" t="s">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>45121516</v>
+        <v>1594</v>
+      </c>
+      <c r="F14" t="s">
+        <v>210</v>
       </c>
       <c r="G14" t="s">
-        <v>1429</v>
+        <v>208</v>
       </c>
       <c r="H14" t="s">
-        <v>1468</v>
+        <v>44</v>
+      </c>
+      <c r="I14" t="s">
+        <v>38</v>
+      </c>
+      <c r="J14" t="s">
+        <v>39</v>
+      </c>
+      <c r="K14">
+        <v>518958.49</v>
+      </c>
+      <c r="L14" t="s">
+        <v>1554</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1469</v>
+        <v>1595</v>
       </c>
       <c r="B15" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="C15" t="s">
-        <v>1470</v>
+        <v>1596</v>
       </c>
       <c r="D15" t="s">
-        <v>1437</v>
+        <v>1597</v>
       </c>
       <c r="E15" t="s">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>43191614</v>
+        <v>1598</v>
+      </c>
+      <c r="F15" t="s">
+        <v>307</v>
       </c>
       <c r="G15" t="s">
-        <v>1429</v>
+        <v>305</v>
       </c>
       <c r="H15" t="s">
-        <v>1471</v>
+        <v>63</v>
+      </c>
+      <c r="I15" t="s">
+        <v>286</v>
+      </c>
+      <c r="J15" t="s">
+        <v>59</v>
+      </c>
+      <c r="K15">
+        <v>1684783.8</v>
+      </c>
+      <c r="L15" t="s">
+        <v>1554</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1472</v>
+        <v>1599</v>
       </c>
       <c r="B16" t="s">
-        <v>99</v>
+        <v>411</v>
       </c>
       <c r="C16" t="s">
-        <v>1473</v>
+        <v>1600</v>
       </c>
       <c r="D16" t="s">
-        <v>1437</v>
+        <v>1601</v>
       </c>
       <c r="E16" t="s">
-        <v>1438</v>
-[...2 lines deleted...]
-        <v>26131506</v>
+        <v>1602</v>
+      </c>
+      <c r="F16" t="s">
+        <v>417</v>
       </c>
       <c r="G16" t="s">
-        <v>1429</v>
+        <v>415</v>
       </c>
       <c r="H16" t="s">
-        <v>1474</v>
+        <v>63</v>
+      </c>
+      <c r="I16" t="s">
+        <v>58</v>
+      </c>
+      <c r="J16" t="s">
+        <v>59</v>
+      </c>
+      <c r="K16">
+        <v>1324012.5</v>
+      </c>
+      <c r="L16" t="s">
+        <v>1554</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1475</v>
+        <v>1603</v>
       </c>
       <c r="B17" t="s">
-        <v>110</v>
+        <v>432</v>
       </c>
       <c r="C17" t="s">
-        <v>1476</v>
+        <v>1604</v>
       </c>
       <c r="D17" t="s">
-        <v>1437</v>
+        <v>1605</v>
       </c>
       <c r="E17" t="s">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>30222104</v>
+        <v>1606</v>
+      </c>
+      <c r="F17" t="s">
+        <v>438</v>
       </c>
       <c r="G17" t="s">
-        <v>1429</v>
+        <v>436</v>
       </c>
       <c r="H17" t="s">
-        <v>1442</v>
+        <v>372</v>
+      </c>
+      <c r="I17" t="s">
+        <v>367</v>
+      </c>
+      <c r="J17" t="s">
+        <v>368</v>
+      </c>
+      <c r="K17">
+        <v>6000</v>
+      </c>
+      <c r="L17" t="s">
+        <v>1607</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1477</v>
+        <v>1608</v>
       </c>
       <c r="B18" t="s">
-        <v>119</v>
+        <v>441</v>
       </c>
       <c r="C18" t="s">
-        <v>1478</v>
+        <v>1609</v>
       </c>
       <c r="D18" t="s">
-        <v>1437</v>
+        <v>1610</v>
       </c>
       <c r="E18" t="s">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>30222104</v>
+        <v>1611</v>
+      </c>
+      <c r="F18" t="s">
+        <v>447</v>
       </c>
       <c r="G18" t="s">
-        <v>1429</v>
+        <v>445</v>
       </c>
       <c r="H18" t="s">
-        <v>1442</v>
+        <v>44</v>
+      </c>
+      <c r="I18" t="s">
+        <v>85</v>
+      </c>
+      <c r="J18" t="s">
+        <v>86</v>
+      </c>
+      <c r="K18">
+        <v>1465443.03</v>
+      </c>
+      <c r="L18" t="s">
+        <v>1554</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1479</v>
+        <v>1612</v>
       </c>
       <c r="B19" t="s">
-        <v>127</v>
+        <v>486</v>
       </c>
       <c r="C19" t="s">
-        <v>1480</v>
+        <v>1613</v>
       </c>
       <c r="D19" t="s">
-        <v>1437</v>
+        <v>1590</v>
       </c>
       <c r="E19" t="s">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>72102801</v>
+        <v>1614</v>
+      </c>
+      <c r="F19" t="s">
+        <v>492</v>
       </c>
       <c r="G19" t="s">
-        <v>1429</v>
+        <v>490</v>
       </c>
       <c r="H19" t="s">
-        <v>1481</v>
+        <v>63</v>
+      </c>
+      <c r="I19" t="s">
+        <v>38</v>
+      </c>
+      <c r="J19" t="s">
+        <v>39</v>
+      </c>
+      <c r="K19">
+        <v>4274211.2</v>
+      </c>
+      <c r="L19" t="s">
+        <v>1554</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1482</v>
+        <v>1615</v>
       </c>
       <c r="B20" t="s">
-        <v>127</v>
+        <v>486</v>
       </c>
       <c r="C20" t="s">
-        <v>1483</v>
+        <v>1616</v>
       </c>
       <c r="D20" t="s">
-        <v>1437</v>
+        <v>1590</v>
       </c>
       <c r="E20" t="s">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>30222104</v>
+        <v>1617</v>
+      </c>
+      <c r="F20" t="s">
+        <v>492</v>
       </c>
       <c r="G20" t="s">
-        <v>1429</v>
+        <v>490</v>
       </c>
       <c r="H20" t="s">
-        <v>1442</v>
+        <v>63</v>
+      </c>
+      <c r="I20" t="s">
+        <v>38</v>
+      </c>
+      <c r="J20" t="s">
+        <v>39</v>
+      </c>
+      <c r="K20">
+        <v>4001214.96</v>
+      </c>
+      <c r="L20" t="s">
+        <v>1554</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1484</v>
+        <v>1618</v>
       </c>
       <c r="B21" t="s">
-        <v>136</v>
+        <v>486</v>
       </c>
       <c r="C21" t="s">
-        <v>1485</v>
+        <v>1619</v>
       </c>
       <c r="D21" t="s">
-        <v>1437</v>
+        <v>1590</v>
       </c>
       <c r="E21" t="s">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>72101607</v>
+        <v>1620</v>
+      </c>
+      <c r="F21" t="s">
+        <v>492</v>
       </c>
       <c r="G21" t="s">
-        <v>1429</v>
+        <v>490</v>
       </c>
       <c r="H21" t="s">
-        <v>1486</v>
-[...757 lines deleted...]
-      <c r="A51" t="s">
+        <v>63</v>
+      </c>
+      <c r="I21" t="s">
+        <v>38</v>
+      </c>
+      <c r="J21" t="s">
+        <v>39</v>
+      </c>
+      <c r="K21">
+        <v>611968</v>
+      </c>
+      <c r="L21" t="s">
         <v>1554</v>
-      </c>
-[...1804 lines deleted...]
-        <v>1775</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:I185"/>
+  <dimension ref="A1:J21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C1" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="D1" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E1" s="1" t="s">
-        <v>1776</v>
+        <v>523</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>1777</v>
+        <v>524</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>1420</v>
+        <v>525</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>1778</v>
+        <v>526</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>1779</v>
+        <v>527</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>528</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1780</v>
+        <v>1622</v>
       </c>
       <c r="B2" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C2" t="s">
         <v>31</v>
       </c>
-      <c r="C2">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
-        <v>1781</v>
+        <v>1623</v>
       </c>
       <c r="E2" t="s">
-        <v>1782</v>
+        <v>1624</v>
       </c>
       <c r="F2" t="s">
-        <v>1783</v>
+        <v>1625</v>
       </c>
       <c r="G2" t="s">
-        <v>1782</v>
+        <v>532</v>
       </c>
       <c r="H2" t="s">
-        <v>1784</v>
+        <v>1625</v>
       </c>
       <c r="I2" t="s">
-        <v>1785</v>
+        <v>1626</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1627</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1786</v>
+        <v>1628</v>
       </c>
       <c r="B3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>1555</v>
+      </c>
+      <c r="C3" t="s">
+        <v>81</v>
       </c>
       <c r="D3" t="s">
-        <v>1787</v>
+        <v>1629</v>
       </c>
       <c r="E3" t="s">
-        <v>1788</v>
+        <v>1630</v>
       </c>
       <c r="F3" t="s">
-        <v>1783</v>
+        <v>1625</v>
       </c>
       <c r="G3" t="s">
-        <v>1788</v>
+        <v>532</v>
       </c>
       <c r="H3" t="s">
-        <v>1789</v>
+        <v>1625</v>
       </c>
       <c r="I3" t="s">
-        <v>1790</v>
+        <v>1626</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1631</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1791</v>
+        <v>1632</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>413</v>
+        <v>1559</v>
+      </c>
+      <c r="C4" t="s">
+        <v>94</v>
       </c>
       <c r="D4" t="s">
-        <v>1792</v>
+        <v>1633</v>
       </c>
       <c r="E4" t="s">
-        <v>1793</v>
+        <v>1634</v>
       </c>
       <c r="F4" t="s">
-        <v>1794</v>
+        <v>1625</v>
       </c>
       <c r="G4" t="s">
-        <v>1793</v>
+        <v>532</v>
       </c>
       <c r="H4" t="s">
-        <v>1795</v>
+        <v>1625</v>
       </c>
       <c r="I4" t="s">
-        <v>1796</v>
+        <v>1626</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1635</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1797</v>
+        <v>1636</v>
       </c>
       <c r="B5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>1562</v>
+      </c>
+      <c r="C5" t="s">
+        <v>111</v>
       </c>
       <c r="D5" t="s">
-        <v>1798</v>
+        <v>1637</v>
       </c>
       <c r="E5" t="s">
-        <v>1799</v>
+        <v>1638</v>
       </c>
       <c r="F5" t="s">
-        <v>1783</v>
+        <v>1625</v>
       </c>
       <c r="G5" t="s">
-        <v>1799</v>
+        <v>546</v>
       </c>
       <c r="H5" t="s">
-        <v>1800</v>
+        <v>1625</v>
       </c>
       <c r="I5" t="s">
-        <v>1801</v>
+        <v>1626</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1639</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1802</v>
+        <v>1640</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>1566</v>
+      </c>
+      <c r="C6" t="s">
+        <v>120</v>
       </c>
       <c r="D6" t="s">
-        <v>1803</v>
+        <v>1641</v>
       </c>
       <c r="E6" t="s">
-        <v>1782</v>
+        <v>1642</v>
       </c>
       <c r="F6" t="s">
-        <v>1783</v>
+        <v>1625</v>
       </c>
       <c r="G6" t="s">
-        <v>1782</v>
+        <v>532</v>
       </c>
       <c r="H6" t="s">
-        <v>1784</v>
+        <v>1625</v>
       </c>
       <c r="I6" t="s">
-        <v>1804</v>
+        <v>1626</v>
+      </c>
+      <c r="J6" t="s">
+        <v>1643</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1805</v>
+        <v>1644</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>1569</v>
+      </c>
+      <c r="C7" t="s">
+        <v>129</v>
       </c>
       <c r="D7" t="s">
-        <v>1806</v>
+        <v>1645</v>
       </c>
       <c r="E7" t="s">
-        <v>1788</v>
+        <v>1646</v>
       </c>
       <c r="F7" t="s">
-        <v>1783</v>
+        <v>1625</v>
       </c>
       <c r="G7" t="s">
-        <v>1788</v>
+        <v>532</v>
       </c>
       <c r="H7" t="s">
-        <v>1789</v>
+        <v>1625</v>
       </c>
       <c r="I7" t="s">
-        <v>1807</v>
+        <v>1626</v>
+      </c>
+      <c r="J7" t="s">
+        <v>1647</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1808</v>
+        <v>1648</v>
       </c>
       <c r="B8" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>235</v>
+        <v>1576</v>
+      </c>
+      <c r="C8" t="s">
+        <v>158</v>
       </c>
       <c r="D8" t="s">
-        <v>1809</v>
+        <v>1649</v>
       </c>
       <c r="E8" t="s">
-        <v>1810</v>
+        <v>1650</v>
       </c>
       <c r="F8" t="s">
-        <v>1783</v>
+        <v>1625</v>
       </c>
       <c r="G8" t="s">
-        <v>1810</v>
+        <v>532</v>
       </c>
       <c r="H8" t="s">
-        <v>1811</v>
+        <v>1625</v>
       </c>
       <c r="I8" t="s">
-        <v>1812</v>
+        <v>1626</v>
+      </c>
+      <c r="J8" t="s">
+        <v>1651</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1813</v>
+        <v>1652</v>
       </c>
       <c r="B9" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>1579</v>
+      </c>
+      <c r="C9" t="s">
+        <v>168</v>
       </c>
       <c r="D9" t="s">
-        <v>1814</v>
+        <v>1653</v>
       </c>
       <c r="E9" t="s">
-        <v>1815</v>
+        <v>1654</v>
       </c>
       <c r="F9" t="s">
-        <v>1783</v>
+        <v>1625</v>
       </c>
       <c r="G9" t="s">
-        <v>1815</v>
+        <v>532</v>
       </c>
       <c r="H9" t="s">
-        <v>1816</v>
+        <v>1625</v>
       </c>
       <c r="I9" t="s">
-        <v>1817</v>
+        <v>1626</v>
+      </c>
+      <c r="J9" t="s">
+        <v>1655</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1818</v>
+        <v>1656</v>
       </c>
       <c r="B10" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>1582</v>
+      </c>
+      <c r="C10" t="s">
+        <v>176</v>
       </c>
       <c r="D10" t="s">
-        <v>1819</v>
+        <v>1657</v>
       </c>
       <c r="E10" t="s">
-        <v>1782</v>
+        <v>1658</v>
       </c>
       <c r="F10" t="s">
-        <v>1794</v>
+        <v>1625</v>
       </c>
       <c r="G10" t="s">
-        <v>1782</v>
+        <v>532</v>
       </c>
       <c r="H10" t="s">
-        <v>1784</v>
+        <v>1625</v>
       </c>
       <c r="I10" t="s">
-        <v>1820</v>
+        <v>1626</v>
+      </c>
+      <c r="J10" t="s">
+        <v>1659</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1821</v>
+        <v>1660</v>
       </c>
       <c r="B11" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>1585</v>
+      </c>
+      <c r="C11" t="s">
+        <v>187</v>
       </c>
       <c r="D11" t="s">
-        <v>1822</v>
+        <v>1661</v>
       </c>
       <c r="E11" t="s">
-        <v>1788</v>
+        <v>1662</v>
       </c>
       <c r="F11" t="s">
-        <v>1794</v>
+        <v>1625</v>
       </c>
       <c r="G11" t="s">
-        <v>1788</v>
+        <v>532</v>
       </c>
       <c r="H11" t="s">
-        <v>1789</v>
+        <v>1625</v>
       </c>
       <c r="I11" t="s">
-        <v>1823</v>
+        <v>1626</v>
+      </c>
+      <c r="J11" t="s">
+        <v>1663</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1824</v>
+        <v>1664</v>
       </c>
       <c r="B12" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>1588</v>
+      </c>
+      <c r="C12" t="s">
+        <v>195</v>
       </c>
       <c r="D12" t="s">
-        <v>1825</v>
+        <v>1665</v>
       </c>
       <c r="E12" t="s">
-        <v>1810</v>
+        <v>1666</v>
       </c>
       <c r="F12" t="s">
-        <v>1794</v>
+        <v>1625</v>
       </c>
       <c r="G12" t="s">
-        <v>1810</v>
+        <v>532</v>
       </c>
       <c r="H12" t="s">
-        <v>1811</v>
+        <v>1625</v>
       </c>
       <c r="I12" t="s">
-        <v>1826</v>
+        <v>1626</v>
+      </c>
+      <c r="J12" t="s">
+        <v>1667</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1827</v>
+        <v>1668</v>
       </c>
       <c r="B13" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>1588</v>
+      </c>
+      <c r="C13" t="s">
+        <v>195</v>
       </c>
       <c r="D13" t="s">
-        <v>1828</v>
+        <v>1669</v>
       </c>
       <c r="E13" t="s">
-        <v>1810</v>
+        <v>1666</v>
       </c>
       <c r="F13" t="s">
-        <v>1794</v>
+        <v>1625</v>
       </c>
       <c r="G13" t="s">
-        <v>1810</v>
+        <v>532</v>
       </c>
       <c r="H13" t="s">
-        <v>1811</v>
+        <v>1625</v>
       </c>
       <c r="I13" t="s">
-        <v>1829</v>
+        <v>1626</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1670</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1830</v>
+        <v>1671</v>
       </c>
       <c r="B14" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>241</v>
+        <v>1588</v>
+      </c>
+      <c r="C14" t="s">
+        <v>195</v>
       </c>
       <c r="D14" t="s">
-        <v>1831</v>
+        <v>1672</v>
       </c>
       <c r="E14" t="s">
-        <v>1815</v>
+        <v>1666</v>
       </c>
       <c r="F14" t="s">
-        <v>1794</v>
+        <v>1625</v>
       </c>
       <c r="G14" t="s">
-        <v>1815</v>
+        <v>532</v>
       </c>
       <c r="H14" t="s">
-        <v>1816</v>
+        <v>1625</v>
       </c>
       <c r="I14" t="s">
-        <v>1832</v>
+        <v>1626</v>
+      </c>
+      <c r="J14" t="s">
+        <v>1673</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1833</v>
+        <v>1674</v>
       </c>
       <c r="B15" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>1592</v>
+      </c>
+      <c r="C15" t="s">
+        <v>204</v>
       </c>
       <c r="D15" t="s">
-        <v>1834</v>
+        <v>1675</v>
       </c>
       <c r="E15" t="s">
-        <v>1782</v>
+        <v>1676</v>
       </c>
       <c r="F15" t="s">
-        <v>1794</v>
+        <v>1625</v>
       </c>
       <c r="G15" t="s">
-        <v>1782</v>
+        <v>532</v>
       </c>
       <c r="H15" t="s">
-        <v>1784</v>
+        <v>1625</v>
       </c>
       <c r="I15" t="s">
-        <v>1835</v>
+        <v>1626</v>
+      </c>
+      <c r="J15" t="s">
+        <v>1677</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1836</v>
+        <v>1678</v>
       </c>
       <c r="B16" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>1599</v>
+      </c>
+      <c r="C16" t="s">
+        <v>411</v>
       </c>
       <c r="D16" t="s">
-        <v>1837</v>
+        <v>1679</v>
       </c>
       <c r="E16" t="s">
-        <v>1788</v>
+        <v>1680</v>
       </c>
       <c r="F16" t="s">
-        <v>1794</v>
+        <v>1625</v>
       </c>
       <c r="G16" t="s">
-        <v>1788</v>
+        <v>532</v>
       </c>
       <c r="H16" t="s">
-        <v>1789</v>
+        <v>1625</v>
       </c>
       <c r="I16" t="s">
-        <v>1838</v>
+        <v>1626</v>
+      </c>
+      <c r="J16" t="s">
+        <v>1681</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1839</v>
+        <v>1682</v>
       </c>
       <c r="B17" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>1603</v>
+      </c>
+      <c r="C17" t="s">
+        <v>432</v>
       </c>
       <c r="D17" t="s">
-        <v>1840</v>
+        <v>1683</v>
       </c>
       <c r="E17" t="s">
-        <v>1810</v>
+        <v>1684</v>
       </c>
       <c r="F17" t="s">
-        <v>1794</v>
+        <v>1625</v>
       </c>
       <c r="G17" t="s">
-        <v>1810</v>
+        <v>546</v>
       </c>
       <c r="H17" t="s">
-        <v>1811</v>
+        <v>1625</v>
       </c>
       <c r="I17" t="s">
-        <v>1841</v>
+        <v>1626</v>
+      </c>
+      <c r="J17" t="s">
+        <v>1685</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1842</v>
+        <v>1686</v>
       </c>
       <c r="B18" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>162</v>
+        <v>1608</v>
+      </c>
+      <c r="C18" t="s">
+        <v>441</v>
       </c>
       <c r="D18" t="s">
-        <v>1843</v>
+        <v>1687</v>
       </c>
       <c r="E18" t="s">
-        <v>1810</v>
+        <v>1688</v>
       </c>
       <c r="F18" t="s">
-        <v>1794</v>
+        <v>1625</v>
       </c>
       <c r="G18" t="s">
-        <v>1810</v>
+        <v>532</v>
       </c>
       <c r="H18" t="s">
-        <v>1811</v>
+        <v>1625</v>
       </c>
       <c r="I18" t="s">
-        <v>1844</v>
+        <v>1626</v>
+      </c>
+      <c r="J18" t="s">
+        <v>1689</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1845</v>
+        <v>1690</v>
       </c>
       <c r="B19" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>237</v>
+        <v>1612</v>
+      </c>
+      <c r="C19" t="s">
+        <v>486</v>
       </c>
       <c r="D19" t="s">
-        <v>1846</v>
+        <v>1691</v>
       </c>
       <c r="E19" t="s">
-        <v>1815</v>
+        <v>1692</v>
       </c>
       <c r="F19" t="s">
-        <v>1794</v>
+        <v>1625</v>
       </c>
       <c r="G19" t="s">
-        <v>1815</v>
+        <v>532</v>
       </c>
       <c r="H19" t="s">
-        <v>1816</v>
+        <v>1625</v>
       </c>
       <c r="I19" t="s">
-        <v>1847</v>
+        <v>1626</v>
+      </c>
+      <c r="J19" t="s">
+        <v>1693</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1848</v>
+        <v>1694</v>
       </c>
       <c r="B20" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>1615</v>
+      </c>
+      <c r="C20" t="s">
+        <v>486</v>
       </c>
       <c r="D20" t="s">
-        <v>1849</v>
+        <v>1695</v>
       </c>
       <c r="E20" t="s">
-        <v>1782</v>
+        <v>1696</v>
       </c>
       <c r="F20" t="s">
-        <v>1794</v>
+        <v>1625</v>
       </c>
       <c r="G20" t="s">
-        <v>1782</v>
+        <v>532</v>
       </c>
       <c r="H20" t="s">
-        <v>1784</v>
+        <v>1625</v>
       </c>
       <c r="I20" t="s">
-        <v>1850</v>
+        <v>1626</v>
+      </c>
+      <c r="J20" t="s">
+        <v>1697</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1851</v>
+        <v>1698</v>
       </c>
       <c r="B21" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>1618</v>
+      </c>
+      <c r="C21" t="s">
+        <v>486</v>
       </c>
       <c r="D21" t="s">
-        <v>1852</v>
+        <v>1699</v>
       </c>
       <c r="E21" t="s">
-        <v>1788</v>
+        <v>1700</v>
       </c>
       <c r="F21" t="s">
-        <v>1794</v>
+        <v>1625</v>
       </c>
       <c r="G21" t="s">
-        <v>1788</v>
+        <v>532</v>
       </c>
       <c r="H21" t="s">
-        <v>1789</v>
+        <v>1625</v>
       </c>
       <c r="I21" t="s">
-        <v>1853</v>
-[...4755 lines deleted...]
-        <v>2350</v>
+        <v>1626</v>
+      </c>
+      <c r="J21" t="s">
+        <v>1701</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:D128"/>
+  <dimension ref="A1:E21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C1" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="D1" s="1" t="s">
-        <v>494</v>
+      <c r="E1" s="1" t="s">
+        <v>620</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2351</v>
+        <v>1702</v>
       </c>
       <c r="B2" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C2" t="s">
         <v>31</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
-        <v>523</v>
+        <v>658</v>
+      </c>
+      <c r="E2" t="s">
+        <v>659</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2352</v>
+        <v>1703</v>
       </c>
       <c r="B3" t="s">
-        <v>31</v>
+        <v>1555</v>
       </c>
       <c r="C3" t="s">
-        <v>531</v>
+        <v>81</v>
       </c>
       <c r="D3" t="s">
-        <v>532</v>
+        <v>757</v>
+      </c>
+      <c r="E3" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2353</v>
+        <v>1704</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
+        <v>1559</v>
       </c>
       <c r="C4" t="s">
-        <v>538</v>
+        <v>94</v>
       </c>
       <c r="D4" t="s">
-        <v>539</v>
+        <v>658</v>
+      </c>
+      <c r="E4" t="s">
+        <v>659</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2354</v>
+        <v>1705</v>
       </c>
       <c r="B5" t="s">
-        <v>56</v>
+        <v>1562</v>
       </c>
       <c r="C5" t="s">
-        <v>562</v>
+        <v>111</v>
       </c>
       <c r="D5" t="s">
-        <v>563</v>
+        <v>806</v>
+      </c>
+      <c r="E5" t="s">
+        <v>807</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2355</v>
+        <v>1706</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>1566</v>
       </c>
       <c r="C6" t="s">
-        <v>567</v>
+        <v>120</v>
       </c>
       <c r="D6" t="s">
-        <v>568</v>
+        <v>658</v>
+      </c>
+      <c r="E6" t="s">
+        <v>659</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2356</v>
+        <v>1707</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>1569</v>
       </c>
       <c r="C7" t="s">
-        <v>571</v>
+        <v>129</v>
       </c>
       <c r="D7" t="s">
-        <v>572</v>
+        <v>658</v>
+      </c>
+      <c r="E7" t="s">
+        <v>659</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2357</v>
+        <v>1708</v>
       </c>
       <c r="B8" t="s">
-        <v>56</v>
+        <v>1572</v>
       </c>
       <c r="C8" t="s">
-        <v>578</v>
+        <v>146</v>
       </c>
       <c r="D8" t="s">
-        <v>579</v>
+        <v>872</v>
+      </c>
+      <c r="E8" t="s">
+        <v>873</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2358</v>
+        <v>1709</v>
       </c>
       <c r="B9" t="s">
-        <v>56</v>
+        <v>1576</v>
       </c>
       <c r="C9" t="s">
-        <v>587</v>
+        <v>158</v>
       </c>
       <c r="D9" t="s">
-        <v>588</v>
+        <v>912</v>
+      </c>
+      <c r="E9" t="s">
+        <v>913</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2359</v>
+        <v>1710</v>
       </c>
       <c r="B10" t="s">
-        <v>56</v>
+        <v>1579</v>
       </c>
       <c r="C10" t="s">
-        <v>596</v>
+        <v>168</v>
       </c>
       <c r="D10" t="s">
-        <v>597</v>
+        <v>664</v>
+      </c>
+      <c r="E10" t="s">
+        <v>665</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2360</v>
+        <v>1711</v>
       </c>
       <c r="B11" t="s">
-        <v>70</v>
+        <v>1582</v>
       </c>
       <c r="C11" t="s">
-        <v>617</v>
+        <v>176</v>
       </c>
       <c r="D11" t="s">
-        <v>618</v>
+        <v>929</v>
+      </c>
+      <c r="E11" t="s">
+        <v>930</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2361</v>
+        <v>1712</v>
       </c>
       <c r="B12" t="s">
-        <v>70</v>
+        <v>1585</v>
       </c>
       <c r="C12" t="s">
-        <v>620</v>
+        <v>187</v>
       </c>
       <c r="D12" t="s">
-        <v>621</v>
+        <v>834</v>
+      </c>
+      <c r="E12" t="s">
+        <v>835</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2362</v>
+        <v>1713</v>
       </c>
       <c r="B13" t="s">
-        <v>70</v>
+        <v>1588</v>
       </c>
       <c r="C13" t="s">
-        <v>623</v>
+        <v>195</v>
       </c>
       <c r="D13" t="s">
-        <v>624</v>
+        <v>960</v>
+      </c>
+      <c r="E13" t="s">
+        <v>961</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2363</v>
+        <v>1714</v>
       </c>
       <c r="B14" t="s">
-        <v>70</v>
+        <v>1592</v>
       </c>
       <c r="C14" t="s">
-        <v>628</v>
+        <v>204</v>
       </c>
       <c r="D14" t="s">
-        <v>629</v>
+        <v>834</v>
+      </c>
+      <c r="E14" t="s">
+        <v>835</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2364</v>
+        <v>1715</v>
       </c>
       <c r="B15" t="s">
-        <v>70</v>
+        <v>1595</v>
       </c>
       <c r="C15" t="s">
-        <v>631</v>
+        <v>301</v>
       </c>
       <c r="D15" t="s">
-        <v>632</v>
+        <v>965</v>
+      </c>
+      <c r="E15" t="s">
+        <v>966</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2365</v>
+        <v>1716</v>
       </c>
       <c r="B16" t="s">
-        <v>82</v>
+        <v>1599</v>
       </c>
       <c r="C16" t="s">
-        <v>617</v>
+        <v>411</v>
       </c>
       <c r="D16" t="s">
-        <v>618</v>
+        <v>1334</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1335</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2366</v>
+        <v>1717</v>
       </c>
       <c r="B17" t="s">
-        <v>82</v>
+        <v>1603</v>
       </c>
       <c r="C17" t="s">
-        <v>623</v>
+        <v>432</v>
       </c>
       <c r="D17" t="s">
-        <v>624</v>
+        <v>1373</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1374</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2367</v>
+        <v>1718</v>
       </c>
       <c r="B18" t="s">
-        <v>82</v>
+        <v>1608</v>
       </c>
       <c r="C18" t="s">
-        <v>628</v>
+        <v>441</v>
       </c>
       <c r="D18" t="s">
-        <v>629</v>
+        <v>1398</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1399</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2368</v>
+        <v>1719</v>
       </c>
       <c r="B19" t="s">
-        <v>90</v>
+        <v>1612</v>
       </c>
       <c r="C19" t="s">
-        <v>643</v>
+        <v>486</v>
       </c>
       <c r="D19" t="s">
-        <v>644</v>
+        <v>777</v>
+      </c>
+      <c r="E19" t="s">
+        <v>778</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2369</v>
+        <v>1720</v>
       </c>
       <c r="B20" t="s">
-        <v>90</v>
+        <v>1615</v>
       </c>
       <c r="C20" t="s">
-        <v>648</v>
+        <v>486</v>
       </c>
       <c r="D20" t="s">
-        <v>649</v>
+        <v>1427</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1428</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2370</v>
+        <v>1721</v>
       </c>
       <c r="B21" t="s">
-        <v>90</v>
+        <v>1618</v>
       </c>
       <c r="C21" t="s">
-        <v>653</v>
+        <v>486</v>
       </c>
       <c r="D21" t="s">
-        <v>654</v>
-[...2617 lines deleted...]
-        <v>2527</v>
+        <v>1432</v>
       </c>
       <c r="E21" t="s">
-        <v>545</v>
-[...582 lines deleted...]
-        <v>546</v>
+        <v>1433</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="15" baseType="lpstr">
       <vt:lpstr>main</vt:lpstr>
+      <vt:lpstr>awards</vt:lpstr>
+      <vt:lpstr>awards_documents</vt:lpstr>
       <vt:lpstr>parties</vt:lpstr>
       <vt:lpstr>parties_memberof</vt:lpstr>
       <vt:lpstr>sources</vt:lpstr>
+      <vt:lpstr>contracts</vt:lpstr>
+      <vt:lpstr>contracts_documents</vt:lpstr>
+      <vt:lpstr>contracts_suppliers</vt:lpstr>
       <vt:lpstr>tender_items</vt:lpstr>
       <vt:lpstr>tender_documents</vt:lpstr>
       <vt:lpstr>tender_tenderers</vt:lpstr>
       <vt:lpstr>tender_participationfees</vt:lpstr>
       <vt:lpstr>planning_budget_budgetbreakdown</vt:lpstr>
-      <vt:lpstr>awards</vt:lpstr>
-[...3 lines deleted...]
-      <vt:lpstr>contracts_documents</vt:lpstr>
       <vt:lpstr>contracts_guarantees</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>