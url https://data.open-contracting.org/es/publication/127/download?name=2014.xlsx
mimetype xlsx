--- v0 (2025-10-13)
+++ v1 (2025-12-13)
@@ -161,51 +161,51 @@
   <si>
     <t>tender_procuringEntity_name</t>
   </si>
   <si>
     <t>planning_rationale</t>
   </si>
   <si>
     <t>planning_budget_id</t>
   </si>
   <si>
     <t>planning_budget_description</t>
   </si>
   <si>
     <t>planning_budget_project</t>
   </si>
   <si>
     <t>planning_budget_projectID</t>
   </si>
   <si>
     <t>planning_budget_amount_amount</t>
   </si>
   <si>
     <t>planning_budget_amount_currency</t>
   </si>
   <si>
-    <t>id-1.0</t>
+    <t>id-0.0</t>
   </si>
   <si>
     <t>ocds-j74acu-030322-AN/WRK/01-2014-03-10T19:51:00Z</t>
   </si>
   <si>
     <t>compiled</t>
   </si>
   <si>
     <t>2014-03-10T19:51:00Z</t>
   </si>
   <si>
     <t>ocds-j74acu-030322-AN/WRK/01</t>
   </si>
   <si>
     <t>en</t>
   </si>
   <si>
     <t>tender</t>
   </si>
   <si>
     <t>works@eprocure.bpp.an.gov.ng</t>
   </si>
   <si>
     <t>MINISTRY OF WORKS &amp; INFRASTRUCTURE</t>
   </si>
@@ -266,270 +266,270 @@
   <si>
     <t>status</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>contractPeriod_endDate</t>
   </si>
   <si>
     <t>contractPeriod_startDate</t>
   </si>
   <si>
     <t>contractPeriod_durationInDays</t>
   </si>
   <si>
-    <t>id-1.0.awards.0</t>
+    <t>id-0.0.awards.0</t>
   </si>
   <si>
     <t>ocds-j74acu-030322-AN/WRK/01i/ocds-j74acu-030322-AN/WRK/01030335</t>
   </si>
   <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>quantity</t>
   </si>
   <si>
     <t>unit_name</t>
   </si>
   <si>
     <t>unit_scheme</t>
   </si>
   <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
     <t>classification_description</t>
   </si>
   <si>
     <t>deliveryAddress_locality</t>
   </si>
   <si>
-    <t>id-1.0.awards.0.items.0</t>
+    <t>id-0.0.awards.0.items.0</t>
   </si>
   <si>
     <t>km</t>
   </si>
   <si>
     <t>UNCEFACT</t>
   </si>
   <si>
     <t>UNSPSC</t>
   </si>
   <si>
     <t>Highway and road new construction service</t>
   </si>
   <si>
     <t>ANAMBRA STATE</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
-    <t>id-1.0.awards.0.suppliers.0</t>
+    <t>id-0.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>NG-CAC-653240</t>
   </si>
   <si>
     <t>KANUBEEN CONSTRUCTION NIGERIA LIMITED</t>
   </si>
   <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_locality</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>address_streetAddress</t>
   </si>
   <si>
     <t>identifier_scheme</t>
   </si>
   <si>
     <t>identifier_legalName</t>
   </si>
   <si>
     <t>contactPoint_url</t>
   </si>
   <si>
     <t>contactPoint_name</t>
   </si>
   <si>
     <t>contactPoint_email</t>
   </si>
   <si>
     <t>contactPoint_telephone</t>
   </si>
   <si>
     <t>identifier_id</t>
   </si>
   <si>
-    <t>id-1.0.parties.0</t>
+    <t>id-0.0.parties.0</t>
   </si>
   <si>
     <t>buyer</t>
   </si>
   <si>
     <t>Awka</t>
   </si>
   <si>
     <t>Anambra</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Ministry of Works, Amawbia, Awka</t>
   </si>
   <si>
     <t>NG-TIN</t>
   </si>
   <si>
     <t>https://anambrastate.gov.ng/</t>
   </si>
   <si>
     <t>Engr. Ifeanyi Okoma</t>
   </si>
   <si>
     <t>07036702741</t>
   </si>
   <si>
-    <t>id-1.0.parties.1</t>
+    <t>id-0.0.parties.1</t>
   </si>
   <si>
     <t>supplier</t>
   </si>
   <si>
     <t>Anambra West LGA</t>
   </si>
   <si>
     <t>IYIORA ANAM ROAD</t>
   </si>
   <si>
     <t>NG-CAC</t>
   </si>
   <si>
     <t>http://eprocure.bpp.an.gov.ng/report/economic_operator.php</t>
   </si>
   <si>
     <t>jhonny_nassar@hotmail.com</t>
   </si>
   <si>
     <t>+2349020140404</t>
   </si>
   <si>
     <t>awardID</t>
   </si>
   <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>period_endDate</t>
   </si>
   <si>
     <t>period_startDate</t>
   </si>
   <si>
     <t>period_durationInDays</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0</t>
+    <t>id-0.0.contracts.0</t>
   </si>
   <si>
     <t>_link_contracts</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.items.0</t>
+    <t>id-0.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>payee_id</t>
   </si>
   <si>
     <t>payee_name</t>
   </si>
   <si>
     <t>payer_id</t>
   </si>
   <si>
     <t>payer_name</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.transactions.0</t>
+    <t>id-0.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>ocds-j74acu-030322-AN/WRK/01030337</t>
   </si>
   <si>
-    <t>id-1.0.tender.items.0</t>
+    <t>id-0.0.tender.items.0</t>
   </si>
   <si>
     <t>_link_tender_items</t>
   </si>
   <si>
     <t>scheme</t>
   </si>
   <si>
-    <t>id-1.0.tender.items.0.additionalClassifications.0</t>
+    <t>id-0.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
     <t>format</t>
   </si>
   <si>
     <t>documentType</t>
   </si>
   <si>
     <t>datePublished</t>
   </si>
   <si>
-    <t>id-1.0.tender.documents.0</t>
+    <t>id-0.0.tender.documents.0</t>
   </si>
   <si>
     <t>ocds-j74acu-030322-AN/WRK/01030408</t>
   </si>
   <si>
     <t>https://www.eprocure.bpp.an.gov.ng/admin/</t>
   </si>
   <si>
     <t>Tender Notice</t>
   </si>
   <si>
     <t>pdf</t>
   </si>
   <si>
     <t>tenderNotice</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>