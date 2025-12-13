--- v0 (2025-10-13)
+++ v1 (2025-12-13)
@@ -164,1634 +164,1634 @@
   <si>
     <t>planning_rationale</t>
   </si>
   <si>
     <t>planning_budget_id</t>
   </si>
   <si>
     <t>planning_budget_description</t>
   </si>
   <si>
     <t>planning_budget_project</t>
   </si>
   <si>
     <t>planning_budget_projectID</t>
   </si>
   <si>
     <t>planning_budget_amount_amount</t>
   </si>
   <si>
     <t>planning_budget_amount_currency</t>
   </si>
   <si>
     <t>id-0.0</t>
   </si>
   <si>
+    <t>ocds-j74acu-000107-AN/HS/04-2019-01-06T13:00:00Z</t>
+  </si>
+  <si>
+    <t>compiled</t>
+  </si>
+  <si>
+    <t>2019-01-06T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000107-AN/HS/04</t>
+  </si>
+  <si>
+    <t>en</t>
+  </si>
+  <si>
+    <t>tender</t>
+  </si>
+  <si>
+    <t>63X69LUGYa05</t>
+  </si>
+  <si>
+    <t>MINISTRY OF HOSUING</t>
+  </si>
+  <si>
+    <t>open tender</t>
+  </si>
+  <si>
+    <t>De-roofing and Re-roofing of Hon.Speaker and Clerk Office in Anambra State House of Assembly</t>
+  </si>
+  <si>
+    <t>active</t>
+  </si>
+  <si>
+    <t>Submit through the online portal at https://eprocure.bpp.an.gov.ng</t>
+  </si>
+  <si>
+    <t>true</t>
+  </si>
+  <si>
+    <t>works</t>
+  </si>
+  <si>
+    <t>priceOnly</t>
+  </si>
+  <si>
+    <t>Ernyson project was lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>open</t>
+  </si>
+  <si>
+    <t>written</t>
+  </si>
+  <si>
+    <t>2019-05-12T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-02-27T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-02-21T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-01-09T10:00:00Z</t>
+  </si>
+  <si>
+    <t>AN/HS/04</t>
+  </si>
+  <si>
+    <t>000106</t>
+  </si>
+  <si>
+    <t>Anambra State of Nigeria Approved Recurrent &amp;amp; Capital Estimates 2019 Fiscal Year</t>
+  </si>
+  <si>
+    <t>NGN</t>
+  </si>
+  <si>
+    <t>id-0.1</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000285-AN/HS/04-2019-01-07T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-01-07T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000285-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Remodeling of Corpers lodge at Anambra East LGA Secretariate</t>
+  </si>
+  <si>
+    <t>M O &amp;amp; C Intl Ltd was lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>2019-12-31T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-10-07T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-09-06T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-08-04T10:00:00Z</t>
+  </si>
+  <si>
+    <t>000284</t>
+  </si>
+  <si>
+    <t>id-0.2</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000341-AN/HS/04-2019-01-10T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-01-10T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000341-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Construction of Warehouse for the Shoe Manufacturing and Leather Products Industrial cluster</t>
+  </si>
+  <si>
+    <t>Facomore Nig Ltd was lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>""</t>
+  </si>
+  <si>
+    <t>2020-12-01T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-12-01T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-11-22T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-10-24T10:00:00Z</t>
+  </si>
+  <si>
+    <t>000340</t>
+  </si>
+  <si>
+    <t>id-1.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000125-AN/HS/04-2019-01-06T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000125-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Reconstruction of Dilapidated Office Building and Construction of Public Toilet at Ministry of Lands</t>
+  </si>
+  <si>
+    <t>2019-05-01T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-02-20T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-02-01T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-01-06T10:00:00Z</t>
+  </si>
+  <si>
+    <t>000124</t>
+  </si>
+  <si>
+    <t>id-1.1</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000369-AN/HS/04-2019-01-10T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000369-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Completion of Amphitheatre,Grandstands A,B&amp;amp;C</t>
+  </si>
+  <si>
+    <t>Hemebs Construction Ltd was lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>2019-08-01T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-10-15T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-07-26T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-06-24T10:00:00Z</t>
+  </si>
+  <si>
+    <t>000368</t>
+  </si>
+  <si>
+    <t>id-2.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000143-AN/HS/04-2019-01-06T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000143-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Renovation and Furnishing of 1no Judges Quarter at Onitsha</t>
+  </si>
+  <si>
+    <t>Praise venture was lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>2019-12-15T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-10-19T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-09-17T10:00:00Z</t>
+  </si>
+  <si>
+    <t>000142</t>
+  </si>
+  <si>
+    <t>id-2.1</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000325-AN/HS/04-2019-01-10T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000325-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Completion of the Judges&amp;#039;s Residence at Aguleri</t>
+  </si>
+  <si>
+    <t>Elmada Integrated Ltd was lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>2019-12-11T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-05-06T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-11-05T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-10-04T10:00:00Z</t>
+  </si>
+  <si>
+    <t>000324</t>
+  </si>
+  <si>
+    <t>id-3.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000115-AN/HS/04-2019-01-06T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000115-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Construction of 2no. Pavilion with Indoor Sports Hall at Otuocha Township Stadium,</t>
+  </si>
+  <si>
+    <t>O.Ben Developers LTD was lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>2019-04-10T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-02-10T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-01-02T10:00:00Z</t>
+  </si>
+  <si>
+    <t>000114</t>
+  </si>
+  <si>
+    <t>id-3.1</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000301-AN/HS/04-2019-01-10T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000301-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Renovation of Wing &amp;#039;&amp;#039;E&amp;#039;&amp;#039; Chairman&amp;#039;s Office Building At Ayamelum LGA Secretariate</t>
+  </si>
+  <si>
+    <t>price only</t>
+  </si>
+  <si>
+    <t>000300</t>
+  </si>
+  <si>
+    <t>id-3.2</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000361-AN/HS/04-2019-01-10T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000361-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Completion of Abondoned office complex for Ministry of Housing</t>
+  </si>
+  <si>
+    <t>Iyke JordanLtd was lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>2020-09-02T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-09-02T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-08-19T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-07-17T10:00:00Z</t>
+  </si>
+  <si>
+    <t>000360</t>
+  </si>
+  <si>
+    <t>id-4.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000151-AN/HS/04-2019-01-06T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000151-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Re-Rofing/Maintenance Works On the Roof Structure in Some Offices of the Department of State Services(DSS) Amawbia</t>
+  </si>
+  <si>
+    <t>Kolinks Construction ltd was lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>2020-01-06T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-11-06T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-09-09T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-08-09T10:00:00Z</t>
+  </si>
+  <si>
+    <t>000150</t>
+  </si>
+  <si>
+    <t>id-4.1</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000277-AN/HS/04-2019-01-07T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000277-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Remodeling of Traditional Ruler&amp;#039;s Council at Anambra East LGA Secretariate</t>
+  </si>
+  <si>
+    <t>Menezes Intl Ltd was lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>000276</t>
+  </si>
+  <si>
+    <t>id-4.2</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000333-AN/HS/04-2019-01-10T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000333-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Construction of the Proposed 5-Story Office Complex for the Anambra Broadcasting Service</t>
+  </si>
+  <si>
+    <t>2020-09-03T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-10-12T13:00:00Z</t>
+  </si>
+  <si>
+    <t>000332</t>
+  </si>
+  <si>
+    <t>id-5.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000159-AN/HS/04-2019-01-06T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000159-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Reconstruction Administrative Block at Anambra State Polytechnic Mgbakwu</t>
+  </si>
+  <si>
+    <t>2020-05-04T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-12-10T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-11-29T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-11-08T10:00:00Z</t>
+  </si>
+  <si>
+    <t>000158</t>
+  </si>
+  <si>
+    <t>id-6.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000133-AN/HS/04-2019-01-06T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000133-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Construction of Access Control Security Steel Fence Barrier and Auxiliary Facility at Governor&amp;#039;s Lodge,Amawbia</t>
+  </si>
+  <si>
+    <t>G.Evirons Ltd was lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>2019-07-05T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-04-01T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-03-07T10:00:00Z</t>
+  </si>
+  <si>
+    <t>000132</t>
+  </si>
+  <si>
+    <t>id-6.1</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000377-AN/HS/04-2019-01-10T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000377-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Construction of Teacher&amp;#039;s Quarter at Ossomalla</t>
+  </si>
+  <si>
+    <t>Eldov Nig ltd was lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>2019-12-16T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-08-12T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-07-22T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-06-20T10:00:00Z</t>
+  </si>
+  <si>
+    <t>000376</t>
+  </si>
+  <si>
+    <t>id-7.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000167-AN/HS/04-2019-01-06T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000167-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Refurbishment/Upgrading of Anambra State Waste Manaement Agency (ASWAMA)Office Block at Government House,Awka</t>
+  </si>
+  <si>
+    <t>Miles Engineering LTD was lowst responsive bidder</t>
+  </si>
+  <si>
+    <t>2019-10-18T13:00:00Z</t>
+  </si>
+  <si>
+    <t>000166</t>
+  </si>
+  <si>
+    <t>id-7.1</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000293-AN/HS/04-2019-01-07T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000293-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Construction of Collapsed Portion of Perimeter Fencing Wall at Skill Acquisation Center Ayamelu</t>
+  </si>
+  <si>
+    <t>2019-08-05T10:00:00Z</t>
+  </si>
+  <si>
+    <t>000292</t>
+  </si>
+  <si>
+    <t>id-8.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000241-AN/HS/04-2019-01-05T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-01-05T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000241-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Construction of Reinforced Dwarf Concrete Wall With Wiremesh at Aba Motor Park,Onitsha</t>
+  </si>
+  <si>
+    <t>Bauwerk Engineering Ltd was lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>2019-11-10T13:00:00Z</t>
+  </si>
+  <si>
+    <t>000240</t>
+  </si>
+  <si>
+    <t>id-8.1</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000403-AN/HS/04-2019-01-10T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000403-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Constuction of Teacher&amp;#039;s Quarter at Nzam</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Award Criteria O.Ben Developers LTD was lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>000402</t>
+  </si>
+  <si>
+    <t>id-11.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000185-AN/HS/04-2019-01-07T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000185-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Renovation of Model Community Children&amp;#039;s Home Real Estate Awka</t>
+  </si>
+  <si>
+    <t>Nk plastics and Packaging Ltd was lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>2020-03-05T13:00:00Z</t>
+  </si>
+  <si>
+    <t>000184</t>
+  </si>
+  <si>
+    <t>id-11.1</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000411-AN/HS/04-2019-01-10T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000411-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Construction of Teacher&amp;#039;s Quarter at Anaku</t>
+  </si>
+  <si>
+    <t>Emucon was Lowest Resposive Bidder</t>
+  </si>
+  <si>
+    <t>000410</t>
+  </si>
+  <si>
+    <t>id-13.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000225-AN/HS/04-2019-01-07T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000225-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Renovation of Office Building for the Anambra State Civil Service Commision</t>
+  </si>
+  <si>
+    <t>Hasi Construction Ltd was lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>000224</t>
+  </si>
+  <si>
+    <t>id-14.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000209-AN/HS/04-2019-01-07T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000209-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Fencing of Sema Warehouse</t>
+  </si>
+  <si>
+    <t>AGUKA-AGU GLOBAL RESOURSES AND SERVICES was lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>2019-10-04T13:00:00Z</t>
+  </si>
+  <si>
+    <t>000208</t>
+  </si>
+  <si>
+    <t>id-14.1</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000309-AN/HS/04-2019-01-10T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000309-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Renovation of Traditional Rulers Council Building at Ayamelum Secretariat</t>
+  </si>
+  <si>
+    <t>000308</t>
+  </si>
+  <si>
+    <t>id-15.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000193-AN/HS/04-2019-01-07T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000193-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Construction of the Collapsed Portion of Perimeter Fence at Nigeria Prisons,Amawbia</t>
+  </si>
+  <si>
+    <t>Cefac International Ltd was lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>2019-10-16T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-09-14T10:00:00Z</t>
+  </si>
+  <si>
+    <t>000192</t>
+  </si>
+  <si>
+    <t>id-15.1</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000395-AN/HS/04-2019-01-10T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000395-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Construction of Teacher&amp;#039;s Quarter at Enugwu Out Aguleri</t>
+  </si>
+  <si>
+    <t>Mashuchum Construction was lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>000394</t>
+  </si>
+  <si>
+    <t>id-16.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000249-AN/HS/04-2019-01-07T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000249-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Remodeling of Leislative Block Anambra East LGA Secretariate</t>
+  </si>
+  <si>
+    <t>Royal Mates Industrial Ltd was lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>000248</t>
+  </si>
+  <si>
+    <t>id-17.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000177-AN/HS/04-2019-01-07T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000177-AN/HS/04</t>
+  </si>
+  <si>
+    <t>For Landscaping Works at the Aroma,Kwata and Amawbia Junction Flyovers In Awka Capital Territory</t>
+  </si>
+  <si>
+    <t>2019-09-19T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-08-30T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-08-02T10:00:00Z</t>
+  </si>
+  <si>
+    <t>000176</t>
+  </si>
+  <si>
+    <t>id-17.1</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000317-AN/HS/04-2019-12-10T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000317-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Renovation of Dilapidated Canteen at the Anambra East L.G.A Secretariate Complex</t>
+  </si>
+  <si>
+    <t>2019-11-04T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-02-05T13:00:00Z</t>
+  </si>
+  <si>
+    <t>000316</t>
+  </si>
+  <si>
+    <t>id-18.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000201-AN/HS/04-2019-01-07T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000201-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Painting of the Admistrative Building and News/Programme Production Building at the Anambra Broadcasting Corporation Headquaters,Amawbia</t>
+  </si>
+  <si>
+    <t>Paint Divah Nig was lowest responsive bidde</t>
+  </si>
+  <si>
+    <t>2019-09-20T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-09-01T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-08-23T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-07-10T10:00:00Z</t>
+  </si>
+  <si>
+    <t>000200</t>
+  </si>
+  <si>
+    <t>id-18.1</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000387-AN/HS/04-2019-01-10T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000387-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Construction of Mortuary at Enugwu ukwu Hospital</t>
+  </si>
+  <si>
+    <t>000386</t>
+  </si>
+  <si>
+    <t>id-20.0</t>
+  </si>
+  <si>
     <t>ocds-j74acu-000233-AN/HS/04-2019-01-07T13:00:00Z</t>
   </si>
   <si>
-    <t>compiled</t>
-[...4 lines deleted...]
-  <si>
     <t>ocds-j74acu-000233-AN/HS/04</t>
   </si>
   <si>
-    <t>en</t>
-[...13 lines deleted...]
-  <si>
     <t>Construction of of 3ft High Retaing Wall/Installation of Barricade at Amansea Cow Pen</t>
   </si>
   <si>
-    <t>active</t>
-[...22 lines deleted...]
-  <si>
     <t>2019-08-03T13:00:00Z</t>
   </si>
   <si>
-    <t>2019-11-10T13:00:00Z</t>
-[...10 lines deleted...]
-  <si>
     <t>000232</t>
   </si>
   <si>
-    <t>Anambra State of Nigeria Approved Recurrent &amp;amp; Capital Estimates 2019 Fiscal Year</t>
-[...5 lines deleted...]
-    <t>id-1.0</t>
+    <t>id-24.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000217-AN/HS/04-2019-01-07T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000217-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Contract for the Proposed Repairs of Leaking Roof of the Governor&amp;#039;s Office,Awka</t>
+  </si>
+  <si>
+    <t>000216</t>
+  </si>
+  <si>
+    <t>id-26.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000257-AN/HS/04-2019-01-07T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000257-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Remodeling of Cental Round About Uga</t>
+  </si>
+  <si>
+    <t>:00Z</t>
+  </si>
+  <si>
+    <t>000256</t>
+  </si>
+  <si>
+    <t>id-28.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000265-AN/HS/04-2019-01-07T13:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000265-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Remodeling of Board of Internal Revenue Building at AnambraEast LGA Secretariat</t>
+  </si>
+  <si>
+    <t>2020-04-08T13:00:00Z</t>
+  </si>
+  <si>
+    <t>000264</t>
+  </si>
+  <si>
+    <t>id-31.0</t>
   </si>
   <si>
     <t>ocds-j74acu-000099-AN/HS/04-2019-01-06T13:00:00Z</t>
   </si>
   <si>
-    <t>2019-01-06T13:00:00Z</t>
-[...1 lines deleted...]
-  <si>
     <t>ocds-j74acu-000099-AN/HS/04</t>
   </si>
   <si>
     <t>Renovation Works for Structural Defects at Ministry of Agriculture(ADP)</t>
   </si>
   <si>
     <t>2019-07-31T13:00:00Z</t>
   </si>
   <si>
     <t>2019-06-08T13:00:00Z</t>
   </si>
   <si>
     <t>2019-06-01T13:00:00Z</t>
   </si>
   <si>
     <t>2019-05-03T10:00:00Z</t>
   </si>
   <si>
     <t>000098</t>
   </si>
   <si>
-    <t>id-2.0</t>
-[...799 lines deleted...]
-  <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>contractPeriod_endDate</t>
   </si>
   <si>
     <t>contractPeriod_startDate</t>
   </si>
   <si>
     <t>contractPeriod_durationInDays</t>
   </si>
   <si>
     <t>id-0.0.awards.0</t>
   </si>
   <si>
+    <t>ocds-j74acu-000107-AN/HS/04i/ocds-j74acu-000107-AN/HS/04000110</t>
+  </si>
+  <si>
+    <t>id-0.1.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000285-AN/HS/04i/ocds-j74acu-000285-AN/HS/04000288</t>
+  </si>
+  <si>
+    <t>id-0.2.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000341-AN/HS/04i/ocds-j74acu-000341-AN/HS/04000344</t>
+  </si>
+  <si>
+    <t>id-1.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000125-AN/HS/04i/ocds-j74acu-000125-AN/HS/04000128</t>
+  </si>
+  <si>
+    <t>id-1.1.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000369-AN/HS/04i/ocds-j74acu-000369-AN/HS/04000372</t>
+  </si>
+  <si>
+    <t>id-2.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000143-AN/HS/04i/ocds-j74acu-000143-AN/HS/04000146</t>
+  </si>
+  <si>
+    <t>id-2.1.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000325-AN/HS/04i/ocds-j74acu-000325-AN/HS/04000328</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000115-AN/HS/04i/ocds-j74acu-000115-AN/HS/04000120</t>
+  </si>
+  <si>
+    <t>id-3.1.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000301-AN/HS/04i/ocds-j74acu-000301-AN/HS/04000304</t>
+  </si>
+  <si>
+    <t>id-3.2.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000361-AN/HS/04i/ocds-j74acu-000361-AN/HS/04000364</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000151-AN/HS/04i/ocds-j74acu-000151-AN/HS/04000154</t>
+  </si>
+  <si>
+    <t>id-4.1.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000277-AN/HS/04i/ocds-j74acu-000277-AN/HS/04000280</t>
+  </si>
+  <si>
+    <t>id-4.2.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000333-AN/HS/04i/ocds-j74acu-000333-AN/HS/04000336</t>
+  </si>
+  <si>
+    <t>id-5.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000159-AN/HS/04i/ocds-j74acu-000159-AN/HS/04000162</t>
+  </si>
+  <si>
+    <t>id-6.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000133-AN/HS/04i/ocds-j74acu-000133-AN/HS/04000138</t>
+  </si>
+  <si>
+    <t>id-6.1.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000377-AN/HS/04i/ocds-j74acu-000377-AN/HS/04000382</t>
+  </si>
+  <si>
+    <t>id-7.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000167-AN/HS/04i/ocds-j74acu-000167-AN/HS/04000170</t>
+  </si>
+  <si>
+    <t>id-7.1.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000293-AN/HS/04i/ocds-j74acu-000293-AN/HS/04000296</t>
+  </si>
+  <si>
+    <t>id-8.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000241-AN/HS/04i/ocds-j74acu-000241-AN/HS/04000244</t>
+  </si>
+  <si>
+    <t>id-8.1.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000403-AN/HS/04i/ocds-j74acu-000403-AN/HS/04000406</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000185-AN/HS/04i/ocds-j74acu-000185-AN/HS/04000188</t>
+  </si>
+  <si>
+    <t>id-11.1.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000411-AN/HS/04i/ocds-j74acu-000411-AN/HS/04000414</t>
+  </si>
+  <si>
+    <t>id-13.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000225-AN/HS/04i/ocds-j74acu-000225-AN/HS/04000228</t>
+  </si>
+  <si>
+    <t>id-14.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000209-AN/HS/04i/ocds-j74acu-000209-AN/HS/04000212</t>
+  </si>
+  <si>
+    <t>id-14.1.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000309-AN/HS/04i/ocds-j74acu-000309-AN/HS/04000312</t>
+  </si>
+  <si>
+    <t>id-15.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000193-AN/HS/04i/ocds-j74acu-000193-AN/HS/04000196</t>
+  </si>
+  <si>
+    <t>id-15.1.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000395-AN/HS/04i/ocds-j74acu-000395-AN/HS/04000398</t>
+  </si>
+  <si>
+    <t>id-16.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000249-AN/HS/04i/ocds-j74acu-000249-AN/HS/04000252</t>
+  </si>
+  <si>
+    <t>id-17.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000177-AN/HS/04i/ocds-j74acu-000177-AN/HS/04000180</t>
+  </si>
+  <si>
+    <t>id-17.1.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000317-AN/HS/04i/ocds-j74acu-000317-AN/HS/04000320</t>
+  </si>
+  <si>
+    <t>id-18.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000201-AN/HS/04i/ocds-j74acu-000201-AN/HS/04000204</t>
+  </si>
+  <si>
+    <t>id-18.1.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000387-AN/HS/04i/ocds-j74acu-000387-AN/HS/04000390</t>
+  </si>
+  <si>
+    <t>id-20.0.awards.0</t>
+  </si>
+  <si>
     <t>ocds-j74acu-000233-AN/HS/04i/ocds-j74acu-000233-AN/HS/04000236</t>
   </si>
   <si>
-    <t>id-1.0.awards.0</t>
+    <t>id-24.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000217-AN/HS/04i/ocds-j74acu-000217-AN/HS/04000220</t>
+  </si>
+  <si>
+    <t>id-26.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000257-AN/HS/04i/ocds-j74acu-000257-AN/HS/04000260</t>
+  </si>
+  <si>
+    <t>id-28.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000265-AN/HS/04i/ocds-j74acu-000265-AN/HS/04000272</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0</t>
   </si>
   <si>
     <t>ocds-j74acu-000099-AN/HS/04i/ocds-j74acu-000099-AN/HS/04000102</t>
   </si>
   <si>
-    <t>id-2.0.awards.0</t>
-[...208 lines deleted...]
-  <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>quantity</t>
   </si>
   <si>
     <t>unit_name</t>
   </si>
   <si>
     <t>unit_scheme</t>
   </si>
   <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
     <t>classification_description</t>
   </si>
   <si>
     <t>deliveryAddress_locality</t>
   </si>
   <si>
     <t>id-0.0.awards.0.items.0</t>
   </si>
   <si>
     <t>unit</t>
   </si>
   <si>
     <t>UNCEFACT</t>
   </si>
   <si>
     <t>UNSPSC</t>
   </si>
   <si>
     <t>Commercial and office building renovation and repair service</t>
   </si>
   <si>
     <t>Awka Anambra State</t>
   </si>
   <si>
+    <t>id-0.1.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-0.2.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>units</t>
+  </si>
+  <si>
+    <t>Highway and road maintenance service</t>
+  </si>
+  <si>
     <t>id-1.0.awards.0.items.0</t>
   </si>
   <si>
+    <t>id-1.1.awards.0.items.0</t>
+  </si>
+  <si>
     <t>id-2.0.awards.0.items.0</t>
   </si>
   <si>
+    <t>id-2.1.awards.0.items.0</t>
+  </si>
+  <si>
     <t>id-3.0.awards.0.items.0</t>
   </si>
   <si>
+    <t>id-3.1.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-3.2.awards.0.items.0</t>
+  </si>
+  <si>
     <t>id-4.0.awards.0.items.0</t>
   </si>
   <si>
+    <t>id-4.1.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>id-4.2.awards.0.items.0</t>
+  </si>
+  <si>
     <t>id-5.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>id-5.1.awards.0.items.0</t>
-[...7 lines deleted...]
-  <si>
     <t>id-6.0.awards.0.items.0</t>
   </si>
   <si>
+    <t>id-6.1.awards.0.items.0</t>
+  </si>
+  <si>
     <t>id-7.0.awards.0.items.0</t>
   </si>
   <si>
+    <t>id-7.1.awards.0.items.0</t>
+  </si>
+  <si>
     <t>id-8.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>id-9.0.awards.0.items.0</t>
-[...2 lines deleted...]
-    <t>id-10.0.awards.0.items.0</t>
+    <t>id-8.1.awards.0.items.0</t>
   </si>
   <si>
     <t>id-11.0.awards.0.items.0</t>
   </si>
   <si>
     <t>id-11.1.awards.0.items.0</t>
   </si>
   <si>
-    <t>id-12.0.awards.0.items.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-13.0.awards.0.items.0</t>
   </si>
   <si>
     <t>id-14.0.awards.0.items.0</t>
   </si>
   <si>
+    <t>id-14.1.awards.0.items.0</t>
+  </si>
+  <si>
     <t>id-15.0.awards.0.items.0</t>
   </si>
   <si>
+    <t>id-15.1.awards.0.items.0</t>
+  </si>
+  <si>
     <t>id-16.0.awards.0.items.0</t>
   </si>
   <si>
     <t>id-17.0.awards.0.items.0</t>
   </si>
   <si>
+    <t>id-17.1.awards.0.items.0</t>
+  </si>
+  <si>
     <t>id-18.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>id-19.0.awards.0.items.0</t>
+    <t>id-18.1.awards.0.items.0</t>
   </si>
   <si>
     <t>id-20.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>id-20.1.awards.0.items.0</t>
-[...16 lines deleted...]
-  <si>
     <t>id-24.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>id-25.0.awards.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-26.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>id-27.0.awards.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-28.0.awards.0.items.0</t>
   </si>
   <si>
     <t>id-31.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>id-31.1.awards.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>name</t>
   </si>
   <si>
     <t>id-0.0.awards.0.suppliers.0</t>
   </si>
   <si>
+    <t>NG-CAC-EP19</t>
+  </si>
+  <si>
+    <t>Ernyson Project</t>
+  </si>
+  <si>
+    <t>id-0.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
     <t>NG-CAC-MOC15</t>
   </si>
   <si>
     <t>M O &amp; C Intl Ltd</t>
   </si>
   <si>
+    <t>id-0.2.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-FNL14</t>
+  </si>
+  <si>
+    <t>Facomore Nig Ltd</t>
+  </si>
+  <si>
     <t>id-1.0.awards.0.suppliers.0</t>
   </si>
   <si>
+    <t>NG-CAC-OCNL25</t>
+  </si>
+  <si>
+    <t>OBIMEZIE Comp Nig Ltd</t>
+  </si>
+  <si>
+    <t>id-1.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-HCL22</t>
+  </si>
+  <si>
+    <t>Hemebs Construction Ltd</t>
+  </si>
+  <si>
     <t>id-2.0.awards.0.suppliers.0</t>
   </si>
   <si>
+    <t>NG-CAC-PV64</t>
+  </si>
+  <si>
+    <t>Praise venture</t>
+  </si>
+  <si>
+    <t>id-2.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-EIL46</t>
+  </si>
+  <si>
+    <t>Elmada Integrated Ltd</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
     <t>NG-CAC-OBDL24</t>
   </si>
   <si>
     <t>O.Ben Developers LTD</t>
   </si>
   <si>
-    <t>id-3.0.awards.0.suppliers.0</t>
+    <t>id-3.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-MIL12</t>
+  </si>
+  <si>
+    <t>Menezes Intl Ltd</t>
+  </si>
+  <si>
+    <t>id-3.2.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-IJL67</t>
+  </si>
+  <si>
+    <t>Iyke Jordan Ltd</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-KCL45</t>
+  </si>
+  <si>
+    <t>Kolinks Construction Ltd</t>
+  </si>
+  <si>
+    <t>id-4.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-MIL15</t>
+  </si>
+  <si>
+    <t>id-4.2.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-ZCL57</t>
+  </si>
+  <si>
+    <t>Zhongtian Construction Ltd</t>
+  </si>
+  <si>
+    <t>id-5.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-HCL33</t>
+  </si>
+  <si>
+    <t>id-6.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-GEL90</t>
+  </si>
+  <si>
+    <t>G.Evirons Ltd</t>
+  </si>
+  <si>
+    <t>id-6.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-ENL65</t>
+  </si>
+  <si>
+    <t>Eldov Nig ltd</t>
+  </si>
+  <si>
+    <t>id-7.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-MEL24</t>
+  </si>
+  <si>
+    <t>Miles Engineering LTD</t>
+  </si>
+  <si>
+    <t>id-7.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-8.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-BEL16</t>
+  </si>
+  <si>
+    <t>Bauwerk Engineering Ltd</t>
+  </si>
+  <si>
+    <t>id-8.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-OBDl16</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-NPPL22</t>
+  </si>
+  <si>
+    <t>Nk plastics and Packaging Ltd</t>
+  </si>
+  <si>
+    <t>id-11.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>Emucon NIG LTD</t>
+  </si>
+  <si>
+    <t>id-13.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>Hasi construction Ltd</t>
+  </si>
+  <si>
+    <t>id-14.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>NG-CAC-IGRS35</t>
   </si>
   <si>
     <t>I.AGUKA-AGU GLOBAL RESOURSES AND SERVICES</t>
   </si>
   <si>
-    <t>id-4.0.awards.0.suppliers.0</t>
-[...50 lines deleted...]
-    <t>id-9.0.awards.0.suppliers.0</t>
+    <t>id-14.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-MOCIL24</t>
+  </si>
+  <si>
+    <t>id-15.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-CIL23</t>
+  </si>
+  <si>
+    <t>Cefac International Ltd</t>
+  </si>
+  <si>
+    <t>id-15.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-MC87</t>
+  </si>
+  <si>
+    <t>Mashuchum Construction</t>
+  </si>
+  <si>
+    <t>id-16.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-RMIL32</t>
+  </si>
+  <si>
+    <t>Royal Mates Industrial Ltd</t>
+  </si>
+  <si>
+    <t>id-17.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-17.1.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>NG-CAC-RMIL16</t>
   </si>
   <si>
-    <t>Royal Mates Industrial Ltd</t>
-[...53 lines deleted...]
-    <t>id-14.0.awards.0.suppliers.0</t>
+    <t>id-18.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>NG-CAC-PDV17</t>
   </si>
   <si>
     <t>Paint Divah Nig</t>
   </si>
   <si>
-    <t>id-15.0.awards.0.suppliers.0</t>
-[...35 lines deleted...]
-    <t>Menezes Intl Ltd</t>
+    <t>id-18.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Emucon NIG LTD</t>
   </si>
   <si>
     <t>id-20.0.awards.0.suppliers.0</t>
   </si>
   <si>
-    <t>NG-CAC-BEL16</t>
-[...40 lines deleted...]
-  <si>
     <t>id-24.0.awards.0.suppliers.0</t>
   </si>
   <si>
-    <t>id-25.0.awards.0.suppliers.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-26.0.awards.0.suppliers.0</t>
   </si>
   <si>
-    <t>id-27.0.awards.0.suppliers.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-28.0.awards.0.suppliers.0</t>
   </si>
   <si>
-    <t>NG-CAC-MOCIL24</t>
-[...1 lines deleted...]
-  <si>
     <t>id-31.0.awards.0.suppliers.0</t>
   </si>
   <si>
-    <t>NG-CAC-EP19</t>
-[...10 lines deleted...]
-  <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_locality</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>address_streetAddress</t>
   </si>
   <si>
     <t>identifier_scheme</t>
   </si>
   <si>
     <t>identifier_legalName</t>
   </si>
   <si>
     <t>contactPoint_url</t>
@@ -1835,1293 +1835,1293 @@
   <si>
     <t>Akorah Clement</t>
   </si>
   <si>
     <t>housing@eprocure.bpp.an.gov.ng</t>
   </si>
   <si>
     <t>+2347037412222</t>
   </si>
   <si>
     <t>id-0.0.parties.1</t>
   </si>
   <si>
     <t>supplier</t>
   </si>
   <si>
     <t>NG-CAC</t>
   </si>
   <si>
     <t>http://eprocure.bpp.an.gov.ng/</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
+    <t>EP19</t>
+  </si>
+  <si>
+    <t>id-0.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-0.1.parties.1</t>
+  </si>
+  <si>
     <t>MOC15</t>
   </si>
   <si>
+    <t>id-0.2.parties.0</t>
+  </si>
+  <si>
+    <t>id-0.2.parties.1</t>
+  </si>
+  <si>
+    <t>FNL14</t>
+  </si>
+  <si>
     <t>id-1.0.parties.0</t>
   </si>
   <si>
     <t>id-1.0.parties.1</t>
   </si>
   <si>
+    <t>OCNL25</t>
+  </si>
+  <si>
+    <t>id-1.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-1.1.parties.1</t>
+  </si>
+  <si>
+    <t>HCL22</t>
+  </si>
+  <si>
     <t>id-2.0.parties.0</t>
   </si>
   <si>
     <t>id-2.0.parties.1</t>
   </si>
   <si>
+    <t>PV64</t>
+  </si>
+  <si>
+    <t>id-2.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-2.1.parties.1</t>
+  </si>
+  <si>
+    <t>EIL46</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.1</t>
+  </si>
+  <si>
     <t>OBDL24</t>
   </si>
   <si>
-    <t>id-3.0.parties.0</t>
-[...2 lines deleted...]
-    <t>id-3.0.parties.1</t>
+    <t>id-3.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-3.1.parties.1</t>
+  </si>
+  <si>
+    <t>https://eprocure.bpp.an.gov.ng/</t>
+  </si>
+  <si>
+    <t>MIL12</t>
+  </si>
+  <si>
+    <t>id-3.2.parties.0</t>
+  </si>
+  <si>
+    <t>id-3.2.parties.1</t>
+  </si>
+  <si>
+    <t>IJL67</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.1</t>
+  </si>
+  <si>
+    <t>KCL45</t>
+  </si>
+  <si>
+    <t>id-4.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-4.1.parties.1</t>
+  </si>
+  <si>
+    <t>MIL15</t>
+  </si>
+  <si>
+    <t>id-4.2.parties.0</t>
+  </si>
+  <si>
+    <t>id-4.2.parties.1</t>
+  </si>
+  <si>
+    <t>ZCL57</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.1</t>
+  </si>
+  <si>
+    <t>HCL33</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.1</t>
+  </si>
+  <si>
+    <t>GEL90</t>
+  </si>
+  <si>
+    <t>id-6.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-6.1.parties.1</t>
+  </si>
+  <si>
+    <t>ENL65</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.1</t>
+  </si>
+  <si>
+    <t>MEL24</t>
+  </si>
+  <si>
+    <t>id-7.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-7.1.parties.1</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.1</t>
+  </si>
+  <si>
+    <t>BEL16</t>
+  </si>
+  <si>
+    <t>id-8.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-8.1.parties.1</t>
+  </si>
+  <si>
+    <t>OBDl16</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.1</t>
+  </si>
+  <si>
+    <t>NPPL22</t>
+  </si>
+  <si>
+    <t>id-11.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-11.1.parties.1</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.1</t>
   </si>
   <si>
     <t>IGRS35</t>
   </si>
   <si>
-    <t>id-4.0.parties.0</t>
-[...56 lines deleted...]
-    <t>id-9.0.parties.1</t>
+    <t>id-14.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-14.1.parties.1</t>
+  </si>
+  <si>
+    <t>MOCIL24</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.1</t>
+  </si>
+  <si>
+    <t>CIL23</t>
+  </si>
+  <si>
+    <t>id-15.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-15.1.parties.1</t>
+  </si>
+  <si>
+    <t>MC87</t>
+  </si>
+  <si>
+    <t>id-16.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-16.0.parties.1</t>
+  </si>
+  <si>
+    <t>RMIL32</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-17.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-17.1.parties.1</t>
   </si>
   <si>
     <t>RMIL16</t>
   </si>
   <si>
-    <t>id-10.0.parties.0</t>
-[...53 lines deleted...]
-    <t>id-14.0.parties.1</t>
+    <t>id-18.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-18.0.parties.1</t>
   </si>
   <si>
     <t>PDV17</t>
   </si>
   <si>
-    <t>id-15.0.parties.0</t>
-[...38 lines deleted...]
-    <t>MIL15</t>
+    <t>id-18.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-18.1.parties.1</t>
   </si>
   <si>
     <t>id-20.0.parties.0</t>
   </si>
   <si>
     <t>id-20.0.parties.1</t>
   </si>
   <si>
-    <t>BEL16</t>
-[...52 lines deleted...]
-  <si>
     <t>id-24.0.parties.0</t>
   </si>
   <si>
     <t>id-24.0.parties.1</t>
   </si>
   <si>
-    <t>id-25.0.parties.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-26.0.parties.0</t>
   </si>
   <si>
     <t>id-26.0.parties.1</t>
   </si>
   <si>
-    <t>id-27.0.parties.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-28.0.parties.0</t>
   </si>
   <si>
     <t>id-28.0.parties.1</t>
   </si>
   <si>
-    <t>MOCIL24</t>
-[...1 lines deleted...]
-  <si>
     <t>id-31.0.parties.0</t>
   </si>
   <si>
     <t>id-31.0.parties.1</t>
   </si>
   <si>
-    <t>EP19</t>
-[...7 lines deleted...]
-  <si>
     <t>awardID</t>
   </si>
   <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>period_endDate</t>
   </si>
   <si>
     <t>period_startDate</t>
   </si>
   <si>
     <t>period_durationInDays</t>
   </si>
   <si>
     <t>id-0.0.contracts.0</t>
   </si>
   <si>
+    <t>id-0.1.contracts.0</t>
+  </si>
+  <si>
+    <t>id-0.2.contracts.0</t>
+  </si>
+  <si>
     <t>id-1.0.contracts.0</t>
   </si>
   <si>
+    <t>id-1.1.contracts.0</t>
+  </si>
+  <si>
     <t>id-2.0.contracts.0</t>
   </si>
   <si>
+    <t>id-2.1.contracts.0</t>
+  </si>
+  <si>
     <t>id-3.0.contracts.0</t>
   </si>
   <si>
+    <t>id-3.1.contracts.0</t>
+  </si>
+  <si>
+    <t>id-3.2.contracts.0</t>
+  </si>
+  <si>
     <t>id-4.0.contracts.0</t>
   </si>
   <si>
+    <t>id-4.1.contracts.0</t>
+  </si>
+  <si>
+    <t>id-4.2.contracts.0</t>
+  </si>
+  <si>
     <t>id-5.0.contracts.0</t>
   </si>
   <si>
-    <t>id-5.1.contracts.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-6.0.contracts.0</t>
   </si>
   <si>
+    <t>id-6.1.contracts.0</t>
+  </si>
+  <si>
     <t>id-7.0.contracts.0</t>
   </si>
   <si>
+    <t>id-7.1.contracts.0</t>
+  </si>
+  <si>
     <t>id-8.0.contracts.0</t>
   </si>
   <si>
-    <t>id-9.0.contracts.0</t>
-[...2 lines deleted...]
-    <t>id-10.0.contracts.0</t>
+    <t>id-8.1.contracts.0</t>
   </si>
   <si>
     <t>id-11.0.contracts.0</t>
   </si>
   <si>
     <t>id-11.1.contracts.0</t>
   </si>
   <si>
-    <t>id-12.0.contracts.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-13.0.contracts.0</t>
   </si>
   <si>
     <t>id-14.0.contracts.0</t>
   </si>
   <si>
+    <t>id-14.1.contracts.0</t>
+  </si>
+  <si>
     <t>id-15.0.contracts.0</t>
   </si>
   <si>
+    <t>id-15.1.contracts.0</t>
+  </si>
+  <si>
     <t>id-16.0.contracts.0</t>
   </si>
   <si>
     <t>id-17.0.contracts.0</t>
   </si>
   <si>
+    <t>id-17.1.contracts.0</t>
+  </si>
+  <si>
     <t>id-18.0.contracts.0</t>
   </si>
   <si>
-    <t>id-19.0.contracts.0</t>
+    <t>id-18.1.contracts.0</t>
   </si>
   <si>
     <t>id-20.0.contracts.0</t>
   </si>
   <si>
-    <t>id-20.1.contracts.0</t>
-[...16 lines deleted...]
-  <si>
     <t>id-24.0.contracts.0</t>
   </si>
   <si>
-    <t>id-25.0.contracts.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-26.0.contracts.0</t>
   </si>
   <si>
-    <t>id-27.0.contracts.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-28.0.contracts.0</t>
   </si>
   <si>
     <t>id-31.0.contracts.0</t>
   </si>
   <si>
-    <t>id-31.1.contracts.0</t>
-[...1 lines deleted...]
-  <si>
     <t>_link_contracts</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-0.1.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>id-0.2.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-1.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-1.1.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-2.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-2.1.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-3.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-3.1.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>id-3.2.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-4.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-4.1.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>id-4.2.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-5.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-5.1.contracts.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-6.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-6.1.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-7.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-7.1.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-8.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-9.0.contracts.0.items.0</t>
-[...2 lines deleted...]
-    <t>id-10.0.contracts.0.items.0</t>
+    <t>id-8.1.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-11.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-11.1.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-12.0.contracts.0.items.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-13.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-14.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-14.1.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-15.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-15.1.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-16.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-17.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-17.1.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-18.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-19.0.contracts.0.items.0</t>
+    <t>id-18.1.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-20.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-20.1.contracts.0.items.0</t>
-[...16 lines deleted...]
-  <si>
     <t>id-24.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-25.0.contracts.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-26.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-27.0.contracts.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-28.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-31.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-31.1.contracts.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>payee_id</t>
   </si>
   <si>
     <t>payee_name</t>
   </si>
   <si>
     <t>payer_id</t>
   </si>
   <si>
     <t>payer_name</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
+    <t>ocds-j74acu-000107-AN/HS/04000112</t>
+  </si>
+  <si>
+    <t>id-0.1.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000285-AN/HS/04000290</t>
+  </si>
+  <si>
+    <t>id-0.2.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000341-AN/HS/04000346</t>
+  </si>
+  <si>
+    <t>id-1.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000125-AN/HS/04000130</t>
+  </si>
+  <si>
+    <t>id-1.1.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000369-AN/HS/04000374</t>
+  </si>
+  <si>
+    <t>id-2.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000143-AN/HS/04000148</t>
+  </si>
+  <si>
+    <t>id-2.1.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000325-AN/HS/04000330</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000115-AN/HS/04000122</t>
+  </si>
+  <si>
+    <t>id-3.1.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000301-AN/HS/04000306</t>
+  </si>
+  <si>
+    <t>id-3.2.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000361-AN/HS/04000366</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000151-AN/HS/04000156</t>
+  </si>
+  <si>
+    <t>id-4.1.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000277-AN/HS/04000282</t>
+  </si>
+  <si>
+    <t>id-4.2.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000333-AN/HS/04000338</t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000159-AN/HS/04000164</t>
+  </si>
+  <si>
+    <t>id-6.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000133-AN/HS/04000140</t>
+  </si>
+  <si>
+    <t>id-6.1.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000377-AN/HS/04000384</t>
+  </si>
+  <si>
+    <t>id-7.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>id-7.1.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000293-AN/HS/04000298</t>
+  </si>
+  <si>
+    <t>id-8.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000241-AN/HS/04000246</t>
+  </si>
+  <si>
+    <t>id-8.1.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000403-AN/HS/04000408</t>
+  </si>
+  <si>
+    <t>id-11.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000185-AN/HS/04000190</t>
+  </si>
+  <si>
+    <t>id-11.1.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000411-AN/HS/04000416</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000225-AN/HS/04000230</t>
+  </si>
+  <si>
+    <t>id-14.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000209-AN/HS/04000214</t>
+  </si>
+  <si>
+    <t>id-14.1.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000309-AN/HS/04000314</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000193-AN/HS/04000198</t>
+  </si>
+  <si>
+    <t>id-15.1.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000395-AN/HS/04000400</t>
+  </si>
+  <si>
+    <t>id-16.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000249-AN/HS/04000254</t>
+  </si>
+  <si>
+    <t>id-17.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000177-AN/HS/04000182</t>
+  </si>
+  <si>
+    <t>id-17.1.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000317-AN/HS/04000322</t>
+  </si>
+  <si>
+    <t>id-18.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000201-AN/HS/04000206</t>
+  </si>
+  <si>
+    <t>id-18.1.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000387-AN/HS/04000392</t>
+  </si>
+  <si>
+    <t>id-20.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
     <t>ocds-j74acu-000233-AN/HS/04000238</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.transactions.0</t>
+    <t>id-24.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000217-AN/HS/04000222</t>
+  </si>
+  <si>
+    <t>id-26.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000257-AN/HS/04000262</t>
+  </si>
+  <si>
+    <t>id-28.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000265-AN/HS/04000274</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>ocds-j74acu-000099-AN/HS/04000104</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.implementation.transactions.0</t>
-[...205 lines deleted...]
-  <si>
     <t>id-0.0.tender.items.0</t>
   </si>
   <si>
+    <t>id-0.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-0.2.tender.items.0</t>
+  </si>
+  <si>
     <t>id-1.0.tender.items.0</t>
   </si>
   <si>
+    <t>id-1.1.tender.items.0</t>
+  </si>
+  <si>
     <t>id-2.0.tender.items.0</t>
   </si>
   <si>
+    <t>id-2.1.tender.items.0</t>
+  </si>
+  <si>
     <t>id-3.0.tender.items.0</t>
   </si>
   <si>
+    <t>id-3.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-3.2.tender.items.0</t>
+  </si>
+  <si>
     <t>id-4.0.tender.items.0</t>
   </si>
   <si>
+    <t>id-4.1.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-4.2.tender.items.0</t>
+  </si>
+  <si>
     <t>id-5.0.tender.items.0</t>
   </si>
   <si>
-    <t>id-5.1.tender.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-6.0.tender.items.0</t>
   </si>
   <si>
+    <t>id-6.1.tender.items.0</t>
+  </si>
+  <si>
     <t>id-7.0.tender.items.0</t>
   </si>
   <si>
+    <t>id-7.1.tender.items.0</t>
+  </si>
+  <si>
     <t>id-8.0.tender.items.0</t>
   </si>
   <si>
-    <t>id-9.0.tender.items.0</t>
-[...2 lines deleted...]
-    <t>id-10.0.tender.items.0</t>
+    <t>id-8.1.tender.items.0</t>
   </si>
   <si>
     <t>id-11.0.tender.items.0</t>
   </si>
   <si>
     <t>id-11.1.tender.items.0</t>
   </si>
   <si>
-    <t>id-12.0.tender.items.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-13.0.tender.items.0</t>
   </si>
   <si>
     <t>id-14.0.tender.items.0</t>
   </si>
   <si>
+    <t>id-14.1.tender.items.0</t>
+  </si>
+  <si>
     <t>id-15.0.tender.items.0</t>
   </si>
   <si>
+    <t>id-15.1.tender.items.0</t>
+  </si>
+  <si>
     <t>id-16.0.tender.items.0</t>
   </si>
   <si>
     <t>id-17.0.tender.items.0</t>
   </si>
   <si>
+    <t>id-17.1.tender.items.0</t>
+  </si>
+  <si>
     <t>id-18.0.tender.items.0</t>
   </si>
   <si>
-    <t>id-19.0.tender.items.0</t>
+    <t>id-18.1.tender.items.0</t>
   </si>
   <si>
     <t>id-20.0.tender.items.0</t>
   </si>
   <si>
-    <t>id-20.1.tender.items.0</t>
-[...16 lines deleted...]
-  <si>
     <t>id-24.0.tender.items.0</t>
   </si>
   <si>
-    <t>id-25.0.tender.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-26.0.tender.items.0</t>
   </si>
   <si>
-    <t>id-27.0.tender.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-28.0.tender.items.0</t>
   </si>
   <si>
     <t>id-31.0.tender.items.0</t>
   </si>
   <si>
-    <t>id-31.1.tender.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>_link_tender_items</t>
   </si>
   <si>
     <t>scheme</t>
   </si>
   <si>
     <t>id-0.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-0.1.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-0.2.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-1.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-1.1.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-2.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-2.1.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-3.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-3.1.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-3.2.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-4.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-4.1.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-4.2.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-5.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-5.1.tender.items.0.additionalClassifications.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-6.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-6.1.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-7.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-7.1.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-8.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-9.0.tender.items.0.additionalClassifications.0</t>
-[...2 lines deleted...]
-    <t>id-10.0.tender.items.0.additionalClassifications.0</t>
+    <t>id-8.1.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-11.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-11.1.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-12.0.tender.items.0.additionalClassifications.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-13.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-14.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-14.1.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-15.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-15.1.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-16.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-17.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-17.1.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-18.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-19.0.tender.items.0.additionalClassifications.0</t>
+    <t>id-18.1.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-20.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-20.1.tender.items.0.additionalClassifications.0</t>
-[...16 lines deleted...]
-  <si>
     <t>id-24.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-25.0.tender.items.0.additionalClassifications.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-26.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-27.0.tender.items.0.additionalClassifications.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-28.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-31.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-31.1.tender.items.0.additionalClassifications.0</t>
-[...1 lines deleted...]
-  <si>
     <t>url</t>
   </si>
   <si>
     <t>format</t>
   </si>
   <si>
     <t>documentType</t>
   </si>
   <si>
     <t>datePublished</t>
   </si>
   <si>
     <t>id-0.0.tender.documents.0</t>
   </si>
   <si>
+    <t>ocds-j74acu-000107-AN/HS/04000108</t>
+  </si>
+  <si>
+    <t>https://www.eprocure.bpp.an.gov.ng/admin/</t>
+  </si>
+  <si>
+    <t>Tender Notice</t>
+  </si>
+  <si>
+    <t>pdf</t>
+  </si>
+  <si>
+    <t>tenderNotice</t>
+  </si>
+  <si>
+    <t>id-0.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000285-AN/HS/04000286</t>
+  </si>
+  <si>
+    <t>id-0.2.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000341-AN/HS/04000342</t>
+  </si>
+  <si>
+    <t>id-1.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000125-AN/HS/04000126</t>
+  </si>
+  <si>
+    <t>id-1.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000369-AN/HS/04000370</t>
+  </si>
+  <si>
+    <t>id-2.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000143-AN/HS/04000144</t>
+  </si>
+  <si>
+    <t>id-2.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000325-AN/HS/04000326</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000115-AN/HS/04000118</t>
+  </si>
+  <si>
+    <t>id-3.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000301-AN/HS/04000302</t>
+  </si>
+  <si>
+    <t>id-3.2.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000361-AN/HS/04000362</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000151-AN/HS/04000152</t>
+  </si>
+  <si>
+    <t>id-4.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000277-AN/HS/04000278</t>
+  </si>
+  <si>
+    <t>id-4.2.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000333-AN/HS/04000334</t>
+  </si>
+  <si>
+    <t>id-5.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000159-AN/HS/04000160</t>
+  </si>
+  <si>
+    <t>id-6.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000133-AN/HS/04000136</t>
+  </si>
+  <si>
+    <t>id-6.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000377-AN/HS/04000378</t>
+  </si>
+  <si>
+    <t>id-7.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000167-AN/HS/04000168</t>
+  </si>
+  <si>
+    <t>id-7.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000293-AN/HS/04000294</t>
+  </si>
+  <si>
+    <t>id-8.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000241-AN/HS/04000242</t>
+  </si>
+  <si>
+    <t>id-8.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000403-AN/HS/04000404</t>
+  </si>
+  <si>
+    <t>id-11.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000185-AN/HS/04000186</t>
+  </si>
+  <si>
+    <t>id-11.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000411-AN/HS/04000412</t>
+  </si>
+  <si>
+    <t>id-13.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000225-AN/HS/04000226</t>
+  </si>
+  <si>
+    <t>id-14.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000209-AN/HS/04000210</t>
+  </si>
+  <si>
+    <t>id-14.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000309-AN/HS/04000310</t>
+  </si>
+  <si>
+    <t>id-15.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000193-AN/HS/04000194</t>
+  </si>
+  <si>
+    <t>id-15.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000395-AN/HS/04000396</t>
+  </si>
+  <si>
+    <t>id-16.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000249-AN/HS/04000250</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000177-AN/HS/04000178</t>
+  </si>
+  <si>
+    <t>id-17.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000317-AN/HS/04000318</t>
+  </si>
+  <si>
+    <t>id-18.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000201-AN/HS/04000202</t>
+  </si>
+  <si>
+    <t>id-18.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000387-AN/HS/04000388</t>
+  </si>
+  <si>
+    <t>id-20.0.tender.documents.0</t>
+  </si>
+  <si>
     <t>ocds-j74acu-000233-AN/HS/04000234</t>
   </si>
   <si>
-    <t>https://www.eprocure.bpp.an.gov.ng/admin/</t>
-[...11 lines deleted...]
-    <t>id-1.0.tender.documents.0</t>
+    <t>id-24.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000217-AN/HS/04000218</t>
+  </si>
+  <si>
+    <t>id-26.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000257-AN/HS/04000258</t>
+  </si>
+  <si>
+    <t>id-28.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000265-AN/HS/04000270</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.documents.0</t>
   </si>
   <si>
     <t>ocds-j74acu-000099-AN/HS/04000100</t>
-  </si>
-[...208 lines deleted...]
-    <t>ocds-j74acu-000377-AN/HS/04000378</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -3642,93 +3642,93 @@
       <c r="T2" t="s">
         <v>59</v>
       </c>
       <c r="U2" t="s">
         <v>60</v>
       </c>
       <c r="V2">
         <v>4</v>
       </c>
       <c r="W2" t="s">
         <v>61</v>
       </c>
       <c r="X2" t="s">
         <v>62</v>
       </c>
       <c r="Y2" t="s">
         <v>63</v>
       </c>
       <c r="Z2" t="s">
         <v>64</v>
       </c>
       <c r="AA2" t="s">
         <v>65</v>
       </c>
       <c r="AB2">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="AC2" t="s">
         <v>64</v>
       </c>
       <c r="AD2" t="s">
         <v>65</v>
       </c>
       <c r="AE2">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="AF2" t="s">
         <v>62</v>
       </c>
       <c r="AG2" t="s">
         <v>63</v>
       </c>
       <c r="AH2">
-        <v>-99</v>
+        <v>74</v>
       </c>
       <c r="AI2" t="s">
         <v>66</v>
       </c>
       <c r="AJ2" t="s">
         <v>51</v>
       </c>
       <c r="AK2" t="s">
         <v>52</v>
       </c>
       <c r="AL2" t="s">
         <v>67</v>
       </c>
       <c r="AM2" t="s">
         <v>68</v>
       </c>
       <c r="AN2" t="s">
         <v>68</v>
       </c>
       <c r="AO2" t="s">
         <v>47</v>
       </c>
       <c r="AP2">
-        <v>2330900</v>
+        <v>800000</v>
       </c>
       <c r="AQ2" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>70</v>
       </c>
       <c r="B3" t="s">
         <v>71</v>
       </c>
       <c r="C3" t="s">
         <v>45</v>
       </c>
       <c r="D3" t="s">
         <v>72</v>
       </c>
       <c r="E3" t="s">
         <v>73</v>
       </c>
       <c r="F3" t="s">
         <v>48</v>
       </c>
       <c r="G3" t="s">
@@ -3749,1176 +3749,1173 @@
       <c r="L3" t="s">
         <v>74</v>
       </c>
       <c r="M3" t="s">
         <v>54</v>
       </c>
       <c r="N3" t="s">
         <v>52</v>
       </c>
       <c r="O3" t="s">
         <v>55</v>
       </c>
       <c r="P3" t="s">
         <v>74</v>
       </c>
       <c r="Q3" t="s">
         <v>56</v>
       </c>
       <c r="R3" t="s">
         <v>57</v>
       </c>
       <c r="S3" t="s">
         <v>58</v>
       </c>
       <c r="T3" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="U3" t="s">
         <v>60</v>
       </c>
       <c r="V3">
         <v>4</v>
       </c>
       <c r="W3" t="s">
         <v>61</v>
       </c>
       <c r="X3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="Y3" t="s">
+        <v>77</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>79</v>
+      </c>
+      <c r="AB3">
+        <v>33</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>78</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>79</v>
+      </c>
+      <c r="AE3">
+        <v>33</v>
+      </c>
+      <c r="AF3" t="s">
         <v>76</v>
       </c>
-      <c r="Z3" t="s">
+      <c r="AG3" t="s">
         <v>77</v>
       </c>
-      <c r="AA3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="AH3">
-        <v>53</v>
+        <v>85</v>
       </c>
       <c r="AI3" t="s">
         <v>66</v>
       </c>
       <c r="AJ3" t="s">
         <v>51</v>
       </c>
       <c r="AK3" t="s">
         <v>52</v>
       </c>
       <c r="AL3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AM3" t="s">
         <v>68</v>
       </c>
       <c r="AN3" t="s">
         <v>68</v>
       </c>
       <c r="AO3" t="s">
         <v>73</v>
       </c>
       <c r="AP3">
-        <v>142718303</v>
+        <v>3000000</v>
       </c>
       <c r="AQ3" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C4" t="s">
         <v>45</v>
       </c>
       <c r="D4" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="E4" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F4" t="s">
         <v>48</v>
       </c>
       <c r="G4" t="s">
         <v>49</v>
       </c>
       <c r="H4" t="s">
         <v>50</v>
       </c>
       <c r="I4" t="s">
         <v>51</v>
       </c>
       <c r="J4" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="K4" t="s">
         <v>52</v>
       </c>
       <c r="L4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="M4" t="s">
         <v>54</v>
       </c>
       <c r="N4" t="s">
         <v>52</v>
       </c>
       <c r="O4" t="s">
         <v>55</v>
       </c>
       <c r="P4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="Q4" t="s">
         <v>56</v>
       </c>
-      <c r="R4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S4" t="s">
         <v>58</v>
       </c>
       <c r="T4" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="U4" t="s">
         <v>60</v>
       </c>
       <c r="V4">
         <v>4</v>
       </c>
       <c r="W4" t="s">
-        <v>61</v>
+        <v>87</v>
       </c>
       <c r="X4" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="Y4" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="Z4" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="AA4" t="s">
+        <v>91</v>
+      </c>
+      <c r="AB4">
+        <v>29</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>90</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>91</v>
+      </c>
+      <c r="AE4">
+        <v>29</v>
+      </c>
+      <c r="AF4" t="s">
         <v>88</v>
       </c>
-      <c r="AB4">
-[...13 lines deleted...]
-      </c>
       <c r="AG4" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="AH4">
-        <v>59</v>
+        <v>366</v>
       </c>
       <c r="AI4" t="s">
         <v>66</v>
       </c>
       <c r="AJ4" t="s">
         <v>51</v>
       </c>
       <c r="AK4" t="s">
         <v>52</v>
       </c>
       <c r="AL4" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="AM4" t="s">
         <v>68</v>
       </c>
       <c r="AN4" t="s">
         <v>68</v>
       </c>
       <c r="AO4" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AP4">
-        <v>188678048</v>
+        <v>63482383</v>
       </c>
       <c r="AQ4" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B5" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C5" t="s">
         <v>45</v>
       </c>
       <c r="D5" t="s">
         <v>46</v>
       </c>
       <c r="E5" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="F5" t="s">
         <v>48</v>
       </c>
       <c r="G5" t="s">
         <v>49</v>
       </c>
       <c r="H5" t="s">
         <v>50</v>
       </c>
       <c r="I5" t="s">
         <v>51</v>
       </c>
       <c r="J5" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="K5" t="s">
         <v>52</v>
       </c>
       <c r="L5" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="M5" t="s">
         <v>54</v>
       </c>
       <c r="N5" t="s">
         <v>52</v>
       </c>
       <c r="O5" t="s">
         <v>55</v>
       </c>
       <c r="P5" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="Q5" t="s">
         <v>56</v>
       </c>
       <c r="R5" t="s">
         <v>57</v>
       </c>
       <c r="S5" t="s">
         <v>58</v>
       </c>
-      <c r="T5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U5" t="s">
         <v>60</v>
       </c>
       <c r="V5">
         <v>4</v>
       </c>
       <c r="W5" t="s">
         <v>61</v>
       </c>
       <c r="X5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="Y5" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="Z5" t="s">
+        <v>99</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>100</v>
+      </c>
+      <c r="AB5">
+        <v>26</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>99</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>100</v>
+      </c>
+      <c r="AE5">
+        <v>26</v>
+      </c>
+      <c r="AF5" t="s">
         <v>97</v>
       </c>
-      <c r="AA5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AG5" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="AH5">
-        <v>58</v>
+        <v>89</v>
       </c>
       <c r="AI5" t="s">
         <v>66</v>
       </c>
       <c r="AJ5" t="s">
         <v>51</v>
       </c>
       <c r="AK5" t="s">
         <v>52</v>
       </c>
       <c r="AL5" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="AM5" t="s">
         <v>68</v>
       </c>
       <c r="AN5" t="s">
         <v>68</v>
       </c>
       <c r="AO5" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="AP5">
-        <v>2000000</v>
+        <v>22000000</v>
       </c>
       <c r="AQ5" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B6" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C6" t="s">
         <v>45</v>
       </c>
       <c r="D6" t="s">
-        <v>46</v>
+        <v>83</v>
       </c>
       <c r="E6" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="F6" t="s">
         <v>48</v>
       </c>
       <c r="G6" t="s">
         <v>49</v>
       </c>
       <c r="H6" t="s">
         <v>50</v>
       </c>
       <c r="I6" t="s">
         <v>51</v>
       </c>
       <c r="J6" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="K6" t="s">
         <v>52</v>
       </c>
       <c r="L6" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="M6" t="s">
         <v>54</v>
       </c>
       <c r="N6" t="s">
         <v>52</v>
       </c>
       <c r="O6" t="s">
         <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="Q6" t="s">
         <v>56</v>
       </c>
       <c r="R6" t="s">
         <v>57</v>
       </c>
       <c r="S6" t="s">
         <v>58</v>
       </c>
       <c r="T6" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="U6" t="s">
         <v>60</v>
       </c>
       <c r="V6">
         <v>4</v>
       </c>
       <c r="W6" t="s">
-        <v>61</v>
+        <v>87</v>
       </c>
       <c r="X6" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="Y6" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="Z6" t="s">
+        <v>109</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>110</v>
+      </c>
+      <c r="AB6">
+        <v>32</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>109</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>110</v>
+      </c>
+      <c r="AE6">
+        <v>32</v>
+      </c>
+      <c r="AF6" t="s">
         <v>107</v>
       </c>
-      <c r="AA6" t="s">
+      <c r="AG6" t="s">
         <v>108</v>
       </c>
-      <c r="AB6">
-[...16 lines deleted...]
-      </c>
       <c r="AH6">
-        <v>97</v>
+        <v>-75</v>
       </c>
       <c r="AI6" t="s">
         <v>66</v>
       </c>
       <c r="AJ6" t="s">
         <v>51</v>
       </c>
       <c r="AK6" t="s">
         <v>52</v>
       </c>
       <c r="AL6" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="AM6" t="s">
         <v>68</v>
       </c>
       <c r="AN6" t="s">
         <v>68</v>
       </c>
       <c r="AO6" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="AP6">
-        <v>24932330</v>
+        <v>153250660</v>
       </c>
       <c r="AQ6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B7" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C7" t="s">
         <v>45</v>
       </c>
       <c r="D7" t="s">
-        <v>72</v>
+        <v>46</v>
       </c>
       <c r="E7" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="G7" t="s">
         <v>49</v>
       </c>
       <c r="H7" t="s">
         <v>50</v>
       </c>
       <c r="I7" t="s">
         <v>51</v>
       </c>
       <c r="J7" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="K7" t="s">
         <v>52</v>
       </c>
       <c r="L7" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="M7" t="s">
         <v>54</v>
       </c>
       <c r="N7" t="s">
         <v>52</v>
       </c>
       <c r="O7" t="s">
         <v>55</v>
       </c>
       <c r="P7" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="Q7" t="s">
         <v>56</v>
       </c>
-      <c r="R7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S7" t="s">
         <v>58</v>
       </c>
       <c r="T7" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="U7" t="s">
         <v>60</v>
       </c>
       <c r="V7">
         <v>4</v>
       </c>
       <c r="W7" t="s">
         <v>61</v>
       </c>
       <c r="X7" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="Y7" t="s">
-        <v>85</v>
+        <v>118</v>
       </c>
       <c r="Z7" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="AA7" t="s">
+        <v>119</v>
+      </c>
+      <c r="AB7">
+        <v>28</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>119</v>
+      </c>
+      <c r="AE7">
+        <v>28</v>
+      </c>
+      <c r="AF7" t="s">
         <v>117</v>
       </c>
-      <c r="AB7">
-[...13 lines deleted...]
-      </c>
       <c r="AG7" t="s">
-        <v>85</v>
+        <v>118</v>
       </c>
       <c r="AH7">
-        <v>86</v>
+        <v>57</v>
       </c>
       <c r="AI7" t="s">
         <v>66</v>
       </c>
       <c r="AJ7" t="s">
         <v>51</v>
       </c>
       <c r="AK7" t="s">
         <v>52</v>
       </c>
       <c r="AL7" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AM7" t="s">
         <v>68</v>
       </c>
       <c r="AN7" t="s">
         <v>68</v>
       </c>
       <c r="AO7" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AP7">
-        <v>61182114</v>
+        <v>15000000</v>
       </c>
       <c r="AQ7" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B8" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8" t="s">
-        <v>121</v>
+        <v>83</v>
       </c>
       <c r="E8" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F8" t="s">
         <v>48</v>
       </c>
       <c r="G8" t="s">
         <v>49</v>
       </c>
       <c r="H8" t="s">
         <v>50</v>
       </c>
       <c r="I8" t="s">
         <v>51</v>
       </c>
       <c r="J8" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K8" t="s">
         <v>52</v>
       </c>
       <c r="L8" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="M8" t="s">
         <v>54</v>
       </c>
       <c r="N8" t="s">
         <v>52</v>
       </c>
       <c r="O8" t="s">
         <v>55</v>
       </c>
       <c r="P8" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="Q8" t="s">
         <v>56</v>
       </c>
       <c r="R8" t="s">
         <v>57</v>
       </c>
       <c r="S8" t="s">
         <v>58</v>
       </c>
       <c r="T8" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="U8" t="s">
         <v>60</v>
       </c>
       <c r="V8">
         <v>4</v>
       </c>
       <c r="W8" t="s">
         <v>61</v>
       </c>
       <c r="X8" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="Y8" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="Z8" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AA8" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AB8">
         <v>32</v>
       </c>
       <c r="AC8" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AD8" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AE8">
         <v>32</v>
       </c>
       <c r="AF8" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AG8" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AH8">
-        <v>137</v>
+        <v>219</v>
       </c>
       <c r="AI8" t="s">
         <v>66</v>
       </c>
       <c r="AJ8" t="s">
         <v>51</v>
       </c>
       <c r="AK8" t="s">
         <v>52</v>
       </c>
       <c r="AL8" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AM8" t="s">
         <v>68</v>
       </c>
       <c r="AN8" t="s">
         <v>68</v>
       </c>
       <c r="AO8" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AP8">
-        <v>455685143</v>
+        <v>748270000</v>
       </c>
       <c r="AQ8" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B9" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C9" t="s">
         <v>45</v>
       </c>
       <c r="D9" t="s">
-        <v>72</v>
+        <v>46</v>
       </c>
       <c r="E9" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F9" t="s">
         <v>48</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
         <v>50</v>
       </c>
       <c r="I9" t="s">
         <v>51</v>
       </c>
       <c r="J9" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K9" t="s">
         <v>52</v>
       </c>
       <c r="L9" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M9" t="s">
         <v>54</v>
       </c>
       <c r="N9" t="s">
         <v>52</v>
       </c>
       <c r="O9" t="s">
         <v>55</v>
       </c>
       <c r="P9" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="Q9" t="s">
         <v>56</v>
       </c>
       <c r="R9" t="s">
         <v>57</v>
       </c>
       <c r="S9" t="s">
         <v>58</v>
       </c>
+      <c r="T9" t="s">
+        <v>135</v>
+      </c>
       <c r="U9" t="s">
         <v>60</v>
       </c>
       <c r="V9">
         <v>4</v>
       </c>
       <c r="W9" t="s">
         <v>61</v>
       </c>
       <c r="X9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="Y9" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="Z9" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="AA9" t="s">
+        <v>138</v>
+      </c>
+      <c r="AB9">
+        <v>30</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>99</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>138</v>
+      </c>
+      <c r="AE9">
+        <v>30</v>
+      </c>
+      <c r="AF9" t="s">
         <v>136</v>
       </c>
-      <c r="AB9">
-[...13 lines deleted...]
-      </c>
       <c r="AG9" t="s">
-        <v>87</v>
+        <v>137</v>
       </c>
       <c r="AH9">
-        <v>89</v>
+        <v>59</v>
       </c>
       <c r="AI9" t="s">
         <v>66</v>
       </c>
       <c r="AJ9" t="s">
         <v>51</v>
       </c>
       <c r="AK9" t="s">
         <v>52</v>
       </c>
       <c r="AL9" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="AM9" t="s">
         <v>68</v>
       </c>
       <c r="AN9" t="s">
         <v>68</v>
       </c>
       <c r="AO9" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AP9">
-        <v>22000000</v>
+        <v>188678048</v>
       </c>
       <c r="AQ9" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B10" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
       <c r="D10" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="E10" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="F10" t="s">
         <v>48</v>
       </c>
       <c r="G10" t="s">
         <v>49</v>
       </c>
       <c r="H10" t="s">
         <v>50</v>
       </c>
       <c r="I10" t="s">
         <v>51</v>
       </c>
       <c r="J10" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="K10" t="s">
         <v>52</v>
       </c>
       <c r="L10" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="M10" t="s">
         <v>54</v>
       </c>
       <c r="N10" t="s">
         <v>52</v>
       </c>
       <c r="O10" t="s">
         <v>55</v>
       </c>
       <c r="P10" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="Q10" t="s">
         <v>56</v>
       </c>
       <c r="R10" t="s">
         <v>57</v>
       </c>
       <c r="S10" t="s">
         <v>58</v>
       </c>
       <c r="T10" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="U10" t="s">
         <v>60</v>
       </c>
       <c r="V10">
         <v>4</v>
       </c>
       <c r="W10" t="s">
         <v>61</v>
       </c>
       <c r="X10" t="s">
-        <v>143</v>
+        <v>76</v>
       </c>
       <c r="Y10" t="s">
-        <v>144</v>
+        <v>77</v>
       </c>
       <c r="Z10" t="s">
-        <v>106</v>
+        <v>78</v>
       </c>
       <c r="AA10" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AB10">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="AC10" t="s">
-        <v>106</v>
+        <v>78</v>
       </c>
       <c r="AD10" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="AE10">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="AF10" t="s">
-        <v>143</v>
+        <v>76</v>
       </c>
       <c r="AG10" t="s">
-        <v>144</v>
+        <v>77</v>
       </c>
       <c r="AH10">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="AI10" t="s">
         <v>66</v>
       </c>
       <c r="AJ10" t="s">
         <v>51</v>
       </c>
       <c r="AK10" t="s">
         <v>52</v>
       </c>
       <c r="AL10" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AM10" t="s">
         <v>68</v>
       </c>
       <c r="AN10" t="s">
         <v>68</v>
       </c>
       <c r="AO10" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="AP10">
-        <v>1809800</v>
+        <v>4500000</v>
       </c>
       <c r="AQ10" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>146</v>
+      </c>
+      <c r="B11" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="C11" t="s">
         <v>45</v>
       </c>
       <c r="D11" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="E11" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F11" t="s">
         <v>48</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
       <c r="H11" t="s">
         <v>50</v>
       </c>
       <c r="I11" t="s">
         <v>51</v>
       </c>
       <c r="J11" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="K11" t="s">
         <v>52</v>
       </c>
       <c r="L11" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="M11" t="s">
         <v>54</v>
       </c>
       <c r="N11" t="s">
         <v>52</v>
       </c>
       <c r="O11" t="s">
         <v>55</v>
       </c>
       <c r="P11" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="Q11" t="s">
         <v>56</v>
       </c>
+      <c r="R11" t="s">
+        <v>57</v>
+      </c>
       <c r="S11" t="s">
         <v>58</v>
       </c>
       <c r="T11" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="U11" t="s">
         <v>60</v>
       </c>
       <c r="V11">
         <v>4</v>
       </c>
       <c r="W11" t="s">
         <v>61</v>
       </c>
       <c r="X11" t="s">
-        <v>105</v>
+        <v>151</v>
       </c>
       <c r="Y11" t="s">
         <v>152</v>
       </c>
       <c r="Z11" t="s">
         <v>153</v>
       </c>
       <c r="AA11" t="s">
-        <v>98</v>
+        <v>154</v>
       </c>
       <c r="AB11">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="AC11" t="s">
         <v>153</v>
       </c>
       <c r="AD11" t="s">
-        <v>98</v>
+        <v>154</v>
       </c>
       <c r="AE11">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="AF11" t="s">
-        <v>105</v>
+        <v>151</v>
       </c>
       <c r="AG11" t="s">
         <v>152</v>
       </c>
       <c r="AH11">
-        <v>57</v>
+        <v>366</v>
       </c>
       <c r="AI11" t="s">
         <v>66</v>
       </c>
       <c r="AJ11" t="s">
         <v>51</v>
       </c>
       <c r="AK11" t="s">
         <v>52</v>
       </c>
       <c r="AL11" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="AM11" t="s">
         <v>68</v>
       </c>
       <c r="AN11" t="s">
         <v>68</v>
       </c>
       <c r="AO11" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AP11">
-        <v>15000000</v>
+        <v>157832583</v>
       </c>
       <c r="AQ11" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B12" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C12" t="s">
         <v>45</v>
       </c>
       <c r="D12" t="s">
-        <v>157</v>
+        <v>46</v>
       </c>
       <c r="E12" t="s">
         <v>158</v>
       </c>
       <c r="F12" t="s">
         <v>48</v>
       </c>
       <c r="G12" t="s">
         <v>49</v>
       </c>
       <c r="H12" t="s">
         <v>50</v>
       </c>
       <c r="I12" t="s">
         <v>51</v>
       </c>
       <c r="J12" t="s">
         <v>158</v>
       </c>
       <c r="K12" t="s">
         <v>52</v>
       </c>
       <c r="L12" t="s">
         <v>159</v>
       </c>
@@ -4946,110 +4943,110 @@
       <c r="T12" t="s">
         <v>160</v>
       </c>
       <c r="U12" t="s">
         <v>60</v>
       </c>
       <c r="V12">
         <v>4</v>
       </c>
       <c r="W12" t="s">
         <v>61</v>
       </c>
       <c r="X12" t="s">
         <v>161</v>
       </c>
       <c r="Y12" t="s">
         <v>162</v>
       </c>
       <c r="Z12" t="s">
         <v>163</v>
       </c>
       <c r="AA12" t="s">
         <v>164</v>
       </c>
       <c r="AB12">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="AC12" t="s">
         <v>163</v>
       </c>
       <c r="AD12" t="s">
         <v>164</v>
       </c>
       <c r="AE12">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="AF12" t="s">
         <v>161</v>
       </c>
       <c r="AG12" t="s">
         <v>162</v>
       </c>
       <c r="AH12">
-        <v>272</v>
+        <v>61</v>
       </c>
       <c r="AI12" t="s">
         <v>66</v>
       </c>
       <c r="AJ12" t="s">
         <v>51</v>
       </c>
       <c r="AK12" t="s">
         <v>52</v>
       </c>
       <c r="AL12" t="s">
         <v>165</v>
       </c>
       <c r="AM12" t="s">
         <v>68</v>
       </c>
       <c r="AN12" t="s">
         <v>68</v>
       </c>
       <c r="AO12" t="s">
         <v>158</v>
       </c>
       <c r="AP12">
-        <v>8000000</v>
+        <v>1809800</v>
       </c>
       <c r="AQ12" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>166</v>
       </c>
       <c r="B13" t="s">
         <v>167</v>
       </c>
       <c r="C13" t="s">
         <v>45</v>
       </c>
       <c r="D13" t="s">
-        <v>46</v>
+        <v>72</v>
       </c>
       <c r="E13" t="s">
         <v>168</v>
       </c>
       <c r="F13" t="s">
         <v>48</v>
       </c>
       <c r="G13" t="s">
         <v>49</v>
       </c>
       <c r="H13" t="s">
         <v>50</v>
       </c>
       <c r="I13" t="s">
         <v>51</v>
       </c>
       <c r="J13" t="s">
         <v>168</v>
       </c>
       <c r="K13" t="s">
         <v>52</v>
       </c>
       <c r="L13" t="s">
         <v>169</v>
       </c>
@@ -5065,384 +5062,384 @@
       <c r="P13" t="s">
         <v>169</v>
       </c>
       <c r="Q13" t="s">
         <v>56</v>
       </c>
       <c r="R13" t="s">
         <v>57</v>
       </c>
       <c r="S13" t="s">
         <v>58</v>
       </c>
       <c r="T13" t="s">
         <v>170</v>
       </c>
       <c r="U13" t="s">
         <v>60</v>
       </c>
       <c r="V13">
         <v>4</v>
       </c>
       <c r="W13" t="s">
         <v>61</v>
       </c>
       <c r="X13" t="s">
-        <v>105</v>
+        <v>76</v>
       </c>
       <c r="Y13" t="s">
-        <v>171</v>
+        <v>77</v>
       </c>
       <c r="Z13" t="s">
-        <v>172</v>
+        <v>78</v>
       </c>
       <c r="AA13" t="s">
-        <v>173</v>
+        <v>79</v>
       </c>
       <c r="AB13">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="AC13" t="s">
-        <v>172</v>
+        <v>78</v>
       </c>
       <c r="AD13" t="s">
-        <v>173</v>
+        <v>79</v>
       </c>
       <c r="AE13">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="AF13" t="s">
-        <v>105</v>
+        <v>76</v>
       </c>
       <c r="AG13" t="s">
-        <v>171</v>
+        <v>77</v>
       </c>
       <c r="AH13">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="AI13" t="s">
         <v>66</v>
       </c>
       <c r="AJ13" t="s">
         <v>51</v>
       </c>
       <c r="AK13" t="s">
         <v>52</v>
       </c>
       <c r="AL13" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="AM13" t="s">
         <v>68</v>
       </c>
       <c r="AN13" t="s">
         <v>68</v>
       </c>
       <c r="AO13" t="s">
         <v>168</v>
       </c>
       <c r="AP13">
-        <v>21525000</v>
+        <v>3000000</v>
       </c>
       <c r="AQ13" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B14" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C14" t="s">
         <v>45</v>
       </c>
       <c r="D14" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="E14" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="F14" t="s">
         <v>48</v>
       </c>
       <c r="G14" t="s">
         <v>49</v>
       </c>
       <c r="H14" t="s">
         <v>50</v>
       </c>
       <c r="I14" t="s">
         <v>51</v>
       </c>
       <c r="J14" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="K14" t="s">
         <v>52</v>
       </c>
       <c r="L14" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="M14" t="s">
         <v>54</v>
       </c>
       <c r="N14" t="s">
         <v>52</v>
       </c>
       <c r="O14" t="s">
         <v>55</v>
       </c>
       <c r="P14" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="Q14" t="s">
         <v>56</v>
       </c>
       <c r="R14" t="s">
         <v>57</v>
       </c>
       <c r="S14" t="s">
         <v>58</v>
       </c>
       <c r="T14" t="s">
-        <v>179</v>
+        <v>144</v>
       </c>
       <c r="U14" t="s">
         <v>60</v>
       </c>
       <c r="V14">
         <v>4</v>
       </c>
       <c r="W14" t="s">
         <v>61</v>
       </c>
       <c r="X14" t="s">
-        <v>105</v>
+        <v>176</v>
       </c>
       <c r="Y14" t="s">
-        <v>106</v>
+        <v>152</v>
       </c>
       <c r="Z14" t="s">
-        <v>97</v>
+        <v>177</v>
       </c>
       <c r="AA14" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="AB14">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="AC14" t="s">
-        <v>97</v>
+        <v>177</v>
       </c>
       <c r="AD14" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="AE14">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="AF14" t="s">
-        <v>105</v>
+        <v>176</v>
       </c>
       <c r="AG14" t="s">
-        <v>106</v>
+        <v>152</v>
       </c>
       <c r="AH14">
-        <v>97</v>
+        <v>367</v>
       </c>
       <c r="AI14" t="s">
         <v>66</v>
       </c>
       <c r="AJ14" t="s">
         <v>51</v>
       </c>
       <c r="AK14" t="s">
         <v>52</v>
       </c>
       <c r="AL14" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="AM14" t="s">
         <v>68</v>
       </c>
       <c r="AN14" t="s">
         <v>68</v>
       </c>
       <c r="AO14" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="AP14">
-        <v>15230386</v>
+        <v>1668000000</v>
       </c>
       <c r="AQ14" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B15" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>121</v>
+        <v>46</v>
       </c>
       <c r="E15" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="F15" t="s">
         <v>48</v>
       </c>
       <c r="G15" t="s">
         <v>49</v>
       </c>
       <c r="H15" t="s">
         <v>50</v>
       </c>
       <c r="I15" t="s">
         <v>51</v>
       </c>
       <c r="J15" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="K15" t="s">
         <v>52</v>
       </c>
       <c r="L15" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="M15" t="s">
         <v>54</v>
       </c>
       <c r="N15" t="s">
         <v>52</v>
       </c>
       <c r="O15" t="s">
         <v>55</v>
       </c>
       <c r="P15" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="Q15" t="s">
         <v>56</v>
       </c>
       <c r="R15" t="s">
         <v>57</v>
       </c>
       <c r="S15" t="s">
         <v>58</v>
       </c>
       <c r="T15" t="s">
-        <v>185</v>
+        <v>106</v>
       </c>
       <c r="U15" t="s">
         <v>60</v>
       </c>
       <c r="V15">
         <v>4</v>
       </c>
       <c r="W15" t="s">
         <v>61</v>
       </c>
       <c r="X15" t="s">
-        <v>125</v>
+        <v>183</v>
       </c>
       <c r="Y15" t="s">
+        <v>184</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>185</v>
+      </c>
+      <c r="AA15" t="s">
         <v>186</v>
       </c>
-      <c r="Z15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AB15">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="AC15" t="s">
-        <v>127</v>
+        <v>185</v>
       </c>
       <c r="AD15" t="s">
-        <v>128</v>
+        <v>186</v>
       </c>
       <c r="AE15">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="AF15" t="s">
-        <v>125</v>
+        <v>183</v>
       </c>
       <c r="AG15" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="AH15">
-        <v>126</v>
+        <v>146</v>
       </c>
       <c r="AI15" t="s">
         <v>66</v>
       </c>
       <c r="AJ15" t="s">
         <v>51</v>
       </c>
       <c r="AK15" t="s">
         <v>52</v>
       </c>
       <c r="AL15" t="s">
         <v>187</v>
       </c>
       <c r="AM15" t="s">
         <v>68</v>
       </c>
       <c r="AN15" t="s">
         <v>68</v>
       </c>
       <c r="AO15" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="AP15">
-        <v>445585143</v>
+        <v>37500120</v>
       </c>
       <c r="AQ15" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>188</v>
       </c>
       <c r="B16" t="s">
         <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>72</v>
+        <v>46</v>
       </c>
       <c r="E16" t="s">
         <v>190</v>
       </c>
       <c r="F16" t="s">
         <v>48</v>
       </c>
       <c r="G16" t="s">
         <v>49</v>
       </c>
       <c r="H16" t="s">
         <v>50</v>
       </c>
       <c r="I16" t="s">
         <v>51</v>
       </c>
       <c r="J16" t="s">
         <v>190</v>
       </c>
       <c r="K16" t="s">
         <v>52</v>
       </c>
       <c r="L16" t="s">
         <v>191</v>
       </c>
@@ -5461,119 +5458,119 @@
       <c r="Q16" t="s">
         <v>56</v>
       </c>
       <c r="R16" t="s">
         <v>57</v>
       </c>
       <c r="S16" t="s">
         <v>58</v>
       </c>
       <c r="T16" t="s">
         <v>192</v>
       </c>
       <c r="U16" t="s">
         <v>60</v>
       </c>
       <c r="V16">
         <v>4</v>
       </c>
       <c r="W16" t="s">
         <v>61</v>
       </c>
       <c r="X16" t="s">
         <v>193</v>
       </c>
       <c r="Y16" t="s">
-        <v>157</v>
+        <v>136</v>
       </c>
       <c r="Z16" t="s">
         <v>194</v>
       </c>
       <c r="AA16" t="s">
         <v>195</v>
       </c>
       <c r="AB16">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="AC16" t="s">
         <v>194</v>
       </c>
       <c r="AD16" t="s">
         <v>195</v>
       </c>
       <c r="AE16">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="AF16" t="s">
         <v>193</v>
       </c>
       <c r="AG16" t="s">
-        <v>157</v>
+        <v>136</v>
       </c>
       <c r="AH16">
-        <v>146</v>
+        <v>86</v>
       </c>
       <c r="AI16" t="s">
         <v>66</v>
       </c>
       <c r="AJ16" t="s">
         <v>51</v>
       </c>
       <c r="AK16" t="s">
         <v>52</v>
       </c>
       <c r="AL16" t="s">
         <v>196</v>
       </c>
       <c r="AM16" t="s">
         <v>68</v>
       </c>
       <c r="AN16" t="s">
         <v>68</v>
       </c>
       <c r="AO16" t="s">
         <v>190</v>
       </c>
       <c r="AP16">
-        <v>37500120</v>
+        <v>61182114</v>
       </c>
       <c r="AQ16" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>197</v>
       </c>
       <c r="B17" t="s">
         <v>198</v>
       </c>
       <c r="C17" t="s">
         <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>121</v>
+        <v>83</v>
       </c>
       <c r="E17" t="s">
         <v>199</v>
       </c>
       <c r="F17" t="s">
         <v>48</v>
       </c>
       <c r="G17" t="s">
         <v>49</v>
       </c>
       <c r="H17" t="s">
         <v>50</v>
       </c>
       <c r="I17" t="s">
         <v>51</v>
       </c>
       <c r="J17" t="s">
         <v>199</v>
       </c>
       <c r="K17" t="s">
         <v>52</v>
       </c>
       <c r="L17" t="s">
         <v>200</v>
       </c>
@@ -5589,2853 +5586,2856 @@
       <c r="P17" t="s">
         <v>200</v>
       </c>
       <c r="Q17" t="s">
         <v>56</v>
       </c>
       <c r="R17" t="s">
         <v>57</v>
       </c>
       <c r="S17" t="s">
         <v>58</v>
       </c>
       <c r="T17" t="s">
         <v>201</v>
       </c>
       <c r="U17" t="s">
         <v>60</v>
       </c>
       <c r="V17">
         <v>4</v>
       </c>
       <c r="W17" t="s">
         <v>61</v>
       </c>
       <c r="X17" t="s">
-        <v>125</v>
+        <v>202</v>
       </c>
       <c r="Y17" t="s">
-        <v>126</v>
+        <v>203</v>
       </c>
       <c r="Z17" t="s">
-        <v>127</v>
+        <v>204</v>
       </c>
       <c r="AA17" t="s">
-        <v>128</v>
+        <v>205</v>
       </c>
       <c r="AB17">
         <v>32</v>
       </c>
       <c r="AC17" t="s">
-        <v>127</v>
+        <v>204</v>
       </c>
       <c r="AD17" t="s">
-        <v>128</v>
+        <v>205</v>
       </c>
       <c r="AE17">
         <v>32</v>
       </c>
       <c r="AF17" t="s">
-        <v>125</v>
+        <v>202</v>
       </c>
       <c r="AG17" t="s">
+        <v>203</v>
+      </c>
+      <c r="AH17">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="AI17" t="s">
         <v>66</v>
       </c>
       <c r="AJ17" t="s">
         <v>51</v>
       </c>
       <c r="AK17" t="s">
         <v>52</v>
       </c>
       <c r="AL17" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="AM17" t="s">
         <v>68</v>
       </c>
       <c r="AN17" t="s">
         <v>68</v>
       </c>
       <c r="AO17" t="s">
         <v>199</v>
       </c>
       <c r="AP17">
-        <v>445322643</v>
+        <v>443797643</v>
       </c>
       <c r="AQ17" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B18" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C18" t="s">
         <v>45</v>
       </c>
       <c r="D18" t="s">
         <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="F18" t="s">
         <v>48</v>
       </c>
       <c r="G18" t="s">
         <v>49</v>
       </c>
       <c r="H18" t="s">
         <v>50</v>
       </c>
       <c r="I18" t="s">
         <v>51</v>
       </c>
       <c r="J18" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="K18" t="s">
         <v>52</v>
       </c>
       <c r="L18" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="M18" t="s">
         <v>54</v>
       </c>
       <c r="N18" t="s">
         <v>52</v>
       </c>
       <c r="O18" t="s">
         <v>55</v>
       </c>
       <c r="P18" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="Q18" t="s">
         <v>56</v>
       </c>
       <c r="R18" t="s">
         <v>57</v>
       </c>
       <c r="S18" t="s">
         <v>58</v>
       </c>
       <c r="T18" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="U18" t="s">
         <v>60</v>
       </c>
       <c r="V18">
         <v>4</v>
       </c>
       <c r="W18" t="s">
         <v>61</v>
       </c>
       <c r="X18" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="Y18" t="s">
-        <v>106</v>
+        <v>163</v>
       </c>
       <c r="Z18" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>119</v>
+      </c>
+      <c r="AB18">
+        <v>31</v>
+      </c>
+      <c r="AC18" t="s">
+        <v>212</v>
+      </c>
+      <c r="AD18" t="s">
+        <v>119</v>
+      </c>
+      <c r="AE18">
+        <v>31</v>
+      </c>
+      <c r="AF18" t="s">
+        <v>117</v>
+      </c>
+      <c r="AG18" t="s">
         <v>163</v>
-      </c>
-[...19 lines deleted...]
-        <v>106</v>
       </c>
       <c r="AH18">
         <v>97</v>
       </c>
       <c r="AI18" t="s">
         <v>66</v>
       </c>
       <c r="AJ18" t="s">
         <v>51</v>
       </c>
       <c r="AK18" t="s">
         <v>52</v>
       </c>
       <c r="AL18" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="AM18" t="s">
         <v>68</v>
       </c>
       <c r="AN18" t="s">
         <v>68</v>
       </c>
       <c r="AO18" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="AP18">
-        <v>7000000</v>
+        <v>15230386</v>
       </c>
       <c r="AQ18" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B19" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>72</v>
       </c>
       <c r="E19" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="F19" t="s">
         <v>48</v>
       </c>
       <c r="G19" t="s">
         <v>49</v>
       </c>
       <c r="H19" t="s">
         <v>50</v>
       </c>
       <c r="I19" t="s">
         <v>51</v>
       </c>
       <c r="J19" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="K19" t="s">
         <v>52</v>
       </c>
       <c r="L19" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="M19" t="s">
         <v>54</v>
       </c>
       <c r="N19" t="s">
         <v>52</v>
       </c>
       <c r="O19" t="s">
         <v>55</v>
       </c>
       <c r="P19" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="Q19" t="s">
         <v>56</v>
       </c>
       <c r="R19" t="s">
         <v>57</v>
       </c>
       <c r="S19" t="s">
         <v>58</v>
       </c>
       <c r="T19" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="U19" t="s">
         <v>60</v>
       </c>
       <c r="V19">
         <v>4</v>
       </c>
       <c r="W19" t="s">
         <v>61</v>
       </c>
       <c r="X19" t="s">
-        <v>214</v>
+        <v>76</v>
       </c>
       <c r="Y19" t="s">
-        <v>215</v>
+        <v>77</v>
       </c>
       <c r="Z19" t="s">
-        <v>216</v>
+        <v>78</v>
       </c>
       <c r="AA19" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="AB19">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="AC19" t="s">
-        <v>216</v>
+        <v>78</v>
       </c>
       <c r="AD19" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="AE19">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="AF19" t="s">
-        <v>214</v>
+        <v>76</v>
       </c>
       <c r="AG19" t="s">
-        <v>215</v>
+        <v>77</v>
       </c>
       <c r="AH19">
-        <v>19</v>
+        <v>85</v>
       </c>
       <c r="AI19" t="s">
         <v>66</v>
       </c>
       <c r="AJ19" t="s">
         <v>51</v>
       </c>
       <c r="AK19" t="s">
         <v>52</v>
       </c>
       <c r="AL19" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="AM19" t="s">
         <v>68</v>
       </c>
       <c r="AN19" t="s">
         <v>68</v>
       </c>
       <c r="AO19" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="AP19">
-        <v>6200000</v>
+        <v>1366650</v>
       </c>
       <c r="AQ19" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B20" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C20" t="s">
         <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>222</v>
       </c>
       <c r="E20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="F20" t="s">
         <v>48</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20" t="s">
         <v>50</v>
       </c>
       <c r="I20" t="s">
         <v>51</v>
       </c>
       <c r="J20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="K20" t="s">
         <v>52</v>
       </c>
       <c r="L20" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="M20" t="s">
         <v>54</v>
       </c>
       <c r="N20" t="s">
         <v>52</v>
       </c>
       <c r="O20" t="s">
         <v>55</v>
       </c>
       <c r="P20" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="Q20" t="s">
         <v>56</v>
       </c>
       <c r="R20" t="s">
         <v>57</v>
       </c>
       <c r="S20" t="s">
         <v>58</v>
       </c>
       <c r="T20" t="s">
-        <v>170</v>
+        <v>225</v>
       </c>
       <c r="U20" t="s">
         <v>60</v>
       </c>
       <c r="V20">
         <v>4</v>
       </c>
       <c r="W20" t="s">
         <v>61</v>
       </c>
       <c r="X20" t="s">
-        <v>223</v>
+        <v>161</v>
       </c>
       <c r="Y20" t="s">
-        <v>95</v>
+        <v>226</v>
       </c>
       <c r="Z20" t="s">
-        <v>224</v>
+        <v>212</v>
       </c>
       <c r="AA20" t="s">
-        <v>225</v>
+        <v>119</v>
       </c>
       <c r="AB20">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="AC20" t="s">
-        <v>224</v>
+        <v>212</v>
       </c>
       <c r="AD20" t="s">
-        <v>225</v>
+        <v>119</v>
       </c>
       <c r="AE20">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="AF20" t="s">
-        <v>223</v>
+        <v>161</v>
       </c>
       <c r="AG20" t="s">
-        <v>95</v>
+        <v>226</v>
       </c>
       <c r="AH20">
-        <v>95</v>
+        <v>57</v>
       </c>
       <c r="AI20" t="s">
         <v>66</v>
       </c>
       <c r="AJ20" t="s">
         <v>51</v>
       </c>
       <c r="AK20" t="s">
         <v>52</v>
       </c>
       <c r="AL20" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="AM20" t="s">
         <v>68</v>
       </c>
       <c r="AN20" t="s">
         <v>68</v>
       </c>
       <c r="AO20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="AP20">
-        <v>10000000</v>
+        <v>10631500</v>
       </c>
       <c r="AQ20" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B21" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C21" t="s">
         <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>121</v>
+        <v>83</v>
       </c>
       <c r="E21" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F21" t="s">
         <v>48</v>
       </c>
       <c r="G21" t="s">
         <v>49</v>
       </c>
       <c r="H21" t="s">
         <v>50</v>
       </c>
       <c r="I21" t="s">
         <v>51</v>
       </c>
       <c r="J21" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="K21" t="s">
         <v>52</v>
       </c>
       <c r="L21" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="M21" t="s">
         <v>54</v>
       </c>
       <c r="N21" t="s">
         <v>52</v>
       </c>
       <c r="O21" t="s">
         <v>55</v>
       </c>
       <c r="P21" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="Q21" t="s">
         <v>56</v>
       </c>
       <c r="R21" t="s">
         <v>57</v>
       </c>
       <c r="S21" t="s">
         <v>58</v>
       </c>
       <c r="T21" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="U21" t="s">
         <v>60</v>
       </c>
       <c r="V21">
         <v>4</v>
       </c>
       <c r="W21" t="s">
         <v>61</v>
       </c>
       <c r="X21" t="s">
-        <v>232</v>
+        <v>202</v>
       </c>
       <c r="Y21" t="s">
-        <v>233</v>
+        <v>107</v>
       </c>
       <c r="Z21" t="s">
-        <v>234</v>
+        <v>204</v>
       </c>
       <c r="AA21" t="s">
-        <v>235</v>
+        <v>205</v>
       </c>
       <c r="AB21">
         <v>32</v>
       </c>
       <c r="AC21" t="s">
-        <v>234</v>
+        <v>204</v>
       </c>
       <c r="AD21" t="s">
-        <v>235</v>
+        <v>205</v>
       </c>
       <c r="AE21">
         <v>32</v>
       </c>
       <c r="AF21" t="s">
-        <v>232</v>
+        <v>202</v>
       </c>
       <c r="AG21" t="s">
-        <v>233</v>
+        <v>107</v>
       </c>
       <c r="AH21">
-        <v>219</v>
+        <v>137</v>
       </c>
       <c r="AI21" t="s">
         <v>66</v>
       </c>
       <c r="AJ21" t="s">
         <v>51</v>
       </c>
       <c r="AK21" t="s">
         <v>52</v>
       </c>
       <c r="AL21" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="AM21" t="s">
         <v>68</v>
       </c>
       <c r="AN21" t="s">
         <v>68</v>
       </c>
       <c r="AO21" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="AP21">
-        <v>748270000</v>
+        <v>455685143</v>
       </c>
       <c r="AQ21" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="B22" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="C22" t="s">
         <v>45</v>
       </c>
       <c r="D22" t="s">
-        <v>121</v>
+        <v>72</v>
       </c>
       <c r="E22" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="F22" t="s">
         <v>48</v>
       </c>
       <c r="G22" t="s">
         <v>49</v>
       </c>
       <c r="H22" t="s">
         <v>50</v>
       </c>
       <c r="I22" t="s">
         <v>51</v>
       </c>
       <c r="J22" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="K22" t="s">
         <v>52</v>
       </c>
       <c r="L22" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="M22" t="s">
         <v>54</v>
       </c>
       <c r="N22" t="s">
         <v>52</v>
       </c>
       <c r="O22" t="s">
         <v>55</v>
       </c>
       <c r="P22" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="Q22" t="s">
         <v>56</v>
       </c>
       <c r="R22" t="s">
         <v>57</v>
       </c>
       <c r="S22" t="s">
         <v>58</v>
       </c>
       <c r="T22" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="U22" t="s">
         <v>60</v>
       </c>
       <c r="V22">
         <v>4</v>
       </c>
       <c r="W22" t="s">
         <v>61</v>
       </c>
       <c r="X22" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="Y22" t="s">
-        <v>243</v>
+        <v>89</v>
       </c>
       <c r="Z22" t="s">
-        <v>244</v>
+        <v>90</v>
       </c>
       <c r="AA22" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="AB22">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="AC22" t="s">
-        <v>244</v>
+        <v>90</v>
       </c>
       <c r="AD22" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="AE22">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="AF22" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="AG22" t="s">
-        <v>243</v>
+        <v>89</v>
       </c>
       <c r="AH22">
-        <v>367</v>
+        <v>95</v>
       </c>
       <c r="AI22" t="s">
         <v>66</v>
       </c>
       <c r="AJ22" t="s">
         <v>51</v>
       </c>
       <c r="AK22" t="s">
         <v>52</v>
       </c>
       <c r="AL22" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="AM22" t="s">
         <v>68</v>
       </c>
       <c r="AN22" t="s">
         <v>68</v>
       </c>
       <c r="AO22" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="AP22">
-        <v>1668000000</v>
+        <v>10000000</v>
       </c>
       <c r="AQ22" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="B23" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="C23" t="s">
         <v>45</v>
       </c>
       <c r="D23" t="s">
-        <v>121</v>
+        <v>83</v>
       </c>
       <c r="E23" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="F23" t="s">
         <v>48</v>
       </c>
       <c r="G23" t="s">
         <v>49</v>
       </c>
       <c r="H23" t="s">
         <v>50</v>
       </c>
       <c r="I23" t="s">
         <v>51</v>
       </c>
       <c r="J23" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="K23" t="s">
         <v>52</v>
       </c>
       <c r="L23" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="M23" t="s">
         <v>54</v>
       </c>
       <c r="N23" t="s">
         <v>52</v>
       </c>
       <c r="O23" t="s">
         <v>55</v>
       </c>
       <c r="P23" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="Q23" t="s">
         <v>56</v>
       </c>
+      <c r="R23" t="s">
+        <v>57</v>
+      </c>
       <c r="S23" t="s">
         <v>58</v>
       </c>
       <c r="T23" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="U23" t="s">
         <v>60</v>
       </c>
       <c r="V23">
         <v>4</v>
       </c>
       <c r="W23" t="s">
-        <v>251</v>
+        <v>61</v>
       </c>
       <c r="X23" t="s">
-        <v>252</v>
+        <v>202</v>
       </c>
       <c r="Y23" t="s">
-        <v>95</v>
+        <v>107</v>
       </c>
       <c r="Z23" t="s">
-        <v>224</v>
+        <v>204</v>
       </c>
       <c r="AA23" t="s">
-        <v>225</v>
+        <v>205</v>
       </c>
       <c r="AB23">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="AC23" t="s">
-        <v>224</v>
+        <v>204</v>
       </c>
       <c r="AD23" t="s">
-        <v>225</v>
+        <v>205</v>
       </c>
       <c r="AE23">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="AF23" t="s">
-        <v>252</v>
+        <v>202</v>
       </c>
       <c r="AG23" t="s">
-        <v>95</v>
+        <v>107</v>
       </c>
       <c r="AH23">
-        <v>366</v>
+        <v>137</v>
       </c>
       <c r="AI23" t="s">
         <v>66</v>
       </c>
       <c r="AJ23" t="s">
         <v>51</v>
       </c>
       <c r="AK23" t="s">
         <v>52</v>
       </c>
       <c r="AL23" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="AM23" t="s">
         <v>68</v>
       </c>
       <c r="AN23" t="s">
         <v>68</v>
       </c>
       <c r="AO23" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="AP23">
-        <v>63482383</v>
+        <v>445322643</v>
       </c>
       <c r="AQ23" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="B24" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="C24" t="s">
         <v>45</v>
       </c>
       <c r="D24" t="s">
-        <v>46</v>
+        <v>72</v>
       </c>
       <c r="E24" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="F24" t="s">
         <v>48</v>
       </c>
       <c r="G24" t="s">
         <v>49</v>
       </c>
       <c r="H24" t="s">
         <v>50</v>
       </c>
       <c r="I24" t="s">
         <v>51</v>
       </c>
       <c r="J24" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="K24" t="s">
         <v>52</v>
       </c>
       <c r="L24" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="M24" t="s">
         <v>54</v>
       </c>
       <c r="N24" t="s">
         <v>52</v>
       </c>
       <c r="O24" t="s">
         <v>55</v>
       </c>
       <c r="P24" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="Q24" t="s">
         <v>56</v>
       </c>
       <c r="R24" t="s">
         <v>57</v>
       </c>
       <c r="S24" t="s">
         <v>58</v>
       </c>
       <c r="T24" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="U24" t="s">
         <v>60</v>
       </c>
       <c r="V24">
         <v>4</v>
       </c>
       <c r="W24" t="s">
         <v>61</v>
       </c>
       <c r="X24" t="s">
-        <v>259</v>
+        <v>117</v>
       </c>
       <c r="Y24" t="s">
-        <v>260</v>
+        <v>163</v>
       </c>
       <c r="Z24" t="s">
+        <v>153</v>
+      </c>
+      <c r="AA24" t="s">
+        <v>154</v>
+      </c>
+      <c r="AB24">
+        <v>33</v>
+      </c>
+      <c r="AC24" t="s">
+        <v>153</v>
+      </c>
+      <c r="AD24" t="s">
+        <v>154</v>
+      </c>
+      <c r="AE24">
+        <v>33</v>
+      </c>
+      <c r="AF24" t="s">
+        <v>117</v>
+      </c>
+      <c r="AG24" t="s">
+        <v>163</v>
+      </c>
+      <c r="AH24">
         <v>97</v>
-      </c>
-[...22 lines deleted...]
-        <v>85</v>
       </c>
       <c r="AI24" t="s">
         <v>66</v>
       </c>
       <c r="AJ24" t="s">
         <v>51</v>
       </c>
       <c r="AK24" t="s">
         <v>52</v>
       </c>
       <c r="AL24" t="s">
-        <v>261</v>
+        <v>252</v>
       </c>
       <c r="AM24" t="s">
         <v>68</v>
       </c>
       <c r="AN24" t="s">
         <v>68</v>
       </c>
       <c r="AO24" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="AP24">
-        <v>400000</v>
+        <v>24932330</v>
       </c>
       <c r="AQ24" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="B25" t="s">
-        <v>263</v>
+        <v>254</v>
       </c>
       <c r="C25" t="s">
         <v>45</v>
       </c>
       <c r="D25" t="s">
-        <v>264</v>
+        <v>72</v>
       </c>
       <c r="E25" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="F25" t="s">
         <v>48</v>
       </c>
       <c r="G25" t="s">
         <v>49</v>
       </c>
       <c r="H25" t="s">
         <v>50</v>
       </c>
       <c r="I25" t="s">
         <v>51</v>
       </c>
       <c r="J25" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="K25" t="s">
         <v>52</v>
       </c>
       <c r="L25" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="M25" t="s">
         <v>54</v>
       </c>
       <c r="N25" t="s">
         <v>52</v>
       </c>
       <c r="O25" t="s">
         <v>55</v>
       </c>
       <c r="P25" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="Q25" t="s">
         <v>56</v>
       </c>
       <c r="R25" t="s">
         <v>57</v>
       </c>
       <c r="S25" t="s">
         <v>58</v>
       </c>
       <c r="T25" t="s">
-        <v>267</v>
+        <v>257</v>
       </c>
       <c r="U25" t="s">
         <v>60</v>
       </c>
       <c r="V25">
         <v>4</v>
       </c>
       <c r="W25" t="s">
         <v>61</v>
       </c>
       <c r="X25" t="s">
-        <v>143</v>
+        <v>89</v>
       </c>
       <c r="Y25" t="s">
-        <v>63</v>
+        <v>258</v>
       </c>
       <c r="Z25" t="s">
-        <v>97</v>
+        <v>212</v>
       </c>
       <c r="AA25" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="AB25">
         <v>31</v>
       </c>
       <c r="AC25" t="s">
-        <v>97</v>
+        <v>212</v>
       </c>
       <c r="AD25" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="AE25">
         <v>31</v>
       </c>
       <c r="AF25" t="s">
-        <v>143</v>
+        <v>89</v>
       </c>
       <c r="AG25" t="s">
-        <v>63</v>
+        <v>258</v>
       </c>
       <c r="AH25">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AI25" t="s">
         <v>66</v>
       </c>
       <c r="AJ25" t="s">
         <v>51</v>
       </c>
       <c r="AK25" t="s">
         <v>52</v>
       </c>
       <c r="AL25" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="AM25" t="s">
         <v>68</v>
       </c>
       <c r="AN25" t="s">
         <v>68</v>
       </c>
       <c r="AO25" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="AP25">
-        <v>10631500</v>
+        <v>2000000</v>
       </c>
       <c r="AQ25" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="B26" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="C26" t="s">
         <v>45</v>
       </c>
       <c r="D26" t="s">
-        <v>121</v>
+        <v>83</v>
       </c>
       <c r="E26" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="F26" t="s">
         <v>48</v>
       </c>
       <c r="G26" t="s">
         <v>49</v>
       </c>
       <c r="H26" t="s">
         <v>50</v>
       </c>
       <c r="I26" t="s">
         <v>51</v>
       </c>
       <c r="J26" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="K26" t="s">
         <v>52</v>
       </c>
       <c r="L26" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="M26" t="s">
         <v>54</v>
       </c>
       <c r="N26" t="s">
         <v>52</v>
       </c>
       <c r="O26" t="s">
         <v>55</v>
       </c>
       <c r="P26" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="Q26" t="s">
         <v>56</v>
       </c>
       <c r="R26" t="s">
         <v>57</v>
       </c>
       <c r="S26" t="s">
         <v>58</v>
       </c>
       <c r="T26" t="s">
-        <v>273</v>
+        <v>144</v>
       </c>
       <c r="U26" t="s">
         <v>60</v>
       </c>
       <c r="V26">
         <v>4</v>
       </c>
       <c r="W26" t="s">
         <v>61</v>
       </c>
       <c r="X26" t="s">
-        <v>274</v>
+        <v>76</v>
       </c>
       <c r="Y26" t="s">
-        <v>243</v>
+        <v>77</v>
       </c>
       <c r="Z26" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="AA26" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="AB26">
         <v>33</v>
       </c>
       <c r="AC26" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="AD26" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="AE26">
         <v>33</v>
       </c>
       <c r="AF26" t="s">
-        <v>274</v>
+        <v>76</v>
       </c>
       <c r="AG26" t="s">
-        <v>243</v>
+        <v>77</v>
       </c>
       <c r="AH26">
-        <v>366</v>
+        <v>85</v>
       </c>
       <c r="AI26" t="s">
         <v>66</v>
       </c>
       <c r="AJ26" t="s">
         <v>51</v>
       </c>
       <c r="AK26" t="s">
         <v>52</v>
       </c>
       <c r="AL26" t="s">
-        <v>275</v>
+        <v>264</v>
       </c>
       <c r="AM26" t="s">
         <v>68</v>
       </c>
       <c r="AN26" t="s">
         <v>68</v>
       </c>
       <c r="AO26" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="AP26">
-        <v>157832583</v>
+        <v>3000000</v>
       </c>
       <c r="AQ26" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>276</v>
+        <v>265</v>
       </c>
       <c r="B27" t="s">
-        <v>277</v>
+        <v>266</v>
       </c>
       <c r="C27" t="s">
         <v>45</v>
       </c>
       <c r="D27" t="s">
-        <v>121</v>
+        <v>72</v>
       </c>
       <c r="E27" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="F27" t="s">
         <v>48</v>
       </c>
       <c r="G27" t="s">
         <v>49</v>
       </c>
       <c r="H27" t="s">
         <v>50</v>
       </c>
       <c r="I27" t="s">
         <v>51</v>
       </c>
       <c r="J27" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="K27" t="s">
         <v>52</v>
       </c>
       <c r="L27" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="M27" t="s">
         <v>54</v>
       </c>
       <c r="N27" t="s">
         <v>52</v>
       </c>
       <c r="O27" t="s">
         <v>55</v>
       </c>
       <c r="P27" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="Q27" t="s">
         <v>56</v>
       </c>
       <c r="R27" t="s">
         <v>57</v>
       </c>
       <c r="S27" t="s">
         <v>58</v>
       </c>
       <c r="T27" t="s">
-        <v>201</v>
+        <v>269</v>
       </c>
       <c r="U27" t="s">
         <v>60</v>
       </c>
       <c r="V27">
         <v>4</v>
       </c>
       <c r="W27" t="s">
         <v>61</v>
       </c>
       <c r="X27" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="Y27" t="s">
-        <v>126</v>
+        <v>163</v>
       </c>
       <c r="Z27" t="s">
-        <v>64</v>
+        <v>270</v>
       </c>
       <c r="AA27" t="s">
-        <v>65</v>
+        <v>271</v>
       </c>
       <c r="AB27">
         <v>32</v>
       </c>
       <c r="AC27" t="s">
-        <v>64</v>
+        <v>270</v>
       </c>
       <c r="AD27" t="s">
-        <v>65</v>
+        <v>271</v>
       </c>
       <c r="AE27">
         <v>32</v>
       </c>
       <c r="AF27" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="AG27" t="s">
-        <v>126</v>
+        <v>163</v>
       </c>
       <c r="AH27">
-        <v>137</v>
+        <v>97</v>
       </c>
       <c r="AI27" t="s">
         <v>66</v>
       </c>
       <c r="AJ27" t="s">
         <v>51</v>
       </c>
       <c r="AK27" t="s">
         <v>52</v>
       </c>
       <c r="AL27" t="s">
-        <v>280</v>
+        <v>272</v>
       </c>
       <c r="AM27" t="s">
         <v>68</v>
       </c>
       <c r="AN27" t="s">
         <v>68</v>
       </c>
       <c r="AO27" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="AP27">
-        <v>20158220</v>
+        <v>7000000</v>
       </c>
       <c r="AQ27" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="B28" t="s">
-        <v>282</v>
+        <v>274</v>
       </c>
       <c r="C28" t="s">
         <v>45</v>
       </c>
       <c r="D28" t="s">
-        <v>121</v>
+        <v>83</v>
       </c>
       <c r="E28" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="F28" t="s">
         <v>48</v>
       </c>
       <c r="G28" t="s">
         <v>49</v>
       </c>
       <c r="H28" t="s">
         <v>50</v>
       </c>
       <c r="I28" t="s">
         <v>51</v>
       </c>
       <c r="J28" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="K28" t="s">
         <v>52</v>
       </c>
       <c r="L28" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="M28" t="s">
         <v>54</v>
       </c>
       <c r="N28" t="s">
         <v>52</v>
       </c>
       <c r="O28" t="s">
         <v>55</v>
       </c>
       <c r="P28" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="Q28" t="s">
         <v>56</v>
       </c>
       <c r="R28" t="s">
         <v>57</v>
       </c>
       <c r="S28" t="s">
         <v>58</v>
       </c>
       <c r="T28" t="s">
-        <v>241</v>
+        <v>277</v>
       </c>
       <c r="U28" t="s">
         <v>60</v>
       </c>
       <c r="V28">
         <v>4</v>
       </c>
       <c r="W28" t="s">
         <v>61</v>
       </c>
       <c r="X28" t="s">
-        <v>259</v>
+        <v>202</v>
       </c>
       <c r="Y28" t="s">
-        <v>260</v>
+        <v>203</v>
       </c>
       <c r="Z28" t="s">
-        <v>285</v>
+        <v>204</v>
       </c>
       <c r="AA28" t="s">
-        <v>286</v>
+        <v>205</v>
       </c>
       <c r="AB28">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="AC28" t="s">
-        <v>285</v>
+        <v>204</v>
       </c>
       <c r="AD28" t="s">
-        <v>286</v>
+        <v>205</v>
       </c>
       <c r="AE28">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="AF28" t="s">
-        <v>259</v>
+        <v>202</v>
       </c>
       <c r="AG28" t="s">
-        <v>260</v>
+        <v>203</v>
       </c>
       <c r="AH28">
-        <v>85</v>
+        <v>126</v>
       </c>
       <c r="AI28" t="s">
         <v>66</v>
       </c>
       <c r="AJ28" t="s">
         <v>51</v>
       </c>
       <c r="AK28" t="s">
         <v>52</v>
       </c>
       <c r="AL28" t="s">
-        <v>287</v>
+        <v>278</v>
       </c>
       <c r="AM28" t="s">
         <v>68</v>
       </c>
       <c r="AN28" t="s">
         <v>68</v>
       </c>
       <c r="AO28" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="AP28">
-        <v>4500000</v>
+        <v>445585143</v>
       </c>
       <c r="AQ28" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
       <c r="B29" t="s">
-        <v>289</v>
+        <v>280</v>
       </c>
       <c r="C29" t="s">
         <v>45</v>
       </c>
       <c r="D29" t="s">
-        <v>121</v>
+        <v>72</v>
       </c>
       <c r="E29" t="s">
-        <v>290</v>
+        <v>281</v>
       </c>
       <c r="F29" t="s">
         <v>48</v>
       </c>
       <c r="G29" t="s">
         <v>49</v>
       </c>
       <c r="H29" t="s">
         <v>50</v>
       </c>
       <c r="I29" t="s">
         <v>51</v>
       </c>
       <c r="J29" t="s">
-        <v>290</v>
+        <v>281</v>
       </c>
       <c r="K29" t="s">
         <v>52</v>
       </c>
       <c r="L29" t="s">
-        <v>291</v>
+        <v>282</v>
       </c>
       <c r="M29" t="s">
         <v>54</v>
       </c>
       <c r="N29" t="s">
         <v>52</v>
       </c>
       <c r="O29" t="s">
         <v>55</v>
       </c>
       <c r="P29" t="s">
-        <v>291</v>
+        <v>282</v>
       </c>
       <c r="Q29" t="s">
         <v>56</v>
       </c>
       <c r="R29" t="s">
         <v>57</v>
       </c>
       <c r="S29" t="s">
         <v>58</v>
       </c>
       <c r="T29" t="s">
-        <v>192</v>
+        <v>283</v>
       </c>
       <c r="U29" t="s">
         <v>60</v>
       </c>
       <c r="V29">
         <v>4</v>
       </c>
       <c r="W29" t="s">
-        <v>251</v>
+        <v>61</v>
       </c>
       <c r="X29" t="s">
-        <v>126</v>
+        <v>76</v>
       </c>
       <c r="Y29" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="Z29" t="s">
-        <v>64</v>
+        <v>270</v>
       </c>
       <c r="AA29" t="s">
-        <v>65</v>
+        <v>271</v>
       </c>
       <c r="AB29">
         <v>32</v>
       </c>
       <c r="AC29" t="s">
-        <v>64</v>
+        <v>270</v>
       </c>
       <c r="AD29" t="s">
-        <v>65</v>
+        <v>271</v>
       </c>
       <c r="AE29">
         <v>32</v>
       </c>
       <c r="AF29" t="s">
-        <v>126</v>
+        <v>76</v>
       </c>
       <c r="AG29" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="AH29">
-        <v>-75</v>
+        <v>55</v>
       </c>
       <c r="AI29" t="s">
         <v>66</v>
       </c>
       <c r="AJ29" t="s">
         <v>51</v>
       </c>
       <c r="AK29" t="s">
         <v>52</v>
       </c>
       <c r="AL29" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
       <c r="AM29" t="s">
         <v>68</v>
       </c>
       <c r="AN29" t="s">
         <v>68</v>
       </c>
       <c r="AO29" t="s">
-        <v>290</v>
+        <v>281</v>
       </c>
       <c r="AP29">
-        <v>153250660</v>
+        <v>5307543</v>
       </c>
       <c r="AQ29" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="B30" t="s">
-        <v>294</v>
+        <v>286</v>
       </c>
       <c r="C30" t="s">
         <v>45</v>
       </c>
       <c r="D30" t="s">
-        <v>46</v>
+        <v>72</v>
       </c>
       <c r="E30" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="F30" t="s">
         <v>48</v>
       </c>
       <c r="G30" t="s">
         <v>49</v>
       </c>
       <c r="H30" t="s">
         <v>50</v>
       </c>
       <c r="I30" t="s">
         <v>51</v>
       </c>
       <c r="J30" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="K30" t="s">
         <v>52</v>
       </c>
       <c r="L30" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="M30" t="s">
         <v>54</v>
       </c>
       <c r="N30" t="s">
         <v>52</v>
       </c>
       <c r="O30" t="s">
         <v>55</v>
       </c>
       <c r="P30" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="Q30" t="s">
         <v>56</v>
       </c>
       <c r="R30" t="s">
         <v>57</v>
       </c>
       <c r="S30" t="s">
         <v>58</v>
       </c>
       <c r="T30" t="s">
-        <v>160</v>
+        <v>238</v>
       </c>
       <c r="U30" t="s">
         <v>60</v>
       </c>
       <c r="V30">
         <v>4</v>
       </c>
       <c r="W30" t="s">
         <v>61</v>
       </c>
       <c r="X30" t="s">
-        <v>297</v>
+        <v>117</v>
       </c>
       <c r="Y30" t="s">
-        <v>144</v>
+        <v>289</v>
       </c>
       <c r="Z30" t="s">
-        <v>163</v>
+        <v>290</v>
       </c>
       <c r="AA30" t="s">
-        <v>164</v>
+        <v>291</v>
       </c>
       <c r="AB30">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="AC30" t="s">
-        <v>163</v>
+        <v>290</v>
       </c>
       <c r="AD30" t="s">
-        <v>164</v>
+        <v>291</v>
       </c>
       <c r="AE30">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="AF30" t="s">
-        <v>297</v>
+        <v>117</v>
       </c>
       <c r="AG30" t="s">
-        <v>144</v>
+        <v>289</v>
       </c>
       <c r="AH30">
-        <v>154</v>
+        <v>87</v>
       </c>
       <c r="AI30" t="s">
         <v>66</v>
       </c>
       <c r="AJ30" t="s">
         <v>51</v>
       </c>
       <c r="AK30" t="s">
         <v>52</v>
       </c>
       <c r="AL30" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="AM30" t="s">
         <v>68</v>
       </c>
       <c r="AN30" t="s">
         <v>68</v>
       </c>
       <c r="AO30" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="AP30">
-        <v>6000000</v>
+        <v>21525000</v>
       </c>
       <c r="AQ30" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="B31" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="C31" t="s">
         <v>45</v>
       </c>
       <c r="D31" t="s">
-        <v>46</v>
+        <v>184</v>
       </c>
       <c r="E31" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="F31" t="s">
         <v>48</v>
       </c>
       <c r="G31" t="s">
         <v>49</v>
       </c>
       <c r="H31" t="s">
         <v>50</v>
       </c>
       <c r="I31" t="s">
         <v>51</v>
       </c>
       <c r="J31" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="K31" t="s">
         <v>52</v>
       </c>
       <c r="L31" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="M31" t="s">
         <v>54</v>
       </c>
       <c r="N31" t="s">
         <v>52</v>
       </c>
       <c r="O31" t="s">
         <v>55</v>
       </c>
       <c r="P31" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="Q31" t="s">
         <v>56</v>
       </c>
       <c r="R31" t="s">
         <v>57</v>
       </c>
       <c r="S31" t="s">
         <v>58</v>
       </c>
       <c r="T31" t="s">
-        <v>160</v>
+        <v>283</v>
       </c>
       <c r="U31" t="s">
         <v>60</v>
       </c>
       <c r="V31">
         <v>4</v>
       </c>
       <c r="W31" t="s">
         <v>61</v>
       </c>
       <c r="X31" t="s">
-        <v>259</v>
+        <v>297</v>
       </c>
       <c r="Y31" t="s">
-        <v>144</v>
+        <v>298</v>
       </c>
       <c r="Z31" t="s">
-        <v>163</v>
+        <v>270</v>
       </c>
       <c r="AA31" t="s">
-        <v>164</v>
+        <v>271</v>
       </c>
       <c r="AB31">
         <v>32</v>
       </c>
       <c r="AC31" t="s">
-        <v>163</v>
+        <v>270</v>
       </c>
       <c r="AD31" t="s">
-        <v>164</v>
+        <v>271</v>
       </c>
       <c r="AE31">
         <v>32</v>
       </c>
       <c r="AF31" t="s">
-        <v>259</v>
+        <v>297</v>
       </c>
       <c r="AG31" t="s">
-        <v>144</v>
+        <v>298</v>
       </c>
       <c r="AH31">
-        <v>55</v>
+        <v>272</v>
       </c>
       <c r="AI31" t="s">
         <v>66</v>
       </c>
       <c r="AJ31" t="s">
         <v>51</v>
       </c>
       <c r="AK31" t="s">
         <v>52</v>
       </c>
       <c r="AL31" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="AM31" t="s">
         <v>68</v>
       </c>
       <c r="AN31" t="s">
         <v>68</v>
       </c>
       <c r="AO31" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="AP31">
-        <v>5307543</v>
+        <v>8000000</v>
       </c>
       <c r="AQ31" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="B32" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="C32" t="s">
         <v>45</v>
       </c>
       <c r="D32" t="s">
-        <v>46</v>
+        <v>72</v>
       </c>
       <c r="E32" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="F32" t="s">
         <v>48</v>
       </c>
       <c r="G32" t="s">
         <v>49</v>
       </c>
       <c r="H32" t="s">
         <v>50</v>
       </c>
       <c r="I32" t="s">
         <v>51</v>
       </c>
       <c r="J32" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="K32" t="s">
         <v>52</v>
       </c>
       <c r="L32" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="M32" t="s">
         <v>54</v>
       </c>
       <c r="N32" t="s">
         <v>52</v>
       </c>
       <c r="O32" t="s">
         <v>55</v>
       </c>
       <c r="P32" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="Q32" t="s">
         <v>56</v>
       </c>
       <c r="R32" t="s">
         <v>57</v>
       </c>
       <c r="S32" t="s">
         <v>58</v>
       </c>
       <c r="T32" t="s">
-        <v>59</v>
+        <v>304</v>
       </c>
       <c r="U32" t="s">
         <v>60</v>
       </c>
       <c r="V32">
         <v>4</v>
       </c>
       <c r="W32" t="s">
         <v>61</v>
       </c>
       <c r="X32" t="s">
-        <v>259</v>
+        <v>305</v>
       </c>
       <c r="Y32" t="s">
-        <v>260</v>
+        <v>306</v>
       </c>
       <c r="Z32" t="s">
-        <v>285</v>
+        <v>307</v>
       </c>
       <c r="AA32" t="s">
-        <v>286</v>
+        <v>308</v>
       </c>
       <c r="AB32">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="AC32" t="s">
-        <v>285</v>
+        <v>307</v>
       </c>
       <c r="AD32" t="s">
-        <v>286</v>
+        <v>308</v>
       </c>
       <c r="AE32">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="AF32" t="s">
-        <v>259</v>
+        <v>305</v>
       </c>
       <c r="AG32" t="s">
-        <v>260</v>
+        <v>306</v>
       </c>
       <c r="AH32">
-        <v>85</v>
+        <v>19</v>
       </c>
       <c r="AI32" t="s">
         <v>66</v>
       </c>
       <c r="AJ32" t="s">
         <v>51</v>
       </c>
       <c r="AK32" t="s">
         <v>52</v>
       </c>
       <c r="AL32" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AM32" t="s">
         <v>68</v>
       </c>
       <c r="AN32" t="s">
         <v>68</v>
       </c>
       <c r="AO32" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="AP32">
-        <v>3000000</v>
+        <v>6200000</v>
       </c>
       <c r="AQ32" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B33" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C33" t="s">
         <v>45</v>
       </c>
       <c r="D33" t="s">
-        <v>46</v>
+        <v>83</v>
       </c>
       <c r="E33" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F33" t="s">
         <v>48</v>
       </c>
       <c r="G33" t="s">
         <v>49</v>
       </c>
       <c r="H33" t="s">
         <v>50</v>
       </c>
       <c r="I33" t="s">
         <v>51</v>
       </c>
       <c r="J33" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="K33" t="s">
         <v>52</v>
       </c>
       <c r="L33" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="M33" t="s">
         <v>54</v>
       </c>
       <c r="N33" t="s">
         <v>52</v>
       </c>
       <c r="O33" t="s">
         <v>55</v>
       </c>
       <c r="P33" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="Q33" t="s">
         <v>56</v>
       </c>
       <c r="R33" t="s">
         <v>57</v>
       </c>
       <c r="S33" t="s">
         <v>58</v>
       </c>
       <c r="T33" t="s">
-        <v>179</v>
+        <v>245</v>
       </c>
       <c r="U33" t="s">
         <v>60</v>
       </c>
       <c r="V33">
         <v>4</v>
       </c>
       <c r="W33" t="s">
         <v>61</v>
       </c>
       <c r="X33" t="s">
-        <v>313</v>
+        <v>202</v>
       </c>
       <c r="Y33" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="Z33" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="AA33" t="s">
-        <v>98</v>
+        <v>110</v>
       </c>
       <c r="AB33">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="AC33" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="AD33" t="s">
-        <v>98</v>
+        <v>110</v>
       </c>
       <c r="AE33">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="AF33" t="s">
-        <v>313</v>
+        <v>202</v>
       </c>
       <c r="AG33" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="AH33">
-        <v>-18188</v>
+        <v>137</v>
       </c>
       <c r="AI33" t="s">
         <v>66</v>
       </c>
       <c r="AJ33" t="s">
         <v>51</v>
       </c>
       <c r="AK33" t="s">
         <v>52</v>
       </c>
       <c r="AL33" t="s">
         <v>314</v>
       </c>
       <c r="AM33" t="s">
         <v>68</v>
       </c>
       <c r="AN33" t="s">
         <v>68</v>
       </c>
       <c r="AO33" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="AP33">
-        <v>12907400</v>
+        <v>20158220</v>
       </c>
       <c r="AQ33" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>315</v>
       </c>
       <c r="B34" t="s">
         <v>316</v>
       </c>
       <c r="C34" t="s">
         <v>45</v>
       </c>
       <c r="D34" t="s">
-        <v>46</v>
+        <v>72</v>
       </c>
       <c r="E34" t="s">
         <v>317</v>
       </c>
       <c r="F34" t="s">
         <v>48</v>
       </c>
       <c r="G34" t="s">
         <v>49</v>
       </c>
       <c r="H34" t="s">
         <v>50</v>
       </c>
       <c r="I34" t="s">
         <v>51</v>
       </c>
       <c r="J34" t="s">
         <v>317</v>
       </c>
       <c r="K34" t="s">
         <v>52</v>
       </c>
       <c r="L34" t="s">
         <v>318</v>
       </c>
       <c r="M34" t="s">
         <v>54</v>
       </c>
       <c r="N34" t="s">
         <v>52</v>
       </c>
       <c r="O34" t="s">
         <v>55</v>
       </c>
       <c r="P34" t="s">
         <v>318</v>
       </c>
       <c r="Q34" t="s">
         <v>56</v>
       </c>
       <c r="R34" t="s">
         <v>57</v>
       </c>
       <c r="S34" t="s">
         <v>58</v>
       </c>
       <c r="T34" t="s">
-        <v>258</v>
+        <v>75</v>
       </c>
       <c r="U34" t="s">
         <v>60</v>
       </c>
       <c r="V34">
         <v>4</v>
       </c>
       <c r="W34" t="s">
         <v>61</v>
       </c>
       <c r="X34" t="s">
-        <v>259</v>
+        <v>319</v>
       </c>
       <c r="Y34" t="s">
-        <v>260</v>
+        <v>226</v>
       </c>
       <c r="Z34" t="s">
-        <v>285</v>
+        <v>109</v>
       </c>
       <c r="AA34" t="s">
-        <v>286</v>
+        <v>110</v>
       </c>
       <c r="AB34">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="AC34" t="s">
-        <v>285</v>
+        <v>109</v>
       </c>
       <c r="AD34" t="s">
-        <v>286</v>
+        <v>110</v>
       </c>
       <c r="AE34">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="AF34" t="s">
-        <v>259</v>
+        <v>319</v>
       </c>
       <c r="AG34" t="s">
-        <v>260</v>
+        <v>226</v>
       </c>
       <c r="AH34">
-        <v>85</v>
+        <v>-99</v>
       </c>
       <c r="AI34" t="s">
         <v>66</v>
       </c>
       <c r="AJ34" t="s">
         <v>51</v>
       </c>
       <c r="AK34" t="s">
         <v>52</v>
       </c>
       <c r="AL34" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="AM34" t="s">
         <v>68</v>
       </c>
       <c r="AN34" t="s">
         <v>68</v>
       </c>
       <c r="AO34" t="s">
         <v>317</v>
       </c>
       <c r="AP34">
-        <v>3000000</v>
+        <v>2330900</v>
       </c>
       <c r="AQ34" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B35" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C35" t="s">
         <v>45</v>
       </c>
       <c r="D35" t="s">
-        <v>46</v>
+        <v>72</v>
       </c>
       <c r="E35" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F35" t="s">
         <v>48</v>
       </c>
       <c r="G35" t="s">
         <v>49</v>
       </c>
       <c r="H35" t="s">
         <v>50</v>
       </c>
       <c r="I35" t="s">
         <v>51</v>
       </c>
       <c r="J35" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="K35" t="s">
         <v>52</v>
       </c>
       <c r="L35" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="M35" t="s">
         <v>54</v>
       </c>
       <c r="N35" t="s">
         <v>52</v>
       </c>
       <c r="O35" t="s">
         <v>55</v>
       </c>
       <c r="P35" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="Q35" t="s">
         <v>56</v>
       </c>
       <c r="R35" t="s">
         <v>57</v>
       </c>
       <c r="S35" t="s">
         <v>58</v>
       </c>
       <c r="T35" t="s">
-        <v>179</v>
+        <v>170</v>
       </c>
       <c r="U35" t="s">
         <v>60</v>
       </c>
       <c r="V35">
         <v>4</v>
       </c>
       <c r="W35" t="s">
         <v>61</v>
       </c>
       <c r="X35" t="s">
-        <v>259</v>
+        <v>76</v>
       </c>
       <c r="Y35" t="s">
-        <v>260</v>
+        <v>77</v>
       </c>
       <c r="Z35" t="s">
-        <v>285</v>
+        <v>212</v>
       </c>
       <c r="AA35" t="s">
-        <v>324</v>
+        <v>119</v>
       </c>
       <c r="AB35">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="AC35" t="s">
-        <v>285</v>
+        <v>212</v>
       </c>
       <c r="AD35" t="s">
-        <v>324</v>
+        <v>119</v>
       </c>
       <c r="AE35">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="AF35" t="s">
-        <v>259</v>
+        <v>76</v>
       </c>
       <c r="AG35" t="s">
-        <v>260</v>
+        <v>77</v>
       </c>
       <c r="AH35">
         <v>85</v>
       </c>
       <c r="AI35" t="s">
         <v>66</v>
       </c>
       <c r="AJ35" t="s">
         <v>51</v>
       </c>
       <c r="AK35" t="s">
         <v>52</v>
       </c>
       <c r="AL35" t="s">
         <v>325</v>
       </c>
       <c r="AM35" t="s">
         <v>68</v>
       </c>
       <c r="AN35" t="s">
         <v>68</v>
       </c>
       <c r="AO35" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="AP35">
-        <v>1366650</v>
+        <v>400000</v>
       </c>
       <c r="AQ35" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>326</v>
       </c>
       <c r="B36" t="s">
         <v>327</v>
       </c>
       <c r="C36" t="s">
         <v>45</v>
       </c>
       <c r="D36" t="s">
-        <v>121</v>
+        <v>72</v>
       </c>
       <c r="E36" t="s">
         <v>328</v>
       </c>
       <c r="F36" t="s">
         <v>48</v>
       </c>
       <c r="G36" t="s">
         <v>49</v>
       </c>
       <c r="H36" t="s">
         <v>50</v>
       </c>
       <c r="I36" t="s">
         <v>51</v>
       </c>
       <c r="J36" t="s">
         <v>328</v>
       </c>
       <c r="K36" t="s">
         <v>52</v>
       </c>
       <c r="L36" t="s">
         <v>329</v>
       </c>
       <c r="M36" t="s">
         <v>54</v>
       </c>
       <c r="N36" t="s">
         <v>52</v>
       </c>
       <c r="O36" t="s">
         <v>55</v>
       </c>
       <c r="P36" t="s">
         <v>329</v>
       </c>
       <c r="Q36" t="s">
         <v>56</v>
       </c>
       <c r="R36" t="s">
         <v>57</v>
       </c>
       <c r="S36" t="s">
         <v>58</v>
       </c>
       <c r="T36" t="s">
-        <v>241</v>
+        <v>211</v>
       </c>
       <c r="U36" t="s">
         <v>60</v>
       </c>
       <c r="V36">
         <v>4</v>
       </c>
       <c r="W36" t="s">
         <v>61</v>
       </c>
       <c r="X36" t="s">
-        <v>259</v>
+        <v>330</v>
       </c>
       <c r="Y36" t="s">
-        <v>260</v>
+        <v>212</v>
       </c>
       <c r="Z36" t="s">
-        <v>285</v>
+        <v>212</v>
       </c>
       <c r="AA36" t="s">
-        <v>286</v>
+        <v>119</v>
       </c>
       <c r="AB36">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="AC36" t="s">
-        <v>285</v>
+        <v>212</v>
       </c>
       <c r="AD36" t="s">
-        <v>286</v>
+        <v>119</v>
       </c>
       <c r="AE36">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="AF36" t="s">
-        <v>259</v>
+        <v>330</v>
       </c>
       <c r="AG36" t="s">
-        <v>260</v>
+        <v>212</v>
       </c>
       <c r="AH36">
-        <v>85</v>
+        <v>-18188</v>
       </c>
       <c r="AI36" t="s">
         <v>66</v>
       </c>
       <c r="AJ36" t="s">
         <v>51</v>
       </c>
       <c r="AK36" t="s">
         <v>52</v>
       </c>
       <c r="AL36" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="AM36" t="s">
         <v>68</v>
       </c>
       <c r="AN36" t="s">
         <v>68</v>
       </c>
       <c r="AO36" t="s">
         <v>328</v>
       </c>
       <c r="AP36">
-        <v>3000000</v>
+        <v>12907400</v>
       </c>
       <c r="AQ36" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B37" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C37" t="s">
         <v>45</v>
       </c>
       <c r="D37" t="s">
         <v>72</v>
       </c>
       <c r="E37" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F37" t="s">
         <v>48</v>
       </c>
       <c r="G37" t="s">
         <v>49</v>
       </c>
       <c r="H37" t="s">
         <v>50</v>
       </c>
       <c r="I37" t="s">
         <v>51</v>
       </c>
       <c r="J37" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="K37" t="s">
         <v>52</v>
       </c>
       <c r="L37" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="M37" t="s">
         <v>54</v>
       </c>
       <c r="N37" t="s">
         <v>52</v>
       </c>
       <c r="O37" t="s">
         <v>55</v>
       </c>
       <c r="P37" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="Q37" t="s">
         <v>56</v>
       </c>
       <c r="R37" t="s">
         <v>57</v>
       </c>
       <c r="S37" t="s">
         <v>58</v>
       </c>
       <c r="T37" t="s">
-        <v>335</v>
+        <v>283</v>
       </c>
       <c r="U37" t="s">
         <v>60</v>
       </c>
       <c r="V37">
         <v>4</v>
       </c>
       <c r="W37" t="s">
         <v>61</v>
       </c>
       <c r="X37" t="s">
         <v>336</v>
       </c>
       <c r="Y37" t="s">
-        <v>337</v>
+        <v>162</v>
       </c>
       <c r="Z37" t="s">
-        <v>338</v>
+        <v>270</v>
       </c>
       <c r="AA37" t="s">
-        <v>339</v>
+        <v>271</v>
       </c>
       <c r="AB37">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="AC37" t="s">
-        <v>338</v>
+        <v>270</v>
       </c>
       <c r="AD37" t="s">
-        <v>339</v>
+        <v>271</v>
       </c>
       <c r="AE37">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="AF37" t="s">
         <v>336</v>
       </c>
       <c r="AG37" t="s">
-        <v>337</v>
+        <v>162</v>
       </c>
       <c r="AH37">
-        <v>74</v>
+        <v>154</v>
       </c>
       <c r="AI37" t="s">
         <v>66</v>
       </c>
       <c r="AJ37" t="s">
         <v>51</v>
       </c>
       <c r="AK37" t="s">
         <v>52</v>
       </c>
       <c r="AL37" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="AM37" t="s">
         <v>68</v>
       </c>
       <c r="AN37" t="s">
         <v>68</v>
       </c>
       <c r="AO37" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="AP37">
-        <v>800000</v>
+        <v>6000000</v>
       </c>
       <c r="AQ37" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B38" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="C38" t="s">
         <v>45</v>
       </c>
       <c r="D38" t="s">
-        <v>121</v>
+        <v>46</v>
       </c>
       <c r="E38" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="F38" t="s">
         <v>48</v>
       </c>
       <c r="G38" t="s">
         <v>49</v>
       </c>
       <c r="H38" t="s">
         <v>50</v>
       </c>
       <c r="I38" t="s">
         <v>51</v>
       </c>
       <c r="J38" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="K38" t="s">
         <v>52</v>
       </c>
       <c r="L38" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="M38" t="s">
         <v>54</v>
       </c>
       <c r="N38" t="s">
         <v>52</v>
       </c>
       <c r="O38" t="s">
         <v>55</v>
       </c>
       <c r="P38" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="Q38" t="s">
         <v>56</v>
       </c>
       <c r="R38" t="s">
         <v>57</v>
       </c>
       <c r="S38" t="s">
         <v>58</v>
       </c>
       <c r="T38" t="s">
-        <v>345</v>
+        <v>75</v>
       </c>
       <c r="U38" t="s">
         <v>60</v>
       </c>
       <c r="V38">
         <v>4</v>
       </c>
       <c r="W38" t="s">
         <v>61</v>
       </c>
       <c r="X38" t="s">
-        <v>125</v>
+        <v>342</v>
       </c>
       <c r="Y38" t="s">
-        <v>186</v>
+        <v>343</v>
       </c>
       <c r="Z38" t="s">
-        <v>127</v>
+        <v>344</v>
       </c>
       <c r="AA38" t="s">
-        <v>128</v>
+        <v>345</v>
       </c>
       <c r="AB38">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="AC38" t="s">
-        <v>127</v>
+        <v>344</v>
       </c>
       <c r="AD38" t="s">
-        <v>128</v>
+        <v>345</v>
       </c>
       <c r="AE38">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="AF38" t="s">
-        <v>125</v>
+        <v>342</v>
       </c>
       <c r="AG38" t="s">
-        <v>186</v>
+        <v>343</v>
       </c>
       <c r="AH38">
-        <v>126</v>
+        <v>53</v>
       </c>
       <c r="AI38" t="s">
         <v>66</v>
       </c>
       <c r="AJ38" t="s">
         <v>51</v>
       </c>
       <c r="AK38" t="s">
         <v>52</v>
       </c>
       <c r="AL38" t="s">
         <v>346</v>
       </c>
       <c r="AM38" t="s">
         <v>68</v>
       </c>
       <c r="AN38" t="s">
         <v>68</v>
       </c>
       <c r="AO38" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="AP38">
-        <v>443797643</v>
+        <v>142718303</v>
       </c>
       <c r="AQ38" t="s">
         <v>69</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>895</v>
       </c>
@@ -8478,740 +8478,740 @@
       </c>
       <c r="B3" t="s">
         <v>859</v>
       </c>
       <c r="C3" t="s">
         <v>70</v>
       </c>
       <c r="D3">
         <v>72121103</v>
       </c>
       <c r="E3" t="s">
         <v>441</v>
       </c>
       <c r="F3" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>899</v>
       </c>
       <c r="B4" t="s">
         <v>860</v>
       </c>
       <c r="C4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D4">
-        <v>72121103</v>
+        <v>72141003</v>
       </c>
       <c r="E4" t="s">
         <v>441</v>
       </c>
       <c r="F4" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>900</v>
       </c>
       <c r="B5" t="s">
         <v>861</v>
       </c>
       <c r="C5" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D5">
         <v>72121103</v>
       </c>
       <c r="E5" t="s">
         <v>441</v>
       </c>
       <c r="F5" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>901</v>
       </c>
       <c r="B6" t="s">
         <v>862</v>
       </c>
       <c r="C6" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D6">
-        <v>72121103</v>
+        <v>72141003</v>
       </c>
       <c r="E6" t="s">
         <v>441</v>
       </c>
       <c r="F6" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>902</v>
       </c>
       <c r="B7" t="s">
         <v>863</v>
       </c>
       <c r="C7" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D7">
         <v>72121103</v>
       </c>
       <c r="E7" t="s">
         <v>441</v>
       </c>
       <c r="F7" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>903</v>
       </c>
       <c r="B8" t="s">
         <v>864</v>
       </c>
       <c r="C8" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D8">
         <v>72141003</v>
       </c>
       <c r="E8" t="s">
         <v>441</v>
       </c>
       <c r="F8" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>904</v>
       </c>
       <c r="B9" t="s">
         <v>865</v>
       </c>
       <c r="C9" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D9">
         <v>72121103</v>
       </c>
       <c r="E9" t="s">
         <v>441</v>
       </c>
       <c r="F9" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>905</v>
       </c>
       <c r="B10" t="s">
         <v>866</v>
       </c>
       <c r="C10" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D10">
         <v>72121103</v>
       </c>
       <c r="E10" t="s">
         <v>441</v>
       </c>
       <c r="F10" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>906</v>
       </c>
       <c r="B11" t="s">
         <v>867</v>
       </c>
       <c r="C11" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D11">
-        <v>72121103</v>
+        <v>72141003</v>
       </c>
       <c r="E11" t="s">
         <v>441</v>
       </c>
       <c r="F11" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>907</v>
       </c>
       <c r="B12" t="s">
         <v>868</v>
       </c>
       <c r="C12" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D12">
         <v>72121103</v>
       </c>
       <c r="E12" t="s">
         <v>441</v>
       </c>
       <c r="F12" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>908</v>
       </c>
       <c r="B13" t="s">
         <v>869</v>
       </c>
       <c r="C13" t="s">
         <v>166</v>
       </c>
       <c r="D13">
         <v>72121103</v>
       </c>
       <c r="E13" t="s">
         <v>441</v>
       </c>
       <c r="F13" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>909</v>
       </c>
       <c r="B14" t="s">
         <v>870</v>
       </c>
       <c r="C14" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="D14">
-        <v>72121103</v>
+        <v>72141003</v>
       </c>
       <c r="E14" t="s">
         <v>441</v>
       </c>
       <c r="F14" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>910</v>
       </c>
       <c r="B15" t="s">
         <v>871</v>
       </c>
       <c r="C15" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D15">
-        <v>72141003</v>
+        <v>72121103</v>
       </c>
       <c r="E15" t="s">
         <v>441</v>
       </c>
       <c r="F15" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>911</v>
       </c>
       <c r="B16" t="s">
         <v>872</v>
       </c>
       <c r="C16" t="s">
         <v>188</v>
       </c>
       <c r="D16">
         <v>72121103</v>
       </c>
       <c r="E16" t="s">
         <v>441</v>
       </c>
       <c r="F16" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>912</v>
       </c>
       <c r="B17" t="s">
         <v>873</v>
       </c>
       <c r="C17" t="s">
         <v>197</v>
       </c>
       <c r="D17">
         <v>72141003</v>
       </c>
       <c r="E17" t="s">
         <v>441</v>
       </c>
       <c r="F17" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>913</v>
       </c>
       <c r="B18" t="s">
         <v>874</v>
       </c>
       <c r="C18" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D18">
         <v>72121103</v>
       </c>
       <c r="E18" t="s">
         <v>441</v>
       </c>
       <c r="F18" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>914</v>
       </c>
       <c r="B19" t="s">
         <v>875</v>
       </c>
       <c r="C19" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="D19">
         <v>72121103</v>
       </c>
       <c r="E19" t="s">
         <v>441</v>
       </c>
       <c r="F19" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>915</v>
       </c>
       <c r="B20" t="s">
         <v>876</v>
       </c>
       <c r="C20" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D20">
         <v>72121103</v>
       </c>
       <c r="E20" t="s">
         <v>441</v>
       </c>
       <c r="F20" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>916</v>
       </c>
       <c r="B21" t="s">
         <v>877</v>
       </c>
       <c r="C21" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D21">
         <v>72141003</v>
       </c>
       <c r="E21" t="s">
         <v>441</v>
       </c>
       <c r="F21" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>917</v>
       </c>
       <c r="B22" t="s">
         <v>878</v>
       </c>
       <c r="C22" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="D22">
-        <v>72141003</v>
+        <v>72121103</v>
       </c>
       <c r="E22" t="s">
         <v>441</v>
       </c>
       <c r="F22" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>918</v>
       </c>
       <c r="B23" t="s">
         <v>879</v>
       </c>
       <c r="C23" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="D23">
         <v>72141003</v>
       </c>
       <c r="E23" t="s">
         <v>441</v>
       </c>
       <c r="F23" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>919</v>
       </c>
       <c r="B24" t="s">
         <v>880</v>
       </c>
       <c r="C24" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="D24">
         <v>72121103</v>
       </c>
       <c r="E24" t="s">
         <v>441</v>
       </c>
       <c r="F24" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>920</v>
       </c>
       <c r="B25" t="s">
         <v>881</v>
       </c>
       <c r="C25" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="D25">
         <v>72121103</v>
       </c>
       <c r="E25" t="s">
         <v>441</v>
       </c>
       <c r="F25" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>921</v>
       </c>
       <c r="B26" t="s">
         <v>882</v>
       </c>
       <c r="C26" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="D26">
-        <v>72141003</v>
+        <v>72121103</v>
       </c>
       <c r="E26" t="s">
         <v>441</v>
       </c>
       <c r="F26" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>922</v>
       </c>
       <c r="B27" t="s">
         <v>883</v>
       </c>
       <c r="C27" t="s">
-        <v>276</v>
+        <v>265</v>
       </c>
       <c r="D27">
-        <v>72141003</v>
+        <v>72121103</v>
       </c>
       <c r="E27" t="s">
         <v>441</v>
       </c>
       <c r="F27" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>923</v>
       </c>
       <c r="B28" t="s">
         <v>884</v>
       </c>
       <c r="C28" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="D28">
-        <v>72121103</v>
+        <v>72141003</v>
       </c>
       <c r="E28" t="s">
         <v>441</v>
       </c>
       <c r="F28" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>924</v>
       </c>
       <c r="B29" t="s">
         <v>885</v>
       </c>
       <c r="C29" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
       <c r="D29">
-        <v>72141003</v>
+        <v>72121103</v>
       </c>
       <c r="E29" t="s">
         <v>441</v>
       </c>
       <c r="F29" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>925</v>
       </c>
       <c r="B30" t="s">
         <v>886</v>
       </c>
       <c r="C30" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="D30">
         <v>72121103</v>
       </c>
       <c r="E30" t="s">
         <v>441</v>
       </c>
       <c r="F30" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>926</v>
       </c>
       <c r="B31" t="s">
         <v>887</v>
       </c>
       <c r="C31" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="D31">
         <v>72121103</v>
       </c>
       <c r="E31" t="s">
         <v>441</v>
       </c>
       <c r="F31" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>927</v>
       </c>
       <c r="B32" t="s">
         <v>888</v>
       </c>
       <c r="C32" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D32">
         <v>72121103</v>
       </c>
       <c r="E32" t="s">
         <v>441</v>
       </c>
       <c r="F32" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>928</v>
       </c>
       <c r="B33" t="s">
         <v>889</v>
       </c>
       <c r="C33" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D33">
-        <v>72121103</v>
+        <v>72141003</v>
       </c>
       <c r="E33" t="s">
         <v>441</v>
       </c>
       <c r="F33" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>929</v>
       </c>
       <c r="B34" t="s">
         <v>890</v>
       </c>
       <c r="C34" t="s">
         <v>315</v>
       </c>
       <c r="D34">
         <v>72121103</v>
       </c>
       <c r="E34" t="s">
         <v>441</v>
       </c>
       <c r="F34" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>930</v>
       </c>
       <c r="B35" t="s">
         <v>891</v>
       </c>
       <c r="C35" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D35">
         <v>72121103</v>
       </c>
       <c r="E35" t="s">
         <v>441</v>
       </c>
       <c r="F35" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>931</v>
       </c>
       <c r="B36" t="s">
         <v>892</v>
       </c>
       <c r="C36" t="s">
         <v>326</v>
       </c>
       <c r="D36">
         <v>72121103</v>
       </c>
       <c r="E36" t="s">
         <v>441</v>
       </c>
       <c r="F36" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>932</v>
       </c>
       <c r="B37" t="s">
         <v>893</v>
       </c>
       <c r="C37" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D37">
         <v>72121103</v>
       </c>
       <c r="E37" t="s">
         <v>441</v>
       </c>
       <c r="F37" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>933</v>
       </c>
       <c r="B38" t="s">
         <v>894</v>
       </c>
       <c r="C38" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="D38">
-        <v>72141003</v>
+        <v>72121103</v>
       </c>
       <c r="E38" t="s">
         <v>441</v>
       </c>
       <c r="F38" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -9276,315 +9276,315 @@
       <c r="B3" t="s">
         <v>70</v>
       </c>
       <c r="C3" t="s">
         <v>945</v>
       </c>
       <c r="D3" t="s">
         <v>940</v>
       </c>
       <c r="E3" t="s">
         <v>941</v>
       </c>
       <c r="F3" t="s">
         <v>942</v>
       </c>
       <c r="G3" t="s">
         <v>48</v>
       </c>
       <c r="H3" t="s">
         <v>74</v>
       </c>
       <c r="I3" t="s">
         <v>943</v>
       </c>
       <c r="J3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>946</v>
       </c>
       <c r="B4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C4" t="s">
         <v>947</v>
       </c>
       <c r="D4" t="s">
         <v>940</v>
       </c>
       <c r="E4" t="s">
         <v>941</v>
       </c>
       <c r="F4" t="s">
         <v>942</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="I4" t="s">
         <v>943</v>
       </c>
       <c r="J4" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>948</v>
       </c>
       <c r="B5" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C5" t="s">
         <v>949</v>
       </c>
       <c r="D5" t="s">
         <v>940</v>
       </c>
       <c r="E5" t="s">
         <v>941</v>
       </c>
       <c r="F5" t="s">
         <v>942</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="I5" t="s">
         <v>943</v>
       </c>
       <c r="J5" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>950</v>
       </c>
       <c r="B6" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C6" t="s">
         <v>951</v>
       </c>
       <c r="D6" t="s">
         <v>940</v>
       </c>
       <c r="E6" t="s">
         <v>941</v>
       </c>
       <c r="F6" t="s">
         <v>942</v>
       </c>
       <c r="G6" t="s">
         <v>48</v>
       </c>
       <c r="H6" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="I6" t="s">
         <v>943</v>
       </c>
       <c r="J6" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>952</v>
       </c>
       <c r="B7" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C7" t="s">
         <v>953</v>
       </c>
       <c r="D7" t="s">
         <v>940</v>
       </c>
       <c r="E7" t="s">
         <v>941</v>
       </c>
       <c r="F7" t="s">
         <v>942</v>
       </c>
       <c r="G7" t="s">
         <v>48</v>
       </c>
       <c r="H7" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="I7" t="s">
         <v>943</v>
       </c>
       <c r="J7" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>954</v>
       </c>
       <c r="B8" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C8" t="s">
         <v>955</v>
       </c>
       <c r="D8" t="s">
         <v>940</v>
       </c>
       <c r="E8" t="s">
         <v>941</v>
       </c>
       <c r="F8" t="s">
         <v>942</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
       <c r="H8" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I8" t="s">
         <v>943</v>
       </c>
       <c r="J8" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>956</v>
       </c>
       <c r="B9" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C9" t="s">
         <v>957</v>
       </c>
       <c r="D9" t="s">
         <v>940</v>
       </c>
       <c r="E9" t="s">
         <v>941</v>
       </c>
       <c r="F9" t="s">
         <v>942</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I9" t="s">
         <v>943</v>
       </c>
       <c r="J9" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>958</v>
       </c>
       <c r="B10" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C10" t="s">
         <v>959</v>
       </c>
       <c r="D10" t="s">
         <v>940</v>
       </c>
       <c r="E10" t="s">
         <v>941</v>
       </c>
       <c r="F10" t="s">
         <v>942</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
       <c r="H10" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="I10" t="s">
         <v>943</v>
       </c>
       <c r="J10" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>960</v>
       </c>
       <c r="B11" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C11" t="s">
         <v>961</v>
       </c>
       <c r="D11" t="s">
         <v>940</v>
       </c>
       <c r="E11" t="s">
         <v>941</v>
       </c>
       <c r="F11" t="s">
         <v>942</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="I11" t="s">
         <v>943</v>
       </c>
       <c r="J11" t="s">
-        <v>98</v>
+        <v>154</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>962</v>
       </c>
       <c r="B12" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C12" t="s">
         <v>963</v>
       </c>
       <c r="D12" t="s">
         <v>940</v>
       </c>
       <c r="E12" t="s">
         <v>941</v>
       </c>
       <c r="F12" t="s">
         <v>942</v>
       </c>
       <c r="G12" t="s">
         <v>48</v>
       </c>
       <c r="H12" t="s">
         <v>159</v>
       </c>
       <c r="I12" t="s">
         <v>943</v>
       </c>
       <c r="J12" t="s">
         <v>164</v>
       </c>
@@ -9596,115 +9596,115 @@
       <c r="B13" t="s">
         <v>166</v>
       </c>
       <c r="C13" t="s">
         <v>965</v>
       </c>
       <c r="D13" t="s">
         <v>940</v>
       </c>
       <c r="E13" t="s">
         <v>941</v>
       </c>
       <c r="F13" t="s">
         <v>942</v>
       </c>
       <c r="G13" t="s">
         <v>48</v>
       </c>
       <c r="H13" t="s">
         <v>169</v>
       </c>
       <c r="I13" t="s">
         <v>943</v>
       </c>
       <c r="J13" t="s">
-        <v>173</v>
+        <v>79</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>966</v>
       </c>
       <c r="B14" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C14" t="s">
         <v>967</v>
       </c>
       <c r="D14" t="s">
         <v>940</v>
       </c>
       <c r="E14" t="s">
         <v>941</v>
       </c>
       <c r="F14" t="s">
         <v>942</v>
       </c>
       <c r="G14" t="s">
         <v>48</v>
       </c>
       <c r="H14" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="I14" t="s">
         <v>943</v>
       </c>
       <c r="J14" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>968</v>
       </c>
       <c r="B15" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C15" t="s">
         <v>969</v>
       </c>
       <c r="D15" t="s">
         <v>940</v>
       </c>
       <c r="E15" t="s">
         <v>941</v>
       </c>
       <c r="F15" t="s">
         <v>942</v>
       </c>
       <c r="G15" t="s">
         <v>48</v>
       </c>
       <c r="H15" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="I15" t="s">
         <v>943</v>
       </c>
       <c r="J15" t="s">
-        <v>128</v>
+        <v>186</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>970</v>
       </c>
       <c r="B16" t="s">
         <v>188</v>
       </c>
       <c r="C16" t="s">
         <v>971</v>
       </c>
       <c r="D16" t="s">
         <v>940</v>
       </c>
       <c r="E16" t="s">
         <v>941</v>
       </c>
       <c r="F16" t="s">
         <v>942</v>
       </c>
       <c r="G16" t="s">
         <v>48</v>
       </c>
       <c r="H16" t="s">
@@ -9724,723 +9724,723 @@
       <c r="B17" t="s">
         <v>197</v>
       </c>
       <c r="C17" t="s">
         <v>973</v>
       </c>
       <c r="D17" t="s">
         <v>940</v>
       </c>
       <c r="E17" t="s">
         <v>941</v>
       </c>
       <c r="F17" t="s">
         <v>942</v>
       </c>
       <c r="G17" t="s">
         <v>48</v>
       </c>
       <c r="H17" t="s">
         <v>200</v>
       </c>
       <c r="I17" t="s">
         <v>943</v>
       </c>
       <c r="J17" t="s">
-        <v>128</v>
+        <v>205</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>974</v>
       </c>
       <c r="B18" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C18" t="s">
         <v>975</v>
       </c>
       <c r="D18" t="s">
         <v>940</v>
       </c>
       <c r="E18" t="s">
         <v>941</v>
       </c>
       <c r="F18" t="s">
         <v>942</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="I18" t="s">
         <v>943</v>
       </c>
       <c r="J18" t="s">
-        <v>164</v>
+        <v>119</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>976</v>
       </c>
       <c r="B19" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C19" t="s">
         <v>977</v>
       </c>
       <c r="D19" t="s">
         <v>940</v>
       </c>
       <c r="E19" t="s">
         <v>941</v>
       </c>
       <c r="F19" t="s">
         <v>942</v>
       </c>
       <c r="G19" t="s">
         <v>48</v>
       </c>
       <c r="H19" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="I19" t="s">
         <v>943</v>
       </c>
       <c r="J19" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>978</v>
       </c>
       <c r="B20" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C20" t="s">
         <v>979</v>
       </c>
       <c r="D20" t="s">
         <v>940</v>
       </c>
       <c r="E20" t="s">
         <v>941</v>
       </c>
       <c r="F20" t="s">
         <v>942</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="I20" t="s">
         <v>943</v>
       </c>
       <c r="J20" t="s">
-        <v>225</v>
+        <v>119</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>980</v>
       </c>
       <c r="B21" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C21" t="s">
         <v>981</v>
       </c>
       <c r="D21" t="s">
         <v>940</v>
       </c>
       <c r="E21" t="s">
         <v>941</v>
       </c>
       <c r="F21" t="s">
         <v>942</v>
       </c>
       <c r="G21" t="s">
         <v>48</v>
       </c>
       <c r="H21" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="I21" t="s">
         <v>943</v>
       </c>
       <c r="J21" t="s">
-        <v>235</v>
+        <v>205</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>982</v>
       </c>
       <c r="B22" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C22" t="s">
         <v>983</v>
       </c>
       <c r="D22" t="s">
         <v>940</v>
       </c>
       <c r="E22" t="s">
         <v>941</v>
       </c>
       <c r="F22" t="s">
         <v>942</v>
       </c>
       <c r="G22" t="s">
         <v>48</v>
       </c>
       <c r="H22" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="I22" t="s">
         <v>943</v>
       </c>
       <c r="J22" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>984</v>
       </c>
       <c r="B23" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="C23" t="s">
         <v>985</v>
       </c>
       <c r="D23" t="s">
         <v>940</v>
       </c>
       <c r="E23" t="s">
         <v>941</v>
       </c>
       <c r="F23" t="s">
         <v>942</v>
       </c>
       <c r="G23" t="s">
         <v>48</v>
       </c>
       <c r="H23" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="I23" t="s">
         <v>943</v>
       </c>
       <c r="J23" t="s">
-        <v>225</v>
+        <v>205</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>986</v>
       </c>
       <c r="B24" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="C24" t="s">
         <v>987</v>
       </c>
       <c r="D24" t="s">
         <v>940</v>
       </c>
       <c r="E24" t="s">
         <v>941</v>
       </c>
       <c r="F24" t="s">
         <v>942</v>
       </c>
       <c r="G24" t="s">
         <v>48</v>
       </c>
       <c r="H24" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="I24" t="s">
         <v>943</v>
       </c>
       <c r="J24" t="s">
-        <v>98</v>
+        <v>154</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>988</v>
       </c>
       <c r="B25" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="C25" t="s">
         <v>989</v>
       </c>
       <c r="D25" t="s">
         <v>940</v>
       </c>
       <c r="E25" t="s">
         <v>941</v>
       </c>
       <c r="F25" t="s">
         <v>942</v>
       </c>
       <c r="G25" t="s">
         <v>48</v>
       </c>
       <c r="H25" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="I25" t="s">
         <v>943</v>
       </c>
       <c r="J25" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>990</v>
       </c>
       <c r="B26" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="C26" t="s">
         <v>991</v>
       </c>
       <c r="D26" t="s">
         <v>940</v>
       </c>
       <c r="E26" t="s">
         <v>941</v>
       </c>
       <c r="F26" t="s">
         <v>942</v>
       </c>
       <c r="G26" t="s">
         <v>48</v>
       </c>
       <c r="H26" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="I26" t="s">
         <v>943</v>
       </c>
       <c r="J26" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>992</v>
       </c>
       <c r="B27" t="s">
-        <v>276</v>
+        <v>265</v>
       </c>
       <c r="C27" t="s">
         <v>993</v>
       </c>
       <c r="D27" t="s">
         <v>940</v>
       </c>
       <c r="E27" t="s">
         <v>941</v>
       </c>
       <c r="F27" t="s">
         <v>942</v>
       </c>
       <c r="G27" t="s">
         <v>48</v>
       </c>
       <c r="H27" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="I27" t="s">
         <v>943</v>
       </c>
       <c r="J27" t="s">
-        <v>65</v>
+        <v>271</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>994</v>
       </c>
       <c r="B28" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="C28" t="s">
         <v>995</v>
       </c>
       <c r="D28" t="s">
         <v>940</v>
       </c>
       <c r="E28" t="s">
         <v>941</v>
       </c>
       <c r="F28" t="s">
         <v>942</v>
       </c>
       <c r="G28" t="s">
         <v>48</v>
       </c>
       <c r="H28" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="I28" t="s">
         <v>943</v>
       </c>
       <c r="J28" t="s">
-        <v>286</v>
+        <v>205</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>996</v>
       </c>
       <c r="B29" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
       <c r="C29" t="s">
         <v>997</v>
       </c>
       <c r="D29" t="s">
         <v>940</v>
       </c>
       <c r="E29" t="s">
         <v>941</v>
       </c>
       <c r="F29" t="s">
         <v>942</v>
       </c>
       <c r="G29" t="s">
         <v>48</v>
       </c>
       <c r="H29" t="s">
-        <v>291</v>
+        <v>282</v>
       </c>
       <c r="I29" t="s">
         <v>943</v>
       </c>
       <c r="J29" t="s">
-        <v>65</v>
+        <v>271</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>998</v>
       </c>
       <c r="B30" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="C30" t="s">
         <v>999</v>
       </c>
       <c r="D30" t="s">
         <v>940</v>
       </c>
       <c r="E30" t="s">
         <v>941</v>
       </c>
       <c r="F30" t="s">
         <v>942</v>
       </c>
       <c r="G30" t="s">
         <v>48</v>
       </c>
       <c r="H30" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="I30" t="s">
         <v>943</v>
       </c>
       <c r="J30" t="s">
-        <v>164</v>
+        <v>291</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>1000</v>
       </c>
       <c r="B31" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="C31" t="s">
         <v>1001</v>
       </c>
       <c r="D31" t="s">
         <v>940</v>
       </c>
       <c r="E31" t="s">
         <v>941</v>
       </c>
       <c r="F31" t="s">
         <v>942</v>
       </c>
       <c r="G31" t="s">
         <v>48</v>
       </c>
       <c r="H31" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="I31" t="s">
         <v>943</v>
       </c>
       <c r="J31" t="s">
-        <v>164</v>
+        <v>271</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>1002</v>
       </c>
       <c r="B32" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="C32" t="s">
         <v>1003</v>
       </c>
       <c r="D32" t="s">
         <v>940</v>
       </c>
       <c r="E32" t="s">
         <v>941</v>
       </c>
       <c r="F32" t="s">
         <v>942</v>
       </c>
       <c r="G32" t="s">
         <v>48</v>
       </c>
       <c r="H32" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="I32" t="s">
         <v>943</v>
       </c>
       <c r="J32" t="s">
-        <v>286</v>
+        <v>308</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>1004</v>
       </c>
       <c r="B33" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C33" t="s">
         <v>1005</v>
       </c>
       <c r="D33" t="s">
         <v>940</v>
       </c>
       <c r="E33" t="s">
         <v>941</v>
       </c>
       <c r="F33" t="s">
         <v>942</v>
       </c>
       <c r="G33" t="s">
         <v>48</v>
       </c>
       <c r="H33" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="I33" t="s">
         <v>943</v>
       </c>
       <c r="J33" t="s">
-        <v>98</v>
+        <v>110</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>1006</v>
       </c>
       <c r="B34" t="s">
         <v>315</v>
       </c>
       <c r="C34" t="s">
         <v>1007</v>
       </c>
       <c r="D34" t="s">
         <v>940</v>
       </c>
       <c r="E34" t="s">
         <v>941</v>
       </c>
       <c r="F34" t="s">
         <v>942</v>
       </c>
       <c r="G34" t="s">
         <v>48</v>
       </c>
       <c r="H34" t="s">
         <v>318</v>
       </c>
       <c r="I34" t="s">
         <v>943</v>
       </c>
       <c r="J34" t="s">
-        <v>286</v>
+        <v>110</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>1008</v>
       </c>
       <c r="B35" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C35" t="s">
         <v>1009</v>
       </c>
       <c r="D35" t="s">
         <v>940</v>
       </c>
       <c r="E35" t="s">
         <v>941</v>
       </c>
       <c r="F35" t="s">
         <v>942</v>
       </c>
       <c r="G35" t="s">
         <v>48</v>
       </c>
       <c r="H35" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="I35" t="s">
         <v>943</v>
       </c>
       <c r="J35" t="s">
-        <v>324</v>
+        <v>119</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>1010</v>
       </c>
       <c r="B36" t="s">
         <v>326</v>
       </c>
       <c r="C36" t="s">
         <v>1011</v>
       </c>
       <c r="D36" t="s">
         <v>940</v>
       </c>
       <c r="E36" t="s">
         <v>941</v>
       </c>
       <c r="F36" t="s">
         <v>942</v>
       </c>
       <c r="G36" t="s">
         <v>48</v>
       </c>
       <c r="H36" t="s">
         <v>329</v>
       </c>
       <c r="I36" t="s">
         <v>943</v>
       </c>
       <c r="J36" t="s">
-        <v>286</v>
+        <v>119</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>1012</v>
       </c>
       <c r="B37" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C37" t="s">
         <v>1013</v>
       </c>
       <c r="D37" t="s">
         <v>940</v>
       </c>
       <c r="E37" t="s">
         <v>941</v>
       </c>
       <c r="F37" t="s">
         <v>942</v>
       </c>
       <c r="G37" t="s">
         <v>48</v>
       </c>
       <c r="H37" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="I37" t="s">
         <v>943</v>
       </c>
       <c r="J37" t="s">
-        <v>339</v>
+        <v>271</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>1014</v>
       </c>
       <c r="B38" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="C38" t="s">
         <v>1015</v>
       </c>
       <c r="D38" t="s">
         <v>940</v>
       </c>
       <c r="E38" t="s">
         <v>941</v>
       </c>
       <c r="F38" t="s">
         <v>942</v>
       </c>
       <c r="G38" t="s">
         <v>48</v>
       </c>
       <c r="H38" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="I38" t="s">
         <v>943</v>
       </c>
       <c r="J38" t="s">
-        <v>128</v>
+        <v>345</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -10473,1431 +10473,1431 @@
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>356</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="C2" t="s">
         <v>357</v>
       </c>
       <c r="D2" t="s">
         <v>64</v>
       </c>
       <c r="E2" t="s">
         <v>54</v>
       </c>
       <c r="F2" t="s">
         <v>53</v>
       </c>
       <c r="G2" t="s">
         <v>53</v>
       </c>
       <c r="H2">
-        <v>2330900</v>
+        <v>800000</v>
       </c>
       <c r="I2" t="s">
         <v>69</v>
       </c>
       <c r="J2" t="s">
         <v>62</v>
       </c>
       <c r="K2" t="s">
         <v>63</v>
       </c>
       <c r="L2">
-        <v>-99</v>
+        <v>74</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>358</v>
       </c>
       <c r="B3" t="s">
         <v>70</v>
       </c>
       <c r="C3" t="s">
         <v>359</v>
       </c>
       <c r="D3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E3" t="s">
         <v>54</v>
       </c>
       <c r="F3" t="s">
         <v>74</v>
       </c>
       <c r="G3" t="s">
         <v>74</v>
       </c>
       <c r="H3">
-        <v>142718303</v>
+        <v>3000000</v>
       </c>
       <c r="I3" t="s">
         <v>69</v>
       </c>
       <c r="J3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L3">
-        <v>53</v>
+        <v>85</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>360</v>
       </c>
       <c r="B4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C4" t="s">
         <v>361</v>
       </c>
       <c r="D4" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="E4" t="s">
         <v>54</v>
       </c>
       <c r="F4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="G4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="H4">
-        <v>188678048</v>
+        <v>63482383</v>
       </c>
       <c r="I4" t="s">
         <v>69</v>
       </c>
       <c r="J4" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="K4" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="L4">
-        <v>59</v>
+        <v>366</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>362</v>
       </c>
       <c r="B5" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C5" t="s">
         <v>363</v>
       </c>
       <c r="D5" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E5" t="s">
         <v>54</v>
       </c>
       <c r="F5" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="G5" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="H5">
-        <v>2000000</v>
+        <v>22000000</v>
       </c>
       <c r="I5" t="s">
         <v>69</v>
       </c>
       <c r="J5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="K5" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="L5">
-        <v>58</v>
+        <v>89</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>364</v>
       </c>
       <c r="B6" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C6" t="s">
         <v>365</v>
       </c>
       <c r="D6" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E6" t="s">
         <v>54</v>
       </c>
       <c r="F6" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="G6" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H6">
-        <v>24932330</v>
+        <v>153250660</v>
       </c>
       <c r="I6" t="s">
         <v>69</v>
       </c>
       <c r="J6" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="K6" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="L6">
-        <v>97</v>
+        <v>-75</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>366</v>
       </c>
       <c r="B7" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C7" t="s">
         <v>367</v>
       </c>
       <c r="D7" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="E7" t="s">
         <v>54</v>
       </c>
       <c r="F7" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="G7" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="H7">
-        <v>61182114</v>
+        <v>15000000</v>
       </c>
       <c r="I7" t="s">
         <v>69</v>
       </c>
       <c r="J7" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="K7" t="s">
-        <v>85</v>
+        <v>118</v>
       </c>
       <c r="L7">
-        <v>86</v>
+        <v>57</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>368</v>
       </c>
       <c r="B8" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C8" t="s">
         <v>369</v>
       </c>
       <c r="D8" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E8" t="s">
         <v>54</v>
       </c>
       <c r="F8" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G8" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H8">
-        <v>455685143</v>
+        <v>748270000</v>
       </c>
       <c r="I8" t="s">
         <v>69</v>
       </c>
       <c r="J8" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K8" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="L8">
-        <v>137</v>
+        <v>219</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>370</v>
       </c>
       <c r="B9" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C9" t="s">
         <v>371</v>
       </c>
       <c r="D9" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="E9" t="s">
         <v>54</v>
       </c>
       <c r="F9" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G9" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H9">
-        <v>22000000</v>
+        <v>188678048</v>
       </c>
       <c r="I9" t="s">
         <v>69</v>
       </c>
       <c r="J9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="K9" t="s">
-        <v>87</v>
+        <v>137</v>
       </c>
       <c r="L9">
-        <v>89</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>372</v>
       </c>
       <c r="B10" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C10" t="s">
         <v>373</v>
       </c>
       <c r="D10" t="s">
-        <v>106</v>
+        <v>78</v>
       </c>
       <c r="E10" t="s">
         <v>54</v>
       </c>
       <c r="F10" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G10" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="H10">
-        <v>1809800</v>
+        <v>4500000</v>
       </c>
       <c r="I10" t="s">
         <v>69</v>
       </c>
       <c r="J10" t="s">
-        <v>143</v>
+        <v>76</v>
       </c>
       <c r="K10" t="s">
-        <v>144</v>
+        <v>77</v>
       </c>
       <c r="L10">
-        <v>61</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>374</v>
       </c>
       <c r="B11" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C11" t="s">
         <v>375</v>
       </c>
       <c r="D11" t="s">
         <v>153</v>
       </c>
       <c r="E11" t="s">
         <v>54</v>
       </c>
       <c r="F11" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="G11" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="H11">
-        <v>15000000</v>
+        <v>157832583</v>
       </c>
       <c r="I11" t="s">
         <v>69</v>
       </c>
       <c r="J11" t="s">
-        <v>105</v>
+        <v>151</v>
       </c>
       <c r="K11" t="s">
         <v>152</v>
       </c>
       <c r="L11">
-        <v>57</v>
+        <v>366</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>376</v>
       </c>
       <c r="B12" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C12" t="s">
         <v>377</v>
       </c>
       <c r="D12" t="s">
         <v>163</v>
       </c>
       <c r="E12" t="s">
         <v>54</v>
       </c>
       <c r="F12" t="s">
         <v>159</v>
       </c>
       <c r="G12" t="s">
         <v>159</v>
       </c>
       <c r="H12">
-        <v>8000000</v>
+        <v>1809800</v>
       </c>
       <c r="I12" t="s">
         <v>69</v>
       </c>
       <c r="J12" t="s">
         <v>161</v>
       </c>
       <c r="K12" t="s">
         <v>162</v>
       </c>
       <c r="L12">
-        <v>272</v>
+        <v>61</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>378</v>
       </c>
       <c r="B13" t="s">
         <v>166</v>
       </c>
       <c r="C13" t="s">
         <v>379</v>
       </c>
       <c r="D13" t="s">
-        <v>172</v>
+        <v>78</v>
       </c>
       <c r="E13" t="s">
         <v>54</v>
       </c>
       <c r="F13" t="s">
         <v>169</v>
       </c>
       <c r="G13" t="s">
         <v>169</v>
       </c>
       <c r="H13">
-        <v>21525000</v>
+        <v>3000000</v>
       </c>
       <c r="I13" t="s">
         <v>69</v>
       </c>
       <c r="J13" t="s">
-        <v>105</v>
+        <v>76</v>
       </c>
       <c r="K13" t="s">
-        <v>171</v>
+        <v>77</v>
       </c>
       <c r="L13">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>380</v>
       </c>
       <c r="B14" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C14" t="s">
         <v>381</v>
       </c>
       <c r="D14" t="s">
-        <v>97</v>
+        <v>270</v>
       </c>
       <c r="E14" t="s">
         <v>54</v>
       </c>
       <c r="F14" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="G14" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="H14">
-        <v>15230386</v>
+        <v>1668000000</v>
       </c>
       <c r="I14" t="s">
         <v>69</v>
       </c>
       <c r="J14" t="s">
-        <v>105</v>
+        <v>176</v>
       </c>
       <c r="K14" t="s">
-        <v>106</v>
+        <v>152</v>
       </c>
       <c r="L14">
-        <v>97</v>
+        <v>367</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>382</v>
       </c>
       <c r="B15" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C15" t="s">
         <v>383</v>
       </c>
       <c r="D15" t="s">
-        <v>127</v>
+        <v>185</v>
       </c>
       <c r="E15" t="s">
         <v>54</v>
       </c>
       <c r="F15" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="G15" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="H15">
-        <v>445585143</v>
+        <v>37500120</v>
       </c>
       <c r="I15" t="s">
         <v>69</v>
       </c>
       <c r="J15" t="s">
-        <v>125</v>
+        <v>183</v>
       </c>
       <c r="K15" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="L15">
-        <v>126</v>
+        <v>146</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>384</v>
       </c>
       <c r="B16" t="s">
         <v>188</v>
       </c>
       <c r="C16" t="s">
         <v>385</v>
       </c>
       <c r="D16" t="s">
         <v>194</v>
       </c>
       <c r="E16" t="s">
         <v>54</v>
       </c>
       <c r="F16" t="s">
         <v>191</v>
       </c>
       <c r="G16" t="s">
         <v>191</v>
       </c>
       <c r="H16">
-        <v>37500120</v>
+        <v>61182114</v>
       </c>
       <c r="I16" t="s">
         <v>69</v>
       </c>
       <c r="J16" t="s">
         <v>193</v>
       </c>
       <c r="K16" t="s">
-        <v>157</v>
+        <v>136</v>
       </c>
       <c r="L16">
-        <v>146</v>
+        <v>86</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>386</v>
       </c>
       <c r="B17" t="s">
         <v>197</v>
       </c>
       <c r="C17" t="s">
         <v>387</v>
       </c>
       <c r="D17" t="s">
-        <v>127</v>
+        <v>204</v>
       </c>
       <c r="E17" t="s">
         <v>54</v>
       </c>
       <c r="F17" t="s">
         <v>200</v>
       </c>
       <c r="G17" t="s">
         <v>200</v>
       </c>
       <c r="H17">
-        <v>445322643</v>
+        <v>443797643</v>
       </c>
       <c r="I17" t="s">
         <v>69</v>
       </c>
       <c r="J17" t="s">
-        <v>125</v>
+        <v>202</v>
       </c>
       <c r="K17" t="s">
+        <v>203</v>
+      </c>
+      <c r="L17">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>388</v>
       </c>
       <c r="B18" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C18" t="s">
         <v>389</v>
       </c>
       <c r="D18" t="s">
-        <v>163</v>
+        <v>212</v>
       </c>
       <c r="E18" t="s">
         <v>54</v>
       </c>
       <c r="F18" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="G18" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="H18">
-        <v>7000000</v>
+        <v>15230386</v>
       </c>
       <c r="I18" t="s">
         <v>69</v>
       </c>
       <c r="J18" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="K18" t="s">
-        <v>106</v>
+        <v>163</v>
       </c>
       <c r="L18">
         <v>97</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>390</v>
       </c>
       <c r="B19" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C19" t="s">
         <v>391</v>
       </c>
       <c r="D19" t="s">
-        <v>216</v>
+        <v>78</v>
       </c>
       <c r="E19" t="s">
         <v>54</v>
       </c>
       <c r="F19" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="G19" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="H19">
-        <v>6200000</v>
+        <v>1366650</v>
       </c>
       <c r="I19" t="s">
         <v>69</v>
       </c>
       <c r="J19" t="s">
-        <v>214</v>
+        <v>76</v>
       </c>
       <c r="K19" t="s">
-        <v>215</v>
+        <v>77</v>
       </c>
       <c r="L19">
-        <v>19</v>
+        <v>85</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>392</v>
       </c>
       <c r="B20" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C20" t="s">
         <v>393</v>
       </c>
       <c r="D20" t="s">
-        <v>224</v>
+        <v>212</v>
       </c>
       <c r="E20" t="s">
         <v>54</v>
       </c>
       <c r="F20" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="G20" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="H20">
-        <v>10000000</v>
+        <v>10631500</v>
       </c>
       <c r="I20" t="s">
         <v>69</v>
       </c>
       <c r="J20" t="s">
-        <v>223</v>
+        <v>161</v>
       </c>
       <c r="K20" t="s">
-        <v>95</v>
+        <v>226</v>
       </c>
       <c r="L20">
-        <v>95</v>
+        <v>57</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>394</v>
       </c>
       <c r="B21" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C21" t="s">
         <v>395</v>
       </c>
       <c r="D21" t="s">
-        <v>234</v>
+        <v>204</v>
       </c>
       <c r="E21" t="s">
         <v>54</v>
       </c>
       <c r="F21" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G21" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H21">
-        <v>748270000</v>
+        <v>455685143</v>
       </c>
       <c r="I21" t="s">
         <v>69</v>
       </c>
       <c r="J21" t="s">
-        <v>232</v>
+        <v>202</v>
       </c>
       <c r="K21" t="s">
-        <v>233</v>
+        <v>107</v>
       </c>
       <c r="L21">
-        <v>219</v>
+        <v>137</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>396</v>
       </c>
       <c r="B22" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C22" t="s">
         <v>397</v>
       </c>
       <c r="D22" t="s">
-        <v>163</v>
+        <v>90</v>
       </c>
       <c r="E22" t="s">
         <v>54</v>
       </c>
       <c r="F22" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="G22" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="H22">
-        <v>1668000000</v>
+        <v>10000000</v>
       </c>
       <c r="I22" t="s">
         <v>69</v>
       </c>
       <c r="J22" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="K22" t="s">
-        <v>243</v>
+        <v>89</v>
       </c>
       <c r="L22">
-        <v>367</v>
+        <v>95</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>398</v>
       </c>
       <c r="B23" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="C23" t="s">
         <v>399</v>
       </c>
       <c r="D23" t="s">
-        <v>224</v>
+        <v>204</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="G23" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="H23">
-        <v>63482383</v>
+        <v>445322643</v>
       </c>
       <c r="I23" t="s">
         <v>69</v>
       </c>
       <c r="J23" t="s">
-        <v>252</v>
+        <v>202</v>
       </c>
       <c r="K23" t="s">
-        <v>95</v>
+        <v>107</v>
       </c>
       <c r="L23">
-        <v>366</v>
+        <v>137</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>400</v>
       </c>
       <c r="B24" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="C24" t="s">
         <v>401</v>
       </c>
       <c r="D24" t="s">
-        <v>97</v>
+        <v>153</v>
       </c>
       <c r="E24" t="s">
         <v>54</v>
       </c>
       <c r="F24" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="G24" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="H24">
-        <v>400000</v>
+        <v>24932330</v>
       </c>
       <c r="I24" t="s">
         <v>69</v>
       </c>
       <c r="J24" t="s">
-        <v>259</v>
+        <v>117</v>
       </c>
       <c r="K24" t="s">
-        <v>260</v>
+        <v>163</v>
       </c>
       <c r="L24">
-        <v>85</v>
+        <v>97</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>402</v>
       </c>
       <c r="B25" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="C25" t="s">
         <v>403</v>
       </c>
       <c r="D25" t="s">
-        <v>97</v>
+        <v>212</v>
       </c>
       <c r="E25" t="s">
         <v>54</v>
       </c>
       <c r="F25" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="G25" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="H25">
-        <v>10631500</v>
+        <v>2000000</v>
       </c>
       <c r="I25" t="s">
         <v>69</v>
       </c>
       <c r="J25" t="s">
-        <v>143</v>
+        <v>89</v>
       </c>
       <c r="K25" t="s">
-        <v>63</v>
+        <v>258</v>
       </c>
       <c r="L25">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>404</v>
       </c>
       <c r="B26" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="C26" t="s">
         <v>405</v>
       </c>
       <c r="D26" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="E26" t="s">
         <v>54</v>
       </c>
       <c r="F26" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="G26" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="H26">
-        <v>157832583</v>
+        <v>3000000</v>
       </c>
       <c r="I26" t="s">
         <v>69</v>
       </c>
       <c r="J26" t="s">
-        <v>274</v>
+        <v>76</v>
       </c>
       <c r="K26" t="s">
-        <v>243</v>
+        <v>77</v>
       </c>
       <c r="L26">
-        <v>366</v>
+        <v>85</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>406</v>
       </c>
       <c r="B27" t="s">
-        <v>276</v>
+        <v>265</v>
       </c>
       <c r="C27" t="s">
         <v>407</v>
       </c>
       <c r="D27" t="s">
-        <v>64</v>
+        <v>270</v>
       </c>
       <c r="E27" t="s">
         <v>54</v>
       </c>
       <c r="F27" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="G27" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="H27">
-        <v>20158220</v>
+        <v>7000000</v>
       </c>
       <c r="I27" t="s">
         <v>69</v>
       </c>
       <c r="J27" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="K27" t="s">
-        <v>126</v>
+        <v>163</v>
       </c>
       <c r="L27">
-        <v>137</v>
+        <v>97</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>408</v>
       </c>
       <c r="B28" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="C28" t="s">
         <v>409</v>
       </c>
       <c r="D28" t="s">
-        <v>285</v>
+        <v>204</v>
       </c>
       <c r="E28" t="s">
         <v>54</v>
       </c>
       <c r="F28" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="G28" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="H28">
-        <v>4500000</v>
+        <v>445585143</v>
       </c>
       <c r="I28" t="s">
         <v>69</v>
       </c>
       <c r="J28" t="s">
-        <v>259</v>
+        <v>202</v>
       </c>
       <c r="K28" t="s">
-        <v>260</v>
+        <v>203</v>
       </c>
       <c r="L28">
-        <v>85</v>
+        <v>126</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>410</v>
       </c>
       <c r="B29" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
       <c r="C29" t="s">
         <v>411</v>
       </c>
       <c r="D29" t="s">
-        <v>64</v>
+        <v>270</v>
       </c>
       <c r="E29" t="s">
         <v>54</v>
       </c>
       <c r="F29" t="s">
-        <v>291</v>
+        <v>282</v>
       </c>
       <c r="G29" t="s">
-        <v>291</v>
+        <v>282</v>
       </c>
       <c r="H29">
-        <v>153250660</v>
+        <v>5307543</v>
       </c>
       <c r="I29" t="s">
         <v>69</v>
       </c>
       <c r="J29" t="s">
-        <v>126</v>
+        <v>76</v>
       </c>
       <c r="K29" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="L29">
-        <v>-75</v>
+        <v>55</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>412</v>
       </c>
       <c r="B30" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="C30" t="s">
         <v>413</v>
       </c>
       <c r="D30" t="s">
-        <v>163</v>
+        <v>290</v>
       </c>
       <c r="E30" t="s">
         <v>54</v>
       </c>
       <c r="F30" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="G30" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="H30">
-        <v>6000000</v>
+        <v>21525000</v>
       </c>
       <c r="I30" t="s">
         <v>69</v>
       </c>
       <c r="J30" t="s">
-        <v>297</v>
+        <v>117</v>
       </c>
       <c r="K30" t="s">
-        <v>144</v>
+        <v>289</v>
       </c>
       <c r="L30">
-        <v>154</v>
+        <v>87</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>414</v>
       </c>
       <c r="B31" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="C31" t="s">
         <v>415</v>
       </c>
       <c r="D31" t="s">
-        <v>163</v>
+        <v>270</v>
       </c>
       <c r="E31" t="s">
         <v>54</v>
       </c>
       <c r="F31" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="G31" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="H31">
-        <v>5307543</v>
+        <v>8000000</v>
       </c>
       <c r="I31" t="s">
         <v>69</v>
       </c>
       <c r="J31" t="s">
-        <v>259</v>
+        <v>297</v>
       </c>
       <c r="K31" t="s">
-        <v>144</v>
+        <v>298</v>
       </c>
       <c r="L31">
-        <v>55</v>
+        <v>272</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>416</v>
       </c>
       <c r="B32" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="C32" t="s">
         <v>417</v>
       </c>
       <c r="D32" t="s">
-        <v>285</v>
+        <v>307</v>
       </c>
       <c r="E32" t="s">
         <v>54</v>
       </c>
       <c r="F32" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="G32" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="H32">
-        <v>3000000</v>
+        <v>6200000</v>
       </c>
       <c r="I32" t="s">
         <v>69</v>
       </c>
       <c r="J32" t="s">
-        <v>259</v>
+        <v>305</v>
       </c>
       <c r="K32" t="s">
-        <v>260</v>
+        <v>306</v>
       </c>
       <c r="L32">
-        <v>85</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>418</v>
       </c>
       <c r="B33" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C33" t="s">
         <v>419</v>
       </c>
       <c r="D33" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="E33" t="s">
         <v>54</v>
       </c>
       <c r="F33" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="G33" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="H33">
-        <v>12907400</v>
+        <v>20158220</v>
       </c>
       <c r="I33" t="s">
         <v>69</v>
       </c>
       <c r="J33" t="s">
-        <v>313</v>
+        <v>202</v>
       </c>
       <c r="K33" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="L33">
-        <v>-18188</v>
+        <v>137</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>420</v>
       </c>
       <c r="B34" t="s">
         <v>315</v>
       </c>
       <c r="C34" t="s">
         <v>421</v>
       </c>
       <c r="D34" t="s">
-        <v>285</v>
+        <v>109</v>
       </c>
       <c r="E34" t="s">
         <v>54</v>
       </c>
       <c r="F34" t="s">
         <v>318</v>
       </c>
       <c r="G34" t="s">
         <v>318</v>
       </c>
       <c r="H34">
-        <v>3000000</v>
+        <v>2330900</v>
       </c>
       <c r="I34" t="s">
         <v>69</v>
       </c>
       <c r="J34" t="s">
-        <v>259</v>
+        <v>319</v>
       </c>
       <c r="K34" t="s">
-        <v>260</v>
+        <v>226</v>
       </c>
       <c r="L34">
-        <v>85</v>
+        <v>-99</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>422</v>
       </c>
       <c r="B35" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C35" t="s">
         <v>423</v>
       </c>
       <c r="D35" t="s">
-        <v>285</v>
+        <v>212</v>
       </c>
       <c r="E35" t="s">
         <v>54</v>
       </c>
       <c r="F35" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="G35" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="H35">
-        <v>1366650</v>
+        <v>400000</v>
       </c>
       <c r="I35" t="s">
         <v>69</v>
       </c>
       <c r="J35" t="s">
-        <v>259</v>
+        <v>76</v>
       </c>
       <c r="K35" t="s">
-        <v>260</v>
+        <v>77</v>
       </c>
       <c r="L35">
         <v>85</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>424</v>
       </c>
       <c r="B36" t="s">
         <v>326</v>
       </c>
       <c r="C36" t="s">
         <v>425</v>
       </c>
       <c r="D36" t="s">
-        <v>285</v>
+        <v>212</v>
       </c>
       <c r="E36" t="s">
         <v>54</v>
       </c>
       <c r="F36" t="s">
         <v>329</v>
       </c>
       <c r="G36" t="s">
         <v>329</v>
       </c>
       <c r="H36">
-        <v>3000000</v>
+        <v>12907400</v>
       </c>
       <c r="I36" t="s">
         <v>69</v>
       </c>
       <c r="J36" t="s">
-        <v>259</v>
+        <v>330</v>
       </c>
       <c r="K36" t="s">
-        <v>260</v>
+        <v>212</v>
       </c>
       <c r="L36">
-        <v>85</v>
+        <v>-18188</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>426</v>
       </c>
       <c r="B37" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C37" t="s">
         <v>427</v>
       </c>
       <c r="D37" t="s">
-        <v>338</v>
+        <v>270</v>
       </c>
       <c r="E37" t="s">
         <v>54</v>
       </c>
       <c r="F37" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="G37" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H37">
-        <v>800000</v>
+        <v>6000000</v>
       </c>
       <c r="I37" t="s">
         <v>69</v>
       </c>
       <c r="J37" t="s">
         <v>336</v>
       </c>
       <c r="K37" t="s">
-        <v>337</v>
+        <v>162</v>
       </c>
       <c r="L37">
-        <v>74</v>
+        <v>154</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>428</v>
       </c>
       <c r="B38" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="C38" t="s">
         <v>429</v>
       </c>
       <c r="D38" t="s">
-        <v>127</v>
+        <v>344</v>
       </c>
       <c r="E38" t="s">
         <v>54</v>
       </c>
       <c r="F38" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="G38" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="H38">
-        <v>443797643</v>
+        <v>142718303</v>
       </c>
       <c r="I38" t="s">
         <v>69</v>
       </c>
       <c r="J38" t="s">
-        <v>125</v>
+        <v>342</v>
       </c>
       <c r="K38" t="s">
-        <v>186</v>
+        <v>343</v>
       </c>
       <c r="L38">
-        <v>126</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>430</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>347</v>
       </c>
@@ -11991,367 +11991,367 @@
       </c>
       <c r="H3" t="s">
         <v>440</v>
       </c>
       <c r="I3">
         <v>165134</v>
       </c>
       <c r="J3" t="s">
         <v>441</v>
       </c>
       <c r="K3" t="s">
         <v>442</v>
       </c>
       <c r="L3" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>445</v>
       </c>
       <c r="B4" t="s">
         <v>360</v>
       </c>
       <c r="C4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D4" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F4">
         <v>1</v>
       </c>
       <c r="G4" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="H4" t="s">
         <v>440</v>
       </c>
       <c r="I4">
-        <v>165134</v>
+        <v>165160</v>
       </c>
       <c r="J4" t="s">
         <v>441</v>
       </c>
       <c r="K4" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="L4" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B5" t="s">
         <v>362</v>
       </c>
       <c r="C5" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D5" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="E5" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F5">
         <v>1</v>
       </c>
       <c r="G5" t="s">
         <v>439</v>
       </c>
       <c r="H5" t="s">
         <v>440</v>
       </c>
       <c r="I5">
         <v>165134</v>
       </c>
       <c r="J5" t="s">
         <v>441</v>
       </c>
       <c r="K5" t="s">
         <v>442</v>
       </c>
       <c r="L5" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B6" t="s">
         <v>364</v>
       </c>
       <c r="C6" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D6" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="E6" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F6">
         <v>1</v>
       </c>
       <c r="G6" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="H6" t="s">
         <v>440</v>
       </c>
       <c r="I6">
-        <v>165134</v>
+        <v>165160</v>
       </c>
       <c r="J6" t="s">
         <v>441</v>
       </c>
       <c r="K6" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="L6" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B7" t="s">
         <v>366</v>
       </c>
       <c r="C7" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D7" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E7" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="F7">
         <v>1</v>
       </c>
       <c r="G7" t="s">
         <v>439</v>
       </c>
       <c r="H7" t="s">
         <v>440</v>
       </c>
       <c r="I7">
         <v>165134</v>
       </c>
       <c r="J7" t="s">
         <v>441</v>
       </c>
       <c r="K7" t="s">
         <v>442</v>
       </c>
       <c r="L7" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B8" t="s">
         <v>368</v>
       </c>
       <c r="C8" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D8" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E8" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F8">
         <v>1</v>
       </c>
       <c r="G8" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="H8" t="s">
         <v>440</v>
       </c>
       <c r="I8">
         <v>165160</v>
       </c>
       <c r="J8" t="s">
         <v>441</v>
       </c>
       <c r="K8" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="L8" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>452</v>
       </c>
       <c r="B9" t="s">
         <v>370</v>
       </c>
       <c r="C9" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D9" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E9" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F9">
         <v>1</v>
       </c>
       <c r="G9" t="s">
         <v>439</v>
       </c>
       <c r="H9" t="s">
         <v>440</v>
       </c>
       <c r="I9">
         <v>165134</v>
       </c>
       <c r="J9" t="s">
         <v>441</v>
       </c>
       <c r="K9" t="s">
         <v>442</v>
       </c>
       <c r="L9" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>453</v>
       </c>
       <c r="B10" t="s">
         <v>372</v>
       </c>
       <c r="C10" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D10" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E10" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F10">
         <v>1</v>
       </c>
       <c r="G10" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="H10" t="s">
         <v>440</v>
       </c>
       <c r="I10">
         <v>165134</v>
       </c>
       <c r="J10" t="s">
         <v>441</v>
       </c>
       <c r="K10" t="s">
         <v>442</v>
       </c>
       <c r="L10" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>454</v>
       </c>
       <c r="B11" t="s">
         <v>374</v>
       </c>
       <c r="C11" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D11" t="s">
+        <v>148</v>
+      </c>
+      <c r="E11" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="F11">
         <v>1</v>
       </c>
       <c r="G11" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="H11" t="s">
         <v>440</v>
       </c>
       <c r="I11">
-        <v>165134</v>
+        <v>165160</v>
       </c>
       <c r="J11" t="s">
         <v>441</v>
       </c>
       <c r="K11" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="L11" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>455</v>
       </c>
       <c r="B12" t="s">
         <v>376</v>
       </c>
       <c r="C12" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D12" t="s">
         <v>158</v>
       </c>
       <c r="E12" t="s">
         <v>159</v>
       </c>
       <c r="F12">
         <v>1</v>
       </c>
       <c r="G12" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="H12" t="s">
         <v>440</v>
       </c>
       <c r="I12">
         <v>165134</v>
       </c>
       <c r="J12" t="s">
         <v>441</v>
       </c>
       <c r="K12" t="s">
         <v>442</v>
       </c>
       <c r="L12" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>456</v>
       </c>
       <c r="B13" t="s">
         <v>378</v>
       </c>
       <c r="C13" t="s">
@@ -12359,122 +12359,125 @@
       </c>
       <c r="D13" t="s">
         <v>168</v>
       </c>
       <c r="E13" t="s">
         <v>169</v>
       </c>
       <c r="F13">
         <v>1</v>
       </c>
       <c r="G13" t="s">
         <v>439</v>
       </c>
       <c r="H13" t="s">
         <v>440</v>
       </c>
       <c r="I13">
         <v>165134</v>
       </c>
       <c r="J13" t="s">
         <v>441</v>
       </c>
       <c r="K13" t="s">
         <v>442</v>
       </c>
+      <c r="L13" t="s">
+        <v>443</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>457</v>
       </c>
       <c r="B14" t="s">
         <v>380</v>
       </c>
       <c r="C14" t="s">
+        <v>172</v>
+      </c>
+      <c r="D14" t="s">
+        <v>174</v>
+      </c>
+      <c r="E14" t="s">
         <v>175</v>
-      </c>
-[...4 lines deleted...]
-        <v>178</v>
       </c>
       <c r="F14">
         <v>1</v>
       </c>
       <c r="G14" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="H14" t="s">
         <v>440</v>
       </c>
       <c r="I14">
-        <v>165134</v>
+        <v>165160</v>
       </c>
       <c r="J14" t="s">
         <v>441</v>
       </c>
       <c r="K14" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="L14" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>458</v>
       </c>
       <c r="B15" t="s">
         <v>382</v>
       </c>
       <c r="C15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D15" t="s">
         <v>181</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="F15">
         <v>1</v>
       </c>
       <c r="G15" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="H15" t="s">
         <v>440</v>
       </c>
       <c r="I15">
-        <v>165160</v>
+        <v>165134</v>
       </c>
       <c r="J15" t="s">
         <v>441</v>
       </c>
       <c r="K15" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="L15" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>459</v>
       </c>
       <c r="B16" t="s">
         <v>384</v>
       </c>
       <c r="C16" t="s">
         <v>188</v>
       </c>
       <c r="D16" t="s">
         <v>190</v>
       </c>
       <c r="E16" t="s">
         <v>191</v>
       </c>
       <c r="F16">
         <v>1</v>
       </c>
       <c r="G16" t="s">
@@ -12494,671 +12497,668 @@
       </c>
       <c r="L16" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>460</v>
       </c>
       <c r="B17" t="s">
         <v>386</v>
       </c>
       <c r="C17" t="s">
         <v>197</v>
       </c>
       <c r="D17" t="s">
         <v>199</v>
       </c>
       <c r="E17" t="s">
         <v>200</v>
       </c>
       <c r="F17">
         <v>1</v>
       </c>
       <c r="G17" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="H17" t="s">
         <v>440</v>
       </c>
       <c r="I17">
         <v>165160</v>
       </c>
       <c r="J17" t="s">
         <v>441</v>
       </c>
       <c r="K17" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="L17" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>461</v>
       </c>
       <c r="B18" t="s">
         <v>388</v>
       </c>
       <c r="C18" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D18" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="E18" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="F18">
         <v>1</v>
       </c>
       <c r="G18" t="s">
         <v>439</v>
       </c>
       <c r="H18" t="s">
         <v>440</v>
       </c>
       <c r="I18">
         <v>165134</v>
       </c>
       <c r="J18" t="s">
         <v>441</v>
       </c>
       <c r="K18" t="s">
         <v>442</v>
       </c>
       <c r="L18" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>462</v>
       </c>
       <c r="B19" t="s">
         <v>390</v>
       </c>
       <c r="C19" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="D19" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="E19" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="F19">
         <v>1</v>
       </c>
       <c r="G19" t="s">
         <v>439</v>
       </c>
       <c r="H19" t="s">
         <v>440</v>
       </c>
       <c r="I19">
         <v>165134</v>
       </c>
       <c r="J19" t="s">
         <v>441</v>
       </c>
       <c r="K19" t="s">
         <v>442</v>
       </c>
       <c r="L19" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>463</v>
       </c>
       <c r="B20" t="s">
         <v>392</v>
       </c>
       <c r="C20" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="E20" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="F20">
         <v>1</v>
       </c>
       <c r="G20" t="s">
         <v>439</v>
       </c>
       <c r="H20" t="s">
         <v>440</v>
       </c>
       <c r="I20">
         <v>165134</v>
       </c>
       <c r="J20" t="s">
         <v>441</v>
       </c>
       <c r="K20" t="s">
         <v>442</v>
       </c>
       <c r="L20" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>464</v>
       </c>
       <c r="B21" t="s">
         <v>394</v>
       </c>
       <c r="C21" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D21" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E21" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F21">
         <v>1</v>
       </c>
       <c r="G21" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="H21" t="s">
         <v>440</v>
       </c>
       <c r="I21">
         <v>165160</v>
       </c>
       <c r="J21" t="s">
         <v>441</v>
       </c>
       <c r="K21" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="L21" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>465</v>
       </c>
       <c r="B22" t="s">
         <v>396</v>
       </c>
       <c r="C22" t="s">
+        <v>234</v>
+      </c>
+      <c r="D22" t="s">
+        <v>236</v>
+      </c>
+      <c r="E22" t="s">
         <v>237</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
       <c r="F22">
         <v>1</v>
       </c>
       <c r="G22" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="H22" t="s">
         <v>440</v>
       </c>
       <c r="I22">
-        <v>165160</v>
+        <v>165134</v>
       </c>
       <c r="J22" t="s">
         <v>441</v>
       </c>
       <c r="K22" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="L22" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>466</v>
       </c>
       <c r="B23" t="s">
         <v>398</v>
       </c>
       <c r="C23" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="D23" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="E23" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="F23">
         <v>1</v>
       </c>
       <c r="G23" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="H23" t="s">
         <v>440</v>
       </c>
       <c r="I23">
         <v>165160</v>
       </c>
       <c r="J23" t="s">
         <v>441</v>
       </c>
       <c r="K23" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="L23" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>467</v>
       </c>
       <c r="B24" t="s">
         <v>400</v>
       </c>
       <c r="C24" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="D24" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="E24" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="F24">
         <v>1</v>
       </c>
       <c r="G24" t="s">
         <v>439</v>
       </c>
       <c r="H24" t="s">
         <v>440</v>
       </c>
       <c r="I24">
         <v>165134</v>
       </c>
       <c r="J24" t="s">
         <v>441</v>
       </c>
       <c r="K24" t="s">
         <v>442</v>
       </c>
       <c r="L24" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>468</v>
       </c>
       <c r="B25" t="s">
         <v>402</v>
       </c>
       <c r="C25" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="D25" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="E25" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="F25">
         <v>1</v>
       </c>
       <c r="G25" t="s">
         <v>439</v>
       </c>
       <c r="H25" t="s">
         <v>440</v>
       </c>
       <c r="I25">
         <v>165134</v>
       </c>
       <c r="J25" t="s">
         <v>441</v>
       </c>
       <c r="K25" t="s">
         <v>442</v>
       </c>
       <c r="L25" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>469</v>
       </c>
       <c r="B26" t="s">
         <v>404</v>
       </c>
       <c r="C26" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="D26" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="E26" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="F26">
         <v>1</v>
       </c>
       <c r="G26" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="H26" t="s">
         <v>440</v>
       </c>
       <c r="I26">
-        <v>165160</v>
+        <v>165134</v>
       </c>
       <c r="J26" t="s">
         <v>441</v>
       </c>
       <c r="K26" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="L26" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>470</v>
       </c>
       <c r="B27" t="s">
         <v>406</v>
       </c>
       <c r="C27" t="s">
-        <v>276</v>
+        <v>265</v>
       </c>
       <c r="D27" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="E27" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="F27">
         <v>1</v>
       </c>
       <c r="G27" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="H27" t="s">
         <v>440</v>
       </c>
       <c r="I27">
-        <v>165160</v>
+        <v>165134</v>
       </c>
       <c r="J27" t="s">
         <v>441</v>
       </c>
       <c r="K27" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="L27" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>471</v>
       </c>
       <c r="B28" t="s">
         <v>408</v>
       </c>
       <c r="C28" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="D28" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="E28" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="F28">
         <v>1</v>
       </c>
       <c r="G28" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="H28" t="s">
         <v>440</v>
       </c>
       <c r="I28">
-        <v>165134</v>
+        <v>165160</v>
       </c>
       <c r="J28" t="s">
         <v>441</v>
       </c>
       <c r="K28" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="L28" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>472</v>
       </c>
       <c r="B29" t="s">
         <v>410</v>
       </c>
       <c r="C29" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
       <c r="D29" t="s">
-        <v>290</v>
+        <v>281</v>
       </c>
       <c r="E29" t="s">
-        <v>291</v>
+        <v>282</v>
       </c>
       <c r="F29">
         <v>1</v>
       </c>
       <c r="G29" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="H29" t="s">
         <v>440</v>
       </c>
       <c r="I29">
-        <v>165160</v>
+        <v>165134</v>
       </c>
       <c r="J29" t="s">
         <v>441</v>
       </c>
       <c r="K29" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="L29" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>473</v>
       </c>
       <c r="B30" t="s">
         <v>412</v>
       </c>
       <c r="C30" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="D30" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="E30" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="F30">
         <v>1</v>
       </c>
       <c r="G30" t="s">
         <v>439</v>
       </c>
       <c r="H30" t="s">
         <v>440</v>
       </c>
       <c r="I30">
         <v>165134</v>
       </c>
       <c r="J30" t="s">
         <v>441</v>
       </c>
       <c r="K30" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>474</v>
       </c>
       <c r="B31" t="s">
         <v>414</v>
       </c>
       <c r="C31" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="D31" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="E31" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="F31">
         <v>1</v>
       </c>
       <c r="G31" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="H31" t="s">
         <v>440</v>
       </c>
       <c r="I31">
         <v>165134</v>
       </c>
       <c r="J31" t="s">
         <v>441</v>
       </c>
       <c r="K31" t="s">
         <v>442</v>
       </c>
       <c r="L31" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>475</v>
       </c>
       <c r="B32" t="s">
         <v>416</v>
       </c>
       <c r="C32" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D32" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="E32" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="F32">
         <v>1</v>
       </c>
       <c r="G32" t="s">
         <v>439</v>
       </c>
       <c r="H32" t="s">
         <v>440</v>
       </c>
       <c r="I32">
         <v>165134</v>
       </c>
       <c r="J32" t="s">
         <v>441</v>
       </c>
       <c r="K32" t="s">
         <v>442</v>
       </c>
       <c r="L32" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>476</v>
       </c>
       <c r="B33" t="s">
         <v>418</v>
       </c>
       <c r="C33" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D33" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E33" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F33">
         <v>1</v>
       </c>
       <c r="G33" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="H33" t="s">
         <v>440</v>
       </c>
       <c r="I33">
-        <v>165134</v>
+        <v>165160</v>
       </c>
       <c r="J33" t="s">
         <v>441</v>
       </c>
       <c r="K33" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="L33" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>477</v>
       </c>
       <c r="B34" t="s">
         <v>420</v>
       </c>
       <c r="C34" t="s">
         <v>315</v>
       </c>
       <c r="D34" t="s">
         <v>317</v>
       </c>
       <c r="E34" t="s">
         <v>318</v>
       </c>
       <c r="F34">
         <v>1</v>
       </c>
       <c r="G34" t="s">
@@ -13166,189 +13166,189 @@
       </c>
       <c r="H34" t="s">
         <v>440</v>
       </c>
       <c r="I34">
         <v>165134</v>
       </c>
       <c r="J34" t="s">
         <v>441</v>
       </c>
       <c r="K34" t="s">
         <v>442</v>
       </c>
       <c r="L34" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>478</v>
       </c>
       <c r="B35" t="s">
         <v>422</v>
       </c>
       <c r="C35" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D35" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E35" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F35">
         <v>1</v>
       </c>
       <c r="G35" t="s">
         <v>439</v>
       </c>
       <c r="H35" t="s">
         <v>440</v>
       </c>
       <c r="I35">
         <v>165134</v>
       </c>
       <c r="J35" t="s">
         <v>441</v>
       </c>
       <c r="K35" t="s">
         <v>442</v>
       </c>
       <c r="L35" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>479</v>
       </c>
       <c r="B36" t="s">
         <v>424</v>
       </c>
       <c r="C36" t="s">
         <v>326</v>
       </c>
       <c r="D36" t="s">
         <v>328</v>
       </c>
       <c r="E36" t="s">
         <v>329</v>
       </c>
       <c r="F36">
         <v>1</v>
       </c>
       <c r="G36" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="H36" t="s">
         <v>440</v>
       </c>
       <c r="I36">
         <v>165134</v>
       </c>
       <c r="J36" t="s">
         <v>441</v>
       </c>
       <c r="K36" t="s">
         <v>442</v>
       </c>
       <c r="L36" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>480</v>
       </c>
       <c r="B37" t="s">
         <v>426</v>
       </c>
       <c r="C37" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D37" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E37" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F37">
         <v>1</v>
       </c>
       <c r="G37" t="s">
         <v>439</v>
       </c>
       <c r="H37" t="s">
         <v>440</v>
       </c>
       <c r="I37">
         <v>165134</v>
       </c>
       <c r="J37" t="s">
         <v>441</v>
       </c>
       <c r="K37" t="s">
         <v>442</v>
       </c>
       <c r="L37" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>481</v>
       </c>
       <c r="B38" t="s">
         <v>428</v>
       </c>
       <c r="C38" t="s">
+        <v>338</v>
+      </c>
+      <c r="D38" t="s">
+        <v>340</v>
+      </c>
+      <c r="E38" t="s">
         <v>341</v>
-      </c>
-[...4 lines deleted...]
-        <v>344</v>
       </c>
       <c r="F38">
         <v>1</v>
       </c>
       <c r="G38" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="H38" t="s">
         <v>440</v>
       </c>
       <c r="I38">
-        <v>165160</v>
+        <v>165134</v>
       </c>
       <c r="J38" t="s">
         <v>441</v>
       </c>
       <c r="K38" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="L38" t="s">
         <v>443</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>430</v>
       </c>
@@ -13368,649 +13368,649 @@
       </c>
       <c r="B2" t="s">
         <v>356</v>
       </c>
       <c r="C2" t="s">
         <v>43</v>
       </c>
       <c r="D2" t="s">
         <v>484</v>
       </c>
       <c r="E2" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>486</v>
       </c>
       <c r="B3" t="s">
         <v>358</v>
       </c>
       <c r="C3" t="s">
         <v>70</v>
       </c>
       <c r="D3" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="E3" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B4" t="s">
         <v>360</v>
       </c>
       <c r="C4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D4" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="E4" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B5" t="s">
         <v>362</v>
       </c>
       <c r="C5" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D5" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="E5" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B6" t="s">
         <v>364</v>
       </c>
       <c r="C6" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D6" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="E6" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B7" t="s">
         <v>366</v>
       </c>
       <c r="C7" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D7" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="E7" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B8" t="s">
         <v>368</v>
       </c>
       <c r="C8" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D8" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="E8" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="B9" t="s">
         <v>370</v>
       </c>
       <c r="C9" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D9" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="E9" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="B10" t="s">
         <v>372</v>
       </c>
       <c r="C10" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D10" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="E10" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="B11" t="s">
         <v>374</v>
       </c>
       <c r="C11" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D11" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="E11" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="B12" t="s">
         <v>376</v>
       </c>
       <c r="C12" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D12" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="E12" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="B13" t="s">
         <v>378</v>
       </c>
       <c r="C13" t="s">
         <v>166</v>
       </c>
       <c r="D13" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="E13" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B14" t="s">
         <v>380</v>
       </c>
       <c r="C14" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="D14" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="E14" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B15" t="s">
         <v>382</v>
       </c>
       <c r="C15" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D15" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="E15" t="s">
-        <v>521</v>
+        <v>497</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B16" t="s">
         <v>384</v>
       </c>
       <c r="C16" t="s">
         <v>188</v>
       </c>
       <c r="D16" t="s">
-        <v>494</v>
+        <v>524</v>
       </c>
       <c r="E16" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B17" t="s">
         <v>386</v>
       </c>
       <c r="C17" t="s">
         <v>197</v>
       </c>
       <c r="D17" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E17" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="B18" t="s">
         <v>388</v>
       </c>
       <c r="C18" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D18" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="E18" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="B19" t="s">
         <v>390</v>
       </c>
       <c r="C19" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="D19" t="s">
-        <v>531</v>
+        <v>517</v>
       </c>
       <c r="E19" t="s">
-        <v>532</v>
+        <v>509</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>533</v>
       </c>
       <c r="B20" t="s">
         <v>392</v>
       </c>
       <c r="C20" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D20" t="s">
-        <v>514</v>
+        <v>534</v>
       </c>
       <c r="E20" t="s">
-        <v>515</v>
+        <v>535</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B21" t="s">
         <v>394</v>
       </c>
       <c r="C21" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D21" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="E21" t="s">
-        <v>536</v>
+        <v>506</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B22" t="s">
         <v>396</v>
       </c>
       <c r="C22" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="D22" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="E22" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B23" t="s">
         <v>398</v>
       </c>
       <c r="C23" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="D23" t="s">
-        <v>541</v>
+        <v>527</v>
       </c>
       <c r="E23" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>543</v>
       </c>
       <c r="B24" t="s">
         <v>400</v>
       </c>
       <c r="C24" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="D24" t="s">
+        <v>522</v>
+      </c>
+      <c r="E24" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="B25" t="s">
         <v>402</v>
       </c>
       <c r="C25" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="D25" t="s">
+        <v>546</v>
+      </c>
+      <c r="E25" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="B26" t="s">
         <v>404</v>
       </c>
       <c r="C26" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="D26" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="E26" t="s">
-        <v>551</v>
+        <v>488</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="B27" t="s">
         <v>406</v>
       </c>
       <c r="C27" t="s">
-        <v>276</v>
+        <v>265</v>
       </c>
       <c r="D27" t="s">
-        <v>525</v>
+        <v>551</v>
       </c>
       <c r="E27" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="B28" t="s">
         <v>408</v>
       </c>
       <c r="C28" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="D28" t="s">
+        <v>554</v>
+      </c>
+      <c r="E28" t="s">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>556</v>
       </c>
       <c r="B29" t="s">
         <v>410</v>
       </c>
       <c r="C29" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
       <c r="D29" t="s">
         <v>557</v>
       </c>
       <c r="E29" t="s">
-        <v>523</v>
+        <v>558</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B30" t="s">
         <v>412</v>
       </c>
       <c r="C30" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="D30" t="s">
-        <v>559</v>
+        <v>539</v>
       </c>
       <c r="E30" t="s">
-        <v>512</v>
+        <v>540</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>560</v>
       </c>
       <c r="B31" t="s">
         <v>414</v>
       </c>
       <c r="C31" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="D31" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="E31" t="s">
-        <v>512</v>
+        <v>558</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B32" t="s">
         <v>416</v>
       </c>
       <c r="C32" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D32" t="s">
-        <v>484</v>
+        <v>563</v>
       </c>
       <c r="E32" t="s">
-        <v>485</v>
+        <v>564</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="B33" t="s">
         <v>418</v>
       </c>
       <c r="C33" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D33" t="s">
-        <v>517</v>
+        <v>527</v>
       </c>
       <c r="E33" t="s">
-        <v>518</v>
+        <v>566</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="B34" t="s">
         <v>420</v>
       </c>
       <c r="C34" t="s">
         <v>315</v>
       </c>
       <c r="D34" t="s">
-        <v>544</v>
+        <v>487</v>
       </c>
       <c r="E34" t="s">
-        <v>545</v>
+        <v>488</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="B35" t="s">
         <v>422</v>
       </c>
       <c r="C35" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D35" t="s">
-        <v>544</v>
+        <v>517</v>
       </c>
       <c r="E35" t="s">
-        <v>545</v>
+        <v>509</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="B36" t="s">
         <v>424</v>
       </c>
       <c r="C36" t="s">
         <v>326</v>
       </c>
       <c r="D36" t="s">
-        <v>566</v>
+        <v>530</v>
       </c>
       <c r="E36" t="s">
-        <v>485</v>
+        <v>531</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="B37" t="s">
         <v>426</v>
       </c>
       <c r="C37" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D37" t="s">
-        <v>568</v>
+        <v>557</v>
       </c>
       <c r="E37" t="s">
-        <v>569</v>
+        <v>558</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B38" t="s">
         <v>428</v>
       </c>
       <c r="C38" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="D38" t="s">
-        <v>525</v>
+        <v>487</v>
       </c>
       <c r="E38" t="s">
-        <v>571</v>
+        <v>488</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q75"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -14187,3374 +14187,3374 @@
       </c>
       <c r="L4" t="s">
         <v>51</v>
       </c>
       <c r="M4" t="s">
         <v>592</v>
       </c>
       <c r="N4" t="s">
         <v>593</v>
       </c>
       <c r="O4" t="s">
         <v>594</v>
       </c>
       <c r="P4" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>603</v>
       </c>
       <c r="B5" t="s">
         <v>70</v>
       </c>
       <c r="C5" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="D5" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="E5" t="s">
         <v>597</v>
       </c>
       <c r="G5" t="s">
         <v>587</v>
       </c>
       <c r="J5" t="s">
         <v>443</v>
       </c>
       <c r="K5" t="s">
         <v>598</v>
       </c>
       <c r="L5" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="M5" t="s">
         <v>599</v>
       </c>
       <c r="N5" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="O5" t="s">
         <v>600</v>
       </c>
       <c r="P5" t="s">
         <v>600</v>
       </c>
       <c r="Q5" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C6" t="s">
         <v>66</v>
       </c>
       <c r="D6" t="s">
         <v>51</v>
       </c>
       <c r="E6" t="s">
         <v>586</v>
       </c>
       <c r="F6" t="s">
         <v>587</v>
       </c>
       <c r="G6" t="s">
         <v>588</v>
       </c>
       <c r="H6">
         <v>420111</v>
       </c>
       <c r="I6" t="s">
         <v>589</v>
       </c>
       <c r="J6" t="s">
         <v>590</v>
       </c>
       <c r="K6" t="s">
         <v>591</v>
       </c>
       <c r="L6" t="s">
         <v>51</v>
       </c>
       <c r="M6" t="s">
         <v>592</v>
       </c>
       <c r="N6" t="s">
         <v>593</v>
       </c>
       <c r="O6" t="s">
         <v>594</v>
       </c>
       <c r="P6" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C7" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="D7" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="E7" t="s">
         <v>597</v>
       </c>
       <c r="G7" t="s">
         <v>587</v>
       </c>
       <c r="J7" t="s">
         <v>443</v>
       </c>
       <c r="K7" t="s">
         <v>598</v>
       </c>
       <c r="L7" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="M7" t="s">
         <v>599</v>
       </c>
       <c r="N7" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="O7" t="s">
         <v>600</v>
       </c>
       <c r="P7" t="s">
         <v>600</v>
       </c>
       <c r="Q7" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B8" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C8" t="s">
         <v>66</v>
       </c>
       <c r="D8" t="s">
         <v>51</v>
       </c>
       <c r="E8" t="s">
         <v>586</v>
       </c>
       <c r="F8" t="s">
         <v>587</v>
       </c>
       <c r="G8" t="s">
         <v>588</v>
       </c>
       <c r="H8">
         <v>420111</v>
       </c>
       <c r="I8" t="s">
         <v>589</v>
       </c>
       <c r="J8" t="s">
         <v>590</v>
       </c>
       <c r="K8" t="s">
         <v>591</v>
       </c>
       <c r="L8" t="s">
         <v>51</v>
       </c>
       <c r="M8" t="s">
         <v>592</v>
       </c>
       <c r="N8" t="s">
         <v>593</v>
       </c>
       <c r="O8" t="s">
         <v>594</v>
       </c>
       <c r="P8" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B9" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C9" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="D9" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="E9" t="s">
         <v>597</v>
       </c>
       <c r="G9" t="s">
         <v>587</v>
       </c>
       <c r="J9" t="s">
         <v>443</v>
       </c>
       <c r="K9" t="s">
         <v>598</v>
       </c>
       <c r="L9" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="M9" t="s">
         <v>599</v>
       </c>
       <c r="N9" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="O9" t="s">
         <v>600</v>
       </c>
       <c r="P9" t="s">
         <v>600</v>
       </c>
       <c r="Q9" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B10" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C10" t="s">
         <v>66</v>
       </c>
       <c r="D10" t="s">
         <v>51</v>
       </c>
       <c r="E10" t="s">
         <v>586</v>
       </c>
       <c r="F10" t="s">
         <v>587</v>
       </c>
       <c r="G10" t="s">
         <v>588</v>
       </c>
       <c r="H10">
         <v>420111</v>
       </c>
       <c r="I10" t="s">
         <v>589</v>
       </c>
       <c r="J10" t="s">
         <v>590</v>
       </c>
       <c r="K10" t="s">
         <v>591</v>
       </c>
       <c r="L10" t="s">
         <v>51</v>
       </c>
       <c r="M10" t="s">
         <v>592</v>
       </c>
       <c r="N10" t="s">
         <v>593</v>
       </c>
       <c r="O10" t="s">
         <v>594</v>
       </c>
       <c r="P10" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B11" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C11" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="D11" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="E11" t="s">
         <v>597</v>
       </c>
       <c r="G11" t="s">
         <v>587</v>
       </c>
       <c r="J11" t="s">
         <v>443</v>
       </c>
       <c r="K11" t="s">
         <v>598</v>
       </c>
       <c r="L11" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="M11" t="s">
         <v>599</v>
       </c>
       <c r="N11" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="O11" t="s">
         <v>600</v>
       </c>
       <c r="P11" t="s">
         <v>600</v>
       </c>
       <c r="Q11" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B12" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C12" t="s">
         <v>66</v>
       </c>
       <c r="D12" t="s">
         <v>51</v>
       </c>
       <c r="E12" t="s">
         <v>586</v>
       </c>
       <c r="F12" t="s">
         <v>587</v>
       </c>
       <c r="G12" t="s">
         <v>588</v>
       </c>
       <c r="H12">
         <v>420111</v>
       </c>
       <c r="I12" t="s">
         <v>589</v>
       </c>
       <c r="J12" t="s">
         <v>590</v>
       </c>
       <c r="K12" t="s">
         <v>591</v>
       </c>
       <c r="L12" t="s">
         <v>51</v>
       </c>
       <c r="M12" t="s">
         <v>592</v>
       </c>
       <c r="N12" t="s">
         <v>593</v>
       </c>
       <c r="O12" t="s">
         <v>594</v>
       </c>
       <c r="P12" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B13" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C13" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="D13" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="E13" t="s">
         <v>597</v>
       </c>
       <c r="G13" t="s">
         <v>587</v>
       </c>
       <c r="J13" t="s">
         <v>443</v>
       </c>
       <c r="K13" t="s">
         <v>598</v>
       </c>
       <c r="L13" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="M13" t="s">
         <v>599</v>
       </c>
       <c r="N13" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="O13" t="s">
         <v>600</v>
       </c>
       <c r="P13" t="s">
         <v>600</v>
       </c>
       <c r="Q13" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B14" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C14" t="s">
         <v>66</v>
       </c>
       <c r="D14" t="s">
         <v>51</v>
       </c>
       <c r="E14" t="s">
         <v>586</v>
       </c>
       <c r="F14" t="s">
         <v>587</v>
       </c>
       <c r="G14" t="s">
         <v>588</v>
       </c>
       <c r="H14">
         <v>420111</v>
       </c>
       <c r="I14" t="s">
         <v>589</v>
       </c>
       <c r="J14" t="s">
         <v>590</v>
       </c>
       <c r="K14" t="s">
         <v>591</v>
       </c>
       <c r="L14" t="s">
         <v>51</v>
       </c>
       <c r="M14" t="s">
         <v>592</v>
       </c>
       <c r="N14" t="s">
         <v>593</v>
       </c>
       <c r="O14" t="s">
         <v>594</v>
       </c>
       <c r="P14" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B15" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C15" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="D15" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
       <c r="E15" t="s">
         <v>597</v>
       </c>
       <c r="G15" t="s">
         <v>587</v>
       </c>
       <c r="J15" t="s">
         <v>443</v>
       </c>
       <c r="K15" t="s">
         <v>598</v>
       </c>
       <c r="L15" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
       <c r="M15" t="s">
         <v>599</v>
       </c>
       <c r="N15" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
       <c r="O15" t="s">
         <v>600</v>
       </c>
       <c r="P15" t="s">
         <v>600</v>
       </c>
       <c r="Q15" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C16" t="s">
         <v>66</v>
       </c>
       <c r="D16" t="s">
         <v>51</v>
       </c>
       <c r="E16" t="s">
         <v>586</v>
       </c>
       <c r="F16" t="s">
         <v>587</v>
       </c>
       <c r="G16" t="s">
         <v>588</v>
       </c>
       <c r="H16">
         <v>420111</v>
       </c>
       <c r="I16" t="s">
         <v>589</v>
       </c>
       <c r="J16" t="s">
         <v>590</v>
       </c>
       <c r="K16" t="s">
         <v>591</v>
       </c>
       <c r="L16" t="s">
         <v>51</v>
       </c>
       <c r="M16" t="s">
         <v>592</v>
       </c>
       <c r="N16" t="s">
         <v>593</v>
       </c>
       <c r="O16" t="s">
         <v>594</v>
       </c>
       <c r="P16" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C17" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="D17" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="E17" t="s">
         <v>597</v>
       </c>
       <c r="G17" t="s">
         <v>587</v>
       </c>
       <c r="J17" t="s">
         <v>443</v>
       </c>
       <c r="K17" t="s">
         <v>598</v>
       </c>
       <c r="L17" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="M17" t="s">
         <v>599</v>
       </c>
       <c r="N17" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="O17" t="s">
         <v>600</v>
       </c>
       <c r="P17" t="s">
         <v>600</v>
       </c>
       <c r="Q17" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B18" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C18" t="s">
         <v>66</v>
       </c>
       <c r="D18" t="s">
         <v>51</v>
       </c>
       <c r="E18" t="s">
         <v>586</v>
       </c>
       <c r="F18" t="s">
         <v>587</v>
       </c>
       <c r="G18" t="s">
         <v>588</v>
       </c>
       <c r="H18">
         <v>420111</v>
       </c>
       <c r="I18" t="s">
         <v>589</v>
       </c>
       <c r="J18" t="s">
         <v>590</v>
       </c>
       <c r="K18" t="s">
         <v>591</v>
       </c>
       <c r="L18" t="s">
         <v>51</v>
       </c>
       <c r="M18" t="s">
         <v>592</v>
       </c>
       <c r="N18" t="s">
         <v>593</v>
       </c>
       <c r="O18" t="s">
         <v>594</v>
       </c>
       <c r="P18" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B19" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C19" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="D19" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E19" t="s">
         <v>597</v>
       </c>
       <c r="G19" t="s">
         <v>587</v>
       </c>
       <c r="J19" t="s">
         <v>443</v>
       </c>
       <c r="K19" t="s">
         <v>598</v>
       </c>
       <c r="L19" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="M19" t="s">
-        <v>599</v>
+        <v>625</v>
       </c>
       <c r="N19" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="O19" t="s">
         <v>600</v>
       </c>
       <c r="P19" t="s">
         <v>600</v>
       </c>
       <c r="Q19" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="B20" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C20" t="s">
         <v>66</v>
       </c>
       <c r="D20" t="s">
         <v>51</v>
       </c>
       <c r="E20" t="s">
         <v>586</v>
       </c>
       <c r="F20" t="s">
         <v>587</v>
       </c>
       <c r="G20" t="s">
         <v>588</v>
       </c>
       <c r="H20">
         <v>420111</v>
       </c>
       <c r="I20" t="s">
         <v>589</v>
       </c>
       <c r="J20" t="s">
         <v>590</v>
       </c>
       <c r="K20" t="s">
         <v>591</v>
       </c>
       <c r="L20" t="s">
         <v>51</v>
       </c>
       <c r="M20" t="s">
         <v>592</v>
       </c>
       <c r="N20" t="s">
         <v>593</v>
       </c>
       <c r="O20" t="s">
         <v>594</v>
       </c>
       <c r="P20" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="B21" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C21" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="D21" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E21" t="s">
         <v>597</v>
       </c>
       <c r="G21" t="s">
         <v>587</v>
       </c>
       <c r="J21" t="s">
         <v>443</v>
       </c>
       <c r="K21" t="s">
         <v>598</v>
       </c>
       <c r="L21" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="M21" t="s">
         <v>599</v>
       </c>
       <c r="N21" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="O21" t="s">
         <v>600</v>
       </c>
       <c r="P21" t="s">
         <v>600</v>
       </c>
       <c r="Q21" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="B22" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C22" t="s">
         <v>66</v>
       </c>
       <c r="D22" t="s">
         <v>51</v>
       </c>
       <c r="E22" t="s">
         <v>586</v>
       </c>
       <c r="F22" t="s">
         <v>587</v>
       </c>
       <c r="G22" t="s">
         <v>588</v>
       </c>
       <c r="H22">
         <v>420111</v>
       </c>
       <c r="I22" t="s">
         <v>589</v>
       </c>
       <c r="J22" t="s">
         <v>590</v>
       </c>
       <c r="K22" t="s">
         <v>591</v>
       </c>
       <c r="L22" t="s">
         <v>51</v>
       </c>
       <c r="M22" t="s">
         <v>592</v>
       </c>
       <c r="N22" t="s">
         <v>593</v>
       </c>
       <c r="O22" t="s">
         <v>594</v>
       </c>
       <c r="P22" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="B23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C23" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="D23" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="E23" t="s">
         <v>597</v>
       </c>
       <c r="G23" t="s">
         <v>587</v>
       </c>
       <c r="J23" t="s">
         <v>443</v>
       </c>
       <c r="K23" t="s">
         <v>598</v>
       </c>
       <c r="L23" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="M23" t="s">
         <v>599</v>
       </c>
       <c r="N23" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="O23" t="s">
         <v>600</v>
       </c>
       <c r="P23" t="s">
         <v>600</v>
       </c>
       <c r="Q23" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="B24" t="s">
         <v>166</v>
       </c>
       <c r="C24" t="s">
         <v>66</v>
       </c>
       <c r="D24" t="s">
         <v>51</v>
       </c>
       <c r="E24" t="s">
         <v>586</v>
       </c>
       <c r="F24" t="s">
         <v>587</v>
       </c>
       <c r="G24" t="s">
         <v>588</v>
       </c>
       <c r="H24">
         <v>420111</v>
       </c>
       <c r="I24" t="s">
         <v>589</v>
       </c>
       <c r="J24" t="s">
         <v>590</v>
       </c>
       <c r="K24" t="s">
         <v>591</v>
       </c>
       <c r="L24" t="s">
         <v>51</v>
       </c>
       <c r="M24" t="s">
         <v>592</v>
       </c>
       <c r="N24" t="s">
         <v>593</v>
       </c>
       <c r="O24" t="s">
         <v>594</v>
       </c>
       <c r="P24" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="B25" t="s">
         <v>166</v>
       </c>
       <c r="C25" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="D25" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="E25" t="s">
         <v>597</v>
       </c>
       <c r="G25" t="s">
         <v>587</v>
       </c>
       <c r="J25" t="s">
         <v>443</v>
       </c>
       <c r="K25" t="s">
         <v>598</v>
       </c>
       <c r="L25" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="M25" t="s">
         <v>599</v>
       </c>
       <c r="N25" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="O25" t="s">
         <v>600</v>
       </c>
       <c r="P25" t="s">
         <v>600</v>
       </c>
       <c r="Q25" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="B26" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C26" t="s">
         <v>66</v>
       </c>
       <c r="D26" t="s">
         <v>51</v>
       </c>
       <c r="E26" t="s">
         <v>586</v>
       </c>
       <c r="F26" t="s">
         <v>587</v>
       </c>
       <c r="G26" t="s">
         <v>588</v>
       </c>
       <c r="H26">
         <v>420111</v>
       </c>
       <c r="I26" t="s">
         <v>589</v>
       </c>
       <c r="J26" t="s">
         <v>590</v>
       </c>
       <c r="K26" t="s">
         <v>591</v>
       </c>
       <c r="L26" t="s">
         <v>51</v>
       </c>
       <c r="M26" t="s">
         <v>592</v>
       </c>
       <c r="N26" t="s">
         <v>593</v>
       </c>
       <c r="O26" t="s">
         <v>594</v>
       </c>
       <c r="P26" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="B27" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C27" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D27" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="E27" t="s">
         <v>597</v>
       </c>
       <c r="G27" t="s">
         <v>587</v>
       </c>
       <c r="J27" t="s">
         <v>443</v>
       </c>
       <c r="K27" t="s">
         <v>598</v>
       </c>
       <c r="L27" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="M27" t="s">
         <v>599</v>
       </c>
       <c r="N27" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="O27" t="s">
         <v>600</v>
       </c>
       <c r="P27" t="s">
         <v>600</v>
       </c>
       <c r="Q27" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="B28" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C28" t="s">
         <v>66</v>
       </c>
       <c r="D28" t="s">
         <v>51</v>
       </c>
       <c r="E28" t="s">
         <v>586</v>
       </c>
       <c r="F28" t="s">
         <v>587</v>
       </c>
       <c r="G28" t="s">
         <v>588</v>
       </c>
       <c r="H28">
         <v>420111</v>
       </c>
       <c r="I28" t="s">
         <v>589</v>
       </c>
       <c r="J28" t="s">
         <v>590</v>
       </c>
       <c r="K28" t="s">
         <v>591</v>
       </c>
       <c r="L28" t="s">
         <v>51</v>
       </c>
       <c r="M28" t="s">
         <v>592</v>
       </c>
       <c r="N28" t="s">
         <v>593</v>
       </c>
       <c r="O28" t="s">
         <v>594</v>
       </c>
       <c r="P28" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="B29" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C29" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="D29" t="s">
-        <v>521</v>
+        <v>497</v>
       </c>
       <c r="E29" t="s">
         <v>597</v>
       </c>
       <c r="G29" t="s">
         <v>587</v>
       </c>
       <c r="J29" t="s">
         <v>443</v>
       </c>
       <c r="K29" t="s">
         <v>598</v>
       </c>
       <c r="L29" t="s">
-        <v>521</v>
+        <v>497</v>
       </c>
       <c r="M29" t="s">
         <v>599</v>
       </c>
       <c r="N29" t="s">
-        <v>521</v>
+        <v>497</v>
       </c>
       <c r="O29" t="s">
         <v>600</v>
       </c>
       <c r="P29" t="s">
         <v>600</v>
       </c>
       <c r="Q29" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="B30" t="s">
         <v>188</v>
       </c>
       <c r="C30" t="s">
         <v>66</v>
       </c>
       <c r="D30" t="s">
         <v>51</v>
       </c>
       <c r="E30" t="s">
         <v>586</v>
       </c>
       <c r="F30" t="s">
         <v>587</v>
       </c>
       <c r="G30" t="s">
         <v>588</v>
       </c>
       <c r="H30">
         <v>420111</v>
       </c>
       <c r="I30" t="s">
         <v>589</v>
       </c>
       <c r="J30" t="s">
         <v>590</v>
       </c>
       <c r="K30" t="s">
         <v>591</v>
       </c>
       <c r="L30" t="s">
         <v>51</v>
       </c>
       <c r="M30" t="s">
         <v>592</v>
       </c>
       <c r="N30" t="s">
         <v>593</v>
       </c>
       <c r="O30" t="s">
         <v>594</v>
       </c>
       <c r="P30" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="B31" t="s">
         <v>188</v>
       </c>
       <c r="C31" t="s">
-        <v>494</v>
+        <v>524</v>
       </c>
       <c r="D31" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="E31" t="s">
         <v>597</v>
       </c>
       <c r="G31" t="s">
         <v>587</v>
       </c>
       <c r="J31" t="s">
         <v>443</v>
       </c>
       <c r="K31" t="s">
         <v>598</v>
       </c>
       <c r="L31" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="M31" t="s">
         <v>599</v>
       </c>
       <c r="N31" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="O31" t="s">
         <v>600</v>
       </c>
       <c r="P31" t="s">
         <v>600</v>
       </c>
       <c r="Q31" t="s">
-        <v>612</v>
+        <v>644</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="B32" t="s">
         <v>197</v>
       </c>
       <c r="C32" t="s">
         <v>66</v>
       </c>
       <c r="D32" t="s">
         <v>51</v>
       </c>
       <c r="E32" t="s">
         <v>586</v>
       </c>
       <c r="F32" t="s">
         <v>587</v>
       </c>
       <c r="G32" t="s">
         <v>588</v>
       </c>
       <c r="H32">
         <v>420111</v>
       </c>
       <c r="I32" t="s">
         <v>589</v>
       </c>
       <c r="J32" t="s">
         <v>590</v>
       </c>
       <c r="K32" t="s">
         <v>591</v>
       </c>
       <c r="L32" t="s">
         <v>51</v>
       </c>
       <c r="M32" t="s">
         <v>592</v>
       </c>
       <c r="N32" t="s">
         <v>593</v>
       </c>
       <c r="O32" t="s">
         <v>594</v>
       </c>
       <c r="P32" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="B33" t="s">
         <v>197</v>
       </c>
       <c r="C33" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="D33" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="E33" t="s">
         <v>597</v>
       </c>
       <c r="G33" t="s">
         <v>587</v>
       </c>
       <c r="J33" t="s">
         <v>443</v>
       </c>
       <c r="K33" t="s">
         <v>598</v>
       </c>
       <c r="L33" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="M33" t="s">
         <v>599</v>
       </c>
       <c r="N33" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="O33" t="s">
         <v>600</v>
       </c>
       <c r="P33" t="s">
         <v>600</v>
       </c>
       <c r="Q33" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="B34" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C34" t="s">
         <v>66</v>
       </c>
       <c r="D34" t="s">
         <v>51</v>
       </c>
       <c r="E34" t="s">
         <v>586</v>
       </c>
       <c r="F34" t="s">
         <v>587</v>
       </c>
       <c r="G34" t="s">
         <v>588</v>
       </c>
       <c r="H34">
         <v>420111</v>
       </c>
       <c r="I34" t="s">
         <v>589</v>
       </c>
       <c r="J34" t="s">
         <v>590</v>
       </c>
       <c r="K34" t="s">
         <v>591</v>
       </c>
       <c r="L34" t="s">
         <v>51</v>
       </c>
       <c r="M34" t="s">
         <v>592</v>
       </c>
       <c r="N34" t="s">
         <v>593</v>
       </c>
       <c r="O34" t="s">
         <v>594</v>
       </c>
       <c r="P34" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="B35" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C35" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="D35" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="E35" t="s">
         <v>597</v>
       </c>
       <c r="G35" t="s">
         <v>587</v>
       </c>
       <c r="J35" t="s">
         <v>443</v>
       </c>
       <c r="K35" t="s">
         <v>598</v>
       </c>
       <c r="L35" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="M35" t="s">
         <v>599</v>
       </c>
       <c r="N35" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="O35" t="s">
         <v>600</v>
       </c>
       <c r="P35" t="s">
         <v>600</v>
       </c>
       <c r="Q35" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="B36" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C36" t="s">
         <v>66</v>
       </c>
       <c r="D36" t="s">
         <v>51</v>
       </c>
       <c r="E36" t="s">
         <v>586</v>
       </c>
       <c r="F36" t="s">
         <v>587</v>
       </c>
       <c r="G36" t="s">
         <v>588</v>
       </c>
       <c r="H36">
         <v>420111</v>
       </c>
       <c r="I36" t="s">
         <v>589</v>
       </c>
       <c r="J36" t="s">
         <v>590</v>
       </c>
       <c r="K36" t="s">
         <v>591</v>
       </c>
       <c r="L36" t="s">
         <v>51</v>
       </c>
       <c r="M36" t="s">
         <v>592</v>
       </c>
       <c r="N36" t="s">
         <v>593</v>
       </c>
       <c r="O36" t="s">
         <v>594</v>
       </c>
       <c r="P36" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B37" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C37" t="s">
-        <v>531</v>
+        <v>517</v>
       </c>
       <c r="D37" t="s">
-        <v>532</v>
+        <v>509</v>
       </c>
       <c r="E37" t="s">
         <v>597</v>
       </c>
       <c r="G37" t="s">
         <v>587</v>
       </c>
       <c r="J37" t="s">
         <v>443</v>
       </c>
       <c r="K37" t="s">
         <v>598</v>
       </c>
       <c r="L37" t="s">
-        <v>532</v>
+        <v>509</v>
       </c>
       <c r="M37" t="s">
         <v>599</v>
       </c>
       <c r="N37" t="s">
-        <v>532</v>
+        <v>509</v>
       </c>
       <c r="O37" t="s">
         <v>600</v>
       </c>
       <c r="P37" t="s">
         <v>600</v>
       </c>
       <c r="Q37" t="s">
-        <v>650</v>
+        <v>635</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="B38" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C38" t="s">
         <v>66</v>
       </c>
       <c r="D38" t="s">
         <v>51</v>
       </c>
       <c r="E38" t="s">
         <v>586</v>
       </c>
       <c r="F38" t="s">
         <v>587</v>
       </c>
       <c r="G38" t="s">
         <v>588</v>
       </c>
       <c r="H38">
         <v>420111</v>
       </c>
       <c r="I38" t="s">
         <v>589</v>
       </c>
       <c r="J38" t="s">
         <v>590</v>
       </c>
       <c r="K38" t="s">
         <v>591</v>
       </c>
       <c r="L38" t="s">
         <v>51</v>
       </c>
       <c r="M38" t="s">
         <v>592</v>
       </c>
       <c r="N38" t="s">
         <v>593</v>
       </c>
       <c r="O38" t="s">
         <v>594</v>
       </c>
       <c r="P38" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="B39" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C39" t="s">
-        <v>514</v>
+        <v>534</v>
       </c>
       <c r="D39" t="s">
-        <v>515</v>
+        <v>535</v>
       </c>
       <c r="E39" t="s">
         <v>597</v>
       </c>
       <c r="G39" t="s">
         <v>587</v>
       </c>
       <c r="J39" t="s">
         <v>443</v>
       </c>
       <c r="K39" t="s">
         <v>598</v>
       </c>
       <c r="L39" t="s">
-        <v>515</v>
+        <v>535</v>
       </c>
       <c r="M39" t="s">
         <v>599</v>
       </c>
       <c r="N39" t="s">
-        <v>515</v>
+        <v>535</v>
       </c>
       <c r="O39" t="s">
         <v>600</v>
       </c>
       <c r="P39" t="s">
         <v>600</v>
       </c>
       <c r="Q39" t="s">
-        <v>633</v>
+        <v>655</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="B40" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C40" t="s">
         <v>66</v>
       </c>
       <c r="D40" t="s">
         <v>51</v>
       </c>
       <c r="E40" t="s">
         <v>586</v>
       </c>
       <c r="F40" t="s">
         <v>587</v>
       </c>
       <c r="G40" t="s">
         <v>588</v>
       </c>
       <c r="H40">
         <v>420111</v>
       </c>
       <c r="I40" t="s">
         <v>589</v>
       </c>
       <c r="J40" t="s">
         <v>590</v>
       </c>
       <c r="K40" t="s">
         <v>591</v>
       </c>
       <c r="L40" t="s">
         <v>51</v>
       </c>
       <c r="M40" t="s">
         <v>592</v>
       </c>
       <c r="N40" t="s">
         <v>593</v>
       </c>
       <c r="O40" t="s">
         <v>594</v>
       </c>
       <c r="P40" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="B41" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C41" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="D41" t="s">
-        <v>536</v>
+        <v>506</v>
       </c>
       <c r="E41" t="s">
         <v>597</v>
       </c>
       <c r="G41" t="s">
         <v>587</v>
       </c>
       <c r="J41" t="s">
         <v>443</v>
       </c>
       <c r="K41" t="s">
         <v>598</v>
       </c>
       <c r="L41" t="s">
-        <v>536</v>
+        <v>506</v>
       </c>
       <c r="M41" t="s">
         <v>599</v>
       </c>
       <c r="N41" t="s">
-        <v>536</v>
+        <v>506</v>
       </c>
       <c r="O41" t="s">
         <v>600</v>
       </c>
       <c r="P41" t="s">
         <v>600</v>
       </c>
       <c r="Q41" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="B42" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C42" t="s">
         <v>66</v>
       </c>
       <c r="D42" t="s">
         <v>51</v>
       </c>
       <c r="E42" t="s">
         <v>586</v>
       </c>
       <c r="F42" t="s">
         <v>587</v>
       </c>
       <c r="G42" t="s">
         <v>588</v>
       </c>
       <c r="H42">
         <v>420111</v>
       </c>
       <c r="I42" t="s">
         <v>589</v>
       </c>
       <c r="J42" t="s">
         <v>590</v>
       </c>
       <c r="K42" t="s">
         <v>591</v>
       </c>
       <c r="L42" t="s">
         <v>51</v>
       </c>
       <c r="M42" t="s">
         <v>592</v>
       </c>
       <c r="N42" t="s">
         <v>593</v>
       </c>
       <c r="O42" t="s">
         <v>594</v>
       </c>
       <c r="P42" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="B43" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C43" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D43" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="E43" t="s">
         <v>597</v>
       </c>
       <c r="G43" t="s">
         <v>587</v>
       </c>
       <c r="J43" t="s">
         <v>443</v>
       </c>
       <c r="K43" t="s">
         <v>598</v>
       </c>
       <c r="L43" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="M43" t="s">
         <v>599</v>
       </c>
       <c r="N43" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="O43" t="s">
         <v>600</v>
       </c>
       <c r="P43" t="s">
         <v>600</v>
       </c>
       <c r="Q43" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="B44" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="C44" t="s">
         <v>66</v>
       </c>
       <c r="D44" t="s">
         <v>51</v>
       </c>
       <c r="E44" t="s">
         <v>586</v>
       </c>
       <c r="F44" t="s">
         <v>587</v>
       </c>
       <c r="G44" t="s">
         <v>588</v>
       </c>
       <c r="H44">
         <v>420111</v>
       </c>
       <c r="I44" t="s">
         <v>589</v>
       </c>
       <c r="J44" t="s">
         <v>590</v>
       </c>
       <c r="K44" t="s">
         <v>591</v>
       </c>
       <c r="L44" t="s">
         <v>51</v>
       </c>
       <c r="M44" t="s">
         <v>592</v>
       </c>
       <c r="N44" t="s">
         <v>593</v>
       </c>
       <c r="O44" t="s">
         <v>594</v>
       </c>
       <c r="P44" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="B45" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="C45" t="s">
-        <v>541</v>
+        <v>527</v>
       </c>
       <c r="D45" t="s">
         <v>542</v>
       </c>
       <c r="E45" t="s">
         <v>597</v>
       </c>
       <c r="G45" t="s">
         <v>587</v>
       </c>
       <c r="J45" t="s">
         <v>443</v>
       </c>
       <c r="K45" t="s">
         <v>598</v>
       </c>
       <c r="L45" t="s">
         <v>542</v>
       </c>
       <c r="M45" t="s">
         <v>599</v>
       </c>
       <c r="N45" t="s">
         <v>542</v>
       </c>
       <c r="O45" t="s">
         <v>600</v>
       </c>
       <c r="P45" t="s">
         <v>600</v>
       </c>
       <c r="Q45" t="s">
-        <v>661</v>
+        <v>647</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="B46" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="C46" t="s">
         <v>66</v>
       </c>
       <c r="D46" t="s">
         <v>51</v>
       </c>
       <c r="E46" t="s">
         <v>586</v>
       </c>
       <c r="F46" t="s">
         <v>587</v>
       </c>
       <c r="G46" t="s">
         <v>588</v>
       </c>
       <c r="H46">
         <v>420111</v>
       </c>
       <c r="I46" t="s">
         <v>589</v>
       </c>
       <c r="J46" t="s">
         <v>590</v>
       </c>
       <c r="K46" t="s">
         <v>591</v>
       </c>
       <c r="L46" t="s">
         <v>51</v>
       </c>
       <c r="M46" t="s">
         <v>592</v>
       </c>
       <c r="N46" t="s">
         <v>593</v>
       </c>
       <c r="O46" t="s">
         <v>594</v>
       </c>
       <c r="P46" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="B47" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="C47" t="s">
+        <v>522</v>
+      </c>
+      <c r="D47" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="E47" t="s">
         <v>597</v>
       </c>
       <c r="G47" t="s">
         <v>587</v>
       </c>
       <c r="J47" t="s">
         <v>443</v>
       </c>
       <c r="K47" t="s">
         <v>598</v>
       </c>
       <c r="L47" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="M47" t="s">
         <v>599</v>
       </c>
       <c r="N47" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="O47" t="s">
         <v>600</v>
       </c>
       <c r="P47" t="s">
         <v>600</v>
       </c>
       <c r="Q47" t="s">
-        <v>664</v>
+        <v>641</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B48" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="C48" t="s">
         <v>66</v>
       </c>
       <c r="D48" t="s">
         <v>51</v>
       </c>
       <c r="E48" t="s">
         <v>586</v>
       </c>
       <c r="F48" t="s">
         <v>587</v>
       </c>
       <c r="G48" t="s">
         <v>588</v>
       </c>
       <c r="H48">
         <v>420111</v>
       </c>
       <c r="I48" t="s">
         <v>589</v>
       </c>
       <c r="J48" t="s">
         <v>590</v>
       </c>
       <c r="K48" t="s">
         <v>591</v>
       </c>
       <c r="L48" t="s">
         <v>51</v>
       </c>
       <c r="M48" t="s">
         <v>592</v>
       </c>
       <c r="N48" t="s">
         <v>593</v>
       </c>
       <c r="O48" t="s">
         <v>594</v>
       </c>
       <c r="P48" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="B49" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="C49" t="s">
+        <v>546</v>
+      </c>
+      <c r="D49" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
       <c r="E49" t="s">
         <v>597</v>
       </c>
       <c r="G49" t="s">
         <v>587</v>
       </c>
       <c r="J49" t="s">
         <v>443</v>
       </c>
       <c r="K49" t="s">
         <v>598</v>
       </c>
       <c r="L49" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="M49" t="s">
         <v>599</v>
       </c>
       <c r="N49" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="O49" t="s">
         <v>600</v>
       </c>
       <c r="P49" t="s">
         <v>600</v>
       </c>
       <c r="Q49" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="B50" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="C50" t="s">
         <v>66</v>
       </c>
       <c r="D50" t="s">
         <v>51</v>
       </c>
       <c r="E50" t="s">
         <v>586</v>
       </c>
       <c r="F50" t="s">
         <v>587</v>
       </c>
       <c r="G50" t="s">
         <v>588</v>
       </c>
       <c r="H50">
         <v>420111</v>
       </c>
       <c r="I50" t="s">
         <v>589</v>
       </c>
       <c r="J50" t="s">
         <v>590</v>
       </c>
       <c r="K50" t="s">
         <v>591</v>
       </c>
       <c r="L50" t="s">
         <v>51</v>
       </c>
       <c r="M50" t="s">
         <v>592</v>
       </c>
       <c r="N50" t="s">
         <v>593</v>
       </c>
       <c r="O50" t="s">
         <v>594</v>
       </c>
       <c r="P50" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B51" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="C51" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="D51" t="s">
-        <v>551</v>
+        <v>488</v>
       </c>
       <c r="E51" t="s">
         <v>597</v>
       </c>
       <c r="G51" t="s">
         <v>587</v>
       </c>
       <c r="J51" t="s">
         <v>443</v>
       </c>
       <c r="K51" t="s">
         <v>598</v>
       </c>
       <c r="L51" t="s">
-        <v>551</v>
+        <v>488</v>
       </c>
       <c r="M51" t="s">
         <v>599</v>
       </c>
       <c r="N51" t="s">
-        <v>551</v>
+        <v>488</v>
       </c>
       <c r="O51" t="s">
         <v>600</v>
       </c>
       <c r="P51" t="s">
         <v>600</v>
       </c>
       <c r="Q51" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B52" t="s">
-        <v>276</v>
+        <v>265</v>
       </c>
       <c r="C52" t="s">
         <v>66</v>
       </c>
       <c r="D52" t="s">
         <v>51</v>
       </c>
       <c r="E52" t="s">
         <v>586</v>
       </c>
       <c r="F52" t="s">
         <v>587</v>
       </c>
       <c r="G52" t="s">
         <v>588</v>
       </c>
       <c r="H52">
         <v>420111</v>
       </c>
       <c r="I52" t="s">
         <v>589</v>
       </c>
       <c r="J52" t="s">
         <v>590</v>
       </c>
       <c r="K52" t="s">
         <v>591</v>
       </c>
       <c r="L52" t="s">
         <v>51</v>
       </c>
       <c r="M52" t="s">
         <v>592</v>
       </c>
       <c r="N52" t="s">
         <v>593</v>
       </c>
       <c r="O52" t="s">
         <v>594</v>
       </c>
       <c r="P52" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="B53" t="s">
-        <v>276</v>
+        <v>265</v>
       </c>
       <c r="C53" t="s">
-        <v>525</v>
+        <v>551</v>
       </c>
       <c r="D53" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="E53" t="s">
         <v>597</v>
       </c>
       <c r="G53" t="s">
         <v>587</v>
       </c>
       <c r="J53" t="s">
         <v>443</v>
       </c>
       <c r="K53" t="s">
         <v>598</v>
       </c>
       <c r="L53" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="M53" t="s">
         <v>599</v>
       </c>
       <c r="N53" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="O53" t="s">
         <v>600</v>
       </c>
       <c r="P53" t="s">
         <v>600</v>
       </c>
       <c r="Q53" t="s">
-        <v>644</v>
+        <v>674</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="B54" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="C54" t="s">
         <v>66</v>
       </c>
       <c r="D54" t="s">
         <v>51</v>
       </c>
       <c r="E54" t="s">
         <v>586</v>
       </c>
       <c r="F54" t="s">
         <v>587</v>
       </c>
       <c r="G54" t="s">
         <v>588</v>
       </c>
       <c r="H54">
         <v>420111</v>
       </c>
       <c r="I54" t="s">
         <v>589</v>
       </c>
       <c r="J54" t="s">
         <v>590</v>
       </c>
       <c r="K54" t="s">
         <v>591</v>
       </c>
       <c r="L54" t="s">
         <v>51</v>
       </c>
       <c r="M54" t="s">
         <v>592</v>
       </c>
       <c r="N54" t="s">
         <v>593</v>
       </c>
       <c r="O54" t="s">
         <v>594</v>
       </c>
       <c r="P54" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="B55" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="C55" t="s">
+        <v>554</v>
+      </c>
+      <c r="D55" t="s">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="E55" t="s">
         <v>597</v>
       </c>
       <c r="G55" t="s">
         <v>587</v>
       </c>
       <c r="J55" t="s">
         <v>443</v>
       </c>
       <c r="K55" t="s">
         <v>598</v>
       </c>
       <c r="L55" t="s">
-        <v>545</v>
+        <v>555</v>
       </c>
       <c r="M55" t="s">
-        <v>675</v>
+        <v>599</v>
       </c>
       <c r="N55" t="s">
-        <v>545</v>
+        <v>555</v>
       </c>
       <c r="O55" t="s">
         <v>600</v>
       </c>
       <c r="P55" t="s">
         <v>600</v>
       </c>
       <c r="Q55" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="B56" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
       <c r="C56" t="s">
         <v>66</v>
       </c>
       <c r="D56" t="s">
         <v>51</v>
       </c>
       <c r="E56" t="s">
         <v>586</v>
       </c>
       <c r="F56" t="s">
         <v>587</v>
       </c>
       <c r="G56" t="s">
         <v>588</v>
       </c>
       <c r="H56">
         <v>420111</v>
       </c>
       <c r="I56" t="s">
         <v>589</v>
       </c>
       <c r="J56" t="s">
         <v>590</v>
       </c>
       <c r="K56" t="s">
         <v>591</v>
       </c>
       <c r="L56" t="s">
         <v>51</v>
       </c>
       <c r="M56" t="s">
         <v>592</v>
       </c>
       <c r="N56" t="s">
         <v>593</v>
       </c>
       <c r="O56" t="s">
         <v>594</v>
       </c>
       <c r="P56" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B57" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
       <c r="C57" t="s">
         <v>557</v>
       </c>
       <c r="D57" t="s">
-        <v>523</v>
+        <v>558</v>
       </c>
       <c r="E57" t="s">
         <v>597</v>
       </c>
       <c r="G57" t="s">
         <v>587</v>
       </c>
       <c r="J57" t="s">
         <v>443</v>
       </c>
       <c r="K57" t="s">
         <v>598</v>
       </c>
       <c r="L57" t="s">
-        <v>523</v>
+        <v>558</v>
       </c>
       <c r="M57" t="s">
         <v>599</v>
       </c>
       <c r="N57" t="s">
-        <v>523</v>
+        <v>558</v>
       </c>
       <c r="O57" t="s">
         <v>600</v>
       </c>
       <c r="P57" t="s">
         <v>600</v>
       </c>
       <c r="Q57" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="B58" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="C58" t="s">
         <v>66</v>
       </c>
       <c r="D58" t="s">
         <v>51</v>
       </c>
       <c r="E58" t="s">
         <v>586</v>
       </c>
       <c r="F58" t="s">
         <v>587</v>
       </c>
       <c r="G58" t="s">
         <v>588</v>
       </c>
       <c r="H58">
         <v>420111</v>
       </c>
       <c r="I58" t="s">
         <v>589</v>
       </c>
       <c r="J58" t="s">
         <v>590</v>
       </c>
       <c r="K58" t="s">
         <v>591</v>
       </c>
       <c r="L58" t="s">
         <v>51</v>
       </c>
       <c r="M58" t="s">
         <v>592</v>
       </c>
       <c r="N58" t="s">
         <v>593</v>
       </c>
       <c r="O58" t="s">
         <v>594</v>
       </c>
       <c r="P58" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B59" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="C59" t="s">
-        <v>559</v>
+        <v>539</v>
       </c>
       <c r="D59" t="s">
-        <v>512</v>
+        <v>540</v>
       </c>
       <c r="E59" t="s">
         <v>597</v>
       </c>
       <c r="G59" t="s">
         <v>587</v>
       </c>
       <c r="J59" t="s">
         <v>443</v>
       </c>
       <c r="K59" t="s">
         <v>598</v>
       </c>
       <c r="L59" t="s">
-        <v>512</v>
+        <v>540</v>
       </c>
       <c r="M59" t="s">
         <v>599</v>
       </c>
       <c r="N59" t="s">
-        <v>512</v>
+        <v>540</v>
       </c>
       <c r="O59" t="s">
         <v>600</v>
       </c>
       <c r="P59" t="s">
         <v>600</v>
       </c>
       <c r="Q59" t="s">
-        <v>682</v>
+        <v>661</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>683</v>
       </c>
       <c r="B60" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="C60" t="s">
         <v>66</v>
       </c>
       <c r="D60" t="s">
         <v>51</v>
       </c>
       <c r="E60" t="s">
         <v>586</v>
       </c>
       <c r="F60" t="s">
         <v>587</v>
       </c>
       <c r="G60" t="s">
         <v>588</v>
       </c>
       <c r="H60">
         <v>420111</v>
       </c>
       <c r="I60" t="s">
         <v>589</v>
       </c>
       <c r="J60" t="s">
         <v>590</v>
       </c>
       <c r="K60" t="s">
         <v>591</v>
       </c>
       <c r="L60" t="s">
         <v>51</v>
       </c>
       <c r="M60" t="s">
         <v>592</v>
       </c>
       <c r="N60" t="s">
         <v>593</v>
       </c>
       <c r="O60" t="s">
         <v>594</v>
       </c>
       <c r="P60" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>684</v>
       </c>
       <c r="B61" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="C61" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="D61" t="s">
-        <v>512</v>
+        <v>558</v>
       </c>
       <c r="E61" t="s">
         <v>597</v>
       </c>
       <c r="G61" t="s">
         <v>587</v>
       </c>
       <c r="J61" t="s">
         <v>443</v>
       </c>
       <c r="K61" t="s">
         <v>598</v>
       </c>
       <c r="L61" t="s">
-        <v>512</v>
+        <v>558</v>
       </c>
       <c r="M61" t="s">
         <v>599</v>
       </c>
       <c r="N61" t="s">
-        <v>512</v>
+        <v>558</v>
       </c>
       <c r="O61" t="s">
         <v>600</v>
       </c>
       <c r="P61" t="s">
         <v>600</v>
       </c>
       <c r="Q61" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="B62" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="C62" t="s">
         <v>66</v>
       </c>
       <c r="D62" t="s">
         <v>51</v>
       </c>
       <c r="E62" t="s">
         <v>586</v>
       </c>
       <c r="F62" t="s">
         <v>587</v>
       </c>
       <c r="G62" t="s">
         <v>588</v>
       </c>
       <c r="H62">
         <v>420111</v>
       </c>
       <c r="I62" t="s">
         <v>589</v>
       </c>
       <c r="J62" t="s">
         <v>590</v>
       </c>
       <c r="K62" t="s">
         <v>591</v>
       </c>
       <c r="L62" t="s">
         <v>51</v>
       </c>
       <c r="M62" t="s">
         <v>592</v>
       </c>
       <c r="N62" t="s">
         <v>593</v>
       </c>
       <c r="O62" t="s">
         <v>594</v>
       </c>
       <c r="P62" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="B63" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="C63" t="s">
-        <v>484</v>
+        <v>563</v>
       </c>
       <c r="D63" t="s">
-        <v>485</v>
+        <v>564</v>
       </c>
       <c r="E63" t="s">
         <v>597</v>
       </c>
       <c r="G63" t="s">
         <v>587</v>
       </c>
       <c r="J63" t="s">
         <v>443</v>
       </c>
       <c r="K63" t="s">
         <v>598</v>
       </c>
       <c r="L63" t="s">
-        <v>485</v>
+        <v>564</v>
       </c>
       <c r="M63" t="s">
         <v>599</v>
       </c>
       <c r="N63" t="s">
-        <v>485</v>
+        <v>564</v>
       </c>
       <c r="O63" t="s">
         <v>600</v>
       </c>
       <c r="P63" t="s">
         <v>600</v>
       </c>
       <c r="Q63" t="s">
-        <v>601</v>
+        <v>688</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="B64" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C64" t="s">
         <v>66</v>
       </c>
       <c r="D64" t="s">
         <v>51</v>
       </c>
       <c r="E64" t="s">
         <v>586</v>
       </c>
       <c r="F64" t="s">
         <v>587</v>
       </c>
       <c r="G64" t="s">
         <v>588</v>
       </c>
       <c r="H64">
         <v>420111</v>
       </c>
       <c r="I64" t="s">
         <v>589</v>
       </c>
       <c r="J64" t="s">
         <v>590</v>
       </c>
       <c r="K64" t="s">
         <v>591</v>
       </c>
       <c r="L64" t="s">
         <v>51</v>
       </c>
       <c r="M64" t="s">
         <v>592</v>
       </c>
       <c r="N64" t="s">
         <v>593</v>
       </c>
       <c r="O64" t="s">
         <v>594</v>
       </c>
       <c r="P64" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="B65" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C65" t="s">
-        <v>517</v>
+        <v>527</v>
       </c>
       <c r="D65" t="s">
-        <v>518</v>
+        <v>566</v>
       </c>
       <c r="E65" t="s">
         <v>597</v>
       </c>
       <c r="G65" t="s">
         <v>587</v>
       </c>
       <c r="J65" t="s">
         <v>443</v>
       </c>
       <c r="K65" t="s">
         <v>598</v>
       </c>
       <c r="L65" t="s">
-        <v>518</v>
+        <v>566</v>
       </c>
       <c r="M65" t="s">
         <v>599</v>
       </c>
       <c r="N65" t="s">
-        <v>518</v>
+        <v>566</v>
       </c>
       <c r="O65" t="s">
         <v>600</v>
       </c>
       <c r="P65" t="s">
         <v>600</v>
       </c>
       <c r="Q65" t="s">
-        <v>636</v>
+        <v>647</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="B66" t="s">
         <v>315</v>
       </c>
       <c r="C66" t="s">
         <v>66</v>
       </c>
       <c r="D66" t="s">
         <v>51</v>
       </c>
       <c r="E66" t="s">
         <v>586</v>
       </c>
       <c r="F66" t="s">
         <v>587</v>
       </c>
       <c r="G66" t="s">
         <v>588</v>
       </c>
       <c r="H66">
         <v>420111</v>
       </c>
       <c r="I66" t="s">
         <v>589</v>
       </c>
       <c r="J66" t="s">
         <v>590</v>
       </c>
       <c r="K66" t="s">
         <v>591</v>
       </c>
       <c r="L66" t="s">
         <v>51</v>
       </c>
       <c r="M66" t="s">
         <v>592</v>
       </c>
       <c r="N66" t="s">
         <v>593</v>
       </c>
       <c r="O66" t="s">
         <v>594</v>
       </c>
       <c r="P66" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="B67" t="s">
         <v>315</v>
       </c>
       <c r="C67" t="s">
-        <v>544</v>
+        <v>487</v>
       </c>
       <c r="D67" t="s">
-        <v>545</v>
+        <v>488</v>
       </c>
       <c r="E67" t="s">
         <v>597</v>
       </c>
       <c r="G67" t="s">
         <v>587</v>
       </c>
       <c r="J67" t="s">
         <v>443</v>
       </c>
       <c r="K67" t="s">
         <v>598</v>
       </c>
       <c r="L67" t="s">
-        <v>545</v>
+        <v>488</v>
       </c>
       <c r="M67" t="s">
         <v>599</v>
       </c>
       <c r="N67" t="s">
-        <v>545</v>
+        <v>488</v>
       </c>
       <c r="O67" t="s">
         <v>600</v>
       </c>
       <c r="P67" t="s">
         <v>600</v>
       </c>
       <c r="Q67" t="s">
-        <v>664</v>
+        <v>604</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="B68" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C68" t="s">
         <v>66</v>
       </c>
       <c r="D68" t="s">
         <v>51</v>
       </c>
       <c r="E68" t="s">
         <v>586</v>
       </c>
       <c r="F68" t="s">
         <v>587</v>
       </c>
       <c r="G68" t="s">
         <v>588</v>
       </c>
       <c r="H68">
         <v>420111</v>
       </c>
       <c r="I68" t="s">
         <v>589</v>
       </c>
       <c r="J68" t="s">
         <v>590</v>
       </c>
       <c r="K68" t="s">
         <v>591</v>
       </c>
       <c r="L68" t="s">
         <v>51</v>
       </c>
       <c r="M68" t="s">
         <v>592</v>
       </c>
       <c r="N68" t="s">
         <v>593</v>
       </c>
       <c r="O68" t="s">
         <v>594</v>
       </c>
       <c r="P68" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="B69" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C69" t="s">
-        <v>544</v>
+        <v>517</v>
       </c>
       <c r="D69" t="s">
-        <v>545</v>
+        <v>509</v>
       </c>
       <c r="E69" t="s">
         <v>597</v>
       </c>
       <c r="G69" t="s">
         <v>587</v>
       </c>
       <c r="J69" t="s">
         <v>443</v>
       </c>
       <c r="K69" t="s">
         <v>598</v>
       </c>
       <c r="L69" t="s">
-        <v>545</v>
+        <v>509</v>
       </c>
       <c r="M69" t="s">
         <v>599</v>
       </c>
       <c r="N69" t="s">
-        <v>545</v>
+        <v>509</v>
       </c>
       <c r="O69" t="s">
         <v>600</v>
       </c>
       <c r="P69" t="s">
         <v>600</v>
       </c>
       <c r="Q69" t="s">
-        <v>664</v>
+        <v>635</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="B70" t="s">
         <v>326</v>
       </c>
       <c r="C70" t="s">
         <v>66</v>
       </c>
       <c r="D70" t="s">
         <v>51</v>
       </c>
       <c r="E70" t="s">
         <v>586</v>
       </c>
       <c r="F70" t="s">
         <v>587</v>
       </c>
       <c r="G70" t="s">
         <v>588</v>
       </c>
       <c r="H70">
         <v>420111</v>
       </c>
       <c r="I70" t="s">
         <v>589</v>
       </c>
       <c r="J70" t="s">
         <v>590</v>
       </c>
       <c r="K70" t="s">
         <v>591</v>
       </c>
       <c r="L70" t="s">
         <v>51</v>
       </c>
       <c r="M70" t="s">
         <v>592</v>
       </c>
       <c r="N70" t="s">
         <v>593</v>
       </c>
       <c r="O70" t="s">
         <v>594</v>
       </c>
       <c r="P70" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="B71" t="s">
         <v>326</v>
       </c>
       <c r="C71" t="s">
-        <v>566</v>
+        <v>530</v>
       </c>
       <c r="D71" t="s">
-        <v>485</v>
+        <v>531</v>
       </c>
       <c r="E71" t="s">
         <v>597</v>
       </c>
       <c r="G71" t="s">
         <v>587</v>
       </c>
       <c r="J71" t="s">
         <v>443</v>
       </c>
       <c r="K71" t="s">
         <v>598</v>
       </c>
       <c r="L71" t="s">
-        <v>485</v>
+        <v>531</v>
       </c>
       <c r="M71" t="s">
         <v>599</v>
       </c>
       <c r="N71" t="s">
-        <v>485</v>
+        <v>531</v>
       </c>
       <c r="O71" t="s">
         <v>600</v>
       </c>
       <c r="P71" t="s">
         <v>600</v>
       </c>
       <c r="Q71" t="s">
-        <v>695</v>
+        <v>650</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="B72" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C72" t="s">
         <v>66</v>
       </c>
       <c r="D72" t="s">
         <v>51</v>
       </c>
       <c r="E72" t="s">
         <v>586</v>
       </c>
       <c r="F72" t="s">
         <v>587</v>
       </c>
       <c r="G72" t="s">
         <v>588</v>
       </c>
       <c r="H72">
         <v>420111</v>
       </c>
       <c r="I72" t="s">
         <v>589</v>
       </c>
       <c r="J72" t="s">
         <v>590</v>
       </c>
       <c r="K72" t="s">
         <v>591</v>
       </c>
       <c r="L72" t="s">
         <v>51</v>
       </c>
       <c r="M72" t="s">
         <v>592</v>
       </c>
       <c r="N72" t="s">
         <v>593</v>
       </c>
       <c r="O72" t="s">
         <v>594</v>
       </c>
       <c r="P72" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="B73" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C73" t="s">
-        <v>568</v>
+        <v>557</v>
       </c>
       <c r="D73" t="s">
-        <v>569</v>
+        <v>558</v>
       </c>
       <c r="E73" t="s">
         <v>597</v>
       </c>
       <c r="G73" t="s">
         <v>587</v>
       </c>
       <c r="J73" t="s">
         <v>443</v>
       </c>
       <c r="K73" t="s">
         <v>598</v>
       </c>
       <c r="L73" t="s">
-        <v>569</v>
+        <v>558</v>
       </c>
       <c r="M73" t="s">
         <v>599</v>
       </c>
       <c r="N73" t="s">
-        <v>569</v>
+        <v>558</v>
       </c>
       <c r="O73" t="s">
         <v>600</v>
       </c>
       <c r="P73" t="s">
         <v>600</v>
       </c>
       <c r="Q73" t="s">
-        <v>698</v>
+        <v>680</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>699</v>
       </c>
       <c r="B74" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="C74" t="s">
         <v>66</v>
       </c>
       <c r="D74" t="s">
         <v>51</v>
       </c>
       <c r="E74" t="s">
         <v>586</v>
       </c>
       <c r="F74" t="s">
         <v>587</v>
       </c>
       <c r="G74" t="s">
         <v>588</v>
       </c>
       <c r="H74">
         <v>420111</v>
       </c>
       <c r="I74" t="s">
         <v>589</v>
       </c>
       <c r="J74" t="s">
         <v>590</v>
       </c>
       <c r="K74" t="s">
         <v>591</v>
       </c>
       <c r="L74" t="s">
         <v>51</v>
       </c>
       <c r="M74" t="s">
         <v>592</v>
       </c>
       <c r="N74" t="s">
         <v>593</v>
       </c>
       <c r="O74" t="s">
         <v>594</v>
       </c>
       <c r="P74" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>700</v>
       </c>
       <c r="B75" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="C75" t="s">
-        <v>525</v>
+        <v>487</v>
       </c>
       <c r="D75" t="s">
-        <v>571</v>
+        <v>488</v>
       </c>
       <c r="E75" t="s">
         <v>597</v>
       </c>
       <c r="G75" t="s">
         <v>587</v>
       </c>
       <c r="J75" t="s">
         <v>443</v>
       </c>
       <c r="K75" t="s">
         <v>598</v>
       </c>
       <c r="L75" t="s">
-        <v>571</v>
+        <v>488</v>
       </c>
       <c r="M75" t="s">
         <v>599</v>
       </c>
       <c r="N75" t="s">
-        <v>571</v>
+        <v>488</v>
       </c>
       <c r="O75" t="s">
         <v>600</v>
       </c>
       <c r="P75" t="s">
         <v>600</v>
       </c>
       <c r="Q75" t="s">
-        <v>644</v>
+        <v>604</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -17593,1539 +17593,1539 @@
       <c r="A2" t="s">
         <v>706</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="C2" t="s">
         <v>47</v>
       </c>
       <c r="D2" t="s">
         <v>357</v>
       </c>
       <c r="E2" t="s">
         <v>53</v>
       </c>
       <c r="F2" t="s">
         <v>53</v>
       </c>
       <c r="G2" t="s">
         <v>64</v>
       </c>
       <c r="H2" t="s">
         <v>54</v>
       </c>
       <c r="I2">
-        <v>2330900</v>
+        <v>800000</v>
       </c>
       <c r="J2" t="s">
         <v>69</v>
       </c>
       <c r="K2" t="s">
         <v>62</v>
       </c>
       <c r="L2" t="s">
         <v>63</v>
       </c>
       <c r="M2">
-        <v>-99</v>
+        <v>74</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>707</v>
       </c>
       <c r="B3" t="s">
         <v>70</v>
       </c>
       <c r="C3" t="s">
         <v>73</v>
       </c>
       <c r="D3" t="s">
         <v>359</v>
       </c>
       <c r="E3" t="s">
         <v>74</v>
       </c>
       <c r="F3" t="s">
         <v>74</v>
       </c>
       <c r="G3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H3" t="s">
         <v>54</v>
       </c>
       <c r="I3">
-        <v>142718303</v>
+        <v>3000000</v>
       </c>
       <c r="J3" t="s">
         <v>69</v>
       </c>
       <c r="K3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="L3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M3">
-        <v>53</v>
+        <v>85</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>708</v>
       </c>
       <c r="B4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C4" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D4" t="s">
         <v>361</v>
       </c>
       <c r="E4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="G4" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="H4" t="s">
         <v>54</v>
       </c>
       <c r="I4">
-        <v>188678048</v>
+        <v>63482383</v>
       </c>
       <c r="J4" t="s">
         <v>69</v>
       </c>
       <c r="K4" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="L4" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="M4">
-        <v>59</v>
+        <v>366</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>709</v>
       </c>
       <c r="B5" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C5" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="D5" t="s">
         <v>363</v>
       </c>
       <c r="E5" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F5" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="G5" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H5" t="s">
         <v>54</v>
       </c>
       <c r="I5">
-        <v>2000000</v>
+        <v>22000000</v>
       </c>
       <c r="J5" t="s">
         <v>69</v>
       </c>
       <c r="K5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="L5" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="M5">
-        <v>58</v>
+        <v>89</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>710</v>
       </c>
       <c r="B6" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C6" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D6" t="s">
         <v>365</v>
       </c>
       <c r="E6" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F6" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="G6" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="H6" t="s">
         <v>54</v>
       </c>
       <c r="I6">
-        <v>24932330</v>
+        <v>153250660</v>
       </c>
       <c r="J6" t="s">
         <v>69</v>
       </c>
       <c r="K6" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="L6" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="M6">
-        <v>97</v>
+        <v>-75</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>711</v>
       </c>
       <c r="B7" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C7" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D7" t="s">
         <v>367</v>
       </c>
       <c r="E7" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="F7" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="G7" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="H7" t="s">
         <v>54</v>
       </c>
       <c r="I7">
-        <v>61182114</v>
+        <v>15000000</v>
       </c>
       <c r="J7" t="s">
         <v>69</v>
       </c>
       <c r="K7" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="L7" t="s">
-        <v>85</v>
+        <v>118</v>
       </c>
       <c r="M7">
-        <v>86</v>
+        <v>57</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>712</v>
       </c>
       <c r="B8" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C8" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D8" t="s">
         <v>369</v>
       </c>
       <c r="E8" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F8" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G8" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H8" t="s">
         <v>54</v>
       </c>
       <c r="I8">
-        <v>455685143</v>
+        <v>748270000</v>
       </c>
       <c r="J8" t="s">
         <v>69</v>
       </c>
       <c r="K8" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="L8" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="M8">
-        <v>137</v>
+        <v>219</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>713</v>
       </c>
       <c r="B9" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C9" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D9" t="s">
         <v>371</v>
       </c>
       <c r="E9" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F9" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G9" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="H9" t="s">
         <v>54</v>
       </c>
       <c r="I9">
-        <v>22000000</v>
+        <v>188678048</v>
       </c>
       <c r="J9" t="s">
         <v>69</v>
       </c>
       <c r="K9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="L9" t="s">
-        <v>87</v>
+        <v>137</v>
       </c>
       <c r="M9">
-        <v>89</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>714</v>
       </c>
       <c r="B10" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C10" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D10" t="s">
         <v>373</v>
       </c>
       <c r="E10" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F10" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G10" t="s">
-        <v>106</v>
+        <v>78</v>
       </c>
       <c r="H10" t="s">
         <v>54</v>
       </c>
       <c r="I10">
-        <v>1809800</v>
+        <v>4500000</v>
       </c>
       <c r="J10" t="s">
         <v>69</v>
       </c>
       <c r="K10" t="s">
-        <v>143</v>
+        <v>76</v>
       </c>
       <c r="L10" t="s">
-        <v>144</v>
+        <v>77</v>
       </c>
       <c r="M10">
-        <v>61</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>715</v>
       </c>
       <c r="B11" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C11" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="D11" t="s">
         <v>375</v>
       </c>
       <c r="E11" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F11" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="G11" t="s">
         <v>153</v>
       </c>
       <c r="H11" t="s">
         <v>54</v>
       </c>
       <c r="I11">
-        <v>15000000</v>
+        <v>157832583</v>
       </c>
       <c r="J11" t="s">
         <v>69</v>
       </c>
       <c r="K11" t="s">
-        <v>105</v>
+        <v>151</v>
       </c>
       <c r="L11" t="s">
         <v>152</v>
       </c>
       <c r="M11">
-        <v>57</v>
+        <v>366</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>716</v>
       </c>
       <c r="B12" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C12" t="s">
         <v>158</v>
       </c>
       <c r="D12" t="s">
         <v>377</v>
       </c>
       <c r="E12" t="s">
         <v>159</v>
       </c>
       <c r="F12" t="s">
         <v>159</v>
       </c>
       <c r="G12" t="s">
         <v>163</v>
       </c>
       <c r="H12" t="s">
         <v>54</v>
       </c>
       <c r="I12">
-        <v>8000000</v>
+        <v>1809800</v>
       </c>
       <c r="J12" t="s">
         <v>69</v>
       </c>
       <c r="K12" t="s">
         <v>161</v>
       </c>
       <c r="L12" t="s">
         <v>162</v>
       </c>
       <c r="M12">
-        <v>272</v>
+        <v>61</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>717</v>
       </c>
       <c r="B13" t="s">
         <v>166</v>
       </c>
       <c r="C13" t="s">
         <v>168</v>
       </c>
       <c r="D13" t="s">
         <v>379</v>
       </c>
       <c r="E13" t="s">
         <v>169</v>
       </c>
       <c r="F13" t="s">
         <v>169</v>
       </c>
       <c r="G13" t="s">
-        <v>172</v>
+        <v>78</v>
       </c>
       <c r="H13" t="s">
         <v>54</v>
       </c>
       <c r="I13">
-        <v>21525000</v>
+        <v>3000000</v>
       </c>
       <c r="J13" t="s">
         <v>69</v>
       </c>
       <c r="K13" t="s">
-        <v>105</v>
+        <v>76</v>
       </c>
       <c r="L13" t="s">
-        <v>171</v>
+        <v>77</v>
       </c>
       <c r="M13">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>718</v>
       </c>
       <c r="B14" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C14" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D14" t="s">
         <v>381</v>
       </c>
       <c r="E14" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="F14" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="G14" t="s">
-        <v>97</v>
+        <v>83</v>
       </c>
       <c r="H14" t="s">
         <v>54</v>
       </c>
       <c r="I14">
-        <v>0</v>
+        <v>1668000000</v>
       </c>
       <c r="J14" t="s">
         <v>69</v>
       </c>
       <c r="K14" t="s">
-        <v>105</v>
+        <v>176</v>
       </c>
       <c r="L14" t="s">
-        <v>106</v>
+        <v>152</v>
       </c>
       <c r="M14">
-        <v>97</v>
+        <v>367</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>719</v>
       </c>
       <c r="B15" t="s">
+        <v>179</v>
+      </c>
+      <c r="C15" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="D15" t="s">
         <v>383</v>
       </c>
       <c r="E15" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="F15" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="G15" t="s">
-        <v>127</v>
+        <v>185</v>
       </c>
       <c r="H15" t="s">
         <v>54</v>
       </c>
       <c r="I15">
-        <v>445585143</v>
+        <v>37500120</v>
       </c>
       <c r="J15" t="s">
         <v>69</v>
       </c>
       <c r="K15" t="s">
-        <v>125</v>
+        <v>183</v>
       </c>
       <c r="L15" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="M15">
-        <v>126</v>
+        <v>146</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>720</v>
       </c>
       <c r="B16" t="s">
         <v>188</v>
       </c>
       <c r="C16" t="s">
         <v>190</v>
       </c>
       <c r="D16" t="s">
         <v>385</v>
       </c>
       <c r="E16" t="s">
         <v>191</v>
       </c>
       <c r="F16" t="s">
         <v>191</v>
       </c>
       <c r="G16" t="s">
         <v>194</v>
       </c>
       <c r="H16" t="s">
         <v>54</v>
       </c>
       <c r="I16">
-        <v>37500120</v>
+        <v>61182114</v>
       </c>
       <c r="J16" t="s">
         <v>69</v>
       </c>
       <c r="K16" t="s">
         <v>193</v>
       </c>
       <c r="L16" t="s">
-        <v>157</v>
+        <v>136</v>
       </c>
       <c r="M16">
-        <v>146</v>
+        <v>86</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>721</v>
       </c>
       <c r="B17" t="s">
         <v>197</v>
       </c>
       <c r="C17" t="s">
         <v>199</v>
       </c>
       <c r="D17" t="s">
         <v>387</v>
       </c>
       <c r="E17" t="s">
         <v>200</v>
       </c>
       <c r="F17" t="s">
         <v>200</v>
       </c>
       <c r="G17" t="s">
-        <v>127</v>
+        <v>204</v>
       </c>
       <c r="H17" t="s">
         <v>54</v>
       </c>
       <c r="I17">
-        <v>445322643</v>
+        <v>443797643</v>
       </c>
       <c r="J17" t="s">
         <v>69</v>
       </c>
       <c r="K17" t="s">
-        <v>125</v>
+        <v>202</v>
       </c>
       <c r="L17" t="s">
+        <v>203</v>
+      </c>
+      <c r="M17">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>722</v>
       </c>
       <c r="B18" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C18" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="D18" t="s">
         <v>389</v>
       </c>
       <c r="E18" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="F18" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="G18" t="s">
-        <v>163</v>
+        <v>212</v>
       </c>
       <c r="H18" t="s">
         <v>54</v>
       </c>
       <c r="I18">
-        <v>7000000</v>
+        <v>0</v>
       </c>
       <c r="J18" t="s">
         <v>69</v>
       </c>
       <c r="K18" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="L18" t="s">
-        <v>106</v>
+        <v>163</v>
       </c>
       <c r="M18">
         <v>97</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>723</v>
       </c>
       <c r="B19" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C19" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="D19" t="s">
         <v>391</v>
       </c>
       <c r="E19" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="F19" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="G19" t="s">
-        <v>216</v>
+        <v>78</v>
       </c>
       <c r="H19" t="s">
         <v>54</v>
       </c>
       <c r="I19">
-        <v>6200000</v>
+        <v>1366650</v>
       </c>
       <c r="J19" t="s">
         <v>69</v>
       </c>
       <c r="K19" t="s">
-        <v>214</v>
+        <v>76</v>
       </c>
       <c r="L19" t="s">
-        <v>215</v>
+        <v>77</v>
       </c>
       <c r="M19">
-        <v>19</v>
+        <v>85</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>724</v>
       </c>
       <c r="B20" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D20" t="s">
         <v>393</v>
       </c>
       <c r="E20" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="F20" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="G20" t="s">
-        <v>224</v>
+        <v>212</v>
       </c>
       <c r="H20" t="s">
         <v>54</v>
       </c>
       <c r="I20">
-        <v>10000000</v>
+        <v>10631500</v>
       </c>
       <c r="J20" t="s">
         <v>69</v>
       </c>
       <c r="K20" t="s">
-        <v>223</v>
+        <v>161</v>
       </c>
       <c r="L20" t="s">
-        <v>95</v>
+        <v>226</v>
       </c>
       <c r="M20">
-        <v>95</v>
+        <v>57</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>725</v>
       </c>
       <c r="B21" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C21" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D21" t="s">
         <v>395</v>
       </c>
       <c r="E21" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F21" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G21" t="s">
-        <v>234</v>
+        <v>204</v>
       </c>
       <c r="H21" t="s">
         <v>54</v>
       </c>
       <c r="I21">
-        <v>748270000</v>
+        <v>455685143</v>
       </c>
       <c r="J21" t="s">
         <v>69</v>
       </c>
       <c r="K21" t="s">
-        <v>232</v>
+        <v>202</v>
       </c>
       <c r="L21" t="s">
-        <v>233</v>
+        <v>107</v>
       </c>
       <c r="M21">
-        <v>219</v>
+        <v>137</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>726</v>
       </c>
       <c r="B22" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C22" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="D22" t="s">
         <v>397</v>
       </c>
       <c r="E22" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="F22" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="G22" t="s">
-        <v>121</v>
+        <v>90</v>
       </c>
       <c r="H22" t="s">
         <v>54</v>
       </c>
       <c r="I22">
-        <v>1668000000</v>
+        <v>10000000</v>
       </c>
       <c r="J22" t="s">
         <v>69</v>
       </c>
       <c r="K22" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="L22" t="s">
-        <v>243</v>
+        <v>89</v>
       </c>
       <c r="M22">
-        <v>367</v>
+        <v>95</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>727</v>
       </c>
       <c r="B23" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="C23" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="D23" t="s">
         <v>399</v>
       </c>
       <c r="E23" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="F23" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="G23" t="s">
-        <v>224</v>
+        <v>204</v>
       </c>
       <c r="H23" t="s">
         <v>54</v>
       </c>
       <c r="I23">
-        <v>63482383</v>
+        <v>445322643</v>
       </c>
       <c r="J23" t="s">
         <v>69</v>
       </c>
       <c r="K23" t="s">
-        <v>252</v>
+        <v>202</v>
       </c>
       <c r="L23" t="s">
-        <v>95</v>
+        <v>107</v>
       </c>
       <c r="M23">
-        <v>366</v>
+        <v>137</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>728</v>
       </c>
       <c r="B24" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="C24" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="D24" t="s">
         <v>401</v>
       </c>
       <c r="E24" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="F24" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="G24" t="s">
-        <v>97</v>
+        <v>153</v>
       </c>
       <c r="H24" t="s">
         <v>54</v>
       </c>
       <c r="I24">
-        <v>400000</v>
+        <v>24932330</v>
       </c>
       <c r="J24" t="s">
         <v>69</v>
       </c>
       <c r="K24" t="s">
-        <v>259</v>
+        <v>117</v>
       </c>
       <c r="L24" t="s">
-        <v>260</v>
+        <v>163</v>
       </c>
       <c r="M24">
-        <v>85</v>
+        <v>97</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>729</v>
       </c>
       <c r="B25" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="C25" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="D25" t="s">
         <v>403</v>
       </c>
       <c r="E25" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="F25" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="G25" t="s">
-        <v>97</v>
+        <v>212</v>
       </c>
       <c r="H25" t="s">
         <v>54</v>
       </c>
       <c r="I25">
-        <v>10631500</v>
+        <v>2000000</v>
       </c>
       <c r="J25" t="s">
         <v>69</v>
       </c>
       <c r="K25" t="s">
-        <v>143</v>
+        <v>89</v>
       </c>
       <c r="L25" t="s">
-        <v>63</v>
+        <v>258</v>
       </c>
       <c r="M25">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>730</v>
       </c>
       <c r="B26" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="C26" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="D26" t="s">
         <v>405</v>
       </c>
       <c r="E26" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="F26" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="G26" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="H26" t="s">
         <v>54</v>
       </c>
       <c r="I26">
-        <v>157832583</v>
+        <v>3000000</v>
       </c>
       <c r="J26" t="s">
         <v>69</v>
       </c>
       <c r="K26" t="s">
-        <v>274</v>
+        <v>76</v>
       </c>
       <c r="L26" t="s">
-        <v>243</v>
+        <v>77</v>
       </c>
       <c r="M26">
-        <v>366</v>
+        <v>85</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>731</v>
       </c>
       <c r="B27" t="s">
-        <v>276</v>
+        <v>265</v>
       </c>
       <c r="C27" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="D27" t="s">
         <v>407</v>
       </c>
       <c r="E27" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="F27" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="G27" t="s">
-        <v>64</v>
+        <v>270</v>
       </c>
       <c r="H27" t="s">
         <v>54</v>
       </c>
       <c r="I27">
-        <v>20158220</v>
+        <v>7000000</v>
       </c>
       <c r="J27" t="s">
         <v>69</v>
       </c>
       <c r="K27" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="L27" t="s">
-        <v>126</v>
+        <v>163</v>
       </c>
       <c r="M27">
-        <v>137</v>
+        <v>97</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>732</v>
       </c>
       <c r="B28" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="C28" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="D28" t="s">
         <v>409</v>
       </c>
       <c r="E28" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="F28" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="G28" t="s">
-        <v>285</v>
+        <v>204</v>
       </c>
       <c r="H28" t="s">
         <v>54</v>
       </c>
       <c r="I28">
-        <v>4500000</v>
+        <v>445585143</v>
       </c>
       <c r="J28" t="s">
         <v>69</v>
       </c>
       <c r="K28" t="s">
-        <v>259</v>
+        <v>202</v>
       </c>
       <c r="L28" t="s">
-        <v>260</v>
+        <v>203</v>
       </c>
       <c r="M28">
-        <v>85</v>
+        <v>126</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>733</v>
       </c>
       <c r="B29" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
       <c r="C29" t="s">
-        <v>290</v>
+        <v>281</v>
       </c>
       <c r="D29" t="s">
         <v>411</v>
       </c>
       <c r="E29" t="s">
-        <v>291</v>
+        <v>282</v>
       </c>
       <c r="F29" t="s">
-        <v>291</v>
+        <v>282</v>
       </c>
       <c r="G29" t="s">
-        <v>64</v>
+        <v>270</v>
       </c>
       <c r="H29" t="s">
         <v>54</v>
       </c>
       <c r="I29">
-        <v>153250660</v>
+        <v>5307543</v>
       </c>
       <c r="J29" t="s">
         <v>69</v>
       </c>
       <c r="K29" t="s">
-        <v>126</v>
+        <v>76</v>
       </c>
       <c r="L29" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="M29">
-        <v>-75</v>
+        <v>55</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>734</v>
       </c>
       <c r="B30" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="C30" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="D30" t="s">
         <v>413</v>
       </c>
       <c r="E30" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="F30" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="G30" t="s">
-        <v>163</v>
+        <v>290</v>
       </c>
       <c r="H30" t="s">
         <v>54</v>
       </c>
       <c r="I30">
-        <v>6000000</v>
+        <v>21525000</v>
       </c>
       <c r="J30" t="s">
         <v>69</v>
       </c>
       <c r="K30" t="s">
-        <v>297</v>
+        <v>117</v>
       </c>
       <c r="L30" t="s">
-        <v>144</v>
+        <v>289</v>
       </c>
       <c r="M30">
-        <v>154</v>
+        <v>87</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>735</v>
       </c>
       <c r="B31" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="C31" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="D31" t="s">
         <v>415</v>
       </c>
       <c r="E31" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="F31" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="G31" t="s">
-        <v>163</v>
+        <v>270</v>
       </c>
       <c r="H31" t="s">
         <v>54</v>
       </c>
       <c r="I31">
-        <v>5307543</v>
+        <v>8000000</v>
       </c>
       <c r="J31" t="s">
         <v>69</v>
       </c>
       <c r="K31" t="s">
-        <v>259</v>
+        <v>297</v>
       </c>
       <c r="L31" t="s">
-        <v>144</v>
+        <v>298</v>
       </c>
       <c r="M31">
-        <v>55</v>
+        <v>272</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>736</v>
       </c>
       <c r="B32" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="C32" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="D32" t="s">
         <v>417</v>
       </c>
       <c r="E32" t="s">
+        <v>303</v>
+      </c>
+      <c r="F32" t="s">
+        <v>303</v>
+      </c>
+      <c r="G32" t="s">
         <v>307</v>
-      </c>
-[...4 lines deleted...]
-        <v>285</v>
       </c>
       <c r="H32" t="s">
         <v>54</v>
       </c>
       <c r="I32">
-        <v>3000000</v>
+        <v>6200000</v>
       </c>
       <c r="J32" t="s">
         <v>69</v>
       </c>
       <c r="K32" t="s">
-        <v>259</v>
+        <v>305</v>
       </c>
       <c r="L32" t="s">
-        <v>260</v>
+        <v>306</v>
       </c>
       <c r="M32">
-        <v>85</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>737</v>
       </c>
       <c r="B33" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C33" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D33" t="s">
         <v>419</v>
       </c>
       <c r="E33" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F33" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="G33" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="H33" t="s">
         <v>54</v>
       </c>
       <c r="I33">
-        <v>12907400</v>
+        <v>20158220</v>
       </c>
       <c r="J33" t="s">
         <v>69</v>
       </c>
       <c r="K33" t="s">
-        <v>313</v>
+        <v>202</v>
       </c>
       <c r="L33" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="M33">
-        <v>-18188</v>
+        <v>137</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>738</v>
       </c>
       <c r="B34" t="s">
         <v>315</v>
       </c>
       <c r="C34" t="s">
         <v>317</v>
       </c>
       <c r="D34" t="s">
         <v>421</v>
       </c>
       <c r="E34" t="s">
         <v>318</v>
       </c>
       <c r="F34" t="s">
         <v>318</v>
       </c>
       <c r="G34" t="s">
-        <v>285</v>
+        <v>109</v>
       </c>
       <c r="H34" t="s">
         <v>54</v>
       </c>
       <c r="I34">
-        <v>3000000</v>
+        <v>2330900</v>
       </c>
       <c r="J34" t="s">
         <v>69</v>
       </c>
       <c r="K34" t="s">
-        <v>259</v>
+        <v>319</v>
       </c>
       <c r="L34" t="s">
-        <v>260</v>
+        <v>226</v>
       </c>
       <c r="M34">
-        <v>85</v>
+        <v>-99</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>739</v>
       </c>
       <c r="B35" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C35" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D35" t="s">
         <v>423</v>
       </c>
       <c r="E35" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F35" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="G35" t="s">
-        <v>285</v>
+        <v>212</v>
       </c>
       <c r="H35" t="s">
         <v>54</v>
       </c>
       <c r="I35">
-        <v>1366650</v>
+        <v>400000</v>
       </c>
       <c r="J35" t="s">
         <v>69</v>
       </c>
       <c r="K35" t="s">
-        <v>259</v>
+        <v>76</v>
       </c>
       <c r="L35" t="s">
-        <v>260</v>
+        <v>77</v>
       </c>
       <c r="M35">
         <v>85</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>740</v>
       </c>
       <c r="B36" t="s">
         <v>326</v>
       </c>
       <c r="C36" t="s">
         <v>328</v>
       </c>
       <c r="D36" t="s">
         <v>425</v>
       </c>
       <c r="E36" t="s">
         <v>329</v>
       </c>
       <c r="F36" t="s">
         <v>329</v>
       </c>
       <c r="G36" t="s">
-        <v>285</v>
+        <v>212</v>
       </c>
       <c r="H36" t="s">
         <v>54</v>
       </c>
       <c r="I36">
-        <v>3000000</v>
+        <v>12907400</v>
       </c>
       <c r="J36" t="s">
         <v>69</v>
       </c>
       <c r="K36" t="s">
-        <v>259</v>
+        <v>330</v>
       </c>
       <c r="L36" t="s">
-        <v>260</v>
+        <v>212</v>
       </c>
       <c r="M36">
-        <v>85</v>
+        <v>-18188</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>741</v>
       </c>
       <c r="B37" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C37" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D37" t="s">
         <v>427</v>
       </c>
       <c r="E37" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F37" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="G37" t="s">
-        <v>338</v>
+        <v>270</v>
       </c>
       <c r="H37" t="s">
         <v>54</v>
       </c>
       <c r="I37">
-        <v>800000</v>
+        <v>6000000</v>
       </c>
       <c r="J37" t="s">
         <v>69</v>
       </c>
       <c r="K37" t="s">
         <v>336</v>
       </c>
       <c r="L37" t="s">
-        <v>337</v>
+        <v>162</v>
       </c>
       <c r="M37">
-        <v>74</v>
+        <v>154</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>742</v>
       </c>
       <c r="B38" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="C38" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="D38" t="s">
         <v>429</v>
       </c>
       <c r="E38" t="s">
+        <v>341</v>
+      </c>
+      <c r="F38" t="s">
+        <v>341</v>
+      </c>
+      <c r="G38" t="s">
         <v>344</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
       <c r="H38" t="s">
         <v>54</v>
       </c>
       <c r="I38">
-        <v>443797643</v>
+        <v>142718303</v>
       </c>
       <c r="J38" t="s">
         <v>69</v>
       </c>
       <c r="K38" t="s">
-        <v>125</v>
+        <v>342</v>
       </c>
       <c r="L38" t="s">
-        <v>186</v>
+        <v>343</v>
       </c>
       <c r="M38">
-        <v>126</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>743</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>347</v>
       </c>
@@ -19210,454 +19210,457 @@
       </c>
       <c r="G3" t="s">
         <v>439</v>
       </c>
       <c r="H3">
         <v>165134</v>
       </c>
       <c r="I3" t="s">
         <v>441</v>
       </c>
       <c r="J3" t="s">
         <v>442</v>
       </c>
       <c r="K3" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>746</v>
       </c>
       <c r="B4" t="s">
         <v>708</v>
       </c>
       <c r="C4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D4" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F4">
         <v>1</v>
       </c>
       <c r="G4" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="H4">
-        <v>165134</v>
+        <v>165160</v>
       </c>
       <c r="I4" t="s">
         <v>441</v>
       </c>
       <c r="J4" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="K4" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>747</v>
       </c>
       <c r="B5" t="s">
         <v>709</v>
       </c>
       <c r="C5" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D5" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="E5" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F5">
         <v>1</v>
       </c>
       <c r="G5" t="s">
         <v>439</v>
       </c>
       <c r="H5">
         <v>165134</v>
       </c>
       <c r="I5" t="s">
         <v>441</v>
       </c>
       <c r="J5" t="s">
         <v>442</v>
       </c>
       <c r="K5" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>748</v>
       </c>
       <c r="B6" t="s">
         <v>710</v>
       </c>
       <c r="C6" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D6" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="E6" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F6">
         <v>1</v>
       </c>
       <c r="G6" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="H6">
-        <v>165134</v>
+        <v>165160</v>
       </c>
       <c r="I6" t="s">
         <v>441</v>
       </c>
       <c r="J6" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="K6" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>749</v>
       </c>
       <c r="B7" t="s">
         <v>711</v>
       </c>
       <c r="C7" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D7" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E7" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="F7">
         <v>1</v>
       </c>
       <c r="G7" t="s">
         <v>439</v>
       </c>
       <c r="H7">
         <v>165134</v>
       </c>
       <c r="I7" t="s">
         <v>441</v>
       </c>
       <c r="J7" t="s">
         <v>442</v>
       </c>
       <c r="K7" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>750</v>
       </c>
       <c r="B8" t="s">
         <v>712</v>
       </c>
       <c r="C8" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D8" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E8" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F8">
         <v>1</v>
       </c>
       <c r="G8" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="H8">
         <v>165160</v>
       </c>
       <c r="I8" t="s">
         <v>441</v>
       </c>
       <c r="J8" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="K8" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>751</v>
       </c>
       <c r="B9" t="s">
         <v>713</v>
       </c>
       <c r="C9" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D9" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E9" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F9">
         <v>1</v>
       </c>
       <c r="G9" t="s">
         <v>439</v>
       </c>
       <c r="H9">
         <v>165134</v>
       </c>
       <c r="I9" t="s">
         <v>441</v>
       </c>
       <c r="J9" t="s">
         <v>442</v>
       </c>
       <c r="K9" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>752</v>
       </c>
       <c r="B10" t="s">
         <v>714</v>
       </c>
       <c r="C10" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D10" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E10" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F10">
         <v>1</v>
       </c>
       <c r="G10" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="H10">
         <v>165134</v>
       </c>
       <c r="I10" t="s">
         <v>441</v>
       </c>
       <c r="J10" t="s">
         <v>442</v>
       </c>
       <c r="K10" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>753</v>
       </c>
       <c r="B11" t="s">
         <v>715</v>
       </c>
       <c r="C11" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D11" t="s">
+        <v>148</v>
+      </c>
+      <c r="E11" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="F11">
         <v>1</v>
       </c>
       <c r="G11" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="H11">
-        <v>165134</v>
+        <v>165160</v>
       </c>
       <c r="I11" t="s">
         <v>441</v>
       </c>
       <c r="J11" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="K11" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>754</v>
       </c>
       <c r="B12" t="s">
         <v>716</v>
       </c>
       <c r="C12" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D12" t="s">
         <v>158</v>
       </c>
       <c r="E12" t="s">
         <v>159</v>
       </c>
       <c r="F12">
         <v>1</v>
       </c>
       <c r="G12" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="H12">
         <v>165134</v>
       </c>
       <c r="I12" t="s">
         <v>441</v>
       </c>
       <c r="J12" t="s">
         <v>442</v>
       </c>
       <c r="K12" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>755</v>
       </c>
       <c r="B13" t="s">
         <v>717</v>
       </c>
       <c r="C13" t="s">
         <v>166</v>
       </c>
       <c r="D13" t="s">
         <v>168</v>
       </c>
       <c r="E13" t="s">
         <v>169</v>
       </c>
       <c r="F13">
         <v>1</v>
       </c>
       <c r="G13" t="s">
         <v>439</v>
       </c>
       <c r="H13">
         <v>165134</v>
       </c>
       <c r="I13" t="s">
         <v>441</v>
       </c>
       <c r="J13" t="s">
         <v>442</v>
       </c>
+      <c r="K13" t="s">
+        <v>443</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>756</v>
       </c>
       <c r="B14" t="s">
         <v>718</v>
       </c>
       <c r="C14" t="s">
+        <v>172</v>
+      </c>
+      <c r="D14" t="s">
+        <v>174</v>
+      </c>
+      <c r="E14" t="s">
         <v>175</v>
-      </c>
-[...4 lines deleted...]
-        <v>178</v>
       </c>
       <c r="F14">
         <v>1</v>
       </c>
       <c r="G14" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="H14">
-        <v>165134</v>
+        <v>165160</v>
       </c>
       <c r="I14" t="s">
         <v>441</v>
       </c>
       <c r="J14" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="K14" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>757</v>
       </c>
       <c r="B15" t="s">
         <v>719</v>
       </c>
       <c r="C15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D15" t="s">
         <v>181</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="F15">
         <v>1</v>
       </c>
       <c r="G15" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="H15">
-        <v>165160</v>
+        <v>165134</v>
       </c>
       <c r="I15" t="s">
         <v>441</v>
       </c>
       <c r="J15" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="K15" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>758</v>
       </c>
       <c r="B16" t="s">
         <v>720</v>
       </c>
       <c r="C16" t="s">
         <v>188</v>
       </c>
       <c r="D16" t="s">
         <v>190</v>
       </c>
       <c r="E16" t="s">
         <v>191</v>
       </c>
       <c r="F16">
         <v>1</v>
       </c>
       <c r="G16" t="s">
@@ -19674,795 +19677,792 @@
       </c>
       <c r="K16" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>759</v>
       </c>
       <c r="B17" t="s">
         <v>721</v>
       </c>
       <c r="C17" t="s">
         <v>197</v>
       </c>
       <c r="D17" t="s">
         <v>199</v>
       </c>
       <c r="E17" t="s">
         <v>200</v>
       </c>
       <c r="F17">
         <v>1</v>
       </c>
       <c r="G17" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="H17">
         <v>165160</v>
       </c>
       <c r="I17" t="s">
         <v>441</v>
       </c>
       <c r="J17" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="K17" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>760</v>
       </c>
       <c r="B18" t="s">
         <v>722</v>
       </c>
       <c r="C18" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D18" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="E18" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="F18">
         <v>1</v>
       </c>
       <c r="G18" t="s">
         <v>439</v>
       </c>
       <c r="H18">
         <v>165134</v>
       </c>
       <c r="I18" t="s">
         <v>441</v>
       </c>
       <c r="J18" t="s">
         <v>442</v>
       </c>
       <c r="K18" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>761</v>
       </c>
       <c r="B19" t="s">
         <v>723</v>
       </c>
       <c r="C19" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="D19" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="E19" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="F19">
         <v>1</v>
       </c>
       <c r="G19" t="s">
         <v>439</v>
       </c>
       <c r="H19">
         <v>165134</v>
       </c>
       <c r="I19" t="s">
         <v>441</v>
       </c>
       <c r="J19" t="s">
         <v>442</v>
       </c>
       <c r="K19" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>762</v>
       </c>
       <c r="B20" t="s">
         <v>724</v>
       </c>
       <c r="C20" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="E20" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="F20">
         <v>1</v>
       </c>
       <c r="G20" t="s">
         <v>439</v>
       </c>
       <c r="H20">
         <v>165134</v>
       </c>
       <c r="I20" t="s">
         <v>441</v>
       </c>
       <c r="J20" t="s">
         <v>442</v>
       </c>
       <c r="K20" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>763</v>
       </c>
       <c r="B21" t="s">
         <v>725</v>
       </c>
       <c r="C21" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D21" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E21" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F21">
         <v>1</v>
       </c>
       <c r="G21" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="H21">
         <v>165160</v>
       </c>
       <c r="I21" t="s">
         <v>441</v>
       </c>
       <c r="J21" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="K21" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>764</v>
       </c>
       <c r="B22" t="s">
         <v>726</v>
       </c>
       <c r="C22" t="s">
+        <v>234</v>
+      </c>
+      <c r="D22" t="s">
+        <v>236</v>
+      </c>
+      <c r="E22" t="s">
         <v>237</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
       <c r="F22">
         <v>1</v>
       </c>
       <c r="G22" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="H22">
-        <v>165160</v>
+        <v>165134</v>
       </c>
       <c r="I22" t="s">
         <v>441</v>
       </c>
       <c r="J22" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="K22" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>765</v>
       </c>
       <c r="B23" t="s">
         <v>727</v>
       </c>
       <c r="C23" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="D23" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="E23" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="F23">
         <v>1</v>
       </c>
       <c r="G23" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="H23">
         <v>165160</v>
       </c>
       <c r="I23" t="s">
         <v>441</v>
       </c>
       <c r="J23" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="K23" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>766</v>
       </c>
       <c r="B24" t="s">
         <v>728</v>
       </c>
       <c r="C24" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="D24" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="E24" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="F24">
         <v>1</v>
       </c>
       <c r="G24" t="s">
         <v>439</v>
       </c>
       <c r="H24">
         <v>165134</v>
       </c>
       <c r="I24" t="s">
         <v>441</v>
       </c>
       <c r="J24" t="s">
         <v>442</v>
       </c>
       <c r="K24" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>767</v>
       </c>
       <c r="B25" t="s">
         <v>729</v>
       </c>
       <c r="C25" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="D25" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="E25" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="F25">
         <v>1</v>
       </c>
       <c r="G25" t="s">
         <v>439</v>
       </c>
       <c r="H25">
         <v>165134</v>
       </c>
       <c r="I25" t="s">
         <v>441</v>
       </c>
       <c r="J25" t="s">
         <v>442</v>
       </c>
       <c r="K25" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>768</v>
       </c>
       <c r="B26" t="s">
         <v>730</v>
       </c>
       <c r="C26" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="D26" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="E26" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="F26">
         <v>1</v>
       </c>
       <c r="G26" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="H26">
-        <v>165160</v>
+        <v>165134</v>
       </c>
       <c r="I26" t="s">
         <v>441</v>
       </c>
       <c r="J26" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="K26" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>769</v>
       </c>
       <c r="B27" t="s">
         <v>731</v>
       </c>
       <c r="C27" t="s">
-        <v>276</v>
+        <v>265</v>
       </c>
       <c r="D27" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="E27" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="F27">
         <v>1</v>
       </c>
       <c r="G27" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="H27">
-        <v>165160</v>
+        <v>165134</v>
       </c>
       <c r="I27" t="s">
         <v>441</v>
       </c>
       <c r="J27" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="K27" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>770</v>
       </c>
       <c r="B28" t="s">
         <v>732</v>
       </c>
       <c r="C28" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="D28" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="E28" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="F28">
         <v>1</v>
       </c>
       <c r="G28" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="H28">
-        <v>165134</v>
+        <v>165160</v>
       </c>
       <c r="I28" t="s">
         <v>441</v>
       </c>
       <c r="J28" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="K28" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>771</v>
       </c>
       <c r="B29" t="s">
         <v>733</v>
       </c>
       <c r="C29" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
       <c r="D29" t="s">
-        <v>290</v>
+        <v>281</v>
       </c>
       <c r="E29" t="s">
-        <v>291</v>
+        <v>282</v>
       </c>
       <c r="F29">
         <v>1</v>
       </c>
       <c r="G29" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="H29">
-        <v>165160</v>
+        <v>165134</v>
       </c>
       <c r="I29" t="s">
         <v>441</v>
       </c>
       <c r="J29" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="K29" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>772</v>
       </c>
       <c r="B30" t="s">
         <v>734</v>
       </c>
       <c r="C30" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="D30" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="E30" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="F30">
         <v>1</v>
       </c>
       <c r="G30" t="s">
         <v>439</v>
       </c>
       <c r="H30">
         <v>165134</v>
       </c>
       <c r="I30" t="s">
         <v>441</v>
       </c>
       <c r="J30" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>773</v>
       </c>
       <c r="B31" t="s">
         <v>735</v>
       </c>
       <c r="C31" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="D31" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="E31" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="F31">
         <v>1</v>
       </c>
       <c r="G31" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="H31">
         <v>165134</v>
       </c>
       <c r="I31" t="s">
         <v>441</v>
       </c>
       <c r="J31" t="s">
         <v>442</v>
       </c>
       <c r="K31" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>774</v>
       </c>
       <c r="B32" t="s">
         <v>736</v>
       </c>
       <c r="C32" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D32" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="E32" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="F32">
         <v>1</v>
       </c>
       <c r="G32" t="s">
         <v>439</v>
       </c>
       <c r="H32">
         <v>165134</v>
       </c>
       <c r="I32" t="s">
         <v>441</v>
       </c>
       <c r="J32" t="s">
         <v>442</v>
       </c>
       <c r="K32" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>775</v>
       </c>
       <c r="B33" t="s">
         <v>737</v>
       </c>
       <c r="C33" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D33" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E33" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F33">
         <v>1</v>
       </c>
       <c r="G33" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="H33">
-        <v>165134</v>
+        <v>165160</v>
       </c>
       <c r="I33" t="s">
         <v>441</v>
       </c>
       <c r="J33" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="K33" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>776</v>
       </c>
       <c r="B34" t="s">
         <v>738</v>
       </c>
       <c r="C34" t="s">
         <v>315</v>
       </c>
       <c r="D34" t="s">
         <v>317</v>
       </c>
       <c r="E34" t="s">
         <v>318</v>
       </c>
       <c r="F34">
         <v>1</v>
       </c>
       <c r="G34" t="s">
         <v>439</v>
       </c>
       <c r="H34">
         <v>165134</v>
       </c>
       <c r="I34" t="s">
         <v>441</v>
       </c>
       <c r="J34" t="s">
         <v>442</v>
       </c>
       <c r="K34" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>777</v>
       </c>
       <c r="B35" t="s">
         <v>739</v>
       </c>
       <c r="C35" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D35" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E35" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F35">
         <v>1</v>
       </c>
       <c r="G35" t="s">
         <v>439</v>
       </c>
       <c r="H35">
         <v>165134</v>
       </c>
       <c r="I35" t="s">
         <v>441</v>
       </c>
       <c r="J35" t="s">
         <v>442</v>
       </c>
       <c r="K35" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>778</v>
       </c>
       <c r="B36" t="s">
         <v>740</v>
       </c>
       <c r="C36" t="s">
         <v>326</v>
       </c>
       <c r="D36" t="s">
         <v>328</v>
       </c>
       <c r="E36" t="s">
         <v>329</v>
       </c>
       <c r="F36">
         <v>1</v>
       </c>
       <c r="G36" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="H36">
         <v>165134</v>
       </c>
       <c r="I36" t="s">
         <v>441</v>
       </c>
       <c r="J36" t="s">
         <v>442</v>
       </c>
       <c r="K36" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>779</v>
       </c>
       <c r="B37" t="s">
         <v>741</v>
       </c>
       <c r="C37" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D37" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E37" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F37">
         <v>1</v>
       </c>
       <c r="G37" t="s">
         <v>439</v>
       </c>
       <c r="H37">
         <v>165134</v>
       </c>
       <c r="I37" t="s">
         <v>441</v>
       </c>
       <c r="J37" t="s">
         <v>442</v>
       </c>
       <c r="K37" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>780</v>
       </c>
       <c r="B38" t="s">
         <v>742</v>
       </c>
       <c r="C38" t="s">
+        <v>338</v>
+      </c>
+      <c r="D38" t="s">
+        <v>340</v>
+      </c>
+      <c r="E38" t="s">
         <v>341</v>
-      </c>
-[...4 lines deleted...]
-        <v>344</v>
       </c>
       <c r="F38">
         <v>1</v>
       </c>
       <c r="G38" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="H38">
-        <v>165160</v>
+        <v>165134</v>
       </c>
       <c r="I38" t="s">
         <v>441</v>
       </c>
       <c r="J38" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="K38" t="s">
         <v>443</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>743</v>
       </c>
@@ -20495,1200 +20495,1200 @@
       <c r="A2" t="s">
         <v>785</v>
       </c>
       <c r="B2" t="s">
         <v>706</v>
       </c>
       <c r="C2" t="s">
         <v>43</v>
       </c>
       <c r="D2" t="s">
         <v>786</v>
       </c>
       <c r="E2" t="s">
         <v>601</v>
       </c>
       <c r="F2" t="s">
         <v>485</v>
       </c>
       <c r="G2" t="s">
         <v>66</v>
       </c>
       <c r="H2" t="s">
         <v>51</v>
       </c>
       <c r="I2">
-        <v>2330900</v>
+        <v>800000</v>
       </c>
       <c r="J2" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>787</v>
       </c>
       <c r="B3" t="s">
         <v>707</v>
       </c>
       <c r="C3" t="s">
         <v>70</v>
       </c>
       <c r="D3" t="s">
         <v>788</v>
       </c>
       <c r="E3" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="F3" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="G3" t="s">
         <v>66</v>
       </c>
       <c r="H3" t="s">
         <v>51</v>
       </c>
       <c r="I3">
-        <v>142718303</v>
+        <v>3000000</v>
       </c>
       <c r="J3" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>789</v>
       </c>
       <c r="B4" t="s">
         <v>708</v>
       </c>
       <c r="C4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D4" t="s">
         <v>790</v>
       </c>
       <c r="E4" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="F4" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="G4" t="s">
         <v>66</v>
       </c>
       <c r="H4" t="s">
         <v>51</v>
       </c>
       <c r="I4">
-        <v>188678048</v>
+        <v>63482383</v>
       </c>
       <c r="J4" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>791</v>
       </c>
       <c r="B5" t="s">
         <v>709</v>
       </c>
       <c r="C5" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D5" t="s">
         <v>792</v>
       </c>
       <c r="E5" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="F5" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="G5" t="s">
         <v>66</v>
       </c>
       <c r="H5" t="s">
         <v>51</v>
       </c>
       <c r="I5">
-        <v>2000000</v>
+        <v>22000000</v>
       </c>
       <c r="J5" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>793</v>
       </c>
       <c r="B6" t="s">
         <v>710</v>
       </c>
       <c r="C6" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D6" t="s">
         <v>794</v>
       </c>
       <c r="E6" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="F6" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="G6" t="s">
         <v>66</v>
       </c>
       <c r="H6" t="s">
         <v>51</v>
       </c>
       <c r="I6">
-        <v>24932330</v>
+        <v>153250660</v>
       </c>
       <c r="J6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>795</v>
       </c>
       <c r="B7" t="s">
         <v>711</v>
       </c>
       <c r="C7" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D7" t="s">
         <v>796</v>
       </c>
       <c r="E7" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="F7" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="G7" t="s">
         <v>66</v>
       </c>
       <c r="H7" t="s">
         <v>51</v>
       </c>
       <c r="I7">
-        <v>61182114</v>
+        <v>15000000</v>
       </c>
       <c r="J7" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>797</v>
       </c>
       <c r="B8" t="s">
         <v>712</v>
       </c>
       <c r="C8" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D8" t="s">
         <v>798</v>
       </c>
       <c r="E8" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="F8" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
       <c r="G8" t="s">
         <v>66</v>
       </c>
       <c r="H8" t="s">
         <v>51</v>
       </c>
       <c r="I8">
-        <v>455685143</v>
+        <v>748270000</v>
       </c>
       <c r="J8" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>799</v>
       </c>
       <c r="B9" t="s">
         <v>713</v>
       </c>
       <c r="C9" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D9" t="s">
         <v>800</v>
       </c>
       <c r="E9" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="F9" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="G9" t="s">
         <v>66</v>
       </c>
       <c r="H9" t="s">
         <v>51</v>
       </c>
       <c r="I9">
-        <v>22000000</v>
+        <v>188678048</v>
       </c>
       <c r="J9" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>801</v>
       </c>
       <c r="B10" t="s">
         <v>714</v>
       </c>
       <c r="C10" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D10" t="s">
         <v>802</v>
       </c>
       <c r="E10" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="F10" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="G10" t="s">
         <v>66</v>
       </c>
       <c r="H10" t="s">
         <v>51</v>
       </c>
       <c r="I10">
-        <v>1809800</v>
+        <v>4500000</v>
       </c>
       <c r="J10" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>803</v>
       </c>
       <c r="B11" t="s">
         <v>715</v>
       </c>
       <c r="C11" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D11" t="s">
         <v>804</v>
       </c>
       <c r="E11" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="F11" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="G11" t="s">
         <v>66</v>
       </c>
       <c r="H11" t="s">
         <v>51</v>
       </c>
       <c r="I11">
-        <v>15000000</v>
+        <v>157832583</v>
       </c>
       <c r="J11" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>805</v>
       </c>
       <c r="B12" t="s">
         <v>716</v>
       </c>
       <c r="C12" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D12" t="s">
         <v>806</v>
       </c>
       <c r="E12" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="F12" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="G12" t="s">
         <v>66</v>
       </c>
       <c r="H12" t="s">
         <v>51</v>
       </c>
       <c r="I12">
-        <v>8000000</v>
+        <v>1809800</v>
       </c>
       <c r="J12" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>807</v>
       </c>
       <c r="B13" t="s">
         <v>717</v>
       </c>
       <c r="C13" t="s">
         <v>166</v>
       </c>
       <c r="D13" t="s">
         <v>808</v>
       </c>
       <c r="E13" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="F13" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="G13" t="s">
         <v>66</v>
       </c>
       <c r="H13" t="s">
         <v>51</v>
       </c>
       <c r="I13">
-        <v>21525000</v>
+        <v>3000000</v>
       </c>
       <c r="J13" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>809</v>
       </c>
       <c r="B14" t="s">
         <v>718</v>
       </c>
       <c r="C14" t="s">
-        <v>175</v>
+        <v>172</v>
+      </c>
+      <c r="D14" t="s">
+        <v>810</v>
       </c>
       <c r="E14" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="F14" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="G14" t="s">
         <v>66</v>
       </c>
       <c r="H14" t="s">
         <v>51</v>
       </c>
       <c r="I14">
-        <v>0</v>
+        <v>1668000000</v>
       </c>
       <c r="J14" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="B15" t="s">
         <v>719</v>
       </c>
       <c r="C15" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D15" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="E15" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="F15" t="s">
-        <v>521</v>
+        <v>497</v>
       </c>
       <c r="G15" t="s">
         <v>66</v>
       </c>
       <c r="H15" t="s">
         <v>51</v>
       </c>
       <c r="I15">
-        <v>445585143</v>
+        <v>37500120</v>
       </c>
       <c r="J15" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="B16" t="s">
         <v>720</v>
       </c>
       <c r="C16" t="s">
         <v>188</v>
       </c>
       <c r="D16" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="E16" t="s">
-        <v>612</v>
+        <v>644</v>
       </c>
       <c r="F16" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="G16" t="s">
         <v>66</v>
       </c>
       <c r="H16" t="s">
         <v>51</v>
       </c>
       <c r="I16">
-        <v>37500120</v>
+        <v>61182114</v>
       </c>
       <c r="J16" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="B17" t="s">
         <v>721</v>
       </c>
       <c r="C17" t="s">
         <v>197</v>
       </c>
       <c r="D17" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="E17" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="F17" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="G17" t="s">
         <v>66</v>
       </c>
       <c r="H17" t="s">
         <v>51</v>
       </c>
       <c r="I17">
-        <v>445322643</v>
+        <v>443797643</v>
       </c>
       <c r="J17" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="B18" t="s">
         <v>722</v>
       </c>
       <c r="C18" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>817</v>
+        <v>207</v>
       </c>
       <c r="E18" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="F18" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="G18" t="s">
         <v>66</v>
       </c>
       <c r="H18" t="s">
         <v>51</v>
       </c>
       <c r="I18">
-        <v>7000000</v>
+        <v>0</v>
       </c>
       <c r="J18" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>818</v>
       </c>
       <c r="B19" t="s">
         <v>723</v>
       </c>
       <c r="C19" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="D19" t="s">
         <v>819</v>
       </c>
       <c r="E19" t="s">
-        <v>650</v>
+        <v>635</v>
       </c>
       <c r="F19" t="s">
-        <v>532</v>
+        <v>509</v>
       </c>
       <c r="G19" t="s">
         <v>66</v>
       </c>
       <c r="H19" t="s">
         <v>51</v>
       </c>
       <c r="I19">
-        <v>6200000</v>
+        <v>1366650</v>
       </c>
       <c r="J19" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>820</v>
       </c>
       <c r="B20" t="s">
         <v>724</v>
       </c>
       <c r="C20" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D20" t="s">
         <v>821</v>
       </c>
       <c r="E20" t="s">
-        <v>633</v>
+        <v>655</v>
       </c>
       <c r="F20" t="s">
-        <v>515</v>
+        <v>535</v>
       </c>
       <c r="G20" t="s">
         <v>66</v>
       </c>
       <c r="H20" t="s">
         <v>51</v>
       </c>
       <c r="I20">
-        <v>10000000</v>
+        <v>10631500</v>
       </c>
       <c r="J20" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>822</v>
       </c>
       <c r="B21" t="s">
         <v>725</v>
       </c>
       <c r="C21" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D21" t="s">
         <v>823</v>
       </c>
       <c r="E21" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="F21" t="s">
-        <v>536</v>
+        <v>506</v>
       </c>
       <c r="G21" t="s">
         <v>66</v>
       </c>
       <c r="H21" t="s">
         <v>51</v>
       </c>
       <c r="I21">
-        <v>748270000</v>
+        <v>455685143</v>
       </c>
       <c r="J21" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>824</v>
       </c>
       <c r="B22" t="s">
         <v>726</v>
       </c>
       <c r="C22" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="D22" t="s">
         <v>825</v>
       </c>
       <c r="E22" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="F22" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="G22" t="s">
         <v>66</v>
       </c>
       <c r="H22" t="s">
         <v>51</v>
       </c>
       <c r="I22">
-        <v>1668000000</v>
+        <v>10000000</v>
       </c>
       <c r="J22" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>826</v>
       </c>
       <c r="B23" t="s">
         <v>727</v>
       </c>
       <c r="C23" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="D23" t="s">
         <v>827</v>
       </c>
       <c r="E23" t="s">
-        <v>661</v>
+        <v>647</v>
       </c>
       <c r="F23" t="s">
         <v>542</v>
       </c>
       <c r="G23" t="s">
         <v>66</v>
       </c>
       <c r="H23" t="s">
         <v>51</v>
       </c>
       <c r="I23">
-        <v>63482383</v>
+        <v>445322643</v>
       </c>
       <c r="J23" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>828</v>
       </c>
       <c r="B24" t="s">
         <v>728</v>
       </c>
       <c r="C24" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="D24" t="s">
         <v>829</v>
       </c>
       <c r="E24" t="s">
-        <v>664</v>
+        <v>641</v>
       </c>
       <c r="F24" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="G24" t="s">
         <v>66</v>
       </c>
       <c r="H24" t="s">
         <v>51</v>
       </c>
       <c r="I24">
-        <v>400000</v>
+        <v>24932330</v>
       </c>
       <c r="J24" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>830</v>
       </c>
       <c r="B25" t="s">
         <v>729</v>
       </c>
       <c r="C25" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="D25" t="s">
         <v>831</v>
       </c>
       <c r="E25" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="F25" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="G25" t="s">
         <v>66</v>
       </c>
       <c r="H25" t="s">
         <v>51</v>
       </c>
       <c r="I25">
-        <v>10631500</v>
+        <v>2000000</v>
       </c>
       <c r="J25" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>832</v>
       </c>
       <c r="B26" t="s">
         <v>730</v>
       </c>
       <c r="C26" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="D26" t="s">
         <v>833</v>
       </c>
       <c r="E26" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="F26" t="s">
-        <v>551</v>
+        <v>488</v>
       </c>
       <c r="G26" t="s">
         <v>66</v>
       </c>
       <c r="H26" t="s">
         <v>51</v>
       </c>
       <c r="I26">
-        <v>157832583</v>
+        <v>3000000</v>
       </c>
       <c r="J26" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>834</v>
       </c>
       <c r="B27" t="s">
         <v>731</v>
       </c>
       <c r="C27" t="s">
-        <v>276</v>
+        <v>265</v>
       </c>
       <c r="D27" t="s">
         <v>835</v>
       </c>
       <c r="E27" t="s">
-        <v>644</v>
+        <v>674</v>
       </c>
       <c r="F27" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="G27" t="s">
         <v>66</v>
       </c>
       <c r="H27" t="s">
         <v>51</v>
       </c>
       <c r="I27">
-        <v>20158220</v>
+        <v>7000000</v>
       </c>
       <c r="J27" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>836</v>
       </c>
       <c r="B28" t="s">
         <v>732</v>
       </c>
       <c r="C28" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="D28" t="s">
         <v>837</v>
       </c>
       <c r="E28" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="F28" t="s">
-        <v>545</v>
+        <v>555</v>
       </c>
       <c r="G28" t="s">
         <v>66</v>
       </c>
       <c r="H28" t="s">
         <v>51</v>
       </c>
       <c r="I28">
-        <v>4500000</v>
+        <v>445585143</v>
       </c>
       <c r="J28" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>838</v>
       </c>
       <c r="B29" t="s">
         <v>733</v>
       </c>
       <c r="C29" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
       <c r="D29" t="s">
         <v>839</v>
       </c>
       <c r="E29" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="F29" t="s">
-        <v>523</v>
+        <v>558</v>
       </c>
       <c r="G29" t="s">
         <v>66</v>
       </c>
       <c r="H29" t="s">
         <v>51</v>
       </c>
       <c r="I29">
-        <v>153250660</v>
+        <v>5307543</v>
       </c>
       <c r="J29" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>840</v>
       </c>
       <c r="B30" t="s">
         <v>734</v>
       </c>
       <c r="C30" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="D30" t="s">
         <v>841</v>
       </c>
       <c r="E30" t="s">
-        <v>682</v>
+        <v>661</v>
       </c>
       <c r="F30" t="s">
-        <v>512</v>
+        <v>540</v>
       </c>
       <c r="G30" t="s">
         <v>66</v>
       </c>
       <c r="H30" t="s">
         <v>51</v>
       </c>
       <c r="I30">
-        <v>6000000</v>
+        <v>21525000</v>
       </c>
       <c r="J30" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>842</v>
       </c>
       <c r="B31" t="s">
         <v>735</v>
       </c>
       <c r="C31" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="D31" t="s">
         <v>843</v>
       </c>
       <c r="E31" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="F31" t="s">
-        <v>512</v>
+        <v>558</v>
       </c>
       <c r="G31" t="s">
         <v>66</v>
       </c>
       <c r="H31" t="s">
         <v>51</v>
       </c>
       <c r="I31">
-        <v>5307543</v>
+        <v>8000000</v>
       </c>
       <c r="J31" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>844</v>
       </c>
       <c r="B32" t="s">
         <v>736</v>
       </c>
       <c r="C32" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D32" t="s">
         <v>845</v>
       </c>
       <c r="E32" t="s">
-        <v>601</v>
+        <v>688</v>
       </c>
       <c r="F32" t="s">
-        <v>485</v>
+        <v>564</v>
       </c>
       <c r="G32" t="s">
         <v>66</v>
       </c>
       <c r="H32" t="s">
         <v>51</v>
       </c>
       <c r="I32">
-        <v>3000000</v>
+        <v>6200000</v>
       </c>
       <c r="J32" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>846</v>
       </c>
       <c r="B33" t="s">
         <v>737</v>
       </c>
       <c r="C33" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D33" t="s">
         <v>847</v>
       </c>
       <c r="E33" t="s">
-        <v>636</v>
+        <v>647</v>
       </c>
       <c r="F33" t="s">
-        <v>518</v>
+        <v>566</v>
       </c>
       <c r="G33" t="s">
         <v>66</v>
       </c>
       <c r="H33" t="s">
         <v>51</v>
       </c>
       <c r="I33">
-        <v>12907400</v>
+        <v>20158220</v>
       </c>
       <c r="J33" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>848</v>
       </c>
       <c r="B34" t="s">
         <v>738</v>
       </c>
       <c r="C34" t="s">
         <v>315</v>
       </c>
       <c r="D34" t="s">
         <v>849</v>
       </c>
       <c r="E34" t="s">
-        <v>664</v>
+        <v>604</v>
       </c>
       <c r="F34" t="s">
-        <v>545</v>
+        <v>488</v>
       </c>
       <c r="G34" t="s">
         <v>66</v>
       </c>
       <c r="H34" t="s">
         <v>51</v>
       </c>
       <c r="I34">
-        <v>3000000</v>
+        <v>2330900</v>
       </c>
       <c r="J34" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>850</v>
       </c>
       <c r="B35" t="s">
         <v>739</v>
       </c>
       <c r="C35" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D35" t="s">
         <v>851</v>
       </c>
       <c r="E35" t="s">
-        <v>664</v>
+        <v>635</v>
       </c>
       <c r="F35" t="s">
-        <v>545</v>
+        <v>509</v>
       </c>
       <c r="G35" t="s">
         <v>66</v>
       </c>
       <c r="H35" t="s">
         <v>51</v>
       </c>
       <c r="I35">
-        <v>1366650</v>
+        <v>400000</v>
       </c>
       <c r="J35" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>852</v>
       </c>
       <c r="B36" t="s">
         <v>740</v>
       </c>
       <c r="C36" t="s">
         <v>326</v>
       </c>
       <c r="D36" t="s">
         <v>853</v>
       </c>
       <c r="E36" t="s">
-        <v>695</v>
+        <v>650</v>
       </c>
       <c r="F36" t="s">
-        <v>485</v>
+        <v>531</v>
       </c>
       <c r="G36" t="s">
         <v>66</v>
       </c>
       <c r="H36" t="s">
         <v>51</v>
       </c>
       <c r="I36">
-        <v>3000000</v>
+        <v>12907400</v>
       </c>
       <c r="J36" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>854</v>
       </c>
       <c r="B37" t="s">
         <v>741</v>
       </c>
       <c r="C37" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D37" t="s">
         <v>855</v>
       </c>
       <c r="E37" t="s">
-        <v>698</v>
+        <v>680</v>
       </c>
       <c r="F37" t="s">
-        <v>569</v>
+        <v>558</v>
       </c>
       <c r="G37" t="s">
         <v>66</v>
       </c>
       <c r="H37" t="s">
         <v>51</v>
       </c>
       <c r="I37">
-        <v>800000</v>
+        <v>6000000</v>
       </c>
       <c r="J37" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>856</v>
       </c>
       <c r="B38" t="s">
         <v>742</v>
       </c>
       <c r="C38" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="D38" t="s">
         <v>857</v>
       </c>
       <c r="E38" t="s">
-        <v>644</v>
+        <v>604</v>
       </c>
       <c r="F38" t="s">
-        <v>571</v>
+        <v>488</v>
       </c>
       <c r="G38" t="s">
         <v>66</v>
       </c>
       <c r="H38" t="s">
         <v>51</v>
       </c>
       <c r="I38">
-        <v>443797643</v>
+        <v>142718303</v>
       </c>
       <c r="J38" t="s">
         <v>69</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>347</v>
       </c>
@@ -21746,944 +21746,944 @@
       </c>
       <c r="C3">
         <v>72121103</v>
       </c>
       <c r="D3">
         <v>1</v>
       </c>
       <c r="E3" t="s">
         <v>439</v>
       </c>
       <c r="F3">
         <v>72121103</v>
       </c>
       <c r="G3" t="s">
         <v>441</v>
       </c>
       <c r="H3" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>860</v>
       </c>
       <c r="B4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C4">
-        <v>72121103</v>
+        <v>72141003</v>
       </c>
       <c r="D4">
         <v>1</v>
       </c>
       <c r="E4" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="F4">
-        <v>72121103</v>
+        <v>72141003</v>
       </c>
       <c r="G4" t="s">
         <v>441</v>
       </c>
       <c r="H4" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>861</v>
       </c>
       <c r="B5" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C5">
         <v>72121103</v>
       </c>
       <c r="D5">
         <v>1</v>
       </c>
       <c r="E5" t="s">
         <v>439</v>
       </c>
       <c r="F5">
         <v>72121103</v>
       </c>
       <c r="G5" t="s">
         <v>441</v>
       </c>
       <c r="H5" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>862</v>
       </c>
       <c r="B6" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C6">
-        <v>72121103</v>
+        <v>72141003</v>
       </c>
       <c r="D6">
         <v>1</v>
       </c>
       <c r="E6" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="F6">
-        <v>72121103</v>
+        <v>72141003</v>
       </c>
       <c r="G6" t="s">
         <v>441</v>
       </c>
       <c r="H6" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>863</v>
       </c>
       <c r="B7" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C7">
         <v>72121103</v>
       </c>
       <c r="D7">
         <v>1</v>
       </c>
       <c r="E7" t="s">
         <v>439</v>
       </c>
       <c r="F7">
         <v>72121103</v>
       </c>
       <c r="G7" t="s">
         <v>441</v>
       </c>
       <c r="H7" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>864</v>
       </c>
       <c r="B8" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C8">
         <v>72141003</v>
       </c>
       <c r="D8">
         <v>1</v>
       </c>
       <c r="E8" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="F8">
         <v>72141003</v>
       </c>
       <c r="G8" t="s">
         <v>441</v>
       </c>
       <c r="H8" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>865</v>
       </c>
       <c r="B9" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C9">
         <v>72121103</v>
       </c>
       <c r="D9">
         <v>1</v>
       </c>
       <c r="E9" t="s">
         <v>439</v>
       </c>
       <c r="F9">
         <v>72121103</v>
       </c>
       <c r="G9" t="s">
         <v>441</v>
       </c>
       <c r="H9" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>866</v>
       </c>
       <c r="B10" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C10">
         <v>72121103</v>
       </c>
       <c r="D10">
         <v>1</v>
       </c>
       <c r="E10" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="F10">
         <v>72121103</v>
       </c>
       <c r="G10" t="s">
         <v>441</v>
       </c>
       <c r="H10" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>867</v>
       </c>
       <c r="B11" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C11">
-        <v>72121103</v>
+        <v>72141003</v>
       </c>
       <c r="D11">
         <v>1</v>
       </c>
       <c r="E11" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="F11">
-        <v>72121103</v>
+        <v>72141003</v>
       </c>
       <c r="G11" t="s">
         <v>441</v>
       </c>
       <c r="H11" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>868</v>
       </c>
       <c r="B12" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C12">
         <v>72121103</v>
       </c>
       <c r="D12">
         <v>1</v>
       </c>
       <c r="E12" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="F12">
         <v>72121103</v>
       </c>
       <c r="G12" t="s">
         <v>441</v>
       </c>
       <c r="H12" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>869</v>
       </c>
       <c r="B13" t="s">
         <v>166</v>
       </c>
       <c r="C13">
         <v>72121103</v>
       </c>
       <c r="D13">
         <v>1</v>
       </c>
       <c r="E13" t="s">
         <v>439</v>
       </c>
       <c r="F13">
         <v>72121103</v>
       </c>
       <c r="G13" t="s">
         <v>441</v>
       </c>
+      <c r="H13" t="s">
+        <v>443</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>870</v>
       </c>
       <c r="B14" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C14">
-        <v>72121103</v>
+        <v>72141003</v>
       </c>
       <c r="D14">
         <v>1</v>
       </c>
       <c r="E14" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="F14">
-        <v>72121103</v>
+        <v>72141003</v>
       </c>
       <c r="G14" t="s">
         <v>441</v>
       </c>
       <c r="H14" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>871</v>
       </c>
       <c r="B15" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C15">
-        <v>72141003</v>
+        <v>72121103</v>
       </c>
       <c r="D15">
         <v>1</v>
       </c>
       <c r="E15" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="F15">
-        <v>72141003</v>
+        <v>72121103</v>
       </c>
       <c r="G15" t="s">
         <v>441</v>
       </c>
       <c r="H15" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>872</v>
       </c>
       <c r="B16" t="s">
         <v>188</v>
       </c>
       <c r="C16">
         <v>72121103</v>
       </c>
       <c r="D16">
         <v>1</v>
       </c>
       <c r="E16" t="s">
         <v>439</v>
       </c>
       <c r="F16">
         <v>72121103</v>
       </c>
       <c r="G16" t="s">
         <v>441</v>
       </c>
       <c r="H16" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>873</v>
       </c>
       <c r="B17" t="s">
         <v>197</v>
       </c>
       <c r="C17">
         <v>72141003</v>
       </c>
       <c r="D17">
         <v>1</v>
       </c>
       <c r="E17" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="F17">
         <v>72141003</v>
       </c>
       <c r="G17" t="s">
         <v>441</v>
       </c>
       <c r="H17" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>874</v>
       </c>
       <c r="B18" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C18">
         <v>72121103</v>
       </c>
       <c r="D18">
         <v>1</v>
       </c>
       <c r="E18" t="s">
         <v>439</v>
       </c>
       <c r="F18">
         <v>72121103</v>
       </c>
       <c r="G18" t="s">
         <v>441</v>
       </c>
       <c r="H18" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>875</v>
       </c>
       <c r="B19" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C19">
         <v>72121103</v>
       </c>
       <c r="D19">
         <v>1</v>
       </c>
       <c r="E19" t="s">
         <v>439</v>
       </c>
       <c r="F19">
         <v>72121103</v>
       </c>
       <c r="G19" t="s">
         <v>441</v>
       </c>
       <c r="H19" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>876</v>
       </c>
       <c r="B20" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C20">
         <v>72121103</v>
       </c>
       <c r="D20">
         <v>1</v>
       </c>
       <c r="E20" t="s">
         <v>439</v>
       </c>
       <c r="F20">
         <v>72121103</v>
       </c>
       <c r="G20" t="s">
         <v>441</v>
       </c>
       <c r="H20" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>877</v>
       </c>
       <c r="B21" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C21">
         <v>72141003</v>
       </c>
       <c r="D21">
         <v>1</v>
       </c>
       <c r="E21" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="F21">
         <v>72141003</v>
       </c>
       <c r="G21" t="s">
         <v>441</v>
       </c>
       <c r="H21" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>878</v>
       </c>
       <c r="B22" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C22">
-        <v>72141003</v>
+        <v>72121103</v>
       </c>
       <c r="D22">
         <v>1</v>
       </c>
       <c r="E22" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="F22">
-        <v>72141003</v>
+        <v>72121103</v>
       </c>
       <c r="G22" t="s">
         <v>441</v>
       </c>
       <c r="H22" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>879</v>
       </c>
       <c r="B23" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="C23">
         <v>72141003</v>
       </c>
       <c r="D23">
         <v>1</v>
       </c>
       <c r="E23" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="F23">
         <v>72141003</v>
       </c>
       <c r="G23" t="s">
         <v>441</v>
       </c>
       <c r="H23" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>880</v>
       </c>
       <c r="B24" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="C24">
         <v>72121103</v>
       </c>
       <c r="D24">
         <v>1</v>
       </c>
       <c r="E24" t="s">
         <v>439</v>
       </c>
       <c r="F24">
         <v>72121103</v>
       </c>
       <c r="G24" t="s">
         <v>441</v>
       </c>
       <c r="H24" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>881</v>
       </c>
       <c r="B25" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="C25">
         <v>72121103</v>
       </c>
       <c r="D25">
         <v>1</v>
       </c>
       <c r="E25" t="s">
         <v>439</v>
       </c>
       <c r="F25">
         <v>72121103</v>
       </c>
       <c r="G25" t="s">
         <v>441</v>
       </c>
       <c r="H25" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>882</v>
       </c>
       <c r="B26" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="C26">
-        <v>72141003</v>
+        <v>72121103</v>
       </c>
       <c r="D26">
         <v>1</v>
       </c>
       <c r="E26" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="F26">
-        <v>72141003</v>
+        <v>72121103</v>
       </c>
       <c r="G26" t="s">
         <v>441</v>
       </c>
       <c r="H26" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>883</v>
       </c>
       <c r="B27" t="s">
-        <v>276</v>
+        <v>265</v>
       </c>
       <c r="C27">
-        <v>72141003</v>
+        <v>72121103</v>
       </c>
       <c r="D27">
         <v>1</v>
       </c>
       <c r="E27" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="F27">
-        <v>72141003</v>
+        <v>72121103</v>
       </c>
       <c r="G27" t="s">
         <v>441</v>
       </c>
       <c r="H27" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>884</v>
       </c>
       <c r="B28" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="C28">
-        <v>72121103</v>
+        <v>72141003</v>
       </c>
       <c r="D28">
         <v>1</v>
       </c>
       <c r="E28" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="F28">
-        <v>72121103</v>
+        <v>72141003</v>
       </c>
       <c r="G28" t="s">
         <v>441</v>
       </c>
       <c r="H28" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>885</v>
       </c>
       <c r="B29" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
       <c r="C29">
-        <v>72141003</v>
+        <v>72121103</v>
       </c>
       <c r="D29">
         <v>1</v>
       </c>
       <c r="E29" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="F29">
-        <v>72141003</v>
+        <v>72121103</v>
       </c>
       <c r="G29" t="s">
         <v>441</v>
       </c>
       <c r="H29" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>886</v>
       </c>
       <c r="B30" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="C30">
         <v>72121103</v>
       </c>
       <c r="D30">
         <v>1</v>
       </c>
       <c r="E30" t="s">
         <v>439</v>
       </c>
       <c r="F30">
         <v>72121103</v>
       </c>
       <c r="G30" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>887</v>
       </c>
       <c r="B31" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="C31">
         <v>72121103</v>
       </c>
       <c r="D31">
         <v>1</v>
       </c>
       <c r="E31" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="F31">
         <v>72121103</v>
       </c>
       <c r="G31" t="s">
         <v>441</v>
       </c>
       <c r="H31" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>888</v>
       </c>
       <c r="B32" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="C32">
         <v>72121103</v>
       </c>
       <c r="D32">
         <v>1</v>
       </c>
       <c r="E32" t="s">
         <v>439</v>
       </c>
       <c r="F32">
         <v>72121103</v>
       </c>
       <c r="G32" t="s">
         <v>441</v>
       </c>
       <c r="H32" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>889</v>
       </c>
       <c r="B33" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C33">
-        <v>72121103</v>
+        <v>72141003</v>
       </c>
       <c r="D33">
         <v>1</v>
       </c>
       <c r="E33" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="F33">
-        <v>72121103</v>
+        <v>72141003</v>
       </c>
       <c r="G33" t="s">
         <v>441</v>
       </c>
       <c r="H33" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>890</v>
       </c>
       <c r="B34" t="s">
         <v>315</v>
       </c>
       <c r="C34">
         <v>72121103</v>
       </c>
       <c r="D34">
         <v>1</v>
       </c>
       <c r="E34" t="s">
         <v>439</v>
       </c>
       <c r="F34">
         <v>72121103</v>
       </c>
       <c r="G34" t="s">
         <v>441</v>
       </c>
       <c r="H34" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>891</v>
       </c>
       <c r="B35" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C35">
         <v>72121103</v>
       </c>
       <c r="D35">
         <v>1</v>
       </c>
       <c r="E35" t="s">
         <v>439</v>
       </c>
       <c r="F35">
         <v>72121103</v>
       </c>
       <c r="G35" t="s">
         <v>441</v>
       </c>
       <c r="H35" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>892</v>
       </c>
       <c r="B36" t="s">
         <v>326</v>
       </c>
       <c r="C36">
         <v>72121103</v>
       </c>
       <c r="D36">
         <v>1</v>
       </c>
       <c r="E36" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="F36">
         <v>72121103</v>
       </c>
       <c r="G36" t="s">
         <v>441</v>
       </c>
       <c r="H36" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>893</v>
       </c>
       <c r="B37" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C37">
         <v>72121103</v>
       </c>
       <c r="D37">
         <v>1</v>
       </c>
       <c r="E37" t="s">
         <v>439</v>
       </c>
       <c r="F37">
         <v>72121103</v>
       </c>
       <c r="G37" t="s">
         <v>441</v>
       </c>
       <c r="H37" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>894</v>
       </c>
       <c r="B38" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="C38">
-        <v>72141003</v>
+        <v>72121103</v>
       </c>
       <c r="D38">
         <v>1</v>
       </c>
       <c r="E38" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="F38">
-        <v>72141003</v>
+        <v>72121103</v>
       </c>
       <c r="G38" t="s">
         <v>441</v>
       </c>
       <c r="H38" t="s">
         <v>443</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>