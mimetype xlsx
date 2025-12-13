--- v0 (2025-10-13)
+++ v1 (2025-12-13)
@@ -161,51 +161,51 @@
   <si>
     <t>tender_procuringEntity_name</t>
   </si>
   <si>
     <t>planning_rationale</t>
   </si>
   <si>
     <t>planning_budget_id</t>
   </si>
   <si>
     <t>planning_budget_description</t>
   </si>
   <si>
     <t>planning_budget_project</t>
   </si>
   <si>
     <t>planning_budget_projectID</t>
   </si>
   <si>
     <t>planning_budget_amount_amount</t>
   </si>
   <si>
     <t>planning_budget_amount_currency</t>
   </si>
   <si>
-    <t>id-0.0</t>
+    <t>id-1.0</t>
   </si>
   <si>
     <t>ocds-j74acu-000053-AN/HS/04-2021-02-03T16:13:00Z</t>
   </si>
   <si>
     <t>compiled</t>
   </si>
   <si>
     <t>2021-02-03T16:13:00Z</t>
   </si>
   <si>
     <t>ocds-j74acu-000053-AN/HS/04</t>
   </si>
   <si>
     <t>en</t>
   </si>
   <si>
     <t>tender</t>
   </si>
   <si>
     <t>63X69LUGYa05</t>
   </si>
   <si>
     <t>MINISTRY OF HOSUING</t>
   </si>
@@ -236,720 +236,720 @@
   <si>
     <t>open</t>
   </si>
   <si>
     <t>written</t>
   </si>
   <si>
     <t>2020-06-03T13:00:00Z</t>
   </si>
   <si>
     <t>2019-06-03T13:00:00Z</t>
   </si>
   <si>
     <t>2019-05-03T10:00:00Z</t>
   </si>
   <si>
     <t>AN/HS/04</t>
   </si>
   <si>
     <t>000052</t>
   </si>
   <si>
     <t>NGN</t>
   </si>
   <si>
-    <t>id-1.0</t>
+    <t>id-2.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000063-AN/HS/04-2021-02-03T16:34:00Z</t>
+  </si>
+  <si>
+    <t>2021-02-03T16:34:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000063-AN/HS/04</t>
+  </si>
+  <si>
+    <t>Construction of Ekwulobia Township Stadium Ekwulobia</t>
+  </si>
+  <si>
+    <t>2020-02-14T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-02-15T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2019-01-07T10:00:00Z</t>
+  </si>
+  <si>
+    <t>000062</t>
+  </si>
+  <si>
+    <t>id-3.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-013557-AN/HS/04-2021-12-06T12:00:00Z</t>
+  </si>
+  <si>
+    <t>2021-12-06T12:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-013557-AN/HS/04</t>
+  </si>
+  <si>
+    <t>timely delivery and reliability of the invited contractors</t>
+  </si>
+  <si>
+    <t>PROCUREMENT (SUPPLY &amp;  INSTALLATION OF FURNITURE) FOR THE ANAMBRA STATE INTERNATIONAL CONVENTION CENTRE (ICC) AT AGU-AWKA, ANAMBRA STATE.</t>
+  </si>
+  <si>
+    <t>Selective Tendering</t>
+  </si>
+  <si>
+    <t>PROCUREMENT (SUPPLY &amp; INSTALLATION OF FURNITURE) FOR THE ANAMBRA STATE INTERNATIONAL CONVENTION CENTRE (ICC) AT AGU-AWKA, ANAMBRA STATE.</t>
+  </si>
+  <si>
+    <t>goods</t>
+  </si>
+  <si>
+    <t>Lowest responsive bidder</t>
+  </si>
+  <si>
+    <t>selective</t>
+  </si>
+  <si>
+    <t>Physical</t>
+  </si>
+  <si>
+    <t>2022-01-12T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2021-12-18T12:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-03-14T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2022-02-07T12:00:00Z</t>
+  </si>
+  <si>
+    <t>013556</t>
+  </si>
+  <si>
+    <t>Construction of International Conference Center</t>
+  </si>
+  <si>
+    <t>id-4.0</t>
   </si>
   <si>
     <t>ocds-j74acu-000072-AN/HS/04-2021-02-04T10:00:00Z</t>
   </si>
   <si>
     <t>2021-02-04T10:00:00Z</t>
   </si>
   <si>
     <t>ocds-j74acu-000072-AN/HS/04</t>
   </si>
   <si>
     <t>Construction of Overhead Tank and Reticulation of Water From Borehole at the Guest House to the Audiorium at the Prof.Dora Akunyil WDC, Awka</t>
   </si>
   <si>
     <t>2019-08-20T13:00:00Z</t>
   </si>
   <si>
     <t>2019-05-20T13:00:00Z</t>
   </si>
   <si>
     <t>2019-04-10T10:00:00Z</t>
   </si>
   <si>
     <t>000071</t>
   </si>
   <si>
     <t>Anambra State of Nigeria Approved Recurrent &amp;amp; Capital Estimates 2019 Fiscal Year</t>
   </si>
   <si>
-    <t>id-2.0</t>
+    <t>id-31.0</t>
   </si>
   <si>
     <t>ocds-j74acu-000086-AN/HS/04-2021-01-08T16:02:00Z</t>
   </si>
   <si>
     <t>2021-01-08T16:02:00Z</t>
   </si>
   <si>
     <t>ocds-j74acu-000086-AN/HS/04</t>
   </si>
   <si>
     <t>open tender</t>
   </si>
   <si>
     <t>Expansion,Renovation and Partitioning of the Old AVG Office for use of Anambra State Tenders Board and Special Advicer to the Governor on physical Challeneged</t>
   </si>
   <si>
     <t>Ernyson project was lowest responsive bidder</t>
   </si>
   <si>
     <t>2019-05-05T13:00:00Z</t>
   </si>
   <si>
     <t>2019-04-05T13:00:00Z</t>
   </si>
   <si>
     <t>2019-04-04T13:00:00Z</t>
   </si>
   <si>
     <t>2019-03-07T10:00:00Z</t>
   </si>
   <si>
     <t>000085</t>
   </si>
   <si>
-    <t>id-4.0</t>
-[...79 lines deleted...]
-  <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>contractPeriod_endDate</t>
   </si>
   <si>
     <t>contractPeriod_startDate</t>
   </si>
   <si>
     <t>contractPeriod_durationInDays</t>
   </si>
   <si>
-    <t>id-0.0.awards.0</t>
+    <t>id-1.0.awards.0</t>
   </si>
   <si>
     <t>ocds-j74acu-000053-AN/HS/04i/ocds-j74acu-000053-AN/HS/04000056</t>
   </si>
   <si>
-    <t>id-1.0.awards.0</t>
+    <t>id-2.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000063-AN/HS/04i/ocds-j74acu-000063-AN/HS/04000066</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-013557-AN/HS/04i/ocds-j74acu-013557-AN/HS/04013564</t>
+  </si>
+  <si>
+    <t>2022-01-12T12:00:00Z</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0</t>
   </si>
   <si>
     <t>ocds-j74acu-000072-AN/HS/04i/ocds-j74acu-000072-AN/HS/04000077</t>
   </si>
   <si>
-    <t>id-2.0.awards.0</t>
+    <t>id-31.0.awards.0</t>
   </si>
   <si>
     <t>ocds-j74acu-000086-AN/HS/04i/ocds-j74acu-000086-AN/HS/04000089</t>
   </si>
   <si>
-    <t>id-4.0.awards.0</t>
-[...13 lines deleted...]
-  <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>quantity</t>
   </si>
   <si>
     <t>unit_name</t>
   </si>
   <si>
     <t>unit_scheme</t>
   </si>
   <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
     <t>classification_description</t>
   </si>
   <si>
     <t>deliveryAddress_locality</t>
   </si>
   <si>
-    <t>id-0.0.awards.0.items.0</t>
+    <t>id-1.0.awards.0.items.0</t>
   </si>
   <si>
     <t>unit</t>
   </si>
   <si>
     <t>UNCEFACT</t>
   </si>
   <si>
     <t>UNSPSC</t>
   </si>
   <si>
     <t>Fence construction service</t>
   </si>
   <si>
     <t>Anambra East</t>
   </si>
   <si>
-    <t>id-1.0.awards.0.items.0</t>
+    <t>id-2.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>Stadium construction service</t>
+  </si>
+  <si>
+    <t>Awka South</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>Number</t>
+  </si>
+  <si>
+    <t>Furniture</t>
+  </si>
+  <si>
+    <t>International Conference Center, Agu-Awka, Awka Anambra State</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0.items.0</t>
   </si>
   <si>
     <t>Water storage tanks</t>
   </si>
   <si>
-    <t>Awka South</t>
-[...2 lines deleted...]
-    <t>id-2.0.awards.0.items.0</t>
+    <t>id-31.0.awards.0.items.0</t>
   </si>
   <si>
     <t>Commercial and office building renovation and repair service</t>
   </si>
   <si>
-    <t>id-4.0.awards.0.items.0</t>
-[...16 lines deleted...]
-  <si>
     <t>name</t>
   </si>
   <si>
-    <t>id-0.0.awards.0.suppliers.0</t>
+    <t>id-1.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>NG-CAC-95925</t>
   </si>
   <si>
     <t>AUSTOMA ENTERPRISES NIGERIA LIMITED</t>
   </si>
   <si>
-    <t>id-1.0.awards.0.suppliers.0</t>
+    <t>id-2.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-487954</t>
+  </si>
+  <si>
+    <t>TELMAC ENGINEERING SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-</t>
+  </si>
+  <si>
+    <t>Stansat Technologies Ltd</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>NG-CAC-446403</t>
   </si>
   <si>
     <t>MO AND C INTERNATIONAL LIMITED</t>
   </si>
   <si>
-    <t>id-2.0.awards.0.suppliers.0</t>
+    <t>id-31.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>NG-CAC-EP76</t>
   </si>
   <si>
     <t>Ernyson Project</t>
   </si>
   <si>
-    <t>id-4.0.awards.0.suppliers.0</t>
-[...16 lines deleted...]
-  <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_locality</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>address_streetAddress</t>
   </si>
   <si>
     <t>identifier_scheme</t>
   </si>
   <si>
     <t>identifier_legalName</t>
   </si>
   <si>
     <t>contactPoint_url</t>
   </si>
   <si>
     <t>contactPoint_name</t>
   </si>
   <si>
     <t>contactPoint_email</t>
   </si>
   <si>
     <t>contactPoint_telephone</t>
   </si>
   <si>
     <t>identifier_id</t>
   </si>
   <si>
-    <t>id-0.0.parties.0</t>
+    <t>id-1.0.parties.0</t>
   </si>
   <si>
     <t>buyer</t>
   </si>
   <si>
     <t>Awka</t>
   </si>
   <si>
     <t>Anambra</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>State Secretariat Awka, Anambra State</t>
   </si>
   <si>
     <t>NG-TIN</t>
   </si>
   <si>
     <t>https://bpp.an.gov.ng/</t>
   </si>
   <si>
     <t>Akorah Clement</t>
   </si>
   <si>
     <t>housing@eprocure.bpp.an.gov.ng</t>
   </si>
   <si>
     <t>+2347037412222</t>
   </si>
   <si>
-    <t>id-0.0.parties.1</t>
+    <t>id-1.0.parties.1</t>
   </si>
   <si>
     <t>supplier</t>
   </si>
   <si>
     <t>MAKURDI</t>
   </si>
   <si>
     <t>PLOT 4B, ALIADE ROAD, MAKURDI, BENUE</t>
   </si>
   <si>
     <t>NG-CAC</t>
   </si>
   <si>
     <t>http://eprocure.bpp.an.gov.ng</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>95925</t>
   </si>
   <si>
-    <t>id-1.0.parties.0</t>
-[...2 lines deleted...]
-    <t>id-1.0.parties.1</t>
+    <t>id-2.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.1</t>
+  </si>
+  <si>
+    <t>PORT HARCOURT</t>
+  </si>
+  <si>
+    <t>45 ELIGBOLO ROAD RUMU-ODOMANYA PORT HARCOURT</t>
+  </si>
+  <si>
+    <t>http://eprocure.bpp.an.gov.ng/report/economic_operator.php</t>
+  </si>
+  <si>
+    <t>487954</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.1</t>
+  </si>
+  <si>
+    <t>Awka, Anambra State</t>
+  </si>
+  <si>
+    <t>No 20 Zik Avenue</t>
+  </si>
+  <si>
+    <t>stansat95@yahoo.com</t>
+  </si>
+  <si>
+    <t>08063009159</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.1</t>
   </si>
   <si>
     <t xml:space="preserve"> LAGOS</t>
   </si>
   <si>
     <t>58, LATEEF AREGBE OKOTA STREET LAGOS</t>
   </si>
   <si>
-    <t>http://eprocure.bpp.an.gov.ng/report/economic_operator.php</t>
-[...1 lines deleted...]
-  <si>
     <t>446403</t>
   </si>
   <si>
-    <t>id-2.0.parties.0</t>
-[...2 lines deleted...]
-    <t>id-2.0.parties.1</t>
+    <t>id-31.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.1</t>
   </si>
   <si>
     <t>Awka Anambra state</t>
   </si>
   <si>
     <t>EP76</t>
   </si>
   <si>
-    <t>id-4.0.parties.0</t>
-[...31 lines deleted...]
-  <si>
     <t>awardID</t>
   </si>
   <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>period_endDate</t>
   </si>
   <si>
     <t>period_startDate</t>
   </si>
   <si>
     <t>period_durationInDays</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-1.0.contracts.0</t>
   </si>
   <si>
     <t>id-2.0.contracts.0</t>
   </si>
   <si>
+    <t>id-3.0.contracts.0</t>
+  </si>
+  <si>
     <t>id-4.0.contracts.0</t>
   </si>
   <si>
     <t>id-31.0.contracts.0</t>
   </si>
   <si>
     <t>_link_contracts</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0.items.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-1.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-2.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-3.0.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-4.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-31.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>payee_id</t>
   </si>
   <si>
     <t>payee_name</t>
   </si>
   <si>
     <t>payer_id</t>
   </si>
   <si>
     <t>payer_name</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0.implementation.transactions.0</t>
+    <t>id-1.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>ocds-j74acu-000053-AN/HS/04000060</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.implementation.transactions.0</t>
+    <t>id-2.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000063-AN/HS/04000068</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-013557-AN/HS/04013566</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>ocds-j74acu-000072-AN/HS/04000079</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.implementation.transactions.0</t>
+    <t>id-31.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>ocds-j74acu-000086-AN/HS/04000091</t>
   </si>
   <si>
-    <t>id-4.0.contracts.0.implementation.transactions.0</t>
-[...13 lines deleted...]
-  <si>
     <t>id-1.0.tender.items.0</t>
   </si>
   <si>
     <t>id-2.0.tender.items.0</t>
   </si>
   <si>
+    <t>id-3.0.tender.items.0</t>
+  </si>
+  <si>
     <t>id-4.0.tender.items.0</t>
   </si>
   <si>
     <t>id-31.0.tender.items.0</t>
   </si>
   <si>
     <t>_link_tender_items</t>
   </si>
   <si>
     <t>scheme</t>
   </si>
   <si>
-    <t>id-0.0.tender.items.0.additionalClassifications.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-1.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-2.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-3.0.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-4.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-31.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
     <t>format</t>
   </si>
   <si>
     <t>documentType</t>
   </si>
   <si>
     <t>datePublished</t>
   </si>
   <si>
-    <t>id-0.0.tender.documents.0</t>
+    <t>id-1.0.tender.documents.0</t>
   </si>
   <si>
     <t>ocds-j74acu-000053-AN/HS/04000058</t>
   </si>
   <si>
     <t>https://www.eprocure.bpp.an.gov.ng/admin/</t>
   </si>
   <si>
     <t>Tender Notice</t>
   </si>
   <si>
     <t>select type</t>
   </si>
   <si>
     <t>tenderNotice</t>
   </si>
   <si>
-    <t>id-1.0.tender.documents.0</t>
+    <t>id-2.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-000063-AN/HS/04000064</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-013557-AN/HS/04013562</t>
+  </si>
+  <si>
+    <t>pdf</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.documents.0</t>
   </si>
   <si>
     <t>ocds-j74acu-000072-AN/HS/04000073</t>
   </si>
   <si>
-    <t>id-2.0.tender.documents.0</t>
+    <t>id-31.0.tender.documents.0</t>
   </si>
   <si>
     <t>ocds-j74acu-000086-AN/HS/04000087</t>
-  </si>
-[...13 lines deleted...]
-    <t>ocds-j74acu-000063-AN/HS/04000064</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1601,486 +1601,486 @@
       <c r="T3" t="s">
         <v>59</v>
       </c>
       <c r="U3" t="s">
         <v>60</v>
       </c>
       <c r="V3">
         <v>4</v>
       </c>
       <c r="W3" t="s">
         <v>61</v>
       </c>
       <c r="X3" t="s">
         <v>73</v>
       </c>
       <c r="Y3" t="s">
         <v>74</v>
       </c>
       <c r="Z3" t="s">
         <v>74</v>
       </c>
       <c r="AA3" t="s">
         <v>75</v>
       </c>
       <c r="AB3">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AC3" t="s">
         <v>74</v>
       </c>
       <c r="AD3" t="s">
         <v>75</v>
       </c>
       <c r="AE3">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF3" t="s">
         <v>73</v>
       </c>
       <c r="AG3" t="s">
         <v>74</v>
       </c>
       <c r="AH3">
-        <v>92</v>
+        <v>364</v>
       </c>
       <c r="AI3" t="s">
         <v>65</v>
       </c>
       <c r="AJ3" t="s">
         <v>51</v>
       </c>
       <c r="AK3" t="s">
         <v>52</v>
       </c>
       <c r="AL3" t="s">
         <v>76</v>
       </c>
       <c r="AM3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="AN3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="AO3" t="s">
         <v>71</v>
       </c>
       <c r="AP3">
-        <v>1392655</v>
+        <v>80000000</v>
       </c>
       <c r="AQ3" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="C4" t="s">
         <v>45</v>
       </c>
       <c r="D4" t="s">
+        <v>79</v>
+      </c>
+      <c r="E4" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F4" t="s">
         <v>48</v>
       </c>
       <c r="G4" t="s">
         <v>49</v>
       </c>
       <c r="H4" t="s">
         <v>50</v>
       </c>
       <c r="I4" t="s">
         <v>51</v>
       </c>
       <c r="J4" t="s">
+        <v>80</v>
+      </c>
+      <c r="K4" t="s">
         <v>81</v>
       </c>
-      <c r="K4" t="s">
+      <c r="L4" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="M4" t="s">
         <v>54</v>
       </c>
       <c r="N4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="O4" t="s">
         <v>55</v>
       </c>
       <c r="P4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="Q4" t="s">
         <v>56</v>
       </c>
       <c r="R4" t="s">
-        <v>57</v>
+        <v>85</v>
       </c>
       <c r="S4" t="s">
         <v>58</v>
       </c>
       <c r="T4" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="U4" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="V4">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="W4" t="s">
-        <v>61</v>
+        <v>88</v>
       </c>
       <c r="X4" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="Y4" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="Z4" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="AA4" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="AB4">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="AC4" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="AD4" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="AE4">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="AF4" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="AG4" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="AH4">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="AI4" t="s">
         <v>65</v>
       </c>
       <c r="AJ4" t="s">
         <v>51</v>
       </c>
       <c r="AK4" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AL4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="AM4" t="s">
-        <v>77</v>
+        <v>94</v>
       </c>
       <c r="AN4" t="s">
-        <v>77</v>
+        <v>94</v>
       </c>
       <c r="AO4" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AP4">
-        <v>4000000</v>
+        <v>308869000</v>
       </c>
       <c r="AQ4" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B5" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="C5" t="s">
         <v>45</v>
       </c>
       <c r="D5" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="E5" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F5" t="s">
         <v>48</v>
       </c>
       <c r="G5" t="s">
         <v>49</v>
       </c>
       <c r="H5" t="s">
         <v>50</v>
       </c>
       <c r="I5" t="s">
         <v>51</v>
       </c>
       <c r="J5" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="K5" t="s">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="L5" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="M5" t="s">
         <v>54</v>
       </c>
       <c r="N5" t="s">
-        <v>96</v>
+        <v>52</v>
       </c>
       <c r="O5" t="s">
         <v>55</v>
       </c>
       <c r="P5" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="Q5" t="s">
         <v>56</v>
       </c>
       <c r="R5" t="s">
-        <v>98</v>
+        <v>57</v>
       </c>
       <c r="S5" t="s">
         <v>58</v>
       </c>
       <c r="T5" t="s">
-        <v>99</v>
+        <v>59</v>
       </c>
       <c r="U5" t="s">
+        <v>60</v>
+      </c>
+      <c r="V5">
+        <v>4</v>
+      </c>
+      <c r="W5" t="s">
+        <v>61</v>
+      </c>
+      <c r="X5" t="s">
         <v>100</v>
       </c>
-      <c r="V5">
-[...2 lines deleted...]
-      <c r="W5" t="s">
+      <c r="Y5" t="s">
         <v>101</v>
       </c>
-      <c r="X5" t="s">
+      <c r="Z5" t="s">
+        <v>101</v>
+      </c>
+      <c r="AA5" t="s">
         <v>102</v>
       </c>
-      <c r="Y5" t="s">
-[...5 lines deleted...]
-      <c r="AA5" t="s">
+      <c r="AB5">
+        <v>40</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>101</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>102</v>
+      </c>
+      <c r="AE5">
+        <v>40</v>
+      </c>
+      <c r="AF5" t="s">
+        <v>100</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>101</v>
+      </c>
+      <c r="AH5">
         <v>92</v>
-      </c>
-[...19 lines deleted...]
-        <v>35</v>
       </c>
       <c r="AI5" t="s">
         <v>65</v>
       </c>
       <c r="AJ5" t="s">
         <v>51</v>
       </c>
       <c r="AK5" t="s">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="AL5" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="AM5" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="AN5" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="AO5" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="AP5">
-        <v>308869000</v>
+        <v>1392655</v>
       </c>
       <c r="AQ5" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B6" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="C6" t="s">
         <v>45</v>
       </c>
       <c r="D6" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="E6" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="F6" t="s">
         <v>48</v>
       </c>
       <c r="G6" t="s">
         <v>49</v>
       </c>
       <c r="H6" t="s">
         <v>50</v>
       </c>
       <c r="I6" t="s">
         <v>51</v>
       </c>
       <c r="J6" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="K6" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="L6" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="M6" t="s">
         <v>54</v>
       </c>
       <c r="N6" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="O6" t="s">
         <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="Q6" t="s">
         <v>56</v>
       </c>
       <c r="R6" t="s">
         <v>57</v>
       </c>
       <c r="S6" t="s">
         <v>58</v>
       </c>
       <c r="T6" t="s">
-        <v>59</v>
+        <v>111</v>
       </c>
       <c r="U6" t="s">
         <v>60</v>
       </c>
       <c r="V6">
         <v>4</v>
       </c>
       <c r="W6" t="s">
         <v>61</v>
       </c>
       <c r="X6" t="s">
+        <v>112</v>
+      </c>
+      <c r="Y6" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="Z6" t="s">
         <v>114</v>
       </c>
       <c r="AA6" t="s">
         <v>115</v>
       </c>
       <c r="AB6">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="AC6" t="s">
         <v>114</v>
       </c>
       <c r="AD6" t="s">
         <v>115</v>
       </c>
       <c r="AE6">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="AF6" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AG6" t="s">
         <v>114</v>
       </c>
       <c r="AH6">
-        <v>364</v>
+        <v>31</v>
       </c>
       <c r="AI6" t="s">
         <v>65</v>
       </c>
       <c r="AJ6" t="s">
         <v>51</v>
       </c>
       <c r="AK6" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="AL6" t="s">
         <v>116</v>
       </c>
       <c r="AM6" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="AN6" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="AO6" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="AP6">
-        <v>80000000</v>
+        <v>4000000</v>
       </c>
       <c r="AQ6" t="s">
         <v>67</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>266</v>
       </c>
@@ -2106,111 +2106,111 @@
       </c>
       <c r="C2" t="s">
         <v>43</v>
       </c>
       <c r="D2">
         <v>72154013</v>
       </c>
       <c r="E2" t="s">
         <v>148</v>
       </c>
       <c r="F2" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>269</v>
       </c>
       <c r="B3" t="s">
         <v>262</v>
       </c>
       <c r="C3" t="s">
         <v>68</v>
       </c>
       <c r="D3">
-        <v>24111810</v>
+        <v>72121408</v>
       </c>
       <c r="E3" t="s">
         <v>148</v>
       </c>
       <c r="F3" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>270</v>
       </c>
       <c r="B4" t="s">
         <v>263</v>
       </c>
       <c r="C4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D4">
-        <v>72121103</v>
+        <v>56101500</v>
       </c>
       <c r="E4" t="s">
         <v>148</v>
       </c>
       <c r="F4" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>271</v>
       </c>
       <c r="B5" t="s">
         <v>264</v>
       </c>
       <c r="C5" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="D5">
-        <v>56101500</v>
+        <v>24111810</v>
       </c>
       <c r="E5" t="s">
         <v>148</v>
       </c>
       <c r="F5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>272</v>
       </c>
       <c r="B6" t="s">
         <v>265</v>
       </c>
       <c r="C6" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="D6">
-        <v>72121408</v>
+        <v>72121103</v>
       </c>
       <c r="E6" t="s">
         <v>148</v>
       </c>
       <c r="F6" t="s">
         <v>161</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -2289,133 +2289,133 @@
       </c>
       <c r="E3" t="s">
         <v>280</v>
       </c>
       <c r="F3" t="s">
         <v>281</v>
       </c>
       <c r="G3" t="s">
         <v>48</v>
       </c>
       <c r="H3" t="s">
         <v>72</v>
       </c>
       <c r="I3" t="s">
         <v>282</v>
       </c>
       <c r="J3" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>285</v>
       </c>
       <c r="B4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C4" t="s">
         <v>286</v>
       </c>
       <c r="D4" t="s">
         <v>279</v>
       </c>
       <c r="E4" t="s">
         <v>280</v>
       </c>
       <c r="F4" t="s">
         <v>287</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I4" t="s">
         <v>282</v>
       </c>
       <c r="J4" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>288</v>
       </c>
       <c r="B5" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C5" t="s">
         <v>289</v>
       </c>
       <c r="D5" t="s">
         <v>279</v>
       </c>
       <c r="E5" t="s">
         <v>280</v>
       </c>
       <c r="F5" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I5" t="s">
         <v>282</v>
       </c>
       <c r="J5" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>290</v>
       </c>
       <c r="B6" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C6" t="s">
         <v>291</v>
       </c>
       <c r="D6" t="s">
         <v>279</v>
       </c>
       <c r="E6" t="s">
         <v>280</v>
       </c>
       <c r="F6" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="G6" t="s">
         <v>48</v>
       </c>
       <c r="H6" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="I6" t="s">
         <v>282</v>
       </c>
       <c r="J6" t="s">
         <v>115</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -2492,177 +2492,177 @@
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>128</v>
       </c>
       <c r="B3" t="s">
         <v>68</v>
       </c>
       <c r="C3" t="s">
         <v>129</v>
       </c>
       <c r="D3" t="s">
         <v>74</v>
       </c>
       <c r="E3" t="s">
         <v>54</v>
       </c>
       <c r="F3" t="s">
         <v>72</v>
       </c>
       <c r="G3" t="s">
         <v>72</v>
       </c>
       <c r="H3">
-        <v>1392655</v>
+        <v>80000000</v>
       </c>
       <c r="I3" t="s">
         <v>67</v>
       </c>
       <c r="J3" t="s">
         <v>73</v>
       </c>
       <c r="K3" t="s">
         <v>74</v>
       </c>
       <c r="L3">
-        <v>92</v>
+        <v>364</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>130</v>
       </c>
       <c r="B4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C4" t="s">
         <v>131</v>
       </c>
       <c r="D4" t="s">
-        <v>87</v>
+        <v>132</v>
       </c>
       <c r="E4" t="s">
         <v>54</v>
       </c>
       <c r="F4" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H4">
-        <v>4000000</v>
+        <v>308196850</v>
       </c>
       <c r="I4" t="s">
         <v>67</v>
       </c>
       <c r="J4" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="K4" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="L4">
-        <v>31</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B5" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D5" t="s">
-        <v>134</v>
+        <v>101</v>
       </c>
       <c r="E5" t="s">
         <v>54</v>
       </c>
       <c r="F5" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="G5" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H5">
-        <v>308196850</v>
+        <v>1392655</v>
       </c>
       <c r="I5" t="s">
         <v>67</v>
       </c>
       <c r="J5" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="K5" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="L5">
-        <v>35</v>
+        <v>92</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>135</v>
       </c>
       <c r="B6" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C6" t="s">
         <v>136</v>
       </c>
       <c r="D6" t="s">
         <v>114</v>
       </c>
       <c r="E6" t="s">
         <v>54</v>
       </c>
       <c r="F6" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G6" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H6">
-        <v>80000000</v>
+        <v>4000000</v>
       </c>
       <c r="I6" t="s">
         <v>67</v>
       </c>
       <c r="J6" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="K6" t="s">
         <v>114</v>
       </c>
       <c r="L6">
-        <v>364</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>137</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>117</v>
       </c>
@@ -2736,165 +2736,165 @@
       <c r="A3" t="s">
         <v>151</v>
       </c>
       <c r="B3" t="s">
         <v>128</v>
       </c>
       <c r="C3" t="s">
         <v>68</v>
       </c>
       <c r="D3" t="s">
         <v>71</v>
       </c>
       <c r="E3" t="s">
         <v>72</v>
       </c>
       <c r="F3">
         <v>1</v>
       </c>
       <c r="G3" t="s">
         <v>146</v>
       </c>
       <c r="H3" t="s">
         <v>147</v>
       </c>
       <c r="I3">
-        <v>101352</v>
+        <v>165147</v>
       </c>
       <c r="J3" t="s">
         <v>148</v>
       </c>
       <c r="K3" t="s">
         <v>152</v>
       </c>
       <c r="L3" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>154</v>
       </c>
       <c r="B4" t="s">
         <v>130</v>
       </c>
       <c r="C4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D4" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F4">
-        <v>1</v>
+        <v>9068</v>
       </c>
       <c r="G4" t="s">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="H4" t="s">
         <v>147</v>
       </c>
       <c r="I4">
-        <v>165134</v>
+        <v>106895</v>
       </c>
       <c r="J4" t="s">
         <v>148</v>
       </c>
       <c r="K4" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L4" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C5" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="D5" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="E5" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="F5">
-        <v>9068</v>
+        <v>1</v>
       </c>
       <c r="G5" t="s">
-        <v>157</v>
+        <v>146</v>
       </c>
       <c r="H5" t="s">
         <v>147</v>
       </c>
       <c r="I5">
-        <v>106895</v>
+        <v>101352</v>
       </c>
       <c r="J5" t="s">
         <v>148</v>
       </c>
       <c r="K5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="L5" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>160</v>
       </c>
       <c r="B6" t="s">
         <v>135</v>
       </c>
       <c r="C6" t="s">
+        <v>105</v>
+      </c>
+      <c r="D6" t="s">
         <v>108</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="F6">
         <v>1</v>
       </c>
       <c r="G6" t="s">
         <v>146</v>
       </c>
       <c r="H6" t="s">
         <v>147</v>
       </c>
       <c r="I6">
-        <v>165147</v>
+        <v>165134</v>
       </c>
       <c r="J6" t="s">
         <v>148</v>
       </c>
       <c r="K6" t="s">
         <v>161</v>
       </c>
       <c r="L6" t="s">
         <v>153</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -2934,85 +2934,85 @@
     <row r="3">
       <c r="A3" t="s">
         <v>166</v>
       </c>
       <c r="B3" t="s">
         <v>128</v>
       </c>
       <c r="C3" t="s">
         <v>68</v>
       </c>
       <c r="D3" t="s">
         <v>167</v>
       </c>
       <c r="E3" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>169</v>
       </c>
       <c r="B4" t="s">
         <v>130</v>
       </c>
       <c r="C4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D4" t="s">
         <v>170</v>
       </c>
       <c r="E4" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>172</v>
       </c>
       <c r="B5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C5" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="D5" t="s">
         <v>173</v>
       </c>
       <c r="E5" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>175</v>
       </c>
       <c r="B6" t="s">
         <v>135</v>
       </c>
       <c r="C6" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="D6" t="s">
         <v>176</v>
       </c>
       <c r="E6" t="s">
         <v>177</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -3236,298 +3236,298 @@
       </c>
       <c r="L5" t="s">
         <v>168</v>
       </c>
       <c r="M5" t="s">
         <v>214</v>
       </c>
       <c r="N5" t="s">
         <v>168</v>
       </c>
       <c r="O5" t="s">
         <v>208</v>
       </c>
       <c r="P5" t="s">
         <v>208</v>
       </c>
       <c r="Q5" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>216</v>
       </c>
       <c r="B6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C6" t="s">
         <v>65</v>
       </c>
       <c r="D6" t="s">
         <v>51</v>
       </c>
       <c r="E6" t="s">
         <v>192</v>
       </c>
       <c r="F6" t="s">
         <v>193</v>
       </c>
       <c r="G6" t="s">
         <v>194</v>
       </c>
       <c r="H6">
         <v>420111</v>
       </c>
       <c r="I6" t="s">
         <v>195</v>
       </c>
       <c r="J6" t="s">
         <v>196</v>
       </c>
       <c r="K6" t="s">
         <v>197</v>
       </c>
       <c r="L6" t="s">
         <v>51</v>
       </c>
       <c r="M6" t="s">
         <v>198</v>
       </c>
       <c r="N6" t="s">
         <v>199</v>
       </c>
       <c r="O6" t="s">
         <v>200</v>
       </c>
       <c r="P6" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>217</v>
       </c>
       <c r="B7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C7" t="s">
         <v>170</v>
       </c>
       <c r="D7" t="s">
         <v>171</v>
       </c>
       <c r="E7" t="s">
         <v>203</v>
       </c>
       <c r="G7" t="s">
-        <v>193</v>
+        <v>218</v>
       </c>
       <c r="J7" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="K7" t="s">
         <v>206</v>
       </c>
       <c r="L7" t="s">
         <v>171</v>
       </c>
       <c r="M7" t="s">
         <v>214</v>
       </c>
       <c r="N7" t="s">
         <v>171</v>
       </c>
       <c r="O7" t="s">
-        <v>208</v>
+        <v>220</v>
       </c>
       <c r="P7" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C8" t="s">
         <v>65</v>
       </c>
       <c r="D8" t="s">
         <v>51</v>
       </c>
       <c r="E8" t="s">
         <v>192</v>
       </c>
       <c r="F8" t="s">
         <v>193</v>
       </c>
       <c r="G8" t="s">
         <v>194</v>
       </c>
       <c r="H8">
         <v>420111</v>
       </c>
       <c r="I8" t="s">
         <v>195</v>
       </c>
       <c r="J8" t="s">
         <v>196</v>
       </c>
       <c r="K8" t="s">
         <v>197</v>
       </c>
       <c r="L8" t="s">
         <v>51</v>
       </c>
       <c r="M8" t="s">
         <v>198</v>
       </c>
       <c r="N8" t="s">
         <v>199</v>
       </c>
       <c r="O8" t="s">
         <v>200</v>
       </c>
       <c r="P8" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B9" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C9" t="s">
         <v>173</v>
       </c>
       <c r="D9" t="s">
         <v>174</v>
       </c>
       <c r="E9" t="s">
         <v>203</v>
       </c>
       <c r="G9" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="J9" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="K9" t="s">
         <v>206</v>
       </c>
       <c r="L9" t="s">
         <v>174</v>
       </c>
       <c r="M9" t="s">
         <v>214</v>
       </c>
       <c r="N9" t="s">
         <v>174</v>
       </c>
       <c r="O9" t="s">
-        <v>224</v>
+        <v>208</v>
       </c>
       <c r="P9" t="s">
-        <v>225</v>
+        <v>208</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>226</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B10" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C10" t="s">
         <v>65</v>
       </c>
       <c r="D10" t="s">
         <v>51</v>
       </c>
       <c r="E10" t="s">
         <v>192</v>
       </c>
       <c r="F10" t="s">
         <v>193</v>
       </c>
       <c r="G10" t="s">
         <v>194</v>
       </c>
       <c r="H10">
         <v>420111</v>
       </c>
       <c r="I10" t="s">
         <v>195</v>
       </c>
       <c r="J10" t="s">
         <v>196</v>
       </c>
       <c r="K10" t="s">
         <v>197</v>
       </c>
       <c r="L10" t="s">
         <v>51</v>
       </c>
       <c r="M10" t="s">
         <v>198</v>
       </c>
       <c r="N10" t="s">
         <v>199</v>
       </c>
       <c r="O10" t="s">
         <v>200</v>
       </c>
       <c r="P10" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B11" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C11" t="s">
         <v>176</v>
       </c>
       <c r="D11" t="s">
         <v>177</v>
       </c>
       <c r="E11" t="s">
         <v>203</v>
       </c>
       <c r="G11" t="s">
-        <v>228</v>
+        <v>193</v>
       </c>
       <c r="J11" t="s">
         <v>229</v>
       </c>
       <c r="K11" t="s">
         <v>206</v>
       </c>
       <c r="L11" t="s">
         <v>177</v>
       </c>
       <c r="M11" t="s">
         <v>214</v>
       </c>
       <c r="N11" t="s">
         <v>177</v>
       </c>
       <c r="O11" t="s">
         <v>208</v>
       </c>
       <c r="P11" t="s">
         <v>208</v>
       </c>
       <c r="Q11" t="s">
         <v>230</v>
       </c>
@@ -3631,186 +3631,186 @@
       <c r="A3" t="s">
         <v>237</v>
       </c>
       <c r="B3" t="s">
         <v>68</v>
       </c>
       <c r="C3" t="s">
         <v>71</v>
       </c>
       <c r="D3" t="s">
         <v>129</v>
       </c>
       <c r="E3" t="s">
         <v>72</v>
       </c>
       <c r="F3" t="s">
         <v>72</v>
       </c>
       <c r="G3" t="s">
         <v>74</v>
       </c>
       <c r="H3" t="s">
         <v>54</v>
       </c>
       <c r="I3">
-        <v>1392655</v>
+        <v>80000000</v>
       </c>
       <c r="J3" t="s">
         <v>67</v>
       </c>
       <c r="K3" t="s">
         <v>73</v>
       </c>
       <c r="L3" t="s">
         <v>74</v>
       </c>
       <c r="M3">
-        <v>92</v>
+        <v>364</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>238</v>
       </c>
       <c r="B4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C4" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D4" t="s">
         <v>131</v>
       </c>
       <c r="E4" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G4" t="s">
-        <v>87</v>
+        <v>132</v>
       </c>
       <c r="H4" t="s">
         <v>54</v>
       </c>
       <c r="I4">
-        <v>4000000</v>
+        <v>215737793.63</v>
       </c>
       <c r="J4" t="s">
         <v>67</v>
       </c>
       <c r="K4" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="L4" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="M4">
-        <v>31</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>239</v>
       </c>
       <c r="B5" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C5" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E5" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="F5" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="G5" t="s">
-        <v>134</v>
+        <v>101</v>
       </c>
       <c r="H5" t="s">
         <v>54</v>
       </c>
       <c r="I5">
-        <v>215737793.63</v>
+        <v>1392655</v>
       </c>
       <c r="J5" t="s">
         <v>67</v>
       </c>
       <c r="K5" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="L5" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="M5">
-        <v>35</v>
+        <v>92</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>240</v>
       </c>
       <c r="B6" t="s">
+        <v>105</v>
+      </c>
+      <c r="C6" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="D6" t="s">
         <v>136</v>
       </c>
       <c r="E6" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="F6" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G6" t="s">
         <v>114</v>
       </c>
       <c r="H6" t="s">
         <v>54</v>
       </c>
       <c r="I6">
-        <v>80000000</v>
+        <v>4000000</v>
       </c>
       <c r="J6" t="s">
         <v>67</v>
       </c>
       <c r="K6" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="L6" t="s">
         <v>114</v>
       </c>
       <c r="M6">
-        <v>364</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>241</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>117</v>
       </c>
@@ -3875,156 +3875,156 @@
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>243</v>
       </c>
       <c r="B3" t="s">
         <v>237</v>
       </c>
       <c r="C3" t="s">
         <v>68</v>
       </c>
       <c r="D3" t="s">
         <v>71</v>
       </c>
       <c r="E3" t="s">
         <v>72</v>
       </c>
       <c r="F3">
         <v>1</v>
       </c>
       <c r="G3" t="s">
         <v>146</v>
       </c>
       <c r="H3">
-        <v>101352</v>
+        <v>165147</v>
       </c>
       <c r="I3" t="s">
         <v>148</v>
       </c>
       <c r="J3" t="s">
         <v>152</v>
       </c>
       <c r="K3" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>244</v>
       </c>
       <c r="B4" t="s">
         <v>238</v>
       </c>
       <c r="C4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D4" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F4">
-        <v>1</v>
+        <v>9068</v>
       </c>
       <c r="G4" t="s">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="H4">
-        <v>165134</v>
+        <v>106895</v>
       </c>
       <c r="I4" t="s">
         <v>148</v>
       </c>
       <c r="J4" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="K4" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>245</v>
       </c>
       <c r="B5" t="s">
         <v>239</v>
       </c>
       <c r="C5" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="D5" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="E5" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="F5">
-        <v>9068</v>
+        <v>1</v>
       </c>
       <c r="G5" t="s">
-        <v>157</v>
+        <v>146</v>
       </c>
       <c r="H5">
-        <v>106895</v>
+        <v>101352</v>
       </c>
       <c r="I5" t="s">
         <v>148</v>
       </c>
       <c r="J5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K5" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>246</v>
       </c>
       <c r="B6" t="s">
         <v>240</v>
       </c>
       <c r="C6" t="s">
+        <v>105</v>
+      </c>
+      <c r="D6" t="s">
         <v>108</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="F6">
         <v>1</v>
       </c>
       <c r="G6" t="s">
         <v>146</v>
       </c>
       <c r="H6">
-        <v>165147</v>
+        <v>165134</v>
       </c>
       <c r="I6" t="s">
         <v>148</v>
       </c>
       <c r="J6" t="s">
         <v>161</v>
       </c>
       <c r="K6" t="s">
         <v>153</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -4095,144 +4095,144 @@
       <c r="A3" t="s">
         <v>253</v>
       </c>
       <c r="B3" t="s">
         <v>237</v>
       </c>
       <c r="C3" t="s">
         <v>68</v>
       </c>
       <c r="D3" t="s">
         <v>254</v>
       </c>
       <c r="E3" t="s">
         <v>215</v>
       </c>
       <c r="F3" t="s">
         <v>168</v>
       </c>
       <c r="G3" t="s">
         <v>65</v>
       </c>
       <c r="H3" t="s">
         <v>51</v>
       </c>
       <c r="I3">
-        <v>1392655</v>
+        <v>80000000</v>
       </c>
       <c r="J3" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>255</v>
       </c>
       <c r="B4" t="s">
         <v>238</v>
       </c>
       <c r="C4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D4" t="s">
         <v>256</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" t="s">
         <v>171</v>
       </c>
       <c r="G4" t="s">
         <v>65</v>
       </c>
       <c r="H4" t="s">
         <v>51</v>
       </c>
       <c r="I4">
-        <v>4000000</v>
+        <v>215737793.63</v>
       </c>
       <c r="J4" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>257</v>
       </c>
       <c r="B5" t="s">
         <v>239</v>
       </c>
       <c r="C5" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="D5" t="s">
         <v>258</v>
       </c>
+      <c r="E5" t="s">
+        <v>226</v>
+      </c>
       <c r="F5" t="s">
         <v>174</v>
       </c>
       <c r="G5" t="s">
         <v>65</v>
       </c>
       <c r="H5" t="s">
         <v>51</v>
       </c>
       <c r="I5">
-        <v>215737793.63</v>
+        <v>1392655</v>
       </c>
       <c r="J5" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>259</v>
       </c>
       <c r="B6" t="s">
         <v>240</v>
       </c>
       <c r="C6" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="D6" t="s">
         <v>260</v>
       </c>
       <c r="E6" t="s">
         <v>230</v>
       </c>
       <c r="F6" t="s">
         <v>177</v>
       </c>
       <c r="G6" t="s">
         <v>65</v>
       </c>
       <c r="H6" t="s">
         <v>51</v>
       </c>
       <c r="I6">
-        <v>80000000</v>
+        <v>4000000</v>
       </c>
       <c r="J6" t="s">
         <v>67</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>117</v>
       </c>
@@ -4267,138 +4267,138 @@
       </c>
       <c r="D2">
         <v>1</v>
       </c>
       <c r="E2" t="s">
         <v>146</v>
       </c>
       <c r="F2">
         <v>72154013</v>
       </c>
       <c r="G2" t="s">
         <v>148</v>
       </c>
       <c r="H2" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>262</v>
       </c>
       <c r="B3" t="s">
         <v>68</v>
       </c>
       <c r="C3">
-        <v>24111810</v>
+        <v>72121408</v>
       </c>
       <c r="D3">
         <v>1</v>
       </c>
       <c r="E3" t="s">
         <v>146</v>
       </c>
       <c r="F3">
-        <v>24111810</v>
+        <v>72121408</v>
       </c>
       <c r="G3" t="s">
         <v>148</v>
       </c>
       <c r="H3" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>263</v>
       </c>
       <c r="B4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C4">
-        <v>72121103</v>
+        <v>56101500</v>
       </c>
       <c r="D4">
-        <v>1</v>
+        <v>9068</v>
       </c>
       <c r="E4" t="s">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="F4">
-        <v>72121103</v>
+        <v>56101500</v>
       </c>
       <c r="G4" t="s">
         <v>148</v>
       </c>
       <c r="H4" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>264</v>
       </c>
       <c r="B5" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C5">
-        <v>56101500</v>
+        <v>24111810</v>
       </c>
       <c r="D5">
-        <v>9068</v>
+        <v>1</v>
       </c>
       <c r="E5" t="s">
-        <v>157</v>
+        <v>146</v>
       </c>
       <c r="F5">
-        <v>56101500</v>
+        <v>24111810</v>
       </c>
       <c r="G5" t="s">
         <v>148</v>
       </c>
       <c r="H5" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>265</v>
       </c>
       <c r="B6" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C6">
-        <v>72121408</v>
+        <v>72121103</v>
       </c>
       <c r="D6">
         <v>1</v>
       </c>
       <c r="E6" t="s">
         <v>146</v>
       </c>
       <c r="F6">
-        <v>72121408</v>
+        <v>72121103</v>
       </c>
       <c r="G6" t="s">
         <v>148</v>
       </c>
       <c r="H6" t="s">
         <v>153</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>