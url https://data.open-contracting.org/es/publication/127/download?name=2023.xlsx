--- v0 (2025-10-13)
+++ v1 (2025-12-13)
@@ -161,180 +161,231 @@
   <si>
     <t>tender_procuringEntity_name</t>
   </si>
   <si>
     <t>planning_rationale</t>
   </si>
   <si>
     <t>planning_budget_id</t>
   </si>
   <si>
     <t>planning_budget_description</t>
   </si>
   <si>
     <t>planning_budget_project</t>
   </si>
   <si>
     <t>planning_budget_projectID</t>
   </si>
   <si>
     <t>planning_budget_amount_amount</t>
   </si>
   <si>
     <t>planning_budget_amount_currency</t>
   </si>
   <si>
+    <t>id-0.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-030060-ANS/ICTA/08-NG-2023-01-03T08:20:42Z</t>
+  </si>
+  <si>
+    <t>compiled</t>
+  </si>
+  <si>
+    <t>2023-01-03T08:20:42Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-030060-ANS/ICTA/08-NG</t>
+  </si>
+  <si>
+    <t>en</t>
+  </si>
+  <si>
+    <t>tender</t>
+  </si>
+  <si>
+    <t>ansict@bpp.an.gov.ng</t>
+  </si>
+  <si>
+    <t>ANAMBRA STATE ICT AGENCY</t>
+  </si>
+  <si>
+    <t>selective</t>
+  </si>
+  <si>
+    <t>Automation of Anambra State Budget Planning, Management &amp; Warrant System</t>
+  </si>
+  <si>
+    <t>active</t>
+  </si>
+  <si>
+    <t>In selective procedures, only selected economic operator may submit a tender in response to a contract notice</t>
+  </si>
+  <si>
+    <t>Submit through the online portal at https://eprocure.bpp.an.gov.ng</t>
+  </si>
+  <si>
+    <t>true</t>
+  </si>
+  <si>
+    <t>services</t>
+  </si>
+  <si>
+    <t>Mostresponsivebidder(TechnicalandPrice)</t>
+  </si>
+  <si>
+    <t>Award to most responsive bidder</t>
+  </si>
+  <si>
+    <t>Online at the E-procurement System</t>
+  </si>
+  <si>
+    <t>2023-03-30T11:47:00Z</t>
+  </si>
+  <si>
+    <t>2023-01-20T15:40:00Z</t>
+  </si>
+  <si>
+    <t>2023-01-19T12:50:00Z</t>
+  </si>
+  <si>
+    <t>2023-01-04T14:30:00Z</t>
+  </si>
+  <si>
+    <t>2023-01-19T11:47:00Z</t>
+  </si>
+  <si>
+    <t>2023-01-03T11:46:00Z</t>
+  </si>
+  <si>
+    <t>2023-07-20T11:47:00Z</t>
+  </si>
+  <si>
+    <t>2023-04-20T11:47:00Z</t>
+  </si>
+  <si>
+    <t>Transparency and Accountability</t>
+  </si>
+  <si>
+    <t>NGN</t>
+  </si>
+  <si>
     <t>id-1.0</t>
   </si>
   <si>
     <t>ocds-j74acu-031845-AN/HS/04-NG-2023-02-27T10:00:28Z</t>
   </si>
   <si>
-    <t>compiled</t>
-[...1 lines deleted...]
-  <si>
     <t>2023-02-27T10:00:28Z</t>
   </si>
   <si>
     <t>ocds-j74acu-031845-AN/HS/04-NG</t>
   </si>
   <si>
-    <t>en</t>
-[...4 lines deleted...]
-  <si>
     <t>housing@eprocure.bpp.an.gov.ng</t>
   </si>
   <si>
     <t>MINISTRY OF HOSUING</t>
   </si>
   <si>
-    <t>selective</t>
-[...13 lines deleted...]
-  <si>
     <t>works</t>
   </si>
   <si>
     <t>mostresponsive</t>
   </si>
   <si>
     <t>electronic submission through Anambra e-GP</t>
   </si>
   <si>
     <t>:00Z</t>
   </si>
   <si>
     <t>2023-03-15T23:23:00Z</t>
   </si>
   <si>
     <t>2023-03-13T11:00:00Z</t>
   </si>
   <si>
     <t>2023-02-27T10:00:00Z</t>
   </si>
   <si>
     <t>selective tender</t>
   </si>
   <si>
     <t>CONSTRUCTION OF THE PROPOSED DEPUTY GOVERNORS LODGE</t>
   </si>
   <si>
-    <t>NGN</t>
-[...1 lines deleted...]
-  <si>
     <t>id-2.0</t>
   </si>
   <si>
-    <t>ocds-j74acu-030060-ANS/ICTA/08-NG-2023-01-03T08:20:42Z</t>
-[...53 lines deleted...]
-    <t>Transparency and Accountability</t>
+    <t>ocds-j74acu-031848-AN/HS/04-NG-2023-02-27T10:00:28Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-031848-AN/HS/04-NG</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF THE PROPOSED RESIDENTIAL BUILDINGS AT COMMISSIONERS QUARTERS, AWKA</t>
+  </si>
+  <si>
+    <t>id-3.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-032165-ANS/MYDCE/0015-NG-2023-02-27T17:08:56Z</t>
+  </si>
+  <si>
+    <t>2023-02-27T17:08:56Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-032165-ANS/MYDCE/0015-NG</t>
+  </si>
+  <si>
+    <t>youths@bpp.an.gov.ng</t>
+  </si>
+  <si>
+    <t>MINISTRY OF YOUTH DEVELOPMENT AND CREATIVE ECONOMY</t>
+  </si>
+  <si>
+    <t>Awardtomostresponsivebidder</t>
+  </si>
+  <si>
+    <t>electronic submission</t>
+  </si>
+  <si>
+    <t>2023-03-22T11:15:00Z</t>
+  </si>
+  <si>
+    <t>2023-03-16T15:55:00Z</t>
+  </si>
+  <si>
+    <t>2023-02-27T18:14:00Z</t>
+  </si>
+  <si>
+    <t>Timely Delivery</t>
+  </si>
+  <si>
+    <t>SUPPLY AND INSTALLATION OF INTERIOR OFFICE FURNITURE AT THE SOLUTION INNOVATION DISTRICT OFFICE SPACE</t>
   </si>
   <si>
     <t>id-4.0</t>
   </si>
   <si>
     <t>ocds-j74acu-032740-AN/WRK/01-NG-2023-04-03T08:30:05Z</t>
   </si>
   <si>
     <t>2023-04-03T08:30:05Z</t>
   </si>
   <si>
     <t>ocds-j74acu-032740-AN/WRK/01-NG</t>
   </si>
   <si>
     <t>works@eprocure.bpp.an.gov.ng</t>
   </si>
   <si>
     <t>MINISTRY OF WORKS &amp; INFRASTRUCTURE</t>
   </si>
   <si>
     <t>INVITATION TO TENDER FOR THE CONSTRUCTION OF THE NEW JUDICIARY/GOVERNMENT VILLA GULLY EROSION CONTROL WORKS . AWKA, ANAMBRA STATE</t>
   </si>
   <si>
     <t>PriceOnly</t>
   </si>
@@ -344,1197 +395,1146 @@
   <si>
     <t>2023-05-08T13:45:00Z</t>
   </si>
   <si>
     <t>2023-04-19T10:36:00Z</t>
   </si>
   <si>
     <t>2023-04-18T11:50:00Z</t>
   </si>
   <si>
     <t>2023-04-03T10:00:00Z</t>
   </si>
   <si>
     <t>2023-04-18T13:44:00Z</t>
   </si>
   <si>
     <t>2023-04-04T13:44:00Z</t>
   </si>
   <si>
     <t>2023-05-09T13:46:00Z</t>
   </si>
   <si>
     <t>NEW JUDICIARY/GOVERNMENT VILLA GULLY EROSION CONTROL WORKS . AWKA, ANAMBRA STATE</t>
   </si>
   <si>
+    <t>id-5.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-033591-AN/HS/04-2023-01-06T19:08:00Z</t>
+  </si>
+  <si>
+    <t>2023-01-06T19:08:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-033591-AN/HS/04</t>
+  </si>
+  <si>
+    <t>PRE-CONSULTANCY SERVICES ON THE GOVERNMENT HOUSE/LODGE AT THE EXECUTIVE BUSINESS DISTRICT</t>
+  </si>
+  <si>
+    <t>""</t>
+  </si>
+  <si>
+    <t>AN/HS/04</t>
+  </si>
+  <si>
+    <t>033589</t>
+  </si>
+  <si>
     <t>id-6.0</t>
   </si>
   <si>
+    <t>ocds-j74acu-036772-MOP01-NG-2023-06-30T13:53:04Z</t>
+  </si>
+  <si>
+    <t>2023-06-30T13:53:04Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-036772-MOP01-NG</t>
+  </si>
+  <si>
+    <t>utilities@eprocure.bpp.an.gov.ng</t>
+  </si>
+  <si>
+    <t>MINISTRY OF POWER AND WATER RESOURCES</t>
+  </si>
+  <si>
+    <t>SUPPLY AND INSTALLATION OF SOLAR STREET LIGHT AT AMAWBIA BYE-PASS, AMAWBIA, AWKA CAPITAL TERRITOTY, ANAMBRA STATE</t>
+  </si>
+  <si>
+    <t>Lowestresponsivebidderwillbeconsideredfortheaward</t>
+  </si>
+  <si>
+    <t>Evaluated most responsive bid</t>
+  </si>
+  <si>
+    <t>Online through the E-Procurement System</t>
+  </si>
+  <si>
+    <t>2023-05-24T14:52:00Z</t>
+  </si>
+  <si>
+    <t>2023-07-25T18:00:00Z</t>
+  </si>
+  <si>
+    <t>2023-06-30T14:55:00Z</t>
+  </si>
+  <si>
+    <t>id-7.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-033738-AN/WRK/01-NG-2023-04-24T08:30:05Z</t>
+  </si>
+  <si>
+    <t>2023-04-24T08:30:05Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-033738-AN/WRK/01-NG</t>
+  </si>
+  <si>
+    <t>2023-05-10T13:23:00Z</t>
+  </si>
+  <si>
+    <t>2023-05-08T10:36:00Z</t>
+  </si>
+  <si>
+    <t>2023-05-04T14:00:00Z</t>
+  </si>
+  <si>
+    <t>2023-04-24T10:00:00Z</t>
+  </si>
+  <si>
+    <t>2023-05-03T13:22:00Z</t>
+  </si>
+  <si>
+    <t>2023-04-17T13:22:00Z</t>
+  </si>
+  <si>
+    <t>2024-03-04T13:23:00Z</t>
+  </si>
+  <si>
+    <t>2023-05-22T13:23:00Z</t>
+  </si>
+  <si>
+    <t>AWKUZU - UMUNYA ROAD WITH SPUR TO ONITSHA - ENUGU EXPRESSWAY, OYI LGA, ANAMBRA STATE (6.614KM)- REPUBLISHED</t>
+  </si>
+  <si>
+    <t>id-8.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-040828-AN/HLT/02-NG-2023-09-11T08:30:00Z</t>
+  </si>
+  <si>
+    <t>2023-09-11T08:30:00Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-040828-AN/HLT/02-NG</t>
+  </si>
+  <si>
+    <t>health@eprocure.bpp.an.gov.ng</t>
+  </si>
+  <si>
+    <t>MINISTRY OF HEALTH</t>
+  </si>
+  <si>
+    <t>goods</t>
+  </si>
+  <si>
+    <t>Mostresponsivebidder</t>
+  </si>
+  <si>
+    <t>Online through the e-procurement system</t>
+  </si>
+  <si>
+    <t>2022-12-12T12:20:00Z</t>
+  </si>
+  <si>
+    <t>2023-09-26T11:50:00Z</t>
+  </si>
+  <si>
+    <t>2023-09-11T09:30:00Z</t>
+  </si>
+  <si>
+    <t>SUPPLY OF LABORATORY EQUIPMENT FOR 17 GENERAL HOSPITAL</t>
+  </si>
+  <si>
+    <t>id-31.0</t>
+  </si>
+  <si>
     <t>ocds-j74acu-062351-AN/WRK/01-2023-09-12T10:01:00Z</t>
   </si>
   <si>
     <t>2023-09-12T10:01:00Z</t>
   </si>
   <si>
     <t>ocds-j74acu-062351-AN/WRK/01</t>
   </si>
   <si>
     <t>Quick Delivery and Cost Saving</t>
   </si>
   <si>
     <t>MARKING OF MAJOR ROADS IN ANAMBRA STATE</t>
   </si>
   <si>
     <t>Direct</t>
   </si>
   <si>
     <t>priceOnly</t>
   </si>
   <si>
     <t>Pricing within Ministry Estimates</t>
   </si>
   <si>
     <t>direct</t>
   </si>
   <si>
     <t>Electronic Submission</t>
   </si>
   <si>
     <t>2023-09-08T12:53:00Z</t>
   </si>
   <si>
     <t>2023-09-06T12:52:00Z</t>
   </si>
   <si>
     <t>2023-08-22T12:51:00Z</t>
   </si>
   <si>
     <t>2023-09-12T12:53:00Z</t>
   </si>
   <si>
     <t>AN/WRK/01</t>
   </si>
   <si>
     <t>062350</t>
   </si>
   <si>
-    <t>id-7.0</t>
-[...190 lines deleted...]
-  <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>contractPeriod_endDate</t>
   </si>
   <si>
     <t>contractPeriod_startDate</t>
   </si>
   <si>
     <t>contractPeriod_durationInDays</t>
   </si>
   <si>
+    <t>id-0.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-403</t>
+  </si>
+  <si>
     <t>id-1.0.awards.0</t>
   </si>
   <si>
     <t>ocds-j74acu-457</t>
   </si>
   <si>
     <t>id-2.0.awards.0</t>
   </si>
   <si>
-    <t>ocds-j74acu-403</t>
+    <t>ocds-j74acu-458</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-468</t>
   </si>
   <si>
     <t>id-4.0.awards.0</t>
   </si>
   <si>
     <t>ocds-j74acu-492</t>
   </si>
   <si>
+    <t>id-5.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-033591-AN/HS/04i/</t>
+  </si>
+  <si>
     <t>id-6.0.awards.0</t>
   </si>
   <si>
+    <t>ocds-j74acu-592</t>
+  </si>
+  <si>
+    <t>id-7.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-500</t>
+  </si>
+  <si>
+    <t>id-8.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-705</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0</t>
+  </si>
+  <si>
     <t>ocds-j74acu-062351-AN/WRK/01i/ocds-j74acu-062351-AN/WRK/01062364</t>
   </si>
   <si>
     <t>2023-09-19T10:07:00Z</t>
   </si>
   <si>
-    <t>id-7.0.awards.0</t>
-[...34 lines deleted...]
-  <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>quantity</t>
   </si>
   <si>
     <t>unit_name</t>
   </si>
   <si>
     <t>unit_scheme</t>
   </si>
   <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
     <t>classification_description</t>
   </si>
   <si>
     <t>deliveryAddress_locality</t>
   </si>
   <si>
+    <t>id-0.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>LOT</t>
+  </si>
+  <si>
+    <t>UNCEFACT</t>
+  </si>
+  <si>
+    <t>105117</t>
+  </si>
+  <si>
+    <t>UNSPSC</t>
+  </si>
+  <si>
+    <t>Office and desk accessories</t>
+  </si>
+  <si>
+    <t>ANAMBRA STATE</t>
+  </si>
+  <si>
     <t>id-1.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>UNCEFACT</t>
-[...4 lines deleted...]
-  <si>
     <t>id-2.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>LOT</t>
-[...8 lines deleted...]
-    <t>ANAMBRA STATE</t>
+    <t>id-3.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>165371</t>
+  </si>
+  <si>
+    <t>Interior finishing and furnishing and remodeling services</t>
   </si>
   <si>
     <t>id-4.0.awards.0.items.0</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>165157</t>
   </si>
   <si>
     <t>Highway and road construction services</t>
   </si>
   <si>
     <t>AWKA</t>
   </si>
   <si>
+    <t>id-5.0.awards.0.items.0</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>Raw Materials, Chemicals, Paper, Fuel</t>
+  </si>
+  <si>
     <t>id-6.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>100</t>
-[...2 lines deleted...]
-    <t>Raw Materials, Chemicals, Paper, Fuel</t>
+    <t>101352</t>
+  </si>
+  <si>
+    <t>Water storage tanks</t>
   </si>
   <si>
     <t>id-7.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>165371</t>
-[...2 lines deleted...]
-    <t>Interior finishing and furnishing and remodeling services</t>
+    <t>AWKUZU-UMUNYA IN OYI LGA ANAMBRA STATE</t>
   </si>
   <si>
     <t>id-8.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>AWKUZU-UMUNYA IN OYI LGA ANAMBRA STATE</t>
-[...16 lines deleted...]
-  <si>
     <t>103632</t>
   </si>
   <si>
     <t>Laboratory and scientific equipment</t>
   </si>
   <si>
     <t>id-31.0.awards.0.items.0</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
+    <t>id-0.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-66206</t>
+  </si>
+  <si>
+    <t>SYSTEMSPECS TECHNOLOGY LIMITED</t>
+  </si>
+  <si>
     <t>id-1.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>NG-CAC-901061</t>
   </si>
   <si>
     <t>AFROTROPICAL GLOBAL RESOURCES LTD</t>
   </si>
   <si>
     <t>id-2.0.awards.0.suppliers.0</t>
   </si>
   <si>
-    <t>NG-CAC-66206</t>
-[...2 lines deleted...]
-    <t>SYSTEMSPECS TECHNOLOGY LIMITED</t>
+    <t>NG-CAC-256713</t>
+  </si>
+  <si>
+    <t>O.BEN DEVELOPERS lLIMITED</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-919062</t>
+  </si>
+  <si>
+    <t>APPLIED FABRICATORS LTD.</t>
   </si>
   <si>
     <t>id-4.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>NG-CAC-801962</t>
   </si>
   <si>
     <t>IDC CONSTRUCTION LIMITED</t>
   </si>
   <si>
+    <t>id-5.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-</t>
+  </si>
+  <si>
     <t>id-6.0.awards.0.suppliers.0</t>
   </si>
   <si>
+    <t>NG-CAC-1520186</t>
+  </si>
+  <si>
+    <t>3XN RENEWALS</t>
+  </si>
+  <si>
+    <t>id-7.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-1282570</t>
+  </si>
+  <si>
+    <t>LEBTECH CONSTRUCTION LIMITED</t>
+  </si>
+  <si>
+    <t>id-8.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>NG-CAC-7145388</t>
+  </si>
+  <si>
+    <t>CALYZID VENTURES</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
     <t>NG-CAC-NA</t>
   </si>
   <si>
     <t>ZILA ZIMS NIG LTD</t>
   </si>
   <si>
-    <t>id-7.0.awards.0.suppliers.0</t>
-[...49 lines deleted...]
-  <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_locality</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>address_streetAddress</t>
   </si>
   <si>
     <t>identifier_scheme</t>
   </si>
   <si>
     <t>identifier_legalName</t>
   </si>
   <si>
     <t>contactPoint_url</t>
   </si>
   <si>
     <t>contactPoint_name</t>
   </si>
   <si>
     <t>contactPoint_email</t>
   </si>
   <si>
     <t>contactPoint_telephone</t>
   </si>
   <si>
     <t>identifier_id</t>
   </si>
   <si>
+    <t>id-0.0.parties.0</t>
+  </si>
+  <si>
+    <t>ANS/ICTA/08</t>
+  </si>
+  <si>
+    <t>buyer</t>
+  </si>
+  <si>
+    <t>Awka</t>
+  </si>
+  <si>
+    <t>Anambra</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>GOVERNMENT HOUSE, AWKA</t>
+  </si>
+  <si>
+    <t>NG-TIN</t>
+  </si>
+  <si>
+    <t>https://eprocure.bpp.an.gov.ng/award_contract_.php</t>
+  </si>
+  <si>
+    <t>MR. FRED AGBATA</t>
+  </si>
+  <si>
+    <t>+2347040555333</t>
+  </si>
+  <si>
+    <t>id-0.0.parties.1</t>
+  </si>
+  <si>
+    <t>supplier</t>
+  </si>
+  <si>
+    <t>Oniru</t>
+  </si>
+  <si>
+    <t>B22, Chief Yesufu Abiodun Oniru Road</t>
+  </si>
+  <si>
+    <t>NG-CAC</t>
+  </si>
+  <si>
+    <t>https://eprocure.bpp.an.gov.ng/report/economic_operator.php</t>
+  </si>
+  <si>
+    <t>Procurement Team</t>
+  </si>
+  <si>
+    <t>pouchii@systemspecs.com.ng</t>
+  </si>
+  <si>
+    <t>07030903456</t>
+  </si>
+  <si>
+    <t>66206</t>
+  </si>
+  <si>
     <t>id-1.0.parties.0</t>
   </si>
   <si>
-    <t>buyer</t>
-[...10 lines deleted...]
-  <si>
     <t>State Secretariat Awka, Anambra State</t>
   </si>
   <si>
-    <t>NG-TIN</t>
-[...1 lines deleted...]
-  <si>
     <t>https://bpp.an.gov.ng/</t>
   </si>
   <si>
     <t>Akorah Clement</t>
   </si>
   <si>
     <t>+2347037412222</t>
   </si>
   <si>
     <t>id-1.0.parties.1</t>
   </si>
   <si>
-    <t>supplier</t>
-[...1 lines deleted...]
-  <si>
     <t>ONITSHA</t>
   </si>
   <si>
     <t>NO 5 NWADIOGBU STREET, OMAGBA PHASE 11</t>
   </si>
   <si>
-    <t>NG-CAC</t>
-[...7 lines deleted...]
-  <si>
     <t>afrotropical.english@yahoo.com</t>
   </si>
   <si>
     <t>08033168907</t>
   </si>
   <si>
     <t>901061</t>
   </si>
   <si>
     <t>id-2.0.parties.0</t>
   </si>
   <si>
-    <t>ANS/ICTA/08</t>
-[...13 lines deleted...]
-  <si>
     <t>id-2.0.parties.1</t>
   </si>
   <si>
-    <t>Oniru</t>
-[...11 lines deleted...]
-    <t>66206</t>
+    <t xml:space="preserve">NO 1 OZOAGU SQUARE ARROMA JUNCTION </t>
+  </si>
+  <si>
+    <t>jbcobikwelu@yahoo.com</t>
+  </si>
+  <si>
+    <t>08035530045</t>
+  </si>
+  <si>
+    <t>256713</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.0</t>
+  </si>
+  <si>
+    <t>ANS/MYDCE/0015</t>
+  </si>
+  <si>
+    <t>Government House, Awka</t>
+  </si>
+  <si>
+    <t>Hon. Patrick Aghadinuno Mba</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.1</t>
+  </si>
+  <si>
+    <t>KUBWA</t>
+  </si>
+  <si>
+    <t>PLOT 20B BAMA ROAD., 2/1 NEW SITE</t>
+  </si>
+  <si>
+    <t>eziichika@gmail.com</t>
+  </si>
+  <si>
+    <t>08036557778</t>
+  </si>
+  <si>
+    <t>919062</t>
   </si>
   <si>
     <t>id-4.0.parties.0</t>
   </si>
   <si>
     <t>Ministry of Works, Amawbia, Awka</t>
   </si>
   <si>
     <t>https://anambrastate.gov.ng/</t>
   </si>
   <si>
     <t>Engr. Ifeanyi Okoma</t>
   </si>
   <si>
     <t>07036702741</t>
   </si>
   <si>
     <t>id-4.0.parties.1</t>
   </si>
   <si>
     <t xml:space="preserve">Road 15,house 2 Ngozika housing Estate </t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>youssef.zghaib@idcnigeria.com</t>
   </si>
   <si>
     <t>08035929295</t>
   </si>
   <si>
     <t>801962</t>
   </si>
   <si>
+    <t>id-5.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.1</t>
+  </si>
+  <si>
+    <t>https://www.eprocure.bpp.an.gov.ng/report/economic_operator.php</t>
+  </si>
+  <si>
     <t>id-6.0.parties.0</t>
   </si>
   <si>
+    <t>MOP01</t>
+  </si>
+  <si>
+    <t>Victor Ezekwo</t>
+  </si>
+  <si>
+    <t>07069284664</t>
+  </si>
+  <si>
     <t>id-6.0.parties.1</t>
   </si>
   <si>
+    <t>ENUGU</t>
+  </si>
+  <si>
+    <t>NO 23 GARDEN AVENUE GRA</t>
+  </si>
+  <si>
+    <t>chrismaduka2@gmail.com</t>
+  </si>
+  <si>
+    <t>08033470729</t>
+  </si>
+  <si>
+    <t>1520186</t>
+  </si>
+  <si>
     <t>id-7.0.parties.0</t>
   </si>
   <si>
-    <t>ANS/MYDCE/0015</t>
-[...7 lines deleted...]
-  <si>
     <t>id-7.0.parties.1</t>
   </si>
   <si>
-    <t>KUBWA</t>
-[...11 lines deleted...]
-    <t>919062</t>
+    <t>MABUSHI</t>
+  </si>
+  <si>
+    <t>64 DATUM CAMP MABUSHI</t>
+  </si>
+  <si>
+    <t>lebtechconstructionltd@gmail.com</t>
+  </si>
+  <si>
+    <t>08035006677</t>
+  </si>
+  <si>
+    <t>1282570</t>
   </si>
   <si>
     <t>id-8.0.parties.0</t>
   </si>
   <si>
+    <t>AN/HLT/02</t>
+  </si>
+  <si>
+    <t>Anambra State Secretariat, Awka Anambra State</t>
+  </si>
+  <si>
+    <t>Vincent Okpala</t>
+  </si>
+  <si>
+    <t>08033821808</t>
+  </si>
+  <si>
     <t>id-8.0.parties.1</t>
   </si>
   <si>
-    <t>MABUSHI</t>
-[...70 lines deleted...]
-  <si>
     <t>LAGOS</t>
   </si>
   <si>
     <t>30 AGBEDE STREET EJIGBO</t>
   </si>
   <si>
     <t>calyzid4@gmail.com</t>
   </si>
   <si>
     <t>08083555958</t>
   </si>
   <si>
     <t>7145388</t>
   </si>
   <si>
     <t>id-31.0.parties.0</t>
   </si>
   <si>
     <t>id-31.0.parties.1</t>
   </si>
   <si>
-    <t xml:space="preserve">NO 1 OZOAGU SQUARE ARROMA JUNCTION </t>
-[...10 lines deleted...]
-  <si>
     <t>awardID</t>
   </si>
   <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>period_endDate</t>
   </si>
   <si>
     <t>period_startDate</t>
   </si>
   <si>
     <t>period_durationInDays</t>
   </si>
   <si>
+    <t>id-0.0.contracts.0</t>
+  </si>
+  <si>
+    <t>2023-03-30T11:50:00Z</t>
+  </si>
+  <si>
     <t>id-1.0.contracts.0</t>
   </si>
   <si>
     <t>2023-03-29T11:33:00Z</t>
   </si>
   <si>
     <t>id-2.0.contracts.0</t>
   </si>
   <si>
-    <t>2023-03-30T11:50:00Z</t>
+    <t>id-3.0.contracts.0</t>
   </si>
   <si>
     <t>id-4.0.contracts.0</t>
   </si>
   <si>
     <t>2023-05-16T13:48:00Z</t>
   </si>
   <si>
+    <t>id-5.0.contracts.0</t>
+  </si>
+  <si>
     <t>id-6.0.contracts.0</t>
   </si>
   <si>
+    <t>id-7.0.contracts.0</t>
+  </si>
+  <si>
+    <t>2023-05-10T13:20:00Z</t>
+  </si>
+  <si>
+    <t>id-8.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0</t>
+  </si>
+  <si>
     <t>2023-09-06T10:07:00Z</t>
   </si>
   <si>
-    <t>id-7.0.contracts.0</t>
-[...19 lines deleted...]
-  <si>
     <t>_link_contracts</t>
   </si>
   <si>
+    <t>id-0.0.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-1.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-2.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-3.0.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-4.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>id-5.0.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>id-6.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-7.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-8.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-9.0.contracts.0.items.0</t>
-[...7 lines deleted...]
-  <si>
     <t>id-31.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>payee_id</t>
   </si>
   <si>
     <t>payee_name</t>
   </si>
   <si>
     <t>payer_id</t>
   </si>
   <si>
     <t>payer_name</t>
   </si>
   <si>
+    <t>id-0.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-</t>
+  </si>
+  <si>
     <t>id-1.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
-    <t>ocds-j74acu-</t>
-[...1 lines deleted...]
-  <si>
     <t>id-2.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
+    <t>id-3.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
     <t>id-4.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
+    <t>id-5.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
     <t>id-6.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
+    <t>id-7.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>id-8.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
     <t>ocds-j74acu-062351-AN/WRK/01062366</t>
   </si>
   <si>
-    <t>id-7.0.contracts.0.implementation.transactions.0</t>
-[...14 lines deleted...]
-    <t>id-31.0.contracts.0.implementation.transactions.0</t>
+    <t>id-0.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>Services</t>
+  </si>
+  <si>
+    <t>44110000</t>
   </si>
   <si>
     <t>id-1.0.tender.items.0</t>
   </si>
   <si>
     <t>id-2.0.tender.items.0</t>
   </si>
   <si>
-    <t>Services</t>
-[...2 lines deleted...]
-    <t>44110000</t>
+    <t>id-3.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>72153600</t>
   </si>
   <si>
     <t>id-4.0.tender.items.0</t>
   </si>
   <si>
     <t>72141000</t>
   </si>
   <si>
+    <t>id-5.0.tender.items.0</t>
+  </si>
+  <si>
     <t>id-6.0.tender.items.0</t>
   </si>
   <si>
+    <t>24111810</t>
+  </si>
+  <si>
+    <t>id-7.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-8.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>41100000</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.items.0</t>
+  </si>
+  <si>
     <t>72151306</t>
   </si>
   <si>
-    <t>id-7.0.tender.items.0</t>
-[...25 lines deleted...]
-  <si>
     <t>_link_tender_items</t>
   </si>
   <si>
     <t>scheme</t>
   </si>
   <si>
+    <t>id-0.0.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-1.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-2.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-3.0.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-4.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-5.0.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>id-6.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
+    <t>id-7.0.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-8.0.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.items.0.additionalClassifications.0</t>
+  </si>
+  <si>
     <t>Pavement marking service</t>
   </si>
   <si>
-    <t>id-7.0.tender.items.0.additionalClassifications.0</t>
-[...16 lines deleted...]
-  <si>
     <t>url</t>
   </si>
   <si>
     <t>format</t>
   </si>
   <si>
     <t>documentType</t>
   </si>
   <si>
     <t>datePublished</t>
   </si>
   <si>
+    <t>id-0.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>1.0</t>
+  </si>
+  <si>
+    <t>https://www.eprocure.bpp.an.gov.ng/admin/0</t>
+  </si>
+  <si>
+    <t>Tender Notice</t>
+  </si>
+  <si>
+    <t>pdf</t>
+  </si>
+  <si>
+    <t>Official tender notice</t>
+  </si>
+  <si>
+    <t>tenderNotice</t>
+  </si>
+  <si>
     <t>id-1.0.tender.documents.0</t>
   </si>
   <si>
-    <t>1.0</t>
-[...16 lines deleted...]
-  <si>
     <t>id-2.0.tender.documents.0</t>
   </si>
   <si>
+    <t>id-3.0.tender.documents.0</t>
+  </si>
+  <si>
     <t>id-4.0.tender.documents.0</t>
   </si>
   <si>
+    <t>id-5.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.eprocure.bpp.an.gov.ng/admin/</t>
+  </si>
+  <si>
     <t>id-6.0.tender.documents.0</t>
   </si>
   <si>
+    <t>id-7.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>id-8.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.documents.0</t>
+  </si>
+  <si>
     <t>ocds-j74acu-062351-AN/WRK/01062401</t>
   </si>
   <si>
-    <t>https://www.eprocure.bpp.an.gov.ng/admin/</t>
-[...1 lines deleted...]
-  <si>
     <t>xls</t>
-  </si>
-[...16 lines deleted...]
-    <t>id-31.0.tender.documents.0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -2006,1461 +2006,1461 @@
       </c>
       <c r="D2" t="s">
         <v>46</v>
       </c>
       <c r="E2" t="s">
         <v>47</v>
       </c>
       <c r="F2" t="s">
         <v>48</v>
       </c>
       <c r="G2" t="s">
         <v>49</v>
       </c>
       <c r="H2" t="s">
         <v>50</v>
       </c>
       <c r="I2" t="s">
         <v>51</v>
       </c>
       <c r="J2" t="s">
         <v>47</v>
       </c>
       <c r="K2" t="s">
         <v>52</v>
       </c>
+      <c r="L2" t="s">
+        <v>53</v>
+      </c>
       <c r="M2" t="s">
+        <v>54</v>
+      </c>
+      <c r="N2" t="s">
+        <v>55</v>
+      </c>
+      <c r="O2" t="s">
+        <v>56</v>
+      </c>
+      <c r="P2" t="s">
         <v>53</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="R2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="S2" t="s">
-        <v>58</v>
+        <v>59</v>
+      </c>
+      <c r="T2" t="s">
+        <v>60</v>
       </c>
       <c r="U2" t="s">
         <v>52</v>
       </c>
       <c r="V2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="X2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="Y2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="Z2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="AA2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="AB2">
-        <v>-14</v>
+        <v>-15</v>
       </c>
       <c r="AC2" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="AD2" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="AE2">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="AF2" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="AG2" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="AH2">
-        <v>0</v>
+        <v>91</v>
       </c>
       <c r="AI2" t="s">
         <v>50</v>
       </c>
       <c r="AJ2" t="s">
         <v>51</v>
       </c>
       <c r="AK2" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>47</v>
       </c>
       <c r="AM2" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="AN2" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="AO2" t="s">
         <v>47</v>
       </c>
       <c r="AP2">
-        <v>402442553.192</v>
+        <v>720000000</v>
       </c>
       <c r="AQ2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="B3" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C3" t="s">
         <v>45</v>
       </c>
       <c r="D3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="E3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="F3" t="s">
         <v>48</v>
       </c>
       <c r="G3" t="s">
         <v>49</v>
       </c>
       <c r="H3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I3" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="J3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="K3" t="s">
         <v>52</v>
       </c>
-      <c r="L3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="O3" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="Q3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="R3" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="S3" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="U3" t="s">
         <v>52</v>
       </c>
       <c r="V3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W3" t="s">
+        <v>80</v>
+      </c>
+      <c r="X3" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>82</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>83</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>84</v>
+      </c>
+      <c r="AB3">
+        <v>-14</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>81</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE3">
+        <v>0</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>81</v>
+      </c>
+      <c r="AG3" t="s">
+        <v>81</v>
+      </c>
+      <c r="AH3">
+        <v>0</v>
+      </c>
+      <c r="AI3" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ3" t="s">
         <v>77</v>
       </c>
-      <c r="X3" t="s">
-[...26 lines deleted...]
-      <c r="AG3" t="s">
+      <c r="AK3" t="s">
         <v>85</v>
       </c>
-      <c r="AH3">
-[...2 lines deleted...]
-      <c r="AI3" t="s">
+      <c r="AL3" t="s">
+        <v>75</v>
+      </c>
+      <c r="AM3" t="s">
+        <v>86</v>
+      </c>
+      <c r="AN3" t="s">
+        <v>86</v>
+      </c>
+      <c r="AO3" t="s">
+        <v>75</v>
+      </c>
+      <c r="AP3">
+        <v>402442553.192</v>
+      </c>
+      <c r="AQ3" t="s">
         <v>71</v>
-      </c>
-[...22 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>87</v>
       </c>
       <c r="B4" t="s">
         <v>88</v>
       </c>
       <c r="C4" t="s">
         <v>45</v>
       </c>
       <c r="D4" t="s">
+        <v>74</v>
+      </c>
+      <c r="E4" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F4" t="s">
         <v>48</v>
       </c>
       <c r="G4" t="s">
         <v>49</v>
       </c>
       <c r="H4" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="I4" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="J4" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K4" t="s">
         <v>52</v>
       </c>
-      <c r="L4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="O4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="Q4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="R4" t="s">
-        <v>57</v>
+        <v>78</v>
       </c>
       <c r="S4" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>79</v>
       </c>
       <c r="U4" t="s">
         <v>52</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4" t="s">
+        <v>80</v>
+      </c>
+      <c r="X4" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>82</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>83</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>84</v>
+      </c>
+      <c r="AB4">
+        <v>-14</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>81</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE4">
+        <v>0</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>81</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>81</v>
+      </c>
+      <c r="AH4">
+        <v>0</v>
+      </c>
+      <c r="AI4" t="s">
+        <v>76</v>
+      </c>
+      <c r="AJ4" t="s">
         <v>77</v>
       </c>
-      <c r="X4" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="AK4" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="AL4" t="s">
+        <v>89</v>
+      </c>
+      <c r="AM4" t="s">
         <v>90</v>
       </c>
-      <c r="AM4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AN4" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AO4" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="AP4">
-        <v>1000000000</v>
+        <v>1177844332.29</v>
       </c>
       <c r="AQ4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="B5" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="C5" t="s">
         <v>45</v>
       </c>
       <c r="D5" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="E5" t="s">
-        <v>107</v>
+        <v>94</v>
       </c>
       <c r="F5" t="s">
         <v>48</v>
       </c>
       <c r="G5" t="s">
         <v>49</v>
       </c>
       <c r="H5" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="I5" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="J5" t="s">
-        <v>107</v>
+        <v>94</v>
       </c>
       <c r="K5" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>52</v>
       </c>
       <c r="M5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N5" t="s">
-        <v>110</v>
+        <v>55</v>
       </c>
       <c r="O5" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>56</v>
       </c>
       <c r="Q5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="R5" t="s">
-        <v>57</v>
+        <v>78</v>
       </c>
       <c r="S5" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>97</v>
       </c>
       <c r="U5" t="s">
-        <v>113</v>
+        <v>52</v>
       </c>
       <c r="V5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="W5" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="X5" t="s">
-        <v>115</v>
+        <v>81</v>
       </c>
       <c r="Y5" t="s">
-        <v>116</v>
+        <v>99</v>
       </c>
       <c r="Z5" t="s">
-        <v>116</v>
+        <v>100</v>
       </c>
       <c r="AA5" t="s">
-        <v>117</v>
+        <v>101</v>
       </c>
       <c r="AB5">
-        <v>15</v>
+        <v>-17</v>
       </c>
       <c r="AC5" t="s">
-        <v>116</v>
+        <v>81</v>
       </c>
       <c r="AD5" t="s">
-        <v>117</v>
+        <v>81</v>
       </c>
       <c r="AE5">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="AF5" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="AG5" t="s">
-        <v>116</v>
+        <v>81</v>
       </c>
       <c r="AH5">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="AI5" t="s">
-        <v>119</v>
+        <v>95</v>
       </c>
       <c r="AJ5" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="AK5" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="AL5" t="s">
-        <v>120</v>
+        <v>94</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>103</v>
+      </c>
+      <c r="AN5" t="s">
+        <v>103</v>
       </c>
       <c r="AO5" t="s">
-        <v>107</v>
+        <v>94</v>
       </c>
       <c r="AP5">
-        <v>15488815</v>
+        <v>12000000</v>
       </c>
       <c r="AQ5" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>121</v>
+        <v>104</v>
       </c>
       <c r="B6" t="s">
-        <v>122</v>
+        <v>105</v>
       </c>
       <c r="C6" t="s">
         <v>45</v>
       </c>
       <c r="D6" t="s">
-        <v>123</v>
+        <v>106</v>
       </c>
       <c r="E6" t="s">
-        <v>124</v>
+        <v>107</v>
       </c>
       <c r="F6" t="s">
         <v>48</v>
       </c>
       <c r="G6" t="s">
         <v>49</v>
       </c>
       <c r="H6" t="s">
-        <v>125</v>
+        <v>108</v>
       </c>
       <c r="I6" t="s">
-        <v>126</v>
+        <v>109</v>
       </c>
       <c r="J6" t="s">
-        <v>124</v>
+        <v>107</v>
       </c>
       <c r="K6" t="s">
         <v>52</v>
       </c>
+      <c r="L6" t="s">
+        <v>110</v>
+      </c>
       <c r="M6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="Q6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="R6" t="s">
-        <v>57</v>
+        <v>78</v>
       </c>
       <c r="S6" t="s">
-        <v>127</v>
+        <v>111</v>
+      </c>
+      <c r="T6" t="s">
+        <v>112</v>
       </c>
       <c r="U6" t="s">
         <v>52</v>
       </c>
       <c r="V6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W6" t="s">
-        <v>128</v>
+        <v>61</v>
       </c>
       <c r="X6" t="s">
-        <v>60</v>
+        <v>113</v>
       </c>
       <c r="Y6" t="s">
-        <v>129</v>
+        <v>114</v>
       </c>
       <c r="Z6" t="s">
-        <v>130</v>
+        <v>115</v>
       </c>
       <c r="AA6" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
       <c r="AB6">
-        <v>-17</v>
+        <v>-15</v>
       </c>
       <c r="AC6" t="s">
-        <v>60</v>
+        <v>117</v>
       </c>
       <c r="AD6" t="s">
-        <v>60</v>
+        <v>118</v>
       </c>
       <c r="AE6">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="AF6" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="AG6" t="s">
-        <v>60</v>
+        <v>119</v>
       </c>
       <c r="AH6">
-        <v>0</v>
+        <v>-19487</v>
       </c>
       <c r="AI6" t="s">
-        <v>125</v>
+        <v>108</v>
       </c>
       <c r="AJ6" t="s">
-        <v>126</v>
+        <v>109</v>
       </c>
       <c r="AK6" t="s">
-        <v>132</v>
+        <v>70</v>
       </c>
       <c r="AL6" t="s">
-        <v>124</v>
+        <v>107</v>
       </c>
       <c r="AM6" t="s">
-        <v>133</v>
+        <v>120</v>
       </c>
       <c r="AN6" t="s">
-        <v>133</v>
+        <v>120</v>
       </c>
       <c r="AO6" t="s">
-        <v>124</v>
+        <v>107</v>
       </c>
       <c r="AP6">
-        <v>12000000</v>
+        <v>1000000000</v>
       </c>
       <c r="AQ6" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="B7" t="s">
-        <v>135</v>
+        <v>122</v>
       </c>
       <c r="C7" t="s">
         <v>45</v>
       </c>
       <c r="D7" t="s">
-        <v>136</v>
+        <v>123</v>
       </c>
       <c r="E7" t="s">
-        <v>137</v>
+        <v>124</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="G7" t="s">
         <v>49</v>
       </c>
       <c r="H7" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="I7" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="J7" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>124</v>
+      </c>
+      <c r="L7" t="s">
+        <v>125</v>
       </c>
       <c r="M7" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="N7" t="s">
         <v>54</v>
       </c>
       <c r="O7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="Q7" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="R7" t="s">
         <v>57</v>
       </c>
-      <c r="S7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="V7">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="W7" t="s">
+        <v>126</v>
+      </c>
+      <c r="X7" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>81</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>81</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>81</v>
+      </c>
+      <c r="AB7">
+        <v>0</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>81</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE7">
+        <v>0</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>81</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>81</v>
+      </c>
+      <c r="AH7">
+        <v>0</v>
+      </c>
+      <c r="AI7" t="s">
+        <v>127</v>
+      </c>
+      <c r="AJ7" t="s">
         <v>77</v>
       </c>
-      <c r="X7" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="AL7" t="s">
-        <v>137</v>
-[...5 lines deleted...]
-        <v>146</v>
+        <v>128</v>
       </c>
       <c r="AO7" t="s">
-        <v>137</v>
+        <v>124</v>
       </c>
       <c r="AP7">
-        <v>100000000000</v>
+        <v>197477712</v>
       </c>
       <c r="AQ7" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>147</v>
+        <v>129</v>
       </c>
       <c r="B8" t="s">
-        <v>148</v>
+        <v>130</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8" t="s">
-        <v>149</v>
+        <v>131</v>
       </c>
       <c r="E8" t="s">
-        <v>150</v>
+        <v>132</v>
       </c>
       <c r="F8" t="s">
         <v>48</v>
       </c>
       <c r="G8" t="s">
         <v>49</v>
       </c>
       <c r="H8" t="s">
-        <v>50</v>
+        <v>133</v>
       </c>
       <c r="I8" t="s">
-        <v>51</v>
+        <v>134</v>
       </c>
       <c r="J8" t="s">
-        <v>150</v>
+        <v>132</v>
+      </c>
+      <c r="K8" t="s">
+        <v>52</v>
       </c>
       <c r="L8" t="s">
-        <v>151</v>
+        <v>135</v>
       </c>
       <c r="M8" t="s">
-        <v>53</v>
+        <v>54</v>
+      </c>
+      <c r="N8" t="s">
+        <v>55</v>
       </c>
       <c r="O8" t="s">
-        <v>55</v>
+        <v>56</v>
+      </c>
+      <c r="P8" t="s">
+        <v>135</v>
       </c>
       <c r="Q8" t="s">
-        <v>56</v>
+        <v>57</v>
+      </c>
+      <c r="R8" t="s">
+        <v>78</v>
+      </c>
+      <c r="S8" t="s">
+        <v>136</v>
+      </c>
+      <c r="T8" t="s">
+        <v>137</v>
+      </c>
+      <c r="U8" t="s">
+        <v>52</v>
       </c>
       <c r="V8">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="W8" t="s">
-        <v>152</v>
+        <v>138</v>
       </c>
       <c r="X8" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="Y8" t="s">
-        <v>60</v>
+        <v>139</v>
       </c>
       <c r="Z8" t="s">
-        <v>60</v>
+        <v>140</v>
       </c>
       <c r="AA8" t="s">
-        <v>60</v>
+        <v>141</v>
       </c>
       <c r="AB8">
-        <v>0</v>
+        <v>-25</v>
       </c>
       <c r="AC8" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="AD8" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="AE8">
         <v>0</v>
       </c>
       <c r="AF8" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="AG8" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="AH8">
         <v>0</v>
       </c>
       <c r="AI8" t="s">
-        <v>153</v>
+        <v>133</v>
       </c>
       <c r="AJ8" t="s">
-        <v>51</v>
+        <v>134</v>
+      </c>
+      <c r="AK8" t="s">
+        <v>70</v>
       </c>
       <c r="AL8" t="s">
-        <v>154</v>
+        <v>132</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>135</v>
+      </c>
+      <c r="AN8" t="s">
+        <v>135</v>
       </c>
       <c r="AO8" t="s">
-        <v>150</v>
+        <v>132</v>
       </c>
       <c r="AP8">
-        <v>197477712</v>
+        <v>44098010.4</v>
       </c>
       <c r="AQ8" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="B9" t="s">
-        <v>156</v>
+        <v>143</v>
       </c>
       <c r="C9" t="s">
         <v>45</v>
       </c>
       <c r="D9" t="s">
-        <v>157</v>
+        <v>144</v>
       </c>
       <c r="E9" t="s">
-        <v>158</v>
+        <v>145</v>
       </c>
       <c r="F9" t="s">
         <v>48</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
-        <v>159</v>
+        <v>108</v>
       </c>
       <c r="I9" t="s">
-        <v>160</v>
+        <v>109</v>
       </c>
       <c r="J9" t="s">
-        <v>158</v>
+        <v>145</v>
       </c>
       <c r="K9" t="s">
         <v>52</v>
       </c>
-      <c r="L9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="O9" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>56</v>
       </c>
       <c r="Q9" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="R9" t="s">
-        <v>57</v>
+        <v>78</v>
       </c>
       <c r="S9" t="s">
-        <v>162</v>
+        <v>111</v>
       </c>
       <c r="T9" t="s">
-        <v>163</v>
+        <v>112</v>
       </c>
       <c r="U9" t="s">
         <v>52</v>
       </c>
       <c r="V9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W9" t="s">
-        <v>164</v>
+        <v>61</v>
       </c>
       <c r="X9" t="s">
-        <v>60</v>
+        <v>146</v>
       </c>
       <c r="Y9" t="s">
-        <v>165</v>
+        <v>147</v>
       </c>
       <c r="Z9" t="s">
-        <v>166</v>
+        <v>148</v>
       </c>
       <c r="AA9" t="s">
-        <v>167</v>
+        <v>149</v>
       </c>
       <c r="AB9">
-        <v>-25</v>
+        <v>-10</v>
       </c>
       <c r="AC9" t="s">
-        <v>60</v>
+        <v>150</v>
       </c>
       <c r="AD9" t="s">
-        <v>60</v>
+        <v>151</v>
       </c>
       <c r="AE9">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="AF9" t="s">
-        <v>60</v>
+        <v>152</v>
       </c>
       <c r="AG9" t="s">
-        <v>60</v>
+        <v>153</v>
       </c>
       <c r="AH9">
-        <v>0</v>
+        <v>287</v>
       </c>
       <c r="AI9" t="s">
-        <v>159</v>
+        <v>108</v>
       </c>
       <c r="AJ9" t="s">
-        <v>160</v>
+        <v>109</v>
       </c>
       <c r="AK9" t="s">
-        <v>86</v>
+        <v>70</v>
       </c>
       <c r="AL9" t="s">
-        <v>158</v>
+        <v>145</v>
       </c>
       <c r="AM9" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="AN9" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="AO9" t="s">
-        <v>158</v>
+        <v>145</v>
       </c>
       <c r="AP9">
-        <v>44098010.4</v>
+        <v>100000000000</v>
       </c>
       <c r="AQ9" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="B10" t="s">
-        <v>169</v>
+        <v>156</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
       <c r="D10" t="s">
-        <v>170</v>
+        <v>157</v>
       </c>
       <c r="E10" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="F10" t="s">
         <v>48</v>
       </c>
       <c r="G10" t="s">
         <v>49</v>
       </c>
       <c r="H10" t="s">
-        <v>172</v>
+        <v>159</v>
       </c>
       <c r="I10" t="s">
-        <v>173</v>
+        <v>160</v>
       </c>
       <c r="J10" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="K10" t="s">
         <v>52</v>
       </c>
       <c r="M10" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="O10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="Q10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="R10" t="s">
-        <v>174</v>
+        <v>161</v>
       </c>
       <c r="S10" t="s">
-        <v>175</v>
+        <v>162</v>
       </c>
       <c r="U10" t="s">
         <v>52</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10" t="s">
-        <v>176</v>
+        <v>163</v>
       </c>
       <c r="X10" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="Y10" t="s">
-        <v>177</v>
+        <v>164</v>
       </c>
       <c r="Z10" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="AA10" t="s">
-        <v>179</v>
+        <v>166</v>
       </c>
       <c r="AB10">
         <v>-15</v>
       </c>
       <c r="AC10" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="AD10" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="AE10">
         <v>0</v>
       </c>
       <c r="AF10" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="AG10" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="AH10">
         <v>0</v>
       </c>
       <c r="AI10" t="s">
-        <v>172</v>
+        <v>159</v>
       </c>
       <c r="AJ10" t="s">
-        <v>173</v>
+        <v>160</v>
       </c>
       <c r="AK10" t="s">
-        <v>86</v>
+        <v>70</v>
       </c>
       <c r="AL10" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="AM10" t="s">
-        <v>180</v>
+        <v>167</v>
       </c>
       <c r="AN10" t="s">
-        <v>180</v>
+        <v>167</v>
       </c>
       <c r="AO10" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="AP10">
         <v>290505000</v>
       </c>
       <c r="AQ10" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>181</v>
+        <v>168</v>
       </c>
       <c r="B11" t="s">
-        <v>182</v>
+        <v>169</v>
       </c>
       <c r="C11" t="s">
         <v>45</v>
       </c>
       <c r="D11" t="s">
-        <v>46</v>
+        <v>170</v>
       </c>
       <c r="E11" t="s">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="F11" t="s">
         <v>48</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
       <c r="H11" t="s">
-        <v>50</v>
+        <v>108</v>
       </c>
       <c r="I11" t="s">
-        <v>51</v>
+        <v>109</v>
       </c>
       <c r="J11" t="s">
+        <v>171</v>
+      </c>
+      <c r="K11" t="s">
+        <v>172</v>
+      </c>
+      <c r="L11" t="s">
+        <v>173</v>
+      </c>
+      <c r="M11" t="s">
+        <v>54</v>
+      </c>
+      <c r="N11" t="s">
+        <v>174</v>
+      </c>
+      <c r="O11" t="s">
+        <v>56</v>
+      </c>
+      <c r="P11" t="s">
+        <v>173</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>57</v>
+      </c>
+      <c r="R11" t="s">
+        <v>78</v>
+      </c>
+      <c r="S11" t="s">
+        <v>175</v>
+      </c>
+      <c r="T11" t="s">
+        <v>176</v>
+      </c>
+      <c r="U11" t="s">
+        <v>177</v>
+      </c>
+      <c r="V11">
+        <v>1</v>
+      </c>
+      <c r="W11" t="s">
+        <v>178</v>
+      </c>
+      <c r="X11" t="s">
+        <v>179</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>180</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>180</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>181</v>
+      </c>
+      <c r="AB11">
+        <v>15</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>180</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>181</v>
+      </c>
+      <c r="AE11">
+        <v>15</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>182</v>
+      </c>
+      <c r="AG11" t="s">
+        <v>180</v>
+      </c>
+      <c r="AH11">
+        <v>6</v>
+      </c>
+      <c r="AI11" t="s">
         <v>183</v>
       </c>
-      <c r="K11" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="AJ11" t="s">
-        <v>51</v>
+        <v>109</v>
       </c>
       <c r="AK11" t="s">
-        <v>64</v>
+        <v>172</v>
       </c>
       <c r="AL11" t="s">
-        <v>183</v>
-[...1 lines deleted...]
-      <c r="AM11" t="s">
         <v>184</v>
       </c>
-      <c r="AN11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AO11" t="s">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="AP11">
-        <v>1177844332.29</v>
+        <v>15488815</v>
       </c>
       <c r="AQ11" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>451</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>185</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>452</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>453</v>
       </c>
       <c r="B2" t="s">
         <v>434</v>
       </c>
       <c r="C2" t="s">
         <v>43</v>
       </c>
       <c r="D2" t="s">
-        <v>225</v>
+        <v>436</v>
       </c>
       <c r="E2" t="s">
-        <v>225</v>
+        <v>227</v>
+      </c>
+      <c r="F2" t="s">
+        <v>228</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>454</v>
       </c>
       <c r="B3" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>437</v>
+        <v>227</v>
       </c>
       <c r="E3" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>229</v>
+        <v>227</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>455</v>
       </c>
       <c r="B4" t="s">
         <v>438</v>
       </c>
       <c r="C4" t="s">
         <v>87</v>
       </c>
       <c r="D4" t="s">
-        <v>439</v>
+        <v>227</v>
       </c>
       <c r="E4" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>234</v>
+        <v>227</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>456</v>
       </c>
       <c r="B5" t="s">
+        <v>439</v>
+      </c>
+      <c r="C5" t="s">
+        <v>91</v>
+      </c>
+      <c r="D5" t="s">
         <v>440</v>
       </c>
-      <c r="C5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F5" t="s">
-        <v>457</v>
+        <v>234</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="B6" t="s">
+        <v>441</v>
+      </c>
+      <c r="C6" t="s">
+        <v>104</v>
+      </c>
+      <c r="D6" t="s">
         <v>442</v>
       </c>
-      <c r="C6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F6" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="B7" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="C7" t="s">
-        <v>134</v>
-[...8 lines deleted...]
-        <v>234</v>
+        <v>121</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="B8" t="s">
+        <v>444</v>
+      </c>
+      <c r="C8" t="s">
+        <v>129</v>
+      </c>
+      <c r="D8" t="s">
         <v>445</v>
       </c>
-      <c r="C8" t="s">
-        <v>147</v>
+      <c r="E8" t="s">
+        <v>227</v>
+      </c>
+      <c r="F8" t="s">
+        <v>245</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="B9" t="s">
         <v>446</v>
       </c>
       <c r="C9" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="D9" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="E9" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F9" t="s">
-        <v>247</v>
+        <v>238</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="B10" t="s">
+        <v>447</v>
+      </c>
+      <c r="C10" t="s">
+        <v>155</v>
+      </c>
+      <c r="D10" t="s">
         <v>448</v>
       </c>
-      <c r="C10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F10" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>462</v>
+      </c>
+      <c r="B11" t="s">
+        <v>449</v>
+      </c>
+      <c r="C11" t="s">
+        <v>168</v>
+      </c>
+      <c r="D11" t="s">
+        <v>450</v>
+      </c>
+      <c r="E11" t="s">
+        <v>227</v>
+      </c>
+      <c r="F11" t="s">
         <v>463</v>
-      </c>
-[...10 lines deleted...]
-        <v>225</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>185</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -3501,319 +3501,319 @@
       </c>
       <c r="E2" t="s">
         <v>471</v>
       </c>
       <c r="F2" t="s">
         <v>472</v>
       </c>
       <c r="G2" t="s">
         <v>48</v>
       </c>
       <c r="H2" t="s">
         <v>473</v>
       </c>
       <c r="I2" t="s">
         <v>474</v>
       </c>
       <c r="J2" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>475</v>
       </c>
       <c r="B3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C3" t="s">
         <v>469</v>
       </c>
       <c r="D3" t="s">
         <v>470</v>
       </c>
       <c r="E3" t="s">
         <v>471</v>
       </c>
       <c r="F3" t="s">
         <v>472</v>
       </c>
       <c r="G3" t="s">
         <v>48</v>
       </c>
       <c r="H3" t="s">
         <v>473</v>
       </c>
       <c r="I3" t="s">
         <v>474</v>
       </c>
       <c r="J3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>476</v>
       </c>
       <c r="B4" t="s">
         <v>87</v>
       </c>
       <c r="C4" t="s">
         <v>469</v>
       </c>
       <c r="D4" t="s">
         <v>470</v>
       </c>
       <c r="E4" t="s">
         <v>471</v>
       </c>
       <c r="F4" t="s">
         <v>472</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
         <v>473</v>
       </c>
       <c r="I4" t="s">
         <v>474</v>
       </c>
       <c r="J4" t="s">
-        <v>89</v>
+        <v>74</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>477</v>
       </c>
       <c r="B5" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="C5" t="s">
-        <v>478</v>
+        <v>469</v>
       </c>
       <c r="D5" t="s">
-        <v>479</v>
+        <v>470</v>
       </c>
       <c r="E5" t="s">
         <v>471</v>
       </c>
       <c r="F5" t="s">
-        <v>480</v>
+        <v>472</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
-        <v>109</v>
+        <v>473</v>
       </c>
       <c r="I5" t="s">
         <v>474</v>
       </c>
       <c r="J5" t="s">
-        <v>117</v>
+        <v>93</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="B6" t="s">
-        <v>121</v>
+        <v>104</v>
       </c>
       <c r="C6" t="s">
         <v>469</v>
       </c>
       <c r="D6" t="s">
         <v>470</v>
       </c>
       <c r="E6" t="s">
         <v>471</v>
       </c>
       <c r="F6" t="s">
         <v>472</v>
       </c>
       <c r="G6" t="s">
         <v>48</v>
       </c>
       <c r="H6" t="s">
         <v>473</v>
       </c>
       <c r="I6" t="s">
         <v>474</v>
       </c>
       <c r="J6" t="s">
-        <v>123</v>
+        <v>106</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="B7" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>469</v>
+        <v>121</v>
       </c>
       <c r="D7" t="s">
-        <v>470</v>
-[...5 lines deleted...]
-        <v>472</v>
+        <v>480</v>
       </c>
       <c r="G7" t="s">
         <v>48</v>
       </c>
-      <c r="H7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I7" t="s">
         <v>474</v>
       </c>
       <c r="J7" t="s">
-        <v>136</v>
+        <v>81</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B8" t="s">
-        <v>147</v>
+        <v>129</v>
+      </c>
+      <c r="C8" t="s">
+        <v>469</v>
       </c>
       <c r="D8" t="s">
-        <v>479</v>
+        <v>470</v>
+      </c>
+      <c r="E8" t="s">
+        <v>471</v>
+      </c>
+      <c r="F8" t="s">
+        <v>472</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
+      <c r="H8" t="s">
+        <v>473</v>
+      </c>
       <c r="I8" t="s">
         <v>474</v>
       </c>
       <c r="J8" t="s">
-        <v>60</v>
+        <v>131</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="B9" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="C9" t="s">
         <v>469</v>
       </c>
       <c r="D9" t="s">
         <v>470</v>
       </c>
       <c r="E9" t="s">
         <v>471</v>
       </c>
       <c r="F9" t="s">
         <v>472</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>473</v>
       </c>
       <c r="I9" t="s">
         <v>474</v>
       </c>
       <c r="J9" t="s">
-        <v>157</v>
+        <v>144</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="B10" t="s">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="C10" t="s">
         <v>469</v>
       </c>
       <c r="D10" t="s">
         <v>470</v>
       </c>
       <c r="E10" t="s">
         <v>471</v>
       </c>
       <c r="F10" t="s">
         <v>472</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
       <c r="H10" t="s">
         <v>473</v>
       </c>
       <c r="I10" t="s">
         <v>474</v>
       </c>
       <c r="J10" t="s">
-        <v>170</v>
+        <v>157</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="B11" t="s">
-        <v>181</v>
+        <v>168</v>
       </c>
       <c r="C11" t="s">
-        <v>469</v>
+        <v>485</v>
       </c>
       <c r="D11" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="E11" t="s">
         <v>471</v>
       </c>
       <c r="F11" t="s">
-        <v>472</v>
+        <v>486</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11" t="s">
-        <v>473</v>
+        <v>173</v>
       </c>
       <c r="I11" t="s">
         <v>474</v>
       </c>
       <c r="J11" t="s">
-        <v>46</v>
+        <v>181</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>185</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -3834,381 +3834,381 @@
       </c>
       <c r="I1" s="1" t="s">
         <v>190</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>191</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>192</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>194</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="C2" t="s">
         <v>195</v>
       </c>
       <c r="D2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F2" t="s">
         <v>53</v>
       </c>
+      <c r="G2" t="s">
+        <v>53</v>
+      </c>
       <c r="H2">
-        <v>427780517.375</v>
+        <v>89001934.275</v>
       </c>
       <c r="I2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="J2" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="K2" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="L2">
-        <v>0</v>
+        <v>91</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>196</v>
       </c>
       <c r="B3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C3" t="s">
         <v>197</v>
       </c>
       <c r="D3" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="E3" t="s">
-        <v>53</v>
-[...5 lines deleted...]
-        <v>73</v>
+        <v>54</v>
       </c>
       <c r="H3">
-        <v>89001934.275</v>
+        <v>427780517.375</v>
       </c>
       <c r="I3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="J3" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="K3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="L3">
-        <v>91</v>
+        <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>198</v>
       </c>
       <c r="B4" t="s">
         <v>87</v>
       </c>
       <c r="C4" t="s">
         <v>199</v>
       </c>
       <c r="D4" t="s">
-        <v>97</v>
+        <v>82</v>
       </c>
       <c r="E4" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>54</v>
       </c>
       <c r="H4">
-        <v>1138945569.7605</v>
+        <v>1456247814.75</v>
       </c>
       <c r="I4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="J4" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="K4" t="s">
-        <v>102</v>
+        <v>81</v>
       </c>
       <c r="L4">
-        <v>-19487</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>200</v>
       </c>
       <c r="B5" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="C5" t="s">
         <v>201</v>
       </c>
       <c r="D5" t="s">
-        <v>202</v>
+        <v>99</v>
       </c>
       <c r="E5" t="s">
-        <v>53</v>
-[...5 lines deleted...]
-        <v>109</v>
+        <v>54</v>
       </c>
       <c r="H5">
-        <v>15488815</v>
+        <v>33851750</v>
       </c>
       <c r="I5" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="J5" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="K5" t="s">
-        <v>116</v>
+        <v>81</v>
       </c>
       <c r="L5">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>202</v>
+      </c>
+      <c r="B6" t="s">
+        <v>104</v>
+      </c>
+      <c r="C6" t="s">
         <v>203</v>
       </c>
-      <c r="B6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>129</v>
+        <v>114</v>
       </c>
       <c r="E6" t="s">
-        <v>53</v>
+        <v>54</v>
+      </c>
+      <c r="F6" t="s">
+        <v>110</v>
       </c>
       <c r="H6">
-        <v>33851750</v>
+        <v>1138945569.7605</v>
       </c>
       <c r="I6" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="J6" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="K6" t="s">
-        <v>60</v>
+        <v>119</v>
       </c>
       <c r="L6">
-        <v>0</v>
+        <v>-19487</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>204</v>
+      </c>
+      <c r="B7" t="s">
+        <v>121</v>
+      </c>
+      <c r="C7" t="s">
         <v>205</v>
       </c>
-      <c r="B7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>139</v>
+        <v>81</v>
       </c>
       <c r="E7" t="s">
-        <v>53</v>
+        <v>54</v>
+      </c>
+      <c r="F7" t="s">
+        <v>125</v>
       </c>
       <c r="H7">
-        <v>3725560935.73125</v>
+        <v>0</v>
       </c>
       <c r="I7" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="J7" t="s">
-        <v>144</v>
+        <v>81</v>
       </c>
       <c r="K7" t="s">
-        <v>145</v>
+        <v>81</v>
       </c>
       <c r="L7">
-        <v>287</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>206</v>
+      </c>
+      <c r="B8" t="s">
+        <v>129</v>
+      </c>
+      <c r="C8" t="s">
         <v>207</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>60</v>
+        <v>139</v>
       </c>
       <c r="E8" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F8" t="s">
-        <v>151</v>
+        <v>135</v>
+      </c>
+      <c r="G8" t="s">
+        <v>135</v>
       </c>
       <c r="H8">
-        <v>0</v>
+        <v>50695956.87375</v>
       </c>
       <c r="I8" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="J8" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="K8" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="L8">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>208</v>
+      </c>
+      <c r="B9" t="s">
+        <v>142</v>
+      </c>
+      <c r="C9" t="s">
         <v>209</v>
       </c>
-      <c r="B9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>165</v>
+        <v>147</v>
       </c>
       <c r="E9" t="s">
-        <v>53</v>
-[...5 lines deleted...]
-        <v>161</v>
+        <v>54</v>
       </c>
       <c r="H9">
-        <v>50695956.87375</v>
+        <v>3725560935.73125</v>
       </c>
       <c r="I9" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="J9" t="s">
-        <v>60</v>
+        <v>152</v>
       </c>
       <c r="K9" t="s">
-        <v>60</v>
+        <v>153</v>
       </c>
       <c r="L9">
-        <v>0</v>
+        <v>287</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>210</v>
+      </c>
+      <c r="B10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C10" t="s">
         <v>211</v>
       </c>
-      <c r="B10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>177</v>
+        <v>164</v>
       </c>
       <c r="E10" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H10">
         <v>316592875</v>
       </c>
       <c r="I10" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="J10" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="K10" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="L10">
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>212</v>
+      </c>
+      <c r="B11" t="s">
+        <v>168</v>
+      </c>
+      <c r="C11" t="s">
         <v>213</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>214</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>53</v>
+        <v>54</v>
+      </c>
+      <c r="F11" t="s">
+        <v>173</v>
+      </c>
+      <c r="G11" t="s">
+        <v>173</v>
       </c>
       <c r="H11">
-        <v>1456247814.75</v>
+        <v>15488815</v>
       </c>
       <c r="I11" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="J11" t="s">
-        <v>60</v>
+        <v>182</v>
       </c>
       <c r="K11" t="s">
-        <v>60</v>
+        <v>180</v>
       </c>
       <c r="L11">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>215</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>185</v>
       </c>
@@ -4231,349 +4231,349 @@
         <v>219</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>220</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>221</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>223</v>
       </c>
       <c r="B2" t="s">
         <v>194</v>
       </c>
       <c r="C2" t="s">
         <v>43</v>
       </c>
       <c r="D2" t="s">
         <v>47</v>
       </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
       <c r="F2">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G2" t="s">
+        <v>224</v>
       </c>
       <c r="H2" t="s">
-        <v>224</v>
+        <v>225</v>
+      </c>
+      <c r="I2" t="s">
+        <v>226</v>
       </c>
       <c r="J2" t="s">
-        <v>225</v>
+        <v>227</v>
+      </c>
+      <c r="K2" t="s">
+        <v>228</v>
+      </c>
+      <c r="L2" t="s">
+        <v>229</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="B3" t="s">
         <v>196</v>
       </c>
       <c r="C3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F3">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="G3" t="s">
+        <v>0</v>
+      </c>
+      <c r="H3" t="s">
+        <v>225</v>
+      </c>
+      <c r="J3" t="s">
         <v>227</v>
-      </c>
-[...13 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>231</v>
       </c>
       <c r="B4" t="s">
         <v>198</v>
       </c>
       <c r="C4" t="s">
         <v>87</v>
       </c>
       <c r="D4" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="F4">
         <v>0</v>
       </c>
-      <c r="G4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H4" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="J4" t="s">
-        <v>225</v>
-[...5 lines deleted...]
-        <v>235</v>
+        <v>227</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="B5" t="s">
         <v>200</v>
       </c>
       <c r="C5" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="D5" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>94</v>
       </c>
       <c r="F5">
-        <v>18472</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>0</v>
       </c>
       <c r="H5" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I5" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="J5" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="K5" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>230</v>
+        <v>234</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="B6" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C6" t="s">
-        <v>121</v>
+        <v>104</v>
       </c>
       <c r="D6" t="s">
-        <v>124</v>
+        <v>107</v>
+      </c>
+      <c r="E6" t="s">
+        <v>110</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
+      <c r="G6" t="s">
+        <v>236</v>
+      </c>
       <c r="H6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I6" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="J6" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="K6" t="s">
-        <v>241</v>
+        <v>238</v>
+      </c>
+      <c r="L6" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B7" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C7" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="D7" t="s">
-        <v>137</v>
+        <v>124</v>
       </c>
       <c r="F7">
         <v>0</v>
       </c>
-      <c r="G7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H7" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I7" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="J7" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="K7" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>242</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="B8" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C8" t="s">
-        <v>147</v>
+        <v>129</v>
       </c>
       <c r="D8" t="s">
-        <v>150</v>
+        <v>132</v>
+      </c>
+      <c r="E8" t="s">
+        <v>135</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="H8" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I8" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="J8" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="K8" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B9" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C9" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="D9" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>145</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
+      <c r="G9" t="s">
+        <v>236</v>
+      </c>
       <c r="H9" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I9" t="s">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="J9" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="K9" t="s">
+        <v>238</v>
+      </c>
+      <c r="L9" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>248</v>
       </c>
       <c r="B10" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C10" t="s">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="D10" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="F10">
         <v>0</v>
       </c>
       <c r="H10" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I10" t="s">
         <v>249</v>
       </c>
       <c r="J10" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="K10" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>251</v>
       </c>
       <c r="B11" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="C11" t="s">
-        <v>181</v>
+        <v>168</v>
       </c>
       <c r="D11" t="s">
-        <v>183</v>
+        <v>171</v>
+      </c>
+      <c r="E11" t="s">
+        <v>173</v>
       </c>
       <c r="F11">
-        <v>0</v>
+        <v>18472</v>
+      </c>
+      <c r="G11" t="s">
+        <v>236</v>
       </c>
       <c r="H11" t="s">
-        <v>224</v>
+        <v>225</v>
+      </c>
+      <c r="I11" t="s">
+        <v>241</v>
       </c>
       <c r="J11" t="s">
-        <v>225</v>
+        <v>227</v>
+      </c>
+      <c r="K11" t="s">
+        <v>242</v>
+      </c>
+      <c r="L11" t="s">
+        <v>229</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>215</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>185</v>
       </c>
@@ -4587,184 +4587,184 @@
     <row r="2">
       <c r="A2" t="s">
         <v>253</v>
       </c>
       <c r="B2" t="s">
         <v>194</v>
       </c>
       <c r="C2" t="s">
         <v>43</v>
       </c>
       <c r="D2" t="s">
         <v>254</v>
       </c>
       <c r="E2" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>256</v>
       </c>
       <c r="B3" t="s">
         <v>196</v>
       </c>
       <c r="C3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
         <v>257</v>
       </c>
       <c r="E3" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>259</v>
       </c>
       <c r="B4" t="s">
         <v>198</v>
       </c>
       <c r="C4" t="s">
         <v>87</v>
       </c>
       <c r="D4" t="s">
         <v>260</v>
       </c>
       <c r="E4" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>262</v>
       </c>
       <c r="B5" t="s">
         <v>200</v>
       </c>
       <c r="C5" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="D5" t="s">
         <v>263</v>
       </c>
       <c r="E5" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>265</v>
       </c>
       <c r="B6" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C6" t="s">
-        <v>121</v>
+        <v>104</v>
       </c>
       <c r="D6" t="s">
         <v>266</v>
       </c>
       <c r="E6" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>268</v>
       </c>
       <c r="B7" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C7" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="D7" t="s">
         <v>269</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>270</v>
+      </c>
+      <c r="B8" t="s">
+        <v>206</v>
+      </c>
+      <c r="C8" t="s">
+        <v>129</v>
+      </c>
+      <c r="D8" t="s">
         <v>271</v>
       </c>
-      <c r="B8" t="s">
-[...5 lines deleted...]
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>273</v>
       </c>
       <c r="B9" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C9" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="D9" t="s">
         <v>274</v>
       </c>
       <c r="E9" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>276</v>
       </c>
       <c r="B10" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C10" t="s">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="D10" t="s">
         <v>277</v>
       </c>
       <c r="E10" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>279</v>
       </c>
       <c r="B11" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="C11" t="s">
-        <v>181</v>
+        <v>168</v>
       </c>
       <c r="D11" t="s">
         <v>280</v>
       </c>
       <c r="E11" t="s">
         <v>281</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -4803,953 +4803,953 @@
       </c>
       <c r="M1" s="1" t="s">
         <v>290</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>291</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>292</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>293</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>295</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="C2" t="s">
-        <v>153</v>
+        <v>296</v>
       </c>
       <c r="D2" t="s">
         <v>51</v>
       </c>
       <c r="E2" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F2" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="G2" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="H2">
         <v>420111</v>
       </c>
       <c r="I2" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="J2" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="K2" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="L2" t="s">
         <v>51</v>
       </c>
       <c r="M2" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="N2" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="O2" t="s">
         <v>50</v>
       </c>
       <c r="P2" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B3" t="s">
         <v>43</v>
       </c>
       <c r="C3" t="s">
         <v>254</v>
       </c>
       <c r="D3" t="s">
         <v>255</v>
       </c>
       <c r="E3" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G3" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="J3" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="K3" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="L3" t="s">
         <v>255</v>
       </c>
       <c r="M3" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="N3" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="O3" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="P3" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="Q3" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B4" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C4" t="s">
-        <v>316</v>
+        <v>127</v>
       </c>
       <c r="D4" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="E4" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F4" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="G4" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="H4">
         <v>420111</v>
       </c>
       <c r="I4" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="J4" t="s">
         <v>317</v>
       </c>
       <c r="K4" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="L4" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="M4" t="s">
         <v>318</v>
       </c>
       <c r="N4" t="s">
         <v>319</v>
       </c>
       <c r="O4" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="P4" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>321</v>
       </c>
       <c r="B5" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C5" t="s">
         <v>257</v>
       </c>
       <c r="D5" t="s">
         <v>258</v>
       </c>
       <c r="E5" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G5" t="s">
         <v>322</v>
       </c>
       <c r="J5" t="s">
         <v>323</v>
       </c>
       <c r="K5" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="L5" t="s">
         <v>258</v>
       </c>
       <c r="M5" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="N5" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="O5" t="s">
         <v>324</v>
       </c>
       <c r="P5" t="s">
         <v>325</v>
       </c>
       <c r="Q5" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>327</v>
       </c>
       <c r="B6" t="s">
         <v>87</v>
       </c>
       <c r="C6" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="D6" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="E6" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F6" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="G6" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="H6">
         <v>420111</v>
       </c>
       <c r="I6" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="J6" t="s">
-        <v>328</v>
+        <v>317</v>
       </c>
       <c r="K6" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="L6" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="M6" t="s">
-        <v>329</v>
+        <v>318</v>
       </c>
       <c r="N6" t="s">
-        <v>330</v>
+        <v>319</v>
       </c>
       <c r="O6" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="P6" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="B7" t="s">
         <v>87</v>
       </c>
       <c r="C7" t="s">
         <v>260</v>
       </c>
       <c r="D7" t="s">
         <v>261</v>
       </c>
       <c r="E7" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G7" t="s">
-        <v>297</v>
+        <v>239</v>
       </c>
       <c r="J7" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="K7" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="L7" t="s">
         <v>261</v>
       </c>
       <c r="M7" t="s">
-        <v>334</v>
+        <v>311</v>
       </c>
       <c r="N7" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="O7" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="P7" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="Q7" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="B8" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="C8" t="s">
-        <v>119</v>
+        <v>334</v>
       </c>
       <c r="D8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="E8" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F8" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="G8" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="H8">
         <v>420111</v>
       </c>
       <c r="I8" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="J8" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="K8" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="L8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="M8" t="s">
-        <v>329</v>
+        <v>303</v>
       </c>
       <c r="N8" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="O8" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>331</v>
+        <v>95</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="B9" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="C9" t="s">
         <v>263</v>
       </c>
       <c r="D9" t="s">
         <v>264</v>
       </c>
       <c r="E9" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G9" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="J9" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="K9" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="L9" t="s">
         <v>264</v>
       </c>
       <c r="M9" t="s">
-        <v>334</v>
+        <v>311</v>
       </c>
       <c r="N9" t="s">
-        <v>264</v>
+        <v>312</v>
       </c>
       <c r="O9" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="P9" t="s">
-        <v>334</v>
+        <v>341</v>
       </c>
       <c r="Q9" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="B10" t="s">
-        <v>121</v>
+        <v>104</v>
       </c>
       <c r="C10" t="s">
-        <v>341</v>
+        <v>183</v>
       </c>
       <c r="D10" t="s">
-        <v>126</v>
+        <v>109</v>
       </c>
       <c r="E10" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F10" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="G10" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="H10">
         <v>420111</v>
       </c>
       <c r="I10" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="J10" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="K10" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="L10" t="s">
-        <v>126</v>
+        <v>109</v>
       </c>
       <c r="M10" t="s">
-        <v>318</v>
+        <v>345</v>
       </c>
       <c r="N10" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="O10" t="s">
-        <v>125</v>
+        <v>108</v>
+      </c>
+      <c r="P10" t="s">
+        <v>347</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B11" t="s">
-        <v>121</v>
+        <v>104</v>
       </c>
       <c r="C11" t="s">
         <v>266</v>
       </c>
       <c r="D11" t="s">
         <v>267</v>
       </c>
       <c r="E11" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G11" t="s">
-        <v>345</v>
+        <v>298</v>
       </c>
       <c r="J11" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="K11" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="L11" t="s">
         <v>267</v>
       </c>
       <c r="M11" t="s">
-        <v>310</v>
+        <v>350</v>
       </c>
       <c r="N11" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="O11" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="P11" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="Q11" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="B12" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="C12" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="D12" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="E12" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F12" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="G12" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="H12">
         <v>420111</v>
       </c>
       <c r="I12" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="J12" t="s">
-        <v>328</v>
+        <v>317</v>
       </c>
       <c r="K12" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="L12" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="M12" t="s">
-        <v>329</v>
+        <v>318</v>
       </c>
       <c r="N12" t="s">
-        <v>330</v>
+        <v>319</v>
       </c>
       <c r="O12" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="P12" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="B13" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="C13" t="s">
         <v>269</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>306</v>
-[...5 lines deleted...]
-        <v>353</v>
+        <v>307</v>
       </c>
       <c r="K13" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>270</v>
+        <v>310</v>
       </c>
       <c r="M13" t="s">
-        <v>310</v>
-[...10 lines deleted...]
-      <c r="Q13" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>357</v>
       </c>
       <c r="B14" t="s">
-        <v>147</v>
+        <v>129</v>
       </c>
       <c r="C14" t="s">
-        <v>153</v>
+        <v>358</v>
       </c>
       <c r="D14" t="s">
-        <v>51</v>
+        <v>134</v>
       </c>
       <c r="E14" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F14" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="G14" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="H14">
         <v>420111</v>
       </c>
       <c r="I14" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="J14" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="K14" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="L14" t="s">
-        <v>51</v>
+        <v>134</v>
       </c>
       <c r="M14" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="N14" t="s">
-        <v>303</v>
+        <v>359</v>
       </c>
       <c r="O14" t="s">
-        <v>50</v>
+        <v>133</v>
       </c>
       <c r="P14" t="s">
-        <v>304</v>
+        <v>360</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B15" t="s">
-        <v>147</v>
+        <v>129</v>
       </c>
       <c r="C15" t="s">
+        <v>271</v>
+      </c>
+      <c r="D15" t="s">
         <v>272</v>
       </c>
       <c r="E15" t="s">
-        <v>306</v>
+        <v>307</v>
+      </c>
+      <c r="G15" t="s">
+        <v>362</v>
+      </c>
+      <c r="J15" t="s">
+        <v>363</v>
       </c>
       <c r="K15" t="s">
-        <v>309</v>
+        <v>310</v>
+      </c>
+      <c r="L15" t="s">
+        <v>272</v>
       </c>
       <c r="M15" t="s">
-        <v>359</v>
+        <v>311</v>
+      </c>
+      <c r="N15" t="s">
+        <v>312</v>
+      </c>
+      <c r="O15" t="s">
+        <v>364</v>
+      </c>
+      <c r="P15" t="s">
+        <v>365</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>366</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="B16" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="C16" t="s">
-        <v>361</v>
+        <v>183</v>
       </c>
       <c r="D16" t="s">
-        <v>160</v>
+        <v>109</v>
       </c>
       <c r="E16" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F16" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="G16" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="H16">
         <v>420111</v>
       </c>
       <c r="I16" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="J16" t="s">
-        <v>317</v>
+        <v>344</v>
       </c>
       <c r="K16" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="L16" t="s">
-        <v>160</v>
+        <v>109</v>
       </c>
       <c r="M16" t="s">
-        <v>318</v>
+        <v>345</v>
       </c>
       <c r="N16" t="s">
-        <v>362</v>
+        <v>346</v>
       </c>
       <c r="O16" t="s">
-        <v>159</v>
+        <v>108</v>
       </c>
       <c r="P16" t="s">
-        <v>363</v>
+        <v>347</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="B17" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="C17" t="s">
         <v>274</v>
       </c>
       <c r="D17" t="s">
         <v>275</v>
       </c>
       <c r="E17" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G17" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="J17" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="K17" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="L17" t="s">
         <v>275</v>
       </c>
       <c r="M17" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="N17" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="O17" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="P17" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="Q17" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="B18" t="s">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="C18" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="D18" t="s">
-        <v>173</v>
+        <v>160</v>
       </c>
       <c r="E18" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F18" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="G18" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="H18">
         <v>420111</v>
       </c>
       <c r="I18" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="J18" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="K18" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="L18" t="s">
-        <v>173</v>
+        <v>160</v>
       </c>
       <c r="M18" t="s">
-        <v>318</v>
+        <v>303</v>
       </c>
       <c r="N18" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="O18" t="s">
-        <v>172</v>
+        <v>159</v>
       </c>
       <c r="P18" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="B19" t="s">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="C19" t="s">
         <v>277</v>
       </c>
       <c r="D19" t="s">
         <v>278</v>
       </c>
       <c r="E19" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G19" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="J19" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="K19" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="L19" t="s">
         <v>278</v>
       </c>
       <c r="M19" t="s">
-        <v>334</v>
+        <v>350</v>
       </c>
       <c r="N19" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="O19" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="P19" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="Q19" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="B20" t="s">
-        <v>181</v>
+        <v>168</v>
       </c>
       <c r="C20" t="s">
-        <v>153</v>
+        <v>183</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>109</v>
       </c>
       <c r="E20" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F20" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="G20" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="H20">
         <v>420111</v>
       </c>
       <c r="I20" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="J20" t="s">
-        <v>300</v>
+        <v>344</v>
       </c>
       <c r="K20" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="L20" t="s">
-        <v>51</v>
+        <v>109</v>
       </c>
       <c r="M20" t="s">
-        <v>302</v>
+        <v>345</v>
       </c>
       <c r="N20" t="s">
-        <v>303</v>
+        <v>346</v>
       </c>
       <c r="O20" t="s">
-        <v>50</v>
+        <v>108</v>
       </c>
       <c r="P20" t="s">
-        <v>304</v>
+        <v>347</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="B21" t="s">
-        <v>181</v>
+        <v>168</v>
       </c>
       <c r="C21" t="s">
         <v>280</v>
       </c>
       <c r="D21" t="s">
         <v>281</v>
       </c>
       <c r="E21" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G21" t="s">
-        <v>235</v>
+        <v>350</v>
       </c>
       <c r="J21" t="s">
-        <v>383</v>
+        <v>350</v>
       </c>
       <c r="K21" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="L21" t="s">
         <v>281</v>
       </c>
       <c r="M21" t="s">
-        <v>310</v>
+        <v>350</v>
       </c>
       <c r="N21" t="s">
-        <v>311</v>
+        <v>281</v>
       </c>
       <c r="O21" t="s">
-        <v>384</v>
+        <v>350</v>
       </c>
       <c r="P21" t="s">
-        <v>385</v>
+        <v>350</v>
       </c>
       <c r="Q21" t="s">
-        <v>386</v>
+        <v>350</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>185</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -5775,409 +5775,409 @@
         <v>190</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>389</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>390</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>392</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="C2" t="s">
         <v>47</v>
       </c>
       <c r="D2" t="s">
         <v>195</v>
       </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2" t="s">
+        <v>53</v>
+      </c>
       <c r="G2" t="s">
         <v>393</v>
       </c>
       <c r="H2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I2">
-        <v>427780517.375</v>
+        <v>89001934.275</v>
       </c>
       <c r="J2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="K2" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="L2" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="M2">
-        <v>0</v>
+        <v>91</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>394</v>
       </c>
       <c r="B3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="D3" t="s">
         <v>197</v>
       </c>
-      <c r="E3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G3" t="s">
         <v>395</v>
       </c>
       <c r="H3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I3">
-        <v>89001934.275</v>
+        <v>427780517.375</v>
       </c>
       <c r="J3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="K3" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="L3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="M3">
-        <v>91</v>
+        <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>396</v>
       </c>
       <c r="B4" t="s">
         <v>87</v>
       </c>
       <c r="C4" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="D4" t="s">
         <v>199</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G4" t="s">
-        <v>397</v>
+        <v>62</v>
       </c>
       <c r="H4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I4">
-        <v>1138945569.7605</v>
+        <v>1456247814.75</v>
       </c>
       <c r="J4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="K4" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="L4" t="s">
-        <v>102</v>
+        <v>81</v>
       </c>
       <c r="M4">
-        <v>-19487</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="B5" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="C5" t="s">
-        <v>107</v>
+        <v>94</v>
       </c>
       <c r="D5" t="s">
         <v>201</v>
       </c>
-      <c r="E5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G5" t="s">
-        <v>399</v>
+        <v>81</v>
       </c>
       <c r="H5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I5">
+        <v>33851750</v>
+      </c>
+      <c r="J5" t="s">
+        <v>71</v>
+      </c>
+      <c r="K5" t="s">
+        <v>81</v>
+      </c>
+      <c r="L5" t="s">
+        <v>81</v>
+      </c>
+      <c r="M5">
         <v>0</v>
-      </c>
-[...10 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="B6" t="s">
-        <v>121</v>
+        <v>104</v>
       </c>
       <c r="C6" t="s">
-        <v>124</v>
+        <v>107</v>
       </c>
       <c r="D6" t="s">
-        <v>204</v>
+        <v>203</v>
+      </c>
+      <c r="E6" t="s">
+        <v>110</v>
       </c>
       <c r="G6" t="s">
-        <v>60</v>
+        <v>399</v>
       </c>
       <c r="H6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I6">
-        <v>33851750</v>
+        <v>1138945569.7605</v>
       </c>
       <c r="J6" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="K6" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="L6" t="s">
-        <v>60</v>
+        <v>119</v>
       </c>
       <c r="M6">
-        <v>0</v>
+        <v>-19487</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="B7" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="C7" t="s">
-        <v>137</v>
+        <v>124</v>
       </c>
       <c r="D7" t="s">
-        <v>206</v>
+        <v>205</v>
+      </c>
+      <c r="E7" t="s">
+        <v>125</v>
       </c>
       <c r="G7" t="s">
-        <v>402</v>
+        <v>81</v>
       </c>
       <c r="H7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I7">
-        <v>3725560935.73125</v>
+        <v>0</v>
       </c>
       <c r="J7" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="K7" t="s">
-        <v>144</v>
+        <v>81</v>
       </c>
       <c r="L7" t="s">
-        <v>145</v>
+        <v>81</v>
       </c>
       <c r="M7">
-        <v>287</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="B8" t="s">
-        <v>147</v>
+        <v>129</v>
       </c>
       <c r="C8" t="s">
-        <v>150</v>
+        <v>132</v>
       </c>
       <c r="D8" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E8" t="s">
-        <v>151</v>
+        <v>135</v>
+      </c>
+      <c r="F8" t="s">
+        <v>135</v>
       </c>
       <c r="G8" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="H8" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I8">
-        <v>0</v>
+        <v>50695956.87375</v>
       </c>
       <c r="J8" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="K8" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="L8" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="M8">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="B9" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="C9" t="s">
-        <v>158</v>
+        <v>145</v>
       </c>
       <c r="D9" t="s">
-        <v>210</v>
-[...5 lines deleted...]
-        <v>161</v>
+        <v>209</v>
       </c>
       <c r="G9" t="s">
-        <v>60</v>
+        <v>403</v>
       </c>
       <c r="H9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I9">
-        <v>50695956.87375</v>
+        <v>3725560935.73125</v>
       </c>
       <c r="J9" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="K9" t="s">
-        <v>60</v>
+        <v>152</v>
       </c>
       <c r="L9" t="s">
-        <v>60</v>
+        <v>153</v>
       </c>
       <c r="M9">
-        <v>0</v>
+        <v>287</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="B10" t="s">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="C10" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="D10" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="G10" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="H10" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I10">
         <v>316592875</v>
       </c>
       <c r="J10" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="K10" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="L10" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="M10">
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>405</v>
+      </c>
+      <c r="B11" t="s">
+        <v>168</v>
+      </c>
+      <c r="C11" t="s">
+        <v>171</v>
+      </c>
+      <c r="D11" t="s">
+        <v>213</v>
+      </c>
+      <c r="E11" t="s">
+        <v>173</v>
+      </c>
+      <c r="F11" t="s">
+        <v>173</v>
+      </c>
+      <c r="G11" t="s">
         <v>406</v>
       </c>
-      <c r="B11" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H11" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I11">
-        <v>1456247814.75</v>
+        <v>0</v>
       </c>
       <c r="J11" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="K11" t="s">
-        <v>60</v>
+        <v>182</v>
       </c>
       <c r="L11" t="s">
-        <v>60</v>
+        <v>180</v>
       </c>
       <c r="M11">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>407</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>185</v>
       </c>
@@ -6197,316 +6197,316 @@
         <v>219</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>220</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>221</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>408</v>
       </c>
       <c r="B2" t="s">
         <v>392</v>
       </c>
       <c r="C2" t="s">
         <v>43</v>
       </c>
       <c r="D2" t="s">
         <v>47</v>
       </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
       <c r="F2">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G2" t="s">
+        <v>224</v>
+      </c>
+      <c r="H2" t="s">
+        <v>226</v>
       </c>
       <c r="I2" t="s">
-        <v>225</v>
+        <v>227</v>
+      </c>
+      <c r="J2" t="s">
+        <v>228</v>
+      </c>
+      <c r="K2" t="s">
+        <v>229</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>409</v>
       </c>
       <c r="B3" t="s">
         <v>394</v>
       </c>
       <c r="C3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F3">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="G3" t="s">
+        <v>0</v>
+      </c>
+      <c r="I3" t="s">
         <v>227</v>
-      </c>
-[...10 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>410</v>
       </c>
       <c r="B4" t="s">
         <v>396</v>
       </c>
       <c r="C4" t="s">
         <v>87</v>
       </c>
       <c r="D4" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F4">
         <v>0</v>
       </c>
-      <c r="G4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I4" t="s">
-        <v>225</v>
-[...5 lines deleted...]
-        <v>235</v>
+        <v>227</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>411</v>
       </c>
       <c r="B5" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="C5" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="D5" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>94</v>
       </c>
       <c r="F5">
-        <v>18472</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>0</v>
       </c>
       <c r="H5" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="I5" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="J5" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>230</v>
+        <v>234</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>412</v>
       </c>
       <c r="B6" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="C6" t="s">
-        <v>121</v>
+        <v>104</v>
       </c>
       <c r="D6" t="s">
-        <v>124</v>
+        <v>107</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
+      <c r="G6" t="s">
+        <v>236</v>
+      </c>
       <c r="H6" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="I6" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="J6" t="s">
-        <v>241</v>
+        <v>238</v>
+      </c>
+      <c r="K6" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>413</v>
       </c>
       <c r="B7" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="C7" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="D7" t="s">
-        <v>137</v>
+        <v>124</v>
       </c>
       <c r="F7">
         <v>0</v>
       </c>
-      <c r="G7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H7" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="I7" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="J7" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>242</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>414</v>
       </c>
       <c r="B8" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="C8" t="s">
-        <v>147</v>
+        <v>129</v>
       </c>
       <c r="D8" t="s">
-        <v>150</v>
+        <v>132</v>
+      </c>
+      <c r="E8" t="s">
+        <v>135</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="H8" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="I8" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="J8" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>415</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="C9" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="D9" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>145</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
+      <c r="G9" t="s">
+        <v>236</v>
+      </c>
       <c r="H9" t="s">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="I9" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="J9" t="s">
+        <v>238</v>
+      </c>
+      <c r="K9" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>416</v>
       </c>
       <c r="B10" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="D10" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="F10">
         <v>0</v>
       </c>
       <c r="H10" t="s">
         <v>249</v>
       </c>
       <c r="I10" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="J10" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>417</v>
       </c>
       <c r="B11" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="C11" t="s">
-        <v>181</v>
+        <v>168</v>
       </c>
       <c r="D11" t="s">
-        <v>183</v>
+        <v>171</v>
+      </c>
+      <c r="E11" t="s">
+        <v>173</v>
       </c>
       <c r="F11">
-        <v>0</v>
+        <v>18472</v>
+      </c>
+      <c r="G11" t="s">
+        <v>236</v>
+      </c>
+      <c r="H11" t="s">
+        <v>241</v>
       </c>
       <c r="I11" t="s">
-        <v>225</v>
+        <v>227</v>
+      </c>
+      <c r="J11" t="s">
+        <v>242</v>
+      </c>
+      <c r="K11" t="s">
+        <v>229</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>407</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>185</v>
       </c>
@@ -6524,578 +6524,578 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>421</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>189</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>422</v>
       </c>
       <c r="B2" t="s">
         <v>392</v>
       </c>
       <c r="C2" t="s">
         <v>43</v>
       </c>
       <c r="D2" t="s">
         <v>423</v>
       </c>
       <c r="E2" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F2" t="s">
         <v>255</v>
       </c>
       <c r="G2" t="s">
-        <v>153</v>
+        <v>296</v>
       </c>
       <c r="H2" t="s">
         <v>51</v>
       </c>
       <c r="I2">
-        <v>402442553.192</v>
+        <v>64585996</v>
       </c>
       <c r="J2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>424</v>
       </c>
       <c r="B3" t="s">
         <v>394</v>
       </c>
       <c r="C3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
         <v>423</v>
       </c>
       <c r="E3" t="s">
         <v>326</v>
       </c>
       <c r="F3" t="s">
         <v>258</v>
       </c>
       <c r="G3" t="s">
-        <v>316</v>
+        <v>127</v>
       </c>
       <c r="H3" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="I3">
-        <v>64585996</v>
+        <v>402442553.192</v>
       </c>
       <c r="J3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>425</v>
       </c>
       <c r="B4" t="s">
         <v>396</v>
       </c>
       <c r="C4" t="s">
         <v>87</v>
       </c>
       <c r="D4" t="s">
         <v>423</v>
       </c>
       <c r="E4" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="F4" t="s">
         <v>261</v>
       </c>
       <c r="G4" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H4" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="I4">
-        <v>1000000000</v>
+        <v>1177844332.29</v>
       </c>
       <c r="J4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>426</v>
       </c>
       <c r="B5" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="C5" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="D5" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="E5" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
       <c r="F5" t="s">
         <v>264</v>
       </c>
       <c r="G5" t="s">
-        <v>119</v>
+        <v>334</v>
       </c>
       <c r="H5" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="I5">
-        <v>0</v>
+        <v>30300000</v>
       </c>
       <c r="J5" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="B6" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="C6" t="s">
-        <v>121</v>
+        <v>104</v>
       </c>
       <c r="D6" t="s">
         <v>423</v>
       </c>
       <c r="E6" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="F6" t="s">
         <v>267</v>
       </c>
       <c r="G6" t="s">
-        <v>341</v>
+        <v>183</v>
       </c>
       <c r="H6" t="s">
-        <v>126</v>
+        <v>109</v>
       </c>
       <c r="I6">
-        <v>30300000</v>
+        <v>1000000000</v>
       </c>
       <c r="J6" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="B7" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="C7" t="s">
-        <v>134</v>
-[...8 lines deleted...]
-        <v>270</v>
+        <v>121</v>
       </c>
       <c r="G7" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H7" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="I7">
-        <v>3397284492</v>
+        <v>0</v>
       </c>
       <c r="J7" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="B8" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="C8" t="s">
-        <v>147</v>
+        <v>129</v>
+      </c>
+      <c r="D8" t="s">
+        <v>423</v>
+      </c>
+      <c r="E8" t="s">
+        <v>366</v>
+      </c>
+      <c r="F8" t="s">
+        <v>272</v>
       </c>
       <c r="G8" t="s">
-        <v>153</v>
+        <v>358</v>
       </c>
       <c r="H8" t="s">
-        <v>51</v>
+        <v>134</v>
       </c>
       <c r="I8">
-        <v>0</v>
+        <v>44098010.4</v>
       </c>
       <c r="J8" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="C9" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="D9" t="s">
         <v>423</v>
       </c>
       <c r="E9" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="F9" t="s">
         <v>275</v>
       </c>
       <c r="G9" t="s">
-        <v>361</v>
+        <v>183</v>
       </c>
       <c r="H9" t="s">
-        <v>160</v>
+        <v>109</v>
       </c>
       <c r="I9">
-        <v>44098010.4</v>
+        <v>3397284492</v>
       </c>
       <c r="J9" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="B10" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="D10" t="s">
         <v>423</v>
       </c>
       <c r="E10" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="F10" t="s">
         <v>278</v>
       </c>
       <c r="G10" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="H10" t="s">
-        <v>173</v>
+        <v>160</v>
       </c>
       <c r="I10">
         <v>290505000</v>
       </c>
       <c r="J10" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>432</v>
+      </c>
+      <c r="B11" t="s">
+        <v>405</v>
+      </c>
+      <c r="C11" t="s">
+        <v>168</v>
+      </c>
+      <c r="D11" t="s">
         <v>433</v>
       </c>
-      <c r="B11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>386</v>
+        <v>350</v>
       </c>
       <c r="F11" t="s">
         <v>281</v>
       </c>
       <c r="G11" t="s">
-        <v>153</v>
+        <v>183</v>
       </c>
       <c r="H11" t="s">
-        <v>51</v>
+        <v>109</v>
       </c>
       <c r="I11">
-        <v>1177844332.29</v>
+        <v>0</v>
       </c>
       <c r="J11" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>185</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>216</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>217</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>219</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>220</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>434</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
+      <c r="C2" t="s">
+        <v>435</v>
+      </c>
       <c r="D2">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="E2" t="s">
+        <v>224</v>
       </c>
       <c r="F2" t="s">
-        <v>225</v>
+        <v>436</v>
       </c>
       <c r="G2" t="s">
-        <v>225</v>
+        <v>227</v>
+      </c>
+      <c r="H2" t="s">
+        <v>229</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B3" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>436</v>
+        <v>72</v>
       </c>
       <c r="D3">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="E3" t="s">
+        <v>0</v>
+      </c>
+      <c r="F3" t="s">
         <v>227</v>
       </c>
-      <c r="F3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G3" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>230</v>
+        <v>227</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>438</v>
       </c>
       <c r="B4" t="s">
         <v>87</v>
       </c>
       <c r="D4">
         <v>0</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>439</v>
+        <v>227</v>
       </c>
       <c r="G4" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>235</v>
+        <v>227</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>439</v>
+      </c>
+      <c r="B5" t="s">
+        <v>91</v>
+      </c>
+      <c r="D5">
+        <v>0</v>
+      </c>
+      <c r="F5" t="s">
         <v>440</v>
       </c>
-      <c r="B5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G5" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>230</v>
+        <v>227</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="B6" t="s">
-        <v>121</v>
+        <v>104</v>
       </c>
       <c r="D6">
         <v>0</v>
       </c>
+      <c r="E6" t="s">
+        <v>236</v>
+      </c>
       <c r="F6" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="G6" t="s">
-        <v>225</v>
+        <v>227</v>
+      </c>
+      <c r="H6" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="B7" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="D7">
         <v>0</v>
       </c>
-      <c r="E7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G7" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>227</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="B8" t="s">
-        <v>147</v>
+        <v>129</v>
       </c>
       <c r="D8">
         <v>0</v>
       </c>
+      <c r="F8" t="s">
+        <v>445</v>
+      </c>
       <c r="G8" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>446</v>
       </c>
       <c r="B9" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="D9">
         <v>0</v>
       </c>
+      <c r="E9" t="s">
+        <v>236</v>
+      </c>
       <c r="F9" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="G9" t="s">
-        <v>225</v>
+        <v>227</v>
+      </c>
+      <c r="H9" t="s">
+        <v>247</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="B10" t="s">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="D10">
         <v>0</v>
       </c>
       <c r="F10" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="G10" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>449</v>
+      </c>
+      <c r="B11" t="s">
+        <v>168</v>
+      </c>
+      <c r="C11" t="s">
         <v>450</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>225</v>
+        <v>18472</v>
+      </c>
+      <c r="E11" t="s">
+        <v>236</v>
       </c>
       <c r="G11" t="s">
-        <v>225</v>
+        <v>227</v>
+      </c>
+      <c r="H11" t="s">
+        <v>229</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>main</vt:lpstr>