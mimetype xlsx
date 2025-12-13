--- v0 (2025-10-13)
+++ v1 (2025-12-13)
@@ -248,311 +248,311 @@
   <si>
     <t>2024-07-07T23:59:00Z</t>
   </si>
   <si>
     <t>2024-06-21T14:55:00Z</t>
   </si>
   <si>
     <t>2024-06-21T11:28:00Z</t>
   </si>
   <si>
     <t>2025-07-24T16:30:00Z</t>
   </si>
   <si>
     <t>2024-07-24T17:30:00Z</t>
   </si>
   <si>
     <t>Transparency and Accountability</t>
   </si>
   <si>
     <t>NGN</t>
   </si>
   <si>
     <t>id-1.0</t>
   </si>
   <si>
+    <t>ocds-j74acu-056695-AN/HLT/02-NG-2024-07-01T13:04:11Z</t>
+  </si>
+  <si>
+    <t>2024-07-01T13:04:11Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-056695-AN/HLT/02-NG</t>
+  </si>
+  <si>
+    <t>health@eprocure.bpp.an.gov.ng</t>
+  </si>
+  <si>
+    <t>MINISTRY OF HEALTH</t>
+  </si>
+  <si>
+    <t>Mostresponsivebidder</t>
+  </si>
+  <si>
+    <t>Online through the E-procurement System</t>
+  </si>
+  <si>
+    <t>:00Z</t>
+  </si>
+  <si>
+    <t>2024-07-03T10:03:00Z</t>
+  </si>
+  <si>
+    <t>2024-07-19T18:05:00Z</t>
+  </si>
+  <si>
+    <t>2024-07-01T13:15:00Z</t>
+  </si>
+  <si>
+    <t>Quick delivery</t>
+  </si>
+  <si>
+    <t>PROPOSED CONSTRUCTION OF TRAUMA CENTER AT THE CHUKWUEMEKA ODUMEGWU OJUKWU UNIVERSITY TEACHING HOSPITAL, AWKA, ANAMBRA STATE</t>
+  </si>
+  <si>
+    <t>id-2.0</t>
+  </si>
+  <si>
     <t>ocds-j74acu-065311-AN/HLT/02-NG-2024-10-11T13:04:11Z</t>
   </si>
   <si>
     <t>2024-10-11T13:04:11Z</t>
   </si>
   <si>
     <t>ocds-j74acu-065311-AN/HLT/02-NG</t>
   </si>
   <si>
-    <t>health@eprocure.bpp.an.gov.ng</t>
-[...16 lines deleted...]
-  <si>
     <t>2024-11-18T11:05:00Z</t>
   </si>
   <si>
     <t>2024-10-11T13:15:00Z</t>
   </si>
   <si>
-    <t>Quick delivery</t>
-[...1 lines deleted...]
-  <si>
     <t>PROCUREMENT OF MEDICAL AND NON-MEDICAL EQUIPMENT AT SPECIALIST HOSPITAL FEGGE, ONITSHA SOUTH LGA</t>
   </si>
   <si>
-    <t>id-2.0</t>
+    <t>id-3.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-066006-AN/HLT/02-NG-2024-10-25T13:04:11Z</t>
+  </si>
+  <si>
+    <t>2024-10-25T13:04:11Z</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-066006-AN/HLT/02-NG</t>
+  </si>
+  <si>
+    <t>2024-11-11T12:05:00Z</t>
+  </si>
+  <si>
+    <t>2024-10-25T13:15:00Z</t>
+  </si>
+  <si>
+    <t>GATE HOUSE DEVELOPMENT AT CHUKWUEMEKA ODUMEGWU OJUKWU UNIVERSITY TEACHING HOSPITAL (COOUTH) AMAKU, AWKA. ANAMBRA STATE.</t>
+  </si>
+  <si>
+    <t>id-4.0</t>
   </si>
   <si>
     <t>ocds-j74acu-067015-AN/HLT/02-NG-2024-11-15T13:04:11Z</t>
   </si>
   <si>
     <t>2024-11-15T13:04:11Z</t>
   </si>
   <si>
     <t>ocds-j74acu-067015-AN/HLT/02-NG</t>
   </si>
   <si>
     <t>2024-12-01T10:10:00Z</t>
   </si>
   <si>
     <t>2024-11-15T13:15:00Z</t>
   </si>
   <si>
     <t>SUPPLY AND INSTALLATIONS OF CLASSROOM EQUIPMENT AT THE COLLEGE OF HEALTH TECHNOLOGY OBOSI</t>
   </si>
   <si>
-    <t>id-3.0</t>
-[...40 lines deleted...]
-  <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>contractPeriod_endDate</t>
   </si>
   <si>
     <t>contractPeriod_startDate</t>
   </si>
   <si>
     <t>contractPeriod_durationInDays</t>
   </si>
   <si>
     <t>id-0.0.awards.0</t>
   </si>
   <si>
     <t>ocds-j74acu-1121</t>
   </si>
   <si>
     <t>id-1.0.awards.0</t>
   </si>
   <si>
+    <t>ocds-j74acu-1152</t>
+  </si>
+  <si>
+    <t>id-2.0.awards.0</t>
+  </si>
+  <si>
     <t>ocds-j74acu-1370</t>
   </si>
   <si>
-    <t>id-2.0.awards.0</t>
+    <t>id-3.0.awards.0</t>
+  </si>
+  <si>
+    <t>ocds-j74acu-1401</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0</t>
   </si>
   <si>
     <t>ocds-j74acu-1565</t>
   </si>
   <si>
-    <t>id-3.0.awards.0</t>
-[...10 lines deleted...]
-  <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>quantity</t>
   </si>
   <si>
     <t>unit_name</t>
   </si>
   <si>
     <t>unit_scheme</t>
   </si>
   <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
     <t>classification_description</t>
   </si>
   <si>
     <t>deliveryAddress_locality</t>
   </si>
   <si>
     <t>id-0.0.awards.0.items.0</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>UNCEFACT</t>
   </si>
   <si>
     <t>UNSPSC</t>
   </si>
   <si>
     <t>Water storage tanks</t>
   </si>
   <si>
     <t>ANAMBRA STATE HON. JUDGES RESIDENCE</t>
   </si>
   <si>
     <t>id-1.0.awards.0.items.0</t>
   </si>
   <si>
     <t>Fence construction service</t>
   </si>
   <si>
+    <t>Amaku Awka</t>
+  </si>
+  <si>
     <t>id-2.0.awards.0.items.0</t>
   </si>
   <si>
     <t>id-3.0.awards.0.items.0</t>
   </si>
   <si>
-    <t>id-31.0.awards.0.items.0</t>
-[...2 lines deleted...]
-    <t>Amaku Awka</t>
+    <t>id-4.0.awards.0.items.0</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>id-0.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>NG-CAC-1285841</t>
   </si>
   <si>
     <t xml:space="preserve">EL-BUKELZ NIGERIA LIMITED </t>
   </si>
   <si>
     <t>id-1.0.awards.0.suppliers.0</t>
   </si>
   <si>
+    <t>NG-CAC-1113233</t>
+  </si>
+  <si>
+    <t>TRI SECOND RESOURCES LTD</t>
+  </si>
+  <si>
+    <t>id-2.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
     <t>NG-CAC-123577</t>
   </si>
   <si>
     <t xml:space="preserve">CHRISLAUG LTD </t>
   </si>
   <si>
-    <t>id-2.0.awards.0.suppliers.0</t>
+    <t>id-3.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>NG-CAC-953206</t>
   </si>
   <si>
     <t>HARRIEST MILLENIUM ESTATE NIG LTD</t>
   </si>
   <si>
-    <t>id-3.0.awards.0.suppliers.0</t>
-[...10 lines deleted...]
-  <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_locality</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>address_streetAddress</t>
   </si>
   <si>
     <t>identifier_scheme</t>
   </si>
   <si>
     <t>identifier_legalName</t>
   </si>
   <si>
     <t>contactPoint_url</t>
@@ -626,270 +626,270 @@
   <si>
     <t>Elbukelzltd@gmail.com</t>
   </si>
   <si>
     <t>08100640936</t>
   </si>
   <si>
     <t>id-1.0.parties.0</t>
   </si>
   <si>
     <t>AN/HLT/02</t>
   </si>
   <si>
     <t>Anambra State Secretariat, Awka Anambra State</t>
   </si>
   <si>
     <t>Vincent Okpala</t>
   </si>
   <si>
     <t>08033821808</t>
   </si>
   <si>
     <t>id-1.0.parties.1</t>
   </si>
   <si>
+    <t>AWKA</t>
+  </si>
+  <si>
+    <t>NO 1</t>
+  </si>
+  <si>
+    <t>NA</t>
+  </si>
+  <si>
+    <t>chumafrik@gmail.com</t>
+  </si>
+  <si>
+    <t>08088186938</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.1</t>
+  </si>
+  <si>
     <t>Enugu</t>
   </si>
   <si>
     <t xml:space="preserve">98 Ogui Road </t>
   </si>
   <si>
     <t>https://eprocure.bpp.an.gov.ng/report/economic_operator.php</t>
   </si>
   <si>
     <t>chrislaug@yahoo.com</t>
   </si>
   <si>
     <t>08165853256</t>
   </si>
   <si>
-    <t>id-2.0.parties.0</t>
-[...2 lines deleted...]
-    <t>id-2.0.parties.1</t>
+    <t>id-3.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.1</t>
   </si>
   <si>
     <t>ENUGU</t>
   </si>
   <si>
     <t xml:space="preserve">PLOT 408 NEW GRA TRANS EKULU </t>
   </si>
   <si>
     <t>kenyokoli24@yahoo.com</t>
   </si>
   <si>
     <t>08036752661</t>
   </si>
   <si>
-    <t>id-3.0.parties.0</t>
-[...25 lines deleted...]
-  <si>
     <t>awardID</t>
   </si>
   <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>period_endDate</t>
   </si>
   <si>
     <t>period_startDate</t>
   </si>
   <si>
     <t>period_durationInDays</t>
   </si>
   <si>
     <t>id-0.0.contracts.0</t>
   </si>
   <si>
     <t>2024-07-24T17:33:00Z</t>
   </si>
   <si>
     <t>id-1.0.contracts.0</t>
   </si>
   <si>
     <t>id-2.0.contracts.0</t>
   </si>
   <si>
     <t>id-3.0.contracts.0</t>
   </si>
   <si>
-    <t>id-31.0.contracts.0</t>
+    <t>id-4.0.contracts.0</t>
   </si>
   <si>
     <t>_link_contracts</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-1.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-2.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>id-3.0.contracts.0.items.0</t>
   </si>
   <si>
-    <t>id-31.0.contracts.0.items.0</t>
+    <t>id-4.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>payee_id</t>
   </si>
   <si>
     <t>payee_name</t>
   </si>
   <si>
     <t>payer_id</t>
   </si>
   <si>
     <t>payer_name</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>ocds-j74acu-</t>
   </si>
   <si>
     <t>id-1.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>id-2.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>id-3.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
-    <t>id-31.0.contracts.0.implementation.transactions.0</t>
+    <t>id-4.0.contracts.0.implementation.transactions.0</t>
   </si>
   <si>
     <t>id-0.0.tender.items.0</t>
   </si>
   <si>
     <t>INVERTER AND BATTERY</t>
   </si>
   <si>
     <t>id-1.0.tender.items.0</t>
   </si>
   <si>
     <t>id-2.0.tender.items.0</t>
   </si>
   <si>
     <t>id-3.0.tender.items.0</t>
   </si>
   <si>
-    <t>id-31.0.tender.items.0</t>
+    <t>id-4.0.tender.items.0</t>
   </si>
   <si>
     <t>_link_tender_items</t>
   </si>
   <si>
     <t>scheme</t>
   </si>
   <si>
     <t>id-0.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-1.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-2.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>id-3.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
-    <t>id-31.0.tender.items.0.additionalClassifications.0</t>
+    <t>id-4.0.tender.items.0.additionalClassifications.0</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
     <t>format</t>
   </si>
   <si>
     <t>documentType</t>
   </si>
   <si>
     <t>datePublished</t>
   </si>
   <si>
     <t>id-0.0.tender.documents.0</t>
   </si>
   <si>
     <t>https://www.eprocure.bpp.an.gov.ng/admin/0</t>
   </si>
   <si>
     <t>Tender Notice</t>
   </si>
   <si>
     <t>pdf</t>
   </si>
   <si>
     <t>Official tender notice</t>
   </si>
   <si>
     <t>tenderNotice</t>
   </si>
   <si>
     <t>id-1.0.tender.documents.0</t>
   </si>
   <si>
     <t>id-2.0.tender.documents.0</t>
   </si>
   <si>
     <t>id-3.0.tender.documents.0</t>
   </si>
   <si>
-    <t>id-31.0.tender.documents.0</t>
+    <t>id-4.0.tender.documents.0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1514,111 +1514,111 @@
       <c r="K3" t="s">
         <v>52</v>
       </c>
       <c r="M3" t="s">
         <v>54</v>
       </c>
       <c r="N3" t="s">
         <v>55</v>
       </c>
       <c r="O3" t="s">
         <v>56</v>
       </c>
       <c r="Q3" t="s">
         <v>57</v>
       </c>
       <c r="R3" t="s">
         <v>58</v>
       </c>
       <c r="S3" t="s">
         <v>77</v>
       </c>
       <c r="U3" t="s">
         <v>52</v>
       </c>
       <c r="V3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W3" t="s">
         <v>78</v>
       </c>
       <c r="X3" t="s">
         <v>79</v>
       </c>
       <c r="Y3" t="s">
         <v>80</v>
       </c>
       <c r="Z3" t="s">
         <v>81</v>
       </c>
       <c r="AA3" t="s">
         <v>82</v>
       </c>
       <c r="AB3">
-        <v>-38</v>
+        <v>-18</v>
       </c>
       <c r="AC3" t="s">
         <v>79</v>
       </c>
       <c r="AD3" t="s">
         <v>79</v>
       </c>
       <c r="AE3">
         <v>0</v>
       </c>
       <c r="AF3" t="s">
         <v>79</v>
       </c>
       <c r="AG3" t="s">
         <v>79</v>
       </c>
       <c r="AH3">
         <v>0</v>
       </c>
       <c r="AI3" t="s">
         <v>75</v>
       </c>
       <c r="AJ3" t="s">
         <v>76</v>
       </c>
       <c r="AK3" t="s">
         <v>83</v>
       </c>
       <c r="AL3" t="s">
         <v>74</v>
       </c>
       <c r="AM3" t="s">
         <v>84</v>
       </c>
       <c r="AN3" t="s">
         <v>84</v>
       </c>
       <c r="AO3" t="s">
         <v>74</v>
       </c>
       <c r="AP3">
-        <v>367560500</v>
+        <v>1296740932.31</v>
       </c>
       <c r="AQ3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>85</v>
       </c>
       <c r="B4" t="s">
         <v>86</v>
       </c>
       <c r="C4" t="s">
         <v>45</v>
       </c>
       <c r="D4" t="s">
         <v>87</v>
       </c>
       <c r="E4" t="s">
         <v>88</v>
       </c>
       <c r="F4" t="s">
         <v>48</v>
       </c>
       <c r="G4" t="s">
@@ -1654,93 +1654,93 @@
       <c r="S4" t="s">
         <v>77</v>
       </c>
       <c r="U4" t="s">
         <v>52</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4" t="s">
         <v>78</v>
       </c>
       <c r="X4" t="s">
         <v>79</v>
       </c>
       <c r="Y4" t="s">
         <v>80</v>
       </c>
       <c r="Z4" t="s">
         <v>89</v>
       </c>
       <c r="AA4" t="s">
         <v>90</v>
       </c>
       <c r="AB4">
-        <v>-16</v>
+        <v>-38</v>
       </c>
       <c r="AC4" t="s">
         <v>79</v>
       </c>
       <c r="AD4" t="s">
         <v>79</v>
       </c>
       <c r="AE4">
         <v>0</v>
       </c>
       <c r="AF4" t="s">
         <v>79</v>
       </c>
       <c r="AG4" t="s">
         <v>79</v>
       </c>
       <c r="AH4">
         <v>0</v>
       </c>
       <c r="AI4" t="s">
         <v>75</v>
       </c>
       <c r="AJ4" t="s">
         <v>76</v>
       </c>
       <c r="AK4" t="s">
         <v>83</v>
       </c>
       <c r="AL4" t="s">
         <v>88</v>
       </c>
       <c r="AM4" t="s">
         <v>91</v>
       </c>
       <c r="AN4" t="s">
         <v>91</v>
       </c>
       <c r="AO4" t="s">
         <v>88</v>
       </c>
       <c r="AP4">
-        <v>197812500</v>
+        <v>367560500</v>
       </c>
       <c r="AQ4" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>92</v>
       </c>
       <c r="B5" t="s">
         <v>93</v>
       </c>
       <c r="C5" t="s">
         <v>45</v>
       </c>
       <c r="D5" t="s">
         <v>94</v>
       </c>
       <c r="E5" t="s">
         <v>95</v>
       </c>
       <c r="F5" t="s">
         <v>48</v>
       </c>
       <c r="G5" t="s">
@@ -1880,111 +1880,111 @@
       <c r="K6" t="s">
         <v>52</v>
       </c>
       <c r="M6" t="s">
         <v>54</v>
       </c>
       <c r="N6" t="s">
         <v>55</v>
       </c>
       <c r="O6" t="s">
         <v>56</v>
       </c>
       <c r="Q6" t="s">
         <v>57</v>
       </c>
       <c r="R6" t="s">
         <v>58</v>
       </c>
       <c r="S6" t="s">
         <v>77</v>
       </c>
       <c r="U6" t="s">
         <v>52</v>
       </c>
       <c r="V6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W6" t="s">
         <v>78</v>
       </c>
       <c r="X6" t="s">
         <v>79</v>
       </c>
       <c r="Y6" t="s">
         <v>80</v>
       </c>
       <c r="Z6" t="s">
         <v>103</v>
       </c>
       <c r="AA6" t="s">
         <v>104</v>
       </c>
       <c r="AB6">
-        <v>-18</v>
+        <v>-16</v>
       </c>
       <c r="AC6" t="s">
         <v>79</v>
       </c>
       <c r="AD6" t="s">
         <v>79</v>
       </c>
       <c r="AE6">
         <v>0</v>
       </c>
       <c r="AF6" t="s">
         <v>79</v>
       </c>
       <c r="AG6" t="s">
         <v>79</v>
       </c>
       <c r="AH6">
         <v>0</v>
       </c>
       <c r="AI6" t="s">
         <v>75</v>
       </c>
       <c r="AJ6" t="s">
         <v>76</v>
       </c>
       <c r="AK6" t="s">
         <v>83</v>
       </c>
       <c r="AL6" t="s">
         <v>102</v>
       </c>
       <c r="AM6" t="s">
         <v>105</v>
       </c>
       <c r="AN6" t="s">
         <v>105</v>
       </c>
       <c r="AO6" t="s">
         <v>102</v>
       </c>
       <c r="AP6">
-        <v>1296740932.31</v>
+        <v>197812500</v>
       </c>
       <c r="AQ6" t="s">
         <v>70</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>251</v>
       </c>
@@ -2390,83 +2390,83 @@
       </c>
       <c r="K2" t="s">
         <v>68</v>
       </c>
       <c r="L2">
         <v>365</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>117</v>
       </c>
       <c r="B3" t="s">
         <v>71</v>
       </c>
       <c r="C3" t="s">
         <v>118</v>
       </c>
       <c r="D3" t="s">
         <v>80</v>
       </c>
       <c r="E3" t="s">
         <v>54</v>
       </c>
       <c r="H3">
-        <v>399203937.61</v>
+        <v>1341544261.25</v>
       </c>
       <c r="I3" t="s">
         <v>70</v>
       </c>
       <c r="J3" t="s">
         <v>79</v>
       </c>
       <c r="K3" t="s">
         <v>79</v>
       </c>
       <c r="L3">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>119</v>
       </c>
       <c r="B4" t="s">
         <v>85</v>
       </c>
       <c r="C4" t="s">
         <v>120</v>
       </c>
       <c r="D4" t="s">
         <v>80</v>
       </c>
       <c r="E4" t="s">
         <v>54</v>
       </c>
       <c r="H4">
-        <v>208576875</v>
+        <v>399203937.61</v>
       </c>
       <c r="I4" t="s">
         <v>70</v>
       </c>
       <c r="J4" t="s">
         <v>79</v>
       </c>
       <c r="K4" t="s">
         <v>79</v>
       </c>
       <c r="L4">
         <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>121</v>
       </c>
       <c r="B5" t="s">
         <v>92</v>
       </c>
       <c r="C5" t="s">
         <v>122</v>
       </c>
       <c r="D5" t="s">
@@ -2486,51 +2486,51 @@
       </c>
       <c r="K5" t="s">
         <v>79</v>
       </c>
       <c r="L5">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>123</v>
       </c>
       <c r="B6" t="s">
         <v>99</v>
       </c>
       <c r="C6" t="s">
         <v>124</v>
       </c>
       <c r="D6" t="s">
         <v>80</v>
       </c>
       <c r="E6" t="s">
         <v>54</v>
       </c>
       <c r="H6">
-        <v>1341544261.25</v>
+        <v>208576875</v>
       </c>
       <c r="I6" t="s">
         <v>70</v>
       </c>
       <c r="J6" t="s">
         <v>79</v>
       </c>
       <c r="K6" t="s">
         <v>79</v>
       </c>
       <c r="L6">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
@@ -2618,139 +2618,139 @@
       </c>
       <c r="B3" t="s">
         <v>117</v>
       </c>
       <c r="C3" t="s">
         <v>71</v>
       </c>
       <c r="D3" t="s">
         <v>74</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
       <c r="H3" t="s">
         <v>135</v>
       </c>
       <c r="I3">
         <v>165405</v>
       </c>
       <c r="J3" t="s">
         <v>136</v>
       </c>
       <c r="K3" t="s">
         <v>140</v>
       </c>
+      <c r="L3" t="s">
+        <v>141</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B4" t="s">
         <v>119</v>
       </c>
       <c r="C4" t="s">
         <v>85</v>
       </c>
       <c r="D4" t="s">
         <v>88</v>
       </c>
       <c r="F4">
         <v>0</v>
       </c>
       <c r="H4" t="s">
         <v>135</v>
       </c>
       <c r="I4">
         <v>165405</v>
       </c>
       <c r="J4" t="s">
         <v>136</v>
       </c>
       <c r="K4" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B5" t="s">
         <v>121</v>
       </c>
       <c r="C5" t="s">
         <v>92</v>
       </c>
       <c r="D5" t="s">
         <v>95</v>
       </c>
       <c r="F5">
         <v>0</v>
       </c>
       <c r="H5" t="s">
         <v>135</v>
       </c>
       <c r="I5">
         <v>165405</v>
       </c>
       <c r="J5" t="s">
         <v>136</v>
       </c>
       <c r="K5" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B6" t="s">
         <v>123</v>
       </c>
       <c r="C6" t="s">
         <v>99</v>
       </c>
       <c r="D6" t="s">
         <v>102</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="H6" t="s">
         <v>135</v>
       </c>
       <c r="I6">
         <v>165405</v>
       </c>
       <c r="J6" t="s">
         <v>136</v>
       </c>
       <c r="K6" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>125</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>106</v>
       </c>
@@ -2801,71 +2801,71 @@
       </c>
       <c r="B4" t="s">
         <v>119</v>
       </c>
       <c r="C4" t="s">
         <v>85</v>
       </c>
       <c r="D4" t="s">
         <v>153</v>
       </c>
       <c r="E4" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>155</v>
       </c>
       <c r="B5" t="s">
         <v>121</v>
       </c>
       <c r="C5" t="s">
         <v>92</v>
       </c>
       <c r="D5" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="E5" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B6" t="s">
         <v>123</v>
       </c>
       <c r="C6" t="s">
         <v>99</v>
       </c>
       <c r="D6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>106</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -3075,51 +3075,51 @@
       <c r="G5" t="s">
         <v>198</v>
       </c>
       <c r="J5" t="s">
         <v>199</v>
       </c>
       <c r="K5" t="s">
         <v>187</v>
       </c>
       <c r="L5" t="s">
         <v>151</v>
       </c>
       <c r="M5" t="s">
         <v>200</v>
       </c>
       <c r="N5" t="s">
         <v>189</v>
       </c>
       <c r="O5" t="s">
         <v>201</v>
       </c>
       <c r="P5" t="s">
         <v>202</v>
       </c>
       <c r="Q5">
-        <v>123577</v>
+        <v>1113233</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>203</v>
       </c>
       <c r="B6" t="s">
         <v>85</v>
       </c>
       <c r="C6" t="s">
         <v>193</v>
       </c>
       <c r="D6" t="s">
         <v>76</v>
       </c>
       <c r="E6" t="s">
         <v>174</v>
       </c>
       <c r="F6" t="s">
         <v>175</v>
       </c>
       <c r="G6" t="s">
         <v>176</v>
       </c>
       <c r="H6">
@@ -3157,251 +3157,251 @@
       <c r="B7" t="s">
         <v>85</v>
       </c>
       <c r="C7" t="s">
         <v>153</v>
       </c>
       <c r="D7" t="s">
         <v>154</v>
       </c>
       <c r="E7" t="s">
         <v>184</v>
       </c>
       <c r="G7" t="s">
         <v>205</v>
       </c>
       <c r="J7" t="s">
         <v>206</v>
       </c>
       <c r="K7" t="s">
         <v>187</v>
       </c>
       <c r="L7" t="s">
         <v>154</v>
       </c>
       <c r="M7" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="N7" t="s">
         <v>189</v>
       </c>
       <c r="O7" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P7" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="Q7">
-        <v>953206</v>
+        <v>123577</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B8" t="s">
         <v>92</v>
       </c>
       <c r="C8" t="s">
         <v>193</v>
       </c>
       <c r="D8" t="s">
         <v>76</v>
       </c>
       <c r="E8" t="s">
         <v>174</v>
       </c>
       <c r="F8" t="s">
         <v>175</v>
       </c>
       <c r="G8" t="s">
         <v>176</v>
       </c>
       <c r="H8">
         <v>420111</v>
       </c>
       <c r="I8" t="s">
         <v>177</v>
       </c>
       <c r="J8" t="s">
         <v>194</v>
       </c>
       <c r="K8" t="s">
         <v>179</v>
       </c>
       <c r="L8" t="s">
         <v>76</v>
       </c>
       <c r="M8" t="s">
         <v>180</v>
       </c>
       <c r="N8" t="s">
         <v>195</v>
       </c>
       <c r="O8" t="s">
         <v>75</v>
       </c>
       <c r="P8" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B9" t="s">
         <v>92</v>
       </c>
       <c r="C9" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="D9" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="E9" t="s">
         <v>184</v>
       </c>
       <c r="G9" t="s">
-        <v>211</v>
+        <v>198</v>
       </c>
       <c r="J9" t="s">
-        <v>212</v>
+        <v>199</v>
       </c>
       <c r="K9" t="s">
         <v>187</v>
       </c>
       <c r="L9" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="M9" t="s">
-        <v>213</v>
+        <v>200</v>
       </c>
       <c r="N9" t="s">
         <v>189</v>
       </c>
       <c r="O9" t="s">
-        <v>214</v>
+        <v>201</v>
       </c>
       <c r="P9" t="s">
-        <v>215</v>
+        <v>202</v>
       </c>
       <c r="Q9">
         <v>1113233</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="B10" t="s">
         <v>99</v>
       </c>
       <c r="C10" t="s">
         <v>193</v>
       </c>
       <c r="D10" t="s">
         <v>76</v>
       </c>
       <c r="E10" t="s">
         <v>174</v>
       </c>
       <c r="F10" t="s">
         <v>175</v>
       </c>
       <c r="G10" t="s">
         <v>176</v>
       </c>
       <c r="H10">
         <v>420111</v>
       </c>
       <c r="I10" t="s">
         <v>177</v>
       </c>
       <c r="J10" t="s">
         <v>194</v>
       </c>
       <c r="K10" t="s">
         <v>179</v>
       </c>
       <c r="L10" t="s">
         <v>76</v>
       </c>
       <c r="M10" t="s">
         <v>180</v>
       </c>
       <c r="N10" t="s">
         <v>195</v>
       </c>
       <c r="O10" t="s">
         <v>75</v>
       </c>
       <c r="P10" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="B11" t="s">
         <v>99</v>
       </c>
       <c r="C11" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D11" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E11" t="s">
         <v>184</v>
       </c>
       <c r="G11" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="J11" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="K11" t="s">
         <v>187</v>
       </c>
       <c r="L11" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M11" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="N11" t="s">
         <v>189</v>
       </c>
       <c r="O11" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="P11" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="Q11">
-        <v>1113233</v>
+        <v>953206</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>106</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -3475,86 +3475,86 @@
       </c>
       <c r="M2">
         <v>365</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>225</v>
       </c>
       <c r="B3" t="s">
         <v>71</v>
       </c>
       <c r="C3" t="s">
         <v>74</v>
       </c>
       <c r="D3" t="s">
         <v>118</v>
       </c>
       <c r="G3" t="s">
         <v>79</v>
       </c>
       <c r="H3" t="s">
         <v>54</v>
       </c>
       <c r="I3">
-        <v>399203937.61</v>
+        <v>1341544261.25</v>
       </c>
       <c r="J3" t="s">
         <v>70</v>
       </c>
       <c r="K3" t="s">
         <v>79</v>
       </c>
       <c r="L3" t="s">
         <v>79</v>
       </c>
       <c r="M3">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>226</v>
       </c>
       <c r="B4" t="s">
         <v>85</v>
       </c>
       <c r="C4" t="s">
         <v>88</v>
       </c>
       <c r="D4" t="s">
         <v>120</v>
       </c>
       <c r="G4" t="s">
         <v>79</v>
       </c>
       <c r="H4" t="s">
         <v>54</v>
       </c>
       <c r="I4">
-        <v>208576875</v>
+        <v>399203937.61</v>
       </c>
       <c r="J4" t="s">
         <v>70</v>
       </c>
       <c r="K4" t="s">
         <v>79</v>
       </c>
       <c r="L4" t="s">
         <v>79</v>
       </c>
       <c r="M4">
         <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>227</v>
       </c>
       <c r="B5" t="s">
         <v>92</v>
       </c>
       <c r="C5" t="s">
         <v>95</v>
       </c>
       <c r="D5" t="s">
@@ -3580,51 +3580,51 @@
       </c>
       <c r="M5">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>228</v>
       </c>
       <c r="B6" t="s">
         <v>99</v>
       </c>
       <c r="C6" t="s">
         <v>102</v>
       </c>
       <c r="D6" t="s">
         <v>124</v>
       </c>
       <c r="G6" t="s">
         <v>79</v>
       </c>
       <c r="H6" t="s">
         <v>54</v>
       </c>
       <c r="I6">
-        <v>1341544261.25</v>
+        <v>208576875</v>
       </c>
       <c r="J6" t="s">
         <v>70</v>
       </c>
       <c r="K6" t="s">
         <v>79</v>
       </c>
       <c r="L6" t="s">
         <v>79</v>
       </c>
       <c r="M6">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
@@ -3703,50 +3703,53 @@
     <row r="3">
       <c r="A3" t="s">
         <v>231</v>
       </c>
       <c r="B3" t="s">
         <v>225</v>
       </c>
       <c r="C3" t="s">
         <v>71</v>
       </c>
       <c r="D3" t="s">
         <v>74</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>165405</v>
       </c>
       <c r="I3" t="s">
         <v>136</v>
       </c>
       <c r="J3" t="s">
         <v>140</v>
       </c>
+      <c r="K3" t="s">
+        <v>141</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>232</v>
       </c>
       <c r="B4" t="s">
         <v>226</v>
       </c>
       <c r="C4" t="s">
         <v>85</v>
       </c>
       <c r="D4" t="s">
         <v>88</v>
       </c>
       <c r="F4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>165405</v>
       </c>
       <c r="I4" t="s">
         <v>136</v>
       </c>
       <c r="J4" t="s">
         <v>140</v>
@@ -3780,53 +3783,50 @@
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>234</v>
       </c>
       <c r="B6" t="s">
         <v>228</v>
       </c>
       <c r="C6" t="s">
         <v>99</v>
       </c>
       <c r="D6" t="s">
         <v>102</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>165405</v>
       </c>
       <c r="I6" t="s">
         <v>136</v>
       </c>
       <c r="J6" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>229</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>106</v>
       </c>
@@ -3876,159 +3876,159 @@
       </c>
       <c r="H2" t="s">
         <v>51</v>
       </c>
       <c r="I2">
         <v>335790815.86</v>
       </c>
       <c r="J2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>241</v>
       </c>
       <c r="B3" t="s">
         <v>225</v>
       </c>
       <c r="C3" t="s">
         <v>71</v>
       </c>
       <c r="D3" t="s">
         <v>240</v>
       </c>
       <c r="E3">
-        <v>123577</v>
+        <v>1113233</v>
       </c>
       <c r="F3" t="s">
         <v>151</v>
       </c>
       <c r="G3" t="s">
         <v>193</v>
       </c>
       <c r="H3" t="s">
         <v>76</v>
       </c>
       <c r="I3">
-        <v>367560500</v>
+        <v>1296740932.31</v>
       </c>
       <c r="J3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>242</v>
       </c>
       <c r="B4" t="s">
         <v>226</v>
       </c>
       <c r="C4" t="s">
         <v>85</v>
       </c>
       <c r="D4" t="s">
         <v>240</v>
       </c>
       <c r="E4">
-        <v>953206</v>
+        <v>123577</v>
       </c>
       <c r="F4" t="s">
         <v>154</v>
       </c>
       <c r="G4" t="s">
         <v>193</v>
       </c>
       <c r="H4" t="s">
         <v>76</v>
       </c>
       <c r="I4">
-        <v>197812500</v>
+        <v>367560500</v>
       </c>
       <c r="J4" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>243</v>
       </c>
       <c r="B5" t="s">
         <v>227</v>
       </c>
       <c r="C5" t="s">
         <v>92</v>
       </c>
       <c r="D5" t="s">
         <v>240</v>
       </c>
       <c r="E5">
         <v>1113233</v>
       </c>
       <c r="F5" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="G5" t="s">
         <v>193</v>
       </c>
       <c r="H5" t="s">
         <v>76</v>
       </c>
       <c r="I5">
         <v>112700000</v>
       </c>
       <c r="J5" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>244</v>
       </c>
       <c r="B6" t="s">
         <v>228</v>
       </c>
       <c r="C6" t="s">
         <v>99</v>
       </c>
       <c r="D6" t="s">
         <v>240</v>
       </c>
       <c r="E6">
-        <v>1113233</v>
+        <v>953206</v>
       </c>
       <c r="F6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G6" t="s">
         <v>193</v>
       </c>
       <c r="H6" t="s">
         <v>76</v>
       </c>
       <c r="I6">
-        <v>1296740932.31</v>
+        <v>197812500</v>
       </c>
       <c r="J6" t="s">
         <v>70</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>106</v>
       </c>
@@ -4071,103 +4071,103 @@
         <v>24111810</v>
       </c>
       <c r="G2" t="s">
         <v>136</v>
       </c>
       <c r="H2" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>247</v>
       </c>
       <c r="B3" t="s">
         <v>71</v>
       </c>
       <c r="D3">
         <v>0</v>
       </c>
       <c r="F3">
         <v>72154013</v>
       </c>
       <c r="G3" t="s">
         <v>136</v>
       </c>
+      <c r="H3" t="s">
+        <v>141</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>248</v>
       </c>
       <c r="B4" t="s">
         <v>85</v>
       </c>
       <c r="D4">
         <v>0</v>
       </c>
       <c r="F4">
         <v>72154013</v>
       </c>
       <c r="G4" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>249</v>
       </c>
       <c r="B5" t="s">
         <v>92</v>
       </c>
       <c r="D5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>72154013</v>
       </c>
       <c r="G5" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>250</v>
       </c>
       <c r="B6" t="s">
         <v>99</v>
       </c>
       <c r="D6">
         <v>0</v>
       </c>
       <c r="F6">
         <v>72154013</v>
       </c>
       <c r="G6" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>main</vt:lpstr>