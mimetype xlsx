--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -24,51 +24,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="main" sheetId="1" r:id="rId1"/>
     <sheet name="awards" sheetId="2" r:id="rId2"/>
     <sheet name="awards_suppliers" sheetId="3" r:id="rId3"/>
     <sheet name="parties" sheetId="4" r:id="rId4"/>
     <sheet name="tender_documents" sheetId="5" r:id="rId5"/>
     <sheet name="tender_tenderers" sheetId="6" r:id="rId6"/>
     <sheet name="contracts" sheetId="7" r:id="rId7"/>
     <sheet name="contracts_documents" sheetId="8" r:id="rId8"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1231" uniqueCount="544">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1427" uniqueCount="613">
   <si>
     <t>_link</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>tag</t>
   </si>
   <si>
     <t>date</t>
   </si>
   <si>
     <t>ocid</t>
   </si>
   <si>
     <t>language</t>
   </si>
   <si>
     <t>initiationType</t>
   </si>
   <si>
     <t>buyer_id</t>
   </si>
   <si>
@@ -209,635 +209,698 @@
   <si>
     <t>ocds-9t57fa-30422</t>
   </si>
   <si>
     <t>Stellenbosch Municipality</t>
   </si>
   <si>
     <t>DSM 03/23</t>
   </si>
   <si>
     <t>Deviation</t>
   </si>
   <si>
     <t>DEVIATION:  APPOINTMENT OF A SERVICE PROVIDER TO OPPOSE THE INTERDICT AND REVIEW APPLICATION INSTITUTED BY XMOOR TRANSPORT (PTY) LTD (“XMOOR”) AGAINST STELLENBOSCH MUNICIPALITY  AND ANOTHER (“THE MUNICIPALITY”) . APPLICATION BY XMOOR TRANSPORT TO REVIEW AND SET ASIDE THE DECISION OF THE BID ADJUDICATION COMMITTEE TAKEN ON OR ABOUT 27 MAY 2022, TO EXCLUDE XMOOR’S BID NO B/SM41/21 AND DECLARING XMOOR’S TENDER TO BE NON-RESPONSIVE</t>
   </si>
   <si>
     <t>direct</t>
   </si>
   <si>
     <t>2022-08-02T12:00:00Z</t>
   </si>
   <si>
     <t>id-3.0</t>
   </si>
   <si>
+    <t>ocds-9t57fa-56700-2017-11-27T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2017-11-27T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-56700</t>
+  </si>
+  <si>
+    <t>Solplaatje Local Municipality</t>
+  </si>
+  <si>
+    <t>Q019/2022/2023 (2)</t>
+  </si>
+  <si>
+    <t>services</t>
+  </si>
+  <si>
+    <t>Request for Quotation</t>
+  </si>
+  <si>
+    <t>RENDERING GUARDING SECURITY SERVICES AT SOL PLAATJE FRESH PRODUCE MARKET ( MAY2023)</t>
+  </si>
+  <si>
+    <t>2023-05-12T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-4.0</t>
+  </si>
+  <si>
     <t>ocds-9t57fa-38215-2017-04-18T00:00:00Z</t>
   </si>
   <si>
     <t>2017-04-18T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-38215</t>
   </si>
   <si>
     <t>Commission for Gender Equality</t>
   </si>
   <si>
     <t>CGE/T/01/2022/23</t>
   </si>
   <si>
     <t>Request for Bid(Open-Tender)</t>
   </si>
   <si>
     <t>Layout, design, printing and related services</t>
   </si>
   <si>
     <t>2022-11-27T11:00:00Z</t>
   </si>
   <si>
-    <t>id-4.0</t>
+    <t>id-5.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-39933-2017-05-03T00:00:00Z</t>
   </si>
   <si>
     <t>2017-05-03T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-39933</t>
   </si>
   <si>
     <t>Small Enterprise Development Agency</t>
   </si>
   <si>
     <t>DEV-2022</t>
   </si>
   <si>
-    <t>services</t>
-[...1 lines deleted...]
-  <si>
     <t>Deviation: Wan ad Internet Services</t>
   </si>
   <si>
     <t>2022-03-22T16:30:00Z</t>
   </si>
   <si>
-    <t>id-5.0</t>
+    <t>id-6.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-40172-2017-05-06T00:00:00Z</t>
   </si>
   <si>
     <t>2017-05-06T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-40172</t>
   </si>
   <si>
     <t>Dev-092022</t>
   </si>
   <si>
     <t>Deviation - CRM Licenses 1 September 2022 to 31 August 2023</t>
   </si>
   <si>
     <t>2022-08-26T11:00:00Z</t>
   </si>
   <si>
-    <t>id-6.0</t>
+    <t>id-7.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-40423-2017-05-13T00:00:00Z</t>
   </si>
   <si>
     <t>2017-05-13T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-40423</t>
   </si>
   <si>
     <t>Eastern Cape - Cooperative Governance  and Traditional Affairs</t>
   </si>
   <si>
     <t>SCMU7-22/23-0004</t>
   </si>
   <si>
     <t>APPOINTMENT OF A SERVICE PROVIDER FOR THE LAYOUT, DESIGN, PRINTING AND DELIVERY SERVICES FOR A PERIOD OF THIRTY-SIX (36) MONTHS</t>
   </si>
   <si>
     <t>2022-08-29T11:00:00Z</t>
   </si>
   <si>
-    <t>id-7.0</t>
+    <t>id-8.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-40527-2017-05-08T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2017-05-08T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-40527</t>
+  </si>
+  <si>
+    <t>iSimangaliso Wetland Park</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10, 11, 12, 13, 14, and 16/2022, </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Notice of Award:  Appointment of Three Service Providers for Municipal Greening and Cleaning  and Security Services within iSimangaliso Wetland Park </t>
+  </si>
+  <si>
+    <t>2022-12-16T00:00:00Z</t>
+  </si>
+  <si>
+    <t>id-9.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-57194-2017-12-02T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2017-12-02T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-57194</t>
+  </si>
+  <si>
+    <t>Q048/2022/23</t>
+  </si>
+  <si>
+    <t>goods</t>
+  </si>
+  <si>
+    <t>ENGINEERING SUPPLY AND DELIVERY OF TRAFFIC SIGNAL EQUIPMENT BACKING BOARDS BLACK AND WHITE= R255.30 TRAFFIC SUPPLY AND DELIVERY OF TRAFFIC SUPPLY AND  EQUIPMENT PEDESTRIAN SIGNAL MODULE RED MAN= R577.30 ELECTR TRAFFIC SUPPLY AND DELIVERY OF TRAFFIC SIGNAL EQUIPMENT PEDESTRIAN SIGNAL MODULE GREEN MAN WALKING R634.80</t>
+  </si>
+  <si>
+    <t>id-10.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-41236-2017-05-13T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-41236</t>
   </si>
   <si>
     <t>South African Revenue Service</t>
   </si>
   <si>
     <t>EX021/2022</t>
   </si>
   <si>
     <t xml:space="preserve">subscription to Sabinet – Online and World Share Inter Library Loan.  </t>
   </si>
   <si>
     <t>2022-11-22T11:00:00Z</t>
   </si>
   <si>
-    <t>id-8.0</t>
-[...23 lines deleted...]
-    <t>id-9.0</t>
+    <t>id-11.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-57492-2017-12-04T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2017-12-04T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-57492</t>
+  </si>
+  <si>
+    <t>Road Traffic Infringement Agency</t>
+  </si>
+  <si>
+    <t>RFP06/2022/23/1</t>
+  </si>
+  <si>
+    <t>THE APPOINTMENT OF PROFESSIONAL SERVICES/ CONSULTANTS TO PROVIDE ACTUARIAL SERVICES</t>
+  </si>
+  <si>
+    <t>2023-04-03T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-12.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-42552-2017-05-30T00:00:00Z</t>
   </si>
   <si>
     <t>2017-05-30T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-42552</t>
   </si>
   <si>
     <t>ESKOM</t>
   </si>
   <si>
     <t>ERIC1040 - Regret Letter</t>
   </si>
   <si>
     <t>Supply and Delivery of Bird Guards/Bird Perching Devices and Clips</t>
   </si>
   <si>
     <t>2022-12-30T11:00:00Z</t>
   </si>
   <si>
-    <t>id-10.0</t>
-[...47 lines deleted...]
-    <t>id-12.0</t>
+    <t>id-12.1</t>
   </si>
   <si>
     <t>ocds-9t57fa-43453-2017-06-05T00:00:00Z</t>
   </si>
   <si>
     <t>2017-06-05T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-43453</t>
   </si>
   <si>
-    <t>Independent Power Producer Office (IPPO) - part of Department of
+    <t>Independent Power Producer Office (IPPO) - part of Department of_x000D_
 Mineral Resources and Energy</t>
   </si>
   <si>
     <t>DMRE/001/2022/23..</t>
   </si>
   <si>
     <t>LIST OF SUCCESSFUL BIDDERS UNDER BID WINDOW 6 OF THE DEPARTMENT OF MINERAL RESOURCES AND ENERGY'S RENEWABLE ENERGY INDEPENDENT POWER PRODUCERS PROCUREMENT PROGRAMME (REIPPPP) ON 8 DECEMBER 2022</t>
   </si>
   <si>
     <t>2023-01-16T11:00:00Z</t>
   </si>
   <si>
     <t>id-13.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-44011-2017-07-04T00:00:00Z</t>
   </si>
   <si>
     <t>2017-07-04T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-44011</t>
   </si>
   <si>
     <t>South African Local Government Association</t>
   </si>
   <si>
     <t>54907</t>
   </si>
   <si>
     <t>Request for Proposals for the Appointment of a Service Provider to conduct a Study on the Provision of Free Basis Services by Municipalities</t>
   </si>
   <si>
     <t>2023-01-12T11:00:00Z</t>
   </si>
   <si>
     <t>id-14.0</t>
   </si>
   <si>
+    <t>ocds-9t57fa-139210-2017-07-13T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2017-07-13T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-139210</t>
+  </si>
+  <si>
+    <t>Eastern Cape - Education</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCMU6-17/18-0020 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Appointment of security companies in 12 Districts and identify sites on request </t>
+  </si>
+  <si>
+    <t>2017-08-04T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-15.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-44146-2017-07-03T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2017-07-03T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-44146</t>
+  </si>
+  <si>
+    <t>Q012/2022/2023</t>
+  </si>
+  <si>
+    <t>SERVICE PROVIDER FOR ACCREDITED MUNICIPAL  MANAGEMENT PROGRAMME(MFMP) TRAINING</t>
+  </si>
+  <si>
+    <t>2022-09-09T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-16.0</t>
+  </si>
+  <si>
     <t>ocds-9t57fa-44064-2017-06-27T00:00:00Z</t>
   </si>
   <si>
     <t>2017-06-27T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-44064</t>
   </si>
   <si>
     <t>Justice &amp; Constitutional Development</t>
   </si>
   <si>
     <t>POQ0000D6M</t>
   </si>
   <si>
-    <t>goods</t>
-[...1 lines deleted...]
-  <si>
     <t>Toners and Drums (Benoni)</t>
   </si>
   <si>
     <t>2022-11-04T16:30:00Z</t>
   </si>
   <si>
-    <t>id-15.0</t>
-[...20 lines deleted...]
-    <t>id-16.0</t>
+    <t>id-17.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-44233-2017-07-10T00:00:00Z</t>
   </si>
   <si>
     <t>2017-07-10T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-44233</t>
   </si>
   <si>
     <t>007/2022/2023</t>
   </si>
   <si>
     <t>Repairs and maintenance of rental units at 9, 10 and 11.</t>
   </si>
   <si>
     <t>2022-08-25T11:00:00Z</t>
   </si>
   <si>
-    <t>id-16.1</t>
-[...20 lines deleted...]
-    <t>id-17.0</t>
+    <t>id-18.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-44956-2017-07-16T00:00:00Z</t>
   </si>
   <si>
     <t>2017-07-16T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-44956</t>
   </si>
   <si>
     <t>Q027/2022/2023</t>
   </si>
   <si>
     <t>REPAIR OF BURNT HOUSE AT 569 DAN KANYIES STREET IN RIETVALE._x000D_
 REPAIR OF BURNT HOUSE AT 24602 SOUL CITY GALESHEWE KIMBERLEY.</t>
   </si>
   <si>
     <t>2022-10-27T11:00:00Z</t>
   </si>
   <si>
-    <t>id-17.1</t>
-[...14 lines deleted...]
-    <t>id-18.0</t>
+    <t>id-19.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-45238-2017-07-18T00:00:00Z</t>
   </si>
   <si>
     <t>2017-07-18T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-45238</t>
   </si>
   <si>
     <t>POQ00007P1</t>
   </si>
   <si>
     <t>PROCUREMENT OF OFFICE FURNITURE FOR LIMPOPO REGIONAL OFFICE</t>
   </si>
   <si>
     <t>2022-08-19T11:00:00Z</t>
   </si>
   <si>
-    <t>id-19.0</t>
+    <t>id-20.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-45901-2017-07-31T00:00:00Z</t>
   </si>
   <si>
     <t>2017-07-31T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-45901</t>
   </si>
   <si>
     <t>POQ0000F23.</t>
   </si>
   <si>
     <t>Procurement of 42 printers (Regional Office Free State) - 09/01/2023</t>
   </si>
   <si>
     <t>2022-12-14T14:00:00Z</t>
   </si>
   <si>
-    <t>id-20.0</t>
+    <t>id-20.1</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-139259-2017-03-31T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2017-03-31T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-139259</t>
+  </si>
+  <si>
+    <t>SCMU6- 16/17-0171</t>
+  </si>
+  <si>
+    <t>Appointment of a service provider for catering services in subsidised hostels of public ordinary schools in the Eastern Cape.</t>
+  </si>
+  <si>
+    <t>2017-05-02T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-21.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-47448-2017-08-20T00:00:00Z</t>
   </si>
   <si>
     <t>2017-08-20T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-47448</t>
   </si>
   <si>
     <t>POQ0000FGG</t>
   </si>
   <si>
     <t>Day to day (Kempton Park)</t>
   </si>
   <si>
     <t>2023-02-18T16:00:00Z</t>
   </si>
   <si>
-    <t>id-21.0</t>
+    <t>id-22.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-48685-2017-08-29T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2017-08-29T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-48685</t>
+  </si>
+  <si>
+    <t>South African Human Rights Commission</t>
+  </si>
+  <si>
+    <t>SAHRC 02-2016</t>
+  </si>
+  <si>
+    <t>Leased properties in Bloemfontein</t>
+  </si>
+  <si>
+    <t>2021-04-01T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-23.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-47778-2017-08-28T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2017-08-28T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-47778</t>
+  </si>
+  <si>
+    <t>55281</t>
+  </si>
+  <si>
+    <t>PURCHASING OF LAPTOPS, LAPTOP BAGS AND 3 YEAR ONSITE WARRANTY</t>
+  </si>
+  <si>
+    <t>2023-02-09T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-24.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-47793-2017-09-23T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2017-09-23T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-47793</t>
+  </si>
+  <si>
+    <t>Q026/2022/2023</t>
+  </si>
+  <si>
+    <t>APPOINTMENT OF SERVICE PROVIDER FOR PUBLICATION OF VACANT POSITIONS AS AND WHEN REQUIRED</t>
+  </si>
+  <si>
+    <t>2022-11-03T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-24.1</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-140212-2017-10-19T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2017-10-19T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-140212</t>
+  </si>
+  <si>
+    <t>SCMU6-17/18-0022</t>
+  </si>
+  <si>
+    <t>2017-11-06T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-25.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-52945-2017-10-18T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2017-10-18T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-52945</t>
+  </si>
+  <si>
+    <t>WC1018TP(R)</t>
+  </si>
+  <si>
+    <t>Installation of MV cable and complete supply and installation of fibre optic duct cable including and road reinstatement term contract for the Cape Coastal Cluster.</t>
+  </si>
+  <si>
+    <t>2023-04-29T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-26.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-54781-2017-11-08T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2017-11-08T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-54781</t>
+  </si>
+  <si>
+    <t>DSM 10/23</t>
+  </si>
+  <si>
+    <t>Deviation: DSM 10/23: Jan Marais SS Transformer upgrades: Extension of Transformer Storage (Rev 3)</t>
+  </si>
+  <si>
+    <t>2023-05-20T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-27.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-50248-2017-09-15T00:00:00Z</t>
   </si>
   <si>
     <t>2017-09-15T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-50248</t>
   </si>
   <si>
     <t>POQ0000DG3</t>
   </si>
   <si>
     <t>Transversal contract</t>
   </si>
   <si>
     <t>Supply and delivery of IT EQUIPMENTS  for  Ugu district</t>
   </si>
   <si>
     <t>2022-10-13T11:00:00Z</t>
   </si>
   <si>
-    <t>id-22.0</t>
-[...107 lines deleted...]
-    <t>2023-04-29T11:00:00Z</t>
+    <t>id-28.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-56698-2017-11-27T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-56698</t>
+  </si>
+  <si>
+    <t>Q052</t>
+  </si>
+  <si>
+    <t>HOLES TO BE DRILLED PLATFONTEIN 6: 61 X 9MM POLES HARD ROCK, HOLES TO BE DRILLED PLATFONTEIN ITEM 10: 12 X 12M POLES HARD ROCK</t>
+  </si>
+  <si>
+    <t>2023-05-19T11:00:00Z</t>
   </si>
   <si>
     <t>id-31.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-27932-2017-02-04T00:00:00Z</t>
   </si>
   <si>
     <t>2017-02-04T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-27932</t>
   </si>
   <si>
     <t>40/2021/2022</t>
   </si>
   <si>
     <t>Supply and delivery of New Submersible Pump for midlands Sewer Pump Station (2 x Uninstalled Spare Pump</t>
   </si>
   <si>
     <t>2022-07-22T11:00:00Z</t>
   </si>
   <si>
     <t>_link_main</t>
   </si>
@@ -850,140 +913,167 @@
   <si>
     <t>status</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>id-0.0.awards.0</t>
   </si>
   <si>
     <t>DATACENTRIX</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>active</t>
   </si>
   <si>
     <t>id-11.0.awards.0</t>
   </si>
   <si>
+    <t>DELOITTE CONSULTING</t>
+  </si>
+  <si>
+    <t>id-13.0.awards.0</t>
+  </si>
+  <si>
+    <t>CITY INSIGHT</t>
+  </si>
+  <si>
+    <t>id-14.0.awards.0</t>
+  </si>
+  <si>
+    <t>BUSIBYTE</t>
+  </si>
+  <si>
+    <t>id-16.0.awards.0</t>
+  </si>
+  <si>
+    <t>Liwana Consumables</t>
+  </si>
+  <si>
+    <t>id-19.0.awards.0</t>
+  </si>
+  <si>
+    <t>LOTANANG WA TAU</t>
+  </si>
+  <si>
+    <t>id-20.1.awards.0</t>
+  </si>
+  <si>
+    <t>Nkululeko Trust</t>
+  </si>
+  <si>
+    <t>id-21.0.awards.0</t>
+  </si>
+  <si>
+    <t>Carol  And Pearls Events</t>
+  </si>
+  <si>
+    <t>id-22.0.awards.0</t>
+  </si>
+  <si>
+    <t>DRILL PRESS HOLDINGS</t>
+  </si>
+  <si>
+    <t>id-24.1.awards.0</t>
+  </si>
+  <si>
+    <t>SIDIKI APHIWE GROUP</t>
+  </si>
+  <si>
+    <t>id-25.0.awards.0</t>
+  </si>
+  <si>
+    <t>CITRINE CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>id-26.0.awards.0</t>
+  </si>
+  <si>
     <t>ACTOM</t>
   </si>
   <si>
     <t>GEN</t>
   </si>
   <si>
-    <t>id-13.0.awards.0</t>
-[...23 lines deleted...]
-    <t>id-21.0.awards.0</t>
+    <t>id-27.0.awards.0</t>
   </si>
   <si>
     <t>SIMPLY IT AND NEXTGEN TECHNOLOGY</t>
   </si>
   <si>
-    <t>id-22.1.awards.0</t>
-[...16 lines deleted...]
-  <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>id-0.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>id-11.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>id-13.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>id-14.0.awards.0.suppliers.0</t>
   </si>
   <si>
-    <t>id-18.0.awards.0.suppliers.0</t>
-[...2 lines deleted...]
-    <t>id-20.0.awards.0.suppliers.0</t>
+    <t>id-16.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-19.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-20.1.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>id-21.0.awards.0.suppliers.0</t>
   </si>
   <si>
-    <t>id-22.1.awards.0.suppliers.0</t>
-[...2 lines deleted...]
-    <t>id-23.0.awards.0.suppliers.0</t>
+    <t>id-22.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-24.1.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>id-25.0.awards.0.suppliers.0</t>
   </si>
   <si>
+    <t>id-26.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-27.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>identifier_legalName</t>
   </si>
   <si>
     <t>contactPoint_url</t>
   </si>
   <si>
     <t>contactPoint_name</t>
   </si>
   <si>
     <t>contactPoint_email</t>
   </si>
   <si>
     <t>contactPoint_faxNumber</t>
   </si>
   <si>
     <t>contactPoint_telephone</t>
   </si>
   <si>
     <t>id-0.0.parties.0</t>
@@ -991,170 +1081,194 @@
   <si>
     <t>supplier</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>https://transnet.net</t>
   </si>
   <si>
     <t>Mpho Mohapi</t>
   </si>
   <si>
     <t>Mpho.Mohapi@transnet.net</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>0662932210</t>
   </si>
   <si>
     <t>id-11.0.parties.0</t>
   </si>
   <si>
+    <t>https://rtia.co.za</t>
+  </si>
+  <si>
+    <t>Kelebogile  Thipe</t>
+  </si>
+  <si>
+    <t>kelebogile.thipe@rtia.co.za</t>
+  </si>
+  <si>
+    <t>087-287-7995</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.0</t>
+  </si>
+  <si>
+    <t>https://salga.org.za</t>
+  </si>
+  <si>
+    <t>Nokulunga Neti</t>
+  </si>
+  <si>
+    <t>nneti@salga.org.za</t>
+  </si>
+  <si>
+    <t>012-369-8000</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.0</t>
+  </si>
+  <si>
+    <t>https://ecdoe.gov.za</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pakamile Nxozana </t>
+  </si>
+  <si>
+    <t>asiphe.rilityana@ecdoe.gov.za</t>
+  </si>
+  <si>
+    <t>0406304327</t>
+  </si>
+  <si>
+    <t>id-16.0.parties.0</t>
+  </si>
+  <si>
+    <t>https://justice.gov.za</t>
+  </si>
+  <si>
+    <t>Sbongiseni Qhola</t>
+  </si>
+  <si>
+    <t>WiNkosi@justice.gov.za</t>
+  </si>
+  <si>
+    <t>073-965-0005</t>
+  </si>
+  <si>
+    <t>id-19.0.parties.0</t>
+  </si>
+  <si>
+    <t>NKADIMENG J</t>
+  </si>
+  <si>
+    <t>MLebelo@justice.gov.za</t>
+  </si>
+  <si>
+    <t>072-528-1857</t>
+  </si>
+  <si>
+    <t>id-20.1.parties.0</t>
+  </si>
+  <si>
+    <t>Pakamile Nxozana</t>
+  </si>
+  <si>
+    <t>id-21.0.parties.0</t>
+  </si>
+  <si>
+    <t>Caroline</t>
+  </si>
+  <si>
+    <t>011-935-9300</t>
+  </si>
+  <si>
+    <t>id-22.0.parties.0</t>
+  </si>
+  <si>
+    <t>https://sahrc.org.za</t>
+  </si>
+  <si>
+    <t>Tender office</t>
+  </si>
+  <si>
+    <t>ARassool@sahrc.org.za</t>
+  </si>
+  <si>
+    <t>011-877-3600</t>
+  </si>
+  <si>
+    <t>id-24.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-25.0.parties.0</t>
+  </si>
+  <si>
+    <t>https://eskom.co.za</t>
+  </si>
+  <si>
+    <t>Ismail Price</t>
+  </si>
+  <si>
+    <t>PeterTP@eskom.co.za</t>
+  </si>
+  <si>
+    <t xml:space="preserve">021 934 0687 </t>
+  </si>
+  <si>
+    <t>id-26.0.parties.0</t>
+  </si>
+  <si>
     <t>https://stellenbosch.gov.za</t>
   </si>
   <si>
     <t>Nicolene Hamilton</t>
   </si>
   <si>
     <t>Ingrid.Thesen@stellenbosch.gov.za</t>
   </si>
   <si>
     <t>0218088594</t>
   </si>
   <si>
-    <t>id-13.0.parties.0</t>
-[...50 lines deleted...]
-    <t>id-21.0.parties.0</t>
+    <t>id-27.0.parties.0</t>
   </si>
   <si>
     <t>SHESHME NAICKER</t>
   </si>
   <si>
     <t>SNkwanyana@justice.gov.za</t>
   </si>
   <si>
     <t>0318253003</t>
   </si>
   <si>
-    <t>id-22.1.parties.0</t>
-[...43 lines deleted...]
-  <si>
     <t>url</t>
   </si>
   <si>
     <t>format</t>
   </si>
   <si>
     <t>dateModified</t>
   </si>
   <si>
     <t>documentType</t>
   </si>
   <si>
     <t>datePublished</t>
   </si>
   <si>
     <t>id-0.0.tender.documents.0</t>
   </si>
   <si>
     <t>4273ef69-5335-4462-bef3-0ed199efb3da</t>
   </si>
   <si>
     <t>https://www.etenders.gov.za/home/Download?blobName=4273ef69-5335-4462-bef3-0ed199efb3da.XLS&amp;downloadedFileName=VMWARE~1.XLS</t>
   </si>
   <si>
     <t>VMWARE~1.XLS</t>
@@ -1186,522 +1300,615 @@
   <si>
     <t>pdf</t>
   </si>
   <si>
     <t>2022-08-11T18:09:33Z</t>
   </si>
   <si>
     <t>id-2.0.tender.documents.0</t>
   </si>
   <si>
     <t>8a466613-eaac-4842-9196-ddd01fca19ec</t>
   </si>
   <si>
     <t>https://www.etenders.gov.za/home/Download?blobName=8a466613-eaac-4842-9196-ddd01fca19ec.pdf&amp;downloadedFileName=DSM%2003%2023%20Approved%20Deviation%20for%20XMoor%20Pty%20Ltd.pdf</t>
   </si>
   <si>
     <t>DSM 03 23 Approved Deviation for XMoor Pty Ltd.pdf</t>
   </si>
   <si>
     <t>2022-08-23T08:43:38Z</t>
   </si>
   <si>
     <t>id-3.0.tender.documents.0</t>
   </si>
   <si>
+    <t>c4d7b3af-debc-4191-a20b-3993184afc18</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=c4d7b3af-debc-4191-a20b-3993184afc18.pdf&amp;downloadedFileName=Q019%202022%202023%20CAPITAL%20GUARD.pdf</t>
+  </si>
+  <si>
+    <t>Q019 2022 2023 CAPITAL GUARD.pdf</t>
+  </si>
+  <si>
+    <t>2023-06-07T08:33:38Z</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.documents.0</t>
+  </si>
+  <si>
     <t>25f2be7e-131b-4e3e-a2f6-40fb45e50892</t>
   </si>
   <si>
     <t>https://www.etenders.gov.za/home/Download?blobName=25f2be7e-131b-4e3e-a2f6-40fb45e50892.pdf&amp;downloadedFileName=Sharp%20Scan_20221027_154043.pdf</t>
   </si>
   <si>
     <t>Sharp Scan_20221027_154043.pdf</t>
   </si>
   <si>
     <t>2022-10-27T14:17:17Z</t>
   </si>
   <si>
-    <t>id-4.0.tender.documents.0</t>
+    <t>id-5.0.tender.documents.0</t>
   </si>
   <si>
     <t>9ad61ada-3013-4983-b7b3-021b506313d1</t>
   </si>
   <si>
     <t>https://www.etenders.gov.za/home/Download?blobName=9ad61ada-3013-4983-b7b3-021b506313d1.pdf&amp;downloadedFileName=SBD%204%20%202022.pdf</t>
   </si>
   <si>
     <t>SBD 4  2022.pdf</t>
   </si>
   <si>
     <t>2022-11-11T08:00:22Z</t>
   </si>
   <si>
-    <t>id-5.0.tender.documents.0</t>
+    <t>id-6.0.tender.documents.0</t>
   </si>
   <si>
     <t>2c14fb43-ad21-4fec-93f3-4921c7d92db8</t>
   </si>
   <si>
     <t>https://www.etenders.gov.za/home/Download?blobName=2c14fb43-ad21-4fec-93f3-4921c7d92db8.pdf&amp;downloadedFileName=SBD%204%20%202022.pdf</t>
   </si>
   <si>
     <t>2022-11-14T07:08:28Z</t>
   </si>
   <si>
-    <t>id-6.0.tender.documents.0</t>
+    <t>id-7.0.tender.documents.0</t>
   </si>
   <si>
     <t>54a7c36c-6a02-4021-ae86-e0a7d64f299b</t>
   </si>
   <si>
     <t>https://www.etenders.gov.za/home/Download?blobName=54a7c36c-6a02-4021-ae86-e0a7d64f299b.DOCX&amp;downloadedFileName=NOTICE%20OF%20AWARD.%20PRINTING.DOCX</t>
   </si>
   <si>
     <t>NOTICE OF AWARD. PRINTING.DOCX</t>
   </si>
   <si>
     <t>docx</t>
   </si>
   <si>
     <t>2022-11-21T12:37:31Z</t>
   </si>
   <si>
-    <t>id-7.0.tender.documents.0</t>
+    <t>id-8.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>58b7c507-578e-4b53-aa55-d57bbde0682a</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=58b7c507-578e-4b53-aa55-d57bbde0682a.pdf&amp;downloadedFileName=Notice%20of%20Award%20for%20Security%20Services%20and%20Municipal%20Greening%20and%20Cleaning.pdf</t>
+  </si>
+  <si>
+    <t>Notice of Award for Security Services and Municipal Greening and Cleaning.pdf</t>
+  </si>
+  <si>
+    <t>2022-11-16T09:26:26Z</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>2ca70bf1-b0d5-4916-8caf-1bf11e6c1c6d</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=2ca70bf1-b0d5-4916-8caf-1bf11e6c1c6d.pdf&amp;downloadedFileName=Q048%202022%2023%20SINCROLEC%20CONTROLS.pdf</t>
+  </si>
+  <si>
+    <t>Q048 2022 23 SINCROLEC CONTROLS.pdf</t>
+  </si>
+  <si>
+    <t>2023-06-12T09:51:33Z</t>
+  </si>
+  <si>
+    <t>id-10.0.tender.documents.0</t>
   </si>
   <si>
     <t>b427f225-a067-42ad-8001-70c5e91a8c0f</t>
   </si>
   <si>
     <t>https://www.etenders.gov.za/home/Download?blobName=b427f225-a067-42ad-8001-70c5e91a8c0f.pdf&amp;downloadedFileName=Reporting%20of%20Procurement%20by%20other%20means%20Variations%20and%20Expansions%20of%20Contracts%28AutoRecovered%29%20SH.pdf</t>
   </si>
   <si>
     <t>Reporting of Procurement by other means Variations and Expansions of Contracts(AutoRecovered) SH.pdf</t>
   </si>
   <si>
     <t>2022-11-21T07:55:46Z</t>
   </si>
   <si>
-    <t>id-8.0.tender.documents.0</t>
-[...14 lines deleted...]
-    <t>id-9.0.tender.documents.0</t>
+    <t>id-11.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>e438cd42-dcb3-41b2-8a92-052724a36b40</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=e438cd42-dcb3-41b2-8a92-052724a36b40.docx&amp;downloadedFileName=Tender%20Award%20Notification%20actuarial.docx</t>
+  </si>
+  <si>
+    <t>Tender Award Notification actuarial.docx</t>
+  </si>
+  <si>
+    <t>2023-06-14T13:35:53Z</t>
+  </si>
+  <si>
+    <t>id-12.0.tender.documents.0</t>
   </si>
   <si>
     <t>bb2b958c-0183-4220-97dc-cc82bdd9fe8a</t>
   </si>
   <si>
     <t>https://www.etenders.gov.za/home/Download?blobName=bb2b958c-0183-4220-97dc-cc82bdd9fe8a.pdf&amp;downloadedFileName=Regret%20Letter%20for%20Unsuccessful%20Suppliers%20-%20Bird%20Guards%20for%20Central%20Grid.pdf</t>
   </si>
   <si>
     <t>Regret Letter for Unsuccessful Suppliers - Bird Guards for Central Grid.pdf</t>
   </si>
   <si>
     <t>2022-12-02T10:12:48Z</t>
   </si>
   <si>
-    <t>id-10.0.tender.documents.0</t>
+    <t>id-12.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ef4e416c-4b04-46b5-bbd2-052d6ebca378</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=ef4e416c-4b04-46b5-bbd2-052d6ebca378.pdf&amp;downloadedFileName=REIPPPP%20BW%206%20Sucessful%20Bidders.pdf</t>
+  </si>
+  <si>
+    <t>REIPPPP BW 6 Sucessful Bidders.pdf</t>
+  </si>
+  <si>
+    <t>2022-12-13T12:47:23Z</t>
+  </si>
+  <si>
+    <t>id-13.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>e671a229-d134-47dc-8f76-c5b4de1fa08f</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=e671a229-d134-47dc-8f76-c5b4de1fa08f.pdf&amp;downloadedFileName=Purchase%20Order%20%2354907.pdf</t>
+  </si>
+  <si>
+    <t>Purchase Order #54907.pdf</t>
+  </si>
+  <si>
+    <t>2022-12-22T14:48:29Z</t>
+  </si>
+  <si>
+    <t>id-14.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>a7a201ac-4b59-4702-ab73-b800cd4eedaa</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=a7a201ac-4b59-4702-ab73-b800cd4eedaa.pdf&amp;downloadedFileName=Security%20Bid%20Doc.pdf</t>
+  </si>
+  <si>
+    <t>Security Bid Doc.pdf</t>
+  </si>
+  <si>
+    <t>2025-11-05T11:29:21Z</t>
+  </si>
+  <si>
+    <t>id-15.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>e73e13af-441d-4466-9779-6ab98de854c4</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=e73e13af-441d-4466-9779-6ab98de854c4.pdf&amp;downloadedFileName=Q012%202022%202023%20VUMILIA.pdf</t>
+  </si>
+  <si>
+    <t>Q012 2022 2023 VUMILIA.pdf</t>
+  </si>
+  <si>
+    <t>2023-01-11T06:46:20Z</t>
+  </si>
+  <si>
+    <t>id-16.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>2e07346f-bd48-4e4d-902d-6cce6fd8f62d</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=2e07346f-bd48-4e4d-902d-6cce6fd8f62d.pdf&amp;downloadedFileName=Evaluation.pdf</t>
+  </si>
+  <si>
+    <t>Evaluation.pdf</t>
+  </si>
+  <si>
+    <t>2023-01-05T10:51:07Z</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>5e3e25bc-ebe0-42f8-9fd9-d1fc26967561</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=5e3e25bc-ebe0-42f8-9fd9-d1fc26967561.pdf&amp;downloadedFileName=Q007%202022%202023%20FELEMACH.pdf</t>
+  </si>
+  <si>
+    <t>Q007 2022 2023 FELEMACH.pdf</t>
+  </si>
+  <si>
+    <t>2023-01-11T07:07:05Z</t>
+  </si>
+  <si>
+    <t>id-18.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>34ce93dd-6607-45be-9ef7-84fde08357c0</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=34ce93dd-6607-45be-9ef7-84fde08357c0.pdf&amp;downloadedFileName=Q027%202022%202023%20Mohajane.pdf</t>
+  </si>
+  <si>
+    <t>Q027 2022 2023 Mohajane.pdf</t>
+  </si>
+  <si>
+    <t>2023-01-18T09:30:48Z</t>
+  </si>
+  <si>
+    <t>id-19.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>0fd0ae75-a5f5-417c-a6ff-7cbcabedd12b</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=0fd0ae75-a5f5-417c-a6ff-7cbcabedd12b.pdf&amp;downloadedFileName=LMP%20REGIONAL%20OFFICE%20R655%20223.00.pdf</t>
+  </si>
+  <si>
+    <t>LMP REGIONAL OFFICE R655 223.00.pdf</t>
+  </si>
+  <si>
+    <t>2023-01-26T12:25:09Z</t>
+  </si>
+  <si>
+    <t>id-20.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>0a16bbe0-cc09-4c16-8319-31cfb9a27b82</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=0a16bbe0-cc09-4c16-8319-31cfb9a27b82.pdf&amp;downloadedFileName=Regional%20Office%2042%20Printers%20Evaluation%20sheet.pdf</t>
+  </si>
+  <si>
+    <t>Regional Office 42 Printers Evaluation sheet.pdf</t>
+  </si>
+  <si>
+    <t>2023-02-08T10:26:57Z</t>
+  </si>
+  <si>
+    <t>id-20.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>13df41c8-f790-4e0d-947c-8b0bccd364f9</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=13df41c8-f790-4e0d-947c-8b0bccd364f9.pdf&amp;downloadedFileName=Catering%20Bid%20Doc%20171.pdf</t>
+  </si>
+  <si>
+    <t>Catering Bid Doc 171.pdf</t>
+  </si>
+  <si>
+    <t>2025-11-05T13:52:25Z</t>
+  </si>
+  <si>
+    <t>id-21.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>97ba2d34-522b-4842-9a11-2c96c5627098</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=97ba2d34-522b-4842-9a11-2c96c5627098.pdf&amp;downloadedFileName=Evaluation.pdf</t>
+  </si>
+  <si>
+    <t>2023-02-24T09:09:58Z</t>
+  </si>
+  <si>
+    <t>id-22.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>dfa783fb-046a-4aa4-9369-624a3edc637a</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=dfa783fb-046a-4aa4-9369-624a3edc637a.pdf&amp;downloadedFileName=SAHRC%202-2016%20Pacific%20Star%20Trading%20Addendum.pdf</t>
+  </si>
+  <si>
+    <t>SAHRC 2-2016 Pacific Star Trading Addendum.pdf</t>
+  </si>
+  <si>
+    <t>2023-03-09T11:09:54Z</t>
+  </si>
+  <si>
+    <t>id-23.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>15cca2bf-5fce-4217-bdbf-52b907ae5e22</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=15cca2bf-5fce-4217-bdbf-52b907ae5e22.pdf&amp;downloadedFileName=pcpalaceorder.pdf</t>
+  </si>
+  <si>
+    <t>pcpalaceorder.pdf</t>
+  </si>
+  <si>
+    <t>2023-02-28T19:06:21Z</t>
+  </si>
+  <si>
+    <t>id-24.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>a8cc1ab7-8cb1-4494-b95a-5d26e3a3b908</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=a8cc1ab7-8cb1-4494-b95a-5d26e3a3b908.pdf&amp;downloadedFileName=Q026%202022%202023%20Ryder%20Link.pdf</t>
+  </si>
+  <si>
+    <t>Q026 2022 2023 Ryder Link.pdf</t>
+  </si>
+  <si>
+    <t>2023-03-01T07:45:55Z</t>
+  </si>
+  <si>
+    <t>id-24.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>d37c9b04-14be-45f3-9bcd-5018fe59c4b1</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=d37c9b04-14be-45f3-9bcd-5018fe59c4b1.pdf&amp;downloadedFileName=old%20bid%20doc%20catering%200022.pdf</t>
+  </si>
+  <si>
+    <t>old bid doc catering 0022.pdf</t>
+  </si>
+  <si>
+    <t>2025-11-13T11:02:08Z</t>
+  </si>
+  <si>
+    <t>id-25.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>858b72d2-0563-4a08-a3b7-3479bed65dc2</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=858b72d2-0563-4a08-a3b7-3479bed65dc2.pdf&amp;downloadedFileName=Standard%20Bidding%20Document%20%28SDB%29%204_Annexure%20A.pdf</t>
+  </si>
+  <si>
+    <t>Standard Bidding Document (SDB) 4_Annexure A.pdf</t>
+  </si>
+  <si>
+    <t>2023-04-28T09:59:33Z</t>
+  </si>
+  <si>
+    <t>id-26.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>1e5832ba-0139-4f7a-9c6e-556cc26dc95f</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=1e5832ba-0139-4f7a-9c6e-556cc26dc95f.pdf&amp;downloadedFileName=DSM%2010_23%20-%20Approved%20by%20MM%20report.pdf</t>
+  </si>
+  <si>
+    <t>DSM 10_23 - Approved by MM report.pdf</t>
+  </si>
+  <si>
+    <t>2023-05-19T10:23:18Z</t>
+  </si>
+  <si>
+    <t>id-27.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>8bd3eb4e-2662-4f6c-b44a-3f65c3b47c90</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=8bd3eb4e-2662-4f6c-b44a-3f65c3b47c90.pdf&amp;downloadedFileName=SIMPLY%20BBBEE.pdf</t>
+  </si>
+  <si>
+    <t>SIMPLY BBBEE.pdf</t>
+  </si>
+  <si>
+    <t>2023-03-26T04:17:46Z</t>
+  </si>
+  <si>
+    <t>id-28.0.tender.documents.0</t>
   </si>
   <si>
     <t>741edbe4-dd9e-45a1-b49e-6762e574ab7f</t>
   </si>
   <si>
     <t>https://www.etenders.gov.za/home/Download?blobName=741edbe4-dd9e-45a1-b49e-6762e574ab7f.pdf&amp;downloadedFileName=Q052%20DC%2010%20ELECTRICAL%20CONSTRUCTION.pdf</t>
   </si>
   <si>
     <t>Q052 DC 10 ELECTRICAL CONSTRUCTION.pdf</t>
   </si>
   <si>
     <t>2023-06-07T08:13:51Z</t>
   </si>
   <si>
-    <t>id-11.0.tender.documents.0</t>
-[...265 lines deleted...]
-  <si>
     <t>id-31.0.tender.documents.0</t>
   </si>
   <si>
     <t>9ff9aedf-fef0-49c9-88df-9d128f24d17c</t>
   </si>
   <si>
     <t>https://www.etenders.gov.za/home/Download?blobName=9ff9aedf-fef0-49c9-88df-9d128f24d17c.pdf&amp;downloadedFileName=TREASURY%2040.pdf</t>
   </si>
   <si>
     <t>TREASURY 40.pdf</t>
   </si>
   <si>
     <t>2022-08-15T10:12:05Z</t>
   </si>
   <si>
     <t>id-0.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>Datacentrix (Pty) Ltd Gijima Holdings (Pty) Ltd DELL Computor (Pty) Ltd New Dawn Technologies (Pty) Ltd First Technology Kwazulu Natal Pty Ltd IOT World Busness Connexion (Pty) Ltd Dimension Data (Pty) Ltd    Sizwe Africa IT Group Pty Ltd</t>
   </si>
   <si>
     <t>id-2.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>Tuleni Godi Kupiso Attorneys</t>
   </si>
   <si>
-    <t>id-4.0.tender.tenderers.0</t>
+    <t>id-5.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>Vodacom SA</t>
   </si>
   <si>
-    <t>id-5.0.tender.tenderers.0</t>
+    <t>id-6.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>Acctech Systems</t>
   </si>
   <si>
-    <t>id-11.0.tender.tenderers.0</t>
+    <t>id-26.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>MAAA0038069</t>
   </si>
   <si>
     <t>id-31.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>MVM Hart General Trading</t>
   </si>
   <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>awardID</t>
   </si>
   <si>
     <t>period_endDate</t>
   </si>
   <si>
     <t>period_startDate</t>
   </si>
   <si>
     <t>period_maxExtentDate</t>
   </si>
   <si>
     <t>period_durationInDays</t>
   </si>
   <si>
     <t>id-13.0.contracts.0</t>
   </si>
   <si>
     <t>2023-01-13T12:50:20Z</t>
   </si>
   <si>
     <t>2022-12-23T00:00:00Z</t>
   </si>
   <si>
+    <t>id-14.0.contracts.0</t>
+  </si>
+  <si>
+    <t>SCMU6-17/18-0020</t>
+  </si>
+  <si>
+    <t>2025-11-06T11:41:07Z</t>
+  </si>
+  <si>
+    <t>2021-04-11T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2018-04-12T00:00:00Z</t>
+  </si>
+  <si>
+    <t>id-20.1.contracts.0</t>
+  </si>
+  <si>
+    <t>SCMU6-16/17-0171</t>
+  </si>
+  <si>
+    <t>2025-11-12T13:17:25Z</t>
+  </si>
+  <si>
+    <t>2021-02-28T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2018-03-01T00:00:00Z</t>
+  </si>
+  <si>
     <t>_link_contracts</t>
   </si>
   <si>
     <t>id-13.0.contracts.0.documents.0</t>
   </si>
   <si>
     <t>b06c9e79-2473-4b98-a3f4-1a9e250fcdfd.pdf</t>
   </si>
   <si>
     <t>0001-01-01T00:00:00Z</t>
+  </si>
+  <si>
+    <t>id-14.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>b55a8787-962b-4462-9bf0-b3c18a8e0473.pdf</t>
+  </si>
+  <si>
+    <t>DIKHA SECURITY.pdf</t>
+  </si>
+  <si>
+    <t>id-20.1.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>01ead7cb-a7fc-41a6-bc8b-599927c10eed.pdf</t>
+  </si>
+  <si>
+    <t>AMAJOY_DALIWONGA.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -2002,51 +2209,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:Y31"/>
+  <dimension ref="A1:Y34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
@@ -2315,4250 +2522,4969 @@
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>60</v>
       </c>
       <c r="B5" t="s">
         <v>61</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>62</v>
       </c>
       <c r="E5" t="s">
         <v>63</v>
       </c>
       <c r="F5" t="s">
         <v>30</v>
       </c>
       <c r="G5" t="s">
         <v>31</v>
       </c>
       <c r="H5">
-        <v>764</v>
+        <v>597</v>
       </c>
       <c r="I5" t="s">
         <v>64</v>
       </c>
       <c r="J5">
-        <v>38215</v>
+        <v>56700</v>
       </c>
       <c r="K5" t="s">
         <v>65</v>
       </c>
+      <c r="L5" t="s">
+        <v>66</v>
+      </c>
       <c r="N5" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="O5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="Q5" t="s">
         <v>37</v>
       </c>
       <c r="R5">
         <v>0</v>
       </c>
       <c r="S5" t="s">
         <v>38</v>
       </c>
       <c r="T5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="U5" t="s">
         <v>62</v>
       </c>
       <c r="V5">
-        <v>764</v>
+        <v>597</v>
       </c>
       <c r="W5" t="s">
         <v>64</v>
       </c>
       <c r="Y5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C6" t="s">
         <v>27</v>
       </c>
       <c r="D6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
       <c r="G6" t="s">
         <v>31</v>
       </c>
       <c r="H6">
-        <v>593</v>
+        <v>764</v>
       </c>
       <c r="I6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J6">
-        <v>39933</v>
+        <v>38215</v>
       </c>
       <c r="K6" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="L6" t="s">
         <v>75</v>
       </c>
       <c r="N6" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="O6" t="s">
-        <v>56</v>
+        <v>76</v>
       </c>
       <c r="P6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="Q6" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="R6">
         <v>0</v>
       </c>
       <c r="S6" t="s">
         <v>38</v>
       </c>
       <c r="T6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="U6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="V6">
-        <v>593</v>
+        <v>764</v>
       </c>
       <c r="W6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="Y6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C7" t="s">
         <v>27</v>
       </c>
       <c r="D7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F7" t="s">
         <v>30</v>
       </c>
       <c r="G7" t="s">
         <v>31</v>
       </c>
       <c r="H7">
         <v>593</v>
       </c>
       <c r="I7" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="J7">
-        <v>40172</v>
+        <v>39933</v>
       </c>
       <c r="K7" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="L7" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="N7" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="O7" t="s">
         <v>56</v>
       </c>
       <c r="P7" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="Q7" t="s">
         <v>58</v>
       </c>
       <c r="R7">
         <v>0</v>
       </c>
       <c r="S7" t="s">
         <v>38</v>
       </c>
       <c r="T7" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="U7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="V7">
         <v>593</v>
       </c>
       <c r="W7" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="Y7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F8" t="s">
         <v>30</v>
       </c>
       <c r="G8" t="s">
         <v>31</v>
       </c>
       <c r="H8">
-        <v>778</v>
+        <v>593</v>
       </c>
       <c r="I8" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="J8">
-        <v>40423</v>
+        <v>40172</v>
       </c>
       <c r="K8" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="L8" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="N8" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="P8" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="Q8" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="R8">
         <v>0</v>
       </c>
       <c r="S8" t="s">
         <v>38</v>
       </c>
       <c r="T8" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="U8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="V8">
-        <v>778</v>
+        <v>593</v>
       </c>
       <c r="W8" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="Y8" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B9" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="E9" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
       <c r="G9" t="s">
         <v>31</v>
       </c>
       <c r="H9">
-        <v>624</v>
+        <v>778</v>
       </c>
       <c r="I9" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="J9">
-        <v>41236</v>
+        <v>40423</v>
       </c>
       <c r="K9" t="s">
-        <v>97</v>
+        <v>99</v>
+      </c>
+      <c r="L9" t="s">
+        <v>66</v>
       </c>
       <c r="N9" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="O9" t="s">
-        <v>56</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="Q9" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="R9">
         <v>0</v>
       </c>
       <c r="S9" t="s">
         <v>38</v>
       </c>
       <c r="T9" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="U9" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="V9">
-        <v>624</v>
+        <v>778</v>
       </c>
       <c r="W9" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="Y9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B10" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="E10" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>31</v>
       </c>
       <c r="H10">
         <v>266</v>
       </c>
       <c r="I10" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="J10">
         <v>40527</v>
       </c>
       <c r="K10" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="L10" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="N10" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="O10" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="P10" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="Q10" t="s">
         <v>37</v>
       </c>
       <c r="R10">
         <v>0</v>
       </c>
       <c r="S10" t="s">
         <v>38</v>
       </c>
       <c r="T10" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="U10" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="V10">
         <v>266</v>
       </c>
       <c r="W10" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="Y10" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B11" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E11" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="F11" t="s">
         <v>30</v>
       </c>
       <c r="G11" t="s">
         <v>31</v>
       </c>
       <c r="H11">
-        <v>167</v>
+        <v>597</v>
       </c>
       <c r="I11" t="s">
-        <v>112</v>
+        <v>64</v>
       </c>
       <c r="J11">
-        <v>42552</v>
+        <v>57194</v>
       </c>
       <c r="K11" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="L11" t="s">
-        <v>47</v>
+        <v>115</v>
       </c>
       <c r="N11" t="s">
-        <v>47</v>
+        <v>115</v>
+      </c>
+      <c r="O11" t="s">
+        <v>67</v>
       </c>
       <c r="P11" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="Q11" t="s">
         <v>37</v>
       </c>
       <c r="R11">
         <v>0</v>
       </c>
       <c r="S11" t="s">
         <v>38</v>
       </c>
       <c r="T11" t="s">
-        <v>115</v>
+        <v>69</v>
       </c>
       <c r="U11" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="V11">
-        <v>167</v>
+        <v>597</v>
       </c>
       <c r="W11" t="s">
-        <v>112</v>
+        <v>64</v>
       </c>
       <c r="Y11" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B12" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C12" t="s">
         <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>118</v>
+        <v>96</v>
       </c>
       <c r="E12" t="s">
         <v>119</v>
       </c>
       <c r="F12" t="s">
         <v>30</v>
       </c>
       <c r="G12" t="s">
         <v>31</v>
       </c>
       <c r="H12">
-        <v>597</v>
+        <v>624</v>
       </c>
       <c r="I12" t="s">
         <v>120</v>
       </c>
       <c r="J12">
-        <v>56698</v>
+        <v>41236</v>
       </c>
       <c r="K12" t="s">
         <v>121</v>
       </c>
-      <c r="L12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N12" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="O12" t="s">
+        <v>56</v>
+      </c>
+      <c r="P12" t="s">
         <v>122</v>
       </c>
-      <c r="P12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q12" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="R12">
         <v>0</v>
       </c>
       <c r="S12" t="s">
         <v>38</v>
       </c>
       <c r="T12" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="U12" t="s">
-        <v>118</v>
+        <v>96</v>
       </c>
       <c r="V12">
-        <v>597</v>
+        <v>624</v>
       </c>
       <c r="W12" t="s">
         <v>120</v>
       </c>
       <c r="Y12" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>124</v>
+      </c>
+      <c r="B13" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="C13" t="s">
         <v>27</v>
       </c>
       <c r="D13" t="s">
+        <v>126</v>
+      </c>
+      <c r="E13" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="F13" t="s">
         <v>30</v>
       </c>
       <c r="G13" t="s">
         <v>31</v>
       </c>
       <c r="H13">
-        <v>635</v>
+        <v>566</v>
       </c>
       <c r="I13" t="s">
-        <v>54</v>
+        <v>128</v>
       </c>
       <c r="J13">
-        <v>54781</v>
+        <v>57492</v>
       </c>
       <c r="K13" t="s">
         <v>129</v>
       </c>
-      <c r="L13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N13" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="O13" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="P13" t="s">
         <v>130</v>
       </c>
       <c r="Q13" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="R13">
         <v>0</v>
       </c>
       <c r="S13" t="s">
         <v>38</v>
       </c>
       <c r="T13" t="s">
         <v>131</v>
       </c>
       <c r="U13" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V13">
-        <v>635</v>
+        <v>566</v>
       </c>
       <c r="W13" t="s">
-        <v>54</v>
+        <v>128</v>
       </c>
       <c r="Y13" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>132</v>
       </c>
       <c r="B14" t="s">
         <v>133</v>
       </c>
       <c r="C14" t="s">
         <v>27</v>
       </c>
       <c r="D14" t="s">
         <v>134</v>
       </c>
       <c r="E14" t="s">
         <v>135</v>
       </c>
       <c r="F14" t="s">
         <v>30</v>
       </c>
       <c r="G14" t="s">
         <v>31</v>
       </c>
       <c r="H14">
-        <v>744</v>
+        <v>167</v>
       </c>
       <c r="I14" t="s">
         <v>136</v>
       </c>
       <c r="J14">
-        <v>43453</v>
+        <v>42552</v>
       </c>
       <c r="K14" t="s">
         <v>137</v>
       </c>
       <c r="L14" t="s">
         <v>47</v>
       </c>
       <c r="N14" t="s">
         <v>47</v>
       </c>
-      <c r="O14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P14" t="s">
         <v>138</v>
       </c>
       <c r="Q14" t="s">
         <v>37</v>
       </c>
       <c r="R14">
         <v>0</v>
       </c>
       <c r="S14" t="s">
         <v>38</v>
       </c>
       <c r="T14" t="s">
         <v>139</v>
       </c>
       <c r="U14" t="s">
         <v>134</v>
       </c>
       <c r="V14">
-        <v>744</v>
+        <v>167</v>
       </c>
       <c r="W14" t="s">
         <v>136</v>
       </c>
       <c r="Y14" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>140</v>
       </c>
       <c r="B15" t="s">
         <v>141</v>
       </c>
       <c r="C15" t="s">
         <v>27</v>
       </c>
       <c r="D15" t="s">
         <v>142</v>
       </c>
       <c r="E15" t="s">
         <v>143</v>
       </c>
       <c r="F15" t="s">
         <v>30</v>
       </c>
       <c r="G15" t="s">
         <v>31</v>
       </c>
       <c r="H15">
-        <v>611</v>
+        <v>744</v>
       </c>
       <c r="I15" t="s">
         <v>144</v>
       </c>
       <c r="J15">
-        <v>44011</v>
+        <v>43453</v>
       </c>
       <c r="K15" t="s">
         <v>145</v>
       </c>
+      <c r="L15" t="s">
+        <v>47</v>
+      </c>
       <c r="N15" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="O15" t="s">
         <v>35</v>
       </c>
       <c r="P15" t="s">
         <v>146</v>
       </c>
       <c r="Q15" t="s">
         <v>37</v>
       </c>
       <c r="R15">
         <v>0</v>
       </c>
       <c r="S15" t="s">
         <v>38</v>
       </c>
       <c r="T15" t="s">
         <v>147</v>
       </c>
       <c r="U15" t="s">
         <v>142</v>
       </c>
       <c r="V15">
-        <v>611</v>
+        <v>744</v>
       </c>
       <c r="W15" t="s">
         <v>144</v>
       </c>
       <c r="Y15" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>148</v>
       </c>
       <c r="B16" t="s">
         <v>149</v>
       </c>
       <c r="C16" t="s">
         <v>27</v>
       </c>
       <c r="D16" t="s">
         <v>150</v>
       </c>
       <c r="E16" t="s">
         <v>151</v>
       </c>
       <c r="F16" t="s">
         <v>30</v>
       </c>
       <c r="G16" t="s">
         <v>31</v>
       </c>
       <c r="H16">
-        <v>281</v>
+        <v>611</v>
       </c>
       <c r="I16" t="s">
         <v>152</v>
       </c>
       <c r="J16">
-        <v>44064</v>
+        <v>44011</v>
       </c>
       <c r="K16" t="s">
         <v>153</v>
       </c>
-      <c r="L16" t="s">
+      <c r="N16" t="s">
+        <v>34</v>
+      </c>
+      <c r="O16" t="s">
+        <v>35</v>
+      </c>
+      <c r="P16" t="s">
         <v>154</v>
-      </c>
-[...7 lines deleted...]
-        <v>155</v>
       </c>
       <c r="Q16" t="s">
         <v>37</v>
       </c>
       <c r="R16">
         <v>0</v>
       </c>
       <c r="S16" t="s">
         <v>38</v>
       </c>
       <c r="T16" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="U16" t="s">
         <v>150</v>
       </c>
       <c r="V16">
-        <v>281</v>
+        <v>611</v>
       </c>
       <c r="W16" t="s">
         <v>152</v>
       </c>
       <c r="Y16" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
+        <v>156</v>
+      </c>
+      <c r="B17" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="C17" t="s">
         <v>27</v>
       </c>
       <c r="D17" t="s">
+        <v>158</v>
+      </c>
+      <c r="E17" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="F17" t="s">
         <v>30</v>
       </c>
       <c r="G17" t="s">
         <v>31</v>
       </c>
       <c r="H17">
-        <v>597</v>
+        <v>128</v>
       </c>
       <c r="I17" t="s">
-        <v>120</v>
+        <v>160</v>
       </c>
       <c r="J17">
-        <v>44146</v>
+        <v>139210</v>
       </c>
       <c r="K17" t="s">
         <v>161</v>
       </c>
       <c r="L17" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="N17" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="O17" t="s">
-        <v>122</v>
+        <v>76</v>
       </c>
       <c r="P17" t="s">
         <v>162</v>
       </c>
       <c r="Q17" t="s">
         <v>37</v>
       </c>
       <c r="R17">
         <v>0</v>
       </c>
       <c r="S17" t="s">
         <v>38</v>
       </c>
       <c r="T17" t="s">
         <v>163</v>
       </c>
       <c r="U17" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="V17">
-        <v>597</v>
+        <v>128</v>
       </c>
       <c r="W17" t="s">
-        <v>120</v>
+        <v>160</v>
       </c>
       <c r="Y17" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>164</v>
       </c>
       <c r="B18" t="s">
         <v>165</v>
       </c>
       <c r="C18" t="s">
         <v>27</v>
       </c>
       <c r="D18" t="s">
         <v>166</v>
       </c>
       <c r="E18" t="s">
         <v>167</v>
       </c>
       <c r="F18" t="s">
         <v>30</v>
       </c>
       <c r="G18" t="s">
         <v>31</v>
       </c>
       <c r="H18">
         <v>597</v>
       </c>
       <c r="I18" t="s">
-        <v>120</v>
+        <v>64</v>
       </c>
       <c r="J18">
-        <v>44233</v>
+        <v>44146</v>
       </c>
       <c r="K18" t="s">
         <v>168</v>
       </c>
       <c r="L18" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="N18" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="O18" t="s">
-        <v>122</v>
+        <v>67</v>
       </c>
       <c r="P18" t="s">
         <v>169</v>
       </c>
       <c r="Q18" t="s">
         <v>37</v>
       </c>
       <c r="R18">
         <v>0</v>
       </c>
       <c r="S18" t="s">
         <v>38</v>
       </c>
       <c r="T18" t="s">
         <v>170</v>
       </c>
       <c r="U18" t="s">
         <v>166</v>
       </c>
       <c r="V18">
         <v>597</v>
       </c>
       <c r="W18" t="s">
-        <v>120</v>
+        <v>64</v>
       </c>
       <c r="Y18" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>171</v>
       </c>
       <c r="B19" t="s">
         <v>172</v>
       </c>
       <c r="C19" t="s">
         <v>27</v>
       </c>
       <c r="D19" t="s">
         <v>173</v>
       </c>
       <c r="E19" t="s">
         <v>174</v>
       </c>
       <c r="F19" t="s">
         <v>30</v>
       </c>
       <c r="G19" t="s">
         <v>31</v>
       </c>
       <c r="H19">
-        <v>597</v>
+        <v>281</v>
       </c>
       <c r="I19" t="s">
-        <v>120</v>
+        <v>175</v>
       </c>
       <c r="J19">
-        <v>57194</v>
+        <v>44064</v>
       </c>
       <c r="K19" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="L19" t="s">
-        <v>154</v>
+        <v>115</v>
       </c>
       <c r="N19" t="s">
-        <v>154</v>
+        <v>115</v>
       </c>
       <c r="O19" t="s">
-        <v>122</v>
+        <v>67</v>
       </c>
       <c r="P19" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="Q19" t="s">
         <v>37</v>
       </c>
       <c r="R19">
         <v>0</v>
       </c>
       <c r="S19" t="s">
         <v>38</v>
       </c>
       <c r="T19" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="U19" t="s">
         <v>173</v>
       </c>
       <c r="V19">
-        <v>597</v>
+        <v>281</v>
       </c>
       <c r="W19" t="s">
-        <v>120</v>
+        <v>175</v>
       </c>
       <c r="Y19" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B20" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C20" t="s">
         <v>27</v>
       </c>
       <c r="D20" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E20" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F20" t="s">
         <v>30</v>
       </c>
       <c r="G20" t="s">
         <v>31</v>
       </c>
       <c r="H20">
         <v>597</v>
       </c>
       <c r="I20" t="s">
-        <v>120</v>
+        <v>64</v>
       </c>
       <c r="J20">
-        <v>44956</v>
+        <v>44233</v>
       </c>
       <c r="K20" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="L20" t="s">
         <v>47</v>
       </c>
       <c r="N20" t="s">
         <v>47</v>
       </c>
       <c r="O20" t="s">
-        <v>122</v>
+        <v>67</v>
       </c>
       <c r="P20" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="Q20" t="s">
         <v>37</v>
       </c>
       <c r="R20">
         <v>0</v>
       </c>
       <c r="S20" t="s">
         <v>38</v>
       </c>
       <c r="T20" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="U20" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="V20">
         <v>597</v>
       </c>
       <c r="W20" t="s">
-        <v>120</v>
+        <v>64</v>
       </c>
       <c r="Y20" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B21" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>27</v>
       </c>
       <c r="D21" t="s">
-        <v>118</v>
+        <v>188</v>
       </c>
       <c r="E21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F21" t="s">
         <v>30</v>
       </c>
       <c r="G21" t="s">
         <v>31</v>
       </c>
       <c r="H21">
         <v>597</v>
       </c>
       <c r="I21" t="s">
-        <v>120</v>
+        <v>64</v>
       </c>
       <c r="J21">
-        <v>56700</v>
+        <v>44956</v>
       </c>
       <c r="K21" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="L21" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="N21" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="O21" t="s">
-        <v>122</v>
+        <v>67</v>
       </c>
       <c r="P21" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="Q21" t="s">
         <v>37</v>
       </c>
       <c r="R21">
         <v>0</v>
       </c>
       <c r="S21" t="s">
         <v>38</v>
       </c>
       <c r="T21" t="s">
-        <v>177</v>
+        <v>192</v>
       </c>
       <c r="U21" t="s">
-        <v>118</v>
+        <v>188</v>
       </c>
       <c r="V21">
         <v>597</v>
       </c>
       <c r="W21" t="s">
-        <v>120</v>
+        <v>64</v>
       </c>
       <c r="Y21" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B22" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C22" t="s">
         <v>27</v>
       </c>
       <c r="D22" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="E22" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="F22" t="s">
         <v>30</v>
       </c>
       <c r="G22" t="s">
         <v>31</v>
       </c>
       <c r="H22">
         <v>281</v>
       </c>
       <c r="I22" t="s">
-        <v>152</v>
+        <v>175</v>
       </c>
       <c r="J22">
         <v>45238</v>
       </c>
       <c r="K22" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="L22" t="s">
-        <v>154</v>
+        <v>115</v>
       </c>
       <c r="N22" t="s">
-        <v>154</v>
+        <v>115</v>
       </c>
       <c r="O22" t="s">
-        <v>122</v>
+        <v>67</v>
       </c>
       <c r="P22" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="Q22" t="s">
         <v>37</v>
       </c>
       <c r="R22">
         <v>0</v>
       </c>
       <c r="S22" t="s">
         <v>38</v>
       </c>
       <c r="T22" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="U22" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="V22">
         <v>281</v>
       </c>
       <c r="W22" t="s">
-        <v>152</v>
+        <v>175</v>
       </c>
       <c r="Y22" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B23" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C23" t="s">
         <v>27</v>
       </c>
       <c r="D23" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="E23" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="F23" t="s">
         <v>30</v>
       </c>
       <c r="G23" t="s">
         <v>31</v>
       </c>
       <c r="H23">
         <v>281</v>
       </c>
       <c r="I23" t="s">
-        <v>152</v>
+        <v>175</v>
       </c>
       <c r="J23">
         <v>45901</v>
       </c>
       <c r="K23" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="L23" t="s">
-        <v>154</v>
+        <v>115</v>
       </c>
       <c r="N23" t="s">
-        <v>154</v>
+        <v>115</v>
       </c>
       <c r="O23" t="s">
-        <v>122</v>
+        <v>67</v>
       </c>
       <c r="P23" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="Q23" t="s">
         <v>37</v>
       </c>
       <c r="R23">
         <v>0</v>
       </c>
       <c r="S23" t="s">
         <v>38</v>
       </c>
       <c r="T23" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="U23" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="V23">
         <v>281</v>
       </c>
       <c r="W23" t="s">
-        <v>152</v>
+        <v>175</v>
       </c>
       <c r="Y23" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B24" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C24" t="s">
         <v>27</v>
       </c>
       <c r="D24" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="E24" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="F24" t="s">
         <v>30</v>
       </c>
       <c r="G24" t="s">
         <v>31</v>
       </c>
       <c r="H24">
-        <v>281</v>
+        <v>128</v>
       </c>
       <c r="I24" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="J24">
-        <v>47448</v>
+        <v>139259</v>
       </c>
       <c r="K24" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="L24" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="N24" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="O24" t="s">
-        <v>122</v>
+        <v>76</v>
       </c>
       <c r="P24" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="Q24" t="s">
         <v>37</v>
       </c>
       <c r="R24">
         <v>0</v>
       </c>
       <c r="S24" t="s">
         <v>38</v>
       </c>
       <c r="T24" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="U24" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="V24">
-        <v>281</v>
+        <v>128</v>
       </c>
       <c r="W24" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="Y24" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B25" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C25" t="s">
         <v>27</v>
       </c>
       <c r="D25" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="E25" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="F25" t="s">
         <v>30</v>
       </c>
       <c r="G25" t="s">
         <v>31</v>
       </c>
       <c r="H25">
         <v>281</v>
       </c>
       <c r="I25" t="s">
-        <v>152</v>
+        <v>175</v>
       </c>
       <c r="J25">
-        <v>50248</v>
+        <v>47448</v>
       </c>
       <c r="K25" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="L25" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="N25" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="O25" t="s">
-        <v>216</v>
+        <v>67</v>
       </c>
       <c r="P25" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="Q25" t="s">
         <v>37</v>
       </c>
       <c r="R25">
         <v>0</v>
       </c>
       <c r="S25" t="s">
         <v>38</v>
       </c>
       <c r="T25" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="U25" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="V25">
         <v>281</v>
       </c>
       <c r="W25" t="s">
-        <v>152</v>
+        <v>175</v>
       </c>
       <c r="Y25" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B26" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C26" t="s">
         <v>27</v>
       </c>
       <c r="D26" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="E26" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="F26" t="s">
         <v>30</v>
       </c>
       <c r="G26" t="s">
         <v>31</v>
       </c>
       <c r="H26">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="I26" t="s">
-        <v>144</v>
+        <v>225</v>
       </c>
       <c r="J26">
-        <v>47778</v>
+        <v>48685</v>
       </c>
       <c r="K26" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="L26" t="s">
-        <v>154</v>
+        <v>66</v>
       </c>
       <c r="N26" t="s">
-        <v>154</v>
+        <v>66</v>
       </c>
       <c r="O26" t="s">
-        <v>122</v>
+        <v>76</v>
       </c>
       <c r="P26" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="Q26" t="s">
         <v>37</v>
       </c>
       <c r="R26">
         <v>0</v>
       </c>
       <c r="S26" t="s">
         <v>38</v>
       </c>
       <c r="T26" t="s">
+        <v>228</v>
+      </c>
+      <c r="U26" t="s">
+        <v>223</v>
+      </c>
+      <c r="V26">
+        <v>609</v>
+      </c>
+      <c r="W26" t="s">
         <v>225</v>
-      </c>
-[...7 lines deleted...]
-        <v>144</v>
       </c>
       <c r="Y26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="B27" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C27" t="s">
         <v>27</v>
       </c>
       <c r="D27" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="E27" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="F27" t="s">
         <v>30</v>
       </c>
       <c r="G27" t="s">
         <v>31</v>
       </c>
       <c r="H27">
-        <v>566</v>
+        <v>611</v>
       </c>
       <c r="I27" t="s">
-        <v>230</v>
+        <v>152</v>
       </c>
       <c r="J27">
-        <v>57492</v>
+        <v>47778</v>
       </c>
       <c r="K27" t="s">
-        <v>231</v>
+        <v>233</v>
+      </c>
+      <c r="L27" t="s">
+        <v>115</v>
       </c>
       <c r="N27" t="s">
-        <v>34</v>
+        <v>115</v>
       </c>
       <c r="O27" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="P27" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="Q27" t="s">
         <v>37</v>
       </c>
       <c r="R27">
         <v>0</v>
       </c>
       <c r="S27" t="s">
         <v>38</v>
       </c>
       <c r="T27" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="U27" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="V27">
-        <v>566</v>
+        <v>611</v>
       </c>
       <c r="W27" t="s">
-        <v>230</v>
+        <v>152</v>
       </c>
       <c r="Y27" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B28" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C28" t="s">
         <v>27</v>
       </c>
       <c r="D28" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="E28" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="F28" t="s">
         <v>30</v>
       </c>
       <c r="G28" t="s">
         <v>31</v>
       </c>
       <c r="H28">
-        <v>609</v>
+        <v>597</v>
       </c>
       <c r="I28" t="s">
-        <v>238</v>
+        <v>64</v>
       </c>
       <c r="J28">
-        <v>48685</v>
+        <v>47793</v>
       </c>
       <c r="K28" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="L28" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="N28" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="O28" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P28" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="Q28" t="s">
         <v>37</v>
       </c>
       <c r="R28">
         <v>0</v>
       </c>
       <c r="S28" t="s">
         <v>38</v>
       </c>
       <c r="T28" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="U28" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="V28">
-        <v>609</v>
+        <v>597</v>
       </c>
       <c r="W28" t="s">
-        <v>238</v>
+        <v>64</v>
       </c>
       <c r="Y28" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B29" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C29" t="s">
         <v>27</v>
       </c>
       <c r="D29" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E29" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F29" t="s">
         <v>30</v>
       </c>
       <c r="G29" t="s">
         <v>31</v>
       </c>
       <c r="H29">
-        <v>597</v>
+        <v>128</v>
       </c>
       <c r="I29" t="s">
-        <v>120</v>
+        <v>160</v>
       </c>
       <c r="J29">
-        <v>47793</v>
+        <v>140212</v>
       </c>
       <c r="K29" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="L29" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="N29" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="O29" t="s">
-        <v>122</v>
+        <v>76</v>
       </c>
       <c r="P29" t="s">
-        <v>247</v>
+        <v>212</v>
       </c>
       <c r="Q29" t="s">
         <v>37</v>
       </c>
       <c r="R29">
         <v>0</v>
       </c>
       <c r="S29" t="s">
         <v>38</v>
       </c>
       <c r="T29" t="s">
         <v>248</v>
       </c>
       <c r="U29" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="V29">
-        <v>597</v>
+        <v>128</v>
       </c>
       <c r="W29" t="s">
-        <v>120</v>
+        <v>160</v>
       </c>
       <c r="Y29" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>249</v>
       </c>
       <c r="B30" t="s">
         <v>250</v>
       </c>
       <c r="C30" t="s">
         <v>27</v>
       </c>
       <c r="D30" t="s">
         <v>251</v>
       </c>
       <c r="E30" t="s">
         <v>252</v>
       </c>
       <c r="F30" t="s">
         <v>30</v>
       </c>
       <c r="G30" t="s">
         <v>31</v>
       </c>
       <c r="H30">
         <v>167</v>
       </c>
       <c r="I30" t="s">
-        <v>112</v>
+        <v>136</v>
       </c>
       <c r="J30">
         <v>52945</v>
       </c>
       <c r="K30" t="s">
         <v>253</v>
       </c>
       <c r="L30" t="s">
-        <v>154</v>
+        <v>115</v>
       </c>
       <c r="N30" t="s">
-        <v>154</v>
+        <v>115</v>
       </c>
       <c r="O30" t="s">
-        <v>122</v>
+        <v>67</v>
       </c>
       <c r="P30" t="s">
         <v>254</v>
       </c>
       <c r="Q30" t="s">
         <v>37</v>
       </c>
       <c r="R30">
         <v>0</v>
       </c>
       <c r="S30" t="s">
         <v>38</v>
       </c>
       <c r="T30" t="s">
         <v>255</v>
       </c>
       <c r="U30" t="s">
         <v>251</v>
       </c>
       <c r="V30">
         <v>167</v>
       </c>
       <c r="W30" t="s">
-        <v>112</v>
+        <v>136</v>
       </c>
       <c r="Y30" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>256</v>
       </c>
       <c r="B31" t="s">
         <v>257</v>
       </c>
       <c r="C31" t="s">
         <v>27</v>
       </c>
       <c r="D31" t="s">
         <v>258</v>
       </c>
       <c r="E31" t="s">
         <v>259</v>
       </c>
       <c r="F31" t="s">
         <v>30</v>
       </c>
       <c r="G31" t="s">
         <v>31</v>
       </c>
       <c r="H31">
-        <v>597</v>
+        <v>635</v>
       </c>
       <c r="I31" t="s">
-        <v>120</v>
+        <v>54</v>
       </c>
       <c r="J31">
-        <v>27932</v>
+        <v>54781</v>
       </c>
       <c r="K31" t="s">
         <v>260</v>
       </c>
       <c r="L31" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="N31" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="O31" t="s">
-        <v>122</v>
+        <v>56</v>
       </c>
       <c r="P31" t="s">
         <v>261</v>
       </c>
       <c r="Q31" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="R31">
         <v>0</v>
       </c>
       <c r="S31" t="s">
         <v>38</v>
       </c>
       <c r="T31" t="s">
         <v>262</v>
       </c>
       <c r="U31" t="s">
         <v>258</v>
       </c>
       <c r="V31">
+        <v>635</v>
+      </c>
+      <c r="W31" t="s">
+        <v>54</v>
+      </c>
+      <c r="Y31" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>263</v>
+      </c>
+      <c r="B32" t="s">
+        <v>264</v>
+      </c>
+      <c r="C32" t="s">
+        <v>27</v>
+      </c>
+      <c r="D32" t="s">
+        <v>265</v>
+      </c>
+      <c r="E32" t="s">
+        <v>266</v>
+      </c>
+      <c r="F32" t="s">
+        <v>30</v>
+      </c>
+      <c r="G32" t="s">
+        <v>31</v>
+      </c>
+      <c r="H32">
+        <v>281</v>
+      </c>
+      <c r="I32" t="s">
+        <v>175</v>
+      </c>
+      <c r="J32">
+        <v>50248</v>
+      </c>
+      <c r="K32" t="s">
+        <v>267</v>
+      </c>
+      <c r="L32" t="s">
+        <v>66</v>
+      </c>
+      <c r="N32" t="s">
+        <v>66</v>
+      </c>
+      <c r="O32" t="s">
+        <v>268</v>
+      </c>
+      <c r="P32" t="s">
+        <v>269</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>37</v>
+      </c>
+      <c r="R32">
+        <v>0</v>
+      </c>
+      <c r="S32" t="s">
+        <v>38</v>
+      </c>
+      <c r="T32" t="s">
+        <v>270</v>
+      </c>
+      <c r="U32" t="s">
+        <v>265</v>
+      </c>
+      <c r="V32">
+        <v>281</v>
+      </c>
+      <c r="W32" t="s">
+        <v>175</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>271</v>
+      </c>
+      <c r="B33" t="s">
+        <v>272</v>
+      </c>
+      <c r="C33" t="s">
+        <v>27</v>
+      </c>
+      <c r="D33" t="s">
+        <v>62</v>
+      </c>
+      <c r="E33" t="s">
+        <v>273</v>
+      </c>
+      <c r="F33" t="s">
+        <v>30</v>
+      </c>
+      <c r="G33" t="s">
+        <v>31</v>
+      </c>
+      <c r="H33">
         <v>597</v>
       </c>
-      <c r="W31" t="s">
-[...2 lines deleted...]
-      <c r="Y31" t="s">
+      <c r="I33" t="s">
+        <v>64</v>
+      </c>
+      <c r="J33">
+        <v>56698</v>
+      </c>
+      <c r="K33" t="s">
+        <v>274</v>
+      </c>
+      <c r="L33" t="s">
+        <v>47</v>
+      </c>
+      <c r="N33" t="s">
+        <v>47</v>
+      </c>
+      <c r="O33" t="s">
+        <v>67</v>
+      </c>
+      <c r="P33" t="s">
+        <v>275</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>37</v>
+      </c>
+      <c r="R33">
+        <v>0</v>
+      </c>
+      <c r="S33" t="s">
+        <v>38</v>
+      </c>
+      <c r="T33" t="s">
+        <v>276</v>
+      </c>
+      <c r="U33" t="s">
+        <v>62</v>
+      </c>
+      <c r="V33">
+        <v>597</v>
+      </c>
+      <c r="W33" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>277</v>
+      </c>
+      <c r="B34" t="s">
+        <v>278</v>
+      </c>
+      <c r="C34" t="s">
+        <v>27</v>
+      </c>
+      <c r="D34" t="s">
+        <v>279</v>
+      </c>
+      <c r="E34" t="s">
+        <v>280</v>
+      </c>
+      <c r="F34" t="s">
+        <v>30</v>
+      </c>
+      <c r="G34" t="s">
+        <v>31</v>
+      </c>
+      <c r="H34">
+        <v>597</v>
+      </c>
+      <c r="I34" t="s">
+        <v>64</v>
+      </c>
+      <c r="J34">
+        <v>27932</v>
+      </c>
+      <c r="K34" t="s">
+        <v>281</v>
+      </c>
+      <c r="L34" t="s">
+        <v>66</v>
+      </c>
+      <c r="N34" t="s">
+        <v>66</v>
+      </c>
+      <c r="O34" t="s">
+        <v>67</v>
+      </c>
+      <c r="P34" t="s">
+        <v>282</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>37</v>
+      </c>
+      <c r="R34">
+        <v>0</v>
+      </c>
+      <c r="S34" t="s">
+        <v>38</v>
+      </c>
+      <c r="T34" t="s">
+        <v>283</v>
+      </c>
+      <c r="U34" t="s">
+        <v>279</v>
+      </c>
+      <c r="V34">
+        <v>597</v>
+      </c>
+      <c r="W34" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y34" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>263</v>
+        <v>284</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>264</v>
+        <v>285</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>265</v>
+        <v>286</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>266</v>
+        <v>287</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>267</v>
+        <v>288</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>268</v>
+        <v>289</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>269</v>
+        <v>290</v>
       </c>
       <c r="B2" t="s">
         <v>25</v>
       </c>
       <c r="C2">
         <v>10937</v>
       </c>
       <c r="D2" t="s">
-        <v>270</v>
+        <v>291</v>
       </c>
       <c r="E2" t="s">
-        <v>271</v>
+        <v>292</v>
       </c>
       <c r="F2" t="s">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>273</v>
+        <v>294</v>
       </c>
       <c r="B3" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C3">
-        <v>11718</v>
+        <v>13865</v>
       </c>
       <c r="D3" t="s">
-        <v>274</v>
+        <v>295</v>
       </c>
       <c r="E3" t="s">
-        <v>275</v>
+        <v>292</v>
       </c>
       <c r="F3" t="s">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>276</v>
+        <v>296</v>
       </c>
       <c r="B4" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="C4">
         <v>7124</v>
       </c>
       <c r="D4" t="s">
-        <v>277</v>
+        <v>297</v>
       </c>
       <c r="E4" t="s">
-        <v>271</v>
+        <v>292</v>
       </c>
       <c r="F4" t="s">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>278</v>
+        <v>298</v>
       </c>
       <c r="B5" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="C5">
-        <v>6970</v>
+        <v>57452</v>
       </c>
       <c r="D5" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="E5" t="s">
-        <v>271</v>
+        <v>292</v>
       </c>
       <c r="F5" t="s">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="G5">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="H5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>280</v>
+        <v>300</v>
       </c>
       <c r="B6" t="s">
-        <v>190</v>
+        <v>171</v>
       </c>
       <c r="C6">
-        <v>7728</v>
+        <v>6970</v>
       </c>
       <c r="D6" t="s">
-        <v>281</v>
+        <v>301</v>
       </c>
       <c r="E6" t="s">
-        <v>271</v>
+        <v>292</v>
       </c>
       <c r="F6" t="s">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>282</v>
+        <v>302</v>
       </c>
       <c r="B7" t="s">
-        <v>204</v>
+        <v>193</v>
       </c>
       <c r="C7">
-        <v>8787</v>
+        <v>7728</v>
       </c>
       <c r="D7" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="E7" t="s">
-        <v>271</v>
+        <v>292</v>
       </c>
       <c r="F7" t="s">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>284</v>
+        <v>304</v>
       </c>
       <c r="B8" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C8">
-        <v>9638</v>
+        <v>57480</v>
       </c>
       <c r="D8" t="s">
-        <v>285</v>
+        <v>305</v>
       </c>
       <c r="E8" t="s">
-        <v>271</v>
+        <v>292</v>
       </c>
       <c r="F8" t="s">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="G8">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="H8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>286</v>
+        <v>306</v>
       </c>
       <c r="B9" t="s">
-        <v>226</v>
+        <v>214</v>
       </c>
       <c r="C9">
-        <v>13865</v>
+        <v>8787</v>
       </c>
       <c r="D9" t="s">
-        <v>287</v>
+        <v>307</v>
       </c>
       <c r="E9" t="s">
-        <v>271</v>
+        <v>292</v>
       </c>
       <c r="F9" t="s">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>288</v>
+        <v>308</v>
       </c>
       <c r="B10" t="s">
-        <v>234</v>
+        <v>221</v>
       </c>
       <c r="C10">
         <v>9257</v>
       </c>
       <c r="D10" t="s">
-        <v>289</v>
+        <v>309</v>
       </c>
       <c r="E10" t="s">
-        <v>271</v>
+        <v>292</v>
       </c>
       <c r="F10" t="s">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>290</v>
+        <v>310</v>
       </c>
       <c r="B11" t="s">
+        <v>243</v>
+      </c>
+      <c r="C11">
+        <v>58012</v>
+      </c>
+      <c r="D11" t="s">
+        <v>311</v>
+      </c>
+      <c r="E11" t="s">
+        <v>292</v>
+      </c>
+      <c r="F11" t="s">
+        <v>293</v>
+      </c>
+      <c r="G11">
+        <v>10</v>
+      </c>
+      <c r="H11" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>312</v>
+      </c>
+      <c r="B12" t="s">
         <v>249</v>
       </c>
-      <c r="C11">
+      <c r="C12">
         <v>11128</v>
       </c>
-      <c r="D11" t="s">
-[...8 lines deleted...]
-      <c r="G11">
+      <c r="D12" t="s">
+        <v>313</v>
+      </c>
+      <c r="E12" t="s">
+        <v>292</v>
+      </c>
+      <c r="F12" t="s">
+        <v>293</v>
+      </c>
+      <c r="G12">
         <v>0</v>
       </c>
-      <c r="H11" t="s">
+      <c r="H12" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>314</v>
+      </c>
+      <c r="B13" t="s">
+        <v>256</v>
+      </c>
+      <c r="C13">
+        <v>11718</v>
+      </c>
+      <c r="D13" t="s">
+        <v>315</v>
+      </c>
+      <c r="E13" t="s">
+        <v>316</v>
+      </c>
+      <c r="F13" t="s">
+        <v>293</v>
+      </c>
+      <c r="G13">
+        <v>0</v>
+      </c>
+      <c r="H13" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>317</v>
+      </c>
+      <c r="B14" t="s">
+        <v>263</v>
+      </c>
+      <c r="C14">
+        <v>9638</v>
+      </c>
+      <c r="D14" t="s">
+        <v>318</v>
+      </c>
+      <c r="E14" t="s">
+        <v>292</v>
+      </c>
+      <c r="F14" t="s">
+        <v>293</v>
+      </c>
+      <c r="G14">
+        <v>0</v>
+      </c>
+      <c r="H14" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E11"/>
+  <dimension ref="A1:E14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>292</v>
+        <v>319</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>263</v>
+        <v>284</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>293</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>294</v>
+        <v>321</v>
       </c>
       <c r="B2" t="s">
-        <v>269</v>
+        <v>290</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2">
         <v>0</v>
       </c>
       <c r="E2" t="s">
-        <v>270</v>
+        <v>291</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>295</v>
+        <v>322</v>
       </c>
       <c r="B3" t="s">
-        <v>273</v>
+        <v>294</v>
       </c>
       <c r="C3" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D3">
         <v>0</v>
       </c>
       <c r="E3" t="s">
-        <v>274</v>
+        <v>295</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>323</v>
+      </c>
+      <c r="B4" t="s">
         <v>296</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="D4">
         <v>0</v>
       </c>
       <c r="E4" t="s">
-        <v>277</v>
+        <v>297</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>297</v>
+        <v>324</v>
       </c>
       <c r="B5" t="s">
-        <v>278</v>
+        <v>298</v>
       </c>
       <c r="C5" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="D5">
-        <v>0</v>
+        <v>249609</v>
       </c>
       <c r="E5" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>298</v>
+        <v>325</v>
       </c>
       <c r="B6" t="s">
-        <v>280</v>
+        <v>300</v>
       </c>
       <c r="C6" t="s">
-        <v>190</v>
+        <v>171</v>
       </c>
       <c r="D6">
         <v>0</v>
       </c>
       <c r="E6" t="s">
-        <v>281</v>
+        <v>301</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>299</v>
+        <v>326</v>
       </c>
       <c r="B7" t="s">
-        <v>282</v>
+        <v>302</v>
       </c>
       <c r="C7" t="s">
-        <v>204</v>
+        <v>193</v>
       </c>
       <c r="D7">
         <v>0</v>
       </c>
       <c r="E7" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>300</v>
+        <v>327</v>
       </c>
       <c r="B8" t="s">
-        <v>284</v>
+        <v>304</v>
       </c>
       <c r="C8" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="D8">
-        <v>0</v>
+        <v>65706</v>
       </c>
       <c r="E8" t="s">
-        <v>285</v>
+        <v>305</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>301</v>
+        <v>328</v>
       </c>
       <c r="B9" t="s">
-        <v>286</v>
+        <v>306</v>
       </c>
       <c r="C9" t="s">
-        <v>226</v>
+        <v>214</v>
       </c>
       <c r="D9">
         <v>0</v>
       </c>
       <c r="E9" t="s">
-        <v>287</v>
+        <v>307</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>302</v>
+        <v>329</v>
       </c>
       <c r="B10" t="s">
-        <v>288</v>
+        <v>308</v>
       </c>
       <c r="C10" t="s">
-        <v>234</v>
+        <v>221</v>
       </c>
       <c r="D10">
         <v>0</v>
       </c>
       <c r="E10" t="s">
-        <v>289</v>
+        <v>309</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>303</v>
+        <v>330</v>
       </c>
       <c r="B11" t="s">
-        <v>290</v>
+        <v>310</v>
       </c>
       <c r="C11" t="s">
+        <v>243</v>
+      </c>
+      <c r="D11">
+        <v>191351</v>
+      </c>
+      <c r="E11" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>331</v>
+      </c>
+      <c r="B12" t="s">
+        <v>312</v>
+      </c>
+      <c r="C12" t="s">
         <v>249</v>
       </c>
-      <c r="D11">
+      <c r="D12">
         <v>0</v>
       </c>
-      <c r="E11" t="s">
-        <v>291</v>
+      <c r="E12" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>332</v>
+      </c>
+      <c r="B13" t="s">
+        <v>314</v>
+      </c>
+      <c r="C13" t="s">
+        <v>256</v>
+      </c>
+      <c r="D13">
+        <v>0</v>
+      </c>
+      <c r="E13" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>333</v>
+      </c>
+      <c r="B14" t="s">
+        <v>317</v>
+      </c>
+      <c r="C14" t="s">
+        <v>263</v>
+      </c>
+      <c r="D14">
+        <v>0</v>
+      </c>
+      <c r="E14" t="s">
+        <v>318</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:L11"/>
+  <dimension ref="A1:L14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>263</v>
+        <v>284</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>293</v>
+        <v>320</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>304</v>
+        <v>334</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>305</v>
+        <v>335</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>306</v>
+        <v>336</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>307</v>
+        <v>337</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>308</v>
+        <v>338</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>309</v>
+        <v>339</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>311</v>
+        <v>341</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>312</v>
+        <v>342</v>
       </c>
       <c r="B2" t="s">
         <v>25</v>
       </c>
       <c r="C2">
         <v>10937</v>
       </c>
       <c r="D2" t="s">
-        <v>270</v>
+        <v>291</v>
       </c>
       <c r="E2" t="s">
-        <v>313</v>
+        <v>343</v>
       </c>
       <c r="F2" t="s">
-        <v>314</v>
+        <v>344</v>
       </c>
       <c r="G2" t="s">
-        <v>270</v>
+        <v>291</v>
       </c>
       <c r="H2" t="s">
-        <v>315</v>
+        <v>345</v>
       </c>
       <c r="I2" t="s">
-        <v>316</v>
+        <v>346</v>
       </c>
       <c r="J2" t="s">
-        <v>317</v>
+        <v>347</v>
       </c>
       <c r="K2" t="s">
-        <v>318</v>
+        <v>348</v>
       </c>
       <c r="L2" t="s">
-        <v>319</v>
+        <v>349</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>320</v>
+        <v>350</v>
       </c>
       <c r="B3" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C3">
-        <v>11718</v>
+        <v>13865</v>
       </c>
       <c r="D3" t="s">
-        <v>274</v>
+        <v>295</v>
       </c>
       <c r="E3" t="s">
-        <v>313</v>
+        <v>343</v>
       </c>
       <c r="F3" t="s">
-        <v>314</v>
+        <v>344</v>
       </c>
       <c r="G3" t="s">
-        <v>274</v>
+        <v>295</v>
       </c>
       <c r="H3" t="s">
-        <v>321</v>
+        <v>351</v>
       </c>
       <c r="I3" t="s">
-        <v>322</v>
+        <v>352</v>
       </c>
       <c r="J3" t="s">
-        <v>323</v>
+        <v>353</v>
       </c>
       <c r="K3" t="s">
-        <v>318</v>
+        <v>348</v>
       </c>
       <c r="L3" t="s">
-        <v>324</v>
+        <v>354</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>325</v>
+        <v>355</v>
       </c>
       <c r="B4" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="C4">
         <v>7124</v>
       </c>
       <c r="D4" t="s">
-        <v>277</v>
+        <v>297</v>
       </c>
       <c r="E4" t="s">
-        <v>313</v>
+        <v>343</v>
       </c>
       <c r="F4" t="s">
-        <v>314</v>
+        <v>344</v>
       </c>
       <c r="G4" t="s">
-        <v>277</v>
+        <v>297</v>
       </c>
       <c r="H4" t="s">
-        <v>326</v>
+        <v>356</v>
       </c>
       <c r="I4" t="s">
-        <v>327</v>
+        <v>357</v>
       </c>
       <c r="J4" t="s">
-        <v>328</v>
+        <v>358</v>
       </c>
       <c r="K4" t="s">
-        <v>318</v>
+        <v>348</v>
       </c>
       <c r="L4" t="s">
-        <v>329</v>
+        <v>359</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>330</v>
+        <v>360</v>
       </c>
       <c r="B5" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="C5">
-        <v>6970</v>
+        <v>57452</v>
       </c>
       <c r="D5" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="E5" t="s">
-        <v>313</v>
+        <v>343</v>
       </c>
       <c r="F5" t="s">
-        <v>314</v>
+        <v>344</v>
       </c>
       <c r="G5" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="H5" t="s">
-        <v>331</v>
+        <v>361</v>
       </c>
       <c r="I5" t="s">
-        <v>332</v>
+        <v>362</v>
       </c>
       <c r="J5" t="s">
-        <v>333</v>
+        <v>363</v>
       </c>
       <c r="K5" t="s">
-        <v>318</v>
+        <v>348</v>
       </c>
       <c r="L5" t="s">
-        <v>334</v>
+        <v>364</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>335</v>
+        <v>365</v>
       </c>
       <c r="B6" t="s">
-        <v>190</v>
+        <v>171</v>
       </c>
       <c r="C6">
-        <v>7728</v>
+        <v>6970</v>
       </c>
       <c r="D6" t="s">
-        <v>281</v>
+        <v>301</v>
       </c>
       <c r="E6" t="s">
-        <v>313</v>
+        <v>343</v>
       </c>
       <c r="F6" t="s">
-        <v>314</v>
+        <v>344</v>
       </c>
       <c r="G6" t="s">
-        <v>281</v>
+        <v>301</v>
       </c>
       <c r="H6" t="s">
-        <v>331</v>
+        <v>366</v>
       </c>
       <c r="I6" t="s">
-        <v>336</v>
+        <v>367</v>
       </c>
       <c r="J6" t="s">
-        <v>337</v>
+        <v>368</v>
       </c>
       <c r="K6" t="s">
-        <v>318</v>
+        <v>348</v>
       </c>
       <c r="L6" t="s">
-        <v>338</v>
+        <v>369</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>339</v>
+        <v>370</v>
       </c>
       <c r="B7" t="s">
-        <v>204</v>
+        <v>193</v>
       </c>
       <c r="C7">
-        <v>8787</v>
+        <v>7728</v>
       </c>
       <c r="D7" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="E7" t="s">
-        <v>313</v>
+        <v>343</v>
       </c>
       <c r="F7" t="s">
-        <v>314</v>
+        <v>344</v>
       </c>
       <c r="G7" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="H7" t="s">
-        <v>331</v>
+        <v>366</v>
       </c>
       <c r="I7" t="s">
-        <v>340</v>
+        <v>371</v>
       </c>
       <c r="J7" t="s">
-        <v>333</v>
+        <v>372</v>
       </c>
       <c r="K7" t="s">
-        <v>318</v>
+        <v>348</v>
       </c>
       <c r="L7" t="s">
-        <v>341</v>
+        <v>373</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>342</v>
+        <v>374</v>
       </c>
       <c r="B8" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C8">
-        <v>9638</v>
+        <v>57480</v>
       </c>
       <c r="D8" t="s">
-        <v>285</v>
+        <v>305</v>
       </c>
       <c r="E8" t="s">
-        <v>313</v>
+        <v>343</v>
       </c>
       <c r="F8" t="s">
-        <v>314</v>
+        <v>344</v>
       </c>
       <c r="G8" t="s">
-        <v>285</v>
+        <v>305</v>
       </c>
       <c r="H8" t="s">
-        <v>331</v>
+        <v>361</v>
       </c>
       <c r="I8" t="s">
-        <v>343</v>
+        <v>375</v>
       </c>
       <c r="J8" t="s">
-        <v>344</v>
+        <v>363</v>
       </c>
       <c r="K8" t="s">
-        <v>318</v>
+        <v>348</v>
       </c>
       <c r="L8" t="s">
-        <v>345</v>
+        <v>364</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>346</v>
+        <v>376</v>
       </c>
       <c r="B9" t="s">
-        <v>226</v>
+        <v>214</v>
       </c>
       <c r="C9">
-        <v>13865</v>
+        <v>8787</v>
       </c>
       <c r="D9" t="s">
-        <v>287</v>
+        <v>307</v>
       </c>
       <c r="E9" t="s">
-        <v>313</v>
+        <v>343</v>
       </c>
       <c r="F9" t="s">
-        <v>314</v>
+        <v>344</v>
       </c>
       <c r="G9" t="s">
-        <v>287</v>
+        <v>307</v>
       </c>
       <c r="H9" t="s">
-        <v>347</v>
+        <v>366</v>
       </c>
       <c r="I9" t="s">
+        <v>377</v>
+      </c>
+      <c r="J9" t="s">
+        <v>368</v>
+      </c>
+      <c r="K9" t="s">
         <v>348</v>
       </c>
-      <c r="J9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L9" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
       <c r="B10" t="s">
-        <v>234</v>
+        <v>221</v>
       </c>
       <c r="C10">
         <v>9257</v>
       </c>
       <c r="D10" t="s">
-        <v>289</v>
+        <v>309</v>
       </c>
       <c r="E10" t="s">
-        <v>313</v>
+        <v>343</v>
       </c>
       <c r="F10" t="s">
-        <v>314</v>
+        <v>344</v>
       </c>
       <c r="G10" t="s">
-        <v>289</v>
+        <v>309</v>
       </c>
       <c r="H10" t="s">
-        <v>352</v>
+        <v>380</v>
       </c>
       <c r="I10" t="s">
-        <v>353</v>
+        <v>381</v>
       </c>
       <c r="J10" t="s">
-        <v>354</v>
+        <v>382</v>
       </c>
       <c r="K10" t="s">
-        <v>318</v>
+        <v>348</v>
       </c>
       <c r="L10" t="s">
-        <v>355</v>
+        <v>383</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>356</v>
+        <v>384</v>
       </c>
       <c r="B11" t="s">
+        <v>243</v>
+      </c>
+      <c r="C11">
+        <v>58012</v>
+      </c>
+      <c r="D11" t="s">
+        <v>311</v>
+      </c>
+      <c r="E11" t="s">
+        <v>343</v>
+      </c>
+      <c r="F11" t="s">
+        <v>344</v>
+      </c>
+      <c r="G11" t="s">
+        <v>311</v>
+      </c>
+      <c r="H11" t="s">
+        <v>361</v>
+      </c>
+      <c r="I11" t="s">
+        <v>375</v>
+      </c>
+      <c r="J11" t="s">
+        <v>363</v>
+      </c>
+      <c r="K11" t="s">
+        <v>348</v>
+      </c>
+      <c r="L11" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>385</v>
+      </c>
+      <c r="B12" t="s">
         <v>249</v>
       </c>
-      <c r="C11">
+      <c r="C12">
         <v>11128</v>
       </c>
-      <c r="D11" t="s">
-[...2 lines deleted...]
-      <c r="E11" t="s">
+      <c r="D12" t="s">
         <v>313</v>
       </c>
-      <c r="F11" t="s">
-[...14 lines deleted...]
-      <c r="K11" t="s">
+      <c r="E12" t="s">
+        <v>343</v>
+      </c>
+      <c r="F12" t="s">
+        <v>344</v>
+      </c>
+      <c r="G12" t="s">
+        <v>313</v>
+      </c>
+      <c r="H12" t="s">
+        <v>386</v>
+      </c>
+      <c r="I12" t="s">
+        <v>387</v>
+      </c>
+      <c r="J12" t="s">
+        <v>388</v>
+      </c>
+      <c r="K12" t="s">
+        <v>348</v>
+      </c>
+      <c r="L12" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>390</v>
+      </c>
+      <c r="B13" t="s">
+        <v>256</v>
+      </c>
+      <c r="C13">
+        <v>11718</v>
+      </c>
+      <c r="D13" t="s">
+        <v>315</v>
+      </c>
+      <c r="E13" t="s">
+        <v>343</v>
+      </c>
+      <c r="F13" t="s">
+        <v>344</v>
+      </c>
+      <c r="G13" t="s">
+        <v>315</v>
+      </c>
+      <c r="H13" t="s">
+        <v>391</v>
+      </c>
+      <c r="I13" t="s">
+        <v>392</v>
+      </c>
+      <c r="J13" t="s">
+        <v>393</v>
+      </c>
+      <c r="K13" t="s">
+        <v>348</v>
+      </c>
+      <c r="L13" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>395</v>
+      </c>
+      <c r="B14" t="s">
+        <v>263</v>
+      </c>
+      <c r="C14">
+        <v>9638</v>
+      </c>
+      <c r="D14" t="s">
         <v>318</v>
       </c>
-      <c r="L11" t="s">
-        <v>360</v>
+      <c r="E14" t="s">
+        <v>343</v>
+      </c>
+      <c r="F14" t="s">
+        <v>344</v>
+      </c>
+      <c r="G14" t="s">
+        <v>318</v>
+      </c>
+      <c r="H14" t="s">
+        <v>366</v>
+      </c>
+      <c r="I14" t="s">
+        <v>396</v>
+      </c>
+      <c r="J14" t="s">
+        <v>397</v>
+      </c>
+      <c r="K14" t="s">
+        <v>348</v>
+      </c>
+      <c r="L14" t="s">
+        <v>398</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:K31"/>
+  <dimension ref="A1:K34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>263</v>
+        <v>284</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>361</v>
+        <v>399</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>264</v>
+        <v>285</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>362</v>
+        <v>400</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>265</v>
+        <v>286</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>363</v>
+        <v>401</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>364</v>
+        <v>402</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>365</v>
+        <v>403</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>366</v>
+        <v>404</v>
       </c>
       <c r="B2" t="s">
         <v>25</v>
       </c>
       <c r="C2" t="s">
-        <v>367</v>
+        <v>405</v>
       </c>
       <c r="D2" t="s">
-        <v>368</v>
+        <v>406</v>
       </c>
       <c r="E2" t="s">
-        <v>369</v>
+        <v>407</v>
       </c>
       <c r="F2" t="s">
-        <v>370</v>
+        <v>408</v>
       </c>
       <c r="G2" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H2" t="s">
-        <v>369</v>
+        <v>407</v>
       </c>
       <c r="I2" t="s">
-        <v>372</v>
+        <v>410</v>
       </c>
       <c r="J2" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K2" t="s">
-        <v>372</v>
+        <v>410</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>374</v>
+        <v>412</v>
       </c>
       <c r="B3" t="s">
         <v>41</v>
       </c>
       <c r="C3" t="s">
-        <v>375</v>
+        <v>413</v>
       </c>
       <c r="D3" t="s">
-        <v>376</v>
+        <v>414</v>
       </c>
       <c r="E3" t="s">
-        <v>377</v>
+        <v>415</v>
       </c>
       <c r="F3" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G3" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H3" t="s">
-        <v>377</v>
+        <v>415</v>
       </c>
       <c r="I3" t="s">
-        <v>379</v>
+        <v>417</v>
       </c>
       <c r="J3" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K3" t="s">
-        <v>379</v>
+        <v>417</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>380</v>
+        <v>418</v>
       </c>
       <c r="B4" t="s">
         <v>50</v>
       </c>
       <c r="C4" t="s">
-        <v>381</v>
+        <v>419</v>
       </c>
       <c r="D4" t="s">
-        <v>382</v>
+        <v>420</v>
       </c>
       <c r="E4" t="s">
-        <v>383</v>
+        <v>421</v>
       </c>
       <c r="F4" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G4" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H4" t="s">
-        <v>383</v>
+        <v>421</v>
       </c>
       <c r="I4" t="s">
-        <v>384</v>
+        <v>422</v>
       </c>
       <c r="J4" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K4" t="s">
-        <v>384</v>
+        <v>422</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>385</v>
+        <v>423</v>
       </c>
       <c r="B5" t="s">
         <v>60</v>
       </c>
       <c r="C5" t="s">
-        <v>386</v>
+        <v>424</v>
       </c>
       <c r="D5" t="s">
-        <v>387</v>
+        <v>425</v>
       </c>
       <c r="E5" t="s">
-        <v>388</v>
+        <v>426</v>
       </c>
       <c r="F5" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G5" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H5" t="s">
-        <v>388</v>
+        <v>426</v>
       </c>
       <c r="I5" t="s">
-        <v>389</v>
+        <v>427</v>
       </c>
       <c r="J5" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K5" t="s">
-        <v>389</v>
+        <v>427</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>390</v>
+        <v>428</v>
       </c>
       <c r="B6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C6" t="s">
-        <v>391</v>
+        <v>429</v>
       </c>
       <c r="D6" t="s">
-        <v>392</v>
+        <v>430</v>
       </c>
       <c r="E6" t="s">
-        <v>393</v>
+        <v>431</v>
       </c>
       <c r="F6" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G6" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H6" t="s">
-        <v>393</v>
+        <v>431</v>
       </c>
       <c r="I6" t="s">
-        <v>394</v>
+        <v>432</v>
       </c>
       <c r="J6" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K6" t="s">
-        <v>394</v>
+        <v>432</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>395</v>
+        <v>433</v>
       </c>
       <c r="B7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C7" t="s">
-        <v>396</v>
+        <v>434</v>
       </c>
       <c r="D7" t="s">
-        <v>397</v>
+        <v>435</v>
       </c>
       <c r="E7" t="s">
-        <v>393</v>
+        <v>436</v>
       </c>
       <c r="F7" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G7" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H7" t="s">
-        <v>393</v>
+        <v>436</v>
       </c>
       <c r="I7" t="s">
-        <v>398</v>
+        <v>437</v>
       </c>
       <c r="J7" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K7" t="s">
-        <v>398</v>
+        <v>437</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>399</v>
+        <v>438</v>
       </c>
       <c r="B8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C8" t="s">
-        <v>400</v>
+        <v>439</v>
       </c>
       <c r="D8" t="s">
-        <v>401</v>
+        <v>440</v>
       </c>
       <c r="E8" t="s">
-        <v>402</v>
+        <v>436</v>
       </c>
       <c r="F8" t="s">
-        <v>403</v>
+        <v>416</v>
       </c>
       <c r="G8" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H8" t="s">
-        <v>402</v>
+        <v>436</v>
       </c>
       <c r="I8" t="s">
-        <v>404</v>
+        <v>441</v>
       </c>
       <c r="J8" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K8" t="s">
-        <v>404</v>
+        <v>441</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>405</v>
+        <v>442</v>
       </c>
       <c r="B9" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C9" t="s">
-        <v>406</v>
+        <v>443</v>
       </c>
       <c r="D9" t="s">
-        <v>407</v>
+        <v>444</v>
       </c>
       <c r="E9" t="s">
-        <v>408</v>
+        <v>445</v>
       </c>
       <c r="F9" t="s">
-        <v>378</v>
+        <v>446</v>
       </c>
       <c r="G9" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H9" t="s">
-        <v>408</v>
+        <v>445</v>
       </c>
       <c r="I9" t="s">
-        <v>409</v>
+        <v>447</v>
       </c>
       <c r="J9" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K9" t="s">
-        <v>409</v>
+        <v>447</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>410</v>
+        <v>448</v>
       </c>
       <c r="B10" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C10" t="s">
+        <v>449</v>
+      </c>
+      <c r="D10" t="s">
+        <v>450</v>
+      </c>
+      <c r="E10" t="s">
+        <v>451</v>
+      </c>
+      <c r="F10" t="s">
+        <v>416</v>
+      </c>
+      <c r="G10" t="s">
+        <v>409</v>
+      </c>
+      <c r="H10" t="s">
+        <v>451</v>
+      </c>
+      <c r="I10" t="s">
+        <v>452</v>
+      </c>
+      <c r="J10" t="s">
         <v>411</v>
       </c>
-      <c r="D10" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K10" t="s">
-        <v>414</v>
+        <v>452</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>453</v>
       </c>
       <c r="B11" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C11" t="s">
+        <v>454</v>
+      </c>
+      <c r="D11" t="s">
+        <v>455</v>
+      </c>
+      <c r="E11" t="s">
+        <v>456</v>
+      </c>
+      <c r="F11" t="s">
         <v>416</v>
       </c>
-      <c r="D11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G11" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H11" t="s">
-        <v>418</v>
+        <v>456</v>
       </c>
       <c r="I11" t="s">
-        <v>419</v>
+        <v>457</v>
       </c>
       <c r="J11" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K11" t="s">
-        <v>419</v>
+        <v>457</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>420</v>
+        <v>458</v>
       </c>
       <c r="B12" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C12" t="s">
-        <v>421</v>
+        <v>459</v>
       </c>
       <c r="D12" t="s">
-        <v>422</v>
+        <v>460</v>
       </c>
       <c r="E12" t="s">
-        <v>423</v>
+        <v>461</v>
       </c>
       <c r="F12" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G12" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H12" t="s">
-        <v>423</v>
+        <v>461</v>
       </c>
       <c r="I12" t="s">
-        <v>424</v>
+        <v>462</v>
       </c>
       <c r="J12" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K12" t="s">
-        <v>424</v>
+        <v>462</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>425</v>
+        <v>463</v>
       </c>
       <c r="B13" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C13" t="s">
-        <v>426</v>
+        <v>464</v>
       </c>
       <c r="D13" t="s">
-        <v>427</v>
+        <v>465</v>
       </c>
       <c r="E13" t="s">
-        <v>428</v>
+        <v>466</v>
       </c>
       <c r="F13" t="s">
-        <v>378</v>
+        <v>446</v>
       </c>
       <c r="G13" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H13" t="s">
-        <v>428</v>
+        <v>466</v>
       </c>
       <c r="I13" t="s">
-        <v>429</v>
+        <v>467</v>
       </c>
       <c r="J13" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K13" t="s">
-        <v>429</v>
+        <v>467</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>430</v>
+        <v>468</v>
       </c>
       <c r="B14" t="s">
         <v>132</v>
       </c>
       <c r="C14" t="s">
-        <v>431</v>
+        <v>469</v>
       </c>
       <c r="D14" t="s">
-        <v>432</v>
+        <v>470</v>
       </c>
       <c r="E14" t="s">
-        <v>433</v>
+        <v>471</v>
       </c>
       <c r="F14" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G14" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H14" t="s">
-        <v>433</v>
+        <v>471</v>
       </c>
       <c r="I14" t="s">
-        <v>434</v>
+        <v>472</v>
       </c>
       <c r="J14" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K14" t="s">
-        <v>434</v>
+        <v>472</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>435</v>
+        <v>473</v>
       </c>
       <c r="B15" t="s">
         <v>140</v>
       </c>
       <c r="C15" t="s">
-        <v>436</v>
+        <v>474</v>
       </c>
       <c r="D15" t="s">
-        <v>437</v>
+        <v>475</v>
       </c>
       <c r="E15" t="s">
-        <v>438</v>
+        <v>476</v>
       </c>
       <c r="F15" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G15" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H15" t="s">
-        <v>438</v>
+        <v>476</v>
       </c>
       <c r="I15" t="s">
-        <v>439</v>
+        <v>477</v>
       </c>
       <c r="J15" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K15" t="s">
-        <v>439</v>
+        <v>477</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>440</v>
+        <v>478</v>
       </c>
       <c r="B16" t="s">
         <v>148</v>
       </c>
       <c r="C16" t="s">
-        <v>441</v>
+        <v>479</v>
       </c>
       <c r="D16" t="s">
-        <v>442</v>
+        <v>480</v>
       </c>
       <c r="E16" t="s">
-        <v>443</v>
+        <v>481</v>
       </c>
       <c r="F16" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G16" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H16" t="s">
-        <v>443</v>
+        <v>481</v>
       </c>
       <c r="I16" t="s">
-        <v>444</v>
+        <v>482</v>
       </c>
       <c r="J16" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K16" t="s">
-        <v>444</v>
+        <v>482</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>445</v>
+        <v>483</v>
       </c>
       <c r="B17" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C17" t="s">
-        <v>446</v>
+        <v>484</v>
       </c>
       <c r="D17" t="s">
-        <v>447</v>
+        <v>485</v>
       </c>
       <c r="E17" t="s">
-        <v>448</v>
+        <v>486</v>
       </c>
       <c r="F17" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G17" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H17" t="s">
-        <v>448</v>
+        <v>486</v>
       </c>
       <c r="I17" t="s">
-        <v>449</v>
+        <v>487</v>
       </c>
       <c r="J17" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K17" t="s">
-        <v>449</v>
+        <v>487</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>450</v>
+        <v>488</v>
       </c>
       <c r="B18" t="s">
         <v>164</v>
       </c>
       <c r="C18" t="s">
-        <v>451</v>
+        <v>489</v>
       </c>
       <c r="D18" t="s">
-        <v>452</v>
+        <v>490</v>
       </c>
       <c r="E18" t="s">
-        <v>453</v>
+        <v>491</v>
       </c>
       <c r="F18" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G18" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H18" t="s">
-        <v>453</v>
+        <v>491</v>
       </c>
       <c r="I18" t="s">
-        <v>454</v>
+        <v>492</v>
       </c>
       <c r="J18" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K18" t="s">
-        <v>454</v>
+        <v>492</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>455</v>
+        <v>493</v>
       </c>
       <c r="B19" t="s">
         <v>171</v>
       </c>
       <c r="C19" t="s">
-        <v>456</v>
+        <v>494</v>
       </c>
       <c r="D19" t="s">
-        <v>457</v>
+        <v>495</v>
       </c>
       <c r="E19" t="s">
-        <v>458</v>
+        <v>496</v>
       </c>
       <c r="F19" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G19" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H19" t="s">
-        <v>458</v>
+        <v>496</v>
       </c>
       <c r="I19" t="s">
-        <v>459</v>
+        <v>497</v>
       </c>
       <c r="J19" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K19" t="s">
-        <v>459</v>
+        <v>497</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>460</v>
+        <v>498</v>
       </c>
       <c r="B20" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C20" t="s">
-        <v>461</v>
+        <v>499</v>
       </c>
       <c r="D20" t="s">
-        <v>462</v>
+        <v>500</v>
       </c>
       <c r="E20" t="s">
-        <v>463</v>
+        <v>501</v>
       </c>
       <c r="F20" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G20" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H20" t="s">
-        <v>463</v>
+        <v>501</v>
       </c>
       <c r="I20" t="s">
-        <v>464</v>
+        <v>502</v>
       </c>
       <c r="J20" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K20" t="s">
-        <v>464</v>
+        <v>502</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>465</v>
+        <v>503</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C21" t="s">
-        <v>466</v>
+        <v>504</v>
       </c>
       <c r="D21" t="s">
-        <v>467</v>
+        <v>505</v>
       </c>
       <c r="E21" t="s">
-        <v>468</v>
+        <v>506</v>
       </c>
       <c r="F21" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G21" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H21" t="s">
-        <v>468</v>
+        <v>506</v>
       </c>
       <c r="I21" t="s">
-        <v>469</v>
+        <v>507</v>
       </c>
       <c r="J21" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K21" t="s">
-        <v>469</v>
+        <v>507</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>470</v>
+        <v>508</v>
       </c>
       <c r="B22" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="C22" t="s">
-        <v>471</v>
+        <v>509</v>
       </c>
       <c r="D22" t="s">
-        <v>472</v>
+        <v>510</v>
       </c>
       <c r="E22" t="s">
-        <v>473</v>
+        <v>511</v>
       </c>
       <c r="F22" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G22" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H22" t="s">
-        <v>473</v>
+        <v>511</v>
       </c>
       <c r="I22" t="s">
-        <v>474</v>
+        <v>512</v>
       </c>
       <c r="J22" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K22" t="s">
-        <v>474</v>
+        <v>512</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>475</v>
+        <v>513</v>
       </c>
       <c r="B23" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C23" t="s">
-        <v>476</v>
+        <v>514</v>
       </c>
       <c r="D23" t="s">
-        <v>477</v>
+        <v>515</v>
       </c>
       <c r="E23" t="s">
-        <v>478</v>
+        <v>516</v>
       </c>
       <c r="F23" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G23" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H23" t="s">
-        <v>478</v>
+        <v>516</v>
       </c>
       <c r="I23" t="s">
-        <v>479</v>
+        <v>517</v>
       </c>
       <c r="J23" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K23" t="s">
-        <v>479</v>
+        <v>517</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>480</v>
+        <v>518</v>
       </c>
       <c r="B24" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C24" t="s">
-        <v>481</v>
+        <v>519</v>
       </c>
       <c r="D24" t="s">
-        <v>482</v>
+        <v>520</v>
       </c>
       <c r="E24" t="s">
-        <v>443</v>
+        <v>521</v>
       </c>
       <c r="F24" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G24" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H24" t="s">
-        <v>443</v>
+        <v>521</v>
       </c>
       <c r="I24" t="s">
-        <v>483</v>
+        <v>522</v>
       </c>
       <c r="J24" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K24" t="s">
-        <v>483</v>
+        <v>522</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>484</v>
+        <v>523</v>
       </c>
       <c r="B25" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C25" t="s">
-        <v>485</v>
+        <v>524</v>
       </c>
       <c r="D25" t="s">
-        <v>486</v>
+        <v>525</v>
       </c>
       <c r="E25" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="F25" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G25" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H25" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="I25" t="s">
-        <v>488</v>
+        <v>526</v>
       </c>
       <c r="J25" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K25" t="s">
-        <v>488</v>
+        <v>526</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>489</v>
+        <v>527</v>
       </c>
       <c r="B26" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C26" t="s">
-        <v>490</v>
+        <v>528</v>
       </c>
       <c r="D26" t="s">
-        <v>491</v>
+        <v>529</v>
       </c>
       <c r="E26" t="s">
-        <v>492</v>
+        <v>530</v>
       </c>
       <c r="F26" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G26" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H26" t="s">
-        <v>492</v>
+        <v>530</v>
       </c>
       <c r="I26" t="s">
-        <v>493</v>
+        <v>531</v>
       </c>
       <c r="J26" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K26" t="s">
-        <v>493</v>
+        <v>531</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>494</v>
+        <v>532</v>
       </c>
       <c r="B27" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C27" t="s">
-        <v>495</v>
+        <v>533</v>
       </c>
       <c r="D27" t="s">
-        <v>496</v>
+        <v>534</v>
       </c>
       <c r="E27" t="s">
-        <v>497</v>
+        <v>535</v>
       </c>
       <c r="F27" t="s">
-        <v>403</v>
+        <v>416</v>
       </c>
       <c r="G27" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H27" t="s">
-        <v>497</v>
+        <v>535</v>
       </c>
       <c r="I27" t="s">
-        <v>498</v>
+        <v>536</v>
       </c>
       <c r="J27" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K27" t="s">
-        <v>498</v>
+        <v>536</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>499</v>
+        <v>537</v>
       </c>
       <c r="B28" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C28" t="s">
-        <v>500</v>
+        <v>538</v>
       </c>
       <c r="D28" t="s">
-        <v>501</v>
+        <v>539</v>
       </c>
       <c r="E28" t="s">
-        <v>502</v>
+        <v>540</v>
       </c>
       <c r="F28" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G28" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H28" t="s">
-        <v>502</v>
+        <v>540</v>
       </c>
       <c r="I28" t="s">
-        <v>503</v>
+        <v>541</v>
       </c>
       <c r="J28" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K28" t="s">
-        <v>503</v>
+        <v>541</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>504</v>
+        <v>542</v>
       </c>
       <c r="B29" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C29" t="s">
-        <v>505</v>
+        <v>543</v>
       </c>
       <c r="D29" t="s">
-        <v>506</v>
+        <v>544</v>
       </c>
       <c r="E29" t="s">
-        <v>507</v>
+        <v>545</v>
       </c>
       <c r="F29" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G29" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H29" t="s">
-        <v>507</v>
+        <v>545</v>
       </c>
       <c r="I29" t="s">
-        <v>508</v>
+        <v>546</v>
       </c>
       <c r="J29" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K29" t="s">
-        <v>508</v>
+        <v>546</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>509</v>
+        <v>547</v>
       </c>
       <c r="B30" t="s">
         <v>249</v>
       </c>
       <c r="C30" t="s">
-        <v>510</v>
+        <v>548</v>
       </c>
       <c r="D30" t="s">
-        <v>511</v>
+        <v>549</v>
       </c>
       <c r="E30" t="s">
-        <v>512</v>
+        <v>550</v>
       </c>
       <c r="F30" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G30" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H30" t="s">
-        <v>512</v>
+        <v>550</v>
       </c>
       <c r="I30" t="s">
-        <v>513</v>
+        <v>551</v>
       </c>
       <c r="J30" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K30" t="s">
-        <v>513</v>
+        <v>551</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>514</v>
+        <v>552</v>
       </c>
       <c r="B31" t="s">
         <v>256</v>
       </c>
       <c r="C31" t="s">
-        <v>515</v>
+        <v>553</v>
       </c>
       <c r="D31" t="s">
-        <v>516</v>
+        <v>554</v>
       </c>
       <c r="E31" t="s">
-        <v>517</v>
+        <v>555</v>
       </c>
       <c r="F31" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G31" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H31" t="s">
-        <v>517</v>
+        <v>555</v>
       </c>
       <c r="I31" t="s">
-        <v>518</v>
+        <v>556</v>
       </c>
       <c r="J31" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="K31" t="s">
-        <v>518</v>
+        <v>556</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>557</v>
+      </c>
+      <c r="B32" t="s">
+        <v>263</v>
+      </c>
+      <c r="C32" t="s">
+        <v>558</v>
+      </c>
+      <c r="D32" t="s">
+        <v>559</v>
+      </c>
+      <c r="E32" t="s">
+        <v>560</v>
+      </c>
+      <c r="F32" t="s">
+        <v>416</v>
+      </c>
+      <c r="G32" t="s">
+        <v>409</v>
+      </c>
+      <c r="H32" t="s">
+        <v>560</v>
+      </c>
+      <c r="I32" t="s">
+        <v>561</v>
+      </c>
+      <c r="J32" t="s">
+        <v>411</v>
+      </c>
+      <c r="K32" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>562</v>
+      </c>
+      <c r="B33" t="s">
+        <v>271</v>
+      </c>
+      <c r="C33" t="s">
+        <v>563</v>
+      </c>
+      <c r="D33" t="s">
+        <v>564</v>
+      </c>
+      <c r="E33" t="s">
+        <v>565</v>
+      </c>
+      <c r="F33" t="s">
+        <v>416</v>
+      </c>
+      <c r="G33" t="s">
+        <v>409</v>
+      </c>
+      <c r="H33" t="s">
+        <v>565</v>
+      </c>
+      <c r="I33" t="s">
+        <v>566</v>
+      </c>
+      <c r="J33" t="s">
+        <v>411</v>
+      </c>
+      <c r="K33" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>567</v>
+      </c>
+      <c r="B34" t="s">
+        <v>277</v>
+      </c>
+      <c r="C34" t="s">
+        <v>568</v>
+      </c>
+      <c r="D34" t="s">
+        <v>569</v>
+      </c>
+      <c r="E34" t="s">
+        <v>570</v>
+      </c>
+      <c r="F34" t="s">
+        <v>416</v>
+      </c>
+      <c r="G34" t="s">
+        <v>409</v>
+      </c>
+      <c r="H34" t="s">
+        <v>570</v>
+      </c>
+      <c r="I34" t="s">
+        <v>571</v>
+      </c>
+      <c r="J34" t="s">
+        <v>411</v>
+      </c>
+      <c r="K34" t="s">
+        <v>571</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>263</v>
+        <v>284</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>293</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>519</v>
+        <v>572</v>
       </c>
       <c r="B2" t="s">
         <v>25</v>
       </c>
       <c r="C2">
         <v>9049</v>
       </c>
       <c r="D2" t="s">
-        <v>520</v>
+        <v>573</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>521</v>
+        <v>574</v>
       </c>
       <c r="B3" t="s">
         <v>50</v>
       </c>
       <c r="C3">
         <v>4414</v>
       </c>
       <c r="D3" t="s">
-        <v>522</v>
+        <v>575</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>523</v>
+        <v>576</v>
       </c>
       <c r="B4" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="C4">
         <v>6032</v>
       </c>
       <c r="D4" t="s">
-        <v>524</v>
+        <v>577</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>525</v>
+        <v>578</v>
       </c>
       <c r="B5" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="C5">
         <v>6040</v>
       </c>
       <c r="D5" t="s">
-        <v>526</v>
+        <v>579</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>527</v>
+        <v>580</v>
       </c>
       <c r="B6" t="s">
-        <v>125</v>
+        <v>256</v>
       </c>
       <c r="C6">
         <v>9433</v>
       </c>
       <c r="D6" t="s">
-        <v>528</v>
+        <v>581</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>529</v>
+        <v>582</v>
       </c>
       <c r="B7" t="s">
-        <v>256</v>
+        <v>277</v>
       </c>
       <c r="C7">
         <v>3944</v>
       </c>
       <c r="D7" t="s">
-        <v>530</v>
+        <v>583</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:N4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>263</v>
+        <v>284</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>264</v>
+        <v>285</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>531</v>
+        <v>584</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>265</v>
+        <v>286</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>266</v>
+        <v>287</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>532</v>
+        <v>585</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>267</v>
+        <v>288</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>268</v>
+        <v>289</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>533</v>
+        <v>586</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>534</v>
+        <v>587</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>535</v>
+        <v>588</v>
       </c>
       <c r="N1" s="1" t="s">
-        <v>536</v>
+        <v>589</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>537</v>
+        <v>590</v>
       </c>
       <c r="B2" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="C2">
         <v>631</v>
       </c>
-      <c r="D2">
-        <v>54907</v>
+      <c r="D2" t="s">
+        <v>153</v>
       </c>
       <c r="E2" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="F2" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="G2" t="s">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="H2">
         <v>7124</v>
       </c>
       <c r="I2">
         <v>299000</v>
       </c>
       <c r="J2" t="s">
         <v>38</v>
       </c>
       <c r="K2" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="L2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="M2" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="N2">
         <v>7</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>593</v>
+      </c>
+      <c r="B3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C3">
+        <v>3982</v>
+      </c>
+      <c r="D3" t="s">
+        <v>594</v>
+      </c>
+      <c r="E3" t="s">
+        <v>595</v>
+      </c>
+      <c r="F3" t="s">
+        <v>162</v>
+      </c>
+      <c r="G3" t="s">
+        <v>293</v>
+      </c>
+      <c r="H3">
+        <v>57452</v>
+      </c>
+      <c r="I3">
+        <v>0</v>
+      </c>
+      <c r="J3" t="s">
+        <v>38</v>
+      </c>
+      <c r="K3" t="s">
+        <v>596</v>
+      </c>
+      <c r="L3" t="s">
+        <v>597</v>
+      </c>
+      <c r="M3" t="s">
+        <v>596</v>
+      </c>
+      <c r="N3">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>598</v>
+      </c>
+      <c r="B4" t="s">
+        <v>207</v>
+      </c>
+      <c r="C4">
+        <v>4007</v>
+      </c>
+      <c r="D4" t="s">
+        <v>599</v>
+      </c>
+      <c r="E4" t="s">
+        <v>600</v>
+      </c>
+      <c r="F4" t="s">
+        <v>212</v>
+      </c>
+      <c r="G4" t="s">
+        <v>293</v>
+      </c>
+      <c r="H4">
+        <v>57480</v>
+      </c>
+      <c r="I4">
+        <v>342326262</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>601</v>
+      </c>
+      <c r="L4" t="s">
+        <v>602</v>
+      </c>
+      <c r="M4" t="s">
+        <v>601</v>
+      </c>
+      <c r="N4">
+        <v>1095</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:K4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>540</v>
+        <v>603</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>263</v>
+        <v>284</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>264</v>
+        <v>285</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>362</v>
+        <v>400</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>265</v>
+        <v>286</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>363</v>
+        <v>401</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>364</v>
+        <v>402</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>365</v>
+        <v>403</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>541</v>
+        <v>604</v>
       </c>
       <c r="B2" t="s">
-        <v>537</v>
+        <v>590</v>
       </c>
       <c r="C2" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="D2" t="s">
-        <v>542</v>
+        <v>605</v>
       </c>
       <c r="E2" t="s">
-        <v>438</v>
+        <v>481</v>
       </c>
       <c r="F2" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="G2" t="s">
-        <v>371</v>
+        <v>409</v>
       </c>
       <c r="H2" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="I2" t="s">
-        <v>543</v>
+        <v>606</v>
       </c>
       <c r="J2" t="s">
-        <v>378</v>
+        <v>416</v>
       </c>
       <c r="K2" t="s">
-        <v>538</v>
+        <v>591</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>607</v>
+      </c>
+      <c r="B3" t="s">
+        <v>593</v>
+      </c>
+      <c r="C3" t="s">
+        <v>156</v>
+      </c>
+      <c r="D3" t="s">
+        <v>608</v>
+      </c>
+      <c r="E3" t="s">
+        <v>609</v>
+      </c>
+      <c r="F3" t="s">
+        <v>416</v>
+      </c>
+      <c r="G3" t="s">
+        <v>409</v>
+      </c>
+      <c r="H3" t="s">
+        <v>162</v>
+      </c>
+      <c r="I3" t="s">
+        <v>606</v>
+      </c>
+      <c r="J3" t="s">
+        <v>416</v>
+      </c>
+      <c r="K3" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>610</v>
+      </c>
+      <c r="B4" t="s">
+        <v>598</v>
+      </c>
+      <c r="C4" t="s">
+        <v>207</v>
+      </c>
+      <c r="D4" t="s">
+        <v>611</v>
+      </c>
+      <c r="E4" t="s">
+        <v>612</v>
+      </c>
+      <c r="F4" t="s">
+        <v>416</v>
+      </c>
+      <c r="G4" t="s">
+        <v>409</v>
+      </c>
+      <c r="H4" t="s">
+        <v>212</v>
+      </c>
+      <c r="I4" t="s">
+        <v>606</v>
+      </c>
+      <c r="J4" t="s">
+        <v>416</v>
+      </c>
+      <c r="K4" t="s">
+        <v>600</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>main</vt:lpstr>