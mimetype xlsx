--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -152,700 +152,700 @@
   <si>
     <t>Request for Bid(Open-Tender)</t>
   </si>
   <si>
     <t>services</t>
   </si>
   <si>
     <t>Decommissioning of existing system. supply installation and operation and maintenance of cctv camera and access control</t>
   </si>
   <si>
     <t>open</t>
   </si>
   <si>
     <t>ZAR</t>
   </si>
   <si>
     <t>2020-08-06T11:00:00Z</t>
   </si>
   <si>
     <t xml:space="preserve"> - </t>
   </si>
   <si>
     <t>id-1.0</t>
   </si>
   <si>
-    <t>ocds-9t57fa-100687-2020-07-24T00:00:00Z</t>
+    <t>ocds-9t57fa-100640-2020-07-16T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-100640</t>
+  </si>
+  <si>
+    <t>DARD14/20A</t>
+  </si>
+  <si>
+    <t>Decommissioning of existing system, supply installation and operation and maintanance of cctv cameras and access control</t>
+  </si>
+  <si>
+    <t>id-2.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-102049-2020-02-28T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2020-02-28T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-102049</t>
+  </si>
+  <si>
+    <t>Kwazulu Natal - Education</t>
+  </si>
+  <si>
+    <t>ZNB 0031E/2019/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">APPOINTMENT OF A PENEL OF TRAINING SERVICE PROVIDERS FOR THE PROVISION OF TRAINING OF SUBJECTS ADVISORS OF CPNTENT SUBJECTS, {OTHER THAN MATHEMATICS, PHYSICAL SCIENCE ANDTECHNOLOGY (MST) SUBJECTS} ON INFORMATION AND COMMUNICATIONS TECHNOLOGY (ICT) INTERGRATION WITH CURRICULUM FOR A PERIOD OF THIRTY-SIX (36) MONTHS FOR THE KWAZULU NATAL DEPARTMENT OF EDUCATION </t>
+  </si>
+  <si>
+    <t>2020-03-20T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-3.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-108207-2020-10-23T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2020-10-23T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-108207</t>
+  </si>
+  <si>
+    <t>DARD30/20A</t>
+  </si>
+  <si>
+    <t>Appointment of service providers to supply, deliver and offload food security intervention items to various districts</t>
+  </si>
+  <si>
+    <t>2020-11-17T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-4.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-116998-2020-03-17T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2020-03-17T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-116998</t>
+  </si>
+  <si>
+    <t>Kwazulu Natal - Economic Development, Tourism and Environ Affairs</t>
+  </si>
+  <si>
+    <t>TRANSV - 2020031702</t>
+  </si>
+  <si>
+    <t>Transversal contract</t>
+  </si>
+  <si>
+    <t>consultingServices</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VODACOM SMARTGOV </t>
+  </si>
+  <si>
+    <t>2020-03-19T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-5.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-127789-2020-01-05T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2020-01-05T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-127789</t>
+  </si>
+  <si>
+    <t>Stellenbosch Municipality</t>
+  </si>
+  <si>
+    <t>DSM 01/26</t>
+  </si>
+  <si>
+    <t>Deviation</t>
+  </si>
+  <si>
+    <t>Deviation: Relocation of remaining households from Langrug Dam to Erf No 3229, Mooiwater</t>
+  </si>
+  <si>
+    <t>direct</t>
+  </si>
+  <si>
+    <t>2025-07-15T14:00:00Z</t>
+  </si>
+  <si>
+    <t>id-6.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-128533-2020-01-13T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2020-01-13T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-128533</t>
+  </si>
+  <si>
+    <t>Transnet SOC Ltd</t>
+  </si>
+  <si>
+    <t>HOACMN-NPG-49365</t>
+  </si>
+  <si>
+    <t>Request for Proposal</t>
+  </si>
+  <si>
+    <t>goods</t>
+  </si>
+  <si>
+    <t>FOR THE SUPPLY AND DELIVERY OF HOT AND FRESH MEALS TO TRANSNET RAIL INFRASTRUCTURE MANAGER (TRIM) RAIL NETWORK FOR AFTER-HOUR CALLOUTS DUE TO RAIL RELATED INCIDENTS ON AN “AS AND WHEN” REQUIRED BASIS AT NELSPRUIT FOR A PERIOD OF 36 MONTHS</t>
+  </si>
+  <si>
+    <t>2025-08-06T10:00:00Z</t>
+  </si>
+  <si>
+    <t>id-7.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-32128-2020-07-24T00:00:00Z</t>
   </si>
   <si>
     <t>2020-07-24T00:00:00Z</t>
   </si>
   <si>
-    <t>ocds-9t57fa-100687</t>
-[...155 lines deleted...]
-    <t>2025-08-06T10:00:00Z</t>
+    <t>ocds-9t57fa-32128</t>
+  </si>
+  <si>
+    <t>Justice &amp; Constitutional Development</t>
+  </si>
+  <si>
+    <t>RFB 2020 04</t>
+  </si>
+  <si>
+    <t>PROVISION OF REGIONAL SUPPORT SERVICES FOR THE DEPARTMENT OF JUSTICE AND CONSTITUTIONAL DEVELOPMENT</t>
+  </si>
+  <si>
+    <t>2021-04-01T11:00:00Z</t>
   </si>
   <si>
     <t>id-8.0</t>
   </si>
   <si>
+    <t>ocds-9t57fa-41437-2020-02-14T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2020-02-14T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-41437</t>
+  </si>
+  <si>
+    <t>Limpopo - Agriculture</t>
+  </si>
+  <si>
+    <t>ACDP 19/12-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Supply, delivery and offloading of fertilizers for Limpopo Department of Agriculrute and Rural Development period (3) three years_x000D_
+</t>
+  </si>
+  <si>
+    <t>2021-04-30T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-9.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-130440-2020-12-01T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2020-12-01T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-130440</t>
+  </si>
+  <si>
+    <t>Overstrand Municipality</t>
+  </si>
+  <si>
+    <t>SC2214A/2021</t>
+  </si>
+  <si>
+    <t>TRANSVERSAL TERM CONTRACT RT46-2020: APPOINTMENT OF CONTRACTORS FOR THE PROVISION OF VEHICLE FLEET MANAGEMENT SERVICES TO THE STATE FOR A PERIOD OF FIVE YEARS - 1 APRIL 2021 TO 31 MARCH 2026</t>
+  </si>
+  <si>
+    <t>2021-01-01T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-10.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-1789-2020-11-20T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2020-11-20T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-1789</t>
+  </si>
+  <si>
+    <t>Private Security Industry Regulatory Authority</t>
+  </si>
+  <si>
+    <t>PSiRA/2020/RFB/15</t>
+  </si>
+  <si>
+    <t>Request for Information</t>
+  </si>
+  <si>
+    <t>PROVISION OF ASSET IN TRANSIT SERVICES FOR A PERIOD OF 36 MONTHS</t>
+  </si>
+  <si>
+    <t>2021-01-20T00:00:00Z</t>
+  </si>
+  <si>
+    <t>id-11.0</t>
+  </si>
+  <si>
     <t>ocds-9t57fa-1673-2020-11-16T00:00:00Z</t>
   </si>
   <si>
     <t>2020-11-16T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-1673</t>
   </si>
   <si>
     <t>BSM 29/21</t>
   </si>
   <si>
     <t>Request for Quotation</t>
   </si>
   <si>
     <t>Supply, delivery and off-loading of SABS approved personal protective equipment until 30 June 2022</t>
   </si>
   <si>
     <t>2021-02-11T00:00:00Z</t>
   </si>
   <si>
-    <t>id-9.0</t>
-[...50 lines deleted...]
-    <t>id-10.1</t>
+    <t>id-12.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-1947-2020-07-16T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-1947</t>
+  </si>
+  <si>
+    <t>Gauteng - Gauteng Gambling Board</t>
+  </si>
+  <si>
+    <t>GGB/RFP/012020</t>
+  </si>
+  <si>
+    <t>CANCELLATION OF BID: APPOINTMENT OF SERVICE PROVIDER TO RENDER INTERAL AUDIT SERVICES TO GAUTENG GAMBLING BOARD</t>
+  </si>
+  <si>
+    <t>2021-02-11T12:00:00Z</t>
+  </si>
+  <si>
+    <t>id-13.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-45037-2020-10-09T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2020-10-09T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-45037</t>
+  </si>
+  <si>
+    <t>ACDP 19/16</t>
+  </si>
+  <si>
+    <t>RENDERING OF CATERING SERVICES (LEASING OF KITCHEN AND TUCKSHOP) AT TOMPI SELEKA COLLEGE OF AGRICULTURE FOR A PERIOD OF 3 YEARS</t>
+  </si>
+  <si>
+    <t>id-14.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-44996-2020-08-21T00:00:00Z</t>
   </si>
   <si>
     <t>2020-08-21T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-44996</t>
   </si>
   <si>
-    <t>Limpopo - Agriculture</t>
-[...1 lines deleted...]
-  <si>
     <t>ACDP 20/14</t>
   </si>
   <si>
     <t>THE RENEWAL OF SAS LATEST VERSION SOFTWARE LICENCE FOR 36 MONTHS</t>
   </si>
   <si>
-    <t>2021-04-01T11:00:00Z</t>
-[...68 lines deleted...]
-    <t>id-13.1</t>
+    <t>id-15.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-45252-2020-08-28T00:00:00Z</t>
   </si>
   <si>
     <t>2020-08-28T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-45252</t>
   </si>
   <si>
     <t>South African National Roads Agency Soc Limited (SANRAL)</t>
   </si>
   <si>
     <t>SANRAL N.011-020-2015/1 a</t>
   </si>
   <si>
     <t>works</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 FOR UPGRADING OF NATIONAL ROUTE 11 SECTION 2 FROM LADYSMITH SOUTH (km 0.00) TO ELANDSLAAGTE (km 28.00)_x000D_
 </t>
   </si>
   <si>
     <t>2023-01-24T11:00:00Z</t>
   </si>
   <si>
-    <t>id-14.0</t>
+    <t>id-16.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-1966-2020-10-02T00:00:00Z</t>
   </si>
   <si>
     <t>2020-10-02T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-1966</t>
   </si>
   <si>
     <t>R.061-070-2020/1</t>
   </si>
   <si>
     <t>FOR THE UPGRADING OF NATIONAL ROUTE R61SECTION 7 FROM BAZIYA (KM 12) TO MTHATHA AIRPORT (KM 39.39)</t>
   </si>
   <si>
-    <t>id-15.0</t>
+    <t>id-17.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-44329-2020-10-09T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-44329</t>
+  </si>
+  <si>
+    <t>South African Human Rights Commission</t>
+  </si>
+  <si>
+    <t>SAHRC 04-2020</t>
+  </si>
+  <si>
+    <t>The invitation to bid is intended to obtain leased office premises for the South African Human Rights Commission’s (Commission) Head Office and Gauteng Province as well as the Information Regulator (Regulator) South Africa office in the city of Johannesburg</t>
+  </si>
+  <si>
+    <t>id-18.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-44998-2020-10-09T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-44998</t>
+  </si>
+  <si>
+    <t>ACDP 19/15</t>
+  </si>
+  <si>
+    <t>CATERING AND LEASING OF TUCKSHOP SERVICES AT MADZIVHNDILA COLLEGE OF AGRICULTURE AT THE LIMPOPO DEPARTMENT OF AGRICULTURE AND RURAL DEVELOPMENT FOR THE PERIOD OF 3YRS</t>
+  </si>
+  <si>
+    <t>id-19.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-2091-2020-12-02T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2020-12-02T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-2091</t>
+  </si>
+  <si>
+    <t>Market Theatre Foundation</t>
+  </si>
+  <si>
+    <t>MTF 01/11/2020</t>
+  </si>
+  <si>
+    <t>Appointment of a service provider for provision of Professional Quantity Survey services for Barney Simon Theatre refurbishment   MTF 01/11/2020</t>
+  </si>
+  <si>
+    <t>2021-01-22T00:00:00Z</t>
+  </si>
+  <si>
+    <t>id-19.1</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-100687-2020-07-24T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-100687</t>
+  </si>
+  <si>
+    <t>DARD13 / 20 A</t>
+  </si>
+  <si>
+    <t>Provision of mechanization services</t>
+  </si>
+  <si>
+    <t>2020-08-13T11:00:00Z</t>
+  </si>
+  <si>
+    <t>id-20.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-2092-2020-12-02T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-2092</t>
   </si>
   <si>
     <t>MTF 02/11/2020</t>
   </si>
   <si>
     <t>Appointment of a service provider for provision of Professional Architectural services for Barney Simon Theatre refurbishment   MTF 02/11/2020</t>
   </si>
   <si>
-    <t>id-16.0</t>
-[...23 lines deleted...]
-    <t>id-17.0</t>
+    <t>id-21.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-2161-2020-11-23T00:00:00Z</t>
   </si>
   <si>
     <t>2020-11-23T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-2161</t>
   </si>
   <si>
     <t>Passenger Rail Agency of South Africa</t>
   </si>
   <si>
     <t>20/2020/CTN/INFRA</t>
   </si>
   <si>
     <t>REMOVE OLD EQUIPMENT, SUPPLY, DELIVER AND INSTALL TRACTION TRANSFORMER,
 WAVE FILTER EQUIPMENT AND RECTIFIER AT FALSE BAY SUBSTATION</t>
   </si>
   <si>
     <t>2021-04-30T00:00:00Z</t>
   </si>
   <si>
-    <t>id-17.1</t>
-[...14 lines deleted...]
-    <t>id-18.0</t>
+    <t>id-22.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-2462-2020-12-29T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2020-12-29T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-2462</t>
+  </si>
+  <si>
+    <t>PetroSA</t>
+  </si>
+  <si>
+    <t>AHT24388</t>
+  </si>
+  <si>
+    <t>DELL/EMC NETWORKER MAINTENANCE AND SUPPORT</t>
+  </si>
+  <si>
+    <t>2021-01-21T00:00:00Z</t>
+  </si>
+  <si>
+    <t>id-23.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-30544-2020-02-14T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-30544</t>
+  </si>
+  <si>
+    <t>RFB 2019 12</t>
+  </si>
+  <si>
+    <t>The appointment of a Service Provider for the Supply, Delivery and Installation of 283 PABX System inclusive of 5 year Warranty and 3 years Maintenance and Support for the DOJ&amp;CD</t>
+  </si>
+  <si>
+    <t>id-24.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-2556-2020-11-23T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-2556</t>
   </si>
   <si>
     <t>16/2020/CTN/INFRA</t>
   </si>
   <si>
     <t xml:space="preserve">MANUAL SCREENING OF LEVEL CROSSING AT VARIOUS LOCATIONS WITHIN CAPE
 METRORAIL REGION
 </t>
   </si>
   <si>
     <t>2021-05-06T00:00:00Z</t>
   </si>
   <si>
-    <t>id-19.0</t>
+    <t>id-25.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-30559-2020-02-14T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-30559</t>
+  </si>
+  <si>
+    <t>APPOINTMENT OF A SERVICE PROVIDER FOR THE SUPPLY, DELIVERY AND INSTALLATION OF 283 PABX SYSTEM INCLUSIVE OF 5 YEARS WARRANTY AND 3 YEARS MAINTENANCE AND SUPPORT FOR DOJ&amp;CD</t>
+  </si>
+  <si>
+    <t>id-26.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-272-2020-02-04T00:00:00Z</t>
   </si>
   <si>
     <t>2020-02-04T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-272</t>
   </si>
   <si>
     <t>ESKOM</t>
   </si>
   <si>
     <t>PSCED0262</t>
   </si>
   <si>
     <t>Design, Manufacture, Supply, Delivery, Installation, Commissioning and Testing of Apollo Substation two 275kV 150MVAr Shunt Capacitor Banks</t>
   </si>
   <si>
     <t>2020-03-09T00:00:00Z</t>
   </si>
   <si>
-    <t>id-19.1</t>
-[...35 lines deleted...]
-    <t>id-21.0</t>
+    <t>id-27.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-31298-2020-02-14T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-31298</t>
   </si>
   <si>
     <t>Appointment of a Service Provider for the Supply , delivery and installation of the 283 PABX systems inclusive of 5 year warranty and three (3) year maintenance and support</t>
   </si>
   <si>
-    <t>id-22.0</t>
-[...11 lines deleted...]
-    <t>id-23.0</t>
+    <t>id-28.0</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-32088-2020-02-14T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-32088</t>
+  </si>
+  <si>
+    <t>RFB 20198 13</t>
+  </si>
+  <si>
+    <t>Appointment of an accredited Service Provider for the implementation of a SAP based guardians fund management solution including maintenance and support of the entire DOJ&amp;CD SAP environment for three years</t>
+  </si>
+  <si>
+    <t>id-29.0</t>
   </si>
   <si>
     <t>ocds-9t57fa-31495-2020-09-23T00:00:00Z</t>
   </si>
   <si>
     <t>2020-09-23T00:00:00Z</t>
   </si>
   <si>
     <t>ocds-9t57fa-31495</t>
   </si>
   <si>
     <t>RFQ 2020 27</t>
   </si>
   <si>
     <t xml:space="preserve">Appointment of service provider (s) for the Rendering of guarding and Specialised Services at the DOJ&amp;CD, OCJ and NPA for a period of Twelve Months (12) Nationally (FS), (NC)_x000D_
 </t>
   </si>
   <si>
-    <t>id-24.0</t>
-[...47 lines deleted...]
-  <si>
     <t>id-31.0</t>
   </si>
   <si>
-    <t>ocds-9t57fa-102049-2020-02-28T00:00:00Z</t>
-[...17 lines deleted...]
-    <t>2020-03-20T11:00:00Z</t>
+    <t>ocds-9t57fa-112650-2020-07-10T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2020-07-10T00:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-9t57fa-112650</t>
+  </si>
+  <si>
+    <t>DARD09/20A</t>
+  </si>
+  <si>
+    <t>Appointment of a service provider to oversee the implementation of the Agri-hubs</t>
+  </si>
+  <si>
+    <t>2021-04-16T11:00:00Z</t>
   </si>
   <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>format</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
     <t>dateModified</t>
   </si>
   <si>
     <t>documentType</t>
   </si>
   <si>
     <t>datePublished</t>
   </si>
@@ -855,1056 +855,1056 @@
   <si>
     <t>37e26dff-3e00-40f1-b521-e1865f65111f</t>
   </si>
   <si>
     <t>https://www.etenders.gov.za/home/Download?blobName=37e26dff-3e00-40f1-b521-e1865f65111f.pdf&amp;downloadedFileName=DARD%2014.2020_Biometrics.pdf</t>
   </si>
   <si>
     <t>DARD 14.2020_Biometrics.pdf</t>
   </si>
   <si>
     <t>pdf</t>
   </si>
   <si>
     <t>en</t>
   </si>
   <si>
     <t>2024-09-03T15:50:15Z</t>
   </si>
   <si>
     <t>basic</t>
   </si>
   <si>
     <t>id-1.0.tender.documents.0</t>
   </si>
   <si>
+    <t>7e43c71a-9172-405a-b98f-7ba36870dcde</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=7e43c71a-9172-405a-b98f-7ba36870dcde.pdf&amp;downloadedFileName=DARD%2014.2020_Biometrics.pdf</t>
+  </si>
+  <si>
+    <t>2024-09-03T15:58:32Z</t>
+  </si>
+  <si>
+    <t>id-2.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>59aaa05d-28fc-4db7-b0f4-65ba8b277f8f</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=59aaa05d-28fc-4db7-b0f4-65ba8b277f8f.pdf&amp;downloadedFileName=BID%20EVALUATION.pdf</t>
+  </si>
+  <si>
+    <t>BID EVALUATION.pdf</t>
+  </si>
+  <si>
+    <t>2024-09-16T12:19:55Z</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>a1d38c60-90e9-40b1-b9d8-cc918400c3bc</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=a1d38c60-90e9-40b1-b9d8-cc918400c3bc.pdf&amp;downloadedFileName=DARD30.20A.pdf</t>
+  </si>
+  <si>
+    <t>DARD30.20A.pdf</t>
+  </si>
+  <si>
+    <t>2024-11-14T12:09:06Z</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>9f83a626-7bf4-435e-ae20-d28c057f584b</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=9f83a626-7bf4-435e-ae20-d28c057f584b.pdf&amp;downloadedFileName=Vodacom%20Purchase%20order.pdf</t>
+  </si>
+  <si>
+    <t>Vodacom Purchase order.pdf</t>
+  </si>
+  <si>
+    <t>2025-03-08T15:56:44Z</t>
+  </si>
+  <si>
+    <t>id-5.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>c7475ad1-3b44-4c40-8787-b7c410189653</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=c7475ad1-3b44-4c40-8787-b7c410189653.pdf&amp;downloadedFileName=Approved%20Deviation%20DSM%201%2026.pdf</t>
+  </si>
+  <si>
+    <t>Approved Deviation DSM 1 26.pdf</t>
+  </si>
+  <si>
+    <t>2025-07-15T13:59:49Z</t>
+  </si>
+  <si>
+    <t>id-6.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>f5b850c0-938e-4eb4-954a-68497b7c095c</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=f5b850c0-938e-4eb4-954a-68497b7c095c.pdf&amp;downloadedFileName=Transnet%20General%20Bid%20Conditions.pdf</t>
+  </si>
+  <si>
+    <t>Transnet General Bid Conditions.pdf</t>
+  </si>
+  <si>
+    <t>2025-07-23T10:59:28Z</t>
+  </si>
+  <si>
+    <t>id-7.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>81e665ae-13fb-477d-aab2-4c63c455d562</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=81e665ae-13fb-477d-aab2-4c63c455d562.pdf&amp;downloadedFileName=Updated%20Cover%20Page%20with%20the%20Correct%20Issued%20Date.pdf</t>
+  </si>
+  <si>
+    <t>Updated Cover Page with the Correct Issued Date.pdf</t>
+  </si>
+  <si>
+    <t>2022-09-05T12:06:44Z</t>
+  </si>
+  <si>
+    <t>id-8.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>11dcaef2-7111-425b-bfd7-6db78377ac12</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=11dcaef2-7111-425b-bfd7-6db78377ac12.pdf&amp;downloadedFileName=TENDER%20BULLEN.pdf</t>
+  </si>
+  <si>
+    <t>TENDER BULLEN.pdf</t>
+  </si>
+  <si>
+    <t>2022-11-22T09:19:14Z</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>e3c16b14-714f-4aa6-a551-7eb62e522bf9</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=e3c16b14-714f-4aa6-a551-7eb62e522bf9.docx&amp;downloadedFileName=Blank%20Deviation.docx</t>
+  </si>
+  <si>
+    <t>Blank Deviation.docx</t>
+  </si>
+  <si>
+    <t>docx</t>
+  </si>
+  <si>
+    <t>2025-08-12T12:40:07Z</t>
+  </si>
+  <si>
+    <t>id-11.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>a1afb0ba-c6ca-41ad-82b5-a585fcd1c1df</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=a1afb0ba-c6ca-41ad-82b5-a585fcd1c1df.pdf&amp;downloadedFileName=Publication%20of%20Award%20Form%20Bandakhanya%20.pdf</t>
+  </si>
+  <si>
+    <t>Publication of Award Form Bandakhanya .pdf</t>
+  </si>
+  <si>
+    <t>2021-05-28T14:50:55Z</t>
+  </si>
+  <si>
+    <t>id-12.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>ec7d01d7-4e30-4c11-b865-870f4cedbada</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=ec7d01d7-4e30-4c11-b865-870f4cedbada.docx&amp;downloadedFileName=Tender%20Cancellation%20Form%20Gambling%20Board.docx</t>
+  </si>
+  <si>
+    <t>Tender Cancellation Form Gambling Board.docx</t>
+  </si>
+  <si>
+    <t>2021-06-04T08:39:05Z</t>
+  </si>
+  <si>
+    <t>id-13.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>790e0215-414b-491b-9b57-58cadb40ca34</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=790e0215-414b-491b-9b57-58cadb40ca34.pdf&amp;downloadedFileName=WAMA%20TENDER%20BULLETIN.pdf</t>
+  </si>
+  <si>
+    <t>WAMA TENDER BULLETIN.pdf</t>
+  </si>
+  <si>
+    <t>2023-01-20T10:34:29Z</t>
+  </si>
+  <si>
+    <t>id-14.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>52e9c375-f439-4377-946c-49e3bba6d368</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=52e9c375-f439-4377-946c-49e3bba6d368.pdf&amp;downloadedFileName=INVITATION%20TO%20BID%2020%2014.pdf</t>
+  </si>
+  <si>
+    <t>INVITATION TO BID 20 14.pdf</t>
+  </si>
+  <si>
+    <t>2023-01-19T09:40:10Z</t>
+  </si>
+  <si>
+    <t>id-15.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>686d13b3-d4e4-4cd0-89bc-b9be606b2ce8</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=686d13b3-d4e4-4cd0-89bc-b9be606b2ce8.pdf&amp;downloadedFileName=1.%20Tender%20Document%20SANRAL%20N.011-020-2015_1.pdf</t>
+  </si>
+  <si>
+    <t>1. Tender Document SANRAL N.011-020-2015_1.pdf</t>
+  </si>
+  <si>
+    <t>2023-01-26T13:58:56Z</t>
+  </si>
+  <si>
+    <t>id-16.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>64f83ad0-1e92-4022-9e96-8cd79d85e5b0</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=64f83ad0-1e92-4022-9e96-8cd79d85e5b0.docx&amp;downloadedFileName=Publication%20of%20Award%20Form.docx</t>
+  </si>
+  <si>
+    <t>Publication of Award Form.docx</t>
+  </si>
+  <si>
+    <t>2021-06-04T11:51:07Z</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>703bffc4-08ae-4aca-a6c2-8b044cd5f033</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=703bffc4-08ae-4aca-a6c2-8b044cd5f033.pdf&amp;downloadedFileName=Terms%20of%20reference%20signed.pdf</t>
+  </si>
+  <si>
+    <t>Terms of reference signed.pdf</t>
+  </si>
+  <si>
+    <t>2023-01-12T11:22:54Z</t>
+  </si>
+  <si>
+    <t>id-18.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>e3aa923c-f641-4fcc-8b90-95ed61829d3a</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=e3aa923c-f641-4fcc-8b90-95ed61829d3a.pdf&amp;downloadedFileName=TENDER%20BULLETIN%20ACDP%2019%2015.pdf</t>
+  </si>
+  <si>
+    <t>TENDER BULLETIN ACDP 19 15.pdf</t>
+  </si>
+  <si>
+    <t>2023-01-19T10:25:44Z</t>
+  </si>
+  <si>
+    <t>id-19.1.tender.documents.0</t>
+  </si>
+  <si>
     <t>cf4eb577-d038-4b1e-b77d-5a96d376c31a</t>
   </si>
   <si>
     <t>https://www.etenders.gov.za/home/Download?blobName=cf4eb577-d038-4b1e-b77d-5a96d376c31a.pdf&amp;downloadedFileName=DARD%2013.2020_Mechanization.pdf</t>
   </si>
   <si>
     <t>DARD 13.2020_Mechanization.pdf</t>
   </si>
   <si>
     <t>2024-09-04T08:57:35Z</t>
   </si>
   <si>
-    <t>id-2.0.tender.documents.0</t>
-[...41 lines deleted...]
-    <t>id-5.0.tender.documents.0</t>
+    <t>id-22.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>11bc1bcf-e5e8-4ea1-a755-86adfd922cd8</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=11bc1bcf-e5e8-4ea1-a755-86adfd922cd8.pdf&amp;downloadedFileName=Publication%20of%20Award%20Form%20-%20AHT24388%20%281%29.pdf</t>
+  </si>
+  <si>
+    <t>Publication of Award Form - AHT24388 (1).pdf</t>
+  </si>
+  <si>
+    <t>2021-06-15T15:50:46Z</t>
+  </si>
+  <si>
+    <t>id-23.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>d6b9c217-3eb9-46e1-9e24-c366015014e3</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=d6b9c217-3eb9-46e1-9e24-c366015014e3.pdf&amp;downloadedFileName=283%20PABX%20System%20approved%20tender%20document.pdf</t>
+  </si>
+  <si>
+    <t>283 PABX System approved tender document.pdf</t>
+  </si>
+  <si>
+    <t>2022-08-24T08:42:49Z</t>
+  </si>
+  <si>
+    <t>id-24.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>1b4ebf8f-ce24-40b9-a4f9-7ecb66cb3a3a</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=1b4ebf8f-ce24-40b9-a4f9-7ecb66cb3a3a.pdf&amp;downloadedFileName=Publication%20of%20Award%20-%20Tender%2016.2020.CTN.INFRA.pdf</t>
+  </si>
+  <si>
+    <t>Publication of Award - Tender 16.2020.CTN.INFRA.pdf</t>
+  </si>
+  <si>
+    <t>2021-06-21T09:03:05Z</t>
+  </si>
+  <si>
+    <t>id-25.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>8425453c-885e-41a7-a8c7-c6a8f70c7125</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=8425453c-885e-41a7-a8c7-c6a8f70c7125.pdf&amp;downloadedFileName=283%20PABX%20System%20approved%20tender%20document.pdf</t>
+  </si>
+  <si>
+    <t>2022-08-24T09:29:11Z</t>
+  </si>
+  <si>
+    <t>id-27.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>f42b1719-2f03-4b9d-871a-1a449480a5c9</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=f42b1719-2f03-4b9d-871a-1a449480a5c9.pdf&amp;downloadedFileName=283%20PABX%20System%20approved%20tender%20document.pdf</t>
+  </si>
+  <si>
+    <t>2022-08-30T08:19:03Z</t>
+  </si>
+  <si>
+    <t>id-28.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>4e8d7cf7-eea3-4afd-866a-6b4426424c7e</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=4e8d7cf7-eea3-4afd-866a-6b4426424c7e.pdf&amp;downloadedFileName=SAP%20Tender%20Document.pdf</t>
+  </si>
+  <si>
+    <t>SAP Tender Document.pdf</t>
+  </si>
+  <si>
+    <t>2022-09-05T09:25:02Z</t>
+  </si>
+  <si>
+    <t>id-29.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>0cb30adb-b508-4595-bdc4-2436fbe7e784</t>
+  </si>
+  <si>
+    <t>https://www.etenders.gov.za/home/Download?blobName=0cb30adb-b508-4595-bdc4-2436fbe7e784.pdf&amp;downloadedFileName=Approved%20terms%20of%20Reference%20RFQ%202020%2027.pdf</t>
+  </si>
+  <si>
+    <t>Approved terms of Reference RFQ 2020 27.pdf</t>
+  </si>
+  <si>
+    <t>2022-08-31T09:49:22Z</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.documents.0</t>
   </si>
   <si>
     <t>a4e6689f-3fba-447b-b2f5-0f41add027b3</t>
   </si>
   <si>
     <t>https://www.etenders.gov.za/home/Download?blobName=a4e6689f-3fba-447b-b2f5-0f41add027b3.pdf&amp;downloadedFileName=DARD09.20A.pdf</t>
   </si>
   <si>
     <t>DARD09.20A.pdf</t>
   </si>
   <si>
     <t>2025-01-24T12:43:35Z</t>
   </si>
   <si>
-    <t>id-6.0.tender.documents.0</t>
-[...310 lines deleted...]
-  <si>
     <t>status</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>id-1.0.awards.0</t>
   </si>
   <si>
+    <t xml:space="preserve"> (EZINGENI SECURITY AND CLEANING)</t>
+  </si>
+  <si>
+    <t>EME</t>
+  </si>
+  <si>
+    <t>active</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0</t>
+  </si>
+  <si>
+    <t>SISE MZANSI TRADING ENTERPRISE</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> VODACOM</t>
+  </si>
+  <si>
+    <t>id-5.0.awards.0</t>
+  </si>
+  <si>
+    <t>SECURITY CONSORTIUM SA</t>
+  </si>
+  <si>
+    <t>id-8.0.awards.0</t>
+  </si>
+  <si>
+    <t>SIZA KANCANE TRADING ENTERPRISE 113</t>
+  </si>
+  <si>
+    <t>id-9.0.awards.0</t>
+  </si>
+  <si>
+    <t>FIRSTRAND BANK</t>
+  </si>
+  <si>
+    <t>GEN</t>
+  </si>
+  <si>
+    <t>id-13.0.awards.0</t>
+  </si>
+  <si>
+    <t>WAMA BUSINESS ENTERPRISE</t>
+  </si>
+  <si>
+    <t>id-14.0.awards.0</t>
+  </si>
+  <si>
+    <t>ALTRON TMT</t>
+  </si>
+  <si>
+    <t>id-17.0.awards.0</t>
+  </si>
+  <si>
+    <t>MUTODO PROPERTIES</t>
+  </si>
+  <si>
+    <t>id-18.0.awards.0</t>
+  </si>
+  <si>
+    <t>MULIPFI TRADING AND PROJECTS</t>
+  </si>
+  <si>
+    <t>id-19.1.awards.0</t>
+  </si>
+  <si>
     <t>BZ FARMING</t>
   </si>
   <si>
-    <t>EME</t>
-[...23 lines deleted...]
-    <t>id-5.0.awards.0</t>
+    <t>id-27.0.awards.0</t>
+  </si>
+  <si>
+    <t>Brilliant Telecommunications</t>
+  </si>
+  <si>
+    <t>id-28.0.awards.0</t>
+  </si>
+  <si>
+    <t>Baraka Enterprise Consulting</t>
+  </si>
+  <si>
+    <t>id-29.0.awards.0</t>
+  </si>
+  <si>
+    <t>ZACK'S BUSINESS ENTERPRISES</t>
+  </si>
+  <si>
+    <t>QSE</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0</t>
   </si>
   <si>
     <t xml:space="preserve"> (AGRI EXPERTS JV)</t>
   </si>
   <si>
-    <t>id-6.0.awards.0</t>
-[...64 lines deleted...]
-  <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>id-1.0.awards.0.suppliers.0</t>
   </si>
   <si>
-    <t>id-2.0.awards.0.suppliers.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-3.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>id-4.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>id-5.0.awards.0.suppliers.0</t>
   </si>
   <si>
-    <t>id-6.0.awards.0.suppliers.0</t>
+    <t>id-8.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>id-9.0.awards.0.suppliers.0</t>
   </si>
   <si>
-    <t>id-10.1.awards.0.suppliers.0</t>
-[...5 lines deleted...]
-    <t>id-17.1.awards.0.suppliers.0</t>
+    <t>id-13.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-14.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-17.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-18.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>id-19.1.awards.0.suppliers.0</t>
   </si>
   <si>
-    <t>id-21.0.awards.0.suppliers.0</t>
-[...5 lines deleted...]
-    <t>id-24.0.awards.0.suppliers.0</t>
+    <t>id-27.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>id-28.0.awards.0.suppliers.0</t>
   </si>
   <si>
+    <t>id-29.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>identifier_legalName</t>
   </si>
   <si>
     <t>contactPoint_url</t>
   </si>
   <si>
     <t>contactPoint_name</t>
   </si>
   <si>
     <t>contactPoint_email</t>
   </si>
   <si>
     <t>contactPoint_faxNumber</t>
   </si>
   <si>
     <t>contactPoint_telephone</t>
   </si>
   <si>
     <t>id-1.0.parties.0</t>
   </si>
   <si>
     <t>supplier</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>https://kzndard.gov.za</t>
   </si>
   <si>
+    <t>Mbuyiselwa Chonco</t>
+  </si>
+  <si>
+    <t>Mbuyiselwa.chonco@kzndard.gov.za</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>033-343-8188</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.0</t>
+  </si>
+  <si>
+    <t>0333438188</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.0</t>
+  </si>
+  <si>
+    <t>https://kznded.gov.za</t>
+  </si>
+  <si>
+    <t>SIZWE DLAMINI</t>
+  </si>
+  <si>
+    <t>shangen@kznded.gov.za</t>
+  </si>
+  <si>
+    <t>033-264-2500</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.0</t>
+  </si>
+  <si>
+    <t>https://stellenbosch.gov.za</t>
+  </si>
+  <si>
+    <t>Johru Robyn</t>
+  </si>
+  <si>
+    <t>Ingrid.Thesen@stellenbosch.gov.za</t>
+  </si>
+  <si>
+    <t>021-808-8460</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.0</t>
+  </si>
+  <si>
+    <t>https://agric.limpopo.gov.za</t>
+  </si>
+  <si>
+    <t>SIBONGILE MERCY MDAKA</t>
+  </si>
+  <si>
+    <t>mudauv@agric.limpopo.gov.za</t>
+  </si>
+  <si>
+    <t>072-506-8627</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.0</t>
+  </si>
+  <si>
+    <t>https://overstrand.gov.za</t>
+  </si>
+  <si>
+    <t>Liezel S du Preez</t>
+  </si>
+  <si>
+    <t>ldupreez@overstrand.gov.za</t>
+  </si>
+  <si>
+    <t>0283138000</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.0</t>
+  </si>
+  <si>
+    <t>MANGAMBI DAKALO</t>
+  </si>
+  <si>
+    <t>072 089 0502</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.0</t>
+  </si>
+  <si>
+    <t>GERARD AUGUSTINE</t>
+  </si>
+  <si>
+    <t>083-6253250</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.0</t>
+  </si>
+  <si>
+    <t>https://sahrc.org.za</t>
+  </si>
+  <si>
+    <t>Tender office</t>
+  </si>
+  <si>
+    <t>ARassool@sahrc.org.za</t>
+  </si>
+  <si>
+    <t>011-877-3600</t>
+  </si>
+  <si>
+    <t>id-18.0.parties.0</t>
+  </si>
+  <si>
+    <t>MADUVHA M</t>
+  </si>
+  <si>
+    <t>082-070-8198</t>
+  </si>
+  <si>
+    <t>id-19.1.parties.0</t>
+  </si>
+  <si>
     <t>Muyiselwa Chonco</t>
   </si>
   <si>
-    <t>Mbuyiselwa.chonco@kzndard.gov.za</t>
-[...35 lines deleted...]
-    <t>id-5.0.parties.0</t>
+    <t>id-27.0.parties.0</t>
+  </si>
+  <si>
+    <t>https://justice.gov.za</t>
+  </si>
+  <si>
+    <t>Sydwell Baloyi</t>
+  </si>
+  <si>
+    <t>PSekgobela@justice.gov.za</t>
+  </si>
+  <si>
+    <t>079-520-6516</t>
+  </si>
+  <si>
+    <t>id-28.0.parties.0</t>
+  </si>
+  <si>
+    <t>Nasiera Royke</t>
+  </si>
+  <si>
+    <t>0113184104</t>
+  </si>
+  <si>
+    <t>id-29.0.parties.0</t>
+  </si>
+  <si>
+    <t>Senyameng Zacharia Sekgoka</t>
+  </si>
+  <si>
+    <t>BMolatedi@justice.gov.za</t>
+  </si>
+  <si>
+    <t>082 691 0734</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0</t>
   </si>
   <si>
     <t>Nozizwe Makaula</t>
   </si>
   <si>
     <t>033-355-9019</t>
   </si>
   <si>
-    <t>id-6.0.parties.0</t>
-[...121 lines deleted...]
-  <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>awardID</t>
   </si>
   <si>
     <t>period_endDate</t>
   </si>
   <si>
     <t>period_startDate</t>
   </si>
   <si>
     <t>period_maxExtentDate</t>
   </si>
   <si>
     <t>period_durationInDays</t>
   </si>
   <si>
     <t>id-1.0.contracts.0</t>
   </si>
   <si>
+    <t>DARD 14/20A</t>
+  </si>
+  <si>
+    <t>2025-01-22T13:20:49Z</t>
+  </si>
+  <si>
+    <t>2025-11-22T00:00:00Z</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0</t>
+  </si>
+  <si>
+    <t>2023-01-23T08:22:53Z</t>
+  </si>
+  <si>
+    <t>2024-01-18T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2021-04-01T00:00:00Z</t>
+  </si>
+  <si>
+    <t>id-14.0.contracts.0</t>
+  </si>
+  <si>
+    <t>2023-01-19T09:57:33Z</t>
+  </si>
+  <si>
+    <t>2023-02-23T00:00:00Z</t>
+  </si>
+  <si>
+    <t>id-17.0.contracts.0</t>
+  </si>
+  <si>
+    <t>2023-01-12T11:32:22Z</t>
+  </si>
+  <si>
+    <t>terminated</t>
+  </si>
+  <si>
+    <t>2026-03-31T00:00:00Z</t>
+  </si>
+  <si>
+    <t>id-18.0.contracts.0</t>
+  </si>
+  <si>
+    <t>2023-01-19T10:54:48Z</t>
+  </si>
+  <si>
+    <t>2024-04-30T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2021-05-01T00:00:00Z</t>
+  </si>
+  <si>
+    <t>id-19.1.contracts.0</t>
+  </si>
+  <si>
     <t>2024-09-27T13:06:03Z</t>
   </si>
   <si>
     <t>2025-12-03T00:00:00Z</t>
   </si>
   <si>
-    <t>2021-04-01T00:00:00Z</t>
-[...14 lines deleted...]
-    <t>id-5.0.contracts.0</t>
+    <t>id-27.0.contracts.0</t>
+  </si>
+  <si>
+    <t>2022-10-07T13:00:27Z</t>
+  </si>
+  <si>
+    <t>2024-04-14T00:00:00Z</t>
+  </si>
+  <si>
+    <t>2021-04-15T00:00:00Z</t>
+  </si>
+  <si>
+    <t>id-28.0.contracts.0</t>
+  </si>
+  <si>
+    <t>RFB 2019 13</t>
+  </si>
+  <si>
+    <t>2023-11-08T14:25:04Z</t>
+  </si>
+  <si>
+    <t>2024-03-21T00:00:00Z</t>
+  </si>
+  <si>
+    <t>id-29.0.contracts.0</t>
+  </si>
+  <si>
+    <t>0123453496</t>
+  </si>
+  <si>
+    <t>2022-12-05T08:01:35Z</t>
+  </si>
+  <si>
+    <t>pending</t>
+  </si>
+  <si>
+    <t>2022-12-31T00:00:00Z</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0</t>
   </si>
   <si>
     <t>DARD 09/20A</t>
   </si>
   <si>
     <t>2025-01-24T14:50:49Z</t>
   </si>
   <si>
     <t>2025-10-25T00:00:00Z</t>
   </si>
   <si>
-    <t>id-10.1.contracts.0</t>
-[...79 lines deleted...]
-  <si>
     <t>_link_contracts</t>
   </si>
   <si>
     <t>id-1.0.contracts.0.documents.0</t>
   </si>
   <si>
+    <t>1a4b3d2e-87fc-4fc9-9434-95c7e561bcbe.pdf</t>
+  </si>
+  <si>
+    <t>Award Sinqobile Cluster 5.pdf</t>
+  </si>
+  <si>
+    <t>0001-01-01T00:00:00Z</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>9aed1a58-6e80-4a7b-a6e8-190229adcfc9.pdf</t>
+  </si>
+  <si>
+    <t>WAMA APPOINTMENT.pdf</t>
+  </si>
+  <si>
+    <t>id-14.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>b3551ca2-ab10-4053-9031-16df3f24d9aa.pdf</t>
+  </si>
+  <si>
+    <t>AWARD LETTER 20 14.pdf</t>
+  </si>
+  <si>
+    <t>id-17.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>050ab6eb-a957-4d42-8319-fee1ee7194c3.pdf</t>
+  </si>
+  <si>
+    <t>SAHRC 04-2020 Lease Agreement Motudo Properties.pdf</t>
+  </si>
+  <si>
+    <t>id-18.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>3f42302a-e375-4c7d-8ae5-0e9871de620d.pdf</t>
+  </si>
+  <si>
+    <t>AWARD LETTER ACDP 19 15.pdf</t>
+  </si>
+  <si>
+    <t>id-19.1.contracts.0.documents.0</t>
+  </si>
+  <si>
     <t>f480c29e-e2fe-4372-bc0a-5f85514adf6b.pdf</t>
   </si>
   <si>
     <t>BZ FARMING SLA.pdf</t>
   </si>
   <si>
-    <t>0001-01-01T00:00:00Z</t>
-[...11 lines deleted...]
-    <t>id-5.0.contracts.0.documents.0</t>
+    <t>id-27.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>5a751113-1a1c-4d1d-b350-19d43d57dfd6.pdf</t>
+  </si>
+  <si>
+    <t>RFB 2019 12 LOA.pdf</t>
+  </si>
+  <si>
+    <t>2025-06-18T15:21:55Z</t>
+  </si>
+  <si>
+    <t>id-28.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>f500aa05-6688-4d3b-93c6-d7bd083d64b5.pdf</t>
+  </si>
+  <si>
+    <t>Baraka documents LOA.pdf</t>
+  </si>
+  <si>
+    <t>id-29.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>c4ad63df-e52a-4882-9488-042035aa17d3.pdf</t>
+  </si>
+  <si>
+    <t>ZACKS FS.pdf</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.0</t>
   </si>
   <si>
     <t>295a3ea8-5e97-4a69-96bc-1d59fb2eec9d.pdf</t>
   </si>
   <si>
     <t>Signed SLA (002).pdf</t>
   </si>
   <si>
-    <t>id-10.1.contracts.0.documents.0</t>
-[...65 lines deleted...]
-    <t>id-6.0.tender.tenderers.0</t>
+    <t>id-2.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>AFFINITY EDUCATIONAL CONSULTANTS CC</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>MAAA0006299 - (VODACOM)</t>
   </si>
   <si>
     <t>id-12.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>vishan</t>
   </si>
   <si>
-    <t>id-24.0.tender.tenderers.0</t>
+    <t>id-28.0.tender.tenderers.0</t>
   </si>
   <si>
     <t>1.Accenture 2.Baraka IT Solutions 3.Tech Mahindra SA(Pty) Ltd 4.Klarib Business Solutions 5.Zimele Technologies</t>
-  </si>
-[...4 lines deleted...]
-    <t>AFFINITY EDUCATIONAL CONSULTANTS CC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -2370,2226 +2370,2226 @@
       </c>
       <c r="U2" t="s">
         <v>28</v>
       </c>
       <c r="V2">
         <v>306</v>
       </c>
       <c r="W2" t="s">
         <v>32</v>
       </c>
       <c r="Y2" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>41</v>
       </c>
       <c r="B3" t="s">
         <v>42</v>
       </c>
       <c r="C3" t="s">
         <v>27</v>
       </c>
       <c r="D3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E3" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="F3" t="s">
         <v>30</v>
       </c>
       <c r="G3" t="s">
         <v>31</v>
       </c>
       <c r="H3">
         <v>306</v>
       </c>
       <c r="I3" t="s">
         <v>32</v>
       </c>
       <c r="J3">
-        <v>100687</v>
+        <v>100640</v>
       </c>
       <c r="K3" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L3" t="s">
         <v>34</v>
       </c>
       <c r="N3" t="s">
         <v>35</v>
       </c>
       <c r="O3" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="P3" t="s">
         <v>35</v>
       </c>
       <c r="Q3" t="s">
         <v>37</v>
       </c>
       <c r="R3">
         <v>0</v>
       </c>
       <c r="S3" t="s">
         <v>38</v>
       </c>
       <c r="T3" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="U3" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="V3">
         <v>306</v>
       </c>
       <c r="W3" t="s">
         <v>32</v>
       </c>
       <c r="Y3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B4" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C4" t="s">
         <v>27</v>
       </c>
       <c r="D4" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="E4" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F4" t="s">
         <v>30</v>
       </c>
       <c r="G4" t="s">
         <v>31</v>
       </c>
       <c r="H4">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="I4" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="J4">
-        <v>100640</v>
+        <v>102049</v>
       </c>
       <c r="K4" t="s">
         <v>51</v>
       </c>
       <c r="L4" t="s">
         <v>34</v>
       </c>
       <c r="N4" t="s">
         <v>35</v>
       </c>
       <c r="O4" t="s">
         <v>52</v>
       </c>
       <c r="P4" t="s">
         <v>35</v>
       </c>
       <c r="Q4" t="s">
         <v>37</v>
       </c>
       <c r="R4">
         <v>0</v>
       </c>
       <c r="S4" t="s">
         <v>38</v>
       </c>
       <c r="T4" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="U4" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="V4">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="W4" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="Y4" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F5" t="s">
         <v>30</v>
       </c>
       <c r="G5" t="s">
         <v>31</v>
       </c>
       <c r="H5">
         <v>306</v>
       </c>
       <c r="I5" t="s">
         <v>32</v>
       </c>
       <c r="J5">
         <v>108207</v>
       </c>
       <c r="K5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L5" t="s">
         <v>34</v>
       </c>
       <c r="N5" t="s">
         <v>35</v>
       </c>
       <c r="O5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P5" t="s">
         <v>35</v>
       </c>
       <c r="Q5" t="s">
         <v>37</v>
       </c>
       <c r="R5">
         <v>0</v>
       </c>
       <c r="S5" t="s">
         <v>38</v>
       </c>
       <c r="T5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="U5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="V5">
         <v>306</v>
       </c>
       <c r="W5" t="s">
         <v>32</v>
       </c>
       <c r="Y5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s">
         <v>27</v>
       </c>
       <c r="D6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
       <c r="G6" t="s">
         <v>31</v>
       </c>
       <c r="H6">
-        <v>635</v>
+        <v>308</v>
       </c>
       <c r="I6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J6">
-        <v>127789</v>
+        <v>116998</v>
       </c>
       <c r="K6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="L6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="N6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="O6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="Q6" t="s">
-        <v>69</v>
+        <v>37</v>
       </c>
       <c r="R6">
         <v>0</v>
       </c>
       <c r="S6" t="s">
         <v>38</v>
       </c>
       <c r="T6" t="s">
         <v>70</v>
       </c>
       <c r="U6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="V6">
-        <v>635</v>
+        <v>308</v>
       </c>
       <c r="W6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="Y6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>71</v>
       </c>
       <c r="B7" t="s">
         <v>72</v>
       </c>
       <c r="C7" t="s">
         <v>27</v>
       </c>
       <c r="D7" t="s">
         <v>73</v>
       </c>
       <c r="E7" t="s">
         <v>74</v>
       </c>
       <c r="F7" t="s">
         <v>30</v>
       </c>
       <c r="G7" t="s">
         <v>31</v>
       </c>
       <c r="H7">
-        <v>306</v>
+        <v>635</v>
       </c>
       <c r="I7" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="J7">
-        <v>112650</v>
+        <v>127789</v>
       </c>
       <c r="K7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="L7" t="s">
-        <v>34</v>
+        <v>77</v>
       </c>
       <c r="N7" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="O7" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="Q7" t="s">
-        <v>37</v>
+        <v>79</v>
       </c>
       <c r="R7">
         <v>0</v>
       </c>
       <c r="S7" t="s">
         <v>38</v>
       </c>
       <c r="T7" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="U7" t="s">
         <v>73</v>
       </c>
       <c r="V7">
-        <v>306</v>
+        <v>635</v>
       </c>
       <c r="W7" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="Y7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B8" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="E8" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="F8" t="s">
         <v>30</v>
       </c>
       <c r="G8" t="s">
         <v>31</v>
       </c>
       <c r="H8">
-        <v>308</v>
+        <v>667</v>
       </c>
       <c r="I8" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="J8">
-        <v>116998</v>
+        <v>128533</v>
       </c>
       <c r="K8" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="L8" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="N8" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="O8" t="s">
-        <v>85</v>
+        <v>89</v>
+      </c>
+      <c r="P8" t="s">
+        <v>88</v>
       </c>
       <c r="Q8" t="s">
         <v>37</v>
       </c>
       <c r="R8">
         <v>0</v>
       </c>
       <c r="S8" t="s">
         <v>38</v>
       </c>
       <c r="T8" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="U8" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="V8">
-        <v>308</v>
+        <v>667</v>
       </c>
       <c r="W8" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="Y8" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="B9" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="E9" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
       <c r="G9" t="s">
         <v>31</v>
       </c>
       <c r="H9">
-        <v>667</v>
+        <v>281</v>
       </c>
       <c r="I9" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="J9">
-        <v>128533</v>
+        <v>32128</v>
       </c>
       <c r="K9" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="L9" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="N9" t="s">
-        <v>94</v>
+        <v>35</v>
       </c>
       <c r="O9" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="P9" t="s">
-        <v>94</v>
+        <v>35</v>
       </c>
       <c r="Q9" t="s">
         <v>37</v>
       </c>
       <c r="R9">
         <v>0</v>
       </c>
       <c r="S9" t="s">
         <v>38</v>
       </c>
       <c r="T9" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="U9" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="V9">
-        <v>667</v>
+        <v>281</v>
       </c>
       <c r="W9" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="Y9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B10" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="E10" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>31</v>
       </c>
       <c r="H10">
-        <v>635</v>
+        <v>345</v>
       </c>
       <c r="I10" t="s">
-        <v>64</v>
+        <v>103</v>
       </c>
       <c r="J10">
-        <v>1673</v>
+        <v>41437</v>
       </c>
       <c r="K10" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="L10" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="N10" t="s">
         <v>35</v>
       </c>
       <c r="O10" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="P10" t="s">
         <v>35</v>
       </c>
       <c r="Q10" t="s">
         <v>37</v>
       </c>
       <c r="R10">
         <v>0</v>
       </c>
       <c r="S10" t="s">
         <v>38</v>
       </c>
       <c r="T10" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="U10" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="V10">
-        <v>635</v>
+        <v>345</v>
       </c>
       <c r="W10" t="s">
-        <v>64</v>
+        <v>103</v>
       </c>
       <c r="Y10" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B11" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E11" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="F11" t="s">
         <v>30</v>
       </c>
       <c r="G11" t="s">
         <v>31</v>
       </c>
       <c r="H11">
         <v>531</v>
       </c>
       <c r="I11" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="J11">
         <v>130440</v>
       </c>
       <c r="K11" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>67</v>
       </c>
       <c r="N11" t="s">
         <v>35</v>
       </c>
       <c r="O11" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="P11" t="s">
         <v>35</v>
       </c>
       <c r="Q11" t="s">
         <v>37</v>
       </c>
       <c r="R11">
         <v>0</v>
       </c>
       <c r="S11" t="s">
         <v>38</v>
       </c>
       <c r="T11" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="U11" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="V11">
         <v>531</v>
       </c>
       <c r="W11" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="Y11" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B12" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C12" t="s">
         <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="E12" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="F12" t="s">
         <v>30</v>
       </c>
       <c r="G12" t="s">
         <v>31</v>
       </c>
       <c r="H12">
         <v>547</v>
       </c>
       <c r="I12" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="J12">
         <v>1789</v>
       </c>
       <c r="K12" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="L12" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="N12" t="s">
         <v>35</v>
       </c>
       <c r="O12" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="P12" t="s">
         <v>35</v>
       </c>
       <c r="Q12" t="s">
         <v>37</v>
       </c>
       <c r="R12">
         <v>0</v>
       </c>
       <c r="S12" t="s">
         <v>38</v>
       </c>
       <c r="T12" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="U12" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="V12">
         <v>547</v>
       </c>
       <c r="W12" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="Y12" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B13" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C13" t="s">
         <v>27</v>
       </c>
       <c r="D13" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E13" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F13" t="s">
         <v>30</v>
       </c>
       <c r="G13" t="s">
         <v>31</v>
       </c>
       <c r="H13">
-        <v>345</v>
+        <v>635</v>
       </c>
       <c r="I13" t="s">
-        <v>126</v>
+        <v>75</v>
       </c>
       <c r="J13">
-        <v>44996</v>
+        <v>1673</v>
       </c>
       <c r="K13" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="L13" t="s">
-        <v>66</v>
+        <v>129</v>
       </c>
       <c r="N13" t="s">
-        <v>67</v>
+        <v>35</v>
       </c>
       <c r="O13" t="s">
-        <v>128</v>
+        <v>130</v>
+      </c>
+      <c r="P13" t="s">
+        <v>35</v>
       </c>
       <c r="Q13" t="s">
-        <v>69</v>
+        <v>37</v>
       </c>
       <c r="R13">
         <v>0</v>
       </c>
       <c r="S13" t="s">
         <v>38</v>
       </c>
       <c r="T13" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="U13" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="V13">
-        <v>345</v>
+        <v>635</v>
       </c>
       <c r="W13" t="s">
-        <v>126</v>
+        <v>75</v>
       </c>
       <c r="Y13" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B14" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C14" t="s">
         <v>27</v>
       </c>
       <c r="D14" t="s">
-        <v>132</v>
+        <v>28</v>
       </c>
       <c r="E14" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F14" t="s">
         <v>30</v>
       </c>
       <c r="G14" t="s">
         <v>31</v>
       </c>
       <c r="H14">
-        <v>609</v>
+        <v>208</v>
       </c>
       <c r="I14" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="J14">
-        <v>44329</v>
+        <v>1947</v>
       </c>
       <c r="K14" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="L14" t="s">
-        <v>34</v>
+        <v>87</v>
       </c>
       <c r="N14" t="s">
         <v>35</v>
       </c>
       <c r="O14" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P14" t="s">
         <v>35</v>
       </c>
       <c r="Q14" t="s">
         <v>37</v>
       </c>
       <c r="R14">
         <v>0</v>
       </c>
       <c r="S14" t="s">
         <v>38</v>
       </c>
       <c r="T14" t="s">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="U14" t="s">
-        <v>132</v>
+        <v>28</v>
       </c>
       <c r="V14">
-        <v>609</v>
+        <v>208</v>
       </c>
       <c r="W14" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="Y14" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B15" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C15" t="s">
         <v>27</v>
       </c>
       <c r="D15" t="s">
-        <v>28</v>
+        <v>141</v>
       </c>
       <c r="E15" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="F15" t="s">
         <v>30</v>
       </c>
       <c r="G15" t="s">
         <v>31</v>
       </c>
       <c r="H15">
-        <v>208</v>
+        <v>345</v>
       </c>
       <c r="I15" t="s">
-        <v>140</v>
+        <v>103</v>
       </c>
       <c r="J15">
-        <v>1947</v>
+        <v>45037</v>
       </c>
       <c r="K15" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="L15" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="N15" t="s">
         <v>35</v>
       </c>
       <c r="O15" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="P15" t="s">
         <v>35</v>
       </c>
       <c r="Q15" t="s">
         <v>37</v>
       </c>
       <c r="R15">
         <v>0</v>
       </c>
       <c r="S15" t="s">
         <v>38</v>
       </c>
       <c r="T15" t="s">
-        <v>143</v>
+        <v>98</v>
       </c>
       <c r="U15" t="s">
-        <v>28</v>
+        <v>141</v>
       </c>
       <c r="V15">
-        <v>208</v>
+        <v>345</v>
       </c>
       <c r="W15" t="s">
-        <v>140</v>
+        <v>103</v>
       </c>
       <c r="Y15" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B16" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C16" t="s">
         <v>27</v>
       </c>
       <c r="D16" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E16" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F16" t="s">
         <v>30</v>
       </c>
       <c r="G16" t="s">
         <v>31</v>
       </c>
       <c r="H16">
-        <v>382</v>
+        <v>345</v>
       </c>
       <c r="I16" t="s">
-        <v>148</v>
+        <v>103</v>
       </c>
       <c r="J16">
-        <v>2091</v>
+        <v>44996</v>
       </c>
       <c r="K16" t="s">
         <v>149</v>
       </c>
       <c r="L16" t="s">
-        <v>102</v>
+        <v>77</v>
       </c>
       <c r="N16" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="O16" t="s">
         <v>150</v>
       </c>
-      <c r="P16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q16" t="s">
-        <v>37</v>
+        <v>79</v>
       </c>
       <c r="R16">
         <v>0</v>
       </c>
       <c r="S16" t="s">
         <v>38</v>
       </c>
       <c r="T16" t="s">
-        <v>151</v>
+        <v>98</v>
       </c>
       <c r="U16" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="V16">
-        <v>382</v>
+        <v>345</v>
       </c>
       <c r="W16" t="s">
-        <v>148</v>
+        <v>103</v>
       </c>
       <c r="Y16" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
+        <v>151</v>
+      </c>
+      <c r="B17" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="C17" t="s">
         <v>27</v>
       </c>
       <c r="D17" t="s">
+        <v>153</v>
+      </c>
+      <c r="E17" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F17" t="s">
         <v>30</v>
       </c>
       <c r="G17" t="s">
         <v>31</v>
       </c>
       <c r="H17">
         <v>618</v>
       </c>
       <c r="I17" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="J17">
         <v>45252</v>
       </c>
       <c r="K17" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="L17" t="s">
         <v>34</v>
       </c>
       <c r="N17" t="s">
+        <v>157</v>
+      </c>
+      <c r="O17" t="s">
         <v>158</v>
       </c>
-      <c r="O17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P17" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="Q17" t="s">
         <v>37</v>
       </c>
       <c r="R17">
         <v>0</v>
       </c>
       <c r="S17" t="s">
         <v>38</v>
       </c>
       <c r="T17" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="U17" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="V17">
         <v>618</v>
       </c>
       <c r="W17" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="Y17" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
+        <v>160</v>
+      </c>
+      <c r="B18" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="C18" t="s">
         <v>27</v>
       </c>
       <c r="D18" t="s">
+        <v>162</v>
+      </c>
+      <c r="E18" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="F18" t="s">
         <v>30</v>
       </c>
       <c r="G18" t="s">
         <v>31</v>
       </c>
       <c r="H18">
         <v>618</v>
       </c>
       <c r="I18" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="J18">
         <v>1966</v>
       </c>
       <c r="K18" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="L18" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="N18" t="s">
         <v>35</v>
       </c>
       <c r="O18" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="P18" t="s">
         <v>35</v>
       </c>
       <c r="Q18" t="s">
         <v>37</v>
       </c>
       <c r="R18">
         <v>0</v>
       </c>
       <c r="S18" t="s">
         <v>38</v>
       </c>
       <c r="T18" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="U18" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="V18">
         <v>618</v>
       </c>
       <c r="W18" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="Y18" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
+        <v>166</v>
+      </c>
+      <c r="B19" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="C19" t="s">
         <v>27</v>
       </c>
       <c r="D19" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="E19" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="F19" t="s">
         <v>30</v>
       </c>
       <c r="G19" t="s">
         <v>31</v>
       </c>
       <c r="H19">
-        <v>382</v>
+        <v>609</v>
       </c>
       <c r="I19" t="s">
-        <v>148</v>
+        <v>169</v>
       </c>
       <c r="J19">
-        <v>2092</v>
+        <v>44329</v>
       </c>
       <c r="K19" t="s">
         <v>170</v>
       </c>
       <c r="L19" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="N19" t="s">
         <v>35</v>
       </c>
       <c r="O19" t="s">
         <v>171</v>
       </c>
       <c r="P19" t="s">
         <v>35</v>
       </c>
       <c r="Q19" t="s">
         <v>37</v>
       </c>
       <c r="R19">
         <v>0</v>
       </c>
       <c r="S19" t="s">
         <v>38</v>
       </c>
       <c r="T19" t="s">
-        <v>151</v>
+        <v>98</v>
       </c>
       <c r="U19" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="V19">
-        <v>382</v>
+        <v>609</v>
       </c>
       <c r="W19" t="s">
-        <v>148</v>
+        <v>169</v>
       </c>
       <c r="Y19" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>172</v>
       </c>
       <c r="B20" t="s">
         <v>173</v>
       </c>
       <c r="C20" t="s">
         <v>27</v>
       </c>
       <c r="D20" t="s">
+        <v>141</v>
+      </c>
+      <c r="E20" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="F20" t="s">
         <v>30</v>
       </c>
       <c r="G20" t="s">
         <v>31</v>
       </c>
       <c r="H20">
-        <v>539</v>
+        <v>345</v>
       </c>
       <c r="I20" t="s">
-        <v>176</v>
+        <v>103</v>
       </c>
       <c r="J20">
-        <v>2462</v>
+        <v>44998</v>
       </c>
       <c r="K20" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="L20" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="N20" t="s">
         <v>35</v>
       </c>
       <c r="O20" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="P20" t="s">
         <v>35</v>
       </c>
       <c r="Q20" t="s">
         <v>37</v>
       </c>
       <c r="R20">
         <v>0</v>
       </c>
       <c r="S20" t="s">
         <v>38</v>
       </c>
       <c r="T20" t="s">
-        <v>179</v>
+        <v>98</v>
       </c>
       <c r="U20" t="s">
-        <v>174</v>
+        <v>141</v>
       </c>
       <c r="V20">
-        <v>539</v>
+        <v>345</v>
       </c>
       <c r="W20" t="s">
-        <v>176</v>
+        <v>103</v>
       </c>
       <c r="Y20" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B21" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C21" t="s">
         <v>27</v>
       </c>
       <c r="D21" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="E21" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F21" t="s">
         <v>30</v>
       </c>
       <c r="G21" t="s">
         <v>31</v>
       </c>
       <c r="H21">
-        <v>534</v>
+        <v>382</v>
       </c>
       <c r="I21" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="J21">
-        <v>2161</v>
+        <v>2091</v>
       </c>
       <c r="K21" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="L21" t="s">
-        <v>102</v>
+        <v>129</v>
       </c>
       <c r="N21" t="s">
         <v>35</v>
       </c>
       <c r="O21" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="P21" t="s">
         <v>35</v>
       </c>
       <c r="Q21" t="s">
         <v>37</v>
       </c>
       <c r="R21">
         <v>0</v>
       </c>
       <c r="S21" t="s">
         <v>38</v>
       </c>
       <c r="T21" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="U21" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="V21">
-        <v>534</v>
+        <v>382</v>
       </c>
       <c r="W21" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="Y21" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="B22" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="C22" t="s">
         <v>27</v>
       </c>
       <c r="D22" t="s">
-        <v>132</v>
+        <v>93</v>
       </c>
       <c r="E22" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F22" t="s">
         <v>30</v>
       </c>
       <c r="G22" t="s">
         <v>31</v>
       </c>
       <c r="H22">
-        <v>345</v>
+        <v>306</v>
       </c>
       <c r="I22" t="s">
-        <v>126</v>
+        <v>32</v>
       </c>
       <c r="J22">
-        <v>45037</v>
+        <v>100687</v>
       </c>
       <c r="K22" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="L22" t="s">
         <v>34</v>
       </c>
       <c r="N22" t="s">
         <v>35</v>
       </c>
       <c r="O22" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="P22" t="s">
         <v>35</v>
       </c>
       <c r="Q22" t="s">
         <v>37</v>
       </c>
       <c r="R22">
         <v>0</v>
       </c>
       <c r="S22" t="s">
         <v>38</v>
       </c>
       <c r="T22" t="s">
-        <v>129</v>
+        <v>190</v>
       </c>
       <c r="U22" t="s">
-        <v>132</v>
+        <v>93</v>
       </c>
       <c r="V22">
-        <v>345</v>
+        <v>306</v>
       </c>
       <c r="W22" t="s">
-        <v>126</v>
+        <v>32</v>
       </c>
       <c r="Y22" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="B23" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C23" t="s">
         <v>27</v>
       </c>
       <c r="D23" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="E23" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="F23" t="s">
         <v>30</v>
       </c>
       <c r="G23" t="s">
         <v>31</v>
       </c>
       <c r="H23">
-        <v>534</v>
+        <v>382</v>
       </c>
       <c r="I23" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="J23">
-        <v>2556</v>
+        <v>2092</v>
       </c>
       <c r="K23" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="L23" t="s">
-        <v>102</v>
+        <v>129</v>
       </c>
       <c r="N23" t="s">
         <v>35</v>
       </c>
       <c r="O23" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="P23" t="s">
         <v>35</v>
       </c>
       <c r="Q23" t="s">
         <v>37</v>
       </c>
       <c r="R23">
         <v>0</v>
       </c>
       <c r="S23" t="s">
         <v>38</v>
       </c>
       <c r="T23" t="s">
-        <v>198</v>
+        <v>184</v>
       </c>
       <c r="U23" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="V23">
-        <v>534</v>
+        <v>382</v>
       </c>
       <c r="W23" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="Y23" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B24" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C24" t="s">
         <v>27</v>
       </c>
       <c r="D24" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="E24" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="F24" t="s">
         <v>30</v>
       </c>
       <c r="G24" t="s">
         <v>31</v>
       </c>
       <c r="H24">
-        <v>167</v>
+        <v>534</v>
       </c>
       <c r="I24" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="J24">
-        <v>272</v>
+        <v>2161</v>
       </c>
       <c r="K24" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="L24" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="N24" t="s">
         <v>35</v>
       </c>
       <c r="O24" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="P24" t="s">
         <v>35</v>
       </c>
       <c r="Q24" t="s">
         <v>37</v>
       </c>
       <c r="R24">
         <v>0</v>
       </c>
       <c r="S24" t="s">
         <v>38</v>
       </c>
       <c r="T24" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="U24" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="V24">
-        <v>167</v>
+        <v>534</v>
       </c>
       <c r="W24" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="Y24" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="B25" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="C25" t="s">
         <v>27</v>
       </c>
       <c r="D25" t="s">
-        <v>132</v>
+        <v>206</v>
       </c>
       <c r="E25" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="F25" t="s">
         <v>30</v>
       </c>
       <c r="G25" t="s">
         <v>31</v>
       </c>
       <c r="H25">
-        <v>345</v>
+        <v>539</v>
       </c>
       <c r="I25" t="s">
-        <v>126</v>
+        <v>208</v>
       </c>
       <c r="J25">
-        <v>44998</v>
+        <v>2462</v>
       </c>
       <c r="K25" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="L25" t="s">
-        <v>34</v>
+        <v>87</v>
       </c>
       <c r="N25" t="s">
         <v>35</v>
       </c>
       <c r="O25" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="P25" t="s">
         <v>35</v>
       </c>
       <c r="Q25" t="s">
         <v>37</v>
       </c>
       <c r="R25">
         <v>0</v>
       </c>
       <c r="S25" t="s">
         <v>38</v>
       </c>
       <c r="T25" t="s">
-        <v>129</v>
+        <v>211</v>
       </c>
       <c r="U25" t="s">
-        <v>132</v>
+        <v>206</v>
       </c>
       <c r="V25">
-        <v>345</v>
+        <v>539</v>
       </c>
       <c r="W25" t="s">
-        <v>126</v>
+        <v>208</v>
       </c>
       <c r="Y25" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>212</v>
       </c>
       <c r="B26" t="s">
         <v>213</v>
       </c>
       <c r="C26" t="s">
         <v>27</v>
       </c>
       <c r="D26" t="s">
+        <v>101</v>
+      </c>
+      <c r="E26" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="F26" t="s">
         <v>30</v>
       </c>
       <c r="G26" t="s">
         <v>31</v>
       </c>
       <c r="H26">
         <v>281</v>
       </c>
       <c r="I26" t="s">
-        <v>216</v>
+        <v>95</v>
       </c>
       <c r="J26">
         <v>30544</v>
       </c>
       <c r="K26" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="L26" t="s">
         <v>34</v>
       </c>
       <c r="N26" t="s">
         <v>35</v>
       </c>
       <c r="O26" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="P26" t="s">
         <v>35</v>
       </c>
       <c r="Q26" t="s">
         <v>37</v>
       </c>
       <c r="R26">
         <v>0</v>
       </c>
       <c r="S26" t="s">
         <v>38</v>
       </c>
       <c r="T26" t="s">
-        <v>129</v>
+        <v>98</v>
       </c>
       <c r="U26" t="s">
-        <v>214</v>
+        <v>101</v>
       </c>
       <c r="V26">
         <v>281</v>
       </c>
       <c r="W26" t="s">
-        <v>216</v>
+        <v>95</v>
       </c>
       <c r="Y26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="B27" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C27" t="s">
         <v>27</v>
       </c>
       <c r="D27" t="s">
-        <v>214</v>
+        <v>198</v>
       </c>
       <c r="E27" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="F27" t="s">
         <v>30</v>
       </c>
       <c r="G27" t="s">
         <v>31</v>
       </c>
       <c r="H27">
-        <v>281</v>
+        <v>534</v>
       </c>
       <c r="I27" t="s">
-        <v>216</v>
+        <v>200</v>
       </c>
       <c r="J27">
-        <v>31298</v>
+        <v>2556</v>
       </c>
       <c r="K27" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="L27" t="s">
-        <v>93</v>
+        <v>129</v>
       </c>
       <c r="N27" t="s">
         <v>35</v>
       </c>
       <c r="O27" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="P27" t="s">
         <v>35</v>
       </c>
       <c r="Q27" t="s">
         <v>37</v>
       </c>
       <c r="R27">
         <v>0</v>
       </c>
       <c r="S27" t="s">
         <v>38</v>
       </c>
       <c r="T27" t="s">
-        <v>129</v>
+        <v>222</v>
       </c>
       <c r="U27" t="s">
-        <v>214</v>
+        <v>198</v>
       </c>
       <c r="V27">
-        <v>281</v>
+        <v>534</v>
       </c>
       <c r="W27" t="s">
-        <v>216</v>
+        <v>200</v>
       </c>
       <c r="Y27" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>223</v>
       </c>
       <c r="B28" t="s">
         <v>224</v>
       </c>
       <c r="C28" t="s">
         <v>27</v>
       </c>
       <c r="D28" t="s">
-        <v>214</v>
+        <v>101</v>
       </c>
       <c r="E28" t="s">
         <v>225</v>
       </c>
       <c r="F28" t="s">
         <v>30</v>
       </c>
       <c r="G28" t="s">
         <v>31</v>
       </c>
       <c r="H28">
         <v>281</v>
       </c>
       <c r="I28" t="s">
-        <v>216</v>
+        <v>95</v>
       </c>
       <c r="J28">
         <v>30559</v>
       </c>
       <c r="K28" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="L28" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="N28" t="s">
         <v>35</v>
       </c>
       <c r="O28" t="s">
         <v>226</v>
       </c>
       <c r="P28" t="s">
         <v>35</v>
       </c>
       <c r="Q28" t="s">
         <v>37</v>
       </c>
       <c r="R28">
         <v>0</v>
       </c>
       <c r="S28" t="s">
         <v>38</v>
       </c>
       <c r="T28" t="s">
-        <v>129</v>
+        <v>98</v>
       </c>
       <c r="U28" t="s">
-        <v>214</v>
+        <v>101</v>
       </c>
       <c r="V28">
         <v>281</v>
       </c>
       <c r="W28" t="s">
-        <v>216</v>
+        <v>95</v>
       </c>
       <c r="Y28" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>227</v>
       </c>
       <c r="B29" t="s">
         <v>228</v>
       </c>
       <c r="C29" t="s">
         <v>27</v>
       </c>
       <c r="D29" t="s">
         <v>229</v>
       </c>
       <c r="E29" t="s">
         <v>230</v>
       </c>
       <c r="F29" t="s">
         <v>30</v>
       </c>
       <c r="G29" t="s">
         <v>31</v>
       </c>
       <c r="H29">
-        <v>281</v>
+        <v>167</v>
       </c>
       <c r="I29" t="s">
-        <v>216</v>
+        <v>231</v>
       </c>
       <c r="J29">
-        <v>31495</v>
+        <v>272</v>
       </c>
       <c r="K29" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="L29" t="s">
-        <v>102</v>
+        <v>121</v>
       </c>
       <c r="N29" t="s">
         <v>35</v>
       </c>
       <c r="O29" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="P29" t="s">
         <v>35</v>
       </c>
       <c r="Q29" t="s">
         <v>37</v>
       </c>
       <c r="R29">
         <v>0</v>
       </c>
       <c r="S29" t="s">
         <v>38</v>
       </c>
       <c r="T29" t="s">
-        <v>129</v>
+        <v>234</v>
       </c>
       <c r="U29" t="s">
         <v>229</v>
       </c>
       <c r="V29">
-        <v>281</v>
+        <v>167</v>
       </c>
       <c r="W29" t="s">
-        <v>216</v>
+        <v>231</v>
       </c>
       <c r="Y29" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B30" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C30" t="s">
         <v>27</v>
       </c>
       <c r="D30" t="s">
-        <v>214</v>
+        <v>101</v>
       </c>
       <c r="E30" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="F30" t="s">
         <v>30</v>
       </c>
       <c r="G30" t="s">
         <v>31</v>
       </c>
       <c r="H30">
         <v>281</v>
       </c>
       <c r="I30" t="s">
-        <v>216</v>
+        <v>95</v>
       </c>
       <c r="J30">
-        <v>32088</v>
+        <v>31298</v>
       </c>
       <c r="K30" t="s">
-        <v>236</v>
+        <v>215</v>
       </c>
       <c r="L30" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="N30" t="s">
         <v>35</v>
       </c>
       <c r="O30" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P30" t="s">
         <v>35</v>
       </c>
       <c r="Q30" t="s">
         <v>37</v>
       </c>
       <c r="R30">
         <v>0</v>
       </c>
       <c r="S30" t="s">
         <v>38</v>
       </c>
       <c r="T30" t="s">
-        <v>129</v>
+        <v>98</v>
       </c>
       <c r="U30" t="s">
-        <v>214</v>
+        <v>101</v>
       </c>
       <c r="V30">
         <v>281</v>
       </c>
       <c r="W30" t="s">
-        <v>216</v>
+        <v>95</v>
       </c>
       <c r="Y30" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B31" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C31" t="s">
         <v>27</v>
       </c>
       <c r="D31" t="s">
-        <v>43</v>
+        <v>101</v>
       </c>
       <c r="E31" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F31" t="s">
         <v>30</v>
       </c>
       <c r="G31" t="s">
         <v>31</v>
       </c>
       <c r="H31">
         <v>281</v>
       </c>
       <c r="I31" t="s">
-        <v>216</v>
+        <v>95</v>
       </c>
       <c r="J31">
-        <v>32128</v>
+        <v>32088</v>
       </c>
       <c r="K31" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="L31" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="N31" t="s">
         <v>35</v>
       </c>
       <c r="O31" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="P31" t="s">
         <v>35</v>
       </c>
       <c r="Q31" t="s">
         <v>37</v>
       </c>
       <c r="R31">
         <v>0</v>
       </c>
       <c r="S31" t="s">
         <v>38</v>
       </c>
       <c r="T31" t="s">
-        <v>129</v>
+        <v>98</v>
       </c>
       <c r="U31" t="s">
-        <v>43</v>
+        <v>101</v>
       </c>
       <c r="V31">
         <v>281</v>
       </c>
       <c r="W31" t="s">
-        <v>216</v>
+        <v>95</v>
       </c>
       <c r="Y31" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B32" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C32" t="s">
         <v>27</v>
       </c>
       <c r="D32" t="s">
-        <v>214</v>
+        <v>246</v>
       </c>
       <c r="E32" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F32" t="s">
         <v>30</v>
       </c>
       <c r="G32" t="s">
         <v>31</v>
       </c>
       <c r="H32">
-        <v>345</v>
+        <v>281</v>
       </c>
       <c r="I32" t="s">
-        <v>126</v>
+        <v>95</v>
       </c>
       <c r="J32">
-        <v>41437</v>
+        <v>31495</v>
       </c>
       <c r="K32" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="L32" t="s">
-        <v>34</v>
+        <v>129</v>
       </c>
       <c r="N32" t="s">
         <v>35</v>
       </c>
       <c r="O32" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="P32" t="s">
         <v>35</v>
       </c>
       <c r="Q32" t="s">
         <v>37</v>
       </c>
       <c r="R32">
         <v>0</v>
       </c>
       <c r="S32" t="s">
         <v>38</v>
       </c>
       <c r="T32" t="s">
-        <v>248</v>
+        <v>98</v>
       </c>
       <c r="U32" t="s">
-        <v>214</v>
+        <v>246</v>
       </c>
       <c r="V32">
-        <v>345</v>
+        <v>281</v>
       </c>
       <c r="W32" t="s">
-        <v>126</v>
+        <v>95</v>
       </c>
       <c r="Y32" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B33" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C33" t="s">
         <v>27</v>
       </c>
       <c r="D33" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E33" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F33" t="s">
         <v>30</v>
       </c>
       <c r="G33" t="s">
         <v>31</v>
       </c>
       <c r="H33">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="I33" t="s">
-        <v>253</v>
+        <v>32</v>
       </c>
       <c r="J33">
-        <v>102049</v>
+        <v>112650</v>
       </c>
       <c r="K33" t="s">
         <v>254</v>
       </c>
       <c r="L33" t="s">
         <v>34</v>
       </c>
       <c r="N33" t="s">
         <v>35</v>
       </c>
       <c r="O33" t="s">
         <v>255</v>
       </c>
       <c r="P33" t="s">
         <v>35</v>
       </c>
       <c r="Q33" t="s">
         <v>37</v>
       </c>
       <c r="R33">
         <v>0</v>
       </c>
       <c r="S33" t="s">
         <v>38</v>
       </c>
       <c r="T33" t="s">
         <v>256</v>
       </c>
       <c r="U33" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="V33">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="W33" t="s">
-        <v>253</v>
+        <v>32</v>
       </c>
       <c r="Y33" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>257</v>
       </c>
@@ -4648,147 +4648,147 @@
       </c>
       <c r="I2" t="s">
         <v>271</v>
       </c>
       <c r="J2" t="s">
         <v>272</v>
       </c>
       <c r="K2" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>273</v>
       </c>
       <c r="B3" t="s">
         <v>41</v>
       </c>
       <c r="C3" t="s">
         <v>274</v>
       </c>
       <c r="D3" t="s">
         <v>275</v>
       </c>
       <c r="E3" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="F3" t="s">
         <v>269</v>
       </c>
       <c r="G3" t="s">
         <v>270</v>
       </c>
       <c r="H3" t="s">
+        <v>268</v>
+      </c>
+      <c r="I3" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="J3" t="s">
         <v>272</v>
       </c>
       <c r="K3" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>277</v>
+      </c>
+      <c r="B4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C4" t="s">
         <v>278</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>279</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="F4" t="s">
         <v>269</v>
       </c>
       <c r="G4" t="s">
         <v>270</v>
       </c>
       <c r="H4" t="s">
-        <v>268</v>
+        <v>280</v>
       </c>
       <c r="I4" t="s">
         <v>281</v>
       </c>
       <c r="J4" t="s">
         <v>272</v>
       </c>
       <c r="K4" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>282</v>
       </c>
       <c r="B5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C5" t="s">
         <v>283</v>
       </c>
       <c r="D5" t="s">
         <v>284</v>
       </c>
       <c r="E5" t="s">
         <v>285</v>
       </c>
       <c r="F5" t="s">
         <v>269</v>
       </c>
       <c r="G5" t="s">
         <v>270</v>
       </c>
       <c r="H5" t="s">
         <v>285</v>
       </c>
       <c r="I5" t="s">
         <v>286</v>
       </c>
       <c r="J5" t="s">
         <v>272</v>
       </c>
       <c r="K5" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>287</v>
       </c>
       <c r="B6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
         <v>288</v>
       </c>
       <c r="D6" t="s">
         <v>289</v>
       </c>
       <c r="E6" t="s">
         <v>290</v>
       </c>
       <c r="F6" t="s">
         <v>269</v>
       </c>
       <c r="G6" t="s">
         <v>270</v>
       </c>
       <c r="H6" t="s">
         <v>290</v>
       </c>
       <c r="I6" t="s">
         <v>291</v>
       </c>
       <c r="J6" t="s">
         <v>272</v>
       </c>
@@ -4814,751 +4814,751 @@
       </c>
       <c r="F7" t="s">
         <v>269</v>
       </c>
       <c r="G7" t="s">
         <v>270</v>
       </c>
       <c r="H7" t="s">
         <v>295</v>
       </c>
       <c r="I7" t="s">
         <v>296</v>
       </c>
       <c r="J7" t="s">
         <v>272</v>
       </c>
       <c r="K7" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>297</v>
       </c>
       <c r="B8" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C8" t="s">
         <v>298</v>
       </c>
       <c r="D8" t="s">
         <v>299</v>
       </c>
       <c r="E8" t="s">
         <v>300</v>
       </c>
       <c r="F8" t="s">
         <v>269</v>
       </c>
       <c r="G8" t="s">
         <v>270</v>
       </c>
       <c r="H8" t="s">
         <v>300</v>
       </c>
       <c r="I8" t="s">
         <v>301</v>
       </c>
       <c r="J8" t="s">
         <v>272</v>
       </c>
       <c r="K8" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>302</v>
       </c>
       <c r="B9" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C9" t="s">
         <v>303</v>
       </c>
       <c r="D9" t="s">
         <v>304</v>
       </c>
       <c r="E9" t="s">
         <v>305</v>
       </c>
       <c r="F9" t="s">
         <v>269</v>
       </c>
       <c r="G9" t="s">
         <v>270</v>
       </c>
       <c r="H9" t="s">
         <v>305</v>
       </c>
       <c r="I9" t="s">
         <v>306</v>
       </c>
       <c r="J9" t="s">
         <v>272</v>
       </c>
       <c r="K9" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>307</v>
       </c>
       <c r="B10" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C10" t="s">
         <v>308</v>
       </c>
       <c r="D10" t="s">
         <v>309</v>
       </c>
       <c r="E10" t="s">
         <v>310</v>
       </c>
       <c r="F10" t="s">
         <v>269</v>
       </c>
       <c r="G10" t="s">
         <v>270</v>
       </c>
       <c r="H10" t="s">
         <v>310</v>
       </c>
       <c r="I10" t="s">
         <v>311</v>
       </c>
       <c r="J10" t="s">
         <v>272</v>
       </c>
       <c r="K10" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>312</v>
       </c>
       <c r="B11" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C11" t="s">
         <v>313</v>
       </c>
       <c r="D11" t="s">
         <v>314</v>
       </c>
       <c r="E11" t="s">
         <v>315</v>
       </c>
       <c r="F11" t="s">
         <v>316</v>
       </c>
       <c r="G11" t="s">
         <v>270</v>
       </c>
       <c r="H11" t="s">
         <v>315</v>
       </c>
       <c r="I11" t="s">
         <v>317</v>
       </c>
       <c r="J11" t="s">
         <v>272</v>
       </c>
       <c r="K11" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>318</v>
       </c>
       <c r="B12" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C12" t="s">
         <v>319</v>
       </c>
       <c r="D12" t="s">
         <v>320</v>
       </c>
       <c r="E12" t="s">
         <v>321</v>
       </c>
       <c r="F12" t="s">
         <v>269</v>
       </c>
       <c r="G12" t="s">
         <v>270</v>
       </c>
       <c r="H12" t="s">
         <v>321</v>
       </c>
       <c r="I12" t="s">
         <v>322</v>
       </c>
       <c r="J12" t="s">
         <v>272</v>
       </c>
       <c r="K12" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>323</v>
       </c>
       <c r="B13" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C13" t="s">
         <v>324</v>
       </c>
       <c r="D13" t="s">
         <v>325</v>
       </c>
       <c r="E13" t="s">
         <v>326</v>
       </c>
       <c r="F13" t="s">
-        <v>269</v>
+        <v>316</v>
       </c>
       <c r="G13" t="s">
         <v>270</v>
       </c>
       <c r="H13" t="s">
         <v>326</v>
       </c>
       <c r="I13" t="s">
         <v>327</v>
       </c>
       <c r="J13" t="s">
         <v>272</v>
       </c>
       <c r="K13" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>328</v>
       </c>
       <c r="B14" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C14" t="s">
         <v>329</v>
       </c>
       <c r="D14" t="s">
         <v>330</v>
       </c>
       <c r="E14" t="s">
         <v>331</v>
       </c>
       <c r="F14" t="s">
-        <v>316</v>
+        <v>269</v>
       </c>
       <c r="G14" t="s">
         <v>270</v>
       </c>
       <c r="H14" t="s">
         <v>331</v>
       </c>
       <c r="I14" t="s">
         <v>332</v>
       </c>
       <c r="J14" t="s">
         <v>272</v>
       </c>
       <c r="K14" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>333</v>
       </c>
       <c r="B15" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="C15" t="s">
         <v>334</v>
       </c>
       <c r="D15" t="s">
         <v>335</v>
       </c>
       <c r="E15" t="s">
         <v>336</v>
       </c>
       <c r="F15" t="s">
         <v>269</v>
       </c>
       <c r="G15" t="s">
         <v>270</v>
       </c>
       <c r="H15" t="s">
         <v>336</v>
       </c>
       <c r="I15" t="s">
         <v>337</v>
       </c>
       <c r="J15" t="s">
         <v>272</v>
       </c>
       <c r="K15" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>338</v>
       </c>
       <c r="B16" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="C16" t="s">
         <v>339</v>
       </c>
       <c r="D16" t="s">
         <v>340</v>
       </c>
       <c r="E16" t="s">
         <v>341</v>
       </c>
       <c r="F16" t="s">
-        <v>316</v>
+        <v>269</v>
       </c>
       <c r="G16" t="s">
         <v>270</v>
       </c>
       <c r="H16" t="s">
         <v>341</v>
       </c>
       <c r="I16" t="s">
         <v>342</v>
       </c>
       <c r="J16" t="s">
         <v>272</v>
       </c>
       <c r="K16" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>343</v>
       </c>
       <c r="B17" t="s">
-        <v>172</v>
+        <v>160</v>
       </c>
       <c r="C17" t="s">
         <v>344</v>
       </c>
       <c r="D17" t="s">
         <v>345</v>
       </c>
       <c r="E17" t="s">
         <v>346</v>
       </c>
       <c r="F17" t="s">
-        <v>269</v>
+        <v>316</v>
       </c>
       <c r="G17" t="s">
         <v>270</v>
       </c>
       <c r="H17" t="s">
         <v>346</v>
       </c>
       <c r="I17" t="s">
         <v>347</v>
       </c>
       <c r="J17" t="s">
         <v>272</v>
       </c>
       <c r="K17" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>348</v>
       </c>
       <c r="B18" t="s">
-        <v>188</v>
+        <v>166</v>
       </c>
       <c r="C18" t="s">
         <v>349</v>
       </c>
       <c r="D18" t="s">
         <v>350</v>
       </c>
       <c r="E18" t="s">
         <v>351</v>
       </c>
       <c r="F18" t="s">
         <v>269</v>
       </c>
       <c r="G18" t="s">
         <v>270</v>
       </c>
       <c r="H18" t="s">
         <v>351</v>
       </c>
       <c r="I18" t="s">
         <v>352</v>
       </c>
       <c r="J18" t="s">
         <v>272</v>
       </c>
       <c r="K18" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>353</v>
       </c>
       <c r="B19" t="s">
-        <v>193</v>
+        <v>172</v>
       </c>
       <c r="C19" t="s">
         <v>354</v>
       </c>
       <c r="D19" t="s">
         <v>355</v>
       </c>
       <c r="E19" t="s">
         <v>356</v>
       </c>
       <c r="F19" t="s">
         <v>269</v>
       </c>
       <c r="G19" t="s">
         <v>270</v>
       </c>
       <c r="H19" t="s">
         <v>356</v>
       </c>
       <c r="I19" t="s">
         <v>357</v>
       </c>
       <c r="J19" t="s">
         <v>272</v>
       </c>
       <c r="K19" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>358</v>
       </c>
       <c r="B20" t="s">
-        <v>207</v>
+        <v>185</v>
       </c>
       <c r="C20" t="s">
         <v>359</v>
       </c>
       <c r="D20" t="s">
         <v>360</v>
       </c>
       <c r="E20" t="s">
         <v>361</v>
       </c>
       <c r="F20" t="s">
         <v>269</v>
       </c>
       <c r="G20" t="s">
         <v>270</v>
       </c>
       <c r="H20" t="s">
         <v>361</v>
       </c>
       <c r="I20" t="s">
         <v>362</v>
       </c>
       <c r="J20" t="s">
         <v>272</v>
       </c>
       <c r="K20" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>363</v>
       </c>
       <c r="B21" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="C21" t="s">
         <v>364</v>
       </c>
       <c r="D21" t="s">
         <v>365</v>
       </c>
       <c r="E21" t="s">
         <v>366</v>
       </c>
       <c r="F21" t="s">
         <v>269</v>
       </c>
       <c r="G21" t="s">
         <v>270</v>
       </c>
       <c r="H21" t="s">
         <v>366</v>
       </c>
       <c r="I21" t="s">
         <v>367</v>
       </c>
       <c r="J21" t="s">
         <v>272</v>
       </c>
       <c r="K21" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>368</v>
       </c>
       <c r="B22" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="C22" t="s">
         <v>369</v>
       </c>
       <c r="D22" t="s">
         <v>370</v>
       </c>
       <c r="E22" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="F22" t="s">
         <v>269</v>
       </c>
       <c r="G22" t="s">
         <v>270</v>
       </c>
       <c r="H22" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="I22" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="J22" t="s">
         <v>272</v>
       </c>
       <c r="K22" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B23" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="C23" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D23" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E23" t="s">
-        <v>366</v>
+        <v>376</v>
       </c>
       <c r="F23" t="s">
         <v>269</v>
       </c>
       <c r="G23" t="s">
         <v>270</v>
       </c>
       <c r="H23" t="s">
-        <v>366</v>
+        <v>376</v>
       </c>
       <c r="I23" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="J23" t="s">
         <v>272</v>
       </c>
       <c r="K23" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B24" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="C24" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="D24" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="E24" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="F24" t="s">
         <v>269</v>
       </c>
       <c r="G24" t="s">
         <v>270</v>
       </c>
       <c r="H24" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="I24" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="J24" t="s">
         <v>272</v>
       </c>
       <c r="K24" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B25" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C25" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D25" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E25" t="s">
-        <v>384</v>
+        <v>371</v>
       </c>
       <c r="F25" t="s">
         <v>269</v>
       </c>
       <c r="G25" t="s">
         <v>270</v>
       </c>
       <c r="H25" t="s">
-        <v>384</v>
+        <v>371</v>
       </c>
       <c r="I25" t="s">
         <v>385</v>
       </c>
       <c r="J25" t="s">
         <v>272</v>
       </c>
       <c r="K25" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>386</v>
       </c>
       <c r="B26" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C26" t="s">
         <v>387</v>
       </c>
       <c r="D26" t="s">
         <v>388</v>
       </c>
       <c r="E26" t="s">
         <v>389</v>
       </c>
       <c r="F26" t="s">
         <v>269</v>
       </c>
       <c r="G26" t="s">
         <v>270</v>
       </c>
       <c r="H26" t="s">
         <v>389</v>
       </c>
       <c r="I26" t="s">
         <v>390</v>
       </c>
       <c r="J26" t="s">
         <v>272</v>
       </c>
       <c r="K26" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>391</v>
       </c>
       <c r="B27" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C27" t="s">
         <v>392</v>
       </c>
       <c r="D27" t="s">
         <v>393</v>
       </c>
       <c r="E27" t="s">
         <v>394</v>
       </c>
       <c r="F27" t="s">
         <v>269</v>
       </c>
       <c r="G27" t="s">
         <v>270</v>
       </c>
       <c r="H27" t="s">
         <v>394</v>
       </c>
       <c r="I27" t="s">
         <v>395</v>
       </c>
       <c r="J27" t="s">
         <v>272</v>
       </c>
       <c r="K27" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>396</v>
       </c>
       <c r="B28" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C28" t="s">
         <v>397</v>
       </c>
       <c r="D28" t="s">
         <v>398</v>
       </c>
       <c r="E28" t="s">
         <v>399</v>
       </c>
       <c r="F28" t="s">
         <v>269</v>
       </c>
       <c r="G28" t="s">
         <v>270</v>
       </c>
       <c r="H28" t="s">
         <v>399</v>
       </c>
       <c r="I28" t="s">
         <v>400</v>
       </c>
       <c r="J28" t="s">
         <v>272</v>
       </c>
@@ -5591,712 +5591,712 @@
       </c>
       <c r="D1" s="1" t="s">
         <v>259</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>261</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>401</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>402</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>404</v>
       </c>
       <c r="B2" t="s">
         <v>41</v>
       </c>
       <c r="C2">
-        <v>34502</v>
+        <v>38304</v>
       </c>
       <c r="D2" t="s">
         <v>405</v>
       </c>
       <c r="E2" t="s">
         <v>406</v>
       </c>
       <c r="F2" t="s">
         <v>407</v>
       </c>
       <c r="G2">
-        <v>0</v>
+        <v>412965000</v>
       </c>
       <c r="H2" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>408</v>
       </c>
       <c r="B3" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="C3">
-        <v>38304</v>
+        <v>38355</v>
       </c>
       <c r="D3" t="s">
         <v>409</v>
       </c>
       <c r="E3" t="s">
         <v>406</v>
       </c>
       <c r="F3" t="s">
         <v>407</v>
       </c>
       <c r="G3">
-        <v>412965000</v>
+        <v>0</v>
       </c>
       <c r="H3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>410</v>
       </c>
       <c r="B4" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="C4">
-        <v>38355</v>
+        <v>44636</v>
       </c>
       <c r="D4" t="s">
         <v>411</v>
       </c>
       <c r="E4" t="s">
         <v>406</v>
       </c>
       <c r="F4" t="s">
         <v>407</v>
       </c>
       <c r="G4">
-        <v>0</v>
+        <v>285949347</v>
       </c>
       <c r="H4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>412</v>
       </c>
       <c r="B5" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="C5">
         <v>51383</v>
       </c>
       <c r="D5" t="s">
         <v>413</v>
       </c>
       <c r="E5" t="s">
         <v>406</v>
       </c>
       <c r="F5" t="s">
         <v>407</v>
       </c>
       <c r="G5">
         <v>5731600</v>
       </c>
       <c r="H5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>414</v>
       </c>
       <c r="B6" t="s">
-        <v>71</v>
+        <v>99</v>
       </c>
       <c r="C6">
-        <v>41506</v>
+        <v>6108</v>
       </c>
       <c r="D6" t="s">
         <v>415</v>
       </c>
       <c r="E6" t="s">
         <v>406</v>
       </c>
       <c r="F6" t="s">
         <v>407</v>
       </c>
       <c r="G6">
-        <v>2940751250</v>
+        <v>0</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>416</v>
       </c>
       <c r="B7" t="s">
-        <v>78</v>
+        <v>107</v>
       </c>
       <c r="C7">
-        <v>44636</v>
+        <v>52644</v>
       </c>
       <c r="D7" t="s">
         <v>417</v>
       </c>
       <c r="E7" t="s">
-        <v>406</v>
+        <v>418</v>
       </c>
       <c r="F7" t="s">
         <v>407</v>
       </c>
       <c r="G7">
-        <v>285949347</v>
+        <v>266327810</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B8" t="s">
-        <v>105</v>
+        <v>139</v>
       </c>
       <c r="C8">
-        <v>52644</v>
+        <v>7321</v>
       </c>
       <c r="D8" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="E8" t="s">
-        <v>420</v>
+        <v>406</v>
       </c>
       <c r="F8" t="s">
         <v>407</v>
       </c>
       <c r="G8">
-        <v>266327810</v>
+        <v>0</v>
       </c>
       <c r="H8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>421</v>
       </c>
       <c r="B9" t="s">
-        <v>122</v>
+        <v>145</v>
       </c>
       <c r="C9">
         <v>7280</v>
       </c>
       <c r="D9" t="s">
         <v>422</v>
       </c>
       <c r="E9" t="s">
         <v>406</v>
       </c>
       <c r="F9" t="s">
         <v>407</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>423</v>
       </c>
       <c r="B10" t="s">
-        <v>130</v>
+        <v>166</v>
       </c>
       <c r="C10">
         <v>7106</v>
       </c>
       <c r="D10" t="s">
         <v>424</v>
       </c>
       <c r="E10" t="s">
         <v>406</v>
       </c>
       <c r="F10" t="s">
         <v>407</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>425</v>
       </c>
       <c r="B11" t="s">
-        <v>188</v>
+        <v>172</v>
       </c>
       <c r="C11">
-        <v>7321</v>
+        <v>7284</v>
       </c>
       <c r="D11" t="s">
         <v>426</v>
       </c>
       <c r="E11" t="s">
         <v>406</v>
       </c>
       <c r="F11" t="s">
         <v>407</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>427</v>
       </c>
       <c r="B12" t="s">
-        <v>207</v>
+        <v>185</v>
       </c>
       <c r="C12">
-        <v>7284</v>
+        <v>34502</v>
       </c>
       <c r="D12" t="s">
         <v>428</v>
       </c>
       <c r="E12" t="s">
         <v>406</v>
       </c>
       <c r="F12" t="s">
         <v>407</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>429</v>
       </c>
       <c r="B13" t="s">
-        <v>219</v>
+        <v>235</v>
       </c>
       <c r="C13">
         <v>4211</v>
       </c>
       <c r="D13" t="s">
         <v>430</v>
       </c>
       <c r="E13" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="F13" t="s">
         <v>407</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>431</v>
       </c>
       <c r="B14" t="s">
-        <v>227</v>
+        <v>239</v>
       </c>
       <c r="C14">
-        <v>4219</v>
+        <v>14572</v>
       </c>
       <c r="D14" t="s">
         <v>432</v>
       </c>
       <c r="E14" t="s">
-        <v>433</v>
+        <v>418</v>
       </c>
       <c r="F14" t="s">
         <v>407</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
+        <v>433</v>
+      </c>
+      <c r="B15" t="s">
+        <v>244</v>
+      </c>
+      <c r="C15">
+        <v>4219</v>
+      </c>
+      <c r="D15" t="s">
         <v>434</v>
       </c>
-      <c r="B15" t="s">
-[...5 lines deleted...]
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="F15" t="s">
         <v>407</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>436</v>
       </c>
       <c r="B16" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="C16">
-        <v>6108</v>
+        <v>41506</v>
       </c>
       <c r="D16" t="s">
         <v>437</v>
       </c>
       <c r="E16" t="s">
         <v>406</v>
       </c>
       <c r="F16" t="s">
         <v>407</v>
       </c>
       <c r="G16">
-        <v>0</v>
+        <v>2940751250</v>
       </c>
       <c r="H16" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>438</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>257</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>440</v>
       </c>
       <c r="B2" t="s">
         <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>41</v>
       </c>
       <c r="D2">
-        <v>815545</v>
+        <v>42670</v>
       </c>
       <c r="E2" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>441</v>
       </c>
       <c r="B3" t="s">
         <v>408</v>
       </c>
       <c r="C3" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="D3">
-        <v>42670</v>
+        <v>218795</v>
       </c>
       <c r="E3" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>442</v>
       </c>
       <c r="B4" t="s">
         <v>410</v>
       </c>
       <c r="C4" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="D4">
-        <v>218795</v>
+        <v>9192</v>
       </c>
       <c r="E4" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>443</v>
       </c>
       <c r="B5" t="s">
         <v>412</v>
       </c>
       <c r="C5" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="D5">
         <v>1113664</v>
       </c>
       <c r="E5" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>444</v>
       </c>
       <c r="B6" t="s">
         <v>414</v>
       </c>
       <c r="C6" t="s">
-        <v>71</v>
+        <v>99</v>
       </c>
       <c r="D6">
-        <v>861946</v>
+        <v>0</v>
       </c>
       <c r="E6" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>445</v>
       </c>
       <c r="B7" t="s">
         <v>416</v>
       </c>
       <c r="C7" t="s">
-        <v>78</v>
+        <v>107</v>
       </c>
       <c r="D7">
-        <v>9192</v>
+        <v>94627</v>
       </c>
       <c r="E7" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>446</v>
       </c>
       <c r="B8" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C8" t="s">
-        <v>105</v>
+        <v>139</v>
       </c>
       <c r="D8">
-        <v>94627</v>
+        <v>0</v>
       </c>
       <c r="E8" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>447</v>
       </c>
       <c r="B9" t="s">
         <v>421</v>
       </c>
       <c r="C9" t="s">
-        <v>122</v>
+        <v>145</v>
       </c>
       <c r="D9">
         <v>0</v>
       </c>
       <c r="E9" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>448</v>
       </c>
       <c r="B10" t="s">
         <v>423</v>
       </c>
       <c r="C10" t="s">
-        <v>130</v>
+        <v>166</v>
       </c>
       <c r="D10">
         <v>0</v>
       </c>
       <c r="E10" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>449</v>
       </c>
       <c r="B11" t="s">
         <v>425</v>
       </c>
       <c r="C11" t="s">
-        <v>188</v>
+        <v>172</v>
       </c>
       <c r="D11">
         <v>0</v>
       </c>
       <c r="E11" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>450</v>
       </c>
       <c r="B12" t="s">
         <v>427</v>
       </c>
       <c r="C12" t="s">
-        <v>207</v>
+        <v>185</v>
       </c>
       <c r="D12">
-        <v>0</v>
+        <v>815545</v>
       </c>
       <c r="E12" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>451</v>
       </c>
       <c r="B13" t="s">
         <v>429</v>
       </c>
       <c r="C13" t="s">
-        <v>219</v>
+        <v>235</v>
       </c>
       <c r="D13">
         <v>0</v>
       </c>
       <c r="E13" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>452</v>
       </c>
       <c r="B14" t="s">
         <v>431</v>
       </c>
       <c r="C14" t="s">
-        <v>227</v>
+        <v>239</v>
       </c>
       <c r="D14">
         <v>0</v>
       </c>
       <c r="E14" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>453</v>
       </c>
       <c r="B15" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="C15" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
       <c r="D15">
         <v>0</v>
       </c>
       <c r="E15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>454</v>
       </c>
       <c r="B16" t="s">
         <v>436</v>
       </c>
       <c r="C16" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="D16">
-        <v>0</v>
+        <v>861946</v>
       </c>
       <c r="E16" t="s">
         <v>437</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>257</v>
       </c>
@@ -6317,604 +6317,604 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>458</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>459</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>460</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>461</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>463</v>
       </c>
       <c r="B2" t="s">
         <v>41</v>
       </c>
       <c r="C2">
-        <v>34502</v>
+        <v>38304</v>
       </c>
       <c r="D2" t="s">
         <v>405</v>
       </c>
       <c r="E2" t="s">
         <v>464</v>
       </c>
       <c r="F2" t="s">
         <v>465</v>
       </c>
       <c r="G2" t="s">
         <v>405</v>
       </c>
       <c r="H2" t="s">
         <v>466</v>
       </c>
       <c r="I2" t="s">
         <v>467</v>
       </c>
       <c r="J2" t="s">
         <v>468</v>
       </c>
       <c r="K2" t="s">
         <v>469</v>
       </c>
       <c r="L2" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>471</v>
       </c>
       <c r="B3" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="C3">
-        <v>38304</v>
+        <v>38355</v>
       </c>
       <c r="D3" t="s">
         <v>409</v>
       </c>
       <c r="E3" t="s">
         <v>464</v>
       </c>
       <c r="F3" t="s">
         <v>465</v>
       </c>
       <c r="G3" t="s">
         <v>409</v>
       </c>
       <c r="H3" t="s">
         <v>466</v>
       </c>
       <c r="I3" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="J3" t="s">
         <v>468</v>
       </c>
       <c r="K3" t="s">
         <v>469</v>
       </c>
       <c r="L3" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="B4" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="C4">
-        <v>38355</v>
+        <v>44636</v>
       </c>
       <c r="D4" t="s">
         <v>411</v>
       </c>
       <c r="E4" t="s">
         <v>464</v>
       </c>
       <c r="F4" t="s">
         <v>465</v>
       </c>
       <c r="G4" t="s">
         <v>411</v>
       </c>
       <c r="H4" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="I4" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="J4" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="K4" t="s">
         <v>469</v>
       </c>
       <c r="L4" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B5" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="C5">
         <v>51383</v>
       </c>
       <c r="D5" t="s">
         <v>413</v>
       </c>
       <c r="E5" t="s">
         <v>464</v>
       </c>
       <c r="F5" t="s">
         <v>465</v>
       </c>
       <c r="G5" t="s">
         <v>413</v>
       </c>
       <c r="H5" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="I5" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="J5" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="K5" t="s">
         <v>469</v>
       </c>
       <c r="L5" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B6" t="s">
-        <v>71</v>
+        <v>99</v>
       </c>
       <c r="C6">
-        <v>41506</v>
+        <v>6108</v>
       </c>
       <c r="D6" t="s">
         <v>415</v>
       </c>
       <c r="E6" t="s">
         <v>464</v>
       </c>
       <c r="F6" t="s">
         <v>465</v>
       </c>
       <c r="G6" t="s">
         <v>415</v>
       </c>
       <c r="H6" t="s">
-        <v>466</v>
+        <v>484</v>
       </c>
       <c r="I6" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="J6" t="s">
-        <v>468</v>
+        <v>486</v>
       </c>
       <c r="K6" t="s">
         <v>469</v>
       </c>
       <c r="L6" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="B7" t="s">
-        <v>78</v>
+        <v>107</v>
       </c>
       <c r="C7">
-        <v>44636</v>
+        <v>52644</v>
       </c>
       <c r="D7" t="s">
         <v>417</v>
       </c>
       <c r="E7" t="s">
         <v>464</v>
       </c>
       <c r="F7" t="s">
         <v>465</v>
       </c>
       <c r="G7" t="s">
         <v>417</v>
       </c>
       <c r="H7" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="I7" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="J7" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="K7" t="s">
         <v>469</v>
       </c>
       <c r="L7" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="B8" t="s">
-        <v>105</v>
+        <v>139</v>
       </c>
       <c r="C8">
-        <v>52644</v>
+        <v>7321</v>
       </c>
       <c r="D8" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="E8" t="s">
         <v>464</v>
       </c>
       <c r="F8" t="s">
         <v>465</v>
       </c>
       <c r="G8" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H8" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="I8" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="J8" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="K8" t="s">
         <v>469</v>
       </c>
       <c r="L8" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="B9" t="s">
-        <v>122</v>
+        <v>145</v>
       </c>
       <c r="C9">
         <v>7280</v>
       </c>
       <c r="D9" t="s">
         <v>422</v>
       </c>
       <c r="E9" t="s">
         <v>464</v>
       </c>
       <c r="F9" t="s">
         <v>465</v>
       </c>
       <c r="G9" t="s">
         <v>422</v>
       </c>
       <c r="H9" t="s">
-        <v>494</v>
+        <v>484</v>
       </c>
       <c r="I9" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="J9" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="K9" t="s">
         <v>469</v>
       </c>
       <c r="L9" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B10" t="s">
-        <v>130</v>
+        <v>166</v>
       </c>
       <c r="C10">
         <v>7106</v>
       </c>
       <c r="D10" t="s">
         <v>424</v>
       </c>
       <c r="E10" t="s">
         <v>464</v>
       </c>
       <c r="F10" t="s">
         <v>465</v>
       </c>
       <c r="G10" t="s">
         <v>424</v>
       </c>
       <c r="H10" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="I10" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="J10" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="K10" t="s">
         <v>469</v>
       </c>
       <c r="L10" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B11" t="s">
-        <v>188</v>
+        <v>172</v>
       </c>
       <c r="C11">
-        <v>7321</v>
+        <v>7284</v>
       </c>
       <c r="D11" t="s">
         <v>426</v>
       </c>
       <c r="E11" t="s">
         <v>464</v>
       </c>
       <c r="F11" t="s">
         <v>465</v>
       </c>
       <c r="G11" t="s">
         <v>426</v>
       </c>
       <c r="H11" t="s">
-        <v>494</v>
+        <v>484</v>
       </c>
       <c r="I11" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="J11" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="K11" t="s">
         <v>469</v>
       </c>
       <c r="L11" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B12" t="s">
-        <v>207</v>
+        <v>185</v>
       </c>
       <c r="C12">
-        <v>7284</v>
+        <v>34502</v>
       </c>
       <c r="D12" t="s">
         <v>428</v>
       </c>
       <c r="E12" t="s">
         <v>464</v>
       </c>
       <c r="F12" t="s">
         <v>465</v>
       </c>
       <c r="G12" t="s">
         <v>428</v>
       </c>
       <c r="H12" t="s">
-        <v>494</v>
+        <v>466</v>
       </c>
       <c r="I12" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="J12" t="s">
-        <v>496</v>
+        <v>468</v>
       </c>
       <c r="K12" t="s">
         <v>469</v>
       </c>
       <c r="L12" t="s">
-        <v>508</v>
+        <v>472</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>509</v>
       </c>
       <c r="B13" t="s">
-        <v>219</v>
+        <v>235</v>
       </c>
       <c r="C13">
         <v>4211</v>
       </c>
       <c r="D13" t="s">
         <v>430</v>
       </c>
       <c r="E13" t="s">
         <v>464</v>
       </c>
       <c r="F13" t="s">
         <v>465</v>
       </c>
       <c r="G13" t="s">
         <v>430</v>
       </c>
       <c r="H13" t="s">
         <v>510</v>
       </c>
       <c r="I13" t="s">
         <v>511</v>
       </c>
       <c r="J13" t="s">
         <v>512</v>
       </c>
       <c r="K13" t="s">
         <v>469</v>
       </c>
       <c r="L13" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>514</v>
       </c>
       <c r="B14" t="s">
-        <v>227</v>
+        <v>239</v>
       </c>
       <c r="C14">
-        <v>4219</v>
+        <v>14572</v>
       </c>
       <c r="D14" t="s">
         <v>432</v>
       </c>
       <c r="E14" t="s">
         <v>464</v>
       </c>
       <c r="F14" t="s">
         <v>465</v>
       </c>
       <c r="G14" t="s">
         <v>432</v>
       </c>
       <c r="H14" t="s">
         <v>510</v>
       </c>
       <c r="I14" t="s">
         <v>515</v>
       </c>
       <c r="J14" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="K14" t="s">
         <v>469</v>
       </c>
       <c r="L14" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B15" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
       <c r="C15">
-        <v>14572</v>
+        <v>4219</v>
       </c>
       <c r="D15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="E15" t="s">
         <v>464</v>
       </c>
       <c r="F15" t="s">
         <v>465</v>
       </c>
       <c r="G15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="H15" t="s">
         <v>510</v>
       </c>
       <c r="I15" t="s">
+        <v>518</v>
+      </c>
+      <c r="J15" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
       <c r="K15" t="s">
         <v>469</v>
       </c>
       <c r="L15" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>521</v>
       </c>
       <c r="B16" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="C16">
-        <v>6108</v>
+        <v>41506</v>
       </c>
       <c r="D16" t="s">
         <v>437</v>
       </c>
       <c r="E16" t="s">
         <v>464</v>
       </c>
       <c r="F16" t="s">
         <v>465</v>
       </c>
       <c r="G16" t="s">
         <v>437</v>
       </c>
       <c r="H16" t="s">
-        <v>494</v>
+        <v>466</v>
       </c>
       <c r="I16" t="s">
         <v>522</v>
       </c>
       <c r="J16" t="s">
-        <v>496</v>
+        <v>468</v>
       </c>
       <c r="K16" t="s">
         <v>469</v>
       </c>
       <c r="L16" t="s">
         <v>523</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:N11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -6944,480 +6944,480 @@
       </c>
       <c r="J1" s="1" t="s">
         <v>403</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>526</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>527</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>528</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>530</v>
       </c>
       <c r="B2" t="s">
         <v>41</v>
       </c>
       <c r="C2">
-        <v>2315</v>
+        <v>2920</v>
       </c>
       <c r="D2" t="s">
-        <v>33</v>
+        <v>531</v>
       </c>
       <c r="E2" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="F2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="G2" t="s">
         <v>407</v>
       </c>
       <c r="H2">
-        <v>34502</v>
+        <v>38304</v>
       </c>
       <c r="I2">
-        <v>0</v>
+        <v>412969500</v>
       </c>
       <c r="J2" t="s">
         <v>38</v>
       </c>
       <c r="K2" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="L2" t="s">
+        <v>203</v>
+      </c>
+      <c r="M2" t="s">
         <v>533</v>
       </c>
-      <c r="M2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N2">
-        <v>1707</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>534</v>
       </c>
       <c r="B3" t="s">
-        <v>48</v>
+        <v>139</v>
       </c>
       <c r="C3">
-        <v>2920</v>
+        <v>649</v>
       </c>
       <c r="D3" t="s">
+        <v>143</v>
+      </c>
+      <c r="E3" t="s">
         <v>535</v>
       </c>
-      <c r="E3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>52</v>
+        <v>144</v>
       </c>
       <c r="G3" t="s">
         <v>407</v>
       </c>
       <c r="H3">
-        <v>38304</v>
+        <v>7321</v>
       </c>
       <c r="I3">
-        <v>412969500</v>
+        <v>9539579</v>
       </c>
       <c r="J3" t="s">
         <v>38</v>
       </c>
       <c r="K3" t="s">
+        <v>536</v>
+      </c>
+      <c r="L3" t="s">
         <v>537</v>
       </c>
-      <c r="L3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M3" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="N3">
-        <v>1667</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>538</v>
       </c>
       <c r="B4" t="s">
-        <v>71</v>
+        <v>145</v>
       </c>
       <c r="C4">
-        <v>2937</v>
+        <v>643</v>
       </c>
       <c r="D4" t="s">
+        <v>149</v>
+      </c>
+      <c r="E4" t="s">
         <v>539</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>76</v>
+        <v>150</v>
       </c>
       <c r="G4" t="s">
         <v>407</v>
       </c>
       <c r="H4">
-        <v>41506</v>
+        <v>7280</v>
       </c>
       <c r="I4">
-        <v>31678567</v>
+        <v>661120</v>
       </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="L4" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="M4" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="N4">
-        <v>1668</v>
+        <v>693</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>541</v>
+      </c>
+      <c r="B5" t="s">
+        <v>166</v>
+      </c>
+      <c r="C5">
+        <v>616</v>
+      </c>
+      <c r="D5" t="s">
+        <v>170</v>
+      </c>
+      <c r="E5" t="s">
         <v>542</v>
       </c>
-      <c r="B5" t="s">
-[...8 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>171</v>
+      </c>
+      <c r="G5" t="s">
         <v>543</v>
       </c>
-      <c r="F5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H5">
-        <v>7280</v>
+        <v>7106</v>
       </c>
       <c r="I5">
-        <v>661120</v>
+        <v>35784266</v>
       </c>
       <c r="J5" t="s">
         <v>38</v>
       </c>
       <c r="K5" t="s">
         <v>544</v>
       </c>
       <c r="L5" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="M5" t="s">
         <v>544</v>
       </c>
       <c r="N5">
-        <v>693</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>545</v>
       </c>
       <c r="B6" t="s">
-        <v>130</v>
+        <v>172</v>
       </c>
       <c r="C6">
-        <v>616</v>
+        <v>644</v>
       </c>
       <c r="D6" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="E6" t="s">
         <v>546</v>
       </c>
       <c r="F6" t="s">
-        <v>136</v>
+        <v>176</v>
       </c>
       <c r="G6" t="s">
-        <v>547</v>
+        <v>407</v>
       </c>
       <c r="H6">
-        <v>7106</v>
+        <v>7284</v>
       </c>
       <c r="I6">
-        <v>35784266</v>
+        <v>14000000</v>
       </c>
       <c r="J6" t="s">
         <v>38</v>
       </c>
       <c r="K6" t="s">
+        <v>547</v>
+      </c>
+      <c r="L6" t="s">
         <v>548</v>
       </c>
-      <c r="L6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M6" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="N6">
-        <v>1825</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>549</v>
       </c>
       <c r="B7" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C7">
-        <v>649</v>
+        <v>2315</v>
       </c>
       <c r="D7" t="s">
-        <v>191</v>
+        <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>550</v>
       </c>
       <c r="F7" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="G7" t="s">
-        <v>407</v>
+        <v>543</v>
       </c>
       <c r="H7">
-        <v>7321</v>
+        <v>34502</v>
       </c>
       <c r="I7">
-        <v>9539579</v>
+        <v>0</v>
       </c>
       <c r="J7" t="s">
         <v>38</v>
       </c>
       <c r="K7" t="s">
         <v>551</v>
       </c>
       <c r="L7" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="M7" t="s">
         <v>551</v>
       </c>
       <c r="N7">
-        <v>1022</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>552</v>
       </c>
       <c r="B8" t="s">
-        <v>207</v>
+        <v>235</v>
       </c>
       <c r="C8">
-        <v>644</v>
+        <v>357</v>
       </c>
       <c r="D8" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="E8" t="s">
         <v>553</v>
       </c>
       <c r="F8" t="s">
-        <v>211</v>
+        <v>238</v>
       </c>
       <c r="G8" t="s">
         <v>407</v>
       </c>
       <c r="H8">
-        <v>7284</v>
+        <v>4211</v>
       </c>
       <c r="I8">
-        <v>14000000</v>
+        <v>164523881</v>
       </c>
       <c r="J8" t="s">
         <v>38</v>
       </c>
       <c r="K8" t="s">
         <v>554</v>
       </c>
       <c r="L8" t="s">
         <v>555</v>
       </c>
       <c r="M8" t="s">
         <v>554</v>
       </c>
       <c r="N8">
         <v>1095</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>556</v>
       </c>
       <c r="B9" t="s">
-        <v>219</v>
+        <v>239</v>
       </c>
       <c r="C9">
-        <v>357</v>
+        <v>1343</v>
       </c>
       <c r="D9" t="s">
-        <v>217</v>
+        <v>557</v>
       </c>
       <c r="E9" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="F9" t="s">
-        <v>222</v>
+        <v>243</v>
       </c>
       <c r="G9" t="s">
         <v>407</v>
       </c>
       <c r="H9">
-        <v>4211</v>
+        <v>14572</v>
       </c>
       <c r="I9">
-        <v>164523881</v>
+        <v>59279134</v>
       </c>
       <c r="J9" t="s">
         <v>38</v>
       </c>
       <c r="K9" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="L9" t="s">
+        <v>537</v>
+      </c>
+      <c r="M9" t="s">
         <v>559</v>
       </c>
-      <c r="M9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N9">
-        <v>1095</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>560</v>
       </c>
       <c r="B10" t="s">
-        <v>227</v>
+        <v>244</v>
       </c>
       <c r="C10">
         <v>562</v>
       </c>
       <c r="D10" t="s">
         <v>561</v>
       </c>
       <c r="E10" t="s">
         <v>562</v>
       </c>
       <c r="F10" t="s">
-        <v>232</v>
+        <v>249</v>
       </c>
       <c r="G10" t="s">
         <v>563</v>
       </c>
       <c r="H10">
         <v>4219</v>
       </c>
       <c r="I10">
         <v>195043920</v>
       </c>
       <c r="J10" t="s">
         <v>38</v>
       </c>
       <c r="K10" t="s">
         <v>564</v>
       </c>
       <c r="L10" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="M10" t="s">
         <v>564</v>
       </c>
       <c r="N10">
         <v>639</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>565</v>
       </c>
       <c r="B11" t="s">
-        <v>233</v>
+        <v>250</v>
       </c>
       <c r="C11">
-        <v>1343</v>
+        <v>2937</v>
       </c>
       <c r="D11" t="s">
         <v>566</v>
       </c>
       <c r="E11" t="s">
         <v>567</v>
       </c>
       <c r="F11" t="s">
-        <v>237</v>
+        <v>255</v>
       </c>
       <c r="G11" t="s">
         <v>407</v>
       </c>
       <c r="H11">
-        <v>14572</v>
+        <v>41506</v>
       </c>
       <c r="I11">
-        <v>59279134</v>
+        <v>31678567</v>
       </c>
       <c r="J11" t="s">
         <v>38</v>
       </c>
       <c r="K11" t="s">
         <v>568</v>
       </c>
       <c r="L11" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="M11" t="s">
         <v>568</v>
       </c>
       <c r="N11">
-        <v>1085</v>
+        <v>1668</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>569</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>257</v>
       </c>
@@ -7447,455 +7447,455 @@
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>570</v>
       </c>
       <c r="B2" t="s">
         <v>530</v>
       </c>
       <c r="C2" t="s">
         <v>41</v>
       </c>
       <c r="D2" t="s">
         <v>571</v>
       </c>
       <c r="E2" t="s">
         <v>572</v>
       </c>
       <c r="F2" t="s">
         <v>269</v>
       </c>
       <c r="G2" t="s">
         <v>270</v>
       </c>
       <c r="H2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="I2" t="s">
         <v>573</v>
       </c>
       <c r="J2" t="s">
         <v>269</v>
       </c>
       <c r="K2" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>574</v>
       </c>
       <c r="B3" t="s">
         <v>534</v>
       </c>
       <c r="C3" t="s">
-        <v>48</v>
+        <v>139</v>
       </c>
       <c r="D3" t="s">
         <v>575</v>
       </c>
       <c r="E3" t="s">
         <v>576</v>
       </c>
       <c r="F3" t="s">
         <v>269</v>
       </c>
       <c r="G3" t="s">
         <v>270</v>
       </c>
       <c r="H3" t="s">
-        <v>52</v>
+        <v>144</v>
       </c>
       <c r="I3" t="s">
         <v>573</v>
       </c>
       <c r="J3" t="s">
         <v>269</v>
       </c>
       <c r="K3" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>577</v>
       </c>
       <c r="B4" t="s">
         <v>538</v>
       </c>
       <c r="C4" t="s">
-        <v>71</v>
+        <v>145</v>
       </c>
       <c r="D4" t="s">
         <v>578</v>
       </c>
       <c r="E4" t="s">
         <v>579</v>
       </c>
       <c r="F4" t="s">
         <v>269</v>
       </c>
       <c r="G4" t="s">
         <v>270</v>
       </c>
       <c r="H4" t="s">
-        <v>76</v>
+        <v>150</v>
       </c>
       <c r="I4" t="s">
         <v>573</v>
       </c>
       <c r="J4" t="s">
         <v>269</v>
       </c>
       <c r="K4" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>580</v>
       </c>
       <c r="B5" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="C5" t="s">
-        <v>122</v>
+        <v>166</v>
       </c>
       <c r="D5" t="s">
         <v>581</v>
       </c>
       <c r="E5" t="s">
         <v>582</v>
       </c>
       <c r="F5" t="s">
         <v>269</v>
       </c>
       <c r="G5" t="s">
         <v>270</v>
       </c>
       <c r="H5" t="s">
-        <v>128</v>
+        <v>171</v>
       </c>
       <c r="I5" t="s">
         <v>573</v>
       </c>
       <c r="J5" t="s">
         <v>269</v>
       </c>
       <c r="K5" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>583</v>
       </c>
       <c r="B6" t="s">
         <v>545</v>
       </c>
       <c r="C6" t="s">
-        <v>130</v>
+        <v>172</v>
       </c>
       <c r="D6" t="s">
         <v>584</v>
       </c>
       <c r="E6" t="s">
         <v>585</v>
       </c>
       <c r="F6" t="s">
         <v>269</v>
       </c>
       <c r="G6" t="s">
         <v>270</v>
       </c>
       <c r="H6" t="s">
-        <v>136</v>
+        <v>176</v>
       </c>
       <c r="I6" t="s">
         <v>573</v>
       </c>
       <c r="J6" t="s">
         <v>269</v>
       </c>
       <c r="K6" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>586</v>
       </c>
       <c r="B7" t="s">
         <v>549</v>
       </c>
       <c r="C7" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D7" t="s">
         <v>587</v>
       </c>
       <c r="E7" t="s">
         <v>588</v>
       </c>
       <c r="F7" t="s">
         <v>269</v>
       </c>
       <c r="G7" t="s">
         <v>270</v>
       </c>
       <c r="H7" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="I7" t="s">
         <v>573</v>
       </c>
       <c r="J7" t="s">
         <v>269</v>
       </c>
       <c r="K7" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>589</v>
       </c>
       <c r="B8" t="s">
         <v>552</v>
       </c>
       <c r="C8" t="s">
-        <v>207</v>
+        <v>235</v>
       </c>
       <c r="D8" t="s">
         <v>590</v>
       </c>
       <c r="E8" t="s">
         <v>591</v>
       </c>
       <c r="F8" t="s">
         <v>269</v>
       </c>
       <c r="G8" t="s">
         <v>270</v>
       </c>
       <c r="H8" t="s">
-        <v>211</v>
+        <v>238</v>
       </c>
       <c r="I8" t="s">
-        <v>573</v>
+        <v>592</v>
       </c>
       <c r="J8" t="s">
         <v>269</v>
       </c>
       <c r="K8" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B9" t="s">
         <v>556</v>
       </c>
       <c r="C9" t="s">
-        <v>219</v>
+        <v>239</v>
       </c>
       <c r="D9" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E9" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F9" t="s">
         <v>269</v>
       </c>
       <c r="G9" t="s">
         <v>270</v>
       </c>
       <c r="H9" t="s">
-        <v>222</v>
+        <v>243</v>
       </c>
       <c r="I9" t="s">
-        <v>595</v>
+        <v>573</v>
       </c>
       <c r="J9" t="s">
         <v>269</v>
       </c>
       <c r="K9" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>596</v>
       </c>
       <c r="B10" t="s">
         <v>560</v>
       </c>
       <c r="C10" t="s">
-        <v>227</v>
+        <v>244</v>
       </c>
       <c r="D10" t="s">
         <v>597</v>
       </c>
       <c r="E10" t="s">
         <v>598</v>
       </c>
       <c r="F10" t="s">
         <v>269</v>
       </c>
       <c r="G10" t="s">
         <v>270</v>
       </c>
       <c r="H10" t="s">
-        <v>232</v>
+        <v>249</v>
       </c>
       <c r="I10" t="s">
         <v>573</v>
       </c>
       <c r="J10" t="s">
         <v>269</v>
       </c>
       <c r="K10" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>599</v>
       </c>
       <c r="B11" t="s">
         <v>565</v>
       </c>
       <c r="C11" t="s">
-        <v>233</v>
+        <v>250</v>
       </c>
       <c r="D11" t="s">
         <v>600</v>
       </c>
       <c r="E11" t="s">
         <v>601</v>
       </c>
       <c r="F11" t="s">
         <v>269</v>
       </c>
       <c r="G11" t="s">
         <v>270</v>
       </c>
       <c r="H11" t="s">
-        <v>237</v>
+        <v>255</v>
       </c>
       <c r="I11" t="s">
         <v>573</v>
       </c>
       <c r="J11" t="s">
         <v>269</v>
       </c>
       <c r="K11" t="s">
         <v>567</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>257</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>602</v>
       </c>
       <c r="B2" t="s">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="C2">
-        <v>23913</v>
+        <v>21415</v>
       </c>
       <c r="D2" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>604</v>
       </c>
       <c r="B3" t="s">
-        <v>137</v>
+        <v>61</v>
       </c>
       <c r="C3">
-        <v>1555</v>
+        <v>23913</v>
       </c>
       <c r="D3" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>606</v>
       </c>
       <c r="B4" t="s">
-        <v>233</v>
+        <v>132</v>
       </c>
       <c r="C4">
-        <v>11377</v>
+        <v>1555</v>
       </c>
       <c r="D4" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>608</v>
       </c>
       <c r="B5" t="s">
-        <v>249</v>
+        <v>239</v>
       </c>
       <c r="C5">
-        <v>21415</v>
+        <v>11377</v>
       </c>
       <c r="D5" t="s">
         <v>609</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>