--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -138,159 +138,159 @@
   <si>
     <t>Limited tender</t>
   </si>
   <si>
     <t>Paragraph 2.6 was applied in some part.</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>id-2.0</t>
   </si>
   <si>
     <t>prod-bb451a8c97da745c0f4d146035bc307e-2007-04-19T02:55:00Z</t>
   </si>
   <si>
     <t>2007-04-19T02:55:00Z</t>
   </si>
   <si>
     <t>prod-bb451a8c97da745c0f4d146035bc307e</t>
   </si>
   <si>
     <t>bb451a89fb6f559a51ff3a4032cc098c</t>
   </si>
   <si>
-    <t>id-3.0</t>
+    <t>id-31.0</t>
   </si>
   <si>
     <t>prod-c753b299c824a1148a86f38b7348c620-2007-04-16T14:00:00Z</t>
   </si>
   <si>
     <t>2007-04-16T14:00:00Z</t>
   </si>
   <si>
     <t>prod-c753b299c824a1148a86f38b7348c620</t>
   </si>
   <si>
     <t>c753b296d4b261673fef9477f9efc926</t>
   </si>
   <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>id-0.0.awards.0</t>
   </si>
   <si>
     <t>CN48010-A1-c3e06ab3b03fe941216d8c9f7aaec383</t>
   </si>
   <si>
     <t>active</t>
   </si>
   <si>
     <t>id-0.0.awards.1</t>
   </si>
   <si>
     <t>CN48010-A2-62fc3831917f8c46829ea8bb33a22942</t>
   </si>
   <si>
     <t>id-1.0.awards.0</t>
   </si>
   <si>
     <t>CN1672-A1-5c62ddeead944f228d383688b298249b</t>
   </si>
   <si>
     <t>id-2.0.awards.0</t>
   </si>
   <si>
     <t>CN1746-A1-77e9f9521128446c9014c036de7c2e39</t>
   </si>
   <si>
-    <t>id-3.0.awards.0</t>
+    <t>id-31.0.awards.0</t>
   </si>
   <si>
     <t>CN95162-A8-39719f2a70a046c0ae8da8c60a172a1a</t>
   </si>
   <si>
-    <t>id-3.0.awards.1</t>
+    <t>id-31.0.awards.1</t>
   </si>
   <si>
     <t>CN95162-A9-dd0ded3f1d7147d49f29653b6a1cb713</t>
   </si>
   <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>id-0.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>918a9cb2dfcc585f63a0838a3653e665</t>
   </si>
   <si>
     <t>APP Corporation Pty Limited</t>
   </si>
   <si>
     <t>id-0.0.awards.1.suppliers.0</t>
   </si>
   <si>
     <t>APP Corportation Pty Limited</t>
   </si>
   <si>
     <t>id-1.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>EXEMPTUUID-2FA7DB231EE23B81BBCD02B1D63EE240</t>
   </si>
   <si>
     <t>FMS ACCOUNT RESERVE BANK OF AUSTRALIA</t>
   </si>
   <si>
     <t>id-2.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>EXEMPTUUID-49D0C4AB566E3D99BDE74C181798DA41</t>
   </si>
   <si>
     <t>FMS ACCOUNT</t>
   </si>
   <si>
-    <t>id-3.0.awards.0.suppliers.0</t>
+    <t>id-31.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>bb77d50fbabbf45d0a05eeb933dfe8f1</t>
   </si>
   <si>
     <t>PLENARY GROUP PTY LTD</t>
   </si>
   <si>
-    <t>id-3.0.awards.1.suppliers.0</t>
+    <t>id-31.0.awards.1.suppliers.0</t>
   </si>
   <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_locality</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>address_streetAddress</t>
   </si>
   <si>
     <t>contactPoint_name</t>
   </si>
   <si>
     <t>contactPoint_telephone</t>
   </si>
@@ -378,93 +378,93 @@
   <si>
     <t>id-1.0.parties.1</t>
   </si>
   <si>
     <t>0ec9911c9e99d1b7bb1b77f4abffc583</t>
   </si>
   <si>
     <t>Department of Defence</t>
   </si>
   <si>
     <t>id-2.0.parties.0</t>
   </si>
   <si>
     <t>JSD - LAND C4 SYSTEMS BRANCH</t>
   </si>
   <si>
     <t>CASG.JOINTDOMAINCENTRE@DEFENCE.GOV.AU</t>
   </si>
   <si>
     <t>CASG</t>
   </si>
   <si>
     <t>id-2.0.parties.1</t>
   </si>
   <si>
-    <t>id-3.0.parties.0</t>
+    <t>id-31.0.parties.0</t>
   </si>
   <si>
     <t>SYDNEY</t>
   </si>
   <si>
     <t>SEG - Infrastructure Division</t>
   </si>
   <si>
     <t>DEFENCE.PROCUREMENT@DEFENCE.GOV.AU</t>
   </si>
   <si>
     <t>SEG</t>
   </si>
   <si>
-    <t>id-3.0.parties.1</t>
+    <t>id-31.0.parties.1</t>
   </si>
   <si>
     <t>_link_parties</t>
   </si>
   <si>
     <t>scheme</t>
   </si>
   <si>
     <t>id-0.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>AU-ABN</t>
   </si>
   <si>
     <t>id-0.0.parties.1.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>id-1.0.parties.1.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>id-2.0.parties.1.additionalIdentifiers.0</t>
   </si>
   <si>
-    <t>id-3.0.parties.0.additionalIdentifiers.0</t>
-[...2 lines deleted...]
-    <t>id-3.0.parties.1.additionalIdentifiers.0</t>
+    <t>id-31.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.1.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>awardID</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>period_endDate</t>
   </si>
   <si>
     <t>period_startDate</t>
   </si>
@@ -513,117 +513,117 @@
   <si>
     <t>2026-10-29T13:00:00Z</t>
   </si>
   <si>
     <t>2006-05-02T14:00:00Z</t>
   </si>
   <si>
     <t>id-2.0.contracts.0</t>
   </si>
   <si>
     <t>CN1746-A1</t>
   </si>
   <si>
     <t>Management support services</t>
   </si>
   <si>
     <t>ATDQBL-</t>
   </si>
   <si>
     <t>2024-12-30T13:00:00Z</t>
   </si>
   <si>
     <t>2001-07-02T14:00:00Z</t>
   </si>
   <si>
-    <t>id-3.0.contracts.0</t>
+    <t>id-31.0.contracts.0</t>
   </si>
   <si>
     <t>CN95162-A8</t>
   </si>
   <si>
     <t>Living Environment and Accommodation Precinct (Phase 1)</t>
   </si>
   <si>
     <t>4600070644</t>
   </si>
   <si>
     <t>2039-01-15T13:00:00Z</t>
   </si>
   <si>
     <t>2006-06-29T14:00:00Z</t>
   </si>
   <si>
-    <t>id-3.0.contracts.1</t>
+    <t>id-31.0.contracts.1</t>
   </si>
   <si>
     <t>CN95162-A9</t>
   </si>
   <si>
     <t>_link_contracts</t>
   </si>
   <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>80000000-c3e06ab3b03fe941216d8c9f7aaec383</t>
   </si>
   <si>
     <t>UNSPSC</t>
   </si>
   <si>
     <t>id-0.0.contracts.1.items.0</t>
   </si>
   <si>
     <t>80000000-62fc3831917f8c46829ea8bb33a22942</t>
   </si>
   <si>
     <t>id-1.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>25111900-5c62ddeead944f228d383688b298249b</t>
   </si>
   <si>
     <t>id-2.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>80161500-77e9f9521128446c9014c036de7c2e39</t>
   </si>
   <si>
-    <t>id-3.0.contracts.0.items.0</t>
+    <t>id-31.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>72100000-39719f2a70a046c0ae8da8c60a172a1a</t>
   </si>
   <si>
-    <t>id-3.0.contracts.1.items.0</t>
+    <t>id-31.0.contracts.1.items.0</t>
   </si>
   <si>
     <t>72100000-dd0ded3f1d7147d49f29653b6a1cb713</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>