--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -57,264 +57,264 @@
   <si>
     <t>date</t>
   </si>
   <si>
     <t>ocid</t>
   </si>
   <si>
     <t>initiationType</t>
   </si>
   <si>
     <t>language</t>
   </si>
   <si>
     <t>originalid</t>
   </si>
   <si>
     <t>tender_id</t>
   </si>
   <si>
     <t>tender_procurementMethod</t>
   </si>
   <si>
     <t>tender_procurementMethodDetails</t>
   </si>
   <si>
-    <t>id-31.0</t>
+    <t>id-0.0</t>
   </si>
   <si>
     <t>ocds-d2phr6-3362aeb3fb13f9e3d18b04ba472722ad-2009-06-30T22:57:01Z</t>
   </si>
   <si>
     <t>compiled</t>
   </si>
   <si>
     <t>2009-06-30T22:57:01Z</t>
   </si>
   <si>
     <t>ocds-d2phr6-3362aeb3fb13f9e3d18b04ba472722ad</t>
   </si>
   <si>
     <t>tender</t>
   </si>
   <si>
     <t>EN</t>
   </si>
   <si>
     <t>3362aeb2ec5d7ae80236bd346e5625ce</t>
   </si>
   <si>
     <t>open</t>
   </si>
   <si>
     <t>Open tender</t>
   </si>
   <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
-    <t>id-31.0.awards.0</t>
+    <t>id-0.0.awards.0</t>
   </si>
   <si>
     <t>CN199102-A3-97e4300000534c468e49502ced307a10</t>
   </si>
   <si>
     <t>active</t>
   </si>
   <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
-    <t>id-31.0.awards.0.suppliers.0</t>
+    <t>id-0.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>bb4bfb26ffe5f15a1d75d8fbc7f02456</t>
   </si>
   <si>
     <t>COMPAS PTY LTD</t>
   </si>
   <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_locality</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>address_streetAddress</t>
   </si>
   <si>
     <t>contactPoint_name</t>
   </si>
   <si>
     <t>contactPoint_email</t>
   </si>
   <si>
     <t>contactPoint_branch</t>
   </si>
   <si>
     <t>contactPoint_telephone</t>
   </si>
   <si>
-    <t>id-31.0.parties.0</t>
+    <t>id-0.0.parties.0</t>
   </si>
   <si>
     <t>supplier</t>
   </si>
   <si>
     <t>ACT</t>
   </si>
   <si>
     <t>CIVIC SQUARE (EFTE)</t>
   </si>
   <si>
     <t>AUSTRALIA</t>
   </si>
   <si>
     <t>P.O. BOX 634</t>
   </si>
   <si>
     <t>William Shen</t>
   </si>
   <si>
     <t>procurementservices@ato.gov.au</t>
   </si>
   <si>
     <t>CORPORATE PROCUREMENT</t>
   </si>
   <si>
     <t>1300 781 081</t>
   </si>
   <si>
-    <t>id-31.0.parties.1</t>
+    <t>id-0.0.parties.1</t>
   </si>
   <si>
     <t>0ecb56b8a126ec0b29360eb1ca72f846</t>
   </si>
   <si>
     <t>Australian Taxation Office</t>
   </si>
   <si>
     <t>procuringEntity</t>
   </si>
   <si>
     <t>NSW</t>
   </si>
   <si>
     <t>Hurstville</t>
   </si>
   <si>
     <t>12-22  Woniora Rd</t>
   </si>
   <si>
     <t>tenders@finance.gov.au</t>
   </si>
   <si>
     <t>_link_parties</t>
   </si>
   <si>
     <t>scheme</t>
   </si>
   <si>
-    <t>id-31.0.parties.0.additionalIdentifiers.0</t>
+    <t>id-0.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>AU-ABN</t>
   </si>
   <si>
-    <t>id-31.0.parties.1.additionalIdentifiers.0</t>
+    <t>id-0.0.parties.1.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>awardID</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>period_endDate</t>
   </si>
   <si>
     <t>period_startDate</t>
   </si>
   <si>
-    <t>id-31.0.contracts.0</t>
+    <t>id-0.0.contracts.0</t>
   </si>
   <si>
     <t>CN199102-A3</t>
   </si>
   <si>
     <t>Provision of IT Contractor Services</t>
   </si>
   <si>
     <t>08.256-1-23-88-2</t>
   </si>
   <si>
     <t>AUD</t>
   </si>
   <si>
     <t>2012-06-29T14:00:00Z</t>
   </si>
   <si>
     <t>2009-06-30T14:00:00Z</t>
   </si>
   <si>
     <t>_link_contracts</t>
   </si>
   <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
-    <t>id-31.0.contracts.0.items.0</t>
+    <t>id-0.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>81111600-97e4300000534c468e49502ced307a10</t>
   </si>
   <si>
     <t>UNSPSC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>