--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -51,369 +51,369 @@
   <si>
     <t>id</t>
   </si>
   <si>
     <t>tag</t>
   </si>
   <si>
     <t>date</t>
   </si>
   <si>
     <t>ocid</t>
   </si>
   <si>
     <t>initiationType</t>
   </si>
   <si>
     <t>language</t>
   </si>
   <si>
     <t>originalid</t>
   </si>
   <si>
     <t>tender_id</t>
   </si>
   <si>
+    <t>tender_procurementMethod</t>
+  </si>
+  <si>
+    <t>tender_limitedTenderExempt</t>
+  </si>
+  <si>
+    <t>tender_procurementMethodDetails</t>
+  </si>
+  <si>
     <t>tender_exemption</t>
   </si>
   <si>
     <t>tender_exemptionCode</t>
   </si>
   <si>
-    <t>tender_procurementMethod</t>
-[...8 lines deleted...]
-    <t>id-0.0</t>
+    <t>id-1.0</t>
+  </si>
+  <si>
+    <t>prod-889b9e96d251584caaf9a2dde9ae9f0a-2010-03-23T01:20:53Z</t>
+  </si>
+  <si>
+    <t>compiled</t>
+  </si>
+  <si>
+    <t>2010-03-23T01:20:53Z</t>
+  </si>
+  <si>
+    <t>prod-889b9e96d251584caaf9a2dde9ae9f0a</t>
+  </si>
+  <si>
+    <t>tender</t>
+  </si>
+  <si>
+    <t>EN</t>
+  </si>
+  <si>
+    <t>889b9e95b4cbb6b7bb4e081cd171693f</t>
+  </si>
+  <si>
+    <t>limited</t>
+  </si>
+  <si>
+    <t>Limited tender</t>
+  </si>
+  <si>
+    <t>id-31.0</t>
   </si>
   <si>
     <t>prod-2e0d18f500b18ef089a0d05bbf3c9b13-2010-11-09T00:33:19Z</t>
   </si>
   <si>
-    <t>compiled</t>
-[...1 lines deleted...]
-  <si>
     <t>2010-11-09T00:33:19Z</t>
   </si>
   <si>
     <t>prod-2e0d18f500b18ef089a0d05bbf3c9b13</t>
   </si>
   <si>
-    <t>tender</t>
-[...4 lines deleted...]
-  <si>
     <t>2e0d18f3b61ce645c7071ccd17f2fb36</t>
   </si>
   <si>
     <t>App A: 1. Leasing of immovable property or any associated rights.</t>
   </si>
   <si>
     <t>LP</t>
   </si>
   <si>
-    <t>limited</t>
-[...19 lines deleted...]
-  <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
-    <t>id-0.0.awards.0</t>
+    <t>id-1.0.awards.0</t>
+  </si>
+  <si>
+    <t>CN268614-A1-acefcc9505c14e4baff3fc915e4512b7</t>
+  </si>
+  <si>
+    <t>active</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0</t>
   </si>
   <si>
     <t>CN344262-A1-6f7ed21ec0374c3e93e5c86b58ce8fa8</t>
   </si>
   <si>
-    <t>active</t>
-[...7 lines deleted...]
-  <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
-    <t>id-0.0.awards.0.suppliers.0</t>
+    <t>id-1.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>bc28f89aed52e3fbf45ef775edef0fef</t>
+  </si>
+  <si>
+    <t>SAAB SYSTEMS PTY LTD CS-1SS PROJECT OFFICE</t>
+  </si>
+  <si>
+    <t>id-31.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>d59405dac05fd0a8ee579cbec734ae61</t>
   </si>
   <si>
     <t>Cocos (Keeling) Island Shire Council</t>
   </si>
   <si>
-    <t>id-1.0.awards.0.suppliers.0</t>
-[...7 lines deleted...]
-  <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_locality</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>address_streetAddress</t>
   </si>
   <si>
     <t>contactPoint_name</t>
   </si>
   <si>
     <t>contactPoint_email</t>
   </si>
   <si>
     <t>contactPoint_branch</t>
   </si>
   <si>
     <t>contactPoint_division</t>
   </si>
   <si>
     <t>contactPoint_telephone</t>
   </si>
   <si>
-    <t>id-0.0.parties.0</t>
+    <t>id-1.0.parties.0</t>
   </si>
   <si>
     <t>supplier</t>
   </si>
   <si>
+    <t>SA</t>
+  </si>
+  <si>
+    <t>ROCKINGHAM</t>
+  </si>
+  <si>
+    <t>AUSTRALIA</t>
+  </si>
+  <si>
+    <t>MSD - Maritime Systems Division</t>
+  </si>
+  <si>
+    <t>CASG-MSD.AUSTENDERENQUIRIES@DEFENCE.GOV.AU</t>
+  </si>
+  <si>
+    <t>NSSG</t>
+  </si>
+  <si>
+    <t>00</t>
+  </si>
+  <si>
+    <t>id-1.0.parties.1</t>
+  </si>
+  <si>
+    <t>0ec9911c9e99d1b7bb1b77f4abffc583</t>
+  </si>
+  <si>
+    <t>Department of Defence</t>
+  </si>
+  <si>
+    <t>procuringEntity</t>
+  </si>
+  <si>
+    <t>tenders@finance.gov.au</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0</t>
+  </si>
+  <si>
     <t>QLD</t>
   </si>
   <si>
     <t>Home Island</t>
   </si>
   <si>
-    <t>AUSTRALIA</t>
-[...1 lines deleted...]
-  <si>
     <t>Lot 256 ,Jalan Melati ,</t>
   </si>
   <si>
     <t>Geoscience Australia Tenders Team</t>
   </si>
   <si>
     <t>tenders@ga.gov.au</t>
   </si>
   <si>
-    <t>id-0.0.parties.1</t>
+    <t>id-31.0.parties.1</t>
   </si>
   <si>
     <t>d33c5733f9566318ec74cdba98de285d</t>
   </si>
   <si>
     <t>Geoscience Australia</t>
   </si>
   <si>
-    <t>procuringEntity</t>
-[...34 lines deleted...]
-  <si>
     <t>_link_parties</t>
   </si>
   <si>
     <t>scheme</t>
   </si>
   <si>
-    <t>id-0.0.parties.0.additionalIdentifiers.0</t>
+    <t>id-1.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>AU-ABN</t>
   </si>
   <si>
-    <t>id-0.0.parties.1.additionalIdentifiers.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-1.0.parties.1.additionalIdentifiers.0</t>
   </si>
   <si>
+    <t>id-31.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.1.additionalIdentifiers.0</t>
+  </si>
+  <si>
     <t>description</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>awardID</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>period_endDate</t>
   </si>
   <si>
     <t>period_startDate</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0</t>
+    <t>id-1.0.contracts.0</t>
+  </si>
+  <si>
+    <t>CN268614-A1</t>
+  </si>
+  <si>
+    <t>Refurbishment Services</t>
+  </si>
+  <si>
+    <t>4500744384</t>
+  </si>
+  <si>
+    <t>AUD</t>
+  </si>
+  <si>
+    <t>2010-03-25T13:00:00Z</t>
+  </si>
+  <si>
+    <t>2010-03-08T13:00:00Z</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0</t>
   </si>
   <si>
     <t>CN344262-A1</t>
   </si>
   <si>
     <t>Cocos (Keeling) Island Seismic Monitoring Site Lease</t>
   </si>
   <si>
     <t>CON001582</t>
   </si>
   <si>
-    <t>AUD</t>
-[...1 lines deleted...]
-  <si>
     <t>2030-09-29T14:00:00Z</t>
   </si>
   <si>
     <t>2010-09-30T14:00:00Z</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0</t>
-[...16 lines deleted...]
-  <si>
     <t>_link_contracts</t>
   </si>
   <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0.items.0</t>
+    <t>id-1.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>25111700-acefcc9505c14e4baff3fc915e4512b7</t>
+  </si>
+  <si>
+    <t>UNSPSC</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>80131500-6f7ed21ec0374c3e93e5c86b58ce8fa8</t>
-  </si>
-[...7 lines deleted...]
-    <t>25111700-acefcc9505c14e4baff3fc915e4512b7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -795,99 +795,99 @@
       </c>
       <c r="C2" t="s">
         <v>16</v>
       </c>
       <c r="D2" t="s">
         <v>17</v>
       </c>
       <c r="E2" t="s">
         <v>18</v>
       </c>
       <c r="F2" t="s">
         <v>19</v>
       </c>
       <c r="G2" t="s">
         <v>20</v>
       </c>
       <c r="H2" t="s">
         <v>21</v>
       </c>
       <c r="I2" t="s">
         <v>18</v>
       </c>
       <c r="J2" t="s">
         <v>22</v>
       </c>
-      <c r="K2" t="s">
+      <c r="K2">
+        <v>1</v>
+      </c>
+      <c r="L2" t="s">
         <v>23</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B3" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E3" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="F3" t="s">
         <v>19</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
+        <v>28</v>
+      </c>
+      <c r="I3" t="s">
+        <v>27</v>
+      </c>
+      <c r="J3" t="s">
+        <v>22</v>
+      </c>
+      <c r="K3">
+        <v>1</v>
+      </c>
+      <c r="L3" t="s">
+        <v>23</v>
+      </c>
+      <c r="M3" t="s">
+        <v>29</v>
+      </c>
+      <c r="N3" t="s">
         <v>30</v>
-      </c>
-[...10 lines deleted...]
-        <v>25</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -898,57 +898,57 @@
         <v>32</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>33</v>
       </c>
       <c r="B2" t="s">
         <v>14</v>
       </c>
       <c r="C2" t="s">
         <v>34</v>
       </c>
       <c r="D2" t="s">
         <v>17</v>
       </c>
       <c r="E2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>36</v>
       </c>
       <c r="B3" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>37</v>
       </c>
       <c r="D3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>38</v>
       </c>
@@ -965,51 +965,51 @@
     <row r="2">
       <c r="A2" t="s">
         <v>40</v>
       </c>
       <c r="B2" t="s">
         <v>33</v>
       </c>
       <c r="C2" t="s">
         <v>14</v>
       </c>
       <c r="D2" t="s">
         <v>41</v>
       </c>
       <c r="E2" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>43</v>
       </c>
       <c r="B3" t="s">
         <v>36</v>
       </c>
       <c r="C3" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
         <v>44</v>
       </c>
       <c r="E3" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:O5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -1057,242 +1057,242 @@
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>57</v>
       </c>
       <c r="B2" t="s">
         <v>14</v>
       </c>
       <c r="C2" t="s">
         <v>41</v>
       </c>
       <c r="D2" t="s">
         <v>42</v>
       </c>
       <c r="E2" t="s">
         <v>58</v>
       </c>
       <c r="F2" t="s">
         <v>59</v>
       </c>
       <c r="G2" t="s">
         <v>60</v>
       </c>
       <c r="H2">
-        <v>6799</v>
+        <v>6168</v>
       </c>
       <c r="I2" t="s">
         <v>61</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>62</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>63</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
+        <v>62</v>
+      </c>
+      <c r="N2" t="s">
         <v>64</v>
+      </c>
+      <c r="O2" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B4" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>44</v>
       </c>
       <c r="D4" t="s">
         <v>45</v>
       </c>
       <c r="E4" t="s">
         <v>58</v>
       </c>
       <c r="F4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H4">
-        <v>6168</v>
+        <v>6799</v>
       </c>
       <c r="I4" t="s">
         <v>61</v>
       </c>
+      <c r="J4" t="s">
+        <v>74</v>
+      </c>
       <c r="K4" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="L4" t="s">
-        <v>74</v>
-[...7 lines deleted...]
-      <c r="O4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>77</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>78</v>
       </c>
       <c r="D5" t="s">
         <v>79</v>
       </c>
       <c r="E5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>80</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>82</v>
       </c>
       <c r="B2" t="s">
         <v>57</v>
       </c>
       <c r="C2" t="s">
         <v>14</v>
       </c>
       <c r="D2">
-        <v>12325522841</v>
+        <v>88008643212</v>
       </c>
       <c r="E2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>84</v>
       </c>
       <c r="B3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3">
-        <v>80091799039</v>
+        <v>62950639680</v>
       </c>
       <c r="E3" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>85</v>
       </c>
       <c r="B4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C4" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D4">
-        <v>88008643212</v>
+        <v>12325522841</v>
       </c>
       <c r="E4" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>86</v>
       </c>
       <c r="B5" t="s">
         <v>77</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D5">
-        <v>62950639680</v>
+        <v>80091799039</v>
       </c>
       <c r="E5" t="s">
         <v>83</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>31</v>
       </c>
@@ -1331,89 +1331,89 @@
       <c r="A2" t="s">
         <v>95</v>
       </c>
       <c r="B2" t="s">
         <v>14</v>
       </c>
       <c r="C2" t="s">
         <v>96</v>
       </c>
       <c r="D2" t="s">
         <v>97</v>
       </c>
       <c r="E2" t="s">
         <v>98</v>
       </c>
       <c r="F2" t="s">
         <v>17</v>
       </c>
       <c r="G2" t="s">
         <v>34</v>
       </c>
       <c r="H2" t="s">
         <v>35</v>
       </c>
       <c r="I2">
-        <v>80000</v>
+        <v>48360.52</v>
       </c>
       <c r="J2" t="s">
         <v>99</v>
       </c>
       <c r="K2" t="s">
         <v>100</v>
       </c>
       <c r="L2" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>102</v>
       </c>
       <c r="B3" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>103</v>
       </c>
       <c r="D3" t="s">
         <v>104</v>
       </c>
       <c r="E3" t="s">
         <v>105</v>
       </c>
       <c r="F3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="G3" t="s">
         <v>37</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3">
-        <v>48360.52</v>
+        <v>80000</v>
       </c>
       <c r="J3" t="s">
         <v>99</v>
       </c>
       <c r="K3" t="s">
         <v>106</v>
       </c>
       <c r="L3" t="s">
         <v>107</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -1428,71 +1428,71 @@
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>109</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>111</v>
       </c>
       <c r="B2" t="s">
         <v>95</v>
       </c>
       <c r="C2" t="s">
         <v>14</v>
       </c>
       <c r="D2" t="s">
         <v>112</v>
       </c>
       <c r="E2">
-        <v>80131500</v>
+        <v>25111700</v>
       </c>
       <c r="F2" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>114</v>
       </c>
       <c r="B3" t="s">
         <v>102</v>
       </c>
       <c r="C3" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
         <v>115</v>
       </c>
       <c r="E3">
-        <v>25111700</v>
+        <v>80131500</v>
       </c>
       <c r="F3" t="s">
         <v>113</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>