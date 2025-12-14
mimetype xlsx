--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -60,255 +60,255 @@
   <si>
     <t>ocid</t>
   </si>
   <si>
     <t>initiationType</t>
   </si>
   <si>
     <t>language</t>
   </si>
   <si>
     <t>originalid</t>
   </si>
   <si>
     <t>tender_id</t>
   </si>
   <si>
     <t>tender_procurementMethod</t>
   </si>
   <si>
     <t>tender_limitedTenderExempt</t>
   </si>
   <si>
     <t>tender_procurementMethodDetails</t>
   </si>
   <si>
-    <t>id-31.0</t>
+    <t>id-0.0</t>
   </si>
   <si>
     <t>prod-96560726ba00a8009884fa3aba9e29de-2012-05-29T02:04:48Z</t>
   </si>
   <si>
     <t>compiled</t>
   </si>
   <si>
     <t>2012-05-29T02:04:48Z</t>
   </si>
   <si>
     <t>prod-96560726ba00a8009884fa3aba9e29de</t>
   </si>
   <si>
     <t>tender</t>
   </si>
   <si>
     <t>EN</t>
   </si>
   <si>
     <t>9656071cdcdc529eac5787e6e130c9ff</t>
   </si>
   <si>
     <t>limited</t>
   </si>
   <si>
     <t>Limited tender</t>
   </si>
   <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
-    <t>id-31.0.awards.0</t>
+    <t>id-0.0.awards.0</t>
   </si>
   <si>
     <t>CN560032-A1-5313253ceb914e0d99010afb53a61346</t>
   </si>
   <si>
     <t>active</t>
   </si>
   <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
-    <t>id-31.0.awards.0.suppliers.0</t>
+    <t>id-0.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>3d7c4f43f4fbee5620fdf787dfddfa36</t>
   </si>
   <si>
     <t>RACING SCIENCE CENTRE SPORTS AND RACING</t>
   </si>
   <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_locality</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>address_streetAddress</t>
   </si>
   <si>
     <t>contactPoint_name</t>
   </si>
   <si>
     <t>contactPoint_email</t>
   </si>
   <si>
     <t>contactPoint_branch</t>
   </si>
   <si>
     <t>contactPoint_division</t>
   </si>
   <si>
     <t>contactPoint_telephone</t>
   </si>
   <si>
-    <t>id-31.0.parties.0</t>
+    <t>id-0.0.parties.0</t>
   </si>
   <si>
     <t>supplier</t>
   </si>
   <si>
     <t>QLD</t>
   </si>
   <si>
     <t>HAMILTON</t>
   </si>
   <si>
     <t>AUSTRALIA</t>
   </si>
   <si>
     <t>SEG - Infrastructure Division</t>
   </si>
   <si>
     <t>DEFENCE.PROCUREMENT@DEFENCE.GOV.AU</t>
   </si>
   <si>
     <t>SEG</t>
   </si>
   <si>
     <t>00</t>
   </si>
   <si>
-    <t>id-31.0.parties.1</t>
+    <t>id-0.0.parties.1</t>
   </si>
   <si>
     <t>0ec9911c9e99d1b7bb1b77f4abffc583</t>
   </si>
   <si>
     <t>Department of Defence</t>
   </si>
   <si>
     <t>procuringEntity</t>
   </si>
   <si>
     <t>tenders@finance.gov.au</t>
   </si>
   <si>
     <t>_link_parties</t>
   </si>
   <si>
     <t>scheme</t>
   </si>
   <si>
-    <t>id-31.0.parties.0.additionalIdentifiers.0</t>
+    <t>id-0.0.parties.0.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>AU-ABN</t>
   </si>
   <si>
-    <t>id-31.0.parties.1.additionalIdentifiers.0</t>
+    <t>id-0.0.parties.1.additionalIdentifiers.0</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>awardID</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>period_endDate</t>
   </si>
   <si>
     <t>period_startDate</t>
   </si>
   <si>
-    <t>id-31.0.contracts.0</t>
+    <t>id-0.0.contracts.0</t>
   </si>
   <si>
     <t>CN560032-A1</t>
   </si>
   <si>
     <t>Lease for Premises at Magnetic Island, Townsville</t>
   </si>
   <si>
     <t>0000000100244</t>
   </si>
   <si>
     <t>AUD</t>
   </si>
   <si>
     <t>2032-04-29T14:00:00Z</t>
   </si>
   <si>
     <t>2012-04-30T14:00:00Z</t>
   </si>
   <si>
     <t>_link_contracts</t>
   </si>
   <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
-    <t>id-31.0.contracts.0.items.0</t>
+    <t>id-0.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>80131500-5313253ceb914e0d99010afb53a61346</t>
   </si>
   <si>
     <t>UNSPSC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>