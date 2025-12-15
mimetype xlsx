--- v0 (2025-10-13)
+++ v1 (2025-12-15)
@@ -63,486 +63,486 @@
   <si>
     <t>initiationType</t>
   </si>
   <si>
     <t>date</t>
   </si>
   <si>
     <t>ocid</t>
   </si>
   <si>
     <t>language</t>
   </si>
   <si>
     <t>bids_url</t>
   </si>
   <si>
     <t>buyer_id</t>
   </si>
   <si>
     <t>buyer_name</t>
   </si>
   <si>
     <t>tender_id</t>
   </si>
   <si>
+    <t>tender_procurementMethodDetails</t>
+  </si>
+  <si>
+    <t>tender_mainProcurementCategory</t>
+  </si>
+  <si>
     <t>tender_title</t>
   </si>
   <si>
+    <t>tender_procurementMethod</t>
+  </si>
+  <si>
+    <t>tender_awardCriteriaDetails</t>
+  </si>
+  <si>
+    <t>tender_description</t>
+  </si>
+  <si>
+    <t>tender_awardCriteria</t>
+  </si>
+  <si>
     <t>tender_value_amount</t>
   </si>
   <si>
     <t>tender_value_currency</t>
   </si>
   <si>
+    <t>tender_tenderPeriod_endDate</t>
+  </si>
+  <si>
+    <t>tender_contractPeriod_durationInDays</t>
+  </si>
+  <si>
+    <t>metaData_modified</t>
+  </si>
+  <si>
     <t>tender_minValue_amount</t>
   </si>
   <si>
     <t>tender_minValue_currency</t>
   </si>
   <si>
-    <t>metaData_modified</t>
-[...25 lines deleted...]
-  <si>
     <t>id-0.0</t>
   </si>
   <si>
+    <t>ocds-70d2nz-5daa2b88-9652-435a-a63d-67bfe39cbc29-2011-11-08T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>compiled</t>
+  </si>
+  <si>
+    <t>tender</t>
+  </si>
+  <si>
+    <t>2011-11-08T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-5daa2b88-9652-435a-a63d-67bfe39cbc29</t>
+  </si>
+  <si>
+    <t>en</t>
+  </si>
+  <si>
+    <t>https://raw.githubusercontent.com/open-contracting/ocds_bid_extension/v1.1.1/extension.json</t>
+  </si>
+  <si>
+    <t>EU_body_7792df8a9de692717afa1c078e8d34ec7170b3594ac698a4ec72a0bd17ae804f</t>
+  </si>
+  <si>
+    <t>Town of Petrinja / Croatia</t>
+  </si>
+  <si>
+    <t>2011/S 214-349734</t>
+  </si>
+  <si>
+    <t>pt_open</t>
+  </si>
+  <si>
+    <t>services</t>
+  </si>
+  <si>
+    <t>DBFO - Model (design-build-finance-operate) Wastewater Treatment Petrinja - Croatia.</t>
+  </si>
+  <si>
+    <t>open</t>
+  </si>
+  <si>
+    <t>Project costs cash value / Book A.5.3: 100</t>
+  </si>
+  <si>
+    <t>Designe, Construction, Financing and Operation of sewage disposal Petrinja over 25 years. Construction of wastewater treatment plants (Total size: 36 000 PE); Sewer Renovation: 24 km; sewer construction with special structures: 101 km.</t>
+  </si>
+  <si>
+    <t>ratedCriteria</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>2011-11-25T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2025-01-18T16:22:05.462249</t>
+  </si>
+  <si>
+    <t>id-1.0</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-23c02495-f15f-4c4f-83ca-cb97473391fe-2011-03-08T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2011-03-08T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-23c02495-f15f-4c4f-83ca-cb97473391fe</t>
+  </si>
+  <si>
+    <t>EU_body_06b5cbbb2e33ac9217552b16c9b2fd3d256c8c61a2e1400071fe5d9b14312092</t>
+  </si>
+  <si>
+    <t>Croatian Post and Electronic Communications Agency</t>
+  </si>
+  <si>
+    <t>2011/S 46-075930</t>
+  </si>
+  <si>
+    <t>Consultancy services for the implementation of the project "Cost models of operators with significant market power".</t>
+  </si>
+  <si>
+    <t>PRICE: 100</t>
+  </si>
+  <si>
+    <t>priceOnly</t>
+  </si>
+  <si>
+    <t>HRK</t>
+  </si>
+  <si>
+    <t>2011-04-21T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2025-02-17T17:26:57.392380</t>
+  </si>
+  <si>
+    <t>id-31.0</t>
+  </si>
+  <si>
     <t>ocds-70d2nz-4498d7f3-9483-403d-8ad3-e5d587b456c9-2011-03-04T00:00:00.000Z</t>
   </si>
   <si>
-    <t>compiled</t>
-[...4 lines deleted...]
-  <si>
     <t>2011-03-04T00:00:00.000Z</t>
   </si>
   <si>
     <t>ocds-70d2nz-4498d7f3-9483-403d-8ad3-e5d587b456c9</t>
   </si>
   <si>
-    <t>en</t>
-[...4 lines deleted...]
-  <si>
     <t>EU_body_f9b899d6cac16dc540aa3d45db27a9e17c4bda57adaccc97400ebe23bbd27cf9</t>
   </si>
   <si>
     <t>Croatian Bureau of Statistics, Project Implementation Unit</t>
   </si>
   <si>
     <t>2011/S 44-073180</t>
   </si>
   <si>
     <t>Expert Services in Agri-Monetary Statistics.</t>
   </si>
   <si>
-    <t>EUR</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-01-18T10:14:12.253802</t>
   </si>
   <si>
-    <t>id-1.0</t>
-[...85 lines deleted...]
-  <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_street</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>contactPoint_url</t>
   </si>
   <si>
     <t>contactPoint_name</t>
   </si>
   <si>
     <t>contactPoint_email</t>
   </si>
   <si>
     <t>contactPoint_telephone</t>
   </si>
   <si>
     <t>id-0.0.parties.0</t>
   </si>
   <si>
     <t>buyer</t>
   </si>
   <si>
+    <t>I. Gundulica 2</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>http://www.petrinja.hr</t>
+  </si>
+  <si>
+    <t>Strucna sluzba Grada</t>
+  </si>
+  <si>
+    <t>petrinja@petrinja.hr</t>
+  </si>
+  <si>
+    <t>id-1.0.parties.0</t>
+  </si>
+  <si>
+    <t>Jurisiceva 13</t>
+  </si>
+  <si>
+    <t>http://www.hakom.hr</t>
+  </si>
+  <si>
+    <t>Writing Office, HAKOM, room 106</t>
+  </si>
+  <si>
+    <t>nabava@hakom.hr</t>
+  </si>
+  <si>
+    <t>+385 14896000</t>
+  </si>
+  <si>
+    <t>id-1.0.parties.1</t>
+  </si>
+  <si>
+    <t>EU_body_4b38329a727f545f5859156403e6c71db713d3441cda2a7dd148d2a319301fd8</t>
+  </si>
+  <si>
+    <t>Tera Consultants</t>
+  </si>
+  <si>
+    <t>supplier</t>
+  </si>
+  <si>
+    <t>32 Rue Des Jeûneurs</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>http://www.tera.fr</t>
+  </si>
+  <si>
+    <t>basque@tera.fr</t>
+  </si>
+  <si>
+    <t>+33 155048724</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0</t>
+  </si>
+  <si>
     <t>Ilica 3</t>
   </si>
   <si>
-    <t>HR</t>
-[...1 lines deleted...]
-  <si>
     <t>http://www.dzs.hr</t>
   </si>
   <si>
     <t>Mr Robert Knežević, PIU Head</t>
   </si>
   <si>
     <t>knezevicr@dzs.hr</t>
   </si>
   <si>
     <t>+385 14806163</t>
   </si>
   <si>
-    <t>id-1.0.parties.0</t>
-[...58 lines deleted...]
-  <si>
     <t>url</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>id-0.0.tender.lots.0</t>
   </si>
   <si>
     <t>lot-1</t>
   </si>
   <si>
     <t>https://raw.githubusercontent.com/open-contracting/ocds_lots_extension/v1.1.1/extension.json</t>
   </si>
   <si>
     <t>id-1.0.tender.lots.0</t>
   </si>
   <si>
+    <t>Contract on the provision of consultancy services for the implementation of the project "Cost models of operators with significant market power".</t>
+  </si>
+  <si>
     <t>id-31.0.tender.lots.0</t>
   </si>
   <si>
-    <t>Contract on the provision of consultancy services for the implementation of the project "Cost models of operators with significant market power".</t>
-[...1 lines deleted...]
-  <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
     <t>id-0.0.tender.items.0</t>
   </si>
   <si>
     <t>item-1</t>
   </si>
   <si>
     <t>CPV</t>
   </si>
   <si>
+    <t>id-0.0.tender.items.1</t>
+  </si>
+  <si>
+    <t>item-2</t>
+  </si>
+  <si>
+    <t>id-0.0.tender.items.2</t>
+  </si>
+  <si>
+    <t>item-3</t>
+  </si>
+  <si>
     <t>id-1.0.tender.items.0</t>
   </si>
   <si>
-    <t>id-1.0.tender.items.1</t>
-[...10 lines deleted...]
-  <si>
     <t>id-31.0.tender.items.0</t>
   </si>
   <si>
     <t>documentType</t>
   </si>
   <si>
     <t>datePublished</t>
   </si>
   <si>
+    <t>id-0.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>document-3</t>
+  </si>
+  <si>
+    <t>http://ted.europa.eu/udl?uri=TED:NOTICE:349734-2011:TEXT:EN:HTML</t>
+  </si>
+  <si>
+    <t>tenderNotice</t>
+  </si>
+  <si>
     <t>id-1.0.tender.documents.0</t>
   </si>
   <si>
-    <t>document-3</t>
-[...10 lines deleted...]
-  <si>
     <t>document-17</t>
   </si>
   <si>
-    <t>id-31.0.tender.documents.1</t>
+    <t>id-1.0.tender.documents.1</t>
   </si>
   <si>
     <t>document-18</t>
   </si>
   <si>
-    <t>id-31.0.tender.documents.2</t>
+    <t>id-1.0.tender.documents.2</t>
   </si>
   <si>
     <t>document-21</t>
   </si>
   <si>
     <t>http://ted.europa.eu/udl?uri=TED:NOTICE:079349-2011:TEXT:EN:HTML</t>
   </si>
   <si>
     <t>2011-03-10T00:00:00.000Z</t>
   </si>
   <si>
     <t>relatedBid</t>
   </si>
   <si>
     <t>relatedLots</t>
   </si>
   <si>
-    <t>id-31.0.awards.0</t>
+    <t>id-1.0.awards.0</t>
   </si>
   <si>
     <t>award-1</t>
   </si>
   <si>
     <t>2011-07-04T00:00:00.000Z</t>
   </si>
   <si>
     <t>bid-1</t>
   </si>
   <si>
     <t>_link_awards</t>
   </si>
   <si>
-    <t>id-31.0.awards.0.documents.0</t>
+    <t>id-1.0.awards.0.documents.0</t>
   </si>
   <si>
     <t>document-4</t>
   </si>
   <si>
     <t>http://ted.europa.eu/udl?uri=TED:NOTICE:256637-2011:TEXT:EN:HTML</t>
   </si>
   <si>
     <t>awardNotice</t>
   </si>
   <si>
     <t>2011-08-12T00:00:00.000Z</t>
   </si>
   <si>
-    <t>id-31.0.awards.0.suppliers.0</t>
-[...2 lines deleted...]
-    <t>id-31.0.bids.details.0</t>
+    <t>id-1.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-1.0.bids.details.0</t>
   </si>
   <si>
     <t>_link_bids_details</t>
   </si>
   <si>
-    <t>id-31.0.bids.details.0.tenderers.0</t>
+    <t>id-1.0.bids.details.0.tenderers.0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -963,253 +963,253 @@
       </c>
       <c r="E2" t="s">
         <v>29</v>
       </c>
       <c r="F2" t="s">
         <v>30</v>
       </c>
       <c r="G2" t="s">
         <v>31</v>
       </c>
       <c r="H2" t="s">
         <v>32</v>
       </c>
       <c r="I2" t="s">
         <v>33</v>
       </c>
       <c r="J2" t="s">
         <v>34</v>
       </c>
       <c r="K2" t="s">
         <v>35</v>
       </c>
       <c r="L2" t="s">
         <v>36</v>
       </c>
-      <c r="M2">
-        <v>35000</v>
+      <c r="M2" t="s">
+        <v>37</v>
       </c>
       <c r="N2" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>20000</v>
+        <v>38</v>
+      </c>
+      <c r="O2" t="s">
+        <v>39</v>
       </c>
       <c r="P2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="Q2" t="s">
-        <v>38</v>
+        <v>41</v>
+      </c>
+      <c r="R2" t="s">
+        <v>42</v>
+      </c>
+      <c r="S2">
+        <v>78000000</v>
+      </c>
+      <c r="T2" t="s">
+        <v>43</v>
+      </c>
+      <c r="U2" t="s">
+        <v>44</v>
+      </c>
+      <c r="V2">
+        <v>9000</v>
+      </c>
+      <c r="W2" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="B3" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C3" t="s">
         <v>27</v>
       </c>
       <c r="D3" t="s">
         <v>28</v>
       </c>
       <c r="E3" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="F3" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G3" t="s">
         <v>31</v>
       </c>
       <c r="H3" t="s">
         <v>32</v>
       </c>
       <c r="I3" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="J3" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="K3" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="L3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>78000000</v>
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>37</v>
+        <v>53</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>54</v>
       </c>
       <c r="Q3" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="R3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>55</v>
+      </c>
+      <c r="S3">
+        <v>5994700</v>
       </c>
       <c r="T3" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="U3" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>57</v>
+      </c>
+      <c r="V3">
+        <v>540</v>
       </c>
       <c r="W3" t="s">
-        <v>53</v>
-[...5 lines deleted...]
-        <v>9000</v>
+        <v>58</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B4" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="C4" t="s">
         <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>28</v>
       </c>
       <c r="E4" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="F4" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="G4" t="s">
         <v>31</v>
       </c>
       <c r="H4" t="s">
         <v>32</v>
       </c>
       <c r="I4" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="J4" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="K4" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>5994700</v>
+        <v>65</v>
       </c>
       <c r="N4" t="s">
-        <v>63</v>
-[...8 lines deleted...]
-        <v>49</v>
+        <v>66</v>
+      </c>
+      <c r="S4">
+        <v>35000</v>
       </c>
       <c r="T4" t="s">
-        <v>50</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="W4" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="X4" t="s">
         <v>67</v>
       </c>
-      <c r="Y4">
-        <v>540</v>
+      <c r="X4">
+        <v>20000</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>155</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>156</v>
       </c>
       <c r="B2" t="s">
         <v>154</v>
       </c>
       <c r="C2" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D2" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="E2" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>68</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -1239,167 +1239,167 @@
       </c>
       <c r="L1" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>78</v>
       </c>
       <c r="B2" t="s">
         <v>25</v>
       </c>
       <c r="C2" t="s">
         <v>33</v>
       </c>
       <c r="D2" t="s">
         <v>34</v>
       </c>
       <c r="E2" t="s">
         <v>79</v>
       </c>
       <c r="F2" t="s">
         <v>80</v>
       </c>
       <c r="G2">
-        <v>10000</v>
+        <v>44250</v>
       </c>
       <c r="H2" t="s">
         <v>81</v>
       </c>
       <c r="I2" t="s">
         <v>82</v>
       </c>
       <c r="J2" t="s">
         <v>83</v>
       </c>
       <c r="K2" t="s">
         <v>84</v>
       </c>
-      <c r="L2" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B3" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C3" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="D3" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="E3" t="s">
         <v>79</v>
       </c>
       <c r="F3" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G3">
-        <v>44250</v>
+        <v>10000</v>
       </c>
       <c r="H3" t="s">
         <v>81</v>
       </c>
       <c r="I3" t="s">
+        <v>87</v>
+      </c>
+      <c r="J3" t="s">
         <v>88</v>
       </c>
-      <c r="J3" t="s">
+      <c r="K3" t="s">
         <v>89</v>
       </c>
-      <c r="K3" t="s">
+      <c r="L3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>91</v>
       </c>
       <c r="B4" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="C4" t="s">
-        <v>59</v>
+        <v>92</v>
       </c>
       <c r="D4" t="s">
-        <v>60</v>
+        <v>93</v>
       </c>
       <c r="E4" t="s">
-        <v>79</v>
+        <v>94</v>
       </c>
       <c r="F4" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="G4">
-        <v>10000</v>
+        <v>75002</v>
       </c>
       <c r="H4" t="s">
-        <v>81</v>
+        <v>96</v>
       </c>
       <c r="I4" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="K4" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="L4" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B5" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C5" t="s">
-        <v>98</v>
+        <v>63</v>
       </c>
       <c r="D5" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="E5" t="s">
-        <v>100</v>
+        <v>79</v>
       </c>
       <c r="F5" t="s">
         <v>101</v>
       </c>
       <c r="G5">
-        <v>75002</v>
+        <v>10000</v>
       </c>
       <c r="H5" t="s">
+        <v>81</v>
+      </c>
+      <c r="I5" t="s">
         <v>102</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
         <v>103</v>
       </c>
       <c r="K5" t="s">
         <v>104</v>
       </c>
       <c r="L5" t="s">
         <v>105</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -1420,293 +1420,293 @@
         <v>108</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>110</v>
       </c>
       <c r="B2" t="s">
         <v>25</v>
       </c>
       <c r="C2" t="s">
         <v>111</v>
       </c>
       <c r="D2" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>113</v>
       </c>
       <c r="B3" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C3" t="s">
         <v>111</v>
       </c>
       <c r="D3" t="s">
         <v>112</v>
       </c>
+      <c r="E3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F3">
+        <v>5994700</v>
+      </c>
+      <c r="G3" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B4" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C4" t="s">
         <v>111</v>
       </c>
       <c r="D4" t="s">
         <v>112</v>
-      </c>
-[...7 lines deleted...]
-        <v>63</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>68</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>116</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>118</v>
       </c>
       <c r="B2" t="s">
         <v>25</v>
       </c>
       <c r="C2" t="s">
         <v>119</v>
       </c>
       <c r="D2">
-        <v>79300000</v>
+        <v>90410000</v>
       </c>
       <c r="E2" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>121</v>
       </c>
       <c r="B3" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="C3" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D3">
-        <v>90410000</v>
+        <v>90420000</v>
       </c>
       <c r="E3" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="C4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D4">
-        <v>90420000</v>
+        <v>90430000</v>
       </c>
       <c r="E4" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B5" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="D5">
-        <v>90430000</v>
+        <v>73220000</v>
       </c>
       <c r="E5" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>126</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
         <v>119</v>
       </c>
       <c r="D6">
-        <v>73220000</v>
+        <v>79300000</v>
       </c>
       <c r="E6" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>68</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>127</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>129</v>
       </c>
       <c r="B2" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="C2" t="s">
         <v>130</v>
       </c>
       <c r="D2" t="s">
         <v>131</v>
       </c>
       <c r="E2" t="s">
         <v>31</v>
       </c>
       <c r="F2" t="s">
         <v>132</v>
       </c>
       <c r="G2" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>133</v>
       </c>
       <c r="B3" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="C3" t="s">
         <v>134</v>
       </c>
       <c r="F3" t="s">
         <v>132</v>
       </c>
       <c r="G3" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>135</v>
       </c>
       <c r="B4" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="C4" t="s">
         <v>136</v>
       </c>
       <c r="F4" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>137</v>
       </c>
       <c r="B5" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>138</v>
       </c>
       <c r="D5" t="s">
         <v>139</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>132</v>
       </c>
       <c r="G5" t="s">
         <v>140</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
@@ -1724,119 +1724,119 @@
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>141</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>142</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>108</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>143</v>
       </c>
       <c r="B2" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="C2" t="s">
         <v>144</v>
       </c>
       <c r="D2" t="s">
         <v>145</v>
       </c>
       <c r="E2" t="s">
         <v>146</v>
       </c>
       <c r="F2" t="s">
         <v>111</v>
       </c>
       <c r="G2">
         <v>629220</v>
       </c>
       <c r="H2" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>147</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>106</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>127</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>148</v>
       </c>
       <c r="B2" t="s">
         <v>143</v>
       </c>
       <c r="C2" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D2" t="s">
         <v>149</v>
       </c>
       <c r="E2" t="s">
         <v>150</v>
       </c>
       <c r="F2" t="s">
         <v>31</v>
       </c>
       <c r="G2" t="s">
         <v>151</v>
       </c>
       <c r="H2" t="s">
         <v>152</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E2"/>
@@ -1848,110 +1848,110 @@
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>147</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>153</v>
       </c>
       <c r="B2" t="s">
         <v>143</v>
       </c>
       <c r="C2" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D2" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="E2" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>68</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>142</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>108</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>154</v>
       </c>
       <c r="B2" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="C2" t="s">
         <v>146</v>
       </c>
       <c r="D2" t="s">
         <v>111</v>
       </c>
       <c r="E2">
         <v>629220</v>
       </c>
       <c r="F2" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="10" baseType="lpstr">
       <vt:lpstr>main</vt:lpstr>