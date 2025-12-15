--- v0 (2025-10-13)
+++ v1 (2025-12-15)
@@ -14,681 +14,681 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="main" sheetId="1" r:id="rId1"/>
-    <sheet name="awards" sheetId="2" r:id="rId2"/>
-[...2 lines deleted...]
-    <sheet name="parties" sheetId="5" r:id="rId5"/>
+    <sheet name="parties" sheetId="2" r:id="rId2"/>
+    <sheet name="tender_lots" sheetId="3" r:id="rId3"/>
+    <sheet name="tender_items" sheetId="4" r:id="rId4"/>
+    <sheet name="tender_documents" sheetId="5" r:id="rId5"/>
     <sheet name="parties_additionalidentifiers" sheetId="6" r:id="rId6"/>
-    <sheet name="bids_details" sheetId="7" r:id="rId7"/>
-[...3 lines deleted...]
-    <sheet name="tender_documents" sheetId="11" r:id="rId11"/>
+    <sheet name="awards" sheetId="7" r:id="rId7"/>
+    <sheet name="awards_documents" sheetId="8" r:id="rId8"/>
+    <sheet name="awards_suppliers" sheetId="9" r:id="rId9"/>
+    <sheet name="bids_details" sheetId="10" r:id="rId10"/>
+    <sheet name="bids_details_tenderers" sheetId="11" r:id="rId11"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="427" uniqueCount="204">
   <si>
     <t>_link</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>tag</t>
   </si>
   <si>
+    <t>initiationType</t>
+  </si>
+  <si>
+    <t>date</t>
+  </si>
+  <si>
+    <t>ocid</t>
+  </si>
+  <si>
     <t>language</t>
   </si>
   <si>
-    <t>date</t>
-[...7 lines deleted...]
-  <si>
     <t>bids_url</t>
   </si>
   <si>
     <t>buyer_id</t>
   </si>
   <si>
     <t>buyer_name</t>
   </si>
   <si>
     <t>tender_id</t>
   </si>
   <si>
     <t>tender_procurementMethodDetails</t>
   </si>
   <si>
     <t>tender_mainProcurementCategory</t>
   </si>
   <si>
     <t>tender_title</t>
   </si>
   <si>
+    <t>tender_procurementMethod</t>
+  </si>
+  <si>
+    <t>tender_description</t>
+  </si>
+  <si>
+    <t>tender_awardCriteria</t>
+  </si>
+  <si>
+    <t>tender_tenderPeriod_endDate</t>
+  </si>
+  <si>
+    <t>metaData_modified</t>
+  </si>
+  <si>
+    <t>tender_contractPeriod_durationInDays</t>
+  </si>
+  <si>
     <t>tender_awardCriteriaDetails</t>
   </si>
   <si>
-    <t>tender_description</t>
-[...16 lines deleted...]
-  <si>
     <t>id-0.0</t>
   </si>
   <si>
+    <t>ocds-70d2nz-d7e71c70-5565-4ef0-8326-bb68423826b1-2012-06-30T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>compiled</t>
+  </si>
+  <si>
+    <t>tender</t>
+  </si>
+  <si>
+    <t>2012-06-30T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-d7e71c70-5565-4ef0-8326-bb68423826b1</t>
+  </si>
+  <si>
+    <t>en</t>
+  </si>
+  <si>
+    <t>https://raw.githubusercontent.com/open-contracting/ocds_bid_extension/v1.1.1/extension.json</t>
+  </si>
+  <si>
+    <t>EU_body_995c00d1916ba8f90292e6c85a63fbeb3d43fa91a954e894859fcd270dedb70d</t>
+  </si>
+  <si>
+    <t>Center for monitoring of business activities in the energy sector and investments</t>
+  </si>
+  <si>
+    <t>2012/S 124-205692</t>
+  </si>
+  <si>
+    <t>pt_restricted</t>
+  </si>
+  <si>
+    <t>services</t>
+  </si>
+  <si>
+    <t>Legal Consulting Services on Projects in the Eneregy Sector.</t>
+  </si>
+  <si>
+    <t>selective</t>
+  </si>
+  <si>
+    <t>Description of the subject-matter of public procurement: Legal consulting services on projects in the energy sector which include individual or group investments in the projects of building, development, liquidation of assets or economic entities, mergers and acquisitions, investments in hydro and thermal power plants, use of renewable energy resources, LNG terminals, infrastructure objects for transport and storage of energy (further in text: Project).The projects in the energy sector shall be realised in such a way that the economic entities in the energy sector shall enter into business relation with the chosen strategic partners which will participate with determined share of ownership. The projects include development of thermal power plants (2 projects), hydro power plants (4 projects), LNG terminals (1 project) and gas pipeline (5 projects).</t>
+  </si>
+  <si>
+    <t>ratedCriteria</t>
+  </si>
+  <si>
+    <t>2012-08-07T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2025-01-21T00:26:54.378636</t>
+  </si>
+  <si>
+    <t>id-1.0</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-99eb0b2e-6b87-4d6d-acd0-84122ad07725-2012-07-21T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2012-07-21T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-99eb0b2e-6b87-4d6d-acd0-84122ad07725</t>
+  </si>
+  <si>
+    <t>EU_body_018b587192abef86281e901646e9514cbc1367a7e6dc8aa9f9c09d5a892bf41a</t>
+  </si>
+  <si>
+    <t>Hrvatska elektroprivreda d.d.</t>
+  </si>
+  <si>
+    <t>2012/S 139-232865</t>
+  </si>
+  <si>
+    <t>RESTRICTED</t>
+  </si>
+  <si>
+    <t>works</t>
+  </si>
+  <si>
+    <t>Design, engineering, financing, construction, operation and maintenance of a coal-fired power station with a capacity of approximately 500 MW located in Plomin, Croatia that will be known as the Plomin-C Coal-Fired Thermal Power Plant.</t>
+  </si>
+  <si>
+    <t>Hrvatska Elektroprivreda d.d. is the national electricity company of the Republic of Croatia. It has been engaged in the production, transmission and distribution of electricity for more than a century The HEP group owns and operates over 4 000 MW of installed generation capacity and 974 MW of heat production capacity, including 25 hydroelectric plants and eight thermal power plants fired by oil, natural gas, and coal.The Contracting Entity is procuring a strategic partner to:(a) Design, engineer, finance, construct, operate and maintain a coal-fired power station with a capacity of approximately 500 MW located in Plomin, Croatia that will be known as the Plomin-C Coal-Fired Thermal Power Plant, including(b) The supply of all fuel required to operate Plomin-C.In compliance with applicable social and environmental requirements and the obligations Croatia will have under the European Union Emissions Trading System.</t>
+  </si>
+  <si>
+    <t>2012-09-14T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2025-01-19T09:14:47.006904</t>
+  </si>
+  <si>
+    <t>id-2.0</t>
+  </si>
+  <si>
     <t>ocds-70d2nz-3a597c0c-f9c1-40c5-a63d-92faec10c77b-2012-09-07T00:00:00.000Z</t>
   </si>
   <si>
-    <t>compiled</t>
-[...4 lines deleted...]
-  <si>
     <t>2012-09-07T00:00:00.000Z</t>
   </si>
   <si>
     <t>ocds-70d2nz-3a597c0c-f9c1-40c5-a63d-92faec10c77b</t>
   </si>
   <si>
-    <t>tender</t>
-[...4 lines deleted...]
-  <si>
     <t>EU_body_7a8e8549b3bc4934722073f7886bfd8ab1d7082c4947fd7705856ff495eef44b</t>
   </si>
   <si>
     <t>Ministarstvo mora, prometa i infrastrukture</t>
   </si>
   <si>
     <t>2012/S 172-284959</t>
   </si>
   <si>
     <t>pt_open</t>
   </si>
   <si>
-    <t>services</t>
-[...1 lines deleted...]
-  <si>
     <t>Consulting Services for the monetization of public debt related to companies Hrvatske autoceste d.o.o. and Autocesta Rijeka-Zagreb d.d.</t>
+  </si>
+  <si>
+    <t>open</t>
+  </si>
+  <si>
+    <t>The subject matter of the tender is the selection of the consultant for the monetization of public debt related to companies Hrvatske autoceste d.o.o. and Autocesta Rijeka-Zagreb d.d., in accordance with Tender Documentation.</t>
+  </si>
+  <si>
+    <t>2012-10-17T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2025-02-17T17:26:58.064038</t>
   </si>
   <si>
     <t>Specific expirience of Applicant: 20
 Adequacy of the plan and methodology: 30
 Qualifications and competencies of the staff: 20
 Price: 30</t>
   </si>
   <si>
-    <t>The subject matter of the tender is the selection of the consultant for the monetization of public debt related to companies Hrvatske autoceste d.o.o. and Autocesta Rijeka-Zagreb d.d., in accordance with Tender Documentation.</t>
-[...14 lines deleted...]
-    <t>id-1.0</t>
+    <t>id-3.0</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-db7af375-5f1c-4647-9312-8b5d4618ffd5-2012-09-25T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2012-09-25T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>ocds-70d2nz-db7af375-5f1c-4647-9312-8b5d4618ffd5</t>
+  </si>
+  <si>
+    <t>EU_body_c0f7d4d55415dc518287fd351dfb02d36c5d56cb2ff6c18a71d18e9f093564f7</t>
+  </si>
+  <si>
+    <t>Ministarstvo financija – Državna riznica</t>
+  </si>
+  <si>
+    <t>2012/S 184-303188</t>
+  </si>
+  <si>
+    <t>Consulting Services for the privatization and capital increase of Hrvatska poštanka banka.d.d.</t>
+  </si>
+  <si>
+    <t>The subject matter of the tender is the selection of the consultant for the privatization and capital increase of Hrvatska poštanka banka.d.d., in accordance with Tender Documents.</t>
+  </si>
+  <si>
+    <t>2012-10-29T00:00:00.000Z</t>
+  </si>
+  <si>
+    <t>2025-01-21T00:10:50.219166</t>
+  </si>
+  <si>
+    <t>id-4.0</t>
   </si>
   <si>
     <t>ocds-70d2nz-98fd2c2e-6291-46d6-8768-4b274b8c94aa-2012-06-30T00:00:00.000Z</t>
   </si>
   <si>
-    <t>2012-06-30T00:00:00.000Z</t>
-[...1 lines deleted...]
-  <si>
     <t>ocds-70d2nz-98fd2c2e-6291-46d6-8768-4b274b8c94aa</t>
   </si>
   <si>
-    <t>EU_body_995c00d1916ba8f90292e6c85a63fbeb3d43fa91a954e894859fcd270dedb70d</t>
-[...4 lines deleted...]
-  <si>
     <t>2012/S 124-205693</t>
   </si>
   <si>
-    <t>pt_restricted</t>
-[...1 lines deleted...]
-  <si>
     <t>Financial consulting services on projects in the energy sector.</t>
   </si>
   <si>
     <t>Description of the subject-matter of public procurement: financial consulting services especially with regard to the model of financing of projects in the energy sector which include individual or group investments in the projects of building, development, liquidation of assets or economic entities, mergers and acquisitions, investments in hydro and thermal power plants, use of renewable energy resources, LNG terminals, infrastructure objects for transport and storage of energy (further in text: project).The projects in the energy sector shall be realised in such a way that the economic entities in the energy sector shall enter into business relation with the chosen strategic partners which will participate with determined share of ownership. The projects include development of thermal power plants (2 projects), hydro power plants (4 projects), LNG terminals (1 project) and gas pipeline (5 projects).</t>
   </si>
   <si>
-    <t>selective</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-01-19T08:58:00.935242</t>
   </si>
   <si>
-    <t>id-2.0</t>
-[...91 lines deleted...]
-  <si>
     <t>id-31.0</t>
   </si>
   <si>
     <t>ocds-70d2nz-2e9c2242-cb2d-42dd-a6fb-b194c67fb8b7-2012-09-22T00:00:00.000Z</t>
   </si>
   <si>
     <t>2012-09-22T00:00:00.000Z</t>
   </si>
   <si>
     <t>ocds-70d2nz-2e9c2242-cb2d-42dd-a6fb-b194c67fb8b7</t>
   </si>
   <si>
     <t>2012/S 183-301413</t>
   </si>
   <si>
     <t>Consulting Services for the privatization and capital increase of Croatia osiguranje d.d.</t>
   </si>
   <si>
     <t>The subject matter of the tender is the selection of the consultant for the privatization and capital increase of Croatia osiguranje.d.d., in accordance with Tender Documents.</t>
   </si>
   <si>
     <t>2012-10-30T00:00:00.000Z</t>
   </si>
   <si>
     <t>2025-01-18T05:28:36.047087</t>
   </si>
   <si>
     <t>_link_main</t>
   </si>
   <si>
+    <t>name</t>
+  </si>
+  <si>
+    <t>roles</t>
+  </si>
+  <si>
+    <t>address_street</t>
+  </si>
+  <si>
+    <t>address_postalCode</t>
+  </si>
+  <si>
+    <t>address_countryName</t>
+  </si>
+  <si>
+    <t>contactPoint_url</t>
+  </si>
+  <si>
+    <t>contactPoint_name</t>
+  </si>
+  <si>
+    <t>contactPoint_email</t>
+  </si>
+  <si>
+    <t>contactPoint_telephone</t>
+  </si>
+  <si>
+    <t>id-0.0.parties.0</t>
+  </si>
+  <si>
+    <t>buyer</t>
+  </si>
+  <si>
+    <t>Miramarska 24</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>http://www.cei.hr</t>
+  </si>
+  <si>
+    <t>Ante Ramljak</t>
+  </si>
+  <si>
+    <t>ante.ramljak@cei.hr</t>
+  </si>
+  <si>
+    <t>+385 16430600</t>
+  </si>
+  <si>
+    <t>id-1.0.parties.0</t>
+  </si>
+  <si>
+    <t>Ulica grada Vukovara 37</t>
+  </si>
+  <si>
+    <t>http://www.hep.hr</t>
+  </si>
+  <si>
+    <t>Sektor za nabavu</t>
+  </si>
+  <si>
+    <t>info_nabava@hep.hr</t>
+  </si>
+  <si>
+    <t>+385 16322613</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.0</t>
+  </si>
+  <si>
+    <t>Prisavlje 14</t>
+  </si>
+  <si>
+    <t>http://www.mmpi.hr</t>
+  </si>
+  <si>
+    <t>Marija Ćuk</t>
+  </si>
+  <si>
+    <t>javna.nabava@mmpi.hr</t>
+  </si>
+  <si>
+    <t>+385 16169391</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.1</t>
+  </si>
+  <si>
+    <t>EU_body_12b902d00a397d1858d40e3e4d103526a8a31d4a6e5cb35641a88ab658925264</t>
+  </si>
+  <si>
+    <t>Group of applicants: 1) Erste Group Bank AG, Graben 21, Vienna, register number: 33209m; 2) Deloitte savjetodavne usluge d.o.o., Radnička cesta 80, Zagreb, OIB: 69797026328 and 3) Wolf Theiss Rechtsanwälte GmbH – Zagreb Branch , Ivana Lučića 2a, Zagreb, OIB: 54328129475</t>
+  </si>
+  <si>
+    <t>supplier</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.0</t>
+  </si>
+  <si>
+    <t>Katančićeva 5</t>
+  </si>
+  <si>
+    <t>http://www.mfin.hr</t>
+  </si>
+  <si>
+    <t>Boris Marciuš</t>
+  </si>
+  <si>
+    <t>renata.mikulic@mfin.hr</t>
+  </si>
+  <si>
+    <t>+385 14591499</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0</t>
+  </si>
+  <si>
+    <t>url</t>
+  </si>
+  <si>
+    <t>value_amount</t>
+  </si>
+  <si>
+    <t>value_currency</t>
+  </si>
+  <si>
+    <t>id-0.0.tender.lots.0</t>
+  </si>
+  <si>
+    <t>lot-1</t>
+  </si>
+  <si>
+    <t>https://raw.githubusercontent.com/open-contracting/ocds_lots_extension/v1.1.1/extension.json</t>
+  </si>
+  <si>
+    <t>id-1.0.tender.lots.0</t>
+  </si>
+  <si>
+    <t>id-2.0.tender.lots.0</t>
+  </si>
+  <si>
+    <t>HRK</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.lots.0</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.lots.0</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.lots.0</t>
+  </si>
+  <si>
+    <t>classification_id</t>
+  </si>
+  <si>
+    <t>classification_scheme</t>
+  </si>
+  <si>
+    <t>id-0.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>item-1</t>
+  </si>
+  <si>
+    <t>CPV</t>
+  </si>
+  <si>
+    <t>id-1.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-1.0.tender.items.1</t>
+  </si>
+  <si>
+    <t>item-2</t>
+  </si>
+  <si>
+    <t>id-1.0.tender.items.2</t>
+  </si>
+  <si>
+    <t>item-3</t>
+  </si>
+  <si>
+    <t>id-1.0.tender.items.3</t>
+  </si>
+  <si>
+    <t>item-4</t>
+  </si>
+  <si>
+    <t>id-2.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.items.1</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.items.0</t>
+  </si>
+  <si>
+    <t>documentType</t>
+  </si>
+  <si>
+    <t>datePublished</t>
+  </si>
+  <si>
+    <t>id-0.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>document-3</t>
+  </si>
+  <si>
+    <t>http://ted.europa.eu/udl?uri=TED:NOTICE:205692-2012:TEXT:EN:HTML</t>
+  </si>
+  <si>
+    <t>tenderNotice</t>
+  </si>
+  <si>
+    <t>id-1.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://ted.europa.eu/udl?uri=TED:NOTICE:232865-2012:TEXT:EN:HTML</t>
+  </si>
+  <si>
+    <t>id-2.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>document-8</t>
+  </si>
+  <si>
+    <t>http://ted.europa.eu/udl?uri=TED:NOTICE:284959-2012:TEXT:EN:HTML</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://ted.europa.eu/udl?uri=TED:NOTICE:303188-2012:TEXT:EN:HTML</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://ted.europa.eu/udl?uri=TED:NOTICE:205693-2012:TEXT:EN:HTML</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>http://ted.europa.eu/udl?uri=TED:NOTICE:301413-2012:TEXT:EN:HTML</t>
+  </si>
+  <si>
+    <t>_link_parties</t>
+  </si>
+  <si>
+    <t>scheme</t>
+  </si>
+  <si>
+    <t>id-1.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>ORGANIZATION_ID</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0.additionalIdentifiers.0</t>
+  </si>
+  <si>
     <t>relatedBid</t>
   </si>
   <si>
     <t>relatedLots</t>
   </si>
   <si>
-    <t>value_amount</t>
-[...5 lines deleted...]
-    <t>id-0.0.awards.0</t>
+    <t>id-2.0.awards.0</t>
   </si>
   <si>
     <t>award-1</t>
   </si>
   <si>
     <t>2012-12-04T00:00:00.000Z</t>
   </si>
   <si>
     <t>bid-1</t>
   </si>
   <si>
-    <t>lot-1</t>
-[...4 lines deleted...]
-  <si>
     <t>_link_awards</t>
   </si>
   <si>
-    <t>url</t>
-[...11 lines deleted...]
-    <t>document-3</t>
+    <t>id-2.0.awards.0.documents.0</t>
   </si>
   <si>
     <t>http://ted.europa.eu/udl?uri=TED:NOTICE:126120-2013:TEXT:EN:HTML</t>
   </si>
   <si>
     <t>awardNotice</t>
   </si>
   <si>
     <t>2013-04-17T00:00:00.000Z</t>
   </si>
   <si>
-    <t>name</t>
-[...146 lines deleted...]
-    <t>id-0.0.bids.details.0</t>
+    <t>id-2.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-2.0.bids.details.0</t>
   </si>
   <si>
     <t>_link_bids_details</t>
   </si>
   <si>
-    <t>id-0.0.bids.details.0.tenderers.0</t>
-[...113 lines deleted...]
-    <t>http://ted.europa.eu/udl?uri=TED:NOTICE:301413-2012:TEXT:EN:HTML</t>
+    <t>id-2.0.bids.details.0.tenderers.0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1118,1546 +1118,1546 @@
       </c>
       <c r="L2" t="s">
         <v>32</v>
       </c>
       <c r="M2" t="s">
         <v>33</v>
       </c>
       <c r="N2" t="s">
         <v>34</v>
       </c>
       <c r="O2" t="s">
         <v>35</v>
       </c>
       <c r="P2" t="s">
         <v>36</v>
       </c>
       <c r="Q2" t="s">
         <v>37</v>
       </c>
       <c r="R2" t="s">
         <v>38</v>
       </c>
       <c r="S2" t="s">
         <v>39</v>
       </c>
-      <c r="T2" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B3" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C3" t="s">
         <v>23</v>
       </c>
       <c r="D3" t="s">
         <v>24</v>
       </c>
       <c r="E3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F3" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G3" t="s">
         <v>27</v>
       </c>
       <c r="H3" t="s">
         <v>28</v>
       </c>
       <c r="I3" t="s">
+        <v>44</v>
+      </c>
+      <c r="J3" t="s">
         <v>45</v>
       </c>
-      <c r="J3" t="s">
+      <c r="K3" t="s">
         <v>46</v>
       </c>
-      <c r="K3" t="s">
+      <c r="L3" t="s">
         <v>47</v>
       </c>
-      <c r="L3" t="s">
+      <c r="M3" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="N3" t="s">
         <v>49</v>
       </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
       <c r="P3" t="s">
         <v>50</v>
       </c>
       <c r="Q3" t="s">
+        <v>37</v>
+      </c>
+      <c r="R3" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="S3" t="s">
         <v>52</v>
       </c>
-      <c r="T3" t="s">
-        <v>53</v>
+      <c r="T3">
+        <v>10800</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="F4" t="s">
         <v>56</v>
       </c>
       <c r="G4" t="s">
         <v>27</v>
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
       <c r="I4" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="J4" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="K4" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="L4" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="M4" t="s">
         <v>33</v>
       </c>
       <c r="N4" t="s">
-        <v>58</v>
+        <v>61</v>
+      </c>
+      <c r="O4" t="s">
+        <v>62</v>
       </c>
       <c r="P4" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="Q4" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="R4" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="S4" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>65</v>
+      </c>
+      <c r="U4" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="B5" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="F5" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="G5" t="s">
         <v>27</v>
       </c>
       <c r="H5" t="s">
         <v>28</v>
       </c>
       <c r="I5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="J5" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="K5" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="L5" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="M5" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="N5" t="s">
-        <v>70</v>
+        <v>74</v>
+      </c>
+      <c r="O5" t="s">
+        <v>62</v>
       </c>
       <c r="P5" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="Q5" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="R5" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="S5" t="s">
-        <v>72</v>
-[...5 lines deleted...]
-        <v>10800</v>
+        <v>77</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B6" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C6" t="s">
         <v>23</v>
       </c>
       <c r="D6" t="s">
         <v>24</v>
       </c>
       <c r="E6" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="F6" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="G6" t="s">
         <v>27</v>
       </c>
       <c r="H6" t="s">
         <v>28</v>
       </c>
       <c r="I6" t="s">
-        <v>78</v>
+        <v>29</v>
       </c>
       <c r="J6" t="s">
-        <v>79</v>
+        <v>30</v>
       </c>
       <c r="K6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="L6" t="s">
         <v>32</v>
       </c>
       <c r="M6" t="s">
         <v>33</v>
       </c>
       <c r="N6" t="s">
-        <v>81</v>
+        <v>82</v>
+      </c>
+      <c r="O6" t="s">
+        <v>35</v>
       </c>
       <c r="P6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="Q6" t="s">
         <v>37</v>
       </c>
       <c r="R6" t="s">
         <v>38</v>
       </c>
       <c r="S6" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="T6" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>85</v>
       </c>
       <c r="B7" t="s">
         <v>86</v>
       </c>
       <c r="C7" t="s">
         <v>23</v>
       </c>
       <c r="D7" t="s">
         <v>24</v>
       </c>
       <c r="E7" t="s">
         <v>87</v>
       </c>
       <c r="F7" t="s">
         <v>88</v>
       </c>
       <c r="G7" t="s">
         <v>27</v>
       </c>
       <c r="H7" t="s">
         <v>28</v>
       </c>
       <c r="I7" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="J7" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="K7" t="s">
         <v>89</v>
       </c>
       <c r="L7" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="M7" t="s">
         <v>33</v>
       </c>
       <c r="N7" t="s">
         <v>90</v>
       </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
       <c r="P7" t="s">
         <v>91</v>
       </c>
       <c r="Q7" t="s">
         <v>37</v>
       </c>
       <c r="R7" t="s">
-        <v>38</v>
+        <v>92</v>
       </c>
       <c r="S7" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="T7" t="s">
         <v>93</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:F2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>201</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" t="s">
+        <v>194</v>
+      </c>
+      <c r="D2" t="s">
+        <v>140</v>
+      </c>
+      <c r="E2">
+        <v>40650000</v>
+      </c>
+      <c r="F2" t="s">
+        <v>144</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:E2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>203</v>
+      </c>
+      <c r="B2" t="s">
+        <v>201</v>
+      </c>
+      <c r="C2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D2" t="s">
+        <v>125</v>
+      </c>
+      <c r="E2" t="s">
+        <v>126</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:L8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>104</v>
+      </c>
+      <c r="B2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D2" t="s">
+        <v>30</v>
+      </c>
+      <c r="E2" t="s">
+        <v>105</v>
+      </c>
+      <c r="F2" t="s">
+        <v>106</v>
+      </c>
+      <c r="G2">
+        <v>10000</v>
+      </c>
+      <c r="H2" t="s">
+        <v>107</v>
+      </c>
+      <c r="I2" t="s">
+        <v>108</v>
+      </c>
+      <c r="J2" t="s">
+        <v>109</v>
+      </c>
+      <c r="K2" t="s">
+        <v>110</v>
+      </c>
+      <c r="L2" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" t="s">
+        <v>44</v>
+      </c>
+      <c r="D3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F3" t="s">
+        <v>113</v>
+      </c>
+      <c r="G3">
+        <v>10000</v>
+      </c>
+      <c r="H3" t="s">
+        <v>107</v>
+      </c>
+      <c r="I3" t="s">
+        <v>114</v>
+      </c>
+      <c r="J3" t="s">
+        <v>115</v>
+      </c>
+      <c r="K3" t="s">
+        <v>116</v>
+      </c>
+      <c r="L3" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>118</v>
+      </c>
+      <c r="B4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" t="s">
+        <v>57</v>
+      </c>
+      <c r="D4" t="s">
+        <v>58</v>
+      </c>
+      <c r="E4" t="s">
+        <v>105</v>
+      </c>
+      <c r="F4" t="s">
+        <v>119</v>
+      </c>
+      <c r="G4">
+        <v>10000</v>
+      </c>
+      <c r="H4" t="s">
+        <v>107</v>
+      </c>
+      <c r="I4" t="s">
+        <v>120</v>
+      </c>
+      <c r="J4" t="s">
+        <v>121</v>
+      </c>
+      <c r="K4" t="s">
+        <v>122</v>
+      </c>
+      <c r="L4" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>124</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D5" t="s">
+        <v>126</v>
+      </c>
+      <c r="E5" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>128</v>
+      </c>
+      <c r="B6" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D6" t="s">
+        <v>72</v>
+      </c>
+      <c r="E6" t="s">
+        <v>105</v>
+      </c>
+      <c r="F6" t="s">
+        <v>129</v>
+      </c>
+      <c r="G6">
+        <v>10000</v>
+      </c>
+      <c r="H6" t="s">
+        <v>107</v>
+      </c>
+      <c r="I6" t="s">
+        <v>130</v>
+      </c>
+      <c r="J6" t="s">
+        <v>131</v>
+      </c>
+      <c r="K6" t="s">
+        <v>132</v>
+      </c>
+      <c r="L6" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>134</v>
+      </c>
+      <c r="B7" t="s">
+        <v>78</v>
+      </c>
+      <c r="C7" t="s">
+        <v>29</v>
+      </c>
+      <c r="D7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E7" t="s">
+        <v>105</v>
+      </c>
+      <c r="F7" t="s">
+        <v>106</v>
+      </c>
+      <c r="G7">
+        <v>10000</v>
+      </c>
+      <c r="H7" t="s">
+        <v>107</v>
+      </c>
+      <c r="I7" t="s">
+        <v>108</v>
+      </c>
+      <c r="J7" t="s">
+        <v>109</v>
+      </c>
+      <c r="K7" t="s">
+        <v>110</v>
+      </c>
+      <c r="L7" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>135</v>
+      </c>
+      <c r="B8" t="s">
+        <v>85</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>105</v>
+      </c>
+      <c r="F8" t="s">
+        <v>129</v>
+      </c>
+      <c r="G8">
+        <v>10000</v>
+      </c>
+      <c r="H8" t="s">
+        <v>107</v>
+      </c>
+      <c r="I8" t="s">
+        <v>130</v>
+      </c>
+      <c r="J8" t="s">
+        <v>131</v>
+      </c>
+      <c r="K8" t="s">
+        <v>132</v>
+      </c>
+      <c r="L8" t="s">
+        <v>133</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:F7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" t="s">
+        <v>140</v>
+      </c>
+      <c r="D2" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" t="s">
+        <v>140</v>
+      </c>
+      <c r="D3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>143</v>
+      </c>
+      <c r="B4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" t="s">
+        <v>140</v>
+      </c>
+      <c r="D4" t="s">
+        <v>141</v>
+      </c>
+      <c r="E4">
+        <v>80000000</v>
+      </c>
+      <c r="F4" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>145</v>
+      </c>
+      <c r="B5" t="s">
+        <v>67</v>
+      </c>
+      <c r="C5" t="s">
+        <v>140</v>
+      </c>
+      <c r="D5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>146</v>
+      </c>
+      <c r="B6" t="s">
+        <v>78</v>
+      </c>
+      <c r="C6" t="s">
+        <v>140</v>
+      </c>
+      <c r="D6" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>147</v>
+      </c>
+      <c r="B7" t="s">
+        <v>85</v>
+      </c>
+      <c r="C7" t="s">
+        <v>140</v>
+      </c>
+      <c r="D7" t="s">
+        <v>141</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>94</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>173</v>
+        <v>148</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>174</v>
+        <v>149</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>175</v>
+        <v>150</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
-        <v>176</v>
+        <v>151</v>
       </c>
       <c r="D2">
-        <v>79411000</v>
+        <v>79111000</v>
       </c>
       <c r="E2" t="s">
-        <v>177</v>
+        <v>152</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>178</v>
+        <v>153</v>
       </c>
       <c r="B3" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C3" t="s">
-        <v>176</v>
+        <v>151</v>
       </c>
       <c r="D3">
-        <v>66000000</v>
+        <v>45000000</v>
       </c>
       <c r="E3" t="s">
-        <v>177</v>
+        <v>152</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>179</v>
+        <v>154</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>180</v>
+        <v>155</v>
       </c>
       <c r="D4">
-        <v>66171000</v>
+        <v>45200000</v>
       </c>
       <c r="E4" t="s">
-        <v>177</v>
+        <v>152</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>181</v>
+        <v>156</v>
       </c>
       <c r="B5" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="C5" t="s">
-        <v>176</v>
+        <v>157</v>
       </c>
       <c r="D5">
-        <v>79111000</v>
+        <v>45210000</v>
       </c>
       <c r="E5" t="s">
-        <v>177</v>
+        <v>152</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>182</v>
+        <v>158</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="C6" t="s">
-        <v>176</v>
+        <v>159</v>
       </c>
       <c r="D6">
-        <v>45000000</v>
+        <v>45220000</v>
       </c>
       <c r="E6" t="s">
-        <v>177</v>
+        <v>152</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>183</v>
+        <v>160</v>
       </c>
       <c r="B7" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="C7" t="s">
-        <v>180</v>
+        <v>151</v>
       </c>
       <c r="D7">
-        <v>45200000</v>
+        <v>79411000</v>
       </c>
       <c r="E7" t="s">
-        <v>177</v>
+        <v>152</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>184</v>
+        <v>161</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
-        <v>185</v>
+        <v>151</v>
       </c>
       <c r="D8">
-        <v>45210000</v>
+        <v>79411000</v>
       </c>
       <c r="E8" t="s">
-        <v>177</v>
+        <v>152</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>186</v>
+        <v>162</v>
       </c>
       <c r="B9" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="C9" t="s">
-        <v>187</v>
+        <v>151</v>
       </c>
       <c r="D9">
-        <v>45220000</v>
+        <v>66000000</v>
       </c>
       <c r="E9" t="s">
-        <v>177</v>
+        <v>152</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C10" t="s">
-        <v>176</v>
+        <v>155</v>
       </c>
       <c r="D10">
-        <v>79411000</v>
+        <v>66171000</v>
       </c>
       <c r="E10" t="s">
-        <v>177</v>
+        <v>152</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>189</v>
+        <v>164</v>
       </c>
       <c r="B11" t="s">
         <v>85</v>
       </c>
       <c r="C11" t="s">
-        <v>176</v>
+        <v>151</v>
       </c>
       <c r="D11">
         <v>79411000</v>
       </c>
       <c r="E11" t="s">
-        <v>177</v>
+        <v>152</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>94</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>106</v>
+        <v>136</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>107</v>
+        <v>165</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>108</v>
+        <v>166</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>190</v>
+        <v>167</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
-        <v>191</v>
+        <v>168</v>
       </c>
       <c r="D2" t="s">
-        <v>192</v>
+        <v>169</v>
       </c>
       <c r="E2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s">
-        <v>193</v>
+        <v>170</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="B3" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C3" t="s">
-        <v>110</v>
+        <v>168</v>
       </c>
       <c r="D3" t="s">
-        <v>195</v>
+        <v>172</v>
       </c>
       <c r="E3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F3" t="s">
-        <v>193</v>
+        <v>170</v>
       </c>
       <c r="G3" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>196</v>
+        <v>173</v>
       </c>
       <c r="B4" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C4" t="s">
-        <v>110</v>
+        <v>174</v>
       </c>
       <c r="D4" t="s">
-        <v>197</v>
+        <v>175</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F4" t="s">
-        <v>193</v>
+        <v>170</v>
       </c>
       <c r="G4" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>198</v>
+        <v>176</v>
       </c>
       <c r="B5" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="C5" t="s">
-        <v>110</v>
+        <v>168</v>
       </c>
       <c r="D5" t="s">
-        <v>199</v>
+        <v>177</v>
       </c>
       <c r="E5" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F5" t="s">
-        <v>193</v>
+        <v>170</v>
       </c>
       <c r="G5" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>200</v>
+        <v>178</v>
       </c>
       <c r="B6" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C6" t="s">
-        <v>110</v>
+        <v>168</v>
       </c>
       <c r="D6" t="s">
-        <v>201</v>
+        <v>179</v>
       </c>
       <c r="E6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F6" t="s">
-        <v>193</v>
+        <v>170</v>
       </c>
       <c r="G6" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>202</v>
+        <v>180</v>
       </c>
       <c r="B7" t="s">
         <v>85</v>
       </c>
       <c r="C7" t="s">
-        <v>110</v>
+        <v>168</v>
       </c>
       <c r="D7" t="s">
-        <v>203</v>
+        <v>181</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F7" t="s">
-        <v>193</v>
+        <v>170</v>
       </c>
       <c r="G7" t="s">
         <v>87</v>
-      </c>
-[...471 lines deleted...]
-        <v>154</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>156</v>
+        <v>182</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>157</v>
+        <v>183</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>158</v>
+        <v>184</v>
       </c>
       <c r="B2" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
       <c r="C2" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="D2">
-        <v>22874515170</v>
+        <v>28921978587</v>
       </c>
       <c r="E2" t="s">
-        <v>159</v>
+        <v>185</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>160</v>
+        <v>186</v>
       </c>
       <c r="B3" t="s">
-        <v>143</v>
+        <v>118</v>
       </c>
       <c r="C3" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="D3">
-        <v>28921978587</v>
+        <v>22874515170</v>
       </c>
       <c r="E3" t="s">
-        <v>159</v>
+        <v>185</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>161</v>
+        <v>187</v>
       </c>
       <c r="B4" t="s">
-        <v>149</v>
+        <v>128</v>
       </c>
       <c r="C4" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="D4">
         <v>18683136487</v>
       </c>
       <c r="E4" t="s">
-        <v>159</v>
+        <v>185</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>162</v>
+        <v>188</v>
       </c>
       <c r="B5" t="s">
-        <v>155</v>
+        <v>135</v>
       </c>
       <c r="C5" t="s">
         <v>85</v>
       </c>
       <c r="D5">
         <v>18683136487</v>
       </c>
       <c r="E5" t="s">
-        <v>159</v>
+        <v>185</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>94</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>96</v>
+        <v>4</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>97</v>
+        <v>189</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>98</v>
+        <v>190</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>138</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>163</v>
+        <v>191</v>
       </c>
       <c r="B2" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="C2" t="s">
-        <v>102</v>
+        <v>192</v>
       </c>
       <c r="D2" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="E2">
+        <v>193</v>
+      </c>
+      <c r="E2" t="s">
+        <v>194</v>
+      </c>
+      <c r="F2" t="s">
+        <v>140</v>
+      </c>
+      <c r="G2">
         <v>40650000</v>
       </c>
-      <c r="F2" t="s">
-        <v>104</v>
+      <c r="H2" t="s">
+        <v>144</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>196</v>
+      </c>
+      <c r="B2" t="s">
+        <v>191</v>
+      </c>
+      <c r="C2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D2" t="s">
+        <v>168</v>
+      </c>
+      <c r="E2" t="s">
+        <v>197</v>
+      </c>
+      <c r="F2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G2" t="s">
+        <v>198</v>
+      </c>
+      <c r="H2" t="s">
+        <v>199</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>164</v>
+        <v>195</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>114</v>
+        <v>95</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>165</v>
+        <v>200</v>
       </c>
       <c r="B2" t="s">
-        <v>163</v>
+        <v>191</v>
       </c>
       <c r="C2" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="D2" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="E2" t="s">
-        <v>117</v>
-[...122 lines deleted...]
-        <v>167</v>
+        <v>126</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>main</vt:lpstr>
+      <vt:lpstr>parties</vt:lpstr>
+      <vt:lpstr>tender_lots</vt:lpstr>
+      <vt:lpstr>tender_items</vt:lpstr>
+      <vt:lpstr>tender_documents</vt:lpstr>
+      <vt:lpstr>parties_additionalidentifiers</vt:lpstr>
       <vt:lpstr>awards</vt:lpstr>
       <vt:lpstr>awards_documents</vt:lpstr>
       <vt:lpstr>awards_suppliers</vt:lpstr>
-      <vt:lpstr>parties</vt:lpstr>
-      <vt:lpstr>parties_additionalidentifiers</vt:lpstr>
       <vt:lpstr>bids_details</vt:lpstr>
       <vt:lpstr>bids_details_tenderers</vt:lpstr>
-      <vt:lpstr>tender_lots</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>tender_documents</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>