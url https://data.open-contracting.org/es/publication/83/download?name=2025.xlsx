--- v0 (2025-10-12)
+++ v1 (2025-12-13)
@@ -32,1405 +32,1408 @@
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="main" sheetId="1" r:id="rId1"/>
     <sheet name="awards" sheetId="2" r:id="rId2"/>
     <sheet name="awards_suppliers" sheetId="3" r:id="rId3"/>
     <sheet name="parties" sheetId="4" r:id="rId4"/>
     <sheet name="contracts" sheetId="5" r:id="rId5"/>
     <sheet name="contracts_items" sheetId="6" r:id="rId6"/>
     <sheet name="contracts_documents" sheetId="7" r:id="rId7"/>
     <sheet name="contracts_value_exchangerates" sheetId="8" r:id="rId8"/>
-    <sheet name="contract_implemen_transactions" sheetId="9" r:id="rId9"/>
-[...4 lines deleted...]
-    <sheet name="planning_documents" sheetId="14" r:id="rId14"/>
+    <sheet name="contracts_implementa_documents" sheetId="9" r:id="rId9"/>
+    <sheet name="contract_implemen_transactions" sheetId="10" r:id="rId10"/>
+    <sheet name="planning_documents" sheetId="11" r:id="rId11"/>
+    <sheet name="planning_requestingunits" sheetId="12" r:id="rId12"/>
+    <sheet name="planning_contractingunits" sheetId="13" r:id="rId13"/>
+    <sheet name="planning_responsibleunits" sheetId="14" r:id="rId14"/>
     <sheet name="planning_requestsforquotes" sheetId="15" r:id="rId15"/>
     <sheet name="planning_requestsforq_items" sheetId="16" r:id="rId16"/>
     <sheet name="planning_requestsfor_quotes" sheetId="17" r:id="rId17"/>
     <sheet name="plannin_request_quotes_items" sheetId="18" r:id="rId18"/>
     <sheet name="planni_reques_invitedsuppliers" sheetId="19" r:id="rId19"/>
     <sheet name="planning_budget_budgetbreakdown" sheetId="20" r:id="rId20"/>
     <sheet name="plann_budge_budge_budgetlines" sheetId="21" r:id="rId21"/>
     <sheet name="plan_budg_budg_budg_components" sheetId="22" r:id="rId22"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7723" uniqueCount="2639">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7723" uniqueCount="2640">
   <si>
     <t>_link</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>tag</t>
   </si>
   <si>
     <t>date</t>
   </si>
   <si>
     <t>ocid</t>
   </si>
   <si>
     <t>language</t>
   </si>
   <si>
     <t>initiationType</t>
   </si>
   <si>
     <t>buyer_id</t>
   </si>
   <si>
     <t>buyer_name</t>
   </si>
   <si>
     <t>tender_id</t>
   </si>
   <si>
     <t>tender_title</t>
   </si>
   <si>
     <t>tender_additionalProcurementCategories</t>
   </si>
   <si>
     <t>tender_status</t>
   </si>
   <si>
+    <t>tender_procurementMethodRationale</t>
+  </si>
+  <si>
     <t>tender_procurementMethodDetails</t>
   </si>
   <si>
     <t>tender_description</t>
   </si>
   <si>
     <t>tender_hasEnquiries</t>
   </si>
   <si>
+    <t>tender_submissionMethodDetails</t>
+  </si>
+  <si>
+    <t>tender_awardCriteria</t>
+  </si>
+  <si>
     <t>tender_mainProcurementCategory</t>
   </si>
   <si>
+    <t>tender_submissionMethod</t>
+  </si>
+  <si>
+    <t>tender_numberOfTenderers</t>
+  </si>
+  <si>
     <t>tender_procurementMethod</t>
   </si>
   <si>
+    <t>tender_awardCriteriaDetails</t>
+  </si>
+  <si>
     <t>tender_value_amount</t>
   </si>
   <si>
     <t>tender_value_currency</t>
   </si>
   <si>
     <t>tender_minValue_amount</t>
   </si>
   <si>
     <t>tender_minValue_currency</t>
   </si>
   <si>
+    <t>tender_awardPeriod_endDate</t>
+  </si>
+  <si>
+    <t>tender_awardPeriod_startDate</t>
+  </si>
+  <si>
+    <t>tender_tenderPeriod_endDate</t>
+  </si>
+  <si>
+    <t>tender_tenderPeriod_startDate</t>
+  </si>
+  <si>
     <t>tender_procuringEntity_id</t>
   </si>
   <si>
     <t>tender_procuringEntity_name</t>
   </si>
   <si>
     <t>planning_hasquotes</t>
   </si>
   <si>
     <t>planning_rationale</t>
   </si>
   <si>
-    <t>tender_procurementMethodRationale</t>
-[...19 lines deleted...]
-  <si>
     <t>tender_eligibilityCriteria</t>
   </si>
   <si>
-    <t>tender_submissionMethodDetails</t>
-[...7 lines deleted...]
-  <si>
     <t>id-0.0</t>
   </si>
   <si>
+    <t>ocds-0ld0n8-14-DAF2020-2025-02-05T15:55:46-06:00</t>
+  </si>
+  <si>
+    <t>compiled</t>
+  </si>
+  <si>
+    <t>2025-02-05T15:55:46-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-14-DAF2020</t>
+  </si>
+  <si>
+    <t>es</t>
+  </si>
+  <si>
+    <t>tender</t>
+  </si>
+  <si>
+    <t>MX-RFC-IEA040531E39</t>
+  </si>
+  <si>
+    <t>INAIP</t>
+  </si>
+  <si>
+    <t>14-DAF2020</t>
+  </si>
+  <si>
+    <t>Mantenimiento preventivo a 37 equipos de aires acondicionados</t>
+  </si>
+  <si>
+    <t>services</t>
+  </si>
+  <si>
+    <t>complete</t>
+  </si>
+  <si>
+    <t>Según a Políticas Administrativas y Financieras del INAIP fracción 56</t>
+  </si>
+  <si>
+    <t>Adjudicación directa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mantenimiento preventivo a 37 equipos de aires acondicionados </t>
+  </si>
+  <si>
+    <t>false</t>
+  </si>
+  <si>
+    <t>correo electrónico</t>
+  </si>
+  <si>
+    <t>bestValueToGovernment</t>
+  </si>
+  <si>
+    <t>electronicSubmission</t>
+  </si>
+  <si>
+    <t>direct</t>
+  </si>
+  <si>
+    <t xml:space="preserve">El proveedor que ofrezca el producto o servicios con las especificaciones requeridas y a un costo menor que la competencia será acreedor del servicio_x000D_
+</t>
+  </si>
+  <si>
+    <t>MXN</t>
+  </si>
+  <si>
+    <t>2020-12-14T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2020-12-01T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>true</t>
+  </si>
+  <si>
+    <t>id-1.0</t>
+  </si>
+  <si>
     <t>ocds-0ld0n8-DAF-BepensaLeasing-2024-2025-01-31T10:23:53-06:00</t>
   </si>
   <si>
-    <t>compiled</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-01-31T10:23:53-06:00</t>
   </si>
   <si>
     <t>ocds-0ld0n8-DAF-BepensaLeasing-2024</t>
   </si>
   <si>
-    <t>es</t>
-[...10 lines deleted...]
-  <si>
     <t>DAF/BepensaLeasing/2024</t>
   </si>
   <si>
     <t>Arrendamiento de camioneta Nissan Urvan 2024</t>
   </si>
   <si>
     <t>goodsLease</t>
   </si>
   <si>
-    <t>complete</t>
-[...7 lines deleted...]
-  <si>
     <t>goods</t>
   </si>
   <si>
-    <t>direct</t>
-[...5 lines deleted...]
-    <t>id-1.0</t>
+    <t>id-2.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-139-2024-2025-02-21T10:30:06-06:00</t>
+  </si>
+  <si>
+    <t>2025-02-21T10:30:06-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-139-2024</t>
+  </si>
+  <si>
+    <t>DAFRH/139/2024</t>
+  </si>
+  <si>
+    <t>Actualización sistema SAACG.NET 2024</t>
+  </si>
+  <si>
+    <t>Actualización sistema SAACG.NET</t>
+  </si>
+  <si>
+    <t>El proveedor ofrece un sistema especializado para el registro de las operaciones contables gubernamentales conforme a la normatividad del CONAC</t>
+  </si>
+  <si>
+    <t>APORTACIÓN ACTUALIZACIÓN SAACG.NET 2024</t>
+  </si>
+  <si>
+    <t>id-3.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-146-177-2025-02-21T09:59:40-06:00</t>
+  </si>
+  <si>
+    <t>2025-02-21T09:59:40-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-146-177</t>
+  </si>
+  <si>
+    <t>DAFRH/146/177</t>
+  </si>
+  <si>
+    <t>Compra de vales de gasolina para realizar las diversas actividades del instituto</t>
+  </si>
+  <si>
+    <t>Comisiones más bajas que la competencia.</t>
+  </si>
+  <si>
+    <t>id-4.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-193-2024-2025-02-25T15:50:52-06:00</t>
+  </si>
+  <si>
+    <t>2025-02-25T15:50:52-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-193-2024</t>
+  </si>
+  <si>
+    <t>DAFRH/193/2024</t>
+  </si>
+  <si>
+    <t>Apoyo extraordinario en tarjetas de fondo de pago electrónico a servidores públicos del Inaip Yucatán</t>
+  </si>
+  <si>
+    <t>singleBidOnly</t>
+  </si>
+  <si>
+    <t>El proveedor tiene experiencia ofreciendo los productos la cual se especifica requisición</t>
+  </si>
+  <si>
+    <t>id-5.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-169-2024-2025-02-21T11:49:53-06:00</t>
+  </si>
+  <si>
+    <t>2025-02-21T11:49:53-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-169-2024</t>
+  </si>
+  <si>
+    <t>DAFRH/169/2024</t>
+  </si>
+  <si>
+    <t>Servicio de banquete para posada navideña del personal del INAIP el día viernes 13 de diciembre de 2024.</t>
+  </si>
+  <si>
+    <t>id-6.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-200-2024-2025-02-21T10:18:31-06:00</t>
+  </si>
+  <si>
+    <t>2025-02-21T10:18:31-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-200-2024</t>
+  </si>
+  <si>
+    <t>DAFRH/200/2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Mantenimiento preventivo a 35 equipos de aires acondicionados</t>
+  </si>
+  <si>
+    <t>Mantenimiento preventivo a 35 equipos de aires acondicionados</t>
+  </si>
+  <si>
+    <t>id-7.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH176-2024-2025-02-28T12:06:24-06:00</t>
+  </si>
+  <si>
+    <t>2025-02-28T12:06:24-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH176-2024</t>
+  </si>
+  <si>
+    <t>DAFRH176/2024</t>
+  </si>
+  <si>
+    <t>Compra de Aire Acondicionado 18000 BTU DUAL COOL WI/FI 17.5 SEER INVERT MARCA LG por deterioro de bien.</t>
+  </si>
+  <si>
+    <t>goodsAcquisition</t>
+  </si>
+  <si>
+    <t>id-8.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-171-2024-2025-02-21T10:50:26-06:00</t>
+  </si>
+  <si>
+    <t>2025-02-21T10:50:26-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-171-2024</t>
+  </si>
+  <si>
+    <t>DAFRH/171/2024</t>
+  </si>
+  <si>
+    <t>Compra de bomba de vacío para vehículo Eurovan ZBP-324E</t>
+  </si>
+  <si>
+    <t>Reparación de vehículo institucional</t>
+  </si>
+  <si>
+    <t>id-9.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAJP-037-2024-2025-02-21T15:15:49-06:00</t>
+  </si>
+  <si>
+    <t>2025-02-21T15:15:49-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAJP-037-2024</t>
+  </si>
+  <si>
+    <t>DAJP/037/2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Compra de equipos de cómputo </t>
+  </si>
+  <si>
+    <t>Compra de equipos de cómputo para proveer las herramientas de trabajo necesarias a los trabajadores del Inaip Yucatán y sustitución de equipos obsoletos</t>
+  </si>
+  <si>
+    <t>Mejor precio</t>
+  </si>
+  <si>
+    <t>id-10.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-Arrendamiento185-2025-2025-07-17T16:38:28-05:00</t>
+  </si>
+  <si>
+    <t>2025-07-17T16:38:28-05:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-Arrendamiento185-2025</t>
+  </si>
+  <si>
+    <t>DAFRH/Arrendamiento185/2025</t>
+  </si>
+  <si>
+    <t>Arrendamiento edificio INAIP No. 185</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Según Políticas Administrativas y Financieras del INAIP frac.56</t>
+  </si>
+  <si>
+    <t>Arrendamiento edificio INAIP No. 185 x 10 Y 12 Col. García Ginerés</t>
+  </si>
+  <si>
+    <t>id-11.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-CFE-2025-2025-07-17T17:01:16-05:00</t>
+  </si>
+  <si>
+    <t>2025-07-17T17:01:16-05:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-CFE-2025</t>
+  </si>
+  <si>
+    <t>DAFRH/CFE/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suministro de energía eléctrica </t>
+  </si>
+  <si>
+    <t>Único proveedor que ofrece el servicio de energía eléctrica</t>
+  </si>
+  <si>
+    <t>Proporcionar el servicio de energía eléctrica para el desarrollo de las funciones del instituto</t>
+  </si>
+  <si>
+    <t>Proporcionar el suministro de energía eléctrica para el desarrollo de las funciones del instituto.</t>
+  </si>
+  <si>
+    <t>id-12.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-Arrendamiento172y188a-2024-2025-07-18T13:29:27-05:00</t>
+  </si>
+  <si>
+    <t>2025-07-18T13:29:27-05:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-Arrendamiento172y188a-2024</t>
+  </si>
+  <si>
+    <t>DAFRH/Arrendamiento172y188a/2024</t>
+  </si>
+  <si>
+    <t>Arrendamiento de oficinas INAIP en la calle 17 num.172 y calle 10 no.188-a de la Colonia García Ginerés</t>
+  </si>
+  <si>
+    <t>Según Políticas Administrativas y Financieras del INAIP fracc.56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ubicación y precio de la renta de edificios </t>
+  </si>
+  <si>
+    <t>id-13.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-CFE-2024-2025-02-25T15:05:26-06:00</t>
+  </si>
+  <si>
+    <t>2025-02-25T15:05:26-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-CFE-2024</t>
+  </si>
+  <si>
+    <t>DAFRH/CFE/2024</t>
+  </si>
+  <si>
+    <t>Proveedor único</t>
+  </si>
+  <si>
+    <t>id-14.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-BepensaLeasing-2025-2025-07-18T16:20:14-05:00</t>
+  </si>
+  <si>
+    <t>2025-07-18T16:20:14-05:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAFRH-BepensaLeasing-2025</t>
+  </si>
+  <si>
+    <t>DAFRH/BepensaLeasing/2025</t>
+  </si>
+  <si>
+    <t>Arrendamiento de camioneta Nissan Urvan</t>
+  </si>
+  <si>
+    <t>Arrendamiento de camioneta Nissan Urvan, Pago de seguro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arrendamiento de camioneta Nissan Urvan </t>
+  </si>
+  <si>
+    <t>id-15.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-Hosting-2024-DAJP-2025-02-21T09:35:37-06:00</t>
+  </si>
+  <si>
+    <t>2025-02-21T09:35:37-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-Hosting-2024-DAJP</t>
+  </si>
+  <si>
+    <t>Hosting/2024/DAJP</t>
+  </si>
+  <si>
+    <t>Renta de Hosting, Renovación y Consumo</t>
+  </si>
+  <si>
+    <t>Según art. 9 de las Políticas Administrativas y Financieras del INAIP</t>
+  </si>
+  <si>
+    <t>Mejor Servicio y precio</t>
+  </si>
+  <si>
+    <t>2025-01-11T13:01:45-06:00</t>
+  </si>
+  <si>
+    <t>2024-01-11T13:01:32-06:00</t>
+  </si>
+  <si>
+    <t>id-16.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAJP-002-2025-2025-06-25T13:46:37-05:00</t>
+  </si>
+  <si>
+    <t>2025-06-25T13:46:37-05:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAJP-002-2025</t>
+  </si>
+  <si>
+    <t>DAJP/002/2025</t>
+  </si>
+  <si>
+    <t>Servicio de video y entarimado para la conferencia ''Eres lo que publicas''</t>
+  </si>
+  <si>
+    <t>Servicio de video y entarimado para la conferencia ''Eres lo que publicas'' en la escuela preparatoria no.1 de la Universidad Autónoma de Yucatán en el marco de las Jornadas de Datos Personales Inaip Yucatán 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">El proveedor garantizaba las condiciones sonoras y el espacio solicitadas por el conferencista </t>
+  </si>
+  <si>
+    <t>id-19.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAJP-006-2025-2025-07-22T13:15:05-05:00</t>
+  </si>
+  <si>
+    <t>2025-07-22T13:15:05-05:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAJP-006-2025</t>
+  </si>
+  <si>
+    <t>DAJP/006/2025</t>
+  </si>
+  <si>
+    <t>Posters tamaño tabloide para el Decálogo de Protección de Datos Personales</t>
+  </si>
+  <si>
+    <t>Según art. 56 de las Políticas Administrativas y Financieras del INAIP</t>
+  </si>
+  <si>
+    <t>Impresión de posters tamaño tabloide para el Decálogo de Protección de Datos Personales para el personal docente y administrativo que será distribuido en todas las escuelas de educación básica de Yucatán.</t>
+  </si>
+  <si>
+    <t>Correo electrónico</t>
+  </si>
+  <si>
+    <t>El proveedor que ofrezca el producto con las especificaciones requeridas y a un costo menor que la competencia será acreedor del servicio</t>
+  </si>
+  <si>
+    <t>Impresión de posters tamaño tabloide para el decálogo de protección de datos personales para el personal docente y administrativo que será distribuido en todas las escuelas de educación básica de Yucatán.</t>
+  </si>
+  <si>
+    <t>id-21.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAJP-053-2024-2025-02-21T11:29:39-06:00</t>
+  </si>
+  <si>
+    <t>2025-02-21T11:29:39-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAJP-053-2024</t>
+  </si>
+  <si>
+    <t>DAJP/053/2024</t>
+  </si>
+  <si>
+    <t>Artículos promocionales para las actividades institucionales del INAIP Yucatán</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Promover el acceso a la información pública </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mejor precio </t>
+  </si>
+  <si>
+    <t>id-22.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAJP-036-2024-2025-02-21T10:38:29-06:00</t>
+  </si>
+  <si>
+    <t>2025-02-21T10:38:29-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAJP-036-2024</t>
+  </si>
+  <si>
+    <t>DAJP/036/2024</t>
+  </si>
+  <si>
+    <t>Renta de stand del Inaip Yucatán en la Feria Internacional de la Lectura Yucatán 2025</t>
+  </si>
+  <si>
+    <t>Promover las actividades que realiza el INAIP en la Feria Internacional de la Lectura en Yucatán FILEY 2025</t>
+  </si>
+  <si>
+    <t>id-23.0</t>
   </si>
   <si>
     <t>ocds-0ld0n8-DAJP-038-2024-2025-02-25T14:47:06-06:00</t>
   </si>
   <si>
     <t>2025-02-25T14:47:06-06:00</t>
   </si>
   <si>
     <t>ocds-0ld0n8-DAJP-038-2024</t>
   </si>
   <si>
     <t>DAJP/038/2024</t>
   </si>
   <si>
     <t>Compra de equipo de cómputo</t>
   </si>
   <si>
-    <t>goodsAcquisition</t>
-[...14 lines deleted...]
-    <t>id-2.0</t>
+    <t>id-24.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAJP-052-2024-2025-02-20T15:43:43-06:00</t>
+  </si>
+  <si>
+    <t>2025-02-20T15:43:43-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAJP-052-2024</t>
+  </si>
+  <si>
+    <t>DAJP/052/2024</t>
+  </si>
+  <si>
+    <t>Artículos promocionales con imagen institucional para las actividades institucionales del Inaip Yucatán</t>
+  </si>
+  <si>
+    <t>Compra de artículos promocionales con imagen institucional para las actividades institucionales del Inaip Yucatán</t>
+  </si>
+  <si>
+    <t>id-25.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DCCTA-015-016-2024-2025-02-21T11:17:29-06:00</t>
+  </si>
+  <si>
+    <t>2025-02-21T11:17:29-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DCCTA-015-016-2024</t>
+  </si>
+  <si>
+    <t>DCCTA/015/016/2024</t>
+  </si>
+  <si>
+    <t>Compra de licencias office y adobe</t>
+  </si>
+  <si>
+    <t>Compra de 25 Licencias Microsoft Ofiice Pro Plus educativo y 2 licencias adobe</t>
+  </si>
+  <si>
+    <t>De acuerdo a la unidad administrativa por conveniencia institucional del servicio requerido</t>
+  </si>
+  <si>
+    <t>id-27.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAJP-039-2024-2025-02-21T14:41:18-06:00</t>
+  </si>
+  <si>
+    <t>2025-02-21T14:41:18-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DAJP-039-2024</t>
+  </si>
+  <si>
+    <t>DAJP/039/2024</t>
+  </si>
+  <si>
+    <t>Compra de capturadora de video y extensor de video HDMI</t>
+  </si>
+  <si>
+    <t>2024-12-03T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2024-11-28T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-30.0</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DMI-005-2024-2025-02-21T08:57:21-06:00</t>
+  </si>
+  <si>
+    <t>2025-02-21T08:57:21-06:00</t>
+  </si>
+  <si>
+    <t>ocds-0ld0n8-DMI-005-2024</t>
+  </si>
+  <si>
+    <t>DMI/005/2024</t>
+  </si>
+  <si>
+    <t>Compra de papelería para la Dirección de Medios de Impugnación, Obligaciones de Transparencia y Datos Personales</t>
+  </si>
+  <si>
+    <t>id-31.0</t>
   </si>
   <si>
     <t>ocds-0ld0n8-DAF-Arrendamiento185-2024-2025-01-31T09:48:38-06:00</t>
   </si>
   <si>
     <t>2025-01-31T09:48:38-06:00</t>
   </si>
   <si>
     <t>ocds-0ld0n8-DAF-Arrendamiento185-2024</t>
   </si>
   <si>
     <t>DAF/Arrendamiento185/2024</t>
   </si>
   <si>
-    <t>Arrendamiento edificio INAIP No. 185</t>
+    <t xml:space="preserve"> Según Políticas Administrativas y Financieras del INAIP frac.56_x000D_
+</t>
   </si>
   <si>
     <t xml:space="preserve">Arrendamiento edificio INAIP No. 185_x000D_
 </t>
   </si>
   <si>
-    <t>Arrendamiento edificio INAIP No. 185 x 10 Y 12 Col. García Ginerés</t>
-[...8 lines deleted...]
-  <si>
     <t>inPerson</t>
   </si>
   <si>
     <t>2024-01-12T09:51:14-06:00</t>
   </si>
   <si>
     <t>2024-01-08T09:51:05-06:00</t>
   </si>
   <si>
-    <t>id-3.0</t>
-[...536 lines deleted...]
-  <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>rationale</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>value_netAmount</t>
   </si>
   <si>
     <t>contractPeriod_endDate</t>
   </si>
   <si>
     <t>contractPeriod_startDate</t>
   </si>
   <si>
     <t>id-0.0.awards.0</t>
   </si>
   <si>
+    <t xml:space="preserve"> Mantenimiento preventivo a 37 equipos de aires acondicionados</t>
+  </si>
+  <si>
+    <t>active</t>
+  </si>
+  <si>
+    <t>Mantenimiento preventivo y conservación a 37 equipos de aires acondicionados</t>
+  </si>
+  <si>
+    <t>id-1.0.awards.0</t>
+  </si>
+  <si>
     <t>DAFRH/BEPENSALEASING/2024</t>
   </si>
   <si>
-    <t>2025-09-28T19:00:05-05:00</t>
+    <t>2025-11-27T18:00:06-06:00</t>
   </si>
   <si>
     <t xml:space="preserve">  Arrendamiento de camioneta Nissan Urvan 2024</t>
   </si>
   <si>
-    <t>active</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-31T00:00:00-06:00</t>
   </si>
   <si>
     <t>2024-01-01T00:00:00-06:00</t>
   </si>
   <si>
-    <t>id-1.0.awards.0</t>
+    <t>id-2.0.awards.0</t>
+  </si>
+  <si>
+    <t>2024-10-02T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Actualización sistema SAACG.NET 2024</t>
+  </si>
+  <si>
+    <t>Actualización de sistema SAACG.net para el registro e integración las operaciones presupuestales, administrativas, contables y financieras del instituto</t>
+  </si>
+  <si>
+    <t>2025-11-14T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0</t>
+  </si>
+  <si>
+    <t>2024-10-16T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Compra de vales de gasolina para realizar las diversas actividades del instituto</t>
+  </si>
+  <si>
+    <t>Compra de Vales de Gasolina en Monedero Electrónico</t>
+  </si>
+  <si>
+    <t>2024-01-02T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0</t>
+  </si>
+  <si>
+    <t>2024-12-10T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Apoyo extraordinario en tarjetas de fondo de pago electrónico a servidores públicos del Inaip Yucatán</t>
+  </si>
+  <si>
+    <t>2024-12-17T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.awards.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Servicio de banquete para posada navideña del personal del INAIP el día viernes 13 de diciembre de 2024.</t>
   </si>
   <si>
     <t>2024-12-05T00:00:00-06:00</t>
   </si>
   <si>
-    <t xml:space="preserve">  Compra de equipo de cómputo</t>
-[...5 lines deleted...]
-    <t>Compra de equipo de laptop para proveer las herramientas de trabajo necesarias a los trabajadores del Inaip Yucatán</t>
+    <t>id-6.0.awards.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Mantenimiento preventivo a 35 equipos de aires acondicionados</t>
   </si>
   <si>
     <t>2024-12-06T00:00:00-06:00</t>
   </si>
   <si>
-    <t>id-2.0.awards.0</t>
-[...53 lines deleted...]
-  <si>
     <t>id-7.0.awards.0</t>
   </si>
   <si>
     <t>DAFRH 176/2024</t>
   </si>
   <si>
     <t xml:space="preserve">  Compra de Aire Acondicionado 18000 BTU DUAL COOL WI/FI 17.5 SEER INVERT MARCA LG </t>
   </si>
   <si>
     <t xml:space="preserve">Compra de Aire Acondicionado 18000 BTU DUAL COOL WI/FI 17.5 SEER INVERT MARCA LG </t>
   </si>
   <si>
     <t>2024-12-02T00:00:00-06:00</t>
   </si>
   <si>
     <t>id-8.0.awards.0</t>
   </si>
   <si>
-    <t>2024-12-10T00:00:00-06:00</t>
-[...4 lines deleted...]
-  <si>
     <t>id-9.0.awards.0</t>
   </si>
   <si>
+    <t xml:space="preserve"> Compra de equipos de cómputo </t>
+  </si>
+  <si>
+    <t>14 LAPTOPS DELL INSPIRON 15.6" FULL HD INTEL CORE i5-1235U 1.30 GHz, 16GB 512GB SSD WINDOWS 11 HOME 64-bit, ESPAÑOL, PLATA BODEGA 239</t>
+  </si>
+  <si>
+    <t>2024-12-11T00:00:00-06:00</t>
+  </si>
+  <si>
     <t>id-10.0.awards.0</t>
   </si>
   <si>
+    <t>DAF/Arrendamiento185/2025</t>
+  </si>
+  <si>
+    <t>2025-11-27T18:00:05-06:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Arrendamiento de edificio INAIP No.185 x 10 y 12 de la Col. García Ginerés</t>
+  </si>
+  <si>
+    <t>Arrendamiento de edificio INAIP No.185 x 10 y 12 de la Col. García Ginerés</t>
+  </si>
+  <si>
+    <t>2025-12-31T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2025-01-01T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Suministro de energía eléctrica</t>
+  </si>
+  <si>
+    <t>Suministro de energía eléctrica</t>
+  </si>
+  <si>
+    <t>Proveer el recurso necesario para el desarrollo de las funciones del instituto</t>
+  </si>
+  <si>
+    <t>id-12.0.awards.0</t>
+  </si>
+  <si>
     <t xml:space="preserve">    Arrendamiento de oficinas INAIP en la calle 17 num.172 y calle 10 no.188-a de la Colonia García Ginerés</t>
   </si>
   <si>
-    <t>id-11.0.awards.0</t>
+    <t>id-14.0.awards.0</t>
   </si>
   <si>
     <t>DAFRH/BEPENSALEASING/2025</t>
   </si>
   <si>
     <t xml:space="preserve">     Arrendamiento de camioneta Nissan Urvan</t>
   </si>
   <si>
     <t xml:space="preserve">   Arrendamiento de camioneta Nissan Urvan 2024</t>
   </si>
   <si>
-    <t>2025-12-31T00:00:00-06:00</t>
-[...28 lines deleted...]
-  <si>
     <t>id-15.0.awards.0</t>
   </si>
   <si>
-    <t>2025-03-07T00:00:00-06:00</t>
-[...5 lines deleted...]
-    <t>2025-04-04T00:00:00-06:00</t>
+    <t>RAM/2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Hosting/2024/DAJP</t>
+  </si>
+  <si>
+    <t>2025-01-11T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>2024-01-12T00:00:00-06:00</t>
   </si>
   <si>
     <t>id-16.0.awards.0</t>
-  </si>
-[...10 lines deleted...]
-    <t>id-17.0.awards.0</t>
   </si>
   <si>
     <t>DAJP/002/82025</t>
   </si>
   <si>
     <t>2025-02-06T00:00:00-06:00</t>
   </si>
   <si>
     <t xml:space="preserve"> Servicio de video y entarimado para la conferencia ''Eres lo que publicas''</t>
   </si>
   <si>
     <t xml:space="preserve">Servicio de 1 pantalla led de 4 x 2.5m y 1 pantalla led de 4x3m y base de 1m de altura con 1 computadora para material gráfico y 1 operador de video de cortesía_x000D_
 Servicio de sistema de audio para gradas laterales, zona de silla y escenario para voz, con dos micrófonos inalámbricos de mano, 1 consola de audio y periféricos y 1 operador de audio_x000D_
 Servicio de entarimado de 9.76 x 3.66 y nivelado a 80cm con acabado de madera barnizada incluye bambalina negra_x000D_
 </t>
   </si>
   <si>
     <t>2025-02-07T00:00:00-06:00</t>
   </si>
   <si>
     <t>2025-02-05T00:00:00-06:00</t>
   </si>
   <si>
-    <t>id-18.0.awards.0</t>
+    <t>id-19.0.awards.0</t>
+  </si>
+  <si>
+    <t>2025-03-07T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Posters tamaño tabloide para el Decálogo de Protección de Datos Personales</t>
+  </si>
+  <si>
+    <t>2025-04-04T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-21.0.awards.0</t>
+  </si>
+  <si>
+    <t>2024-12-18T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Artículos promocionales para las actividades institucionales del INAIP Yucatán</t>
+  </si>
+  <si>
+    <t>132 PARAGUAS RANZEN CON LOGOTIPO A 1 TINTA_x000D_
+150 ÁNFORA KAVEH CON LOGOTIPO A 1 TINTA</t>
+  </si>
+  <si>
+    <t>Promover el acceso a la información y protección de datos personales</t>
+  </si>
+  <si>
+    <t>2024-12-20T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-22.0.awards.0</t>
+  </si>
+  <si>
+    <t>2024-12-04T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Renta de stand del Inaip Yucatán en la Feria Internacional de la Lectura Yucatán 2025</t>
+  </si>
+  <si>
+    <t>id-23.0.awards.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Compra de equipo de cómputo</t>
+  </si>
+  <si>
+    <t>LAPTOP LENOVO LOQ. 9A GEN (15ARP9); PANTALLA DE 39.6CM (15.62''), FULL HD (1920X1080)</t>
+  </si>
+  <si>
+    <t>Compra de equipo de laptop para proveer las herramientas de trabajo necesarias a los trabajadores del Inaip Yucatán</t>
+  </si>
+  <si>
+    <t>id-24.0.awards.0</t>
+  </si>
+  <si>
+    <t>2024-12-19T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Artículos promocionales con imagen institucional para las actividades institucionales del Inaip Yucatán</t>
+  </si>
+  <si>
+    <t>100 ALCANCÍA EN FORMA DE CERDITO CON NARIZ REMOVIBLE. MEDIDA DE PRODUCTO 9.5 X 7.5 INCLUYE IMPRESIÓN A 1 TINTA 1 POSICIÓN 1 DISEÑO_x000D_
+80 CILINDRO DE PLÁSTICO RUBBER CON COLADOR TAPA DE SEGURIDAD Y CINTA DE POLIÉSTER PARA UNA MEJOR SUJECCIÓN. CAPACIDAD: 600 ML INCLUYE IMPRESIÓN A 1 TINTA 1 GAJO MISMO DISEÑO</t>
+  </si>
+  <si>
+    <t>id-25.0.awards.0</t>
+  </si>
+  <si>
+    <t>2024-10-15T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Compra de licencias office y adobe</t>
+  </si>
+  <si>
+    <t>2025-10-15T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>id-27.0.awards.0</t>
   </si>
   <si>
     <t xml:space="preserve"> Compra de capturadora de video y extensor de video HDMI</t>
   </si>
   <si>
     <t xml:space="preserve"> 2 Capturadora de video (ELGATO GAME CAPTURE HD60 X-USB CAPTURE CARD 10GBE9901)_x000D_
 1 extensor de video HDMI (NYRIUS TRANSMISOR Y RECEPTOR AV NEGRO EXTENSOR DE AUDIO Y VIDEO EXTENSOR DE A/V-NPCS550)</t>
   </si>
   <si>
     <t xml:space="preserve"> Compra de capturadora de video y extensor de video HDMI para sustituir equipo dañado</t>
   </si>
   <si>
-    <t>id-19.0.awards.0</t>
-[...67 lines deleted...]
-    <t>Promover el acceso a la información y protección de datos personales</t>
+    <t>id-30.0.awards.0</t>
   </si>
   <si>
     <t>id-31.0.awards.0</t>
   </si>
   <si>
-    <t xml:space="preserve"> Mantenimiento preventivo a 37 equipos de aires acondicionados</t>
-[...2 lines deleted...]
-    <t>Mantenimiento preventivo y conservación a 37 equipos de aires acondicionados</t>
+    <t xml:space="preserve">     Arrendamiento de edificio INAIP No.185 x 10 y 12 de la Col. García Ginerés</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arrendamiento de edificio INAIP No.185 x 10 y 12 de la Col. García Ginerés_x000D_
+</t>
   </si>
   <si>
     <t>_link_awards</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>id-0.0.awards.0.suppliers.0</t>
   </si>
   <si>
+    <t>MX-RFC-LOMJ710608R63</t>
+  </si>
+  <si>
+    <t>Refrigeración Tadeo</t>
+  </si>
+  <si>
+    <t>id-1.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
     <t>MX-RFC-BLE1512082R9</t>
   </si>
   <si>
     <t>Bepensa Leasing</t>
   </si>
   <si>
-    <t>id-1.0.awards.0.suppliers.0</t>
+    <t>id-2.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-IDT7304062KA</t>
+  </si>
+  <si>
+    <t>SAACG.NET</t>
+  </si>
+  <si>
+    <t>id-3.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-PME811211B20</t>
+  </si>
+  <si>
+    <t>Pluxee</t>
+  </si>
+  <si>
+    <t>id-4.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-SSO970514I26</t>
+  </si>
+  <si>
+    <t>PLUXEE</t>
+  </si>
+  <si>
+    <t>id-5.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-QUHD510730DL1</t>
+  </si>
+  <si>
+    <t>Dora Ofelia Quijano Heredia</t>
+  </si>
+  <si>
+    <t>id-6.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-QUHW701028RH4</t>
+  </si>
+  <si>
+    <t>THERMOFRIO</t>
+  </si>
+  <si>
+    <t>id-7.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-BEX0303015P1</t>
+  </si>
+  <si>
+    <t>XAZE</t>
+  </si>
+  <si>
+    <t>id-8.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-AKT040917JR0</t>
+  </si>
+  <si>
+    <t>AKTIUM</t>
+  </si>
+  <si>
+    <t>id-9.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-CYB080602JSA</t>
+  </si>
+  <si>
+    <t>Cyberpuerta</t>
+  </si>
+  <si>
+    <t>id-10.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-GOSO550430RB2</t>
+  </si>
+  <si>
+    <t>Oscar Manuel González Sánchez</t>
+  </si>
+  <si>
+    <t>id-11.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-CSS160630CP7</t>
+  </si>
+  <si>
+    <t>CFE</t>
+  </si>
+  <si>
+    <t>id-12.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-PEHE510912PL5</t>
+  </si>
+  <si>
+    <t>María Eréndira Pérez Hernández</t>
+  </si>
+  <si>
+    <t>id-14.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-15.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-RAM0209037Y0</t>
+  </si>
+  <si>
+    <t>RAM</t>
+  </si>
+  <si>
+    <t>id-16.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-AOMR840122Q56</t>
+  </si>
+  <si>
+    <t>Roberto Arjona Marcin</t>
+  </si>
+  <si>
+    <t>id-19.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-IER9904191Y8</t>
+  </si>
+  <si>
+    <t>Impresos la Ermita</t>
+  </si>
+  <si>
+    <t>id-21.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-MOBE940926C4</t>
+  </si>
+  <si>
+    <t>PROMOBE</t>
+  </si>
+  <si>
+    <t>id-22.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-PUA15110914A</t>
+  </si>
+  <si>
+    <t>FILEY</t>
+  </si>
+  <si>
+    <t>id-23.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>MX-RFC-OERM030223PA0</t>
   </si>
   <si>
     <t>Compunova</t>
   </si>
   <si>
-    <t>id-2.0.awards.0.suppliers.0</t>
-[...104 lines deleted...]
-    <t>id-16.0.awards.0.suppliers.0</t>
+    <t>id-24.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-TYU7712304L6</t>
+  </si>
+  <si>
+    <t>GRUPO MEGA MEDIA</t>
+  </si>
+  <si>
+    <t>id-25.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>MX-RFC-APC040107TE8</t>
   </si>
   <si>
     <t>ABSOLUTPC</t>
   </si>
   <si>
-    <t>id-17.0.awards.0.suppliers.0</t>
-[...8 lines deleted...]
-    <t>id-18.0.awards.0.suppliers.0</t>
+    <t>id-27.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>Compumerida</t>
   </si>
   <si>
-    <t>id-19.0.awards.0.suppliers.0</t>
-[...35 lines deleted...]
-    <t>id-24.0.awards.0.suppliers.0</t>
+    <t>id-30.0.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>MX-RFC-OOM960429832</t>
   </si>
   <si>
     <t>OfficeMax</t>
   </si>
   <si>
-    <t>id-25.0.awards.0.suppliers.0</t>
-[...7 lines deleted...]
-  <si>
     <t>id-31.0.awards.0.suppliers.0</t>
   </si>
   <si>
-    <t>MX-RFC-LOMJ710608R63</t>
-[...4 lines deleted...]
-  <si>
     <t>roles</t>
   </si>
   <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_locality</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>address_streetAddress</t>
   </si>
   <si>
     <t>identifier_id</t>
   </si>
   <si>
     <t>identifier_scheme</t>
   </si>
   <si>
     <t>identifier_legalName</t>
@@ -1465,1061 +1468,1061 @@
   <si>
     <t>identifier_matronymicName</t>
   </si>
   <si>
     <t>identifier_patronymicName</t>
   </si>
   <si>
     <t>id-0.0.parties.0</t>
   </si>
   <si>
     <t>buyer,procuringEntity,payer</t>
   </si>
   <si>
     <t>Yucatán</t>
   </si>
   <si>
     <t>Mérida</t>
   </si>
   <si>
     <t>97070</t>
   </si>
   <si>
     <t>México</t>
   </si>
   <si>
+    <t>21 185 X 10 Y 12</t>
+  </si>
+  <si>
+    <t>IEA040531E39</t>
+  </si>
+  <si>
+    <t>MX-RFC</t>
+  </si>
+  <si>
+    <t>Instituto Estatal de Transparencia, Acceso a la Información Pública y Protección de Datos Personales</t>
+  </si>
+  <si>
+    <t>legalPerson</t>
+  </si>
+  <si>
+    <t>Virginia Rosalia  Angulo Vazquez</t>
+  </si>
+  <si>
+    <t>contactPoint</t>
+  </si>
+  <si>
+    <t xml:space="preserve">virginiaangulo@inaipyucatan.org.mx </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Virginia Rosalia </t>
+  </si>
+  <si>
+    <t>9999258631</t>
+  </si>
+  <si>
+    <t>Vazquez</t>
+  </si>
+  <si>
+    <t>Angulo</t>
+  </si>
+  <si>
+    <t>id-0.0.parties.1</t>
+  </si>
+  <si>
+    <t>supplier,payee</t>
+  </si>
+  <si>
+    <t>40 284 A, X 19 Y 21, SAN DAMIAN,</t>
+  </si>
+  <si>
+    <t>QUHW701028RH4</t>
+  </si>
+  <si>
+    <t>naturalPerson</t>
+  </si>
+  <si>
+    <t>William Alberto Quijano  Hernández</t>
+  </si>
+  <si>
+    <t>william.quijano@hotmail.com</t>
+  </si>
+  <si>
+    <t>William Alberto</t>
+  </si>
+  <si>
+    <t>Hernández</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Quijano </t>
+  </si>
+  <si>
+    <t>Quijano</t>
+  </si>
+  <si>
+    <t>id-0.0.parties.2</t>
+  </si>
+  <si>
+    <t>supplier</t>
+  </si>
+  <si>
+    <t>QUINTANA ROO</t>
+  </si>
+  <si>
+    <t>77517</t>
+  </si>
+  <si>
+    <t>90 MANZANA 56 LOTE 9</t>
+  </si>
+  <si>
+    <t>LOMJ710608R63</t>
+  </si>
+  <si>
+    <t>Nataly</t>
+  </si>
+  <si>
+    <t>natalyluna29@hotmail.com</t>
+  </si>
+  <si>
+    <t>Jesús Antonio</t>
+  </si>
+  <si>
+    <t>Mijangos</t>
+  </si>
+  <si>
+    <t>Lopez</t>
+  </si>
+  <si>
+    <t>id-1.0.parties.0</t>
+  </si>
+  <si>
     <t>21 NO.185 X 10 Y 12 García Ginerés</t>
   </si>
   <si>
-    <t>IEA040531E39</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Instituto Estatal de Transparencia, Acceso a la Información Pública y Protección de Datos Personales </t>
   </si>
   <si>
-    <t>legalPerson</t>
-[...1 lines deleted...]
-  <si>
     <t>Virginia Rosalía Angulo Vázquez</t>
   </si>
   <si>
-    <t>contactPoint</t>
-[...1 lines deleted...]
-  <si>
     <t>virginiaangulo@inaipyucatan.org.mx</t>
   </si>
   <si>
     <t>Virginia Rosalía</t>
   </si>
   <si>
-    <t>9999258631</t>
-[...1 lines deleted...]
-  <si>
     <t>Vázquez</t>
   </si>
   <si>
-    <t>Angulo</t>
-[...5 lines deleted...]
-    <t>supplier,payee</t>
+    <t>id-1.0.parties.1</t>
   </si>
   <si>
     <t>97100</t>
   </si>
   <si>
     <t>CALLE 56-B POR 11 y 13 452 INT. 1</t>
   </si>
   <si>
     <t>BLE1512082R9</t>
   </si>
   <si>
     <t>Bepensa Leasing S.A. de C.V.</t>
   </si>
   <si>
     <t>999 9406770</t>
   </si>
   <si>
-    <t>id-1.0.parties.0</t>
+    <t>id-2.0.parties.0</t>
+  </si>
+  <si>
+    <t>Dirección de Administración, Finanzas y Recursos Humanos</t>
+  </si>
+  <si>
+    <t>requestingUnit,contractingUnit,technicalUnit,responsibleUnit</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.1</t>
+  </si>
+  <si>
+    <t>Jalisco</t>
+  </si>
+  <si>
+    <t>Guadalajara</t>
+  </si>
+  <si>
+    <t>44500</t>
+  </si>
+  <si>
+    <t>Lerdo de Tejada no.2469 Col. Arcos del Sur</t>
+  </si>
+  <si>
+    <t>IDT7304062KA</t>
+  </si>
+  <si>
+    <t>Instituto Para El Desarrollo Técnico De Las Haciendas Públicas</t>
+  </si>
+  <si>
+    <t>Geidhi García González</t>
+  </si>
+  <si>
+    <t>ggarciag@indetec.gob.mx</t>
+  </si>
+  <si>
+    <t>Geidhi</t>
+  </si>
+  <si>
+    <t>González</t>
+  </si>
+  <si>
+    <t>García</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-3.0.parties.1</t>
+  </si>
+  <si>
+    <t>Estado de México</t>
+  </si>
+  <si>
+    <t>Cuajimalpa</t>
+  </si>
+  <si>
+    <t>05120</t>
+  </si>
+  <si>
+    <t>PASEO LOS TAMARINDOS 150</t>
+  </si>
+  <si>
+    <t>PME811211B20</t>
+  </si>
+  <si>
+    <t>Pluxee México</t>
+  </si>
+  <si>
+    <t>Andrea Guadalupe Brito Salazar</t>
+  </si>
+  <si>
+    <t>andreaguadalupe.brito@pluxeegroup.com</t>
+  </si>
+  <si>
+    <t>Andrea Guadalupe</t>
+  </si>
+  <si>
+    <t>9993683321</t>
+  </si>
+  <si>
+    <t>Salazar</t>
+  </si>
+  <si>
+    <t>Brito</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.1</t>
+  </si>
+  <si>
+    <t>SSO970514I26</t>
+  </si>
+  <si>
+    <t>Pluxee Mexico Fintech SA de CV</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.1</t>
+  </si>
+  <si>
+    <t>QUHD510730DL1</t>
+  </si>
+  <si>
+    <t>9991977784</t>
+  </si>
+  <si>
+    <t>Dora Ofelia</t>
+  </si>
+  <si>
+    <t>Heredia</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.0</t>
+  </si>
+  <si>
+    <t>YUCATÁN</t>
+  </si>
+  <si>
+    <t>MÉRIDA</t>
+  </si>
+  <si>
+    <t>MÉXICO</t>
+  </si>
+  <si>
+    <t>21 185</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Perreferico Norte KM 27 </t>
+  </si>
+  <si>
+    <t>BEX0303015P1</t>
+  </si>
+  <si>
+    <t>Bodega Electrónica XAZE</t>
+  </si>
+  <si>
+    <t>Angel  Perez Vazquez</t>
+  </si>
+  <si>
+    <t>angel.perez@xaze.com.mx</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Angel </t>
+  </si>
+  <si>
+    <t>9999280374</t>
+  </si>
+  <si>
+    <t>Perez</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.1</t>
+  </si>
+  <si>
+    <t>97260</t>
+  </si>
+  <si>
+    <t>Calle 86-b #644c entre 90 y 92 Col. Obrera</t>
+  </si>
+  <si>
+    <t>AKT040917JR0</t>
+  </si>
+  <si>
+    <t>Aktium S.A de C.V.</t>
+  </si>
+  <si>
+    <t>Marco Antonio Sulu Magaña</t>
+  </si>
+  <si>
+    <t>msulu@vw-aviacion.com.mx</t>
+  </si>
+  <si>
+    <t>Marco Antonio</t>
+  </si>
+  <si>
+    <t>Magaña</t>
+  </si>
+  <si>
+    <t>Sulu</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.0</t>
   </si>
   <si>
     <t>Dirección de Asuntos Jurídicos y Plenarios</t>
   </si>
   <si>
     <t>requestingUnit,contractingUnit</t>
   </si>
   <si>
     <t>Sindy Góngora Cervera</t>
   </si>
   <si>
     <t>sindy.gongora@inaipyucatan.org.mx</t>
   </si>
   <si>
     <t>Sindy</t>
   </si>
   <si>
     <t>Cervera</t>
   </si>
   <si>
     <t>Góngora</t>
   </si>
   <si>
-    <t>id-1.0.parties.1</t>
+    <t>id-9.0.parties.1</t>
+  </si>
+  <si>
+    <t>44490</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Av. Patria Nave 5 entre calle Juan de la Barrera y Alambiques Col. Parque Industrial El Álamo </t>
+  </si>
+  <si>
+    <t>CYB080602JSA</t>
+  </si>
+  <si>
+    <t>Cyberpuerta S.A de C.V.</t>
+  </si>
+  <si>
+    <t>Abril García  García</t>
+  </si>
+  <si>
+    <t>abril.garcia@abasteo.mx</t>
+  </si>
+  <si>
+    <t>Abril</t>
+  </si>
+  <si>
+    <t>(33) 4780 0901 ext 291</t>
+  </si>
+  <si>
+    <t xml:space="preserve">García </t>
+  </si>
+  <si>
+    <t>id-10.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.1</t>
+  </si>
+  <si>
+    <t>GOSO550430RB2</t>
+  </si>
+  <si>
+    <t>Lilia Beatriz Cuevas Muñoz</t>
+  </si>
+  <si>
+    <t>attorney</t>
+  </si>
+  <si>
+    <t>liliabeatriz_cuevas@hotmail.com</t>
+  </si>
+  <si>
+    <t>Lilia Beatriz</t>
+  </si>
+  <si>
+    <t>Muñoz</t>
+  </si>
+  <si>
+    <t>Cuevas</t>
+  </si>
+  <si>
+    <t>Oscar Manuel</t>
+  </si>
+  <si>
+    <t>Sánchez</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.1</t>
+  </si>
+  <si>
+    <t>CSS160630CP7</t>
+  </si>
+  <si>
+    <t>CFE Suministrador de Servicios Básico</t>
+  </si>
+  <si>
+    <t>id-12.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-12.0.parties.1</t>
+  </si>
+  <si>
+    <t>97203</t>
+  </si>
+  <si>
+    <t>24 Por 39-B1 Y 39-B2 N° Ext.285 Col.La Castellana</t>
+  </si>
+  <si>
+    <t>PEHE510912PL5</t>
+  </si>
+  <si>
+    <t>María Eréndira</t>
+  </si>
+  <si>
+    <t>Pérez</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.0</t>
+  </si>
+  <si>
+    <t>Calle 21 no.185 x 10 y 12 Col. García Ginerés</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.1</t>
+  </si>
+  <si>
+    <t>CFE Suministrador De Servicios Básicos</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.1</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.0</t>
+  </si>
+  <si>
+    <t>technicalUnit,responsibleUnit</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.1</t>
+  </si>
+  <si>
+    <t>97109</t>
+  </si>
+  <si>
+    <t>35, 479E,</t>
+  </si>
+  <si>
+    <t>RAM0209037Y0</t>
+  </si>
+  <si>
+    <t>Redes y Asesorías del Mayab, S.A. DE C.V.</t>
+  </si>
+  <si>
+    <t>9991242430</t>
+  </si>
+  <si>
+    <t>id-16.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-16.0.parties.1</t>
+  </si>
+  <si>
+    <t>97133</t>
+  </si>
+  <si>
+    <t>Calle 22 no.220 entre 9 y 11 Colonia Montevideo</t>
+  </si>
+  <si>
+    <t>AOMR840122Q56</t>
+  </si>
+  <si>
+    <t>Roberto</t>
+  </si>
+  <si>
+    <t>Marcin</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arjona </t>
+  </si>
+  <si>
+    <t>id-19.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-19.0.parties.1</t>
+  </si>
+  <si>
+    <t>Calle 64 x 69 y 71 No. 571, Col. Centro,</t>
+  </si>
+  <si>
+    <t>IER9904191Y8</t>
+  </si>
+  <si>
+    <t>Impresos la Ermita S.A de C.V.</t>
+  </si>
+  <si>
+    <t>ermitaimpresos@hotmail.com</t>
+  </si>
+  <si>
+    <t>9999242239</t>
+  </si>
+  <si>
+    <t>id-21.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-21.0.parties.1</t>
   </si>
   <si>
     <t>supplier,payee,invitedSupplier,issuingSupplier</t>
   </si>
   <si>
+    <t>97000</t>
+  </si>
+  <si>
+    <t>Calle 76 no.460 x 49 y 51 Colonia Centro</t>
+  </si>
+  <si>
+    <t>MOBE940926C4</t>
+  </si>
+  <si>
+    <t>dirección@promobe.com.mx</t>
+  </si>
+  <si>
+    <t>9999288454</t>
+  </si>
+  <si>
+    <t>Eduardo Alberto</t>
+  </si>
+  <si>
+    <t>Bargas</t>
+  </si>
+  <si>
+    <t>Moráles</t>
+  </si>
+  <si>
+    <t>id-22.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-22.0.parties.1</t>
+  </si>
+  <si>
+    <t>60 # 491-A 57 y 59</t>
+  </si>
+  <si>
+    <t>PUA15110914A</t>
+  </si>
+  <si>
+    <t>Patronato de la Universidad Autónoma de Yucatán Cultura para Todos</t>
+  </si>
+  <si>
+    <t>expositores.filey@gmail.com</t>
+  </si>
+  <si>
+    <t>id-23.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-23.0.parties.1</t>
+  </si>
+  <si>
     <t>OERM030223PA0</t>
   </si>
   <si>
-    <t>naturalPerson</t>
-[...4 lines deleted...]
-  <si>
     <t>Reyes</t>
   </si>
   <si>
     <t>Ortega</t>
   </si>
   <si>
-    <t>id-1.0.parties.2</t>
+    <t>id-23.0.parties.2</t>
   </si>
   <si>
     <t>MX-RFC-PAAA801026R71</t>
   </si>
   <si>
     <t>ISI SURESTE</t>
   </si>
   <si>
     <t>supplier,invitedSupplier,issuingSupplier</t>
   </si>
   <si>
-    <t>97109</t>
-[...1 lines deleted...]
-  <si>
     <t>Calle 36 A por 17 Y 19 No.430 Jesus Carranza</t>
   </si>
   <si>
     <t>PAAA801026R71</t>
   </si>
   <si>
     <t>Gemma  Perez</t>
   </si>
   <si>
     <t xml:space="preserve">Gemma </t>
   </si>
   <si>
     <t>9999877522</t>
   </si>
   <si>
-    <t>Perez</t>
-[...1 lines deleted...]
-  <si>
     <t>Armin Jacobo</t>
   </si>
   <si>
     <t>Avila</t>
   </si>
   <si>
     <t>Pat</t>
   </si>
   <si>
-    <t>id-1.0.parties.3</t>
+    <t>id-23.0.parties.3</t>
   </si>
   <si>
     <t>MX-RFC-DUNS801104G77</t>
   </si>
   <si>
     <t>97314</t>
   </si>
   <si>
     <t>Calle 6 no.52f Caucel</t>
   </si>
   <si>
     <t>DUNS801104G77</t>
   </si>
   <si>
     <t>Sergio  Durán Novelo</t>
   </si>
   <si>
     <t>www.compumerida.com.mx</t>
   </si>
   <si>
     <t xml:space="preserve">Sergio </t>
   </si>
   <si>
     <t>9992435050</t>
   </si>
   <si>
     <t>Novelo</t>
   </si>
   <si>
     <t>Durán</t>
   </si>
   <si>
     <t>Sergio</t>
   </si>
   <si>
-    <t>id-2.0.parties.0</t>
-[...338 lines deleted...]
-    <t>97000</t>
+    <t>id-24.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-24.0.parties.1</t>
+  </si>
+  <si>
+    <t>Calle 60 No.521 Col. Centro</t>
+  </si>
+  <si>
+    <t>TYU7712304L6</t>
+  </si>
+  <si>
+    <t>Compañía Tipográfica Yucateca</t>
+  </si>
+  <si>
+    <t>Victor Emmanuel  Pat Camargo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Victor Emmanuel </t>
+  </si>
+  <si>
+    <t>9999422222</t>
+  </si>
+  <si>
+    <t>Camargo</t>
+  </si>
+  <si>
+    <t>id-25.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-25.0.parties.1</t>
   </si>
   <si>
     <t>49 488C X 54 Y 56</t>
   </si>
   <si>
     <t>APC040107TE8</t>
   </si>
   <si>
     <t>Alejandra Carolina Aguilar Santos</t>
   </si>
   <si>
     <t>carolina.aguilar@absolutpc.com.mx</t>
   </si>
   <si>
     <t>Alejandra Carolina</t>
   </si>
   <si>
     <t>9999243101</t>
   </si>
   <si>
     <t>Santos</t>
   </si>
   <si>
     <t>Aguilar</t>
   </si>
   <si>
-    <t>id-17.0.parties.0</t>
-[...125 lines deleted...]
-    <t>id-24.0.parties.1</t>
+    <t>id-27.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-30.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-30.0.parties.1</t>
   </si>
   <si>
     <t>supplier,payee,issuingSupplier</t>
   </si>
   <si>
     <t>97118</t>
   </si>
   <si>
     <t>42 #469-A Fracc. Gonzalo Guerrero</t>
   </si>
   <si>
     <t>OOM960429832</t>
   </si>
   <si>
     <t>Operadora OMX</t>
   </si>
   <si>
     <t>Carlos Armando  Basto Rejón</t>
   </si>
   <si>
     <t>carlos.basto@officemax.com.mx</t>
   </si>
   <si>
     <t xml:space="preserve">Carlos Armando </t>
   </si>
   <si>
     <t>9999483893</t>
   </si>
   <si>
     <t>Rejón</t>
   </si>
   <si>
     <t>Basto</t>
   </si>
   <si>
-    <t>id-25.0.parties.0</t>
-[...25 lines deleted...]
-  <si>
     <t>id-31.0.parties.0</t>
   </si>
   <si>
-    <t>21 185 X 10 Y 12</t>
-[...13 lines deleted...]
-  <si>
     <t>id-31.0.parties.1</t>
   </si>
   <si>
-    <t>id-31.0.parties.2</t>
-[...31 lines deleted...]
-  <si>
     <t>surveillanceMechanisms</t>
   </si>
   <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>awardID</t>
   </si>
   <si>
     <t>period_endDate</t>
   </si>
   <si>
     <t>period_startDate</t>
   </si>
   <si>
     <t>implementation_status</t>
   </si>
   <si>
     <t>id-0.0.contracts.0</t>
   </si>
   <si>
+    <t>internalControlUnit</t>
+  </si>
+  <si>
+    <t>terminated</t>
+  </si>
+  <si>
+    <t>concluded</t>
+  </si>
+  <si>
+    <t>id-1.0.contracts.0</t>
+  </si>
+  <si>
     <t>Arrendamiento Nissan URVAN 2024</t>
   </si>
   <si>
-    <t>internalControlUnit</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">   Arrendamiento Nissan URVAN 2024</t>
   </si>
   <si>
-    <t>terminated</t>
-[...5 lines deleted...]
-    <t>id-1.0.contracts.0</t>
+    <t>id-2.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Actualización sistema SAACG.NET 2024</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0</t>
+  </si>
+  <si>
+    <t>Pluxee2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Vales de Gasolina en Monedero Electrónico</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0</t>
+  </si>
+  <si>
+    <t>PLUXEEAPOYO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Apoyo extraordinario en tarjetas de fondo de pago electrónico a servidores públicos del Inaip Yucatán</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Apoyo extraordinario en tarjetas de fondo de pago electrónico a servidores públicos del Inaip Yucatán</t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Servicio de banquete para posada navideña del personal del INAIP el día viernes 13 de diciembre de 2024.</t>
+  </si>
+  <si>
+    <t>id-6.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Mantenimiento de aires acondicionados</t>
+  </si>
+  <si>
+    <t>id-7.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Compra de Aire Acondicionado 18000 BTU DUAL COOL WI/FI 17.5 SEER INVERT MARCA LG</t>
+  </si>
+  <si>
+    <t>Compra de Aire Acondicionado 18000 BTU DUAL COOL WI/FI 17.5 SEER INVERT MARCA LG</t>
+  </si>
+  <si>
+    <t>id-8.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Compra de bomba de vacío para vehículo Eurovan ZBP-324E</t>
+  </si>
+  <si>
+    <t>Compra de bomba de vacío para vehículo Eurovan ZBP-324E para reparación de vehículo oficial</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0</t>
+  </si>
+  <si>
+    <t>CYBERPUERTA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Compra de equipos de cómputo </t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0</t>
+  </si>
+  <si>
+    <t>Arrendamiento de edificio INAIP no.185</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Arrendamiento de edificio INAIP no.185</t>
+  </si>
+  <si>
+    <t>2025-01-23T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-11.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Suministro de energía eléctrica 2025</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0</t>
+  </si>
+  <si>
+    <t>DAF/Arrendamiento172y188a/2024</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Suministro de energía eléctrica 2024</t>
+  </si>
+  <si>
+    <t>id-14.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Arrendamiento Nissan URVAN </t>
+  </si>
+  <si>
+    <t>Arrendamiento Nissan URVAN</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0</t>
+  </si>
+  <si>
+    <t>Hosting 2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Renta de Hosting, Renovación y Consumo</t>
+  </si>
+  <si>
+    <t>2024-01-11T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-16.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Servicio de video y entarimado para la conferencia ''Eres lo que publicas''</t>
+  </si>
+  <si>
+    <t>2025-05-07T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>id-19.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Posters tamaño tabloide para el Decálogo de Protección de Datos Personales</t>
+  </si>
+  <si>
+    <t>2024-04-04T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-21.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Artículos promocionales para las actividades institucionales del INAIP Yucatán</t>
+  </si>
+  <si>
+    <t>id-22.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Renta de stand del Inaip Yucatán en la Feria Internacional de la Lectura Yucatán 2025</t>
+  </si>
+  <si>
+    <t>id-23.0.contracts.0</t>
   </si>
   <si>
     <t xml:space="preserve">  Compra de equipo de cómputo laptop lenovo LOQ.9A GEN</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0</t>
+    <t>id-24.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Artículos promocionales con imagen institucional para las actividades institucionales del Inaip Yucatán</t>
+  </si>
+  <si>
+    <t>id-25.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Compra de licencias office y adobe</t>
+  </si>
+  <si>
+    <t>id-27.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Compra de capturadora de video y extensor de video HDMI</t>
+  </si>
+  <si>
+    <t>id-30.0.contracts.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Compra de papelería para la Dirección de Medios de Impugnación, Obligaciones de Transparencia y Datos Personales</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0</t>
   </si>
   <si>
     <t xml:space="preserve">    Arrendamiento edificio INAIP No. 185</t>
   </si>
   <si>
-    <t>id-3.0.contracts.0</t>
-[...172 lines deleted...]
-  <si>
     <t>_link_contracts</t>
   </si>
   <si>
     <t>quantity</t>
   </si>
   <si>
     <t>unit_name</t>
   </si>
   <si>
     <t>unit_value_amount</t>
   </si>
   <si>
     <t>unit_value_currency</t>
   </si>
   <si>
     <t>unit_value_netAmount</t>
   </si>
   <si>
     <t>classification_id</t>
   </si>
   <si>
     <t>classification_scheme</t>
   </si>
   <si>
     <t>classification_description</t>
@@ -2527,2309 +2530,2309 @@
   <si>
     <t>deliveryAddress_region</t>
   </si>
   <si>
     <t>deliveryAddress_locality</t>
   </si>
   <si>
     <t>deliveryAddress_postalCode</t>
   </si>
   <si>
     <t>deliveryAddress_countryName</t>
   </si>
   <si>
     <t>deliveryAddress_streetAddress</t>
   </si>
   <si>
     <t>deliveryLocation_geometry_type</t>
   </si>
   <si>
     <t>deliveryLocation_geometry_coordinates</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.items.0</t>
   </si>
   <si>
+    <t>item-e6d20331-fe2e-455e-8c6a-52563a6c568d</t>
+  </si>
+  <si>
+    <t>Mantenimiento de 37 Aires Acondicionados</t>
+  </si>
+  <si>
+    <t>Servicio</t>
+  </si>
+  <si>
+    <t>CUCOP</t>
+  </si>
+  <si>
+    <t>Servicios de mantenimiento de mobiliario y equipo de administracion</t>
+  </si>
+  <si>
+    <t>Avenida Colón</t>
+  </si>
+  <si>
+    <t>Point</t>
+  </si>
+  <si>
+    <t>[-89.627931,20.987246]</t>
+  </si>
+  <si>
+    <t>id-1.0.contracts.0.items.0</t>
+  </si>
+  <si>
     <t>item-bb651660-0ab0-4dc1-965f-5d2a3ba5c256</t>
   </si>
   <si>
     <t>ARRENDAMIENTO DE LA CAMIONETA NISSAN URVAN 2024 1 DE 48</t>
   </si>
   <si>
-    <t>Servicio</t>
-[...4 lines deleted...]
-  <si>
     <t>Arrendamiento de vehiculos  terrestres para servicios administrativos</t>
   </si>
   <si>
-    <t>Avenida Colón</t>
-[...4 lines deleted...]
-  <si>
     <t>[-89.628174,20.987259]</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0.items.1</t>
+    <t>id-1.0.contracts.0.items.1</t>
   </si>
   <si>
     <t>item-08186140-7db0-46c3-ae94-0fa6142730ff</t>
   </si>
   <si>
     <t>ARRENDAMIENTO DE LA CAMIONETA NISSAN URVAN 2024 2 DE 48</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0.items.2</t>
+    <t>id-1.0.contracts.0.items.2</t>
   </si>
   <si>
     <t>item-2c52654c-a05c-4b2e-bf16-41dd936a1f77</t>
   </si>
   <si>
     <t>ARRENDAMIENTO DE LA CAMIONETA NISSAN URVAN 2024 3 DE 48</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0.items.3</t>
+    <t>id-1.0.contracts.0.items.3</t>
   </si>
   <si>
     <t>item-15ab8fde-d4cf-4015-b883-fba7cf817950</t>
   </si>
   <si>
     <t>ARRENDAMIENTO DE LA CAMIONETA NISSAN URVAN 2024 4 DE 48</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0.items.4</t>
+    <t>id-1.0.contracts.0.items.4</t>
   </si>
   <si>
     <t>item-20360acd-af57-41f6-9a08-517ba986fff5</t>
   </si>
   <si>
     <t>ARRENDAMIENTO DE LA CAMIONETA NISSAN URVAN 2024 5 DE 48</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0.items.5</t>
+    <t>id-1.0.contracts.0.items.5</t>
   </si>
   <si>
     <t>item-51f5a246-7849-45ed-8a1e-d0a73d11568f</t>
   </si>
   <si>
     <t>ARRENDAMIENTO DE LA CAMIONETA NISSAN URVAN 2024 6 DE 48</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.items.0</t>
+    <t>id-2.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-9ef2814c-6616-4e7c-aee3-53869a024492</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACTUALIZACIÓN DE SISTEMA SAACG.NET PARA EL REGISTRO E INTEGRACIÓN LAS OPERACIONES PRESUPUESTALES, ADMINISTRATIVAS, CONTABLES Y FINANCIERAS DEL INSTITUTO	</t>
+  </si>
+  <si>
+    <t>Servicios de informatica</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-f0c1d158-f192-4af3-a5ea-9308960408df</t>
+  </si>
+  <si>
+    <t>COMPRA DE VALES DE GASOLINA EN MONEDERO ELECTRÓNICO</t>
+  </si>
+  <si>
+    <t>Litro</t>
+  </si>
+  <si>
+    <t>Gasolina</t>
+  </si>
+  <si>
+    <t>Calle 10</t>
+  </si>
+  <si>
+    <t>[-89.627615,20.989702]</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.items.1</t>
+  </si>
+  <si>
+    <t>item-5e62e1ad-c8cc-48f7-9a50-a14b0ad54d4e</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-a2f4b21f-ea52-46b5-9ca0-4ea7e7e0e5fd</t>
+  </si>
+  <si>
+    <t>APOYO EXTRAORDINARIO EN TARJETAS DE FONDO DE PAGO ELECTRÓNICO A SERVIDORES PÚBLICOS DEL INAIP YUCATÁN</t>
+  </si>
+  <si>
+    <t>Gastos de orden social</t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-5ad4e6ba-015b-4ea9-ae0c-c6dc9e2b85a0</t>
+  </si>
+  <si>
+    <t>SERVICIO DE BANQUETE PARA POSADA NAVIDEÑA DEL PERSONAL DEL INAIP EL DÍA VIERNES 13 DE DICIEMBRE DE 2024.</t>
+  </si>
+  <si>
+    <t>id-6.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-bc072dc8-3351-4ca0-b7dd-068cbd165929</t>
+  </si>
+  <si>
+    <t>MANTENIMIENTO PREVENTIVO A 34 EQUIPOS DE AIRES ACONDICIONADOS</t>
+  </si>
+  <si>
+    <t>Maquinaria y equipo (mantenimiento y reparacion)</t>
+  </si>
+  <si>
+    <t>id-7.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-523b3e4b-2b39-4226-8b4c-1b7f6c246b76</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMPRA DE AIRE ACONDICIONADO 18000 BTU DUAL COOL WI/FI 17.5 SEER INVERT MARCA LG </t>
+  </si>
+  <si>
+    <t>Pieza</t>
+  </si>
+  <si>
+    <t>Equipo aire acondicionado</t>
+  </si>
+  <si>
+    <t>id-8.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-8e3781d8-8fc6-486d-bec1-1b3296f0c70a</t>
+  </si>
+  <si>
+    <t>COMPRA DE BOMBA DE VACÍO PARA VEHÍCULO EUROVAN ZBP-324E PARA REPARACIÓN DE VEHÍCULO OFICIAL</t>
+  </si>
+  <si>
+    <t>Bomba combustible (automotriz)</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-2850d2a4-43f0-4bf7-947b-d39ab0877b17</t>
+  </si>
+  <si>
+    <t>COMPRA DE EQUIPOS DE CÓMPUTO</t>
+  </si>
+  <si>
+    <t>Computador main frame (eq. De computacion)</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-a5634bdf-66c0-49e1-b5a3-d9aff3c9279a</t>
+  </si>
+  <si>
+    <t>PAGO RENTA CORRESPONDIENTE AL MES DE ENERO 2025 EDIFICIOS INAIP CALLE 17 NUM. 185 10 Y 12 COLONIA GARCÍA GINERÉS</t>
+  </si>
+  <si>
+    <t>Arrendamiento de edificios y locales</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.items.1</t>
+  </si>
+  <si>
+    <t>item-51a6d706-0ed5-427d-9421-352150fe3eea</t>
+  </si>
+  <si>
+    <t>PAGO RENTA CORRESPONDIENTE AL MES DE FEBRERO 2025 EDIFICIOS INAIP CALLE 17 NUM. 185 10 Y 12 COLONIA GARCÍA GINERÉS</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.items.2</t>
+  </si>
+  <si>
+    <t>item-d854ce10-64f9-46a1-b724-4c978f53a7d6</t>
+  </si>
+  <si>
+    <t>PAGO RENTA CORRESPONDIENTE AL MES DE MARZO 2025 EDIFICIOS INAIP CALLE 17 NUM. 185 10 Y 12 COLONIA GARCÍA GINERÉS</t>
+  </si>
+  <si>
+    <t>id-11.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-abc125e0-4bd9-47ec-b09d-e65426fb4e03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUMINISTRO DE ENERGIA ELECTRICA </t>
+  </si>
+  <si>
+    <t>Servicio de energia electrica</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-c1fd3cc5-3603-46ef-878d-569d38c7719d</t>
+  </si>
+  <si>
+    <t>PAGO RENTA CORRESPONDIENTE AL MES DE ABRIL 2024 EDIFICIOS INAIP CALLE 17 NUM. 172 Y CALLE 10 NO.188-A COLONIA GARCÍA GINERÉS</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.items.1</t>
+  </si>
+  <si>
+    <t>item-df7334f1-9224-48ee-9fb7-6f8f38e9403f</t>
+  </si>
+  <si>
+    <t>PAGO RENTA CORRESPONDIENTE AL MES DE MAYO 2024 EDIFICIOS INAIP CALLE 17 NUM. 172 Y CALLE 10 NO.188-A COLONIA GARCÍA GINERÉS</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.items.2</t>
+  </si>
+  <si>
+    <t>item-39650916-de95-44d2-9d61-c9787448fc1d</t>
+  </si>
+  <si>
+    <t>PAGO RENTA CORRESPONDIENTE AL MES DE JUNIO 2024 EDIFICIOS INAIP CALLE 17 NUM. 172 Y CALLE 10 NO.188-A COLONIA GARCÍA GINERÉS</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.items.3</t>
+  </si>
+  <si>
+    <t>item-a9f18c93-133f-47b6-8561-00e64b50f2dc</t>
+  </si>
+  <si>
+    <t>PAGO RENTA CORRESPONDIENTE AL MES DE JULIO 2024 EDIFICIOS INAIP CALLE 17 NUM. 172 Y CALLE 10 NO.188-A COLONIA GARCÍA GINERÉS</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.items.4</t>
+  </si>
+  <si>
+    <t>item-750bb93f-a27a-475c-8708-f1be7406f0d1</t>
+  </si>
+  <si>
+    <t>PAGO RENTA CORRESPONDIENTE AL MES DE AGOSTO 2024 EDIFICIOS INAIP CALLE 17 NUM. 172 Y CALLE 10 NO.188-A COLONIA GARCÍA GINERÉS</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.items.5</t>
+  </si>
+  <si>
+    <t>item-1b28eb56-ade0-4471-97a4-9fe7cb9b44d9</t>
+  </si>
+  <si>
+    <t>PAGO RENTA CORRESPONDIENTE AL MES DE SEPTIEMBRE 2024 EDIFICIOS INAIP CALLE 17 NUM. 172 Y CALLE 10 NO.188-A COLONIA GARCÍA GINERÉS</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-3f1e5fcb-27f7-49d1-8d60-73e79aec181d</t>
+  </si>
+  <si>
+    <t>PAGO DE SERVICIOS DE ENERGIA ELECTRICA DE MAR 2024 A ABR 2024</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.items.1</t>
+  </si>
+  <si>
+    <t>item-fcd392ce-3c0f-465f-bbbf-ca6764ae2827</t>
+  </si>
+  <si>
+    <t>PAGO DE SERVICIOS DE ENERGIA ELECTRICA DE ABR 2024 A MAY 2024</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.items.2</t>
+  </si>
+  <si>
+    <t>item-705b92e9-a5bd-4172-9834-d84b8b177c25</t>
+  </si>
+  <si>
+    <t>PAGO DE SERVICIOS DE ENERGIA ELECTRICA DE MAY 2024 A JUN 2024</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.items.3</t>
+  </si>
+  <si>
+    <t>item-f49ab2ab-da58-40bd-93c1-237b44b09ba5</t>
+  </si>
+  <si>
+    <t>PAGO DE SERVICIOS DE ENERGIA ELECTRICA DE JUN 2024 A JUL 2024</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.items.4</t>
+  </si>
+  <si>
+    <t>item-9822ed12-9da5-4e20-909c-a43abd5677bb</t>
+  </si>
+  <si>
+    <t>PAGO DE SERVICIOS DE ENERGIA ELECTRICA DE JUL 2024 A AGO 2024</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.items.5</t>
+  </si>
+  <si>
+    <t>item-7ee0bac4-4a63-437a-aeaf-bb0650abe50e</t>
+  </si>
+  <si>
+    <t>PAGO DE SERVICIOS DE ENERGIA ELECTRICA DE AGO 2024 A SEP 2024</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.items.6</t>
+  </si>
+  <si>
+    <t>item-4bde0c3f-efd6-4f2b-94ee-894c8aad75f0</t>
+  </si>
+  <si>
+    <t>id-14.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-edc87578-5131-4c3c-a19e-ab128da0c65d</t>
+  </si>
+  <si>
+    <t>RENOVACION DEL SEGURO 2025 DE LA CAMIONETA URVAN 2024</t>
+  </si>
+  <si>
+    <t>Contratacion de seguros para bienes muebles</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-ad5503ac-b443-4738-96bf-b92c3d591605</t>
+  </si>
+  <si>
+    <t>RENTA DE HOSTING, RENOVACIÓN Y CONSUMO OCTUBRE 2024</t>
+  </si>
+  <si>
+    <t>Servicios de acceso de Internet, redes y procesamiento de informacion</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.items.1</t>
+  </si>
+  <si>
+    <t>item-f05a59bd-afc7-414f-82b8-93d0dffbb20b</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  RENTA DE HOSTING, RENOVACIÓN Y CONSUMO NOVIEMBRE 2024</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.items.2</t>
+  </si>
+  <si>
+    <t>item-801ac827-6794-4b41-ab00-7bb02e690fa1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SERVICIOS DE INSTALACIÓN Y CONFIGURACIÓN SERVICIOS DE ELASTIC COMPUTE CLOUD </t>
+  </si>
+  <si>
+    <t>id-16.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-3da19a12-544a-49e3-8726-788b56f51bd3</t>
+  </si>
+  <si>
+    <t>SERVICIOS DE PANTALLAS, SISTEMA DE AUDIO Y ENTARIMADOS</t>
+  </si>
+  <si>
+    <t>Arrendamiento de equipo relacionado con el audio, video e iluminacion</t>
+  </si>
+  <si>
+    <t>id-19.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-8619f9b0-3951-4788-ad05-500316231e96</t>
+  </si>
+  <si>
+    <t>POSTERS TAMAÑO TABLOIDE, IMPRESOS EN DIGITAL A TODO COLOR EN COUCHE EN BRILLANTE</t>
+  </si>
+  <si>
+    <t>Difusion de mensajes sobre programas y actividades gubernamentales</t>
+  </si>
+  <si>
+    <t>id-21.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-49811e94-29df-4c62-8d47-40148e3fd14a</t>
+  </si>
+  <si>
+    <t>ARTÍCULOS PROMOCIONALES PARA LAS ACTIVIDADES INSTITUCIONALES DEL INAIP YUCATÁN</t>
+  </si>
+  <si>
+    <t>id-22.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-d55a2750-a0e9-4996-a221-511e89f048af</t>
+  </si>
+  <si>
+    <t>RENTA DE STAND DEL INAIP YUCATÁN EN LA FERIA INTERNACIONAL DE LA LECTURA YUCATÁN 2025</t>
+  </si>
+  <si>
+    <t>Congresos y convenciones</t>
+  </si>
+  <si>
+    <t>id-23.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>item-e56bdf14-4522-4497-a364-8a519a10e398</t>
   </si>
   <si>
     <t>COMPRA DE EQUIPO DE CÓMPUTO LAPTOP LENOVO LOQ.9A GEN</t>
   </si>
   <si>
-    <t>Pieza</t>
-[...5 lines deleted...]
-    <t>id-2.0.contracts.0.items.0</t>
+    <t>id-24.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-46c4ad49-4faa-4b3e-a109-b0f270fb4e6a</t>
+  </si>
+  <si>
+    <t>ARTÍCULOS PROMOCIONALES CON IMAGEN INSTITUCIONAL PARA LAS ACTIVIDADES INSTITUCIONALES DEL INAIP YUCATÁN</t>
+  </si>
+  <si>
+    <t>id-25.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-0882079f-07f7-4375-8ba0-8dbd3c3a4701</t>
+  </si>
+  <si>
+    <t>COMPRA DE LICENCIAS OFFICE Y ADOBE</t>
+  </si>
+  <si>
+    <t>Licencias de uso de programas de computo y su actualizacion</t>
+  </si>
+  <si>
+    <t>id-25.0.contracts.0.items.1</t>
+  </si>
+  <si>
+    <t>item-7e060a77-7381-4db2-a579-b9dd2e863256</t>
+  </si>
+  <si>
+    <t>id-27.0.contracts.0.items.0</t>
+  </si>
+  <si>
+    <t>item-b95f51f9-13c2-493c-a6d4-8a1e45c24567</t>
+  </si>
+  <si>
+    <t>COMPRA DE CAPTURADORA DE VIDEO Y EXTENSOR DE VIDEO HDMI</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.items.0</t>
   </si>
   <si>
     <t>item-0dea4f8f-562d-4a6e-a5a2-b8d68d863778</t>
   </si>
   <si>
     <t>PAGO RENTA CORRESPONDIENTE AL MES DE ENERO 2024 EDIFICIOS INAIP CALLE 10 Y 12 NUM. 185 COLONIA GARCÍA GINERÉS</t>
   </si>
   <si>
-    <t>Arrendamiento de edificios y locales</t>
-[...1 lines deleted...]
-  <si>
     <t>[-89.628703,20.9872226]</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.items.1</t>
+    <t>id-31.0.contracts.0.items.1</t>
   </si>
   <si>
     <t>item-b1788b0c-b2aa-4f41-9371-bdd3c6726c2c</t>
   </si>
   <si>
     <t>PAGO RENTA CORRESPONDIENTE AL MES DE FEBRERO 2024 EDIFICIOS INAIP CALLE 10 Y 185 NUM. 185 COLONIA GARCÍA GINERÉS</t>
   </si>
   <si>
     <t>[-89.6281742,20.9872587]</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.items.2</t>
+    <t>id-31.0.contracts.0.items.2</t>
   </si>
   <si>
     <t>item-3833eeb9-d14d-40e8-998e-6b798d933c82</t>
   </si>
   <si>
     <t>PAGO RENTA CORRESPONDIENTE AL MES DE MARZO 2024 EDIFICIOS INAIP CALLE 10 Y 12 NUM. 185 COLONIA GARCÍA GINERÉS</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.items.3</t>
+    <t>id-31.0.contracts.0.items.3</t>
   </si>
   <si>
     <t>item-cfd9c460-ab14-4b86-a203-d261ab98a704</t>
   </si>
   <si>
     <t>PAGO RENTA CORRESPONDIENTE AL MES DE ABRIL 2024 EDIFICIOS INAIP CALLE 21 NUM. 185 COLONIA GARCÍA GINERÉS</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.items.4</t>
+    <t>id-31.0.contracts.0.items.4</t>
   </si>
   <si>
     <t>item-09f5a341-866b-40fe-9778-1e3989adcbbd</t>
   </si>
   <si>
     <t>PAGO RENTA CORRESPONDIENTE AL MES DE MAYO 2024 EDIFICIOS INAIP CALLE 21 NUM. 185 COLONIA GARCÍA GINERÉS</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.items.5</t>
+    <t>id-31.0.contracts.0.items.5</t>
   </si>
   <si>
     <t>item-cade2166-871b-434c-904e-a01cce99234a</t>
   </si>
   <si>
     <t>PAGO RENTA CORRESPONDIENTE AL MES DE JUNIO 2024 EDIFICIOS INAIP CALLE 21 NUM. 185 COLONIA GARCÍA GINERÉS</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.items.6</t>
+    <t>id-31.0.contracts.0.items.6</t>
   </si>
   <si>
     <t>item-28838308-d396-4643-9447-ba02c2ad7d19</t>
   </si>
   <si>
     <t>PAGO RENTA CORRESPONDIENTE AL MES DE JULIO 2024 EDIFICIOS INAIP CALLE 21 NUM. 185 COLONIA GARCÍA GINERÉS</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.items.7</t>
+    <t>id-31.0.contracts.0.items.7</t>
   </si>
   <si>
     <t>item-dace0db9-70f9-4719-a542-ac12b88f9c48</t>
   </si>
   <si>
     <t>PAGO RENTA CORRESPONDIENTE AL MES DE AGOSTO 2024 EDIFICIOS INAIP CALLE 21 NUM. 185 COLONIA GARCÍA GINERÉS</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.items.8</t>
+    <t>id-31.0.contracts.0.items.8</t>
   </si>
   <si>
     <t>item-264e7709-6750-4b8b-ac35-207bf85ab79f</t>
   </si>
   <si>
     <t>PAGO RENTA CORRESPONDIENTE AL MES DE SEPTIEMBRE 2024 EDIFICIOS INAIP CALLE 21 NUM. 185 COLONIA GARCÍA GINERÉS</t>
   </si>
   <si>
-    <t>id-3.0.contracts.0.items.0</t>
-[...394 lines deleted...]
-  <si>
     <t>url</t>
   </si>
   <si>
     <t>format</t>
   </si>
   <si>
     <t>dateModified</t>
   </si>
   <si>
     <t>documentType</t>
   </si>
   <si>
     <t>datePublished</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.documents.0</t>
   </si>
   <si>
+    <t>doc-61c7ac47-f3be-4a32-9f8d-c6ba39773f48</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=a91200e2-3d60-43a4-9e44-0a8c97a70600</t>
+  </si>
+  <si>
+    <t>Orden de Compra DAF 144/2020</t>
+  </si>
+  <si>
+    <t>PDF</t>
+  </si>
+  <si>
+    <t>Spanish; Castilian</t>
+  </si>
+  <si>
+    <t>Documento en el cual se asigna al proveedor ganador, Unidad Administrativa solicitante y el desglose de los bienes o servicios adquiridos para lograr el desarrollo y cumplimento de sus programas.</t>
+  </si>
+  <si>
+    <t>2025-11-27T18:00:07-06:00</t>
+  </si>
+  <si>
+    <t>contractSigned</t>
+  </si>
+  <si>
+    <t>2021-03-25T12:13:45-06:00</t>
+  </si>
+  <si>
+    <t>id-0.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-310f28c4-db65-4fed-aeff-89fd28ee42c6</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=95923819-607c-4fed-a1f4-f007d08fbde8</t>
+  </si>
+  <si>
+    <t>Factura</t>
+  </si>
+  <si>
+    <t>Documento donde el contratante solicita el pago de bienes y servicios prestados de acuerdo a la factura emitida.</t>
+  </si>
+  <si>
+    <t>id-1.0.contracts.0.documents.0</t>
+  </si>
+  <si>
     <t>doc-7d78b531-4506-480c-b949-3a45f5e3c776</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d5da5f4a-77b8-4316-af63-33d4c285b5bc</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA O SERVICIO DAFRH 029-2024</t>
   </si>
   <si>
-    <t>PDF</t>
-[...10 lines deleted...]
-  <si>
     <t>2024-07-26T12:10:33-05:00</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0.documents.1</t>
+    <t>id-1.0.contracts.0.documents.1</t>
   </si>
   <si>
     <t>doc-229e35e7-ddef-436e-86b2-2d76f248266a</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=2cf80102-33fe-43df-a739-a21f9bf4b522</t>
   </si>
   <si>
     <t>FACTURA FVL415219</t>
   </si>
   <si>
-    <t>Documento donde el contratante solicita el pago de bienes y servicios prestados de acuerdo a la factura emitida.</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-07-26T12:11:11-05:00</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0.documents.2</t>
+    <t>id-1.0.contracts.0.documents.2</t>
   </si>
   <si>
     <t>doc-55f63cba-fa62-40d3-98d4-16272001b8ae</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=35d64331-0b25-4dbc-ac50-9130f3023444</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA O SERVICIO DAFRH 047-2024</t>
   </si>
   <si>
     <t>2024-07-26T12:12:05-05:00</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0.documents.3</t>
+    <t>id-1.0.contracts.0.documents.3</t>
   </si>
   <si>
     <t>doc-c9a30171-594b-4b80-8ab7-00ec7244a9c5</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=6abd600f-6943-489a-82cb-0e0cc228a605</t>
   </si>
   <si>
     <t>FACTURA FVL419977</t>
   </si>
   <si>
     <t>2024-07-26T12:12:41-05:00</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0.documents.4</t>
+    <t>id-1.0.contracts.0.documents.4</t>
   </si>
   <si>
     <t>doc-cb120435-1ddb-4feb-b909-8618015c20e6</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=efec6663-ff10-4152-98cc-be82193026c3</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA O SERVICIO DAFRH 072-2024</t>
   </si>
   <si>
     <t>2024-07-26T12:24:07-05:00</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0.documents.5</t>
+    <t>id-1.0.contracts.0.documents.5</t>
   </si>
   <si>
     <t>doc-0bb87021-ec79-4b3f-b0b4-4c68ed814fe1</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b4980b98-8700-424e-9544-1ff09894b7dd</t>
   </si>
   <si>
     <t>FACTURA FVL425248</t>
   </si>
   <si>
     <t>2024-07-26T12:24:48-05:00</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0.documents.6</t>
+    <t>id-1.0.contracts.0.documents.6</t>
   </si>
   <si>
     <t>doc-3f1bb65f-bf9c-46de-ad0e-ab8d4e40d185</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=459509e9-cc65-4a6a-b11c-5618d6337e4b</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA O SERVICIO DAFRH 090-2024</t>
   </si>
   <si>
     <t>2024-10-28T12:26:12-06:00</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0.documents.7</t>
+    <t>id-1.0.contracts.0.documents.7</t>
   </si>
   <si>
     <t>doc-3a3a161c-fd4c-42b8-9157-9b4096ae77b2</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=3b86ad45-a078-4f8b-9438-4c5d8c2c2882</t>
   </si>
   <si>
     <t>FACTURA FVL429892</t>
   </si>
   <si>
     <t>2024-10-28T12:26:40-06:00</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0.documents.8</t>
+    <t>id-1.0.contracts.0.documents.8</t>
   </si>
   <si>
     <t>doc-310e9543-081d-42e1-b7ad-9c16c60b0ede</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=e4ac51c1-ec9c-40ed-83a5-515ae3ebe0d6</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA O SERVICIO DAFRH 105-2024</t>
   </si>
   <si>
     <t>2024-10-28T08:57:43-06:00</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0.documents.9</t>
+    <t>id-1.0.contracts.0.documents.9</t>
   </si>
   <si>
     <t>doc-83a2ca45-a796-4aaa-b83d-79b447eddc41</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=692a4438-1134-41c3-95eb-85159f10e54b</t>
   </si>
   <si>
     <t>FACTURA FVL434673</t>
   </si>
   <si>
     <t>2024-10-28T08:58:15-06:00</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0.documents.10</t>
+    <t>id-1.0.contracts.0.documents.10</t>
   </si>
   <si>
     <t>doc-f2583d91-be88-431c-8f91-3caf525876ff</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d55ae3b1-d682-44d0-b464-d2932a5ed46a</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA O SERVICIO DAFRH 124-2024</t>
   </si>
   <si>
     <t>2024-10-28T08:58:44-06:00</t>
   </si>
   <si>
-    <t>id-0.0.contracts.0.documents.11</t>
+    <t>id-1.0.contracts.0.documents.11</t>
   </si>
   <si>
     <t>doc-a13743b5-6489-4c85-9b0f-c4178118c9ca</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=51b47aaa-07e5-44ad-96b6-8b0ee80d8591</t>
   </si>
   <si>
     <t>FVL439514</t>
   </si>
   <si>
     <t>2024-10-28T08:59:28-06:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.documents.0</t>
+    <t>id-2.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-faa60713-c900-476a-80fe-69e67f9cc441</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=44cb7e7f-11b5-4379-a2d5-d3ca73b6644f</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAFRH 139-2024</t>
+  </si>
+  <si>
+    <t>DOCUMENTO EN EL CUAL SE ASIGNA AL PROVEEDOR GANADOR, UNIDAD ADMINISTRATIVA SOLICITANTE Y EL DESGLOSE DE LOS BIENES O SERVICIOS ADQUIRIDOS PARA LOGRAR EL DESARROLLO Y CUMPLIMENTO DE SUS PROGRAMAS.</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:22:58-06:00</t>
+  </si>
+  <si>
+    <t>id-2.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-c28e9c93-038a-4a14-a9c4-2aa9c7f2713e</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=be5e5c71-5dc2-4517-b174-6b71b4505d48</t>
+  </si>
+  <si>
+    <t>FACT B 4466</t>
+  </si>
+  <si>
+    <t>DOCUMENTO DONDE EL CONTRATANTE SOLICITA EL PAGO DE BIENES Y SERVICIOS PRESTADOS DE ACUERDO A LA FACTURA EMITIDA.</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:23:34-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-2b322b10-81c4-413e-8f4d-7c61c2bdaeb4</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=85fef731-db77-452f-9e29-8fa27c9c37b8</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAFRH 147-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:39:20-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-1635baf1-998e-43b3-8e03-4b3da42fb723</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=3131e7a7-c194-4984-8446-b7ebdfdb4ff8</t>
+  </si>
+  <si>
+    <t>FACT AE 6042897</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:39:38-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.documents.2</t>
+  </si>
+  <si>
+    <t>doc-e08a6a4e-86a4-44d9-84b5-e52a496c1bd8</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=470477dc-47e9-4e25-a901-5dd5610d3a4a</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAFRH 177-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:40:30-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.documents.3</t>
+  </si>
+  <si>
+    <t>doc-890c6285-2af4-4ba8-9fa7-272c06462b0e</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=3f18b747-c8c7-4409-9d11-113ca1129cd0</t>
+  </si>
+  <si>
+    <t>FACT AE 6096681</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:41:12-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-4003c979-2166-4fcd-ab15-da872008bc87</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=1c88eb4d-b63e-4c31-8921-59ea19621cdf</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAFRH 193-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T15:19:18-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-95e2afff-8647-461d-8e20-3d9b2ab9b68c</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b6cdf135-9527-4b7d-9bb0-4e5349df986a</t>
+  </si>
+  <si>
+    <t>FCSS-99258</t>
+  </si>
+  <si>
+    <t>2025-02-05T15:19:52-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-ca9e017a-f9bf-460d-bad4-ce65a31bcdda</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b37a2f19-6cb4-40ca-a538-9d7ce99bcefe</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAFRH 169-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:44:26-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-b8bab9d4-3fcc-401d-a42a-cd9496d015c4</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b630d996-e89b-4fcf-b750-9f85307c0854</t>
+  </si>
+  <si>
+    <t>FACT F855A</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:45:10-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-d3787b60-bad2-4780-b1c7-81df512ebab4</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d0f013d8-c28b-4450-9b62-3cc30ba07aee</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAFRH 200-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:08:05-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-a4cf469b-5eeb-4431-8fb2-504bc8518d6a</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=19b2131d-196b-4736-aa57-8e7701fc89c8</t>
+  </si>
+  <si>
+    <t>FACT D-1204</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:08:41-06:00</t>
+  </si>
+  <si>
+    <t>id-7.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-98d1e1d0-4221-4fe7-92c8-73b06b3d9946</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d0e9e098-01e7-40a0-af31-77fd55001083</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAFRH 176-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:59:30-06:00</t>
+  </si>
+  <si>
+    <t>id-7.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-0d55e08e-5a77-4742-9ad0-a19115061ac9</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=31250183-cbef-4d06-8020-5b6fc99b9f15</t>
+  </si>
+  <si>
+    <t>FACT MER 260411</t>
+  </si>
+  <si>
+    <t>2025-02-05T12:00:14-06:00</t>
+  </si>
+  <si>
+    <t>id-8.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-f25214ac-f5ec-4a26-86d1-b69542ef8e1e</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=50373bdf-1571-40e8-a390-7ddc55a47c29</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAFRH 171-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:42:15-06:00</t>
+  </si>
+  <si>
+    <t>id-8.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-134107f4-a3d7-4a3b-9863-0a2ce5e98c90</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=1c628fb4-24bd-48c9-b628-28f9d9fcc75e</t>
+  </si>
+  <si>
+    <t>FACT UAK 8364</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:42:55-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-17b9b9ff-5f01-4f7d-bf3d-4c2b79f5785d</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=68bc38b4-8deb-419b-8263-a9e4b3eaa56d</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAJP 037-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T14:48:32-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-4bd5fa6c-24d9-4fb8-a771-7dacaeeaf193</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=80e63e78-19eb-4503-a680-47649b154209</t>
+  </si>
+  <si>
+    <t>FACT ABFA 654652102</t>
+  </si>
+  <si>
+    <t>2025-02-05T14:49:28-06:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-b1c2497f-df27-4fc5-bfaf-e0642bd808cd</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=2a4ee9e0-ce57-43b6-8c0c-21ce2023396c</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA Y SERVICIOS DAFRH 004-2025</t>
+  </si>
+  <si>
+    <t>2025-04-30T09:14:36-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-a3f69432-7f71-4944-9380-7e06b7747777</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=795a0668-3126-4aa5-900e-0471d9d23e50</t>
+  </si>
+  <si>
+    <t>FACTURA M 3</t>
+  </si>
+  <si>
+    <t>2025-04-30T10:52:34-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.documents.2</t>
+  </si>
+  <si>
+    <t>doc-64a07ec3-2e54-4fff-a73f-3da080afb41a</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=15aba08b-9f0a-4c9f-8380-ea3d9f9fb29c</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA Y SERVICIOS DAFRH 012-2025</t>
+  </si>
+  <si>
+    <t>2025-04-30T10:53:03-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.documents.3</t>
+  </si>
+  <si>
+    <t>doc-d32be80f-4752-4f4a-bf96-bd59f57bf2a2</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=6545ec8e-ffcc-4b71-bd70-71ed242d718d</t>
+  </si>
+  <si>
+    <t>FACTURA M 8</t>
+  </si>
+  <si>
+    <t>2025-04-30T10:53:49-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.documents.4</t>
+  </si>
+  <si>
+    <t>doc-012c7efe-6870-48d0-8217-7ecf371b42b8</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=333e6fc6-b6b3-4cc1-8a70-4f1e72998460</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA Y SERVICIOS DAFRH 014-2025</t>
+  </si>
+  <si>
+    <t>2025-04-30T10:54:46-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.documents.5</t>
+  </si>
+  <si>
+    <t>doc-bc0cd6f5-356f-4136-a2d6-d961ec719a20</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=e7d62505-c904-4d9f-ba9b-798b245d0407</t>
+  </si>
+  <si>
+    <t>FACTURA M 13</t>
+  </si>
+  <si>
+    <t>2025-04-30T10:55:27-05:00</t>
+  </si>
+  <si>
+    <t>id-11.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-d6fed9fa-f34b-41dc-b30b-f76d852a40cc</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=90c9ee52-f70d-4e8b-a569-97f656be06f7</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA Y SERVICIOS DAFRH 019-2025</t>
+  </si>
+  <si>
+    <t>2025-04-30T11:22:54-05:00</t>
+  </si>
+  <si>
+    <t>id-11.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-ec633dc4-f3e4-4154-8f13-915a89ab35ba</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=3c296b99-8ba9-48c0-aabb-90d9fecbcff8</t>
+  </si>
+  <si>
+    <t>AC 000063726240</t>
+  </si>
+  <si>
+    <t>2025-06-25T11:23:28-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-10c1c5cc-8872-49c1-af37-f01c378784f7</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d98d54b6-3469-4a01-b519-a8361f83e4da</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAFRH 030-2024</t>
+  </si>
+  <si>
+    <t>2024-07-26T11:31:32-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-627b4c01-c68e-4013-baa1-4c8c8fa5de79</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=73e7e73e-2af5-46f8-bd1b-3920f8307a68</t>
+  </si>
+  <si>
+    <t>FACTURA A158</t>
+  </si>
+  <si>
+    <t>2024-07-26T11:32:15-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.documents.2</t>
+  </si>
+  <si>
+    <t>doc-01e8f948-fcc7-4d30-96c0-009f1d7c3664</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=fbf51b35-c440-4bec-a306-5b13ec3e48c0</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAFRH 054-2024</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.documents.3</t>
+  </si>
+  <si>
+    <t>doc-1a49d1fc-96b8-4228-b988-99ede44cb139</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=5c44c316-8ade-425e-ab9a-a3537070268c</t>
+  </si>
+  <si>
+    <t>FACTURA A161</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.documents.4</t>
+  </si>
+  <si>
+    <t>doc-f6ef007c-e163-4feb-b91d-6af44a8aee7e</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=4473ec96-2bfc-4fdd-9f0b-d8b7bb1af962</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAFRH 074-2024</t>
+  </si>
+  <si>
+    <t>2024-07-26T11:34:32-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.documents.5</t>
+  </si>
+  <si>
+    <t>doc-d5d59b49-1873-44d7-b526-58c3f75857b8</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=4ff116f1-5cb9-4653-a71f-7412d41fb363</t>
+  </si>
+  <si>
+    <t>FACTURA A162</t>
+  </si>
+  <si>
+    <t>2024-07-26T11:35:32-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.documents.6</t>
+  </si>
+  <si>
+    <t>doc-ed459198-c78e-40ee-9b04-1b9522131bf0</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=060de4bd-b791-443e-a7ee-f517ae679180</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAFRH 094-2024</t>
+  </si>
+  <si>
+    <t>2024-10-28T11:36:36-06:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.documents.7</t>
+  </si>
+  <si>
+    <t>doc-680f71d1-4745-4989-8374-24e4771660c8</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=f348e700-ea8e-4ace-9a2f-bf3e9db20202</t>
+  </si>
+  <si>
+    <t>FACTURA A165</t>
+  </si>
+  <si>
+    <t>2024-10-28T11:37:10-06:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.documents.8</t>
+  </si>
+  <si>
+    <t>doc-7867ad18-ddd1-46a2-94ab-817324a9a957</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=01097c61-938b-4ab7-a4c7-1ebcdb310b8a</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAFRH 103-2024</t>
+  </si>
+  <si>
+    <t>2024-10-28T11:37:52-06:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.documents.9</t>
+  </si>
+  <si>
+    <t>doc-d2508795-9e34-406f-8b1b-2afd091dd1e7</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=80e4feef-322b-40df-af40-b5c86906c488</t>
+  </si>
+  <si>
+    <t>FACTURA A 168</t>
+  </si>
+  <si>
+    <t>2024-10-28T11:38:32-06:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.documents.10</t>
+  </si>
+  <si>
+    <t>doc-bfd1063f-e2e6-4e43-b7a1-42267639f7fc</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=7bab6c58-63e0-428b-973d-8299e1ee1e87</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAFRH 131-2024</t>
+  </si>
+  <si>
+    <t>2024-10-28T11:39:08-06:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.documents.11</t>
+  </si>
+  <si>
+    <t>doc-5cdab8dd-360c-4585-be57-2b947610a99d</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9a9f4422-7f6b-473c-aa53-6c4be750992b</t>
+  </si>
+  <si>
+    <t>FACTURA A174</t>
+  </si>
+  <si>
+    <t>2024-10-28T11:39:40-06:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-ab757b5c-be49-4f2b-b884-76ca7f88916a</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=73344f79-b513-476b-9f47-8f46d23ddbfb</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAFRH 034-2024</t>
+  </si>
+  <si>
+    <t>2024-07-26T10:12:01-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-ae3b92ce-7f64-4199-8e7a-9571b0496954</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d11fc7ae-f70d-41a9-b599-54f9ed24637d</t>
+  </si>
+  <si>
+    <t>FACTURA WA000059959960</t>
+  </si>
+  <si>
+    <t>2024-07-26T10:12:36-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.documents.2</t>
+  </si>
+  <si>
+    <t>doc-6f5f629c-19e4-4a91-9c8c-f35c57da9c92</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=76439f35-bf92-4c11-96ed-fbc2a5826b03</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAFRH 057-2024</t>
+  </si>
+  <si>
+    <t>2024-07-26T10:13:37-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.documents.3</t>
+  </si>
+  <si>
+    <t>doc-8ae3c4d9-cbfa-4dc5-9287-ec6dc8085ac8</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=c902557a-b6a7-4870-9b34-fa3c37ab9c99</t>
+  </si>
+  <si>
+    <t>FACTURA WA000060292473</t>
+  </si>
+  <si>
+    <t>2024-07-26T10:14:12-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.documents.4</t>
+  </si>
+  <si>
+    <t>doc-e7584467-1833-4615-beb8-75cec6091e77</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=8dc51340-6ac1-4336-984b-137650fa92db</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAFRH 079-2024</t>
+  </si>
+  <si>
+    <t>2024-07-26T10:17:40-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.documents.5</t>
+  </si>
+  <si>
+    <t>doc-d12b3794-14bf-4b06-ac67-d38c41365b2e</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=8a913214-f8c0-49e3-8507-4d356d877bcf</t>
+  </si>
+  <si>
+    <t>FACTURA WA000060618342</t>
+  </si>
+  <si>
+    <t>2024-07-26T10:18:21-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.documents.6</t>
+  </si>
+  <si>
+    <t>doc-8b1aa443-16e2-4a52-8f9c-541791a1edc2</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=f0a7a12e-3f98-42af-8ac6-6506eda5a08e</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAFRH 108-2024</t>
+  </si>
+  <si>
+    <t>2024-10-28T10:19:55-06:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.documents.7</t>
+  </si>
+  <si>
+    <t>doc-b5c9152a-8abd-4f58-9ffc-2cf70dd22219</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=366398f6-02e8-4780-9393-c2ce955a8194</t>
+  </si>
+  <si>
+    <t>FACTURA AC 000061307438</t>
+  </si>
+  <si>
+    <t>2024-10-28T10:20:53-06:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.documents.8</t>
+  </si>
+  <si>
+    <t>doc-c1964800-03cd-4b11-bb78-662827c1fd0a</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=85ab67f4-35a1-45d6-a84e-02c3c2e52846</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAFRH 129-2024</t>
+  </si>
+  <si>
+    <t>2024-10-28T10:21:26-06:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.documents.9</t>
+  </si>
+  <si>
+    <t>doc-a0b0e870-0393-4690-bede-df55f2f37091</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=4da218ee-c922-4ae5-843c-9779eb6292d9</t>
+  </si>
+  <si>
+    <t>FACTURA AC 000061671266</t>
+  </si>
+  <si>
+    <t>2024-10-28T10:21:59-06:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.documents.10</t>
+  </si>
+  <si>
+    <t>doc-8fbd332e-30db-48dd-8602-9130a9a81444</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b00aec29-c936-445d-b9d6-7fb652b6f585</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAFRH 098-2024</t>
+  </si>
+  <si>
+    <t>2024-10-28T10:23:24-06:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.documents.11</t>
+  </si>
+  <si>
+    <t>doc-c339f43b-dbbd-4419-9a3f-382394ceb973</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=ede03047-9803-4668-86c4-2b4d1c653631</t>
+  </si>
+  <si>
+    <t>FACTURA AC 000060969583</t>
+  </si>
+  <si>
+    <t>2024-10-28T10:23:55-06:00</t>
+  </si>
+  <si>
+    <t>id-14.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-ce9e52cc-02f1-4595-ac61-21fec40c4512</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=1da50248-e129-425d-ae3c-1ede05fe56b3</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA Y SERVICIOS DAFRH 026-2025</t>
+  </si>
+  <si>
+    <t>2025-04-30T11:34:50-05:00</t>
+  </si>
+  <si>
+    <t>id-14.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-7e1f9988-28c3-4328-b4a5-6e03f61038d9</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=dd5b6513-7d9e-404f-b228-93c4c6a2bc40</t>
+  </si>
+  <si>
+    <t>C119141</t>
+  </si>
+  <si>
+    <t>2025-04-30T11:35:18-05:00</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-1ad3ecb7-470c-4b3f-86da-36e0de72c722</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=4117830c-b63f-48d9-bf5c-0e054ef29e7c</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAJP 035-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:05:57-06:00</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-5fe234dc-6049-4c8c-9afa-651d2e7709ff</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=84840af8-5214-46a1-a3cf-a28abb19cc67</t>
+  </si>
+  <si>
+    <t>FACT A 2200</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:06:29-06:00</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.documents.2</t>
+  </si>
+  <si>
+    <t>doc-975334a0-9ee5-4813-b5eb-cda7b09999d6</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=cdd0a513-c6e1-441b-a762-c3866d1b0878</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAJP 048-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:09:28-06:00</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.documents.3</t>
+  </si>
+  <si>
+    <t>doc-3f649983-78c0-4df9-8130-e06831182f5f</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=cfab976a-f1f7-4895-adde-5bd3e8eba326</t>
+  </si>
+  <si>
+    <t>FACT A 2239</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:10:07-06:00</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.documents.4</t>
+  </si>
+  <si>
+    <t>doc-0608a366-7f3c-46ae-adb4-515c63b88809</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b3d49aa5-21a7-488c-a9ca-ed89f7e48682</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAJP 049-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:11:00-06:00</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.documents.5</t>
+  </si>
+  <si>
+    <t>doc-7e35eba6-5f1c-4fff-95ce-9ea6be256b48</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=54e7f13a-3a45-4748-af69-d53fa1dc29da</t>
+  </si>
+  <si>
+    <t>FACT A 2248</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:11:33-06:00</t>
+  </si>
+  <si>
+    <t>id-16.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-58293ec0-4075-4380-9413-ca15ae93d0c0</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=0de55fa4-05f7-47a7-9b69-3b81a12aac66</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA Y SERVICIOS DAJP 002-2025</t>
+  </si>
+  <si>
+    <t>2025-04-30T12:41:41-05:00</t>
+  </si>
+  <si>
+    <t>id-16.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-8e204de2-8c3d-4e26-bbd5-7c9d4eab1c2f</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=70f9c156-2c90-4722-9fe8-ee918e13d2ae</t>
+  </si>
+  <si>
+    <t>1C8DDDECCC6F</t>
+  </si>
+  <si>
+    <t>2025-04-30T12:42:26-05:00</t>
+  </si>
+  <si>
+    <t>id-19.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-3cd3538e-10a3-4b74-a830-23882b2fad4a</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=6157231d-1a32-4f2a-8d53-4bf427204eff</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA Y SERVICIOS DAJP 006-2025</t>
+  </si>
+  <si>
+    <t>2025-04-30T11:55:14-05:00</t>
+  </si>
+  <si>
+    <t>id-19.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-81a0038c-bf57-4669-8a2a-6f1f438b8aca</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=7473233d-828d-4179-abfc-bd9fd88f7040</t>
+  </si>
+  <si>
+    <t>BB 2382</t>
+  </si>
+  <si>
+    <t>2025-04-30T11:55:51-05:00</t>
+  </si>
+  <si>
+    <t>id-21.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-5f5c6d01-efc0-4d2e-86a5-a80e62a45cd6</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=bcf9a677-f91e-4fb0-8023-e9fdc9cb3347</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAJP 053-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:25:14-06:00</t>
+  </si>
+  <si>
+    <t>id-21.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-ec746974-3ba3-448f-ab2f-638fdd39463e</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=ff9e475d-ddad-47b3-810b-0ae048bf826d</t>
+  </si>
+  <si>
+    <t>FACT A 2940</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:25:45-06:00</t>
+  </si>
+  <si>
+    <t>id-22.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-694a42d8-73c4-495d-9198-ca7cb30c10e1</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=5f9a87a4-7a7d-4d58-89dc-b96fd18e4b57</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAJP 036-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:33:05-06:00</t>
+  </si>
+  <si>
+    <t>id-22.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-f96fcbe2-6cc3-4d3d-9158-e6d8061dbee0</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=8a8a8dfd-a79a-4ef2-bc8e-0227adf231dc</t>
+  </si>
+  <si>
+    <t>FACT PUA 259</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:33:37-06:00</t>
+  </si>
+  <si>
+    <t>id-23.0.contracts.0.documents.0</t>
   </si>
   <si>
     <t>doc-5870cc35-1f5b-4003-8e2d-cbfd561b1daa</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=03413b02-0035-4541-8e70-c81d4b7bd1c8</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA O SERVICIO DAJP 038-2024</t>
   </si>
   <si>
-    <t>DOCUMENTO EN EL CUAL SE ASIGNA AL PROVEEDOR GANADOR, UNIDAD ADMINISTRATIVA SOLICITANTE Y EL DESGLOSE DE LOS BIENES O SERVICIOS ADQUIRIDOS PARA LOGRAR EL DESARROLLO Y CUMPLIMENTO DE SUS PROGRAMAS.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-02-05T12:57:47-06:00</t>
   </si>
   <si>
-    <t>id-1.0.contracts.0.documents.1</t>
+    <t>id-23.0.contracts.0.documents.1</t>
   </si>
   <si>
     <t>doc-c9106cc9-8a1c-4fd4-a7ec-50f8350ed7dd</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=14a0fb66-b816-40ac-89bb-869d3665253f</t>
   </si>
   <si>
     <t>FACT A114E</t>
   </si>
   <si>
-    <t>DOCUMENTO DONDE EL CONTRATANTE SOLICITA EL PAGO DE BIENES Y SERVICIOS PRESTADOS DE ACUERDO A LA FACTURA EMITIDA.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-02-05T12:58:22-06:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.documents.0</t>
+    <t>id-24.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-f096ed2b-f7a6-435f-8153-37eefbc6c202</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=8edae357-90d4-40ec-be3c-92c8b0e70789</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAJP 052-2024</t>
+  </si>
+  <si>
+    <t>2025-02-04T15:38:25-06:00</t>
+  </si>
+  <si>
+    <t>id-24.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-3d48de80-2807-468d-8e76-9489d5a9e818</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b7108b57-54ed-47cd-b670-346045ad421c</t>
+  </si>
+  <si>
+    <t>FACT MER0667324</t>
+  </si>
+  <si>
+    <t>2025-02-04T15:39:33-06:00</t>
+  </si>
+  <si>
+    <t>id-25.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-554d2c50-7d88-40da-8f65-e7455944fe9d</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=e2ebe461-f13c-488b-9be3-7000329c1d10</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DCCTA 015-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:57:53-06:00</t>
+  </si>
+  <si>
+    <t>id-25.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-26b13ac5-35d6-44b1-9517-3774f2db73aa</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=db8aefcf-c5a3-43d9-9096-2c9204843b7f</t>
+  </si>
+  <si>
+    <t>FACT AP6238</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:58:34-06:00</t>
+  </si>
+  <si>
+    <t>id-25.0.contracts.0.documents.2</t>
+  </si>
+  <si>
+    <t>doc-17ff0b41-78b0-4a05-bd07-ddcf813784ae</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=5b48cec2-dfd6-4148-ad85-a07f0f34af81</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DCCTA 016-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:59:15-06:00</t>
+  </si>
+  <si>
+    <t>id-25.0.contracts.0.documents.3</t>
+  </si>
+  <si>
+    <t>doc-9a74cba3-2c86-47ec-869d-e760e9a411cb</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=a5cffab5-133e-4669-9b15-8fef8a2f9818</t>
+  </si>
+  <si>
+    <t>FACT AP6239</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:59:51-06:00</t>
+  </si>
+  <si>
+    <t>id-27.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-a6286c63-12e1-477a-8022-289bc6e1cbec</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9a15f924-5fd6-4ca7-ae96-7d5e075833f7</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DAJP 039-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T01:52:38-06:00</t>
+  </si>
+  <si>
+    <t>id-27.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-6f67ce61-3632-4b8d-9731-8e7e90304223</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b008304c-e820-42e9-afc6-7868aabb6d44</t>
+  </si>
+  <si>
+    <t>FACT FV-1 27</t>
+  </si>
+  <si>
+    <t>2025-02-05T01:54:52-06:00</t>
+  </si>
+  <si>
+    <t>id-30.0.contracts.0.documents.0</t>
+  </si>
+  <si>
+    <t>doc-1d32bf35-5836-4af7-aafa-2cd107303832</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=121fd943-289c-4f2e-b09d-c2e13f6a1469</t>
+  </si>
+  <si>
+    <t>ORDEN DE COMPRA O SERVICIO DMIOTDP 005-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T08:50:47-06:00</t>
+  </si>
+  <si>
+    <t>id-30.0.contracts.0.documents.1</t>
+  </si>
+  <si>
+    <t>doc-92df4d51-9f40-49e8-9fb0-56d6ff703579</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=415708e4-d4c4-43ea-a127-89f58833e8c5</t>
+  </si>
+  <si>
+    <t>FACT 02 0600215583</t>
+  </si>
+  <si>
+    <t>2025-02-05T08:51:54-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.documents.0</t>
   </si>
   <si>
     <t>doc-ce34e7fa-6d06-44ad-8931-df4637a096ad</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=ef6701bf-c8f5-411b-a5a9-0cdd9ad05521</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA YO SERVICIO No. DAFRH 002-2024</t>
   </si>
   <si>
     <t>2024-04-30T10:07:01-05:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.documents.1</t>
+    <t>id-31.0.contracts.0.documents.1</t>
   </si>
   <si>
     <t>doc-0f24b0c7-fdfb-4114-ad01-1d487a032d3d</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d89ea6ed-498c-48d8-acf9-cc146867d747</t>
   </si>
   <si>
     <t>FACTURACION L 3</t>
   </si>
   <si>
     <t>2024-04-30T10:07:41-05:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.documents.2</t>
+    <t>id-31.0.contracts.0.documents.2</t>
   </si>
   <si>
     <t>doc-be864473-69b8-4617-b6be-58c166742aaf</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=7a66db67-b5f5-409c-ac2c-2d7b84c4b78e</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA YO SERVICIO No. DAFRH 009-2024</t>
   </si>
   <si>
     <t>2024-04-30T10:08:55-05:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.documents.3</t>
+    <t>id-31.0.contracts.0.documents.3</t>
   </si>
   <si>
     <t>doc-b01542aa-2371-40cd-9ab3-a8f6c80fcbb4</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=355552e2-b8bf-4817-884a-5ab001baa193</t>
   </si>
   <si>
     <t>FACTURACION L8</t>
   </si>
   <si>
     <t>2024-04-30T10:09:23-05:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.documents.4</t>
+    <t>id-31.0.contracts.0.documents.4</t>
   </si>
   <si>
     <t>doc-374a078f-6e5c-4e2a-b9a8-2fe96aa400d5</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=aa8d295a-1527-4cb2-b825-979801b8da15</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA YO SERVICIO No. DAFRH 017-2024</t>
   </si>
   <si>
     <t>2024-04-30T10:10:08-05:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.documents.5</t>
+    <t>id-31.0.contracts.0.documents.5</t>
   </si>
   <si>
     <t>doc-1e502557-9951-4f43-933a-e414d5336005</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=7e8df8b5-5a7e-47ef-a09f-b73030c2efde</t>
   </si>
   <si>
     <t>FACTURACION L13</t>
   </si>
   <si>
     <t>contractArrangements</t>
   </si>
   <si>
     <t>2024-04-30T10:11:07-05:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.documents.6</t>
+    <t>id-31.0.contracts.0.documents.6</t>
   </si>
   <si>
     <t>doc-02c6041c-df5b-471a-a255-11ba31f6b528</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=3f5b3a8a-a825-43c4-a778-c6d3ae585495</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA O SERVICIO DAFRH 037-2024</t>
   </si>
   <si>
     <t>2024-10-29T15:15:11-06:00</t>
   </si>
   <si>
     <t>2024-07-26T15:15:03-05:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.documents.7</t>
+    <t>id-31.0.contracts.0.documents.7</t>
   </si>
   <si>
     <t>doc-bf9593bf-66a3-484d-9af5-a12e74bff8ac</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=72f0d2df-7b63-404c-aebe-f5b23341a229</t>
   </si>
   <si>
     <t>FACTURA L18</t>
   </si>
   <si>
     <t>2024-07-26T15:15:32-05:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.documents.8</t>
+    <t>id-31.0.contracts.0.documents.8</t>
   </si>
   <si>
     <t>doc-c2682620-3ed1-45e0-8097-37d5a7b50cda</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=1a1891d0-1034-4349-9cf0-9af96fe3e121</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA O SERVICIO DAFRH 051-2024</t>
   </si>
   <si>
     <t>Documento en el cual el comité de adquisiciones, arrendamientos, contratación de servicios y obra pública sesiona el proceso contratación por la modalidad invitación a 3 proveedores cuando menos y los bienes o servicios a contratar.</t>
   </si>
   <si>
     <t>2024-07-26T15:16:30-05:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.documents.9</t>
+    <t>id-31.0.contracts.0.documents.9</t>
   </si>
   <si>
     <t>doc-85f9dfa9-d779-4ce1-b64c-ff97437fdfaa</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=4c1ff98d-05f9-41bb-a0f1-2944f706feef</t>
   </si>
   <si>
     <t>FACTURA L23</t>
   </si>
   <si>
     <t>2024-07-26T15:17:51-05:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.documents.10</t>
+    <t>id-31.0.contracts.0.documents.10</t>
   </si>
   <si>
     <t>doc-906dbd6c-a104-47f2-a7ab-7ee3853ebb16</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d95287d4-6142-4210-8ab8-e151f7a80f22</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA O SERVICIO DAFRH 073-2024</t>
   </si>
   <si>
     <t>2024-07-26T15:21:29-05:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.documents.11</t>
+    <t>id-31.0.contracts.0.documents.11</t>
   </si>
   <si>
     <t>doc-9b6797d4-c79a-4dde-8c09-1020e9c5d742</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=28c66258-5ad9-4fd1-a66a-0e96973744c1</t>
   </si>
   <si>
     <t>FACTURA L28</t>
   </si>
   <si>
     <t>2024-07-26T15:22:02-05:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.documents.12</t>
+    <t>id-31.0.contracts.0.documents.12</t>
   </si>
   <si>
     <t>doc-3a94c4f5-d395-49a8-b08b-2ad13e844078</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=776dc9b0-4a3c-4f48-a9df-60ab6074eeb3</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA O SERVICIO DAFRH 091-2024</t>
   </si>
   <si>
     <t>2024-10-28T15:22:45-06:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.documents.13</t>
+    <t>id-31.0.contracts.0.documents.13</t>
   </si>
   <si>
     <t>doc-043f6443-009a-4879-b557-785324153737</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d638e380-4a08-4174-affc-b448f7b220aa</t>
   </si>
   <si>
     <t>FACTURA L33</t>
   </si>
   <si>
     <t>2024-10-28T15:23:15-06:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.documents.14</t>
+    <t>id-31.0.contracts.0.documents.14</t>
   </si>
   <si>
     <t>doc-96400e9c-dbf3-477c-a8bd-ac2a2a4e5a19</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=3f0ee7b2-28e2-4ed3-bfe5-75e2ef77039b</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA O SERVICIO DAFRH 104-2024</t>
   </si>
   <si>
     <t>2024-10-28T15:23:52-06:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.documents.15</t>
+    <t>id-31.0.contracts.0.documents.15</t>
   </si>
   <si>
     <t>doc-f54505c0-f714-4215-8d87-9e32b45dd7d6</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=14fb35be-ab0a-45b9-9a4b-4145be8c8cf2</t>
   </si>
   <si>
     <t>FACTURA L38</t>
   </si>
   <si>
     <t>2024-10-28T15:24:25-06:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.documents.16</t>
+    <t>id-31.0.contracts.0.documents.16</t>
   </si>
   <si>
     <t>doc-64816878-09cb-4079-92b5-2a72640024df</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=11191ed8-4d15-42d9-b472-9ec1ae3166d4</t>
   </si>
   <si>
     <t>ORDEN DE COMPRA O SERVICIO DAFRH 127-2024</t>
   </si>
   <si>
     <t>2024-10-28T15:25:21-06:00</t>
   </si>
   <si>
-    <t>id-2.0.contracts.0.documents.17</t>
+    <t>id-31.0.contracts.0.documents.17</t>
   </si>
   <si>
     <t>doc-04e94d43-709e-4ccb-9157-5985a580d2d6</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=635a33dc-077e-4a2a-9089-881c000480c9</t>
   </si>
   <si>
     <t>FACTURA L43</t>
   </si>
   <si>
     <t>2024-10-28T15:25:50-06:00</t>
   </si>
   <si>
-    <t>id-3.0.contracts.0.documents.0</t>
-[...1162 lines deleted...]
-  <si>
     <t>currency</t>
   </si>
   <si>
     <t>id-0.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-1.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-2.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-3.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-4.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-5.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-6.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-7.0.contracts.0.value.exchangeRates.0</t>
@@ -4840,3187 +4843,3187 @@
   <si>
     <t>id-9.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-10.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-11.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-12.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-13.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-14.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-15.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-16.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
-    <t>id-17.0.contracts.0.value.exchangeRates.0</t>
-[...4 lines deleted...]
-  <si>
     <t>id-19.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
-    <t>id-20.0.contracts.0.value.exchangeRates.0</t>
-[...1 lines deleted...]
-  <si>
     <t>id-21.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-22.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
+    <t>id-23.0.contracts.0.value.exchangeRates.0</t>
+  </si>
+  <si>
     <t>id-24.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
     <t>id-25.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
+    <t>id-27.0.contracts.0.value.exchangeRates.0</t>
+  </si>
+  <si>
+    <t>id-30.0.contracts.0.value.exchangeRates.0</t>
+  </si>
+  <si>
     <t>id-31.0.contracts.0.value.exchangeRates.0</t>
   </si>
   <si>
-    <t>paymentMethod</t>
-[...749 lines deleted...]
-    <t>SOLICITUD DE TRANSFERENCIA NO. 237.1</t>
+    <t>id-0.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-67b6acf7-cd43-481d-a7d4-c1d48747303a</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=fe1c7c5f-f0d7-4258-9c4f-bf976b527451</t>
+  </si>
+  <si>
+    <t>Reporte de Pago de Servicio</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Documento bancario donde se realiza la transacción al proveedor por el pago de los servicios  </t>
+  </si>
+  <si>
+    <t>transferReport</t>
+  </si>
+  <si>
+    <t>id-0.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-b10b37cf-551b-480b-8045-0c83d8c8c53d</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=7e7ed58e-16fe-4ebc-af63-289959765bd9</t>
+  </si>
+  <si>
+    <t>Solicitud de Transferencia Bancaria No. 253</t>
+  </si>
+  <si>
+    <t>Documento donde se Solicita la autorización del pago del proveedor, por medio de transferencia bancaria.</t>
+  </si>
+  <si>
+    <t>id-2.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-e4b8a9de-36a2-4c82-b715-d3e6cbe2256f</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=0daf388d-be10-46a4-abf0-cd2a7b3185ac</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 179</t>
   </si>
   <si>
     <t>DOCUMENTO DONDE SE SOLICITA LA AUTORIZACIÓN DEL PAGO DEL PROVEEDOR, POR MEDIO DE TRANSFERENCIA BANCARIA.</t>
   </si>
   <si>
-    <t>transferReport</t>
-[...11 lines deleted...]
-    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=1569a733-1e1b-4a14-9bc9-d8a14a8b2e64</t>
+    <t>2025-02-05T10:27:44-06:00</t>
+  </si>
+  <si>
+    <t>id-2.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-8d059faf-fa15-44f9-921d-8dbe1d89900b</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=4b65dc24-d8e2-4f4c-8726-59a8a109b3f8</t>
   </si>
   <si>
     <t>SPEI</t>
   </si>
   <si>
     <t xml:space="preserve">DOCUMENTO BANCARIO DONDE SE REALIZA LA TRANSACCIÓN AL PROVEEDOR POR EL PAGO DE LOS SERVICIOS  </t>
   </si>
   <si>
-    <t>2025-02-05T13:03:46-06:00</t>
-[...71 lines deleted...]
-    <t>SOLICITUD DE TRANSFERENCIA BANCARIO No. 028</t>
+    <t>2025-02-05T10:28:12-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-c7f0ebfa-b956-4dda-9b4d-930c9f1db5ff</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=f7403c45-e4ee-4f7b-925d-d419b70c2721</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 193</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:46:04-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-b03a4f70-f61a-4976-af95-11273aae09c0</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=e2277e03-fa06-4551-b536-c5ca005eade4</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:48:12-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.implementation.documents.2</t>
+  </si>
+  <si>
+    <t>doc-f9abb2b5-1e58-4c9a-90b8-0faf792dc1db</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=bb3877fd-a345-4c27-89be-c1ceef2c9466</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 229</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:48:53-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.implementation.documents.3</t>
+  </si>
+  <si>
+    <t>doc-9e099caa-05bc-48e4-be73-6556c56ff1b1</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=27d3916f-4d63-4deb-b289-dd2f37cfac49</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:49:33-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-df4fd43b-ea97-43e5-b44e-e0284b0ebedc</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=fe452f61-d91b-42ed-85b6-f55175b76936</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 250</t>
+  </si>
+  <si>
+    <t>2025-02-05T15:23:31-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-de870592-c098-44cb-aa6d-06ce437b1533</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=019b3510-c2fa-4bda-9652-c5b1b2b5cfc3</t>
+  </si>
+  <si>
+    <t>2025-02-05T15:24:15-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-3cde8d75-8aa1-491a-8908-9fb8fe3502ab</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=ca805720-f0b0-4937-b910-e1d77c56aa55</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 56</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:48:01-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-a82c51bf-4056-461e-ad82-c8688f1d40cd</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=83e2ff5f-ea9f-40a7-9db6-f52d4a35d45c</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:48:33-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-db11fbd3-38ef-4627-9896-7e7bbf899f24</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=bc816511-9fe6-4d56-8a06-e57f6cff19a9</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 257</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:16:34-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-9a51a6dd-049c-4242-a983-556e0871c99b</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=767fb597-017b-4825-a5d2-5eb0942e0c4c</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:16:51-06:00</t>
+  </si>
+  <si>
+    <t>id-7.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-7e342763-6a52-4191-a797-1e0596ab6ff1</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=e0c22320-2c4e-4604-963c-60fc400a5312</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 228</t>
+  </si>
+  <si>
+    <t>2025-02-05T12:04:21-06:00</t>
+  </si>
+  <si>
+    <t>id-7.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-f3dbcb07-4b22-41be-942e-2b62f83c9a5b</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=41d17538-9f88-4abd-918d-15228a321fe6</t>
+  </si>
+  <si>
+    <t>2025-02-05T12:05:01-06:00</t>
+  </si>
+  <si>
+    <t>id-8.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-8e6e00e7-16e1-4ba6-9a03-c2d8aad6d094</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=23fade2d-9ec1-4901-b92b-d8daeff8b21a</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 48</t>
+  </si>
+  <si>
+    <t>DOCUMENTO DONDE APARECE LA CUENTAS BANCARIAS Y BANCOS DEL PROVEEDOR PARA REALIZAR EL PAGO</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:48:41-06:00</t>
+  </si>
+  <si>
+    <t>id-8.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-99f720f5-7821-41c7-b44e-7d3f3890afed</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=5e0c2734-8afb-4ac5-8732-9c1ec7fb27dd</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:49:10-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-08ef72ad-85b2-4573-9033-d98487901c55</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=c9bc6cff-4bc7-44d5-a7e7-f0b273e1bfae</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 227.1</t>
+  </si>
+  <si>
+    <t>2025-02-05T15:12:49-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-8087b822-1038-4436-a2a6-25b8465315ba</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d785627d-5424-457a-9627-704b058416c8</t>
+  </si>
+  <si>
+    <t>2025-02-05T15:13:35-06:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-bcf88621-afa6-4e62-a9cb-0a6f5449637d</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=5e764487-d722-40a5-a84d-4acaba630f25</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA No. 004</t>
+  </si>
+  <si>
+    <t>2025-04-30T11:04:17-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-97dfefba-a9f1-4c42-8ce8-cf8a8a653ca2</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=6fd87676-a3c7-4865-a67f-f9671ca57583</t>
+  </si>
+  <si>
+    <t>2025-04-30T11:04:50-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.documents.2</t>
+  </si>
+  <si>
+    <t>doc-0fc5b5a6-e4ca-4829-b698-29555f0bd631</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=aaa18b14-aa75-4c44-8eb1-ec1f8506d4f0</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA No. 019</t>
+  </si>
+  <si>
+    <t>2025-04-30T11:05:39-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.documents.3</t>
+  </si>
+  <si>
+    <t>doc-423261ec-bced-4619-a429-86d61ffe99cc</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=16cf6a6b-3413-407c-98a9-751d0a25df66</t>
+  </si>
+  <si>
+    <t>2025-04-30T11:06:26-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.documents.4</t>
+  </si>
+  <si>
+    <t>doc-6f887ae3-e5b6-4300-b415-da208db8d29e</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=592091eb-ab7e-4477-ab6f-81c1528e49da</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA No. 024</t>
+  </si>
+  <si>
+    <t>2025-04-30T11:07:07-05:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.documents.5</t>
+  </si>
+  <si>
+    <t>doc-266b8e74-905d-49ba-83f4-fb2277dc1e7f</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=433ecc63-74e4-44b8-9283-730039e972ab</t>
+  </si>
+  <si>
+    <t>2025-04-30T11:08:41-05:00</t>
+  </si>
+  <si>
+    <t>id-11.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-c619646b-5c82-44db-8678-168dfb5fa2c7</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=ab35aeb9-c21d-483d-84cf-4c0af9a054d0</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA No. 033</t>
+  </si>
+  <si>
+    <t>2025-04-30T11:28:31-05:00</t>
+  </si>
+  <si>
+    <t>id-11.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-13a98ef6-14a1-4191-b9b1-769cba1dcd05</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=931ca4da-513d-4cc1-b85e-eb0fdebde41c</t>
+  </si>
+  <si>
+    <t>2025-04-30T11:29:04-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-50e5f17e-660a-4c96-8792-08335184b8ad</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=2fe078cb-15d2-4c77-8da7-68ac446344b8</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 046</t>
+  </si>
+  <si>
+    <t>2024-07-26T11:48:04-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-bab88dd7-228b-4abc-8cad-612a29b79012</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=1ed483bb-26f7-4c47-8ed6-28aeb8447e76</t>
+  </si>
+  <si>
+    <t>2024-07-26T11:48:40-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.documents.2</t>
+  </si>
+  <si>
+    <t>doc-4e72f9aa-a301-471c-9ecd-d97694e0c2a3</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=dc4b6ef9-1f51-4355-abbe-8ef6342482fc</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 074</t>
+  </si>
+  <si>
+    <t>2024-07-26T11:49:18-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.documents.3</t>
+  </si>
+  <si>
+    <t>doc-e4141eb9-701a-416a-8ca6-34b7f2acf914</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=f23c3bf0-16c1-4420-bcd4-c16196dc3888</t>
+  </si>
+  <si>
+    <t>2024-07-26T11:49:50-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.documents.4</t>
+  </si>
+  <si>
+    <t>doc-dba690a8-2757-4f2b-afc6-eff953296dff</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=316b71fc-3213-4409-9c89-f9c021c2fe69</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 097</t>
+  </si>
+  <si>
+    <t>2024-07-26T11:50:45-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.documents.5</t>
+  </si>
+  <si>
+    <t>doc-e060de73-4368-4c8a-b284-94a448c15a9c</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=52e755f6-b2f7-46fe-bdfb-1205414ca165</t>
+  </si>
+  <si>
+    <t>2024-07-26T11:51:17-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.documents.6</t>
+  </si>
+  <si>
+    <t>doc-554e4263-8cb7-4547-8189-4b2bcd26e056</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=36cc1af9-7f73-419e-a183-03a10dcdb89c</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 129</t>
+  </si>
+  <si>
+    <t>2024-10-28T11:52:02-06:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.documents.7</t>
+  </si>
+  <si>
+    <t>doc-3050b227-b319-42c1-ae4f-87efe1d4690e</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9830eec4-941c-4776-8cc4-2485f25f6b23</t>
+  </si>
+  <si>
+    <t>2024-10-28T11:52:41-06:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.documents.8</t>
+  </si>
+  <si>
+    <t>doc-4fcef835-211c-428b-b3f1-b2f5ce821bb5</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=120df8a1-58c7-48ee-b779-cbe2919575f5</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 138</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.documents.9</t>
+  </si>
+  <si>
+    <t>doc-15f90074-b4f9-44f1-8a55-4297c2c92cee</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=70a22521-032f-442a-9b49-d15caf5f934b</t>
+  </si>
+  <si>
+    <t>2024-10-28T11:55:27-06:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.documents.10</t>
+  </si>
+  <si>
+    <t>doc-89965719-9ea8-4a9d-8285-a8b427b919a7</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9813e0f4-4ced-457f-a1ad-0c5c40a3644f</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 170</t>
   </si>
   <si>
     <t>physicalReception</t>
   </si>
   <si>
-    <t>2024-04-30T10:30:05-05:00</t>
-[...62 lines deleted...]
-    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9e15cfed-f786-4881-9f27-71e34f7f805d</t>
+    <t>2024-10-28T11:56:12-06:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.documents.11</t>
+  </si>
+  <si>
+    <t>doc-bc5f9a9f-311f-4126-a933-535d774c223f</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=486ff19c-050f-4f94-ab3c-bff7e936ca7a</t>
+  </si>
+  <si>
+    <t>2024-10-28T11:56:41-06:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-34d351ec-4c50-4126-9951-bf7bce899138</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=02183a78-df24-41d4-896f-0ec5ce8d2391</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 054</t>
+  </si>
+  <si>
+    <t>2024-07-26T10:35:33-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-56cee45e-a5d6-43a0-bc0f-d3e8c2da3892</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=a1823207-301d-4cad-87c4-e472e4522b27</t>
+  </si>
+  <si>
+    <t>2024-07-26T10:36:07-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.implementation.documents.2</t>
+  </si>
+  <si>
+    <t>doc-073c7870-02ab-4d84-b1e2-0e872bb3eeb0</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=90832cf0-5130-4410-8b14-16e8f47e38cc</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA No. 081</t>
+  </si>
+  <si>
+    <t>2024-07-26T10:37:14-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.implementation.documents.3</t>
+  </si>
+  <si>
+    <t>doc-3cb9feb8-8b67-4ce1-8d10-095399f00180</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=f47b50c0-bd80-401a-8267-857ea97755f9</t>
   </si>
   <si>
     <t xml:space="preserve">Documento bancario donde se realiza la transacción al proveedor por el pago de los servicios  _x000D_
 </t>
   </si>
   <si>
-    <t>2024-07-26T15:32:38-05:00</t>
-[...649 lines deleted...]
-  <si>
     <t>2024-07-26T10:37:57-05:00</t>
   </si>
   <si>
-    <t>id-14.0.contracts.0.implementation.documents.4</t>
+    <t>id-13.0.contracts.0.implementation.documents.4</t>
   </si>
   <si>
     <t>doc-a4116f3a-73ad-4838-b057-add6ccad37ce</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=7c32bbda-4d25-4d04-95a2-97cfbba63763</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA No. 109</t>
   </si>
   <si>
     <t>2024-07-26T10:38:45-05:00</t>
   </si>
   <si>
-    <t>id-14.0.contracts.0.implementation.documents.5</t>
+    <t>id-13.0.contracts.0.implementation.documents.5</t>
   </si>
   <si>
     <t>doc-7dc94ced-3846-46db-b622-311f1159932d</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=10a26f23-8b25-4bf6-b5a9-755f01448a1d</t>
   </si>
   <si>
     <t>2024-07-26T10:39:19-05:00</t>
   </si>
   <si>
-    <t>id-14.0.contracts.0.implementation.documents.6</t>
+    <t>id-13.0.contracts.0.implementation.documents.6</t>
   </si>
   <si>
     <t>doc-9b20367f-b4e4-407f-bb80-10fdf210d071</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=b7fa2826-546e-4531-a13a-f4ed1085eb6a</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA NO. 133</t>
   </si>
   <si>
     <t>2024-10-28T10:40:11-06:00</t>
   </si>
   <si>
-    <t>id-14.0.contracts.0.implementation.documents.7</t>
+    <t>id-13.0.contracts.0.implementation.documents.7</t>
   </si>
   <si>
     <t>doc-0570a13c-c24a-4ae5-aa29-d2050ddc349f</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=a23eac1f-221c-4d05-8810-dfde6788e4c8</t>
   </si>
   <si>
-    <t>id-14.0.contracts.0.implementation.documents.8</t>
+    <t>id-13.0.contracts.0.implementation.documents.8</t>
   </si>
   <si>
     <t>doc-c976d9e3-9a2b-4e63-a7d1-7f307cd026f8</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=09d66ddf-1722-4c4c-9dd6-a811b17c3027</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA NO. 145</t>
   </si>
   <si>
     <t>2024-10-28T10:44:11-06:00</t>
   </si>
   <si>
-    <t>id-14.0.contracts.0.implementation.documents.9</t>
+    <t>id-13.0.contracts.0.implementation.documents.9</t>
   </si>
   <si>
     <t>doc-f3447dc3-262d-404a-a342-9c486e7cad53</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=30cffd5a-6adb-4831-b702-dda448a287cb</t>
   </si>
   <si>
     <t>2024-10-28T10:44:43-06:00</t>
   </si>
   <si>
-    <t>id-14.0.contracts.0.implementation.documents.10</t>
+    <t>id-13.0.contracts.0.implementation.documents.10</t>
   </si>
   <si>
     <t>doc-0a113162-9054-4ea7-b2eb-e69b3887ef1f</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=2dc5559b-dfc4-4cd0-8f1c-15686a30d7fc</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA NO. 169</t>
   </si>
   <si>
     <t>2024-10-28T10:46:29-06:00</t>
   </si>
   <si>
-    <t>id-14.0.contracts.0.implementation.documents.11</t>
+    <t>id-13.0.contracts.0.implementation.documents.11</t>
   </si>
   <si>
     <t>doc-7e4f7e9a-f0d7-4582-a05f-067e21cec02d</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=f9613801-0549-4fc4-b7ec-0bbd0786b04d</t>
   </si>
   <si>
     <t>2024-10-28T10:47:01-06:00</t>
   </si>
   <si>
     <t>id-15.0.contracts.0.implementation.documents.0</t>
   </si>
   <si>
+    <t>doc-4e0b5dd4-8bc1-4203-a4b1-9816dbe2e36b</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=295638de-2308-4e91-aa10-56de26ca9c62</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 216</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:25:23-06:00</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-37a91184-c8a6-47f9-90b3-1930f8aa65cb</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=4025b2f8-1f8c-4947-991a-7ddf66b00106</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:26:02-06:00</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.implementation.documents.2</t>
+  </si>
+  <si>
+    <t>doc-24006b73-4366-4b7f-9ffd-03bb7a4b0e5a</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=dfbdc898-d47f-41a7-80a3-10719db8fe20</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 262</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:26:46-06:00</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.implementation.documents.3</t>
+  </si>
+  <si>
+    <t>doc-655182ad-94c5-4df6-b928-b235220ebc7c</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=38d2e069-027b-4175-8f24-f133337d58b9</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:27:19-06:00</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.implementation.documents.4</t>
+  </si>
+  <si>
+    <t>doc-d46b6fe6-2b5a-4bf9-bcb9-34decfbf1bf5</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=ff6a93bc-0ffc-4698-be12-33eafe2c2a88</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 283</t>
+  </si>
+  <si>
+    <t>2025-02-04T09:28:07-06:00</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.implementation.documents.5</t>
+  </si>
+  <si>
+    <t>doc-0d6fd3a3-26c1-497a-b04d-1c32f60d76e8</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=475ef89c-d113-4b7c-a729-ef964c0b2ba1</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:29:52-06:00</t>
+  </si>
+  <si>
+    <t>id-16.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-60e0a589-e104-45a8-9ca9-c7b009f3b357</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=c704aeed-6707-407c-9496-7ea826127784</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIA No. 009</t>
+  </si>
+  <si>
+    <t>2025-04-30T12:44:52-05:00</t>
+  </si>
+  <si>
+    <t>id-16.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-a614213e-5bb0-4edd-b2fd-69cb4b0acc3e</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=984f968e-8196-43dd-a71c-a4f3698ff827</t>
+  </si>
+  <si>
+    <t>2025-04-30T12:45:19-05:00</t>
+  </si>
+  <si>
+    <t>id-19.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
     <t>doc-326c79f1-fa55-4405-9eda-1b7a76784f2a</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=80c657ba-8c80-40c0-8900-05465c543386</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA BANCARIA No. 036</t>
   </si>
   <si>
     <t>2025-04-30T12:02:30-05:00</t>
   </si>
   <si>
-    <t>id-15.0.contracts.0.implementation.documents.1</t>
+    <t>id-19.0.contracts.0.implementation.documents.1</t>
   </si>
   <si>
     <t>doc-ec414cdc-d0c0-49b0-a1aa-6260e8db54a8</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=dd2a5e99-f974-47de-982c-67f52fe6a346</t>
   </si>
   <si>
     <t>2025-04-30T12:03:14-05:00</t>
   </si>
   <si>
-    <t>id-16.0.contracts.0.implementation.documents.0</t>
-[...107 lines deleted...]
-    <t>id-19.0.contracts.0.implementation.documents.0</t>
+    <t>id-21.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-99e0c474-5a3c-4c45-a511-cce56ecdc2d8</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=197dd5a9-863c-4ffb-89b6-c146306f0cf2</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 59</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:27:27-06:00</t>
+  </si>
+  <si>
+    <t>id-21.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-3a240abc-244e-4050-b7e9-d6bf85edc46b</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=ffa2eabe-3cbb-4f77-9398-e0d4625fb6a4</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:28:03-06:00</t>
+  </si>
+  <si>
+    <t>id-22.0.contracts.0.implementation.documents.0</t>
   </si>
   <si>
     <t>doc-a4ed6577-767a-4df9-afe7-68a5fd9ea72a</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d82b5497-02f2-4c5b-9c53-2cd51db8ef41</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA NO. 236</t>
   </si>
   <si>
     <t>2025-02-05T10:36:12-06:00</t>
   </si>
   <si>
-    <t>id-19.0.contracts.0.implementation.documents.1</t>
+    <t>id-22.0.contracts.0.implementation.documents.1</t>
   </si>
   <si>
     <t>doc-2b0d66d7-a44d-4047-a97f-75a050f77cfa</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=8fc7bea8-8494-45a6-881a-5b3fec3cb942</t>
   </si>
   <si>
     <t>2025-02-05T10:36:58-06:00</t>
   </si>
   <si>
-    <t>id-20.0.contracts.0.implementation.documents.0</t>
-[...107 lines deleted...]
-    <t>id-22.0.contracts.0.implementation.documents.0</t>
+    <t>id-23.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-bee143da-bbed-440c-9835-69eadf5069b4</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=a3aa2d95-b3a5-4069-9c91-b791047104fd</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 237.1</t>
+  </si>
+  <si>
+    <t>2025-02-05T13:03:14-06:00</t>
+  </si>
+  <si>
+    <t>id-23.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-7f02ad92-008a-446d-a007-ae3180444290</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=1569a733-1e1b-4a14-9bc9-d8a14a8b2e64</t>
+  </si>
+  <si>
+    <t>2025-02-05T13:03:46-06:00</t>
+  </si>
+  <si>
+    <t>id-24.0.contracts.0.implementation.documents.0</t>
   </si>
   <si>
     <t>doc-513a6166-6150-41dc-834e-d07b62edc6d8</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=5fa7148c-e00f-4828-a42e-9616e3faee37</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA NO. 58</t>
   </si>
   <si>
     <t>2025-02-04T15:41:45-06:00</t>
   </si>
   <si>
-    <t>id-22.0.contracts.0.implementation.documents.1</t>
+    <t>id-24.0.contracts.0.implementation.documents.1</t>
   </si>
   <si>
     <t>doc-79297816-cd1b-42d3-bcfa-47de0ee02cbb</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=ef98389e-f0ab-48b8-a3e7-9e829e7709ad</t>
   </si>
   <si>
     <t xml:space="preserve">DOCUMENTO BANCARIO DONDE SE REALIZA LA TRANSACCIÓN AL PROVEEDOR POR EL PAGO DE LOS SERVICIOS  _x000D_
 </t>
   </si>
   <si>
     <t>2025-02-04T15:42:04-06:00</t>
   </si>
   <si>
-    <t>id-24.0.contracts.0.implementation.documents.0</t>
+    <t>id-25.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-a78d39cc-8416-4216-a5c0-6c5dd4e68ba3</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=10a521eb-c83f-4c78-9d34-01a11a12ebfe</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 191</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:08:40-06:00</t>
+  </si>
+  <si>
+    <t>id-25.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-e157d891-c83f-4353-9011-b42ecf6f33d2</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=5e1a3ced-e6ae-40a2-8df3-212f6fc040c2</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:09:33-06:00</t>
+  </si>
+  <si>
+    <t>id-25.0.contracts.0.implementation.documents.2</t>
+  </si>
+  <si>
+    <t>doc-89bf40fe-e532-4d31-ab9e-1b4d23aa3321</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=38ef7eaf-8cba-44b2-a536-a9243918ca4f</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 192</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:10:23-06:00</t>
+  </si>
+  <si>
+    <t>id-25.0.contracts.0.implementation.documents.3</t>
+  </si>
+  <si>
+    <t>doc-3878c033-cf32-42b8-80ac-d0e01516cb03</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=160634ad-c401-4c6d-8b93-b92bea1fb290</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:10:56-06:00</t>
+  </si>
+  <si>
+    <t>id-27.0.contracts.0.implementation.documents.0</t>
+  </si>
+  <si>
+    <t>doc-464ef981-0b1a-428f-8917-c57eddfb6a1c</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=eaaf277f-8bcd-4c36-b42d-1b1c4b798f43</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 236.1</t>
+  </si>
+  <si>
+    <t>2025-02-05T02:26:29-06:00</t>
+  </si>
+  <si>
+    <t>id-27.0.contracts.0.implementation.documents.1</t>
+  </si>
+  <si>
+    <t>doc-a21889d7-abd4-4a31-b2a7-8a7254ce7913</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=5dd0d983-f6a7-4a1d-aefa-9ec33b859ab9</t>
+  </si>
+  <si>
+    <t>2025-02-05T02:27:25-06:00</t>
+  </si>
+  <si>
+    <t>id-30.0.contracts.0.implementation.documents.0</t>
   </si>
   <si>
     <t>doc-ceddf13f-8157-4fef-899a-d49951f51037</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=5b3ad7fb-bbab-4a21-b954-3a7f1dcd25b3</t>
   </si>
   <si>
     <t>SOLICITUD DE TRANSFERENCIA NO. 234</t>
   </si>
   <si>
     <t>2025-02-05T08:53:38-06:00</t>
   </si>
   <si>
-    <t>id-24.0.contracts.0.implementation.documents.1</t>
+    <t>id-30.0.contracts.0.implementation.documents.1</t>
   </si>
   <si>
     <t>doc-5580b8cf-3f29-4eb6-a64c-d55f2214d601</t>
   </si>
   <si>
     <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=6d893bb7-5608-46a9-8803-187b76fcec3c</t>
   </si>
   <si>
     <t>2025-02-05T08:54:41-06:00</t>
   </si>
   <si>
-    <t>id-25.0.contracts.0.implementation.documents.0</t>
-[...25 lines deleted...]
-  <si>
     <t>id-31.0.contracts.0.implementation.documents.0</t>
   </si>
   <si>
-    <t>doc-67b6acf7-cd43-481d-a7d4-c1d48747303a</t>
-[...5 lines deleted...]
-    <t>Reporte de Pago de Servicio</t>
+    <t>doc-e64b9240-2362-4109-b7a2-9973ce404677</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=805235b7-5f30-4c7e-a6c1-af94c0975e9b</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIO No. 003</t>
+  </si>
+  <si>
+    <t>2024-04-30T10:25:01-05:00</t>
   </si>
   <si>
     <t>id-31.0.contracts.0.implementation.documents.1</t>
   </si>
   <si>
-    <t>doc-b10b37cf-551b-480b-8045-0c83d8c8c53d</t>
-[...20 lines deleted...]
-    <t>DOCUMENTO QUE MUESTRA EL PRECIO REAL QUE SE VA A COBRAR EL PROVEEDOR POR LOS BIENES O SERVICIO SOLICITADO EN LA SOLICITUD DE COTIZACIÓN.</t>
+    <t>doc-30fad468-717f-4547-aead-c772b049a554</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=00489c7e-8958-4c47-8acd-5e8021b3c4df</t>
+  </si>
+  <si>
+    <t>2024-04-30T10:27:03-05:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.2</t>
+  </si>
+  <si>
+    <t>doc-20a40417-897e-44c5-bb62-977601941148</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=474e4b1d-53b2-436c-b8a0-8bd162e4c33d</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIO No. 012</t>
+  </si>
+  <si>
+    <t>2024-04-30T10:28:02-05:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.3</t>
+  </si>
+  <si>
+    <t>doc-785f1099-6fc7-47a5-9cd9-56ce252fd0f0</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=1a1b8b7c-9cb7-46e1-b949-f0a0641dd83c</t>
+  </si>
+  <si>
+    <t>2024-04-30T10:28:46-05:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.4</t>
+  </si>
+  <si>
+    <t>doc-e0881bb0-0a1d-4b97-8900-4473cddfd206</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9cd861df-8c96-4442-bcde-c26216479061</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA BANCARIO No. 028</t>
+  </si>
+  <si>
+    <t>2024-04-30T10:30:05-05:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.5</t>
+  </si>
+  <si>
+    <t>doc-c7e42978-c6f9-4c7e-b854-4eceb3ffe477</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=340bb723-394e-4cc5-b74b-8ccd59b61d9c</t>
+  </si>
+  <si>
+    <t>2024-04-30T10:31:20-05:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.6</t>
+  </si>
+  <si>
+    <t>doc-299a845c-22ae-4cc5-bb0c-c8ba0f81001a</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=4bd54a4a-75c5-4e2f-99f6-9e45d67a3ad0</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 057</t>
+  </si>
+  <si>
+    <t>2024-07-26T15:28:53-05:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.7</t>
+  </si>
+  <si>
+    <t>doc-9cbd71ab-8c96-4013-b26c-e4f7b552ce2a</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9a145d14-19d7-4293-a077-df2982ad5421</t>
+  </si>
+  <si>
+    <t>2024-07-26T15:29:36-05:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.8</t>
+  </si>
+  <si>
+    <t>doc-ee5e5ff5-537d-49d3-a3fc-d38d096187a8</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=1d103230-e472-4972-b205-93dfb4ae8cc0</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 072</t>
+  </si>
+  <si>
+    <t>2024-07-26T15:31:57-05:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.9</t>
+  </si>
+  <si>
+    <t>doc-89f1d849-0cc7-493c-821b-7a085e84ab05</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9e15cfed-f786-4881-9f27-71e34f7f805d</t>
+  </si>
+  <si>
+    <t>2024-07-26T15:32:38-05:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.10</t>
+  </si>
+  <si>
+    <t>doc-71f52d47-11ac-48e9-9c81-ea50b5d450ca</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=7399d4a2-7822-4475-9788-5b1b5c0ef211</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 096</t>
+  </si>
+  <si>
+    <t>2024-07-26T15:34:27-05:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.11</t>
+  </si>
+  <si>
+    <t>doc-09231082-dfb5-4cf2-9fc0-b8c0017c75f0</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=12f9e5b1-6ecc-412e-803b-ac58f0c35243</t>
+  </si>
+  <si>
+    <t>settlement</t>
+  </si>
+  <si>
+    <t>2024-07-26T15:35:20-05:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.12</t>
+  </si>
+  <si>
+    <t>doc-cb4f2e72-5de7-4ca9-a448-4341668b7cbf</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=2804e1df-dd96-47ff-aefa-4592e366df0f</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 123</t>
+  </si>
+  <si>
+    <t>2024-10-28T15:38:08-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.13</t>
+  </si>
+  <si>
+    <t>doc-f1d9bd1f-1095-4977-8bd1-09a3b87cbdfb</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=13d439f1-9f59-4375-a225-d7fd02a081e5</t>
+  </si>
+  <si>
+    <t>2024-10-28T15:38:41-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.14</t>
+  </si>
+  <si>
+    <t>doc-03874299-91f2-4dea-9db0-2d3b09f6fd4d</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=817238e5-4779-4db5-b2a0-e73ea693795e</t>
+  </si>
+  <si>
+    <t>2024-10-28T03:39:14-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.15</t>
+  </si>
+  <si>
+    <t>doc-c85ea5bc-cfb0-4c0b-952a-eccfc04a630e</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=636e4c64-dd03-4970-a06b-c8e359304fb4</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 139</t>
+  </si>
+  <si>
+    <t>2024-10-28T15:40:10-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.16</t>
+  </si>
+  <si>
+    <t>doc-3bf807f1-66ab-4c44-bb69-0016f5ad6708</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=e7aabc08-ad12-4098-a7bf-5a67b98fb438</t>
+  </si>
+  <si>
+    <t>SOLICITUD DE TRANSFERENCIA NO. 166</t>
+  </si>
+  <si>
+    <t>2024-10-28T08:35:16-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.documents.17</t>
+  </si>
+  <si>
+    <t>doc-774cda46-3307-47e0-9733-f731eff38771</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=fa0ca720-9049-4d00-8b97-d1cd8ab0f868</t>
+  </si>
+  <si>
+    <t>2024-10-28T08:35:53-06:00</t>
+  </si>
+  <si>
+    <t>paymentMethod</t>
+  </si>
+  <si>
+    <t>payee_id</t>
+  </si>
+  <si>
+    <t>payee_name</t>
+  </si>
+  <si>
+    <t>payer_id</t>
+  </si>
+  <si>
+    <t>payer_name</t>
+  </si>
+  <si>
+    <t>id-0.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-b693fee4-e8e4-46b6-9f60-d106ea480a21</t>
+  </si>
+  <si>
+    <t>2020-11-25T11:52:00-06:00</t>
+  </si>
+  <si>
+    <t>wireTransfe</t>
+  </si>
+  <si>
+    <t>id-1.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-c1d45d03-d167-4238-af20-8ceb078059b3</t>
+  </si>
+  <si>
+    <t>2024-04-03T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-1.0.contracts.0.implementation.transactions.1</t>
+  </si>
+  <si>
+    <t>transaction-f5e06c58-5de2-426e-aa42-a35289e094ed</t>
+  </si>
+  <si>
+    <t>2024-05-03T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>id-1.0.contracts.0.implementation.transactions.2</t>
+  </si>
+  <si>
+    <t>transaction-c5cff64e-a58e-422c-b9b5-6614d8923773</t>
+  </si>
+  <si>
+    <t>2024-06-04T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>id-1.0.contracts.0.implementation.transactions.3</t>
+  </si>
+  <si>
+    <t>transaction-d0c97d85-b844-4187-b830-39e673ff17be</t>
+  </si>
+  <si>
+    <t>2024-07-03T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>id-1.0.contracts.0.implementation.transactions.4</t>
+  </si>
+  <si>
+    <t>transaction-61098c68-2f52-49c8-b190-0dcace4fa066</t>
+  </si>
+  <si>
+    <t>2024-08-03T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>id-1.0.contracts.0.implementation.transactions.5</t>
+  </si>
+  <si>
+    <t>transaction-42ee4517-6845-428c-932f-78a388c24b5d</t>
+  </si>
+  <si>
+    <t>2024-09-03T00:00:00-05:00</t>
+  </si>
+  <si>
+    <t>id-2.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-4121cd17-23aa-4b17-945f-5ae8897979a2</t>
+  </si>
+  <si>
+    <t>2024-10-04T09:43:00-05:00</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-e76fb796-fa39-4f38-ab9d-b7e34bfbfd69</t>
+  </si>
+  <si>
+    <t>2024-10-18T10:08:00-05:00</t>
+  </si>
+  <si>
+    <t>id-3.0.contracts.0.implementation.transactions.1</t>
+  </si>
+  <si>
+    <t>transaction-cf245d72-6b81-40df-b384-66ccf8fecce3</t>
+  </si>
+  <si>
+    <t>2024-12-03T15:26:00-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-f958f775-47af-47f2-b042-0533cb48544e</t>
+  </si>
+  <si>
+    <t>2024-12-17T09:03:00-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-0225ec9d-bcb6-42c6-a8fe-6c7a8dc619f0</t>
+  </si>
+  <si>
+    <t>2024-12-05T14:19:24-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-89aa45ab-4ea6-4c37-bff0-a54d67eac4ae</t>
+  </si>
+  <si>
+    <t>2024-12-11T16:12:00-06:00</t>
+  </si>
+  <si>
+    <t>id-7.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-9f1fcc47-de9d-46b6-b604-3be3402c8311</t>
+  </si>
+  <si>
+    <t>2024-12-05T14:20:27-06:00</t>
+  </si>
+  <si>
+    <t>id-8.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-065c1828-3d73-495b-b086-0df7ccee7c30</t>
+  </si>
+  <si>
+    <t>2024-11-28T15:05:00-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-6f34a762-49b3-4253-99b8-73384016a026</t>
+  </si>
+  <si>
+    <t>2024-12-02T15:53:00-06:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-2b531298-428d-496a-aef1-92a0e4cc5833</t>
+  </si>
+  <si>
+    <t>2025-01-23T14:44:00-06:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.transactions.1</t>
+  </si>
+  <si>
+    <t>transaction-95af69e2-1c8e-4478-8461-aca8330b3ebb</t>
+  </si>
+  <si>
+    <t>2025-02-17T15:30:00-06:00</t>
+  </si>
+  <si>
+    <t>id-10.0.contracts.0.implementation.transactions.2</t>
+  </si>
+  <si>
+    <t>transaction-b021201a-94fa-4fb7-8c21-191261c6a180</t>
+  </si>
+  <si>
+    <t>2025-03-10T14:05:00-06:00</t>
+  </si>
+  <si>
+    <t>id-11.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-5fdc04ee-7e1c-4ae2-9cf3-7643cdb22959</t>
+  </si>
+  <si>
+    <t>2025-03-14T14:41:00-06:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-334e87b8-be33-4fae-8fe2-bf5100b07b8c</t>
+  </si>
+  <si>
+    <t>2024-04-08T12:18:00-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.transactions.1</t>
+  </si>
+  <si>
+    <t>transaction-f47c5fb2-0f19-4376-a3d1-f44a34353b96</t>
+  </si>
+  <si>
+    <t>2024-05-08T15:18:00-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.transactions.2</t>
+  </si>
+  <si>
+    <t>transaction-1c218529-f52e-40b7-9ddd-426db56071c4</t>
+  </si>
+  <si>
+    <t>2024-06-11T15:15:00-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.transactions.3</t>
+  </si>
+  <si>
+    <t>transaction-305d4aef-4dae-4001-b1ff-e283d1521be5</t>
+  </si>
+  <si>
+    <t>2024-07-12T16:01:00-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.transactions.4</t>
+  </si>
+  <si>
+    <t>transaction-e8f31337-4fb1-488d-9076-49ffb408a412</t>
+  </si>
+  <si>
+    <t>2024-08-08T10:28:00-05:00</t>
+  </si>
+  <si>
+    <t>id-12.0.contracts.0.implementation.transactions.5</t>
+  </si>
+  <si>
+    <t>transaction-50f10bb7-2639-4027-893b-10379c616c2a</t>
+  </si>
+  <si>
+    <t>2024-09-13T10:26:00-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-b3cff8b8-9a5c-4ec8-840f-71128f261464</t>
+  </si>
+  <si>
+    <t>2024-04-15T09:19:00-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.implementation.transactions.1</t>
+  </si>
+  <si>
+    <t>transaction-12a8420c-88c0-46e5-bb6f-12c25e13eebb</t>
+  </si>
+  <si>
+    <t>2024-05-14T12:44:00-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.implementation.transactions.2</t>
+  </si>
+  <si>
+    <t>transaction-9be478fc-bfdb-48ac-9179-3557b968964a</t>
+  </si>
+  <si>
+    <t>2024-06-14T14:51:00-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.implementation.transactions.3</t>
+  </si>
+  <si>
+    <t>transaction-8e766ff2-3072-47f1-a898-caf1013d3c60</t>
+  </si>
+  <si>
+    <t>2024-07-16T15:56:00-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.implementation.transactions.4</t>
+  </si>
+  <si>
+    <t>transaction-e06c1f38-b657-4da9-aaf8-f0233991e3ee</t>
+  </si>
+  <si>
+    <t>2024-08-14T15:37:00-05:00</t>
+  </si>
+  <si>
+    <t>id-13.0.contracts.0.implementation.transactions.5</t>
+  </si>
+  <si>
+    <t>transaction-6bcbb65e-d3aa-4937-b2ad-ed71c42d3dc5</t>
+  </si>
+  <si>
+    <t>2024-09-13T09:52:00-05:00</t>
+  </si>
+  <si>
+    <t>id-14.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-62c201bd-0fe6-44a4-b950-40d2f5963cc8</t>
+  </si>
+  <si>
+    <t>2025-03-29T00:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-0cf6c967-04c5-4679-b23d-e24a52bf75b8</t>
+  </si>
+  <si>
+    <t>2024-11-22T15:03:00-06:00</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.implementation.transactions.1</t>
+  </si>
+  <si>
+    <t>transaction-86d62c7a-e500-4c5f-a207-1a9cc793bdf0</t>
+  </si>
+  <si>
+    <t>2024-12-16T10:18:00-06:00</t>
+  </si>
+  <si>
+    <t>id-15.0.contracts.0.implementation.transactions.2</t>
+  </si>
+  <si>
+    <t>transaction-29d0ac6e-d39a-4254-b2fb-d0a9905034ca</t>
+  </si>
+  <si>
+    <t>2024-12-20T10:14:00-06:00</t>
+  </si>
+  <si>
+    <t>id-16.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-a066161e-055d-42e9-9dd3-33f02ae7b28f</t>
+  </si>
+  <si>
+    <t>2025-02-10T10:16:00-06:00</t>
+  </si>
+  <si>
+    <t>id-19.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-82c40fa4-d404-4eac-a08a-64fa9d9ee6b7</t>
+  </si>
+  <si>
+    <t>2025-03-18T16:07:00-06:00</t>
+  </si>
+  <si>
+    <t>id-21.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-34c4ca90-334c-4fd5-9b95-eefb1929a47c</t>
+  </si>
+  <si>
+    <t>2024-12-20T05:42:00-06:00</t>
+  </si>
+  <si>
+    <t>id-22.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-4b4dd61b-fdea-4924-b263-90bdf7004953</t>
+  </si>
+  <si>
+    <t>2024-12-06T12:43:00-06:00</t>
+  </si>
+  <si>
+    <t>id-23.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-af9cdaf0-baf4-4af2-90eb-dba404716477</t>
+  </si>
+  <si>
+    <t>2024-12-06T18:49:00-06:00</t>
+  </si>
+  <si>
+    <t>id-24.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-a74cefe2-ef9d-4dc1-af67-7f985910fd9d</t>
+  </si>
+  <si>
+    <t>id-25.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-ce107964-4f3c-47c8-b1cd-39c0e77a182e</t>
+  </si>
+  <si>
+    <t>2024-10-16T08:38:00-05:00</t>
+  </si>
+  <si>
+    <t>id-25.0.contracts.0.implementation.transactions.1</t>
+  </si>
+  <si>
+    <t>transaction-6f187f9d-4954-4725-ba34-67bcffec2bf2</t>
+  </si>
+  <si>
+    <t>id-27.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-90c6e816-bbb3-445e-a92e-302bc1b5bdb6</t>
+  </si>
+  <si>
+    <t>2024-12-06T19:41:00-06:00</t>
+  </si>
+  <si>
+    <t>id-30.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-026a6598-6428-435b-adc2-fb2e7624e239</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.transactions.0</t>
+  </si>
+  <si>
+    <t>transaction-3fdcbd3f-6a3e-44f5-b19b-57a71f87111e</t>
+  </si>
+  <si>
+    <t>2024-01-18T09:19:00-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.transactions.1</t>
+  </si>
+  <si>
+    <t>transaction-8c733579-64c2-4ac4-b7a4-db8bc9f1167e</t>
+  </si>
+  <si>
+    <t>2024-02-09T13:56:00-06:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.transactions.2</t>
+  </si>
+  <si>
+    <t>transaction-1c0dc6b0-a869-41d3-b266-227477e95c22</t>
+  </si>
+  <si>
+    <t>2024-05-15T10:35:19-05:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.transactions.3</t>
+  </si>
+  <si>
+    <t>transaction-26d82bbc-0c15-4cb7-8828-1ebfd79a15bb</t>
+  </si>
+  <si>
+    <t>2024-04-15T15:35:00-05:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.transactions.4</t>
+  </si>
+  <si>
+    <t>transaction-292aa8e8-efb3-44d9-9bae-6597f0dd4833</t>
+  </si>
+  <si>
+    <t>2024-05-07T11:57:00-05:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.transactions.5</t>
+  </si>
+  <si>
+    <t>transaction-b500be6f-ecc6-4a0f-ac89-fee785bc4629</t>
+  </si>
+  <si>
+    <t>2024-06-11T15:16:00-05:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.transactions.6</t>
+  </si>
+  <si>
+    <t>transaction-c7d583c5-c127-4288-8345-d8ca4785c5c3</t>
+  </si>
+  <si>
+    <t>2024-07-10T11:18:00-05:00</t>
+  </si>
+  <si>
+    <t>id-31.0.contracts.0.implementation.transactions.7</t>
+  </si>
+  <si>
+    <t>transaction-53b42c36-0ac5-482a-a034-cffb1adb40ac</t>
+  </si>
+  <si>
+    <t>2024-08-08T10:27:00-05:00</t>
+  </si>
+  <si>
+    <t>id-0.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-9b467fdc-6db0-4588-bf63-4f6932dbef65</t>
+  </si>
+  <si>
+    <t>Documento en el cual la Unidad Administrativa solicita bienes o servicios para lograr el desarrollo y cumplimento de sus programas.</t>
+  </si>
+  <si>
+    <t>request</t>
+  </si>
+  <si>
+    <t>2021-03-25T12:00:00-06:00</t>
+  </si>
+  <si>
+    <t>id-0.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-5dda8bce-242d-4688-8cc3-86947b52d68e</t>
+  </si>
+  <si>
+    <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=cbf74be7-2691-4e6e-8403-ac9df6f72095</t>
+  </si>
+  <si>
+    <t>Cotización de Reparación de Aires</t>
   </si>
   <si>
     <t>feasibilityStudy</t>
   </si>
   <si>
-    <t>2025-02-05T12:53:27-06:00</t>
-[...749 lines deleted...]
-    <t>id-31.0.planning.documents.2</t>
+    <t>id-0.0.planning.documents.2</t>
   </si>
   <si>
     <t>doc-b5f2d374-7688-4158-a1f6-74915003bd05</t>
   </si>
   <si>
     <t>http://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=32719827-0936-45d8-839f-84bbf14ed86b</t>
   </si>
   <si>
     <t xml:space="preserve">Documento en el cual la Unidad Administrativa solicita bienes o servicios para lograr el desarrollo y cumplimento de sus programas._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>2021-03-25T02:51:26-06:00</t>
   </si>
   <si>
-    <t>id-31.0.planning.requestsForQuotes.0</t>
+    <t>id-2.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-a85559dc-94ed-4549-8709-d8a4a5e364b1</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=2ff0406a-b7c9-4421-8ccf-f1dced9d181a</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA O SERVICIO DAFRH 092-2024</t>
+  </si>
+  <si>
+    <t>DOCUMENTO EN EL CUAL LA UNIDAD ADMINISTRATIVA SOLICITA BIENES O SERVICIOS PARA LOGRAR EL DESARROLLO Y CUMPLIMENTO DE SUS PROGRAMAS.</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:20:21-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-c0527016-9e3b-4339-8f9e-037051a31194</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=482a0d08-873e-4f5a-b551-db60285ec825</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA O SERVICIO DAFRH 147-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:37:26-06:00</t>
+  </si>
+  <si>
+    <t>id-3.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-36ee3aeb-644b-48af-9ec9-7c553cfd2ff8</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=ec7d04a4-24a7-47cc-ab12-e8d5b08b23d7</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA O SERVICIO DAFRH 177-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:37:52-06:00</t>
+  </si>
+  <si>
+    <t>id-4.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-1d2c4d53-9ba0-485c-9bc2-500e76af6c83</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=801842f3-b778-4888-a06c-b4d620586d2d</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA O SERVICIO DAFRH 130-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T15:17:25-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-109ba9c0-d568-485d-acad-4998ca64211d</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=f8c25926-af48-4397-ad90-8e10150dc353</t>
+  </si>
+  <si>
+    <t>COTIZACION</t>
+  </si>
+  <si>
+    <t>DOCUMENTO QUE MUESTRA EL PRECIO REAL QUE SE VA A COBRAR EL PROVEEDOR POR LOS BIENES O SERVICIO SOLICITADO EN LA SOLICITUD DE COTIZACIÓN.</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:33:54-06:00</t>
+  </si>
+  <si>
+    <t>id-5.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-2bb66a93-acf3-41d5-b8be-823050ca17e6</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=45f219a2-fa11-42af-8fe1-64dbeabc01b4</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA O SERVICIO DAFRH 112-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:34:32-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-ea05b6b5-56e4-4991-bc24-4fae9cab3b90</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=7a3ca84f-2dad-4d39-ab90-94da7132774f</t>
+  </si>
+  <si>
+    <t>COTIZACIÓN THERMOFRIO</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:06:08-06:00</t>
+  </si>
+  <si>
+    <t>id-6.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-16697697-4f59-4122-ba72-4f8d52e900cf</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=f72cbdec-2a59-4ee9-a8a9-443e1142fb11</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA O SERVICIO DAFRH 137-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:06:43-06:00</t>
+  </si>
+  <si>
+    <t>id-7.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-93a00d56-354a-43a2-80ab-9e2c2dfede4b</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=32a0f241-7ac1-4afc-994b-c28dc88d503e</t>
+  </si>
+  <si>
+    <t>COTIZACIÓN XAZE</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:47:03-06:00</t>
+  </si>
+  <si>
+    <t>id-7.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-4b7bbfaf-5328-4824-b049-276433207cde</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=3efe49b0-271b-4439-87bd-28306e904c7f</t>
+  </si>
+  <si>
+    <t>COTIZACIÓN</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:47:29-06:00</t>
+  </si>
+  <si>
+    <t>id-7.0.planning.documents.2</t>
+  </si>
+  <si>
+    <t>doc-dbd46bfe-21ce-4a98-9e5d-fb81d3ac662a</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=65f186b0-a047-41e6-8225-7cf98367f2bb</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA O SERVICIO DAFRH 116-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:48:19-06:00</t>
+  </si>
+  <si>
+    <t>id-8.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-240c1456-652d-4aa3-99f9-2816565f2937</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=dfcbfd13-e60e-4947-81c8-5cf829e1679e</t>
+  </si>
+  <si>
+    <t>COTIZACION AKTIUM</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:40:23-06:00</t>
+  </si>
+  <si>
+    <t>id-8.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-fb3622bc-0334-4788-9c6c-c465dc717e5d</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=6a0d8201-64d5-4ffc-aa98-d0f79749f604</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA O SERVICIO DAFRH 111-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:40:43-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-763963d9-6994-466f-9cc9-af1b901fb39d</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=a2d04cd8-7b82-4a40-af16-1a75eb8f80df</t>
+  </si>
+  <si>
+    <t>COTIZACION ABASTEO</t>
+  </si>
+  <si>
+    <t>2025-02-05T14:44:23-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-bc539e51-6de8-4e49-8fc8-bb4ff74af186</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=663b48fd-76d7-4219-a166-9944a368f687</t>
+  </si>
+  <si>
+    <t>COTIZACION DSYSTEMS</t>
+  </si>
+  <si>
+    <t>2025-02-05T14:45:10-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.planning.documents.2</t>
+  </si>
+  <si>
+    <t>doc-1ca2ef75-4406-4a21-8f1f-86fa84d01183</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=2ff991fd-cb2a-4b1b-ae28-cf02d4579ba1</t>
+  </si>
+  <si>
+    <t>COTIZACION ISISURESTE</t>
+  </si>
+  <si>
+    <t>2025-02-05T14:45:36-06:00</t>
+  </si>
+  <si>
+    <t>id-9.0.planning.documents.3</t>
+  </si>
+  <si>
+    <t>doc-aecaf23b-b95e-49f3-872d-0e0120b79271</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=80321fb0-90ce-4fc0-a778-b67d647d53fd</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA O SERVICIO DAJP 037-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T14:46:46-06:00</t>
+  </si>
+  <si>
+    <t>id-15.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-e4f71de7-6f1a-4168-9104-3eaf4a22dbaa</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=3a14e101-b990-448f-88e1-c5ba30af5ccb</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA O SERVICIO DAJP 035-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:02:30-06:00</t>
+  </si>
+  <si>
+    <t>id-15.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-720a88b5-c28b-4487-a449-b52fff5c0a8e</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=6db67df8-8e1b-4c4a-a086-a54a21ff7f68</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA O SERVICIO DAJP 048-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:03:13-06:00</t>
+  </si>
+  <si>
+    <t>id-15.0.planning.documents.2</t>
+  </si>
+  <si>
+    <t>doc-b6167193-7feb-45f6-9edd-6b88d1620dc9</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=d44decd0-29a2-42ae-a20f-6e8798e9dcb3</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA O SERVICIO DAJP 049-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T09:03:53-06:00</t>
+  </si>
+  <si>
+    <t>id-16.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-3e95e8dd-dab4-4167-9844-278cda616f46</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=40133bb8-3199-4562-90a6-7ae92e80d7d1</t>
+  </si>
+  <si>
+    <t>REQUISICION DE COMPRA Y SERVICIOS DAJP 002-2025</t>
+  </si>
+  <si>
+    <t>2025-04-30T12:38:51-05:00</t>
+  </si>
+  <si>
+    <t>id-16.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-d47eafda-8fa8-400f-a73b-53d63413c521</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=0e4d1716-9950-43d8-8964-4185d52669dc</t>
+  </si>
+  <si>
+    <t>COTIZACION AMERI-K AUDIOVISUALES</t>
+  </si>
+  <si>
+    <t>Documento que muestra el precio real que se va a cobrar el proveedor por los bienes o servicio solicitado en la solicitud de cotización.</t>
+  </si>
+  <si>
+    <t>2025-04-30T12:39:30-05:00</t>
+  </si>
+  <si>
+    <t>id-16.0.planning.documents.2</t>
+  </si>
+  <si>
+    <t>doc-b16ed13e-f9d1-4d6b-bd20-f08631125d5b</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=046afd48-f575-4dcc-830d-a243b911e9e0</t>
+  </si>
+  <si>
+    <t>COTIZACION MT CARPAS Y TARIMAS</t>
+  </si>
+  <si>
+    <t>2025-04-30T12:40:03-05:00</t>
+  </si>
+  <si>
+    <t>id-16.0.planning.documents.3</t>
+  </si>
+  <si>
+    <t>doc-744272bd-5ced-44c1-99f0-10a761513789</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=8bc4fd94-9b85-44c0-b6e8-7ad91e5c8ddc</t>
+  </si>
+  <si>
+    <t>COTIZACION OBM PRODUCTIONS</t>
+  </si>
+  <si>
+    <t>2025-04-30T12:40:41-05:00</t>
+  </si>
+  <si>
+    <t>id-19.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-ae376876-ea34-4046-a60f-2d7f5e612791</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=837eb055-fab9-4397-89af-c54f48920a23</t>
+  </si>
+  <si>
+    <t>REQUISICION DE COMPRA Y SERVICIOS DAJP 006-2025</t>
+  </si>
+  <si>
+    <t>2025-04-30T11:51:32-05:00</t>
+  </si>
+  <si>
+    <t>id-19.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-3ec3febf-d3b2-4767-a57a-d509b584953c</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=878a20e3-88dc-454f-aed6-9950b346971c</t>
+  </si>
+  <si>
+    <t>COTIZACION  IMPRESOS LA ERMITA</t>
+  </si>
+  <si>
+    <t>2025-04-30T11:52:14-05:00</t>
+  </si>
+  <si>
+    <t>id-19.0.planning.documents.2</t>
+  </si>
+  <si>
+    <t>doc-eea53287-23be-4736-aa45-e6e6d406cb81</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=8b4af975-9ac3-4c31-bb6c-2e3d20b6bc8e</t>
+  </si>
+  <si>
+    <t>COTIZACION QUICK DIGITAL</t>
+  </si>
+  <si>
+    <t>2025-04-30T11:53:37-05:00</t>
+  </si>
+  <si>
+    <t>id-21.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-c532c9ac-5423-4542-b20b-25e434006ca5</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=a6182bc3-6c5d-491b-a901-26372a37497f</t>
+  </si>
+  <si>
+    <t>COTIZACION DINAMICA</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:21:47-06:00</t>
+  </si>
+  <si>
+    <t>id-21.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-b2e9a496-a93d-4183-836c-7436a96a2d6f</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=5540e067-8b31-4f7b-9507-90ed16299857</t>
+  </si>
+  <si>
+    <t>COTIZACION PROMOBE</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:22:36-06:00</t>
+  </si>
+  <si>
+    <t>id-21.0.planning.documents.2</t>
+  </si>
+  <si>
+    <t>doc-9a31d622-2bfc-4620-9961-61eb3237fcbb</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=fd849b24-9482-49ee-9b62-b3d4ec0219fd</t>
+  </si>
+  <si>
+    <t>COTIZACION PUBLIGRAFIK</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:23:23-06:00</t>
+  </si>
+  <si>
+    <t>id-21.0.planning.documents.3</t>
+  </si>
+  <si>
+    <t>doc-4c94beef-1da0-4da3-86ed-bc73a53d519e</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=94f24cc7-ad95-42d1-baa4-2b1d8417a3bc</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA O SERVICIO DAJP 053-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T11:24:01-06:00</t>
+  </si>
+  <si>
+    <t>id-22.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-b7454b11-e010-4512-aa5d-344ccc452f87</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=91221e24-40f7-480f-8560-c4fb279fa12b</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA O SERVICIO DAJP 036-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:31:49-06:00</t>
+  </si>
+  <si>
+    <t>id-23.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-55197643-48dd-4fd3-8a27-4f5f05902597</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=490d5758-55dd-4416-8b91-451c217d4811</t>
+  </si>
+  <si>
+    <t>COTIZACION COMPUMERIDA</t>
+  </si>
+  <si>
+    <t>2025-02-05T12:53:27-06:00</t>
+  </si>
+  <si>
+    <t>id-23.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-5f692356-f0c4-4107-b5a1-3d2ddde8ff44</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9ba2eb03-5b28-4731-8553-1a9011e7d49f</t>
+  </si>
+  <si>
+    <t>COTIZACION COMPUNOVA</t>
+  </si>
+  <si>
+    <t>2025-02-05T12:54:01-06:00</t>
+  </si>
+  <si>
+    <t>id-23.0.planning.documents.2</t>
+  </si>
+  <si>
+    <t>doc-9d90641d-c199-40c1-ad16-67ed3d6a352d</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=6ef691f3-739a-4906-bdf4-f5d979248dbf</t>
+  </si>
+  <si>
+    <t>2025-02-05T12:54:29-06:00</t>
+  </si>
+  <si>
+    <t>id-23.0.planning.documents.3</t>
+  </si>
+  <si>
+    <t>doc-04931a3c-0501-4ebc-bcf1-b8d8e7f8946c</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=8decb426-9afa-4194-b814-3f585651d140</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA O SERVICIO DAJP 038-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T12:55:22-06:00</t>
+  </si>
+  <si>
+    <t>id-24.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-a5bc93e9-03c4-4e40-9358-2917081bb372</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=7669a441-a71f-4232-b88d-df363721fa8d</t>
+  </si>
+  <si>
+    <t>2025-02-04T15:34:44-06:00</t>
+  </si>
+  <si>
+    <t>id-24.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-b0cc9927-c4d2-490f-a1d7-80badce637af</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=9f464369-acbd-4f40-8f41-9a5c7faccea1</t>
+  </si>
+  <si>
+    <t>2025-02-04T15:35:28-06:00</t>
+  </si>
+  <si>
+    <t>id-24.0.planning.documents.2</t>
+  </si>
+  <si>
+    <t>doc-2a5a99b7-2365-45b5-92f0-79432ff0cfb7</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=e22c6c79-850c-4106-a36b-559bc56737ba</t>
+  </si>
+  <si>
+    <t>COTIZACION PUBLIX</t>
+  </si>
+  <si>
+    <t>2025-02-04T15:36:01-06:00</t>
+  </si>
+  <si>
+    <t>id-24.0.planning.documents.3</t>
+  </si>
+  <si>
+    <t>doc-5ee4cc33-65e0-4708-be7a-ff95a3a0dcb5</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=75240d2c-05cf-47b3-9b31-a66897d3f432</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA O SERVICIO DAJP 052-2024</t>
+  </si>
+  <si>
+    <t>2025-02-04T15:37:00-06:00</t>
+  </si>
+  <si>
+    <t>id-25.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-90bfa247-e0de-44f4-89b8-0d827da5ebaa</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=df479ba7-d8be-4bf3-847e-218babc5e56b</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:53:27-06:00</t>
+  </si>
+  <si>
+    <t>id-25.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-92b18b09-9eda-4088-bc90-b0a608bcb906</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=afe4fb3f-96b7-4939-8f30-74dc428aeb12</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA O SERVICIO DCCTE 015-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:54:05-06:00</t>
+  </si>
+  <si>
+    <t>id-25.0.planning.documents.2</t>
+  </si>
+  <si>
+    <t>doc-35fc3216-7b55-4c66-97dd-2e03602a4648</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=caa2c752-3444-40cf-aada-07ea0f2cb3d6</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:55:24-06:00</t>
+  </si>
+  <si>
+    <t>id-25.0.planning.documents.3</t>
+  </si>
+  <si>
+    <t>doc-30145d2b-a538-4a56-8917-c207dbec2fa0</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=5e690b72-ca88-401c-90c1-c6570fde4ccb</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA O SERVICIO DCCTA 016-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T10:55:58-06:00</t>
+  </si>
+  <si>
+    <t>id-27.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-31500986-5359-4033-9d38-3738ccfff861</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=173e3f6e-0da2-4d06-8baf-1e2d3a885410</t>
+  </si>
+  <si>
+    <t>COTIZACION AMAZON</t>
+  </si>
+  <si>
+    <t>2025-02-05T02:04:43-06:00</t>
+  </si>
+  <si>
+    <t>id-27.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-11218fd4-4e24-417c-b93e-3d7ea2de5777</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=8ece580d-96e2-4109-9474-40d27bf49302</t>
+  </si>
+  <si>
+    <t>2025-02-05T02:05:25-06:00</t>
+  </si>
+  <si>
+    <t>id-27.0.planning.documents.2</t>
+  </si>
+  <si>
+    <t>doc-3e65bb3b-3369-4588-89a9-360b627f1a6c</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=cae8d0d2-124e-4f43-a534-1a6dfd34be68</t>
+  </si>
+  <si>
+    <t>2025-02-05T02:06:14-06:00</t>
+  </si>
+  <si>
+    <t>id-27.0.planning.documents.3</t>
+  </si>
+  <si>
+    <t>doc-829e49ee-68c5-4eb5-82d4-c7b86ed737c6</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=976e7e41-9210-4817-afae-d5116af96bce</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA O SERVICIO DAJP 039-2024</t>
+  </si>
+  <si>
+    <t>2025-02-05T02:06:56-06:00</t>
+  </si>
+  <si>
+    <t>id-30.0.planning.documents.0</t>
+  </si>
+  <si>
+    <t>doc-da565c60-d37a-4dd6-abf3-4358d2a472c2</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=8f464d52-9f8c-4cb6-889f-506ff25ba939</t>
+  </si>
+  <si>
+    <t>COTIZACIÓN GRUPO OPRIMAX</t>
+  </si>
+  <si>
+    <t>2025-02-04T15:46:41-06:00</t>
+  </si>
+  <si>
+    <t>id-30.0.planning.documents.1</t>
+  </si>
+  <si>
+    <t>doc-3cebc24d-4e64-4fec-a2c6-be8ac7fa52c1</t>
+  </si>
+  <si>
+    <t>https://potyucatan.transparenciayucatan.org.mx/Transparencia/DwnA.tr?id=0c00137e-9671-4e53-96db-150b50db1889</t>
+  </si>
+  <si>
+    <t>REQUISICIÓN DE COMPRA O SERVICIO DMIOTDP 005-2024</t>
+  </si>
+  <si>
+    <t>2025-02-04T15:49:06-06:00</t>
+  </si>
+  <si>
+    <t>id-0.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>MX-RFC-DAF_004</t>
+  </si>
+  <si>
+    <t>Dirección de Administración y Finanzas</t>
+  </si>
+  <si>
+    <t>id-1.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-2.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-3.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-4.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-5.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-6.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-7.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-8.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-9.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-10.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-12.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-13.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-14.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-15.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-16.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-19.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-21.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-22.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-23.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-24.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-25.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>Dirección de Capacitación, Cultura de la Transparencia y Archivos</t>
+  </si>
+  <si>
+    <t>id-27.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-30.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>Dirección de Medios de Impugnación</t>
+  </si>
+  <si>
+    <t>id-31.0.planning.requestingUnits.0</t>
+  </si>
+  <si>
+    <t>id-0.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-1.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-2.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-3.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-4.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-5.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-6.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-7.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-8.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-9.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-10.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-12.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-13.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-14.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-15.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-16.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-19.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-21.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-22.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-23.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-24.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-25.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-27.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-30.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-31.0.planning.contractingUnits.0</t>
+  </si>
+  <si>
+    <t>id-0.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-1.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-2.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-3.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-4.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-5.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-6.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-7.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-8.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-9.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-10.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-11.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-12.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-13.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-14.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-15.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-16.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-19.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-21.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-22.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-23.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-24.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-25.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-27.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-30.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-31.0.planning.responsibleUnits.0</t>
+  </si>
+  <si>
+    <t>id-0.0.planning.requestsForQuotes.0</t>
   </si>
   <si>
     <t>request-ef181754-1e51-4395-9869-38886a9d007d</t>
   </si>
   <si>
     <t>Servicio de mantenimiento preventivo a 37 equipos de aires acondicionados tipo mini split de diferentes capacidades y áreas incluye limpieza de evaporadores, condensadores, charolas de drenaje, revisión de conexiones eléctricas niveles de gas.</t>
   </si>
   <si>
     <t>2020-12-14T12:00:00-06:00</t>
   </si>
   <si>
     <t>2020-12-01T12:33:32-06:00</t>
   </si>
   <si>
-    <t>id-31.0.planning.requestsForQuotes.1</t>
+    <t>id-0.0.planning.requestsForQuotes.1</t>
   </si>
   <si>
     <t>request-5b0a71c6-01fe-4873-99b4-b4b6d2b6469c</t>
   </si>
   <si>
     <t>2020-12-01T12:00:00-06:00</t>
   </si>
   <si>
     <t>_link_planning_requestsForQuotes</t>
   </si>
   <si>
-    <t>id-31.0.planning.requestsForQuotes.0.items.0</t>
+    <t>id-0.0.planning.requestsForQuotes.0.items.0</t>
   </si>
   <si>
     <t>Mantenimiento y conservacion de mobiliario y equipo de administracion</t>
   </si>
   <si>
-    <t>id-31.0.planning.requestsForQuotes.1.items.0</t>
+    <t>id-0.0.planning.requestsForQuotes.1.items.0</t>
   </si>
   <si>
     <t>issuingSupplier_id</t>
   </si>
   <si>
     <t>issuingSupplier_name</t>
   </si>
   <si>
-    <t>id-31.0.planning.requestsForQuotes.0.quotes.0</t>
+    <t>id-0.0.planning.requestsForQuotes.0.quotes.0</t>
   </si>
   <si>
     <t>quote-00739665-6036-4c99-8778-b23e683c4c78</t>
   </si>
   <si>
     <t>_link_planning_requestsForQuotes_quotes</t>
   </si>
   <si>
-    <t>id-31.0.planning.requestsForQuotes.0.quotes.0.items.0</t>
-[...5 lines deleted...]
-    <t>id-31.0.planning.requestsForQuotes.1.invitedSuppliers.0</t>
+    <t>id-0.0.planning.requestsForQuotes.0.quotes.0.items.0</t>
+  </si>
+  <si>
+    <t>id-0.0.planning.requestsForQuotes.0.invitedSuppliers.0</t>
+  </si>
+  <si>
+    <t>id-0.0.planning.requestsForQuotes.1.invitedSuppliers.0</t>
   </si>
   <si>
     <t>origin</t>
   </si>
   <si>
     <t>fundType</t>
   </si>
   <si>
     <t>amount_amount</t>
   </si>
   <si>
     <t>amount_currency</t>
   </si>
   <si>
     <t>sourceParty_id</t>
   </si>
   <si>
     <t>sourceParty_name</t>
   </si>
   <si>
-    <t>id-31.0.planning.budget.budgetBreakdown.0</t>
+    <t>id-0.0.planning.budget.budgetBreakdown.0</t>
   </si>
   <si>
     <t>20204747.1.10101.08.0801.08.08.040470546074400113900035211101310</t>
   </si>
   <si>
     <t>Estatales</t>
   </si>
   <si>
     <t>Participaciones</t>
   </si>
   <si>
     <t>2020-12-31T00:00:00-06:00</t>
   </si>
   <si>
     <t>2020-11-25T00:00:00-06:00</t>
   </si>
   <si>
     <t>DIRECCIÓN DE ADMINISTRACIÓN Y FINANZAS</t>
   </si>
   <si>
     <t>_link_planning_budget_budgetBreakdown</t>
   </si>
   <si>
-    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0</t>
+    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0</t>
   </si>
   <si>
     <t>_link_planning_budget_budgetBreakdown_budgetLines</t>
   </si>
   <si>
     <t>code</t>
   </si>
   <si>
     <t>level</t>
   </si>
   <si>
-    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.0</t>
+    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.0</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>branch</t>
   </si>
   <si>
     <t>INSTITUTO ESTATAL DE TRANSPARENCIA, ACCESO A LA INFORMACIÓN PÚBLICA Y PROTECCIÓN DE DATOS PERSONALES</t>
   </si>
   <si>
-    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.1</t>
+    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.1</t>
   </si>
   <si>
     <t>47.2.1</t>
   </si>
   <si>
     <t>responsibleUnit</t>
   </si>
   <si>
     <t>OFICINA DE LA DIRECCIÓN GENERAL EJECUTIVA</t>
   </si>
   <si>
-    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.2</t>
+    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.2</t>
   </si>
   <si>
     <t>01</t>
   </si>
   <si>
     <t>finality</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
-    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.3</t>
+    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.3</t>
   </si>
   <si>
     <t>01.08.08</t>
   </si>
   <si>
     <t>function</t>
   </si>
   <si>
     <t>Otros Servicios Generales</t>
   </si>
   <si>
-    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.4</t>
+    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.4</t>
   </si>
   <si>
     <t>01.08.08.04</t>
   </si>
   <si>
     <t>subFunction</t>
   </si>
   <si>
     <t>Acceso a la Información Pública Gubernamental</t>
   </si>
   <si>
-    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.5</t>
+    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.5</t>
   </si>
   <si>
     <t>institutionalActivity</t>
   </si>
   <si>
-    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.6</t>
+    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.6</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>budgetProgram</t>
   </si>
   <si>
     <t>Administración de Recursos Materiales, Humanos y Financieros del INAIP</t>
   </si>
   <si>
-    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.7</t>
+    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.7</t>
   </si>
   <si>
     <t>0744</t>
   </si>
   <si>
     <t>strategicObjective</t>
   </si>
   <si>
     <t>Sin Objetivo</t>
   </si>
   <si>
-    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.8</t>
+    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.8</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>requestingUnit</t>
   </si>
   <si>
     <t>OFICINA DEL DIRECTOR DE ADMINISTRACIÓN</t>
   </si>
   <si>
-    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.9</t>
+    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.9</t>
   </si>
   <si>
     <t>13900</t>
   </si>
   <si>
     <t>specificActivity</t>
   </si>
   <si>
     <t>Administrar los recursos para el funcionamiento del INAIP</t>
   </si>
   <si>
-    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.10</t>
+    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.10</t>
   </si>
   <si>
     <t>3521</t>
   </si>
   <si>
     <t>spendingObject</t>
   </si>
   <si>
     <t>INSTALACIÓN, REPARACIÓN, MANTENIMIENTO Y CONSERVACIÓN DE MOBILIARIO Y EQUIPO DE ADMINISTRACIÓN</t>
   </si>
   <si>
-    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.11</t>
+    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.11</t>
   </si>
   <si>
     <t>spendingType</t>
   </si>
   <si>
     <t>Gasto Corriente</t>
   </si>
   <si>
-    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.12</t>
+    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.12</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>budgetSource</t>
   </si>
   <si>
     <t>INGRESOS FISCALES RECURSOS PROPIOS</t>
   </si>
   <si>
-    <t>id-31.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.13</t>
+    <t>id-0.0.planning.budget.budgetBreakdown.0.budgetLines.0.components.13</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>region</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -8490,9337 +8493,7906 @@
       <c r="G2" t="s">
         <v>43</v>
       </c>
       <c r="H2" t="s">
         <v>44</v>
       </c>
       <c r="I2" t="s">
         <v>45</v>
       </c>
       <c r="J2" t="s">
         <v>46</v>
       </c>
       <c r="K2" t="s">
         <v>47</v>
       </c>
       <c r="L2" t="s">
         <v>48</v>
       </c>
       <c r="M2" t="s">
         <v>49</v>
       </c>
       <c r="N2" t="s">
         <v>50</v>
       </c>
       <c r="O2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="P2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Q2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R2" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>216617.63</v>
+        <v>54</v>
+      </c>
+      <c r="S2" t="s">
+        <v>55</v>
       </c>
       <c r="T2" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>48</v>
+      </c>
+      <c r="U2" t="s">
+        <v>56</v>
+      </c>
+      <c r="V2">
+        <v>0</v>
       </c>
       <c r="W2" t="s">
+        <v>57</v>
+      </c>
+      <c r="X2" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y2">
+        <v>23606</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA2">
+        <v>23606</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>59</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>60</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>61</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>60</v>
+      </c>
+      <c r="AF2" t="s">
+        <v>61</v>
+      </c>
+      <c r="AG2" t="s">
         <v>44</v>
       </c>
-      <c r="X2" t="s">
+      <c r="AH2" t="s">
         <v>45</v>
       </c>
-      <c r="Y2" t="s">
-[...2 lines deleted...]
-      <c r="Z2" t="s">
+      <c r="AI2" t="s">
+        <v>62</v>
+      </c>
+      <c r="AJ2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="B3" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="C3" t="s">
         <v>39</v>
       </c>
       <c r="D3" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="E3" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="F3" t="s">
         <v>42</v>
       </c>
       <c r="G3" t="s">
         <v>43</v>
       </c>
       <c r="H3" t="s">
         <v>44</v>
       </c>
       <c r="I3" t="s">
         <v>45</v>
       </c>
       <c r="J3" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="K3" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="L3" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="M3" t="s">
         <v>49</v>
       </c>
-      <c r="N3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O3" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="P3" t="s">
-        <v>51</v>
+        <v>68</v>
       </c>
       <c r="Q3" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="R3" t="s">
         <v>53</v>
       </c>
-      <c r="S3">
-[...1 lines deleted...]
-      </c>
       <c r="T3" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="W3" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y3">
+        <v>216617.63</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA3">
+        <v>216617.63</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG3" t="s">
         <v>44</v>
       </c>
-      <c r="X3" t="s">
+      <c r="AH3" t="s">
         <v>45</v>
       </c>
-      <c r="Y3" t="s">
-[...15 lines deleted...]
-        <v>65</v>
+      <c r="AI3" t="s">
+        <v>53</v>
+      </c>
+      <c r="AJ3" t="s">
+        <v>68</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="B4" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E4" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="F4" t="s">
         <v>42</v>
       </c>
       <c r="G4" t="s">
         <v>43</v>
       </c>
       <c r="H4" t="s">
         <v>44</v>
       </c>
       <c r="I4" t="s">
         <v>45</v>
       </c>
       <c r="J4" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="K4" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="L4" t="s">
         <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>49</v>
       </c>
       <c r="N4" t="s">
         <v>50</v>
       </c>
       <c r="O4" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="P4" t="s">
-        <v>51</v>
+        <v>77</v>
       </c>
       <c r="Q4" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="R4" t="s">
         <v>53</v>
       </c>
-      <c r="S4">
-[...1 lines deleted...]
-      </c>
       <c r="T4" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W4" t="s">
+        <v>57</v>
+      </c>
+      <c r="X4" t="s">
+        <v>78</v>
+      </c>
+      <c r="Y4">
+        <v>14600</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA4">
+        <v>14600</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG4" t="s">
         <v>44</v>
       </c>
-      <c r="X4" t="s">
+      <c r="AH4" t="s">
         <v>45</v>
       </c>
-      <c r="Y4" t="s">
-[...18 lines deleted...]
-        <v>78</v>
+      <c r="AI4" t="s">
+        <v>53</v>
+      </c>
+      <c r="AJ4" t="s">
+        <v>79</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C5" t="s">
         <v>39</v>
       </c>
       <c r="D5" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E5" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="G5" t="s">
         <v>43</v>
       </c>
       <c r="H5" t="s">
         <v>44</v>
       </c>
       <c r="I5" t="s">
         <v>45</v>
       </c>
       <c r="J5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K5" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="L5" t="s">
-        <v>85</v>
+        <v>48</v>
       </c>
       <c r="M5" t="s">
         <v>49</v>
       </c>
       <c r="N5" t="s">
         <v>50</v>
       </c>
       <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>53</v>
+      </c>
+      <c r="S5" t="s">
+        <v>55</v>
+      </c>
+      <c r="T5" t="s">
+        <v>48</v>
+      </c>
+      <c r="V5">
+        <v>0</v>
+      </c>
+      <c r="W5" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y5">
+        <v>82000</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA5">
+        <v>82000</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>44</v>
+      </c>
+      <c r="AH5" t="s">
+        <v>45</v>
+      </c>
+      <c r="AI5" t="s">
+        <v>53</v>
+      </c>
+      <c r="AJ5" t="s">
+        <v>85</v>
+      </c>
+      <c r="AK5" t="s">
         <v>86</v>
-      </c>
-[...37 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B6" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C6" t="s">
         <v>39</v>
       </c>
       <c r="D6" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E6" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F6" t="s">
         <v>42</v>
       </c>
       <c r="G6" t="s">
         <v>43</v>
       </c>
       <c r="H6" t="s">
         <v>44</v>
       </c>
       <c r="I6" t="s">
         <v>45</v>
       </c>
       <c r="J6" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="K6" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="L6" t="s">
-        <v>85</v>
+        <v>48</v>
       </c>
       <c r="M6" t="s">
         <v>49</v>
       </c>
       <c r="N6" t="s">
         <v>50</v>
       </c>
       <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>92</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>53</v>
+      </c>
+      <c r="S6" t="s">
+        <v>93</v>
+      </c>
+      <c r="T6" t="s">
+        <v>48</v>
+      </c>
+      <c r="W6" t="s">
+        <v>57</v>
+      </c>
+      <c r="X6" t="s">
         <v>94</v>
       </c>
-      <c r="P6" t="s">
-[...5 lines deleted...]
-      <c r="R6" t="s">
+      <c r="Y6">
+        <v>271754</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA6">
+        <v>271754</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>44</v>
+      </c>
+      <c r="AH6" t="s">
+        <v>45</v>
+      </c>
+      <c r="AI6" t="s">
         <v>53</v>
       </c>
-      <c r="S6">
-[...24 lines deleted...]
-        <v>63</v>
+      <c r="AJ6" t="s">
+        <v>92</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>95</v>
       </c>
       <c r="B7" t="s">
         <v>96</v>
       </c>
       <c r="C7" t="s">
         <v>39</v>
       </c>
       <c r="D7" t="s">
         <v>97</v>
       </c>
       <c r="E7" t="s">
         <v>98</v>
       </c>
       <c r="F7" t="s">
         <v>42</v>
       </c>
       <c r="G7" t="s">
         <v>43</v>
       </c>
       <c r="H7" t="s">
         <v>44</v>
       </c>
       <c r="I7" t="s">
         <v>45</v>
       </c>
       <c r="J7" t="s">
         <v>99</v>
       </c>
       <c r="K7" t="s">
         <v>100</v>
       </c>
       <c r="L7" t="s">
-        <v>85</v>
+        <v>48</v>
       </c>
       <c r="M7" t="s">
         <v>49</v>
       </c>
       <c r="N7" t="s">
         <v>50</v>
       </c>
       <c r="O7" t="s">
+        <v>51</v>
+      </c>
+      <c r="P7" t="s">
         <v>100</v>
       </c>
-      <c r="P7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q7" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="R7" t="s">
         <v>53</v>
       </c>
-      <c r="S7">
-[...1 lines deleted...]
-      </c>
       <c r="T7" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W7" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y7">
+        <v>13989.6</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA7">
+        <v>13989.6</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG7" t="s">
         <v>44</v>
       </c>
-      <c r="X7" t="s">
+      <c r="AH7" t="s">
         <v>45</v>
       </c>
-      <c r="Y7" t="s">
-[...6 lines deleted...]
-        <v>63</v>
+      <c r="AI7" t="s">
+        <v>53</v>
+      </c>
+      <c r="AJ7" t="s">
+        <v>100</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>101</v>
+      </c>
+      <c r="B8" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="C8" t="s">
         <v>39</v>
       </c>
       <c r="D8" t="s">
+        <v>103</v>
+      </c>
+      <c r="E8" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="F8" t="s">
         <v>42</v>
       </c>
       <c r="G8" t="s">
         <v>43</v>
       </c>
       <c r="H8" t="s">
         <v>44</v>
       </c>
       <c r="I8" t="s">
         <v>45</v>
       </c>
       <c r="J8" t="s">
+        <v>105</v>
+      </c>
+      <c r="K8" t="s">
         <v>106</v>
       </c>
-      <c r="K8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L8" t="s">
-        <v>85</v>
+        <v>48</v>
       </c>
       <c r="M8" t="s">
         <v>49</v>
       </c>
       <c r="N8" t="s">
         <v>50</v>
       </c>
       <c r="O8" t="s">
+        <v>51</v>
+      </c>
+      <c r="P8" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>53</v>
+      </c>
+      <c r="T8" t="s">
+        <v>48</v>
+      </c>
+      <c r="W8" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y8">
+        <v>23548</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA8">
+        <v>23548</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG8" t="s">
+        <v>44</v>
+      </c>
+      <c r="AH8" t="s">
+        <v>45</v>
+      </c>
+      <c r="AI8" t="s">
+        <v>53</v>
+      </c>
+      <c r="AJ8" t="s">
         <v>107</v>
-      </c>
-[...43 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>108</v>
+      </c>
+      <c r="B9" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="C9" t="s">
         <v>39</v>
       </c>
       <c r="D9" t="s">
+        <v>110</v>
+      </c>
+      <c r="E9" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="F9" t="s">
         <v>42</v>
       </c>
       <c r="G9" t="s">
         <v>43</v>
       </c>
       <c r="H9" t="s">
         <v>44</v>
       </c>
       <c r="I9" t="s">
         <v>45</v>
       </c>
       <c r="J9" t="s">
+        <v>112</v>
+      </c>
+      <c r="K9" t="s">
         <v>113</v>
       </c>
-      <c r="K9" t="s">
+      <c r="L9" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="M9" t="s">
         <v>49</v>
       </c>
       <c r="N9" t="s">
         <v>50</v>
       </c>
       <c r="O9" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="P9" t="s">
-        <v>51</v>
+        <v>113</v>
       </c>
       <c r="Q9" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="R9" t="s">
         <v>53</v>
       </c>
-      <c r="S9">
+      <c r="S9" t="s">
+        <v>55</v>
+      </c>
+      <c r="T9" t="s">
+        <v>70</v>
+      </c>
+      <c r="U9" t="s">
+        <v>56</v>
+      </c>
+      <c r="W9" t="s">
+        <v>57</v>
+      </c>
+      <c r="X9" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y9">
         <v>9805.48</v>
       </c>
-      <c r="T9" t="s">
-[...2 lines deleted...]
-      <c r="U9">
+      <c r="Z9" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA9">
         <v>9805.48</v>
       </c>
-      <c r="V9" t="s">
-[...2 lines deleted...]
-      <c r="W9" t="s">
+      <c r="AB9" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG9" t="s">
         <v>44</v>
       </c>
-      <c r="X9" t="s">
+      <c r="AH9" t="s">
         <v>45</v>
       </c>
-      <c r="Y9" t="s">
+      <c r="AI9" t="s">
         <v>62</v>
       </c>
-      <c r="Z9" t="s">
-[...12 lines deleted...]
-        <v>116</v>
+      <c r="AJ9" t="s">
+        <v>113</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B10" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C10" t="s">
         <v>39</v>
       </c>
       <c r="D10" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="E10" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="F10" t="s">
         <v>42</v>
       </c>
       <c r="G10" t="s">
         <v>43</v>
       </c>
       <c r="H10" t="s">
         <v>44</v>
       </c>
       <c r="I10" t="s">
         <v>45</v>
       </c>
       <c r="J10" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="K10" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="L10" t="s">
-        <v>85</v>
+        <v>114</v>
       </c>
       <c r="M10" t="s">
         <v>49</v>
       </c>
       <c r="N10" t="s">
         <v>50</v>
       </c>
       <c r="O10" t="s">
-        <v>122</v>
+        <v>51</v>
       </c>
       <c r="P10" t="s">
-        <v>51</v>
+        <v>121</v>
       </c>
       <c r="Q10" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="R10" t="s">
         <v>53</v>
       </c>
-      <c r="S10">
-[...1 lines deleted...]
-      </c>
       <c r="T10" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="W10" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y10">
+        <v>11388.88</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA10">
+        <v>11388.88</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG10" t="s">
         <v>44</v>
       </c>
-      <c r="X10" t="s">
+      <c r="AH10" t="s">
         <v>45</v>
       </c>
-      <c r="Y10" t="s">
-[...12 lines deleted...]
-        <v>115</v>
+      <c r="AI10" t="s">
+        <v>53</v>
+      </c>
+      <c r="AJ10" t="s">
+        <v>120</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>122</v>
+      </c>
+      <c r="B11" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="C11" t="s">
         <v>39</v>
       </c>
       <c r="D11" t="s">
+        <v>124</v>
+      </c>
+      <c r="E11" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="F11" t="s">
         <v>42</v>
       </c>
       <c r="G11" t="s">
         <v>43</v>
       </c>
       <c r="H11" t="s">
         <v>44</v>
       </c>
       <c r="I11" t="s">
         <v>45</v>
       </c>
       <c r="J11" t="s">
+        <v>126</v>
+      </c>
+      <c r="K11" t="s">
         <v>127</v>
       </c>
-      <c r="K11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L11" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="M11" t="s">
         <v>49</v>
       </c>
       <c r="N11" t="s">
         <v>50</v>
       </c>
       <c r="O11" t="s">
+        <v>51</v>
+      </c>
+      <c r="P11" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>53</v>
+      </c>
+      <c r="S11" t="s">
+        <v>55</v>
+      </c>
+      <c r="T11" t="s">
+        <v>70</v>
+      </c>
+      <c r="W11" t="s">
+        <v>57</v>
+      </c>
+      <c r="X11" t="s">
         <v>129</v>
       </c>
-      <c r="P11" t="s">
-[...20 lines deleted...]
-      <c r="W11" t="s">
+      <c r="Y11">
+        <v>122777</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA11">
+        <v>122777</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG11" t="s">
         <v>44</v>
       </c>
-      <c r="X11" t="s">
+      <c r="AH11" t="s">
         <v>45</v>
       </c>
-      <c r="Y11" t="s">
-[...6 lines deleted...]
-        <v>63</v>
+      <c r="AI11" t="s">
+        <v>62</v>
+      </c>
+      <c r="AJ11" t="s">
+        <v>127</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>130</v>
       </c>
       <c r="B12" t="s">
         <v>131</v>
       </c>
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12" t="s">
         <v>132</v>
       </c>
       <c r="E12" t="s">
         <v>133</v>
       </c>
       <c r="F12" t="s">
         <v>42</v>
       </c>
       <c r="G12" t="s">
         <v>43</v>
       </c>
       <c r="H12" t="s">
         <v>44</v>
       </c>
       <c r="I12" t="s">
         <v>45</v>
       </c>
       <c r="J12" t="s">
         <v>134</v>
       </c>
       <c r="K12" t="s">
         <v>135</v>
       </c>
       <c r="L12" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="M12" t="s">
         <v>49</v>
       </c>
       <c r="N12" t="s">
-        <v>50</v>
+        <v>136</v>
       </c>
       <c r="O12" t="s">
+        <v>51</v>
+      </c>
+      <c r="P12" t="s">
         <v>135</v>
       </c>
-      <c r="P12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q12" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="R12" t="s">
         <v>53</v>
       </c>
-      <c r="S12">
-[...1 lines deleted...]
-      </c>
       <c r="T12" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="W12" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y12">
+        <v>350433.54</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA12">
+        <v>350433.54</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG12" t="s">
         <v>44</v>
       </c>
-      <c r="X12" t="s">
+      <c r="AH12" t="s">
         <v>45</v>
       </c>
-      <c r="Y12" t="s">
-[...11 lines deleted...]
-      <c r="AD12" t="s">
+      <c r="AI12" t="s">
+        <v>53</v>
+      </c>
+      <c r="AJ12" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>138</v>
       </c>
       <c r="B13" t="s">
         <v>139</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
       <c r="D13" t="s">
         <v>140</v>
       </c>
       <c r="E13" t="s">
         <v>141</v>
       </c>
       <c r="F13" t="s">
         <v>42</v>
       </c>
       <c r="G13" t="s">
         <v>43</v>
       </c>
       <c r="H13" t="s">
         <v>44</v>
       </c>
       <c r="I13" t="s">
         <v>45</v>
       </c>
       <c r="J13" t="s">
         <v>142</v>
       </c>
       <c r="K13" t="s">
         <v>143</v>
       </c>
       <c r="L13" t="s">
         <v>48</v>
       </c>
       <c r="M13" t="s">
         <v>49</v>
       </c>
       <c r="N13" t="s">
-        <v>50</v>
+        <v>144</v>
       </c>
       <c r="O13" t="s">
-        <v>144</v>
+        <v>51</v>
       </c>
       <c r="P13" t="s">
-        <v>51</v>
+        <v>145</v>
       </c>
       <c r="Q13" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="R13" t="s">
         <v>53</v>
       </c>
-      <c r="S13">
-        <v>80883.56</v>
+      <c r="S13" t="s">
+        <v>93</v>
       </c>
       <c r="T13" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W13" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y13">
+        <v>67188</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA13">
+        <v>67188</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG13" t="s">
         <v>44</v>
       </c>
-      <c r="X13" t="s">
+      <c r="AH13" t="s">
         <v>45</v>
       </c>
-      <c r="Y13" t="s">
-[...3 lines deleted...]
-        <v>145</v>
+      <c r="AI13" t="s">
+        <v>53</v>
+      </c>
+      <c r="AJ13" t="s">
+        <v>146</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B14" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C14" t="s">
         <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E14" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F14" t="s">
         <v>42</v>
       </c>
       <c r="G14" t="s">
         <v>43</v>
       </c>
       <c r="H14" t="s">
         <v>44</v>
       </c>
       <c r="I14" t="s">
         <v>45</v>
       </c>
       <c r="J14" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="K14" t="s">
-        <v>71</v>
+        <v>152</v>
       </c>
       <c r="L14" t="s">
-        <v>48</v>
+        <v>114</v>
       </c>
       <c r="M14" t="s">
         <v>49</v>
       </c>
       <c r="N14" t="s">
-        <v>50</v>
+        <v>153</v>
       </c>
       <c r="O14" t="s">
-        <v>71</v>
+        <v>51</v>
       </c>
       <c r="P14" t="s">
-        <v>51</v>
+        <v>152</v>
       </c>
       <c r="Q14" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="R14" t="s">
         <v>53</v>
       </c>
-      <c r="S14">
-        <v>350433.54</v>
+      <c r="S14" t="s">
+        <v>93</v>
       </c>
       <c r="T14" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="W14" t="s">
+        <v>57</v>
+      </c>
+      <c r="X14" t="s">
+        <v>154</v>
+      </c>
+      <c r="Y14">
+        <v>230869.65</v>
+      </c>
+      <c r="Z14" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA14">
+        <v>230869.65</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG14" t="s">
         <v>44</v>
       </c>
-      <c r="X14" t="s">
+      <c r="AH14" t="s">
         <v>45</v>
       </c>
-      <c r="Y14" t="s">
-[...6 lines deleted...]
-        <v>151</v>
+      <c r="AI14" t="s">
+        <v>53</v>
+      </c>
+      <c r="AJ14" t="s">
+        <v>152</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B15" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="E15" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="F15" t="s">
         <v>42</v>
       </c>
       <c r="G15" t="s">
         <v>43</v>
       </c>
       <c r="H15" t="s">
         <v>44</v>
       </c>
       <c r="I15" t="s">
         <v>45</v>
       </c>
       <c r="J15" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="K15" t="s">
-        <v>157</v>
+        <v>143</v>
       </c>
       <c r="L15" t="s">
-        <v>85</v>
+        <v>48</v>
       </c>
       <c r="M15" t="s">
         <v>49</v>
       </c>
       <c r="N15" t="s">
-        <v>50</v>
+        <v>160</v>
       </c>
       <c r="O15" t="s">
-        <v>158</v>
+        <v>51</v>
       </c>
       <c r="P15" t="s">
-        <v>51</v>
+        <v>145</v>
       </c>
       <c r="Q15" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="R15" t="s">
         <v>53</v>
       </c>
-      <c r="S15">
-        <v>67188</v>
+      <c r="S15" t="s">
+        <v>93</v>
       </c>
       <c r="T15" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W15" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y15">
+        <v>133439</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA15">
+        <v>133439</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG15" t="s">
         <v>44</v>
       </c>
-      <c r="X15" t="s">
+      <c r="AH15" t="s">
         <v>45</v>
       </c>
-      <c r="Y15" t="s">
-[...9 lines deleted...]
-        <v>75</v>
+      <c r="AI15" t="s">
+        <v>53</v>
+      </c>
+      <c r="AJ15" t="s">
+        <v>146</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>161</v>
       </c>
       <c r="B16" t="s">
         <v>162</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16" t="s">
         <v>163</v>
       </c>
       <c r="E16" t="s">
         <v>164</v>
       </c>
       <c r="F16" t="s">
         <v>42</v>
       </c>
       <c r="G16" t="s">
         <v>43</v>
       </c>
       <c r="H16" t="s">
         <v>44</v>
       </c>
       <c r="I16" t="s">
         <v>45</v>
       </c>
       <c r="J16" t="s">
         <v>165</v>
       </c>
       <c r="K16" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
       <c r="L16" t="s">
-        <v>85</v>
+        <v>69</v>
       </c>
       <c r="M16" t="s">
         <v>49</v>
       </c>
-      <c r="N16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O16" t="s">
-        <v>158</v>
+        <v>51</v>
       </c>
       <c r="P16" t="s">
-        <v>51</v>
+        <v>167</v>
       </c>
       <c r="Q16" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="R16" t="s">
         <v>53</v>
       </c>
-      <c r="S16">
-[...1 lines deleted...]
-      </c>
       <c r="T16" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="W16" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y16">
+        <v>80883.56</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA16">
+        <v>80883.56</v>
+      </c>
+      <c r="AB16" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG16" t="s">
         <v>44</v>
       </c>
-      <c r="X16" t="s">
+      <c r="AH16" t="s">
         <v>45</v>
       </c>
-      <c r="Y16" t="s">
-[...9 lines deleted...]
-        <v>75</v>
+      <c r="AI16" t="s">
+        <v>53</v>
+      </c>
+      <c r="AJ16" t="s">
+        <v>168</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B17" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C17" t="s">
         <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E17" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="F17" t="s">
         <v>42</v>
       </c>
       <c r="G17" t="s">
         <v>43</v>
       </c>
       <c r="H17" t="s">
         <v>44</v>
       </c>
       <c r="I17" t="s">
         <v>45</v>
       </c>
       <c r="J17" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="K17" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="L17" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="M17" t="s">
         <v>49</v>
       </c>
       <c r="N17" t="s">
-        <v>50</v>
+        <v>175</v>
       </c>
       <c r="O17" t="s">
-        <v>173</v>
+        <v>51</v>
       </c>
       <c r="P17" t="s">
-        <v>51</v>
+        <v>174</v>
       </c>
       <c r="Q17" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="R17" t="s">
         <v>53</v>
       </c>
-      <c r="S17">
-        <v>20686.97</v>
+      <c r="S17" t="s">
+        <v>55</v>
       </c>
       <c r="T17" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W17" t="s">
+        <v>57</v>
+      </c>
+      <c r="X17" t="s">
+        <v>176</v>
+      </c>
+      <c r="Y17">
+        <v>90102.12</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA17">
+        <v>90102.12</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>59</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>177</v>
+      </c>
+      <c r="AD17" t="s">
+        <v>178</v>
+      </c>
+      <c r="AG17" t="s">
         <v>44</v>
       </c>
-      <c r="X17" t="s">
+      <c r="AH17" t="s">
         <v>45</v>
       </c>
-      <c r="Y17" t="s">
-[...2 lines deleted...]
-      <c r="Z17" t="s">
+      <c r="AI17" t="s">
+        <v>53</v>
+      </c>
+      <c r="AJ17" t="s">
         <v>174</v>
-      </c>
-[...16 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B18" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C18" t="s">
         <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E18" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F18" t="s">
         <v>42</v>
       </c>
       <c r="G18" t="s">
         <v>43</v>
       </c>
       <c r="H18" t="s">
         <v>44</v>
       </c>
       <c r="I18" t="s">
         <v>45</v>
       </c>
       <c r="J18" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="K18" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="L18" t="s">
-        <v>85</v>
+        <v>48</v>
       </c>
       <c r="M18" t="s">
         <v>49</v>
       </c>
       <c r="N18" t="s">
-        <v>50</v>
+        <v>175</v>
       </c>
       <c r="O18" t="s">
-        <v>184</v>
+        <v>51</v>
       </c>
       <c r="P18" t="s">
-        <v>51</v>
+        <v>185</v>
       </c>
       <c r="Q18" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="R18" t="s">
         <v>53</v>
       </c>
-      <c r="S18">
-        <v>38472.56</v>
+      <c r="S18" t="s">
+        <v>55</v>
       </c>
       <c r="T18" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W18" t="s">
+        <v>57</v>
+      </c>
+      <c r="X18" t="s">
+        <v>175</v>
+      </c>
+      <c r="Y18">
+        <v>38048</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA18">
+        <v>38048</v>
+      </c>
+      <c r="AB18" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG18" t="s">
         <v>44</v>
       </c>
-      <c r="X18" t="s">
+      <c r="AH18" t="s">
         <v>45</v>
       </c>
-      <c r="Y18" t="s">
-[...8 lines deleted...]
-      <c r="AD18" t="s">
+      <c r="AI18" t="s">
+        <v>62</v>
+      </c>
+      <c r="AJ18" t="s">
         <v>185</v>
       </c>
-      <c r="AH18" t="s">
-        <v>185</v>
+      <c r="AK18" t="s">
+        <v>186</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B19" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C19" t="s">
         <v>39</v>
       </c>
       <c r="D19" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E19" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F19" t="s">
         <v>42</v>
       </c>
       <c r="G19" t="s">
         <v>43</v>
       </c>
       <c r="H19" t="s">
         <v>44</v>
       </c>
       <c r="I19" t="s">
         <v>45</v>
       </c>
       <c r="J19" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="K19" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="L19" t="s">
-        <v>85</v>
+        <v>114</v>
       </c>
       <c r="M19" t="s">
         <v>49</v>
       </c>
       <c r="N19" t="s">
-        <v>50</v>
+        <v>193</v>
       </c>
       <c r="O19" t="s">
-        <v>192</v>
+        <v>51</v>
       </c>
       <c r="P19" t="s">
-        <v>51</v>
+        <v>194</v>
       </c>
       <c r="Q19" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="R19" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>38048</v>
+        <v>195</v>
+      </c>
+      <c r="S19" t="s">
+        <v>55</v>
       </c>
       <c r="T19" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>70</v>
+      </c>
+      <c r="U19" t="s">
+        <v>56</v>
       </c>
       <c r="W19" t="s">
+        <v>57</v>
+      </c>
+      <c r="X19" t="s">
+        <v>196</v>
+      </c>
+      <c r="Y19">
+        <v>20686.97</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA19">
+        <v>20686.97</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG19" t="s">
         <v>44</v>
       </c>
-      <c r="X19" t="s">
+      <c r="AH19" t="s">
         <v>45</v>
       </c>
-      <c r="Y19" t="s">
+      <c r="AI19" t="s">
         <v>62</v>
       </c>
-      <c r="Z19" t="s">
-[...12 lines deleted...]
-        <v>194</v>
+      <c r="AJ19" t="s">
+        <v>197</v>
+      </c>
+      <c r="AK19" t="s">
+        <v>196</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B20" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C20" t="s">
         <v>39</v>
       </c>
       <c r="D20" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="E20" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="F20" t="s">
         <v>42</v>
       </c>
       <c r="G20" t="s">
         <v>43</v>
       </c>
       <c r="H20" t="s">
         <v>44</v>
       </c>
       <c r="I20" t="s">
         <v>45</v>
       </c>
       <c r="J20" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="K20" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="L20" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="M20" t="s">
         <v>49</v>
       </c>
       <c r="N20" t="s">
         <v>50</v>
       </c>
       <c r="O20" t="s">
-        <v>200</v>
+        <v>51</v>
       </c>
       <c r="P20" t="s">
-        <v>51</v>
+        <v>204</v>
       </c>
       <c r="Q20" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="R20" t="s">
         <v>53</v>
       </c>
-      <c r="S20">
-        <v>16794.48</v>
+      <c r="S20" t="s">
+        <v>55</v>
       </c>
       <c r="T20" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W20" t="s">
+        <v>57</v>
+      </c>
+      <c r="X20" t="s">
+        <v>205</v>
+      </c>
+      <c r="Y20">
+        <v>19731.81</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA20">
+        <v>19731.81</v>
+      </c>
+      <c r="AB20" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG20" t="s">
         <v>44</v>
       </c>
-      <c r="X20" t="s">
+      <c r="AH20" t="s">
         <v>45</v>
       </c>
-      <c r="Y20" t="s">
+      <c r="AI20" t="s">
         <v>62</v>
       </c>
-      <c r="Z20" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="AJ20" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B21" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C21" t="s">
         <v>39</v>
       </c>
       <c r="D21" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="E21" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="F21" t="s">
         <v>42</v>
       </c>
       <c r="G21" t="s">
         <v>43</v>
       </c>
       <c r="H21" t="s">
         <v>44</v>
       </c>
       <c r="I21" t="s">
         <v>45</v>
       </c>
       <c r="J21" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="K21" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="L21" t="s">
-        <v>61</v>
+        <v>114</v>
       </c>
       <c r="M21" t="s">
         <v>49</v>
       </c>
       <c r="N21" t="s">
         <v>50</v>
       </c>
       <c r="O21" t="s">
-        <v>209</v>
+        <v>51</v>
       </c>
       <c r="P21" t="s">
-        <v>51</v>
+        <v>212</v>
       </c>
       <c r="Q21" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="R21" t="s">
         <v>53</v>
       </c>
-      <c r="S21">
+      <c r="S21" t="s">
+        <v>93</v>
+      </c>
+      <c r="T21" t="s">
+        <v>70</v>
+      </c>
+      <c r="V21">
+        <v>0</v>
+      </c>
+      <c r="W21" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y21">
         <v>13500</v>
       </c>
-      <c r="T21" t="s">
-[...2 lines deleted...]
-      <c r="U21">
+      <c r="Z21" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA21">
         <v>13500</v>
       </c>
-      <c r="V21" t="s">
-[...2 lines deleted...]
-      <c r="W21" t="s">
+      <c r="AB21" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG21" t="s">
         <v>44</v>
       </c>
-      <c r="X21" t="s">
+      <c r="AH21" t="s">
         <v>45</v>
       </c>
-      <c r="Y21" t="s">
-[...12 lines deleted...]
-        <v>0</v>
+      <c r="AI21" t="s">
+        <v>53</v>
+      </c>
+      <c r="AJ21" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B22" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C22" t="s">
         <v>39</v>
       </c>
       <c r="D22" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="E22" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="F22" t="s">
         <v>42</v>
       </c>
       <c r="G22" t="s">
         <v>43</v>
       </c>
       <c r="H22" t="s">
         <v>44</v>
       </c>
       <c r="I22" t="s">
         <v>45</v>
       </c>
       <c r="J22" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="K22" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="L22" t="s">
-        <v>48</v>
+        <v>114</v>
       </c>
       <c r="M22" t="s">
         <v>49</v>
       </c>
       <c r="N22" t="s">
         <v>50</v>
       </c>
       <c r="O22" t="s">
-        <v>216</v>
+        <v>51</v>
       </c>
       <c r="P22" t="s">
-        <v>51</v>
+        <v>218</v>
       </c>
       <c r="Q22" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="R22" t="s">
         <v>53</v>
       </c>
-      <c r="S22">
-        <v>122777</v>
+      <c r="S22" t="s">
+        <v>55</v>
       </c>
       <c r="T22" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>70</v>
+      </c>
+      <c r="V22">
+        <v>0</v>
       </c>
       <c r="W22" t="s">
+        <v>57</v>
+      </c>
+      <c r="X22" t="s">
+        <v>129</v>
+      </c>
+      <c r="Y22">
+        <v>21004.99</v>
+      </c>
+      <c r="Z22" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA22">
+        <v>21004.99</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG22" t="s">
         <v>44</v>
       </c>
-      <c r="X22" t="s">
+      <c r="AH22" t="s">
         <v>45</v>
       </c>
-      <c r="Y22" t="s">
+      <c r="AI22" t="s">
         <v>62</v>
       </c>
-      <c r="Z22" t="s">
-[...9 lines deleted...]
-        <v>65</v>
+      <c r="AJ22" t="s">
+        <v>218</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B23" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C23" t="s">
         <v>39</v>
       </c>
       <c r="D23" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E23" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="F23" t="s">
         <v>42</v>
       </c>
       <c r="G23" t="s">
         <v>43</v>
       </c>
       <c r="H23" t="s">
         <v>44</v>
       </c>
       <c r="I23" t="s">
         <v>45</v>
       </c>
       <c r="J23" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="K23" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="L23" t="s">
-        <v>85</v>
+        <v>114</v>
       </c>
       <c r="M23" t="s">
         <v>49</v>
       </c>
       <c r="N23" t="s">
-        <v>50</v>
+        <v>175</v>
       </c>
       <c r="O23" t="s">
-        <v>222</v>
+        <v>51</v>
       </c>
       <c r="P23" t="s">
-        <v>51</v>
+        <v>225</v>
       </c>
       <c r="Q23" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="R23" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>90102.12</v>
+        <v>195</v>
+      </c>
+      <c r="S23" t="s">
+        <v>55</v>
       </c>
       <c r="T23" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>70</v>
+      </c>
+      <c r="U23" t="s">
+        <v>56</v>
+      </c>
+      <c r="V23">
+        <v>0</v>
       </c>
       <c r="W23" t="s">
+        <v>57</v>
+      </c>
+      <c r="X23" t="s">
+        <v>196</v>
+      </c>
+      <c r="Y23">
+        <v>16332.8</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA23">
+        <v>16332.8</v>
+      </c>
+      <c r="AB23" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG23" t="s">
         <v>44</v>
       </c>
-      <c r="X23" t="s">
+      <c r="AH23" t="s">
         <v>45</v>
       </c>
-      <c r="Y23" t="s">
-[...14 lines deleted...]
-      <c r="AF23" t="s">
+      <c r="AI23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AJ23" t="s">
         <v>224</v>
       </c>
-      <c r="AG23" t="s">
-        <v>225</v>
+      <c r="AK23" t="s">
+        <v>196</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>226</v>
       </c>
       <c r="B24" t="s">
         <v>227</v>
       </c>
       <c r="C24" t="s">
         <v>39</v>
       </c>
       <c r="D24" t="s">
         <v>228</v>
       </c>
       <c r="E24" t="s">
         <v>229</v>
       </c>
       <c r="F24" t="s">
         <v>42</v>
       </c>
       <c r="G24" t="s">
         <v>43</v>
       </c>
       <c r="H24" t="s">
         <v>44</v>
       </c>
       <c r="I24" t="s">
         <v>45</v>
       </c>
       <c r="J24" t="s">
         <v>230</v>
       </c>
       <c r="K24" t="s">
         <v>231</v>
       </c>
       <c r="L24" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="M24" t="s">
         <v>49</v>
       </c>
       <c r="N24" t="s">
         <v>50</v>
       </c>
       <c r="O24" t="s">
+        <v>51</v>
+      </c>
+      <c r="P24" t="s">
         <v>232</v>
       </c>
-      <c r="P24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q24" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="R24" t="s">
         <v>53</v>
       </c>
-      <c r="S24">
-[...1 lines deleted...]
-      </c>
       <c r="T24" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="W24" t="s">
+        <v>57</v>
+      </c>
+      <c r="X24" t="s">
+        <v>233</v>
+      </c>
+      <c r="Y24">
+        <v>38472.56</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA24">
+        <v>38472.56</v>
+      </c>
+      <c r="AB24" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG24" t="s">
         <v>44</v>
       </c>
-      <c r="X24" t="s">
+      <c r="AH24" t="s">
         <v>45</v>
       </c>
-      <c r="Y24" t="s">
-[...2 lines deleted...]
-      <c r="Z24" t="s">
+      <c r="AI24" t="s">
+        <v>53</v>
+      </c>
+      <c r="AJ24" t="s">
         <v>231</v>
       </c>
-      <c r="AA24" t="s">
-[...18 lines deleted...]
-        <v>177</v>
+      <c r="AK24" t="s">
+        <v>233</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B25" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C25" t="s">
         <v>39</v>
       </c>
       <c r="D25" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E25" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F25" t="s">
         <v>42</v>
       </c>
       <c r="G25" t="s">
         <v>43</v>
       </c>
       <c r="H25" t="s">
         <v>44</v>
       </c>
       <c r="I25" t="s">
         <v>45</v>
       </c>
       <c r="J25" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="K25" t="s">
         <v>238</v>
       </c>
       <c r="L25" t="s">
-        <v>61</v>
+        <v>114</v>
       </c>
       <c r="M25" t="s">
         <v>49</v>
       </c>
       <c r="N25" t="s">
         <v>50</v>
       </c>
       <c r="O25" t="s">
-        <v>238</v>
+        <v>51</v>
       </c>
       <c r="P25" t="s">
-        <v>51</v>
+        <v>239</v>
       </c>
       <c r="Q25" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="R25" t="s">
         <v>53</v>
       </c>
-      <c r="S25">
-        <v>10517.72</v>
+      <c r="S25" t="s">
+        <v>55</v>
       </c>
       <c r="T25" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>70</v>
+      </c>
+      <c r="U25" t="s">
+        <v>56</v>
       </c>
       <c r="W25" t="s">
+        <v>57</v>
+      </c>
+      <c r="X25" t="s">
+        <v>129</v>
+      </c>
+      <c r="Y25">
+        <v>16794.48</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA25">
+        <v>16794.48</v>
+      </c>
+      <c r="AB25" t="s">
+        <v>59</v>
+      </c>
+      <c r="AE25" t="s">
+        <v>240</v>
+      </c>
+      <c r="AF25" t="s">
+        <v>241</v>
+      </c>
+      <c r="AG25" t="s">
         <v>44</v>
       </c>
-      <c r="X25" t="s">
+      <c r="AH25" t="s">
         <v>45</v>
       </c>
-      <c r="Y25" t="s">
+      <c r="AI25" t="s">
         <v>62</v>
       </c>
-      <c r="Z25" t="s">
-[...9 lines deleted...]
-        <v>0</v>
+      <c r="AJ25" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B26" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C26" t="s">
         <v>39</v>
       </c>
       <c r="D26" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="E26" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="F26" t="s">
         <v>42</v>
       </c>
       <c r="G26" t="s">
         <v>43</v>
       </c>
       <c r="H26" t="s">
         <v>44</v>
       </c>
       <c r="I26" t="s">
         <v>45</v>
       </c>
       <c r="J26" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="K26" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="L26" t="s">
-        <v>85</v>
+        <v>114</v>
       </c>
       <c r="M26" t="s">
         <v>49</v>
       </c>
       <c r="N26" t="s">
-        <v>50</v>
+        <v>175</v>
       </c>
       <c r="O26" t="s">
-        <v>245</v>
+        <v>51</v>
       </c>
       <c r="P26" t="s">
-        <v>51</v>
+        <v>247</v>
       </c>
       <c r="Q26" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="R26" t="s">
         <v>53</v>
       </c>
-      <c r="S26">
-        <v>19731.81</v>
+      <c r="S26" t="s">
+        <v>93</v>
       </c>
       <c r="T26" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>70</v>
+      </c>
+      <c r="V26">
+        <v>0</v>
       </c>
       <c r="W26" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y26">
+        <v>10517.72</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA26">
+        <v>10517.72</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG26" t="s">
         <v>44</v>
       </c>
-      <c r="X26" t="s">
+      <c r="AH26" t="s">
         <v>45</v>
       </c>
-      <c r="Y26" t="s">
+      <c r="AI26" t="s">
         <v>62</v>
       </c>
-      <c r="Z26" t="s">
-[...9 lines deleted...]
-        <v>246</v>
+      <c r="AJ26" t="s">
+        <v>247</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B27" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C27" t="s">
         <v>39</v>
       </c>
       <c r="D27" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E27" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F27" t="s">
         <v>42</v>
       </c>
       <c r="G27" t="s">
         <v>43</v>
       </c>
       <c r="H27" t="s">
         <v>44</v>
       </c>
       <c r="I27" t="s">
         <v>45</v>
       </c>
       <c r="J27" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K27" t="s">
-        <v>252</v>
+        <v>135</v>
       </c>
       <c r="L27" t="s">
-        <v>85</v>
+        <v>69</v>
       </c>
       <c r="M27" t="s">
         <v>49</v>
       </c>
       <c r="N27" t="s">
-        <v>50</v>
+        <v>253</v>
       </c>
       <c r="O27" t="s">
-        <v>253</v>
+        <v>51</v>
       </c>
       <c r="P27" t="s">
-        <v>51</v>
+        <v>254</v>
       </c>
       <c r="Q27" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="R27" t="s">
         <v>53</v>
       </c>
-      <c r="S27">
-        <v>23606</v>
+      <c r="S27" t="s">
+        <v>93</v>
       </c>
       <c r="T27" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>70</v>
+      </c>
+      <c r="U27" t="s">
+        <v>255</v>
       </c>
       <c r="W27" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y27">
+        <v>629932.56</v>
+      </c>
+      <c r="Z27" t="s">
+        <v>59</v>
+      </c>
+      <c r="AA27">
+        <v>629932.56</v>
+      </c>
+      <c r="AB27" t="s">
+        <v>59</v>
+      </c>
+      <c r="AC27" t="s">
+        <v>256</v>
+      </c>
+      <c r="AD27" t="s">
+        <v>257</v>
+      </c>
+      <c r="AG27" t="s">
         <v>44</v>
       </c>
-      <c r="X27" t="s">
+      <c r="AH27" t="s">
         <v>45</v>
       </c>
-      <c r="Y27" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="AI27" t="s">
-        <v>257</v>
+        <v>53</v>
       </c>
       <c r="AJ27" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>256</v>
+        <v>137</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:D27"/>
+  <dimension ref="A1:M55"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="C1" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="D1" s="1" t="s">
-        <v>370</v>
+      <c r="E1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>2042</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>2043</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>2044</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>2045</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>2046</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>265</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1766</v>
+        <v>2047</v>
       </c>
       <c r="B2" t="s">
+        <v>737</v>
+      </c>
+      <c r="C2" t="s">
         <v>37</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2049</v>
+      </c>
+      <c r="F2" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G2" t="s">
+        <v>391</v>
+      </c>
+      <c r="H2" t="s">
+        <v>392</v>
+      </c>
+      <c r="I2" t="s">
         <v>44</v>
       </c>
-      <c r="D2" t="s">
-        <v>528</v>
+      <c r="J2" t="s">
+        <v>45</v>
+      </c>
+      <c r="K2">
+        <v>23606</v>
+      </c>
+      <c r="L2" t="s">
+        <v>59</v>
+      </c>
+      <c r="M2">
+        <v>20350</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1767</v>
+        <v>2051</v>
       </c>
       <c r="B3" t="s">
-        <v>55</v>
+        <v>741</v>
       </c>
       <c r="C3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2052</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2053</v>
+      </c>
+      <c r="F3" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G3" t="s">
+        <v>376</v>
+      </c>
+      <c r="H3" t="s">
+        <v>377</v>
+      </c>
+      <c r="I3" t="s">
         <v>44</v>
       </c>
-      <c r="D3" t="s">
-        <v>487</v>
+      <c r="J3" t="s">
+        <v>45</v>
+      </c>
+      <c r="K3">
+        <v>18051.47</v>
+      </c>
+      <c r="L3" t="s">
+        <v>59</v>
+      </c>
+      <c r="M3">
+        <v>15561.61</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1768</v>
+        <v>2054</v>
       </c>
       <c r="B4" t="s">
-        <v>66</v>
+        <v>741</v>
       </c>
       <c r="C4" t="s">
+        <v>63</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2055</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2056</v>
+      </c>
+      <c r="F4" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G4" t="s">
+        <v>376</v>
+      </c>
+      <c r="H4" t="s">
+        <v>377</v>
+      </c>
+      <c r="I4" t="s">
         <v>44</v>
       </c>
-      <c r="D4" t="s">
-        <v>528</v>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4">
+        <v>18051.47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>59</v>
+      </c>
+      <c r="M4">
+        <v>15561.61</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1769</v>
+        <v>2057</v>
       </c>
       <c r="B5" t="s">
-        <v>79</v>
+        <v>741</v>
       </c>
       <c r="C5" t="s">
+        <v>63</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2058</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2059</v>
+      </c>
+      <c r="F5" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G5" t="s">
+        <v>376</v>
+      </c>
+      <c r="H5" t="s">
+        <v>377</v>
+      </c>
+      <c r="I5" t="s">
         <v>44</v>
       </c>
-      <c r="D5" t="s">
-        <v>528</v>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5">
+        <v>18051.47</v>
+      </c>
+      <c r="L5" t="s">
+        <v>59</v>
+      </c>
+      <c r="M5">
+        <v>15561.61</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1770</v>
+        <v>2060</v>
       </c>
       <c r="B6" t="s">
-        <v>89</v>
+        <v>741</v>
       </c>
       <c r="C6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2061</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2062</v>
+      </c>
+      <c r="F6" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G6" t="s">
+        <v>376</v>
+      </c>
+      <c r="H6" t="s">
+        <v>377</v>
+      </c>
+      <c r="I6" t="s">
         <v>44</v>
       </c>
-      <c r="D6" t="s">
-        <v>528</v>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6">
+        <v>18051.47</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6">
+        <v>15561.61</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1771</v>
+        <v>2063</v>
       </c>
       <c r="B7" t="s">
-        <v>95</v>
+        <v>741</v>
       </c>
       <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2064</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2065</v>
+      </c>
+      <c r="F7" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G7" t="s">
+        <v>376</v>
+      </c>
+      <c r="H7" t="s">
+        <v>377</v>
+      </c>
+      <c r="I7" t="s">
         <v>44</v>
       </c>
-      <c r="D7" t="s">
-        <v>528</v>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+      <c r="K7">
+        <v>18051.47</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7">
+        <v>15561.61</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1772</v>
+        <v>2066</v>
       </c>
       <c r="B8" t="s">
-        <v>102</v>
+        <v>741</v>
       </c>
       <c r="C8" t="s">
+        <v>63</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2067</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2068</v>
+      </c>
+      <c r="F8" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G8" t="s">
+        <v>376</v>
+      </c>
+      <c r="H8" t="s">
+        <v>377</v>
+      </c>
+      <c r="I8" t="s">
         <v>44</v>
       </c>
-      <c r="D8" t="s">
-        <v>528</v>
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+      <c r="K8">
+        <v>18051.47</v>
+      </c>
+      <c r="L8" t="s">
+        <v>59</v>
+      </c>
+      <c r="M8">
+        <v>15561.61</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1773</v>
+        <v>2069</v>
       </c>
       <c r="B9" t="s">
-        <v>109</v>
+        <v>744</v>
       </c>
       <c r="C9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2070</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2071</v>
+      </c>
+      <c r="F9" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G9" t="s">
+        <v>379</v>
+      </c>
+      <c r="H9" t="s">
+        <v>380</v>
+      </c>
+      <c r="I9" t="s">
         <v>44</v>
       </c>
-      <c r="D9" t="s">
-        <v>528</v>
+      <c r="J9" t="s">
+        <v>45</v>
+      </c>
+      <c r="K9">
+        <v>14600</v>
+      </c>
+      <c r="L9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M9">
+        <v>14600</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1774</v>
+        <v>2072</v>
       </c>
       <c r="B10" t="s">
-        <v>117</v>
+        <v>746</v>
       </c>
       <c r="C10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2073</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2074</v>
+      </c>
+      <c r="F10" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G10" t="s">
+        <v>382</v>
+      </c>
+      <c r="H10" t="s">
+        <v>383</v>
+      </c>
+      <c r="I10" t="s">
         <v>44</v>
       </c>
-      <c r="D10" t="s">
-        <v>528</v>
+      <c r="J10" t="s">
+        <v>45</v>
+      </c>
+      <c r="K10">
+        <v>12000</v>
+      </c>
+      <c r="L10" t="s">
+        <v>59</v>
+      </c>
+      <c r="M10">
+        <v>10344.83</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1775</v>
+        <v>2075</v>
       </c>
       <c r="B11" t="s">
-        <v>123</v>
+        <v>746</v>
       </c>
       <c r="C11" t="s">
+        <v>80</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2076</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2077</v>
+      </c>
+      <c r="F11" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G11" t="s">
+        <v>382</v>
+      </c>
+      <c r="H11" t="s">
+        <v>383</v>
+      </c>
+      <c r="I11" t="s">
         <v>44</v>
       </c>
-      <c r="D11" t="s">
-        <v>528</v>
+      <c r="J11" t="s">
+        <v>45</v>
+      </c>
+      <c r="K11">
+        <v>70000</v>
+      </c>
+      <c r="L11" t="s">
+        <v>59</v>
+      </c>
+      <c r="M11">
+        <v>60344.83</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1776</v>
+        <v>2078</v>
       </c>
       <c r="B12" t="s">
-        <v>130</v>
+        <v>749</v>
       </c>
       <c r="C12" t="s">
+        <v>87</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2079</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2080</v>
+      </c>
+      <c r="F12" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G12" t="s">
+        <v>385</v>
+      </c>
+      <c r="H12" t="s">
+        <v>386</v>
+      </c>
+      <c r="I12" t="s">
         <v>44</v>
       </c>
-      <c r="D12" t="s">
-        <v>528</v>
+      <c r="J12" t="s">
+        <v>45</v>
+      </c>
+      <c r="K12">
+        <v>271754</v>
+      </c>
+      <c r="L12" t="s">
+        <v>59</v>
+      </c>
+      <c r="M12">
+        <v>234270.69</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1777</v>
+        <v>2081</v>
       </c>
       <c r="B13" t="s">
-        <v>138</v>
+        <v>753</v>
       </c>
       <c r="C13" t="s">
+        <v>95</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2082</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2083</v>
+      </c>
+      <c r="F13" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G13" t="s">
+        <v>388</v>
+      </c>
+      <c r="H13" t="s">
+        <v>389</v>
+      </c>
+      <c r="I13" t="s">
         <v>44</v>
       </c>
-      <c r="D13" t="s">
-        <v>528</v>
+      <c r="J13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K13">
+        <v>13989.6</v>
+      </c>
+      <c r="L13" t="s">
+        <v>59</v>
+      </c>
+      <c r="M13">
+        <v>12060</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1778</v>
+        <v>2084</v>
       </c>
       <c r="B14" t="s">
-        <v>146</v>
+        <v>755</v>
       </c>
       <c r="C14" t="s">
+        <v>101</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2085</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2086</v>
+      </c>
+      <c r="F14" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G14" t="s">
+        <v>391</v>
+      </c>
+      <c r="H14" t="s">
+        <v>392</v>
+      </c>
+      <c r="I14" t="s">
         <v>44</v>
       </c>
-      <c r="D14" t="s">
-        <v>528</v>
+      <c r="J14" t="s">
+        <v>45</v>
+      </c>
+      <c r="K14">
+        <v>23548</v>
+      </c>
+      <c r="L14" t="s">
+        <v>59</v>
+      </c>
+      <c r="M14">
+        <v>20300</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1779</v>
+        <v>2087</v>
       </c>
       <c r="B15" t="s">
-        <v>152</v>
+        <v>757</v>
       </c>
       <c r="C15" t="s">
+        <v>108</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2088</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F15" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G15" t="s">
+        <v>394</v>
+      </c>
+      <c r="H15" t="s">
+        <v>395</v>
+      </c>
+      <c r="I15" t="s">
         <v>44</v>
       </c>
-      <c r="D15" t="s">
-        <v>528</v>
+      <c r="J15" t="s">
+        <v>45</v>
+      </c>
+      <c r="K15">
+        <v>9805.48</v>
+      </c>
+      <c r="L15" t="s">
+        <v>59</v>
+      </c>
+      <c r="M15">
+        <v>8453</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1780</v>
+        <v>2090</v>
       </c>
       <c r="B16" t="s">
-        <v>161</v>
+        <v>760</v>
       </c>
       <c r="C16" t="s">
+        <v>115</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2091</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2092</v>
+      </c>
+      <c r="F16" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G16" t="s">
+        <v>397</v>
+      </c>
+      <c r="H16" t="s">
+        <v>398</v>
+      </c>
+      <c r="I16" t="s">
         <v>44</v>
       </c>
-      <c r="D16" t="s">
-        <v>528</v>
+      <c r="J16" t="s">
+        <v>45</v>
+      </c>
+      <c r="K16">
+        <v>11388.88</v>
+      </c>
+      <c r="L16" t="s">
+        <v>59</v>
+      </c>
+      <c r="M16">
+        <v>9818</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1781</v>
+        <v>2093</v>
       </c>
       <c r="B17" t="s">
-        <v>167</v>
+        <v>763</v>
       </c>
       <c r="C17" t="s">
+        <v>122</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2094</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2095</v>
+      </c>
+      <c r="F17" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G17" t="s">
+        <v>400</v>
+      </c>
+      <c r="H17" t="s">
+        <v>401</v>
+      </c>
+      <c r="I17" t="s">
         <v>44</v>
       </c>
-      <c r="D17" t="s">
-        <v>487</v>
+      <c r="J17" t="s">
+        <v>45</v>
+      </c>
+      <c r="K17">
+        <v>122777</v>
+      </c>
+      <c r="L17" t="s">
+        <v>59</v>
+      </c>
+      <c r="M17">
+        <v>105842.24</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1782</v>
+        <v>2096</v>
       </c>
       <c r="B18" t="s">
-        <v>178</v>
+        <v>766</v>
       </c>
       <c r="C18" t="s">
+        <v>130</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2097</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2098</v>
+      </c>
+      <c r="F18" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G18" t="s">
+        <v>403</v>
+      </c>
+      <c r="H18" t="s">
+        <v>404</v>
+      </c>
+      <c r="I18" t="s">
         <v>44</v>
       </c>
-      <c r="D18" t="s">
-        <v>1783</v>
+      <c r="J18" t="s">
+        <v>45</v>
+      </c>
+      <c r="K18">
+        <v>47999.97</v>
+      </c>
+      <c r="L18" t="s">
+        <v>59</v>
+      </c>
+      <c r="M18">
+        <v>50349.65</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1784</v>
+        <v>2099</v>
       </c>
       <c r="B19" t="s">
-        <v>186</v>
+        <v>766</v>
       </c>
       <c r="C19" t="s">
+        <v>130</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2100</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2101</v>
+      </c>
+      <c r="F19" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G19" t="s">
+        <v>403</v>
+      </c>
+      <c r="H19" t="s">
+        <v>404</v>
+      </c>
+      <c r="I19" t="s">
         <v>44</v>
       </c>
-      <c r="D19" t="s">
-        <v>487</v>
+      <c r="J19" t="s">
+        <v>45</v>
+      </c>
+      <c r="K19">
+        <v>47999.97</v>
+      </c>
+      <c r="L19" t="s">
+        <v>59</v>
+      </c>
+      <c r="M19">
+        <v>50349.65</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1785</v>
+        <v>2102</v>
       </c>
       <c r="B20" t="s">
-        <v>195</v>
+        <v>766</v>
       </c>
       <c r="C20" t="s">
+        <v>130</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2103</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2104</v>
+      </c>
+      <c r="F20" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G20" t="s">
+        <v>403</v>
+      </c>
+      <c r="H20" t="s">
+        <v>404</v>
+      </c>
+      <c r="I20" t="s">
         <v>44</v>
       </c>
-      <c r="D20" t="s">
-        <v>487</v>
+      <c r="J20" t="s">
+        <v>45</v>
+      </c>
+      <c r="K20">
+        <v>47999.97</v>
+      </c>
+      <c r="L20" t="s">
+        <v>59</v>
+      </c>
+      <c r="M20">
+        <v>50349.65</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1786</v>
+        <v>2105</v>
       </c>
       <c r="B21" t="s">
-        <v>203</v>
+        <v>770</v>
       </c>
       <c r="C21" t="s">
+        <v>138</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2106</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2107</v>
+      </c>
+      <c r="F21" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G21" t="s">
+        <v>406</v>
+      </c>
+      <c r="H21" t="s">
+        <v>407</v>
+      </c>
+      <c r="I21" t="s">
         <v>44</v>
       </c>
-      <c r="D21" t="s">
-        <v>487</v>
+      <c r="J21" t="s">
+        <v>45</v>
+      </c>
+      <c r="K21">
+        <v>13296</v>
+      </c>
+      <c r="L21" t="s">
+        <v>59</v>
+      </c>
+      <c r="M21">
+        <v>11462.07</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1787</v>
+        <v>2108</v>
       </c>
       <c r="B22" t="s">
-        <v>210</v>
+        <v>772</v>
       </c>
       <c r="C22" t="s">
+        <v>147</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2109</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2110</v>
+      </c>
+      <c r="F22" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G22" t="s">
+        <v>409</v>
+      </c>
+      <c r="H22" t="s">
+        <v>410</v>
+      </c>
+      <c r="I22" t="s">
         <v>44</v>
       </c>
-      <c r="D22" t="s">
-        <v>487</v>
+      <c r="J22" t="s">
+        <v>45</v>
+      </c>
+      <c r="K22">
+        <v>16638.75</v>
+      </c>
+      <c r="L22" t="s">
+        <v>59</v>
+      </c>
+      <c r="M22">
+        <v>15561.61</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1788</v>
+        <v>2111</v>
       </c>
       <c r="B23" t="s">
-        <v>217</v>
+        <v>772</v>
       </c>
       <c r="C23" t="s">
+        <v>147</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2112</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2113</v>
+      </c>
+      <c r="F23" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G23" t="s">
+        <v>409</v>
+      </c>
+      <c r="H23" t="s">
+        <v>410</v>
+      </c>
+      <c r="I23" t="s">
         <v>44</v>
       </c>
-      <c r="D23" t="s">
-        <v>487</v>
+      <c r="J23" t="s">
+        <v>45</v>
+      </c>
+      <c r="K23">
+        <v>16638.76</v>
+      </c>
+      <c r="L23" t="s">
+        <v>59</v>
+      </c>
+      <c r="M23">
+        <v>15561.61</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1789</v>
+        <v>2114</v>
       </c>
       <c r="B24" t="s">
-        <v>226</v>
+        <v>772</v>
       </c>
       <c r="C24" t="s">
+        <v>147</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2115</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2116</v>
+      </c>
+      <c r="F24" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G24" t="s">
+        <v>409</v>
+      </c>
+      <c r="H24" t="s">
+        <v>410</v>
+      </c>
+      <c r="I24" t="s">
         <v>44</v>
       </c>
-      <c r="D24" t="s">
-        <v>487</v>
+      <c r="J24" t="s">
+        <v>45</v>
+      </c>
+      <c r="K24">
+        <v>16638.76</v>
+      </c>
+      <c r="L24" t="s">
+        <v>59</v>
+      </c>
+      <c r="M24">
+        <v>15561.61</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1790</v>
+        <v>2117</v>
       </c>
       <c r="B25" t="s">
-        <v>233</v>
+        <v>772</v>
       </c>
       <c r="C25" t="s">
+        <v>147</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2118</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2119</v>
+      </c>
+      <c r="F25" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G25" t="s">
+        <v>409</v>
+      </c>
+      <c r="H25" t="s">
+        <v>410</v>
+      </c>
+      <c r="I25" t="s">
         <v>44</v>
       </c>
-      <c r="D25" t="s">
-        <v>1791</v>
+      <c r="J25" t="s">
+        <v>45</v>
+      </c>
+      <c r="K25">
+        <v>17470.69</v>
+      </c>
+      <c r="L25" t="s">
+        <v>59</v>
+      </c>
+      <c r="M25">
+        <v>15561.61</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1792</v>
+        <v>2120</v>
       </c>
       <c r="B26" t="s">
-        <v>239</v>
+        <v>772</v>
       </c>
       <c r="C26" t="s">
+        <v>147</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2121</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2122</v>
+      </c>
+      <c r="F26" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G26" t="s">
+        <v>409</v>
+      </c>
+      <c r="H26" t="s">
+        <v>410</v>
+      </c>
+      <c r="I26" t="s">
         <v>44</v>
       </c>
-      <c r="D26" t="s">
-        <v>487</v>
+      <c r="J26" t="s">
+        <v>45</v>
+      </c>
+      <c r="K26">
+        <v>17470.69</v>
+      </c>
+      <c r="L26" t="s">
+        <v>59</v>
+      </c>
+      <c r="M26">
+        <v>15561.61</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1793</v>
+        <v>2123</v>
       </c>
       <c r="B27" t="s">
-        <v>247</v>
+        <v>772</v>
       </c>
       <c r="C27" t="s">
-        <v>1794</v>
+        <v>147</v>
       </c>
       <c r="D27" t="s">
-        <v>1795</v>
+        <v>2124</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2125</v>
+      </c>
+      <c r="F27" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G27" t="s">
+        <v>409</v>
+      </c>
+      <c r="H27" t="s">
+        <v>410</v>
+      </c>
+      <c r="I27" t="s">
+        <v>44</v>
+      </c>
+      <c r="J27" t="s">
+        <v>45</v>
+      </c>
+      <c r="K27">
+        <v>17470.69</v>
+      </c>
+      <c r="L27" t="s">
+        <v>59</v>
+      </c>
+      <c r="M27">
+        <v>15561.61</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2126</v>
+      </c>
+      <c r="B28" t="s">
+        <v>774</v>
+      </c>
+      <c r="C28" t="s">
+        <v>155</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2127</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2128</v>
+      </c>
+      <c r="F28" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G28" t="s">
+        <v>406</v>
+      </c>
+      <c r="H28" t="s">
+        <v>407</v>
+      </c>
+      <c r="I28" t="s">
+        <v>44</v>
+      </c>
+      <c r="J28" t="s">
+        <v>45</v>
+      </c>
+      <c r="K28">
+        <v>11639</v>
+      </c>
+      <c r="L28" t="s">
+        <v>59</v>
+      </c>
+      <c r="M28">
+        <v>10033.62</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>2129</v>
+      </c>
+      <c r="B29" t="s">
+        <v>774</v>
+      </c>
+      <c r="C29" t="s">
+        <v>155</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2130</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2131</v>
+      </c>
+      <c r="F29" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G29" t="s">
+        <v>406</v>
+      </c>
+      <c r="H29" t="s">
+        <v>407</v>
+      </c>
+      <c r="I29" t="s">
+        <v>44</v>
+      </c>
+      <c r="J29" t="s">
+        <v>45</v>
+      </c>
+      <c r="K29">
+        <v>15594</v>
+      </c>
+      <c r="L29" t="s">
+        <v>59</v>
+      </c>
+      <c r="M29">
+        <v>13443.1</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>2132</v>
+      </c>
+      <c r="B30" t="s">
+        <v>774</v>
+      </c>
+      <c r="C30" t="s">
+        <v>155</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2133</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2134</v>
+      </c>
+      <c r="F30" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G30" t="s">
+        <v>406</v>
+      </c>
+      <c r="H30" t="s">
+        <v>407</v>
+      </c>
+      <c r="I30" t="s">
+        <v>44</v>
+      </c>
+      <c r="J30" t="s">
+        <v>45</v>
+      </c>
+      <c r="K30">
+        <v>22856</v>
+      </c>
+      <c r="L30" t="s">
+        <v>59</v>
+      </c>
+      <c r="M30">
+        <v>19703.45</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2135</v>
+      </c>
+      <c r="B31" t="s">
+        <v>774</v>
+      </c>
+      <c r="C31" t="s">
+        <v>155</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2136</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2137</v>
+      </c>
+      <c r="F31" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G31" t="s">
+        <v>406</v>
+      </c>
+      <c r="H31" t="s">
+        <v>407</v>
+      </c>
+      <c r="I31" t="s">
+        <v>44</v>
+      </c>
+      <c r="J31" t="s">
+        <v>45</v>
+      </c>
+      <c r="K31">
+        <v>14504</v>
+      </c>
+      <c r="L31" t="s">
+        <v>59</v>
+      </c>
+      <c r="M31">
+        <v>12503.45</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>2138</v>
+      </c>
+      <c r="B32" t="s">
+        <v>774</v>
+      </c>
+      <c r="C32" t="s">
+        <v>155</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2139</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2140</v>
+      </c>
+      <c r="F32" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G32" t="s">
+        <v>406</v>
+      </c>
+      <c r="H32" t="s">
+        <v>407</v>
+      </c>
+      <c r="I32" t="s">
+        <v>44</v>
+      </c>
+      <c r="J32" t="s">
+        <v>45</v>
+      </c>
+      <c r="K32">
+        <v>13425</v>
+      </c>
+      <c r="L32" t="s">
+        <v>59</v>
+      </c>
+      <c r="M32">
+        <v>11573.28</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>2141</v>
+      </c>
+      <c r="B33" t="s">
+        <v>774</v>
+      </c>
+      <c r="C33" t="s">
+        <v>155</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2142</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2143</v>
+      </c>
+      <c r="F33" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G33" t="s">
+        <v>406</v>
+      </c>
+      <c r="H33" t="s">
+        <v>407</v>
+      </c>
+      <c r="I33" t="s">
+        <v>44</v>
+      </c>
+      <c r="J33" t="s">
+        <v>45</v>
+      </c>
+      <c r="K33">
+        <v>15694</v>
+      </c>
+      <c r="L33" t="s">
+        <v>59</v>
+      </c>
+      <c r="M33">
+        <v>13529.31</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>2144</v>
+      </c>
+      <c r="B34" t="s">
+        <v>776</v>
+      </c>
+      <c r="C34" t="s">
+        <v>161</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2145</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2146</v>
+      </c>
+      <c r="F34" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G34" t="s">
+        <v>376</v>
+      </c>
+      <c r="H34" t="s">
+        <v>377</v>
+      </c>
+      <c r="I34" t="s">
+        <v>44</v>
+      </c>
+      <c r="J34" t="s">
+        <v>45</v>
+      </c>
+      <c r="K34">
+        <v>23042.37</v>
+      </c>
+      <c r="L34" t="s">
+        <v>59</v>
+      </c>
+      <c r="M34">
+        <v>2672915</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B35" t="s">
+        <v>779</v>
+      </c>
+      <c r="C35" t="s">
+        <v>169</v>
+      </c>
+      <c r="D35" t="s">
+        <v>2148</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F35" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G35" t="s">
+        <v>413</v>
+      </c>
+      <c r="H35" t="s">
+        <v>414</v>
+      </c>
+      <c r="I35" t="s">
+        <v>44</v>
+      </c>
+      <c r="J35" t="s">
+        <v>45</v>
+      </c>
+      <c r="K35">
+        <v>10001.76</v>
+      </c>
+      <c r="L35" t="s">
+        <v>59</v>
+      </c>
+      <c r="M35">
+        <v>8622.21</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>2150</v>
+      </c>
+      <c r="B36" t="s">
+        <v>779</v>
+      </c>
+      <c r="C36" t="s">
+        <v>169</v>
+      </c>
+      <c r="D36" t="s">
+        <v>2151</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2152</v>
+      </c>
+      <c r="F36" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G36" t="s">
+        <v>413</v>
+      </c>
+      <c r="H36" t="s">
+        <v>414</v>
+      </c>
+      <c r="I36" t="s">
+        <v>44</v>
+      </c>
+      <c r="J36" t="s">
+        <v>45</v>
+      </c>
+      <c r="K36">
+        <v>10100.36</v>
+      </c>
+      <c r="L36" t="s">
+        <v>59</v>
+      </c>
+      <c r="M36">
+        <v>8707.21</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>2153</v>
+      </c>
+      <c r="B37" t="s">
+        <v>779</v>
+      </c>
+      <c r="C37" t="s">
+        <v>169</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2154</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2155</v>
+      </c>
+      <c r="F37" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G37" t="s">
+        <v>413</v>
+      </c>
+      <c r="H37" t="s">
+        <v>414</v>
+      </c>
+      <c r="I37" t="s">
+        <v>44</v>
+      </c>
+      <c r="J37" t="s">
+        <v>45</v>
+      </c>
+      <c r="K37">
+        <v>70000</v>
+      </c>
+      <c r="L37" t="s">
+        <v>59</v>
+      </c>
+      <c r="M37">
+        <v>60344.83</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>2156</v>
+      </c>
+      <c r="B38" t="s">
+        <v>783</v>
+      </c>
+      <c r="C38" t="s">
+        <v>179</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2157</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2158</v>
+      </c>
+      <c r="F38" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G38" t="s">
+        <v>416</v>
+      </c>
+      <c r="H38" t="s">
+        <v>417</v>
+      </c>
+      <c r="I38" t="s">
+        <v>44</v>
+      </c>
+      <c r="J38" t="s">
+        <v>45</v>
+      </c>
+      <c r="K38">
+        <v>38048</v>
+      </c>
+      <c r="L38" t="s">
+        <v>59</v>
+      </c>
+      <c r="M38">
+        <v>32800</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>2159</v>
+      </c>
+      <c r="B39" t="s">
+        <v>786</v>
+      </c>
+      <c r="C39" t="s">
+        <v>187</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2160</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2161</v>
+      </c>
+      <c r="F39" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G39" t="s">
+        <v>419</v>
+      </c>
+      <c r="H39" t="s">
+        <v>420</v>
+      </c>
+      <c r="I39" t="s">
+        <v>44</v>
+      </c>
+      <c r="J39" t="s">
+        <v>45</v>
+      </c>
+      <c r="K39">
+        <v>10349.98</v>
+      </c>
+      <c r="L39" t="s">
+        <v>59</v>
+      </c>
+      <c r="M39">
+        <v>8922.4</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>2162</v>
+      </c>
+      <c r="B40" t="s">
+        <v>789</v>
+      </c>
+      <c r="C40" t="s">
+        <v>198</v>
+      </c>
+      <c r="D40" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E40" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F40" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G40" t="s">
+        <v>422</v>
+      </c>
+      <c r="H40" t="s">
+        <v>423</v>
+      </c>
+      <c r="I40" t="s">
+        <v>44</v>
+      </c>
+      <c r="J40" t="s">
+        <v>45</v>
+      </c>
+      <c r="K40">
+        <v>19731.81</v>
+      </c>
+      <c r="L40" t="s">
+        <v>59</v>
+      </c>
+      <c r="M40">
+        <v>17010.18</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>2165</v>
+      </c>
+      <c r="B41" t="s">
+        <v>791</v>
+      </c>
+      <c r="C41" t="s">
+        <v>206</v>
+      </c>
+      <c r="D41" t="s">
+        <v>2166</v>
+      </c>
+      <c r="E41" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F41" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G41" t="s">
+        <v>425</v>
+      </c>
+      <c r="H41" t="s">
+        <v>426</v>
+      </c>
+      <c r="I41" t="s">
+        <v>44</v>
+      </c>
+      <c r="J41" t="s">
+        <v>45</v>
+      </c>
+      <c r="K41">
+        <v>13500</v>
+      </c>
+      <c r="L41" t="s">
+        <v>59</v>
+      </c>
+      <c r="M41">
+        <v>13500</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>2168</v>
+      </c>
+      <c r="B42" t="s">
+        <v>793</v>
+      </c>
+      <c r="C42" t="s">
+        <v>213</v>
+      </c>
+      <c r="D42" t="s">
+        <v>2169</v>
+      </c>
+      <c r="E42" t="s">
+        <v>2170</v>
+      </c>
+      <c r="F42" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G42" t="s">
+        <v>428</v>
+      </c>
+      <c r="H42" t="s">
+        <v>429</v>
+      </c>
+      <c r="I42" t="s">
+        <v>44</v>
+      </c>
+      <c r="J42" t="s">
+        <v>45</v>
+      </c>
+      <c r="K42">
+        <v>21233.8</v>
+      </c>
+      <c r="L42" t="s">
+        <v>59</v>
+      </c>
+      <c r="M42">
+        <v>18305</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>2171</v>
+      </c>
+      <c r="B43" t="s">
+        <v>795</v>
+      </c>
+      <c r="C43" t="s">
+        <v>219</v>
+      </c>
+      <c r="D43" t="s">
+        <v>2172</v>
+      </c>
+      <c r="E43" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F43" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G43" t="s">
+        <v>431</v>
+      </c>
+      <c r="H43" t="s">
+        <v>432</v>
+      </c>
+      <c r="I43" t="s">
+        <v>44</v>
+      </c>
+      <c r="J43" t="s">
+        <v>45</v>
+      </c>
+      <c r="K43">
+        <v>16332.8</v>
+      </c>
+      <c r="L43" t="s">
+        <v>59</v>
+      </c>
+      <c r="M43">
+        <v>14080</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>2173</v>
+      </c>
+      <c r="B44" t="s">
+        <v>797</v>
+      </c>
+      <c r="C44" t="s">
+        <v>226</v>
+      </c>
+      <c r="D44" t="s">
+        <v>2174</v>
+      </c>
+      <c r="E44" t="s">
+        <v>2175</v>
+      </c>
+      <c r="F44" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G44" t="s">
+        <v>434</v>
+      </c>
+      <c r="H44" t="s">
+        <v>435</v>
+      </c>
+      <c r="I44" t="s">
+        <v>44</v>
+      </c>
+      <c r="J44" t="s">
+        <v>45</v>
+      </c>
+      <c r="K44">
+        <v>20114.4</v>
+      </c>
+      <c r="L44" t="s">
+        <v>59</v>
+      </c>
+      <c r="M44">
+        <v>17340</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>2176</v>
+      </c>
+      <c r="B45" t="s">
+        <v>797</v>
+      </c>
+      <c r="C45" t="s">
+        <v>226</v>
+      </c>
+      <c r="D45" t="s">
+        <v>2177</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2175</v>
+      </c>
+      <c r="F45" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G45" t="s">
+        <v>434</v>
+      </c>
+      <c r="H45" t="s">
+        <v>435</v>
+      </c>
+      <c r="I45" t="s">
+        <v>44</v>
+      </c>
+      <c r="J45" t="s">
+        <v>45</v>
+      </c>
+      <c r="K45">
+        <v>18358.16</v>
+      </c>
+      <c r="L45" t="s">
+        <v>59</v>
+      </c>
+      <c r="M45">
+        <v>15826</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>2178</v>
+      </c>
+      <c r="B46" t="s">
+        <v>799</v>
+      </c>
+      <c r="C46" t="s">
+        <v>234</v>
+      </c>
+      <c r="D46" t="s">
+        <v>2179</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2180</v>
+      </c>
+      <c r="F46" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G46" t="s">
+        <v>44</v>
+      </c>
+      <c r="H46" t="s">
+        <v>437</v>
+      </c>
+      <c r="I46" t="s">
+        <v>44</v>
+      </c>
+      <c r="J46" t="s">
+        <v>45</v>
+      </c>
+      <c r="K46">
+        <v>16794.48</v>
+      </c>
+      <c r="L46" t="s">
+        <v>59</v>
+      </c>
+      <c r="M46">
+        <v>14478</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>2181</v>
+      </c>
+      <c r="B47" t="s">
+        <v>801</v>
+      </c>
+      <c r="C47" t="s">
+        <v>242</v>
+      </c>
+      <c r="D47" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E47" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F47" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G47" t="s">
+        <v>439</v>
+      </c>
+      <c r="H47" t="s">
+        <v>440</v>
+      </c>
+      <c r="I47" t="s">
+        <v>44</v>
+      </c>
+      <c r="J47" t="s">
+        <v>45</v>
+      </c>
+      <c r="K47">
+        <v>10517.72</v>
+      </c>
+      <c r="L47" t="s">
+        <v>59</v>
+      </c>
+      <c r="M47">
+        <v>9067</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>2183</v>
+      </c>
+      <c r="B48" t="s">
+        <v>803</v>
+      </c>
+      <c r="C48" t="s">
+        <v>248</v>
+      </c>
+      <c r="D48" t="s">
+        <v>2184</v>
+      </c>
+      <c r="E48" t="s">
+        <v>2185</v>
+      </c>
+      <c r="F48" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G48" t="s">
+        <v>403</v>
+      </c>
+      <c r="H48" t="s">
+        <v>404</v>
+      </c>
+      <c r="I48" t="s">
+        <v>44</v>
+      </c>
+      <c r="J48" t="s">
+        <v>45</v>
+      </c>
+      <c r="K48">
+        <v>43141.92</v>
+      </c>
+      <c r="L48" t="s">
+        <v>59</v>
+      </c>
+      <c r="M48">
+        <v>45253.78</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>2186</v>
+      </c>
+      <c r="B49" t="s">
+        <v>803</v>
+      </c>
+      <c r="C49" t="s">
+        <v>248</v>
+      </c>
+      <c r="D49" t="s">
+        <v>2187</v>
+      </c>
+      <c r="E49" t="s">
+        <v>2188</v>
+      </c>
+      <c r="F49" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G49" t="s">
+        <v>403</v>
+      </c>
+      <c r="H49" t="s">
+        <v>404</v>
+      </c>
+      <c r="I49" t="s">
+        <v>44</v>
+      </c>
+      <c r="J49" t="s">
+        <v>45</v>
+      </c>
+      <c r="K49">
+        <v>43141.92</v>
+      </c>
+      <c r="L49" t="s">
+        <v>59</v>
+      </c>
+      <c r="M49">
+        <v>45253.78</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>2189</v>
+      </c>
+      <c r="B50" t="s">
+        <v>803</v>
+      </c>
+      <c r="C50" t="s">
+        <v>248</v>
+      </c>
+      <c r="D50" t="s">
+        <v>2190</v>
+      </c>
+      <c r="E50" t="s">
+        <v>2191</v>
+      </c>
+      <c r="F50" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G50" t="s">
+        <v>403</v>
+      </c>
+      <c r="H50" t="s">
+        <v>404</v>
+      </c>
+      <c r="I50" t="s">
+        <v>44</v>
+      </c>
+      <c r="J50" t="s">
+        <v>45</v>
+      </c>
+      <c r="K50">
+        <v>43141.92</v>
+      </c>
+      <c r="L50" t="s">
+        <v>59</v>
+      </c>
+      <c r="M50">
+        <v>45253.78</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>2192</v>
+      </c>
+      <c r="B51" t="s">
+        <v>803</v>
+      </c>
+      <c r="C51" t="s">
+        <v>248</v>
+      </c>
+      <c r="D51" t="s">
+        <v>2193</v>
+      </c>
+      <c r="E51" t="s">
+        <v>2194</v>
+      </c>
+      <c r="F51" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G51" t="s">
+        <v>403</v>
+      </c>
+      <c r="H51" t="s">
+        <v>404</v>
+      </c>
+      <c r="I51" t="s">
+        <v>44</v>
+      </c>
+      <c r="J51" t="s">
+        <v>45</v>
+      </c>
+      <c r="K51">
+        <v>43141.92</v>
+      </c>
+      <c r="L51" t="s">
+        <v>59</v>
+      </c>
+      <c r="M51">
+        <v>45253.78</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>2195</v>
+      </c>
+      <c r="B52" t="s">
+        <v>803</v>
+      </c>
+      <c r="C52" t="s">
+        <v>248</v>
+      </c>
+      <c r="D52" t="s">
+        <v>2196</v>
+      </c>
+      <c r="E52" t="s">
+        <v>2197</v>
+      </c>
+      <c r="F52" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G52" t="s">
+        <v>403</v>
+      </c>
+      <c r="H52" t="s">
+        <v>404</v>
+      </c>
+      <c r="I52" t="s">
+        <v>44</v>
+      </c>
+      <c r="J52" t="s">
+        <v>45</v>
+      </c>
+      <c r="K52">
+        <v>43141.92</v>
+      </c>
+      <c r="L52" t="s">
+        <v>59</v>
+      </c>
+      <c r="M52">
+        <v>45253.78</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B53" t="s">
+        <v>803</v>
+      </c>
+      <c r="C53" t="s">
+        <v>248</v>
+      </c>
+      <c r="D53" t="s">
+        <v>2199</v>
+      </c>
+      <c r="E53" t="s">
+        <v>2200</v>
+      </c>
+      <c r="F53" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G53" t="s">
+        <v>403</v>
+      </c>
+      <c r="H53" t="s">
+        <v>404</v>
+      </c>
+      <c r="I53" t="s">
+        <v>44</v>
+      </c>
+      <c r="J53" t="s">
+        <v>45</v>
+      </c>
+      <c r="K53">
+        <v>43141.92</v>
+      </c>
+      <c r="L53" t="s">
+        <v>59</v>
+      </c>
+      <c r="M53">
+        <v>45253.78</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>2201</v>
+      </c>
+      <c r="B54" t="s">
+        <v>803</v>
+      </c>
+      <c r="C54" t="s">
+        <v>248</v>
+      </c>
+      <c r="D54" t="s">
+        <v>2202</v>
+      </c>
+      <c r="E54" t="s">
+        <v>2203</v>
+      </c>
+      <c r="F54" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G54" t="s">
+        <v>403</v>
+      </c>
+      <c r="H54" t="s">
+        <v>404</v>
+      </c>
+      <c r="I54" t="s">
+        <v>44</v>
+      </c>
+      <c r="J54" t="s">
+        <v>45</v>
+      </c>
+      <c r="K54">
+        <v>43141.92</v>
+      </c>
+      <c r="L54" t="s">
+        <v>59</v>
+      </c>
+      <c r="M54">
+        <v>45253.78</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>2204</v>
+      </c>
+      <c r="B55" t="s">
+        <v>803</v>
+      </c>
+      <c r="C55" t="s">
+        <v>248</v>
+      </c>
+      <c r="D55" t="s">
+        <v>2205</v>
+      </c>
+      <c r="E55" t="s">
+        <v>2206</v>
+      </c>
+      <c r="F55" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G55" t="s">
+        <v>403</v>
+      </c>
+      <c r="H55" t="s">
+        <v>404</v>
+      </c>
+      <c r="I55" t="s">
+        <v>44</v>
+      </c>
+      <c r="J55" t="s">
+        <v>45</v>
+      </c>
+      <c r="K55">
+        <v>43141.92</v>
+      </c>
+      <c r="L55" t="s">
+        <v>59</v>
+      </c>
+      <c r="M55">
+        <v>45253.78</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:D27"/>
+  <dimension ref="A1:J54"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>370</v>
+        <v>1012</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>1016</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1796</v>
+        <v>2207</v>
       </c>
       <c r="B2" t="s">
         <v>37</v>
       </c>
       <c r="C2" t="s">
-        <v>44</v>
+        <v>2208</v>
       </c>
       <c r="D2" t="s">
-        <v>528</v>
+        <v>1019</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F2" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2209</v>
+      </c>
+      <c r="I2" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J2" t="s">
+        <v>2211</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1797</v>
+        <v>2212</v>
       </c>
       <c r="B3" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="C3" t="s">
-        <v>44</v>
+        <v>2213</v>
       </c>
       <c r="D3" t="s">
-        <v>487</v>
+        <v>2214</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2215</v>
+      </c>
+      <c r="F3" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2209</v>
+      </c>
+      <c r="I3" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1026</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1798</v>
+        <v>2217</v>
       </c>
       <c r="B4" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="C4" t="s">
-        <v>44</v>
+        <v>2218</v>
       </c>
       <c r="D4" t="s">
-        <v>528</v>
+        <v>2219</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2215</v>
+      </c>
+      <c r="F4" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2220</v>
+      </c>
+      <c r="I4" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J4" t="s">
+        <v>2221</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1799</v>
+        <v>2222</v>
       </c>
       <c r="B5" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="C5" t="s">
-        <v>44</v>
+        <v>2223</v>
       </c>
       <c r="D5" t="s">
-        <v>528</v>
+        <v>2224</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2225</v>
+      </c>
+      <c r="F5" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I5" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J5" t="s">
+        <v>2227</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1800</v>
+        <v>2228</v>
       </c>
       <c r="B6" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="C6" t="s">
-        <v>44</v>
+        <v>2229</v>
       </c>
       <c r="D6" t="s">
-        <v>528</v>
+        <v>2230</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2231</v>
+      </c>
+      <c r="F6" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I6" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J6" t="s">
+        <v>2232</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1801</v>
+        <v>2233</v>
       </c>
       <c r="B7" t="s">
-        <v>95</v>
+        <v>80</v>
       </c>
       <c r="C7" t="s">
-        <v>44</v>
+        <v>2234</v>
       </c>
       <c r="D7" t="s">
-        <v>528</v>
+        <v>2235</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2236</v>
+      </c>
+      <c r="F7" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I7" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J7" t="s">
+        <v>2237</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1802</v>
+        <v>2238</v>
       </c>
       <c r="B8" t="s">
-        <v>102</v>
+        <v>87</v>
       </c>
       <c r="C8" t="s">
-        <v>44</v>
+        <v>2239</v>
       </c>
       <c r="D8" t="s">
-        <v>528</v>
+        <v>2240</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2241</v>
+      </c>
+      <c r="F8" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I8" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J8" t="s">
+        <v>2242</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1803</v>
+        <v>2243</v>
       </c>
       <c r="B9" t="s">
-        <v>109</v>
+        <v>95</v>
       </c>
       <c r="C9" t="s">
-        <v>44</v>
+        <v>2244</v>
       </c>
       <c r="D9" t="s">
-        <v>528</v>
+        <v>2245</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2246</v>
+      </c>
+      <c r="F9" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I9" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J9" t="s">
+        <v>2248</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1804</v>
+        <v>2249</v>
       </c>
       <c r="B10" t="s">
-        <v>117</v>
+        <v>95</v>
       </c>
       <c r="C10" t="s">
-        <v>44</v>
+        <v>2250</v>
       </c>
       <c r="D10" t="s">
-        <v>528</v>
+        <v>2251</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2252</v>
+      </c>
+      <c r="F10" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I10" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J10" t="s">
+        <v>2253</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1805</v>
+        <v>2254</v>
       </c>
       <c r="B11" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="C11" t="s">
-        <v>44</v>
+        <v>2255</v>
       </c>
       <c r="D11" t="s">
-        <v>528</v>
+        <v>2256</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2257</v>
+      </c>
+      <c r="F11" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I11" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J11" t="s">
+        <v>2258</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1806</v>
+        <v>2259</v>
       </c>
       <c r="B12" t="s">
-        <v>130</v>
+        <v>101</v>
       </c>
       <c r="C12" t="s">
-        <v>44</v>
+        <v>2260</v>
       </c>
       <c r="D12" t="s">
-        <v>528</v>
+        <v>2261</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2262</v>
+      </c>
+      <c r="F12" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I12" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J12" t="s">
+        <v>2263</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1807</v>
+        <v>2264</v>
       </c>
       <c r="B13" t="s">
-        <v>138</v>
+        <v>108</v>
       </c>
       <c r="C13" t="s">
-        <v>44</v>
+        <v>2265</v>
       </c>
       <c r="D13" t="s">
-        <v>528</v>
+        <v>2266</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2267</v>
+      </c>
+      <c r="F13" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I13" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J13" t="s">
+        <v>2268</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1808</v>
+        <v>2269</v>
       </c>
       <c r="B14" t="s">
-        <v>146</v>
+        <v>108</v>
       </c>
       <c r="C14" t="s">
-        <v>44</v>
+        <v>2270</v>
       </c>
       <c r="D14" t="s">
-        <v>528</v>
+        <v>2271</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2272</v>
+      </c>
+      <c r="F14" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I14" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J14" t="s">
+        <v>2273</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1809</v>
+        <v>2274</v>
       </c>
       <c r="B15" t="s">
-        <v>152</v>
+        <v>108</v>
       </c>
       <c r="C15" t="s">
-        <v>44</v>
+        <v>2275</v>
       </c>
       <c r="D15" t="s">
-        <v>528</v>
+        <v>2276</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2277</v>
+      </c>
+      <c r="F15" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I15" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J15" t="s">
+        <v>2278</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1810</v>
+        <v>2279</v>
       </c>
       <c r="B16" t="s">
-        <v>161</v>
+        <v>115</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>2280</v>
       </c>
       <c r="D16" t="s">
-        <v>528</v>
+        <v>2281</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F16" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I16" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J16" t="s">
+        <v>2283</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1811</v>
+        <v>2284</v>
       </c>
       <c r="B17" t="s">
-        <v>167</v>
+        <v>115</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>2285</v>
       </c>
       <c r="D17" t="s">
-        <v>487</v>
+        <v>2286</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2287</v>
+      </c>
+      <c r="F17" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I17" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J17" t="s">
+        <v>2288</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1812</v>
+        <v>2289</v>
       </c>
       <c r="B18" t="s">
-        <v>178</v>
+        <v>122</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>2290</v>
       </c>
       <c r="D18" t="s">
-        <v>1783</v>
+        <v>2291</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2292</v>
+      </c>
+      <c r="F18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I18" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J18" t="s">
+        <v>2293</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1813</v>
+        <v>2294</v>
       </c>
       <c r="B19" t="s">
-        <v>186</v>
+        <v>122</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>2295</v>
       </c>
       <c r="D19" t="s">
-        <v>487</v>
+        <v>2296</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2297</v>
+      </c>
+      <c r="F19" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I19" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J19" t="s">
+        <v>2298</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1814</v>
+        <v>2299</v>
       </c>
       <c r="B20" t="s">
-        <v>195</v>
+        <v>122</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>2300</v>
       </c>
       <c r="D20" t="s">
-        <v>487</v>
+        <v>2301</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2302</v>
+      </c>
+      <c r="F20" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I20" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J20" t="s">
+        <v>2303</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1815</v>
+        <v>2304</v>
       </c>
       <c r="B21" t="s">
-        <v>203</v>
+        <v>122</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>2305</v>
       </c>
       <c r="D21" t="s">
-        <v>487</v>
+        <v>2306</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2307</v>
+      </c>
+      <c r="F21" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I21" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J21" t="s">
+        <v>2308</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1816</v>
+        <v>2309</v>
       </c>
       <c r="B22" t="s">
-        <v>210</v>
+        <v>169</v>
       </c>
       <c r="C22" t="s">
-        <v>44</v>
+        <v>2310</v>
       </c>
       <c r="D22" t="s">
-        <v>487</v>
+        <v>2311</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2312</v>
+      </c>
+      <c r="F22" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I22" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J22" t="s">
+        <v>2313</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1817</v>
+        <v>2314</v>
       </c>
       <c r="B23" t="s">
-        <v>217</v>
+        <v>169</v>
       </c>
       <c r="C23" t="s">
-        <v>44</v>
+        <v>2315</v>
       </c>
       <c r="D23" t="s">
-        <v>487</v>
+        <v>2316</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2317</v>
+      </c>
+      <c r="F23" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I23" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J23" t="s">
+        <v>2318</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1818</v>
+        <v>2319</v>
       </c>
       <c r="B24" t="s">
-        <v>226</v>
+        <v>169</v>
       </c>
       <c r="C24" t="s">
-        <v>44</v>
+        <v>2320</v>
       </c>
       <c r="D24" t="s">
-        <v>487</v>
+        <v>2321</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2322</v>
+      </c>
+      <c r="F24" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I24" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J24" t="s">
+        <v>2323</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1819</v>
+        <v>2324</v>
       </c>
       <c r="B25" t="s">
-        <v>233</v>
+        <v>179</v>
       </c>
       <c r="C25" t="s">
-        <v>44</v>
+        <v>2325</v>
       </c>
       <c r="D25" t="s">
-        <v>1791</v>
+        <v>2326</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2327</v>
+      </c>
+      <c r="F25" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2209</v>
+      </c>
+      <c r="I25" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J25" t="s">
+        <v>2328</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1820</v>
+        <v>2329</v>
       </c>
       <c r="B26" t="s">
-        <v>239</v>
+        <v>179</v>
       </c>
       <c r="C26" t="s">
-        <v>44</v>
+        <v>2330</v>
       </c>
       <c r="D26" t="s">
-        <v>487</v>
+        <v>2331</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2332</v>
+      </c>
+      <c r="F26" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2333</v>
+      </c>
+      <c r="I26" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J26" t="s">
+        <v>2334</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1821</v>
+        <v>2335</v>
       </c>
       <c r="B27" t="s">
-        <v>247</v>
+        <v>179</v>
       </c>
       <c r="C27" t="s">
-        <v>1794</v>
+        <v>2336</v>
       </c>
       <c r="D27" t="s">
-        <v>1795</v>
+        <v>2337</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2338</v>
+      </c>
+      <c r="F27" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2333</v>
+      </c>
+      <c r="I27" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J27" t="s">
+        <v>2339</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2340</v>
+      </c>
+      <c r="B28" t="s">
+        <v>179</v>
+      </c>
+      <c r="C28" t="s">
+        <v>2341</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2342</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2343</v>
+      </c>
+      <c r="F28" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2333</v>
+      </c>
+      <c r="I28" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J28" t="s">
+        <v>2344</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>2345</v>
+      </c>
+      <c r="B29" t="s">
+        <v>187</v>
+      </c>
+      <c r="C29" t="s">
+        <v>2346</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2347</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2348</v>
+      </c>
+      <c r="F29" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2209</v>
+      </c>
+      <c r="I29" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J29" t="s">
+        <v>2349</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>2350</v>
+      </c>
+      <c r="B30" t="s">
+        <v>187</v>
+      </c>
+      <c r="C30" t="s">
+        <v>2351</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2352</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2353</v>
+      </c>
+      <c r="F30" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2333</v>
+      </c>
+      <c r="I30" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J30" t="s">
+        <v>2354</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2355</v>
+      </c>
+      <c r="B31" t="s">
+        <v>187</v>
+      </c>
+      <c r="C31" t="s">
+        <v>2356</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2357</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2358</v>
+      </c>
+      <c r="F31" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2333</v>
+      </c>
+      <c r="I31" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J31" t="s">
+        <v>2359</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>2360</v>
+      </c>
+      <c r="B32" t="s">
+        <v>198</v>
+      </c>
+      <c r="C32" t="s">
+        <v>2361</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2362</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2363</v>
+      </c>
+      <c r="F32" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I32" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J32" t="s">
+        <v>2364</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>2365</v>
+      </c>
+      <c r="B33" t="s">
+        <v>198</v>
+      </c>
+      <c r="C33" t="s">
+        <v>2366</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2367</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2368</v>
+      </c>
+      <c r="F33" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I33" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J33" t="s">
+        <v>2369</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B34" t="s">
+        <v>198</v>
+      </c>
+      <c r="C34" t="s">
+        <v>2371</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2372</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2373</v>
+      </c>
+      <c r="F34" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I34" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J34" t="s">
+        <v>2374</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>2375</v>
+      </c>
+      <c r="B35" t="s">
+        <v>198</v>
+      </c>
+      <c r="C35" t="s">
+        <v>2376</v>
+      </c>
+      <c r="D35" t="s">
+        <v>2377</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2378</v>
+      </c>
+      <c r="F35" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I35" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J35" t="s">
+        <v>2379</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>2380</v>
+      </c>
+      <c r="B36" t="s">
+        <v>206</v>
+      </c>
+      <c r="C36" t="s">
+        <v>2381</v>
+      </c>
+      <c r="D36" t="s">
+        <v>2382</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2383</v>
+      </c>
+      <c r="F36" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I36" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J36" t="s">
+        <v>2384</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>2385</v>
+      </c>
+      <c r="B37" t="s">
+        <v>213</v>
+      </c>
+      <c r="C37" t="s">
+        <v>2386</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2387</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F37" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I37" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J37" t="s">
+        <v>2389</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>2390</v>
+      </c>
+      <c r="B38" t="s">
+        <v>213</v>
+      </c>
+      <c r="C38" t="s">
+        <v>2391</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2392</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2393</v>
+      </c>
+      <c r="F38" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I38" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J38" t="s">
+        <v>2394</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>2395</v>
+      </c>
+      <c r="B39" t="s">
+        <v>213</v>
+      </c>
+      <c r="C39" t="s">
+        <v>2396</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2397</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2302</v>
+      </c>
+      <c r="F39" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I39" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J39" t="s">
+        <v>2398</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>2399</v>
+      </c>
+      <c r="B40" t="s">
+        <v>213</v>
+      </c>
+      <c r="C40" t="s">
+        <v>2400</v>
+      </c>
+      <c r="D40" t="s">
+        <v>2401</v>
+      </c>
+      <c r="E40" t="s">
+        <v>2402</v>
+      </c>
+      <c r="F40" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H40" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I40" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J40" t="s">
+        <v>2403</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>2404</v>
+      </c>
+      <c r="B41" t="s">
+        <v>219</v>
+      </c>
+      <c r="C41" t="s">
+        <v>2405</v>
+      </c>
+      <c r="D41" t="s">
+        <v>2406</v>
+      </c>
+      <c r="E41" t="s">
+        <v>2363</v>
+      </c>
+      <c r="F41" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H41" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I41" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J41" t="s">
+        <v>2407</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>2408</v>
+      </c>
+      <c r="B42" t="s">
+        <v>219</v>
+      </c>
+      <c r="C42" t="s">
+        <v>2409</v>
+      </c>
+      <c r="D42" t="s">
+        <v>2410</v>
+      </c>
+      <c r="E42" t="s">
+        <v>2373</v>
+      </c>
+      <c r="F42" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H42" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I42" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J42" t="s">
+        <v>2411</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>2412</v>
+      </c>
+      <c r="B43" t="s">
+        <v>219</v>
+      </c>
+      <c r="C43" t="s">
+        <v>2413</v>
+      </c>
+      <c r="D43" t="s">
+        <v>2414</v>
+      </c>
+      <c r="E43" t="s">
+        <v>2415</v>
+      </c>
+      <c r="F43" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H43" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I43" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J43" t="s">
+        <v>2416</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>2417</v>
+      </c>
+      <c r="B44" t="s">
+        <v>219</v>
+      </c>
+      <c r="C44" t="s">
+        <v>2418</v>
+      </c>
+      <c r="D44" t="s">
+        <v>2419</v>
+      </c>
+      <c r="E44" t="s">
+        <v>2420</v>
+      </c>
+      <c r="F44" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H44" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I44" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J44" t="s">
+        <v>2421</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B45" t="s">
+        <v>226</v>
+      </c>
+      <c r="C45" t="s">
+        <v>2423</v>
+      </c>
+      <c r="D45" t="s">
+        <v>2424</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2246</v>
+      </c>
+      <c r="F45" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I45" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J45" t="s">
+        <v>2425</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>2426</v>
+      </c>
+      <c r="B46" t="s">
+        <v>226</v>
+      </c>
+      <c r="C46" t="s">
+        <v>2427</v>
+      </c>
+      <c r="D46" t="s">
+        <v>2428</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2429</v>
+      </c>
+      <c r="F46" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H46" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I46" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J46" t="s">
+        <v>2430</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B47" t="s">
+        <v>226</v>
+      </c>
+      <c r="C47" t="s">
+        <v>2432</v>
+      </c>
+      <c r="D47" t="s">
+        <v>2433</v>
+      </c>
+      <c r="E47" t="s">
+        <v>2246</v>
+      </c>
+      <c r="F47" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H47" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I47" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J47" t="s">
+        <v>2434</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>2435</v>
+      </c>
+      <c r="B48" t="s">
+        <v>226</v>
+      </c>
+      <c r="C48" t="s">
+        <v>2436</v>
+      </c>
+      <c r="D48" t="s">
+        <v>2437</v>
+      </c>
+      <c r="E48" t="s">
+        <v>2438</v>
+      </c>
+      <c r="F48" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H48" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I48" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J48" t="s">
+        <v>2439</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>2440</v>
+      </c>
+      <c r="B49" t="s">
+        <v>234</v>
+      </c>
+      <c r="C49" t="s">
+        <v>2441</v>
+      </c>
+      <c r="D49" t="s">
+        <v>2442</v>
+      </c>
+      <c r="E49" t="s">
+        <v>2443</v>
+      </c>
+      <c r="F49" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I49" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J49" t="s">
+        <v>2444</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>2445</v>
+      </c>
+      <c r="B50" t="s">
+        <v>234</v>
+      </c>
+      <c r="C50" t="s">
+        <v>2446</v>
+      </c>
+      <c r="D50" t="s">
+        <v>2447</v>
+      </c>
+      <c r="E50" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F50" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H50" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I50" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J50" t="s">
+        <v>2448</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>2449</v>
+      </c>
+      <c r="B51" t="s">
+        <v>234</v>
+      </c>
+      <c r="C51" t="s">
+        <v>2450</v>
+      </c>
+      <c r="D51" t="s">
+        <v>2451</v>
+      </c>
+      <c r="E51" t="s">
+        <v>2297</v>
+      </c>
+      <c r="F51" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H51" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I51" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J51" t="s">
+        <v>2452</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>2453</v>
+      </c>
+      <c r="B52" t="s">
+        <v>234</v>
+      </c>
+      <c r="C52" t="s">
+        <v>2454</v>
+      </c>
+      <c r="D52" t="s">
+        <v>2455</v>
+      </c>
+      <c r="E52" t="s">
+        <v>2456</v>
+      </c>
+      <c r="F52" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H52" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I52" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J52" t="s">
+        <v>2457</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>2458</v>
+      </c>
+      <c r="B53" t="s">
+        <v>242</v>
+      </c>
+      <c r="C53" t="s">
+        <v>2459</v>
+      </c>
+      <c r="D53" t="s">
+        <v>2460</v>
+      </c>
+      <c r="E53" t="s">
+        <v>2461</v>
+      </c>
+      <c r="F53" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H53" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I53" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J53" t="s">
+        <v>2462</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>2463</v>
+      </c>
+      <c r="B54" t="s">
+        <v>242</v>
+      </c>
+      <c r="C54" t="s">
+        <v>2464</v>
+      </c>
+      <c r="D54" t="s">
+        <v>2465</v>
+      </c>
+      <c r="E54" t="s">
+        <v>2466</v>
+      </c>
+      <c r="F54" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H54" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I54" t="s">
+        <v>2210</v>
+      </c>
+      <c r="J54" t="s">
+        <v>2467</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:D27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1822</v>
+        <v>2468</v>
       </c>
       <c r="B2" t="s">
         <v>37</v>
       </c>
       <c r="C2" t="s">
-        <v>44</v>
+        <v>2469</v>
       </c>
       <c r="D2" t="s">
-        <v>528</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1823</v>
+        <v>2471</v>
       </c>
       <c r="B3" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="C3" t="s">
         <v>44</v>
       </c>
       <c r="D3" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1824</v>
+        <v>2472</v>
       </c>
       <c r="B4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="C4" t="s">
         <v>44</v>
       </c>
       <c r="D4" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1825</v>
+        <v>2473</v>
       </c>
       <c r="B5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C5" t="s">
         <v>44</v>
       </c>
       <c r="D5" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1826</v>
+        <v>2474</v>
       </c>
       <c r="B6" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C6" t="s">
         <v>44</v>
       </c>
       <c r="D6" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1827</v>
+        <v>2475</v>
       </c>
       <c r="B7" t="s">
         <v>95</v>
       </c>
       <c r="C7" t="s">
         <v>44</v>
       </c>
       <c r="D7" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1828</v>
+        <v>2476</v>
       </c>
       <c r="B8" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C8" t="s">
         <v>44</v>
       </c>
       <c r="D8" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1829</v>
+        <v>2477</v>
       </c>
       <c r="B9" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C9" t="s">
         <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1830</v>
+        <v>2478</v>
       </c>
       <c r="B10" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C10" t="s">
         <v>44</v>
       </c>
       <c r="D10" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1831</v>
+        <v>2479</v>
       </c>
       <c r="B11" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C11" t="s">
         <v>44</v>
       </c>
       <c r="D11" t="s">
-        <v>528</v>
+        <v>582</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1832</v>
+        <v>2480</v>
       </c>
       <c r="B12" t="s">
         <v>130</v>
       </c>
       <c r="C12" t="s">
         <v>44</v>
       </c>
       <c r="D12" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1833</v>
+        <v>2481</v>
       </c>
       <c r="B13" t="s">
         <v>138</v>
       </c>
       <c r="C13" t="s">
         <v>44</v>
       </c>
       <c r="D13" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1834</v>
+        <v>2482</v>
       </c>
       <c r="B14" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C14" t="s">
         <v>44</v>
       </c>
       <c r="D14" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1835</v>
+        <v>2483</v>
       </c>
       <c r="B15" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C15" t="s">
         <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1836</v>
+        <v>2484</v>
       </c>
       <c r="B16" t="s">
         <v>161</v>
       </c>
       <c r="C16" t="s">
         <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1837</v>
+        <v>2485</v>
       </c>
       <c r="B17" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>528</v>
+        <v>582</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1838</v>
+        <v>2486</v>
       </c>
       <c r="B18" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C18" t="s">
         <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>528</v>
+        <v>582</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1839</v>
+        <v>2487</v>
       </c>
       <c r="B19" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
         <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>528</v>
+        <v>582</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1840</v>
+        <v>2488</v>
       </c>
       <c r="B20" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C20" t="s">
         <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>528</v>
+        <v>582</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1841</v>
+        <v>2489</v>
       </c>
       <c r="B21" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C21" t="s">
         <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>528</v>
+        <v>582</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1842</v>
+        <v>2490</v>
       </c>
       <c r="B22" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C22" t="s">
         <v>44</v>
       </c>
       <c r="D22" t="s">
-        <v>528</v>
+        <v>582</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1843</v>
+        <v>2491</v>
       </c>
       <c r="B23" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C23" t="s">
         <v>44</v>
       </c>
       <c r="D23" t="s">
-        <v>528</v>
+        <v>582</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1844</v>
+        <v>2492</v>
       </c>
       <c r="B24" t="s">
         <v>226</v>
       </c>
       <c r="C24" t="s">
         <v>44</v>
       </c>
       <c r="D24" t="s">
-        <v>528</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1845</v>
+        <v>2494</v>
       </c>
       <c r="B25" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C25" t="s">
         <v>44</v>
       </c>
       <c r="D25" t="s">
-        <v>528</v>
+        <v>582</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1846</v>
+        <v>2495</v>
       </c>
       <c r="B26" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C26" t="s">
         <v>44</v>
       </c>
       <c r="D26" t="s">
-        <v>528</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1847</v>
+        <v>2497</v>
       </c>
       <c r="B27" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C27" t="s">
-        <v>1794</v>
+        <v>44</v>
       </c>
       <c r="D27" t="s">
-        <v>1795</v>
+        <v>516</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:L97"/>
+  <dimension ref="A1:D27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>804</v>
+        <v>258</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>258</v>
+        <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>1</v>
-[...23 lines deleted...]
-        <v>1015</v>
+        <v>371</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1848</v>
+        <v>2498</v>
       </c>
       <c r="B2" t="s">
-        <v>742</v>
+        <v>37</v>
       </c>
       <c r="C2" t="s">
-        <v>55</v>
+        <v>2469</v>
       </c>
       <c r="D2" t="s">
-        <v>1849</v>
-[...23 lines deleted...]
-        <v>1854</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1855</v>
+        <v>2499</v>
       </c>
       <c r="B3" t="s">
-        <v>742</v>
+        <v>63</v>
       </c>
       <c r="C3" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="D3" t="s">
-        <v>1856</v>
-[...23 lines deleted...]
-        <v>1860</v>
+        <v>516</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1861</v>
+        <v>2500</v>
       </c>
       <c r="B4" t="s">
-        <v>744</v>
+        <v>71</v>
       </c>
       <c r="C4" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="D4" t="s">
-        <v>1862</v>
-[...23 lines deleted...]
-        <v>1866</v>
+        <v>516</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1867</v>
+        <v>2501</v>
       </c>
       <c r="B5" t="s">
-        <v>744</v>
+        <v>80</v>
       </c>
       <c r="C5" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="D5" t="s">
-        <v>1868</v>
-[...23 lines deleted...]
-        <v>1871</v>
+        <v>516</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1872</v>
+        <v>2502</v>
       </c>
       <c r="B6" t="s">
-        <v>744</v>
+        <v>87</v>
       </c>
       <c r="C6" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="D6" t="s">
-        <v>1873</v>
-[...23 lines deleted...]
-        <v>1876</v>
+        <v>516</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1877</v>
+        <v>2503</v>
       </c>
       <c r="B7" t="s">
-        <v>744</v>
+        <v>95</v>
       </c>
       <c r="C7" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="D7" t="s">
-        <v>1878</v>
-[...23 lines deleted...]
-        <v>1880</v>
+        <v>516</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1881</v>
+        <v>2504</v>
       </c>
       <c r="B8" t="s">
-        <v>744</v>
+        <v>101</v>
       </c>
       <c r="C8" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="D8" t="s">
-        <v>1882</v>
-[...23 lines deleted...]
-        <v>1886</v>
+        <v>516</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1887</v>
+        <v>2505</v>
       </c>
       <c r="B9" t="s">
-        <v>744</v>
+        <v>108</v>
       </c>
       <c r="C9" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>1888</v>
-[...23 lines deleted...]
-        <v>1890</v>
+        <v>516</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1891</v>
+        <v>2506</v>
       </c>
       <c r="B10" t="s">
-        <v>744</v>
+        <v>115</v>
       </c>
       <c r="C10" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="D10" t="s">
-        <v>1892</v>
-[...23 lines deleted...]
-        <v>1895</v>
+        <v>516</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1896</v>
+        <v>2507</v>
       </c>
       <c r="B11" t="s">
-        <v>744</v>
+        <v>122</v>
       </c>
       <c r="C11" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="D11" t="s">
-        <v>1897</v>
-[...23 lines deleted...]
-        <v>1899</v>
+        <v>582</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1900</v>
+        <v>2508</v>
       </c>
       <c r="B12" t="s">
-        <v>744</v>
+        <v>130</v>
       </c>
       <c r="C12" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="D12" t="s">
-        <v>1901</v>
-[...23 lines deleted...]
-        <v>1904</v>
+        <v>516</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1905</v>
+        <v>2509</v>
       </c>
       <c r="B13" t="s">
-        <v>744</v>
+        <v>138</v>
       </c>
       <c r="C13" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="D13" t="s">
-        <v>1906</v>
-[...23 lines deleted...]
-        <v>1909</v>
+        <v>516</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1910</v>
+        <v>2510</v>
       </c>
       <c r="B14" t="s">
-        <v>744</v>
+        <v>147</v>
       </c>
       <c r="C14" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="D14" t="s">
-        <v>1911</v>
-[...23 lines deleted...]
-        <v>1914</v>
+        <v>516</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1915</v>
+        <v>2511</v>
       </c>
       <c r="B15" t="s">
-        <v>744</v>
+        <v>155</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>1916</v>
-[...23 lines deleted...]
-        <v>1919</v>
+        <v>516</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1920</v>
+        <v>2512</v>
       </c>
       <c r="B16" t="s">
-        <v>744</v>
+        <v>161</v>
       </c>
       <c r="C16" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>1921</v>
-[...23 lines deleted...]
-        <v>1924</v>
+        <v>516</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1925</v>
+        <v>2513</v>
       </c>
       <c r="B17" t="s">
-        <v>744</v>
+        <v>169</v>
       </c>
       <c r="C17" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>1926</v>
-[...23 lines deleted...]
-        <v>1928</v>
+        <v>582</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1929</v>
+        <v>2514</v>
       </c>
       <c r="B18" t="s">
-        <v>744</v>
+        <v>179</v>
       </c>
       <c r="C18" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>1930</v>
-[...23 lines deleted...]
-        <v>1932</v>
+        <v>582</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1933</v>
+        <v>2515</v>
       </c>
       <c r="B19" t="s">
-        <v>744</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>1934</v>
-[...23 lines deleted...]
-        <v>1937</v>
+        <v>582</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1938</v>
+        <v>2516</v>
       </c>
       <c r="B20" t="s">
-        <v>744</v>
+        <v>198</v>
       </c>
       <c r="C20" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>1939</v>
-[...23 lines deleted...]
-        <v>1942</v>
+        <v>582</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1943</v>
+        <v>2517</v>
       </c>
       <c r="B21" t="s">
-        <v>744</v>
+        <v>206</v>
       </c>
       <c r="C21" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>1944</v>
-[...23 lines deleted...]
-        <v>1946</v>
+        <v>582</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1947</v>
+        <v>2518</v>
       </c>
       <c r="B22" t="s">
-        <v>746</v>
+        <v>213</v>
       </c>
       <c r="C22" t="s">
-        <v>79</v>
+        <v>44</v>
       </c>
       <c r="D22" t="s">
-        <v>1948</v>
-[...23 lines deleted...]
-        <v>1951</v>
+        <v>582</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1952</v>
+        <v>2519</v>
       </c>
       <c r="B23" t="s">
-        <v>746</v>
+        <v>219</v>
       </c>
       <c r="C23" t="s">
-        <v>79</v>
+        <v>44</v>
       </c>
       <c r="D23" t="s">
-        <v>1953</v>
-[...23 lines deleted...]
-        <v>1955</v>
+        <v>582</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1956</v>
+        <v>2520</v>
       </c>
       <c r="B24" t="s">
-        <v>748</v>
+        <v>226</v>
       </c>
       <c r="C24" t="s">
-        <v>89</v>
+        <v>44</v>
       </c>
       <c r="D24" t="s">
-        <v>1957</v>
-[...23 lines deleted...]
-        <v>1960</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1961</v>
+        <v>2521</v>
       </c>
       <c r="B25" t="s">
-        <v>748</v>
+        <v>234</v>
       </c>
       <c r="C25" t="s">
-        <v>89</v>
+        <v>44</v>
       </c>
       <c r="D25" t="s">
-        <v>1962</v>
-[...23 lines deleted...]
-        <v>1964</v>
+        <v>582</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1965</v>
+        <v>2522</v>
       </c>
       <c r="B26" t="s">
-        <v>750</v>
+        <v>242</v>
       </c>
       <c r="C26" t="s">
-        <v>95</v>
+        <v>44</v>
       </c>
       <c r="D26" t="s">
-        <v>1966</v>
-[...23 lines deleted...]
-        <v>1969</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1970</v>
+        <v>2523</v>
       </c>
       <c r="B27" t="s">
-        <v>750</v>
+        <v>248</v>
       </c>
       <c r="C27" t="s">
-        <v>95</v>
+        <v>44</v>
       </c>
       <c r="D27" t="s">
-        <v>1971</v>
-[...2683 lines deleted...]
-        <v>1569</v>
+        <v>516</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J54"/>
+  <dimension ref="A1:D27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>1011</v>
-[...17 lines deleted...]
-        <v>1015</v>
+        <v>371</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2288</v>
+        <v>2524</v>
       </c>
       <c r="B2" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="C2" t="s">
-        <v>2289</v>
+        <v>2469</v>
       </c>
       <c r="D2" t="s">
-        <v>2290</v>
-[...17 lines deleted...]
-        <v>2294</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2295</v>
+        <v>2525</v>
       </c>
       <c r="B3" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="C3" t="s">
-        <v>2296</v>
+        <v>44</v>
       </c>
       <c r="D3" t="s">
-        <v>2297</v>
-[...17 lines deleted...]
-        <v>2299</v>
+        <v>516</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2300</v>
+        <v>2526</v>
       </c>
       <c r="B4" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="C4" t="s">
-        <v>2301</v>
+        <v>44</v>
       </c>
       <c r="D4" t="s">
-        <v>2302</v>
-[...17 lines deleted...]
-        <v>2304</v>
+        <v>516</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2305</v>
+        <v>2527</v>
       </c>
       <c r="B5" t="s">
-        <v>55</v>
+        <v>80</v>
       </c>
       <c r="C5" t="s">
-        <v>2306</v>
+        <v>44</v>
       </c>
       <c r="D5" t="s">
-        <v>2307</v>
-[...17 lines deleted...]
-        <v>2311</v>
+        <v>516</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2312</v>
+        <v>2528</v>
       </c>
       <c r="B6" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="C6" t="s">
-        <v>2313</v>
+        <v>44</v>
       </c>
       <c r="D6" t="s">
-        <v>2314</v>
-[...17 lines deleted...]
-        <v>2316</v>
+        <v>516</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2317</v>
+        <v>2529</v>
       </c>
       <c r="B7" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="C7" t="s">
-        <v>2318</v>
+        <v>44</v>
       </c>
       <c r="D7" t="s">
-        <v>2319</v>
-[...17 lines deleted...]
-        <v>2321</v>
+        <v>516</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2322</v>
+        <v>2530</v>
       </c>
       <c r="B8" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="C8" t="s">
-        <v>2323</v>
+        <v>44</v>
       </c>
       <c r="D8" t="s">
-        <v>2324</v>
-[...17 lines deleted...]
-        <v>2326</v>
+        <v>516</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2327</v>
+        <v>2531</v>
       </c>
       <c r="B9" t="s">
-        <v>95</v>
+        <v>108</v>
       </c>
       <c r="C9" t="s">
-        <v>2328</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>2329</v>
-[...17 lines deleted...]
-        <v>2331</v>
+        <v>516</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2332</v>
+        <v>2532</v>
       </c>
       <c r="B10" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C10" t="s">
-        <v>2333</v>
+        <v>44</v>
       </c>
       <c r="D10" t="s">
-        <v>2334</v>
-[...17 lines deleted...]
-        <v>2336</v>
+        <v>516</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2337</v>
+        <v>2533</v>
       </c>
       <c r="B11" t="s">
-        <v>102</v>
+        <v>122</v>
       </c>
       <c r="C11" t="s">
-        <v>2338</v>
+        <v>44</v>
       </c>
       <c r="D11" t="s">
-        <v>2339</v>
-[...17 lines deleted...]
-        <v>2341</v>
+        <v>516</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2342</v>
+        <v>2534</v>
       </c>
       <c r="B12" t="s">
-        <v>102</v>
+        <v>130</v>
       </c>
       <c r="C12" t="s">
-        <v>2343</v>
+        <v>44</v>
       </c>
       <c r="D12" t="s">
-        <v>2344</v>
-[...17 lines deleted...]
-        <v>2346</v>
+        <v>516</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2347</v>
+        <v>2535</v>
       </c>
       <c r="B13" t="s">
-        <v>109</v>
+        <v>138</v>
       </c>
       <c r="C13" t="s">
-        <v>2348</v>
+        <v>44</v>
       </c>
       <c r="D13" t="s">
-        <v>2349</v>
-[...17 lines deleted...]
-        <v>2351</v>
+        <v>516</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2352</v>
+        <v>2536</v>
       </c>
       <c r="B14" t="s">
-        <v>109</v>
+        <v>147</v>
       </c>
       <c r="C14" t="s">
-        <v>2353</v>
+        <v>44</v>
       </c>
       <c r="D14" t="s">
-        <v>2354</v>
-[...17 lines deleted...]
-        <v>2356</v>
+        <v>516</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2357</v>
+        <v>2537</v>
       </c>
       <c r="B15" t="s">
-        <v>109</v>
+        <v>155</v>
       </c>
       <c r="C15" t="s">
-        <v>2358</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>2359</v>
-[...17 lines deleted...]
-        <v>2361</v>
+        <v>516</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2362</v>
+        <v>2538</v>
       </c>
       <c r="B16" t="s">
-        <v>117</v>
+        <v>161</v>
       </c>
       <c r="C16" t="s">
-        <v>2363</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>2364</v>
-[...17 lines deleted...]
-        <v>2366</v>
+        <v>516</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2367</v>
+        <v>2539</v>
       </c>
       <c r="B17" t="s">
-        <v>123</v>
+        <v>169</v>
       </c>
       <c r="C17" t="s">
-        <v>2368</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>2369</v>
-[...17 lines deleted...]
-        <v>2371</v>
+        <v>516</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2372</v>
+        <v>2540</v>
       </c>
       <c r="B18" t="s">
-        <v>123</v>
+        <v>179</v>
       </c>
       <c r="C18" t="s">
-        <v>2373</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>2374</v>
-[...17 lines deleted...]
-        <v>2376</v>
+        <v>516</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2377</v>
+        <v>2541</v>
       </c>
       <c r="B19" t="s">
-        <v>167</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
-        <v>2378</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>2379</v>
-[...17 lines deleted...]
-        <v>2382</v>
+        <v>516</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2383</v>
+        <v>2542</v>
       </c>
       <c r="B20" t="s">
-        <v>167</v>
+        <v>198</v>
       </c>
       <c r="C20" t="s">
-        <v>2384</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>2385</v>
-[...17 lines deleted...]
-        <v>2388</v>
+        <v>516</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2389</v>
+        <v>2543</v>
       </c>
       <c r="B21" t="s">
-        <v>167</v>
+        <v>206</v>
       </c>
       <c r="C21" t="s">
-        <v>2390</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>2391</v>
-[...17 lines deleted...]
-        <v>2393</v>
+        <v>516</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2394</v>
+        <v>2544</v>
       </c>
       <c r="B22" t="s">
-        <v>178</v>
+        <v>213</v>
       </c>
       <c r="C22" t="s">
-        <v>2395</v>
+        <v>44</v>
       </c>
       <c r="D22" t="s">
-        <v>2396</v>
-[...17 lines deleted...]
-        <v>2397</v>
+        <v>516</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2398</v>
+        <v>2545</v>
       </c>
       <c r="B23" t="s">
-        <v>178</v>
+        <v>219</v>
       </c>
       <c r="C23" t="s">
-        <v>2399</v>
+        <v>44</v>
       </c>
       <c r="D23" t="s">
-        <v>2400</v>
-[...17 lines deleted...]
-        <v>2402</v>
+        <v>516</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2403</v>
+        <v>2546</v>
       </c>
       <c r="B24" t="s">
-        <v>178</v>
+        <v>226</v>
       </c>
       <c r="C24" t="s">
-        <v>2404</v>
+        <v>44</v>
       </c>
       <c r="D24" t="s">
-        <v>2405</v>
-[...17 lines deleted...]
-        <v>2406</v>
+        <v>516</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2407</v>
+        <v>2547</v>
       </c>
       <c r="B25" t="s">
-        <v>178</v>
+        <v>234</v>
       </c>
       <c r="C25" t="s">
-        <v>2408</v>
+        <v>44</v>
       </c>
       <c r="D25" t="s">
-        <v>2409</v>
-[...17 lines deleted...]
-        <v>2411</v>
+        <v>516</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2412</v>
+        <v>2548</v>
       </c>
       <c r="B26" t="s">
-        <v>186</v>
+        <v>242</v>
       </c>
       <c r="C26" t="s">
-        <v>2413</v>
+        <v>44</v>
       </c>
       <c r="D26" t="s">
-        <v>2414</v>
-[...17 lines deleted...]
-        <v>2416</v>
+        <v>516</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2417</v>
+        <v>2549</v>
       </c>
       <c r="B27" t="s">
-        <v>186</v>
+        <v>248</v>
       </c>
       <c r="C27" t="s">
-        <v>2418</v>
+        <v>44</v>
       </c>
       <c r="D27" t="s">
-        <v>2419</v>
-[...881 lines deleted...]
-        <v>2548</v>
+        <v>516</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>260</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>259</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2549</v>
+        <v>2550</v>
       </c>
       <c r="B2" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="C2" t="s">
-        <v>2550</v>
+        <v>2551</v>
       </c>
       <c r="D2" t="s">
-        <v>2551</v>
+        <v>2552</v>
       </c>
       <c r="E2" t="s">
-        <v>252</v>
+        <v>47</v>
       </c>
       <c r="F2" t="s">
-        <v>2552</v>
+        <v>2553</v>
       </c>
       <c r="G2" t="s">
-        <v>2553</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2554</v>
+        <v>2555</v>
       </c>
       <c r="B3" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="C3" t="s">
-        <v>2555</v>
+        <v>2556</v>
       </c>
       <c r="D3" t="s">
-        <v>252</v>
+        <v>47</v>
       </c>
       <c r="E3" t="s">
-        <v>252</v>
+        <v>47</v>
       </c>
       <c r="F3" t="s">
-        <v>2552</v>
+        <v>2553</v>
       </c>
       <c r="G3" t="s">
-        <v>2556</v>
+        <v>2557</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>2557</v>
+        <v>2558</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2558</v>
+        <v>2559</v>
       </c>
       <c r="B2" t="s">
-        <v>2549</v>
+        <v>2550</v>
       </c>
       <c r="C2" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="D2">
         <v>35201</v>
       </c>
       <c r="E2">
         <v>1</v>
       </c>
       <c r="F2">
         <v>35201</v>
       </c>
       <c r="G2" t="s">
-        <v>2559</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2560</v>
+        <v>2561</v>
       </c>
       <c r="B3" t="s">
-        <v>2554</v>
+        <v>2555</v>
       </c>
       <c r="C3" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="D3">
         <v>35201</v>
       </c>
       <c r="E3">
         <v>1</v>
       </c>
       <c r="F3">
         <v>35201</v>
       </c>
       <c r="G3" t="s">
-        <v>2559</v>
+        <v>2560</v>
       </c>
       <c r="H3" t="s">
-        <v>2559</v>
+        <v>2560</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>2557</v>
+        <v>2558</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>260</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>263</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>2561</v>
+        <v>2562</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>2562</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2563</v>
+        <v>2564</v>
       </c>
       <c r="B2" t="s">
-        <v>2549</v>
+        <v>2550</v>
       </c>
       <c r="C2" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="D2" t="s">
-        <v>2564</v>
+        <v>2565</v>
       </c>
       <c r="E2" t="s">
-        <v>256</v>
+        <v>61</v>
       </c>
       <c r="F2" t="s">
-        <v>252</v>
+        <v>47</v>
       </c>
       <c r="G2">
         <v>23606</v>
       </c>
       <c r="H2" t="s">
-        <v>255</v>
+        <v>60</v>
       </c>
       <c r="I2" t="s">
-        <v>256</v>
+        <v>61</v>
       </c>
       <c r="J2" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="K2" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>2557</v>
+        <v>2558</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>2565</v>
+        <v>2566</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2566</v>
+        <v>2567</v>
       </c>
       <c r="B2" t="s">
-        <v>2549</v>
+        <v>2550</v>
       </c>
       <c r="C2" t="s">
-        <v>2563</v>
+        <v>2564</v>
       </c>
       <c r="D2" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="E2">
         <v>35201</v>
       </c>
       <c r="F2">
         <v>23606</v>
       </c>
       <c r="G2">
         <v>35201</v>
       </c>
       <c r="H2" t="s">
-        <v>2559</v>
+        <v>2560</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>2557</v>
+        <v>2558</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2567</v>
+        <v>2568</v>
       </c>
       <c r="B2" t="s">
-        <v>2549</v>
+        <v>2550</v>
       </c>
       <c r="C2" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="D2" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="E2" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2568</v>
+        <v>2569</v>
       </c>
       <c r="B3" t="s">
-        <v>2554</v>
+        <v>2555</v>
       </c>
       <c r="C3" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="D3" t="s">
-        <v>439</v>
+        <v>373</v>
       </c>
       <c r="E3" t="s">
-        <v>440</v>
+        <v>374</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -17841,17072 +16413,18503 @@
       </c>
       <c r="I1" s="1" t="s">
         <v>263</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>264</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>265</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>266</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>268</v>
       </c>
       <c r="B2" t="s">
         <v>37</v>
       </c>
       <c r="C2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D2" t="s">
+        <v>60</v>
+      </c>
+      <c r="E2" t="s">
         <v>269</v>
-      </c>
-[...4 lines deleted...]
-        <v>271</v>
       </c>
       <c r="F2" t="s">
         <v>47</v>
       </c>
       <c r="G2" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="H2" t="s">
-        <v>47</v>
+        <v>271</v>
       </c>
       <c r="I2">
-        <v>216617.63</v>
+        <v>23606</v>
       </c>
       <c r="J2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K2">
-        <v>186739.33</v>
+        <v>20350</v>
       </c>
       <c r="L2" t="s">
-        <v>273</v>
+        <v>60</v>
       </c>
       <c r="M2" t="s">
-        <v>274</v>
+        <v>60</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>272</v>
+      </c>
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C3" t="s">
+        <v>273</v>
+      </c>
+      <c r="D3" t="s">
+        <v>274</v>
+      </c>
+      <c r="E3" t="s">
         <v>275</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>68</v>
+      </c>
+      <c r="G3" t="s">
+        <v>270</v>
+      </c>
+      <c r="H3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I3">
+        <v>216617.63</v>
+      </c>
+      <c r="J3" t="s">
         <v>59</v>
       </c>
-      <c r="D3" t="s">
+      <c r="K3">
+        <v>186739.33</v>
+      </c>
+      <c r="L3" t="s">
         <v>276</v>
       </c>
-      <c r="E3" t="s">
+      <c r="M3" t="s">
         <v>277</v>
-      </c>
-[...22 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C4" t="s">
+        <v>75</v>
+      </c>
+      <c r="D4" t="s">
+        <v>279</v>
+      </c>
+      <c r="E4" t="s">
+        <v>280</v>
+      </c>
+      <c r="F4" t="s">
+        <v>76</v>
+      </c>
+      <c r="G4" t="s">
+        <v>270</v>
+      </c>
+      <c r="H4" t="s">
         <v>281</v>
       </c>
-      <c r="B4" t="s">
-[...5 lines deleted...]
-      <c r="D4" t="s">
+      <c r="I4">
+        <v>14600</v>
+      </c>
+      <c r="J4" t="s">
+        <v>59</v>
+      </c>
+      <c r="K4">
+        <v>14600</v>
+      </c>
+      <c r="L4" t="s">
         <v>282</v>
       </c>
-      <c r="E4" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M4" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>283</v>
+      </c>
+      <c r="B5" t="s">
+        <v>80</v>
+      </c>
+      <c r="C5" t="s">
+        <v>84</v>
+      </c>
+      <c r="D5" t="s">
+        <v>284</v>
+      </c>
+      <c r="E5" t="s">
         <v>285</v>
       </c>
-      <c r="B5" t="s">
-[...5 lines deleted...]
-      <c r="D5" t="s">
+      <c r="F5" t="s">
         <v>286</v>
       </c>
-      <c r="E5" t="s">
+      <c r="G5" t="s">
+        <v>270</v>
+      </c>
+      <c r="H5" t="s">
+        <v>85</v>
+      </c>
+      <c r="I5">
+        <v>82000</v>
+      </c>
+      <c r="J5" t="s">
+        <v>59</v>
+      </c>
+      <c r="K5">
+        <v>82000</v>
+      </c>
+      <c r="L5" t="s">
+        <v>276</v>
+      </c>
+      <c r="M5" t="s">
         <v>287</v>
-      </c>
-[...22 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>288</v>
+      </c>
+      <c r="B6" t="s">
+        <v>87</v>
+      </c>
+      <c r="C6" t="s">
+        <v>91</v>
+      </c>
+      <c r="D6" t="s">
+        <v>289</v>
+      </c>
+      <c r="E6" t="s">
         <v>290</v>
       </c>
-      <c r="B6" t="s">
-[...8 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>92</v>
+      </c>
+      <c r="G6" t="s">
+        <v>270</v>
+      </c>
+      <c r="H6" t="s">
+        <v>92</v>
+      </c>
+      <c r="I6">
+        <v>271754</v>
+      </c>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6">
+        <v>234270.69</v>
+      </c>
+      <c r="L6" t="s">
         <v>291</v>
       </c>
-      <c r="F6" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M6" t="s">
-        <v>202</v>
+        <v>289</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>292</v>
       </c>
       <c r="B7" t="s">
         <v>95</v>
       </c>
       <c r="C7" t="s">
         <v>99</v>
       </c>
       <c r="D7" t="s">
-        <v>276</v>
+        <v>241</v>
       </c>
       <c r="E7" t="s">
         <v>293</v>
       </c>
       <c r="F7" t="s">
         <v>100</v>
       </c>
       <c r="G7" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="H7" t="s">
         <v>100</v>
       </c>
       <c r="I7">
-        <v>23548</v>
+        <v>13989.6</v>
       </c>
       <c r="J7" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K7">
-        <v>20300</v>
+        <v>12060</v>
       </c>
       <c r="L7" t="s">
         <v>294</v>
       </c>
       <c r="M7" t="s">
-        <v>280</v>
+        <v>241</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>295</v>
       </c>
       <c r="B8" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C8" t="s">
+        <v>105</v>
+      </c>
+      <c r="D8" t="s">
+        <v>294</v>
+      </c>
+      <c r="E8" t="s">
+        <v>296</v>
+      </c>
+      <c r="F8" t="s">
         <v>106</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="G8" t="s">
+        <v>270</v>
+      </c>
+      <c r="H8" t="s">
+        <v>106</v>
+      </c>
+      <c r="I8">
+        <v>23548</v>
+      </c>
+      <c r="J8" t="s">
+        <v>59</v>
+      </c>
+      <c r="K8">
+        <v>20300</v>
+      </c>
+      <c r="L8" t="s">
+        <v>291</v>
+      </c>
+      <c r="M8" t="s">
         <v>297</v>
-      </c>
-[...22 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>298</v>
+      </c>
+      <c r="B9" t="s">
+        <v>108</v>
+      </c>
+      <c r="C9" t="s">
         <v>299</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>274</v>
+      </c>
+      <c r="E9" t="s">
         <v>300</v>
       </c>
-      <c r="D9" t="s">
+      <c r="F9" t="s">
+        <v>301</v>
+      </c>
+      <c r="G9" t="s">
         <v>270</v>
       </c>
-      <c r="E9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H9" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I9">
         <v>9805.48</v>
       </c>
       <c r="J9" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K9">
         <v>8453</v>
       </c>
       <c r="L9" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="M9" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="B10" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C10" t="s">
+        <v>119</v>
+      </c>
+      <c r="D10" t="s">
+        <v>241</v>
+      </c>
+      <c r="E10" t="s">
+        <v>120</v>
+      </c>
+      <c r="F10" t="s">
+        <v>120</v>
+      </c>
+      <c r="G10" t="s">
+        <v>270</v>
+      </c>
+      <c r="H10" t="s">
         <v>121</v>
       </c>
-      <c r="D10" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I10">
-        <v>271754</v>
+        <v>11388.88</v>
       </c>
       <c r="J10" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K10">
-        <v>234270.69</v>
+        <v>9818</v>
       </c>
       <c r="L10" t="s">
-        <v>294</v>
+        <v>241</v>
       </c>
       <c r="M10" t="s">
-        <v>305</v>
+        <v>241</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>304</v>
+      </c>
+      <c r="B11" t="s">
+        <v>122</v>
+      </c>
+      <c r="C11" t="s">
+        <v>126</v>
+      </c>
+      <c r="D11" t="s">
+        <v>302</v>
+      </c>
+      <c r="E11" t="s">
+        <v>305</v>
+      </c>
+      <c r="F11" t="s">
+        <v>306</v>
+      </c>
+      <c r="G11" t="s">
+        <v>270</v>
+      </c>
+      <c r="H11" t="s">
+        <v>128</v>
+      </c>
+      <c r="I11">
+        <v>122777</v>
+      </c>
+      <c r="J11" t="s">
+        <v>59</v>
+      </c>
+      <c r="K11">
+        <v>105842.24</v>
+      </c>
+      <c r="L11" t="s">
         <v>307</v>
       </c>
-      <c r="B11" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M11" t="s">
-        <v>202</v>
+        <v>302</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>308</v>
       </c>
       <c r="B12" t="s">
         <v>130</v>
       </c>
       <c r="C12" t="s">
-        <v>134</v>
+        <v>309</v>
       </c>
       <c r="D12" t="s">
-        <v>274</v>
+        <v>310</v>
       </c>
       <c r="E12" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="F12" t="s">
-        <v>135</v>
+        <v>312</v>
       </c>
       <c r="G12" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="H12" t="s">
-        <v>135</v>
+        <v>312</v>
       </c>
       <c r="I12">
-        <v>230869.35</v>
+        <v>350433.54</v>
       </c>
       <c r="J12" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K12">
-        <v>199025.56</v>
+        <v>302097.88</v>
       </c>
       <c r="L12" t="s">
-        <v>273</v>
+        <v>313</v>
       </c>
       <c r="M12" t="s">
-        <v>274</v>
+        <v>314</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="B13" t="s">
         <v>138</v>
       </c>
       <c r="C13" t="s">
-        <v>311</v>
+        <v>142</v>
       </c>
       <c r="D13" t="s">
+        <v>314</v>
+      </c>
+      <c r="E13" t="s">
+        <v>316</v>
+      </c>
+      <c r="F13" t="s">
+        <v>317</v>
+      </c>
+      <c r="G13" t="s">
         <v>270</v>
       </c>
-      <c r="E13" t="s">
-[...2 lines deleted...]
-      <c r="F13" t="s">
+      <c r="H13" t="s">
+        <v>318</v>
+      </c>
+      <c r="I13">
+        <v>67188</v>
+      </c>
+      <c r="J13" t="s">
+        <v>59</v>
+      </c>
+      <c r="K13">
+        <v>57920.69</v>
+      </c>
+      <c r="L13" t="s">
         <v>313</v>
       </c>
-      <c r="G13" t="s">
-[...14 lines deleted...]
-      <c r="L13" t="s">
+      <c r="M13" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="B14" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C14" t="s">
-        <v>317</v>
+        <v>151</v>
       </c>
       <c r="D14" t="s">
+        <v>277</v>
+      </c>
+      <c r="E14" t="s">
+        <v>320</v>
+      </c>
+      <c r="F14" t="s">
+        <v>152</v>
+      </c>
+      <c r="G14" t="s">
         <v>270</v>
       </c>
-      <c r="E14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H14" t="s">
-        <v>319</v>
+        <v>152</v>
       </c>
       <c r="I14">
-        <v>350433.54</v>
+        <v>230869.35</v>
       </c>
       <c r="J14" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K14">
-        <v>302097.88</v>
+        <v>199025.56</v>
       </c>
       <c r="L14" t="s">
-        <v>314</v>
+        <v>276</v>
       </c>
       <c r="M14" t="s">
-        <v>315</v>
+        <v>277</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B15" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="C15" t="s">
-        <v>156</v>
+        <v>322</v>
       </c>
       <c r="D15" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="E15" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="F15" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="G15" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="H15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="I15">
-        <v>67188</v>
+        <v>80883.56</v>
       </c>
       <c r="J15" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K15">
-        <v>57920.69</v>
+        <v>69727.21</v>
       </c>
       <c r="L15" t="s">
+        <v>313</v>
+      </c>
+      <c r="M15" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B16" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C16" t="s">
-        <v>171</v>
+        <v>326</v>
       </c>
       <c r="D16" t="s">
-        <v>325</v>
+        <v>277</v>
       </c>
       <c r="E16" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F16" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G16" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="H16" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="I16">
-        <v>20686.97</v>
+        <v>90102.12</v>
       </c>
       <c r="J16" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K16">
-        <v>17833.59</v>
+        <v>77674.24</v>
       </c>
       <c r="L16" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="M16" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B17" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C17" t="s">
-        <v>182</v>
+        <v>331</v>
       </c>
       <c r="D17" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="E17" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="F17" t="s">
-        <v>184</v>
+        <v>334</v>
       </c>
       <c r="G17" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="H17" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I17">
-        <v>38472.56</v>
+        <v>38048</v>
       </c>
       <c r="J17" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K17">
-        <v>33166</v>
+        <v>32800</v>
       </c>
       <c r="L17" t="s">
-        <v>296</v>
+        <v>335</v>
       </c>
       <c r="M17" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="B18" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
-        <v>333</v>
+        <v>191</v>
       </c>
       <c r="D18" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="E18" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="F18" t="s">
-        <v>336</v>
+        <v>194</v>
       </c>
       <c r="G18" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="H18" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="I18">
-        <v>38048</v>
+        <v>20686.97</v>
       </c>
       <c r="J18" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K18">
-        <v>32800</v>
+        <v>17833.59</v>
       </c>
       <c r="L18" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="M18" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B19" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C19" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="D19" t="s">
-        <v>276</v>
+        <v>342</v>
       </c>
       <c r="E19" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="F19" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="G19" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="H19" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="I19">
-        <v>16794.48</v>
+        <v>19731.81</v>
       </c>
       <c r="J19" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K19">
-        <v>14478</v>
+        <v>17010.18</v>
       </c>
       <c r="L19" t="s">
-        <v>305</v>
+        <v>346</v>
       </c>
       <c r="M19" t="s">
-        <v>276</v>
+        <v>291</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="B20" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C20" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="D20" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="E20" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="F20" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="G20" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="H20" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="I20">
         <v>13500</v>
       </c>
       <c r="J20" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K20">
         <v>13500</v>
       </c>
       <c r="L20" t="s">
-        <v>280</v>
+        <v>297</v>
       </c>
       <c r="M20" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="B21" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C21" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="D21" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="E21" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="F21" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="G21" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="H21" t="s">
-        <v>216</v>
+        <v>353</v>
       </c>
       <c r="I21">
-        <v>122777</v>
+        <v>21233.8</v>
       </c>
       <c r="J21" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K21">
-        <v>105842.24</v>
+        <v>18305</v>
       </c>
       <c r="L21" t="s">
-        <v>349</v>
+        <v>297</v>
       </c>
       <c r="M21" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="B22" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C22" t="s">
-        <v>351</v>
+        <v>223</v>
       </c>
       <c r="D22" t="s">
-        <v>274</v>
+        <v>355</v>
       </c>
       <c r="E22" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="F22" t="s">
-        <v>222</v>
+        <v>357</v>
       </c>
       <c r="G22" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="H22" t="s">
-        <v>222</v>
+        <v>356</v>
       </c>
       <c r="I22">
-        <v>90102.12</v>
+        <v>16332.8</v>
       </c>
       <c r="J22" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K22">
-        <v>77674.24</v>
+        <v>14080</v>
       </c>
       <c r="L22" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="M22" t="s">
-        <v>354</v>
+        <v>291</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B23" t="s">
         <v>226</v>
       </c>
       <c r="C23" t="s">
         <v>230</v>
       </c>
       <c r="D23" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="E23" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="F23" t="s">
-        <v>358</v>
+        <v>232</v>
       </c>
       <c r="G23" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="H23" t="s">
-        <v>357</v>
+        <v>232</v>
       </c>
       <c r="I23">
-        <v>16332.8</v>
+        <v>38472.56</v>
       </c>
       <c r="J23" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K23">
-        <v>14080</v>
+        <v>33166</v>
       </c>
       <c r="L23" t="s">
-        <v>359</v>
+        <v>284</v>
       </c>
       <c r="M23" t="s">
-        <v>294</v>
+        <v>361</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B24" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C24" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D24" t="s">
-        <v>201</v>
+        <v>294</v>
       </c>
       <c r="E24" t="s">
-        <v>238</v>
+        <v>363</v>
       </c>
       <c r="F24" t="s">
-        <v>238</v>
+        <v>364</v>
       </c>
       <c r="G24" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="H24" t="s">
-        <v>238</v>
+        <v>365</v>
       </c>
       <c r="I24">
-        <v>10517.72</v>
+        <v>16794.48</v>
       </c>
       <c r="J24" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K24">
-        <v>8818.5</v>
+        <v>14478</v>
       </c>
       <c r="L24" t="s">
-        <v>280</v>
+        <v>289</v>
       </c>
       <c r="M24" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B25" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C25" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="D25" t="s">
-        <v>362</v>
+        <v>240</v>
       </c>
       <c r="E25" t="s">
-        <v>363</v>
+        <v>247</v>
       </c>
       <c r="F25" t="s">
-        <v>364</v>
+        <v>247</v>
       </c>
       <c r="G25" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="H25" t="s">
-        <v>365</v>
+        <v>247</v>
       </c>
       <c r="I25">
-        <v>19731.81</v>
+        <v>10517.72</v>
       </c>
       <c r="J25" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K25">
-        <v>17010.18</v>
+        <v>8818.5</v>
       </c>
       <c r="L25" t="s">
-        <v>359</v>
+        <v>297</v>
       </c>
       <c r="M25" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B26" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C26" t="s">
-        <v>251</v>
+        <v>135</v>
       </c>
       <c r="D26" t="s">
-        <v>255</v>
+        <v>287</v>
       </c>
       <c r="E26" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="F26" t="s">
-        <v>252</v>
+        <v>369</v>
       </c>
       <c r="G26" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="H26" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="I26">
-        <v>23606</v>
+        <v>629932.56</v>
       </c>
       <c r="J26" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K26">
-        <v>20350</v>
+        <v>543045.31</v>
       </c>
       <c r="L26" t="s">
-        <v>255</v>
+        <v>276</v>
       </c>
       <c r="M26" t="s">
-        <v>255</v>
+        <v>277</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>260</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>2569</v>
+        <v>2570</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>2570</v>
+        <v>2571</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>2571</v>
+        <v>2572</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>2572</v>
+        <v>2573</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>2573</v>
+        <v>2574</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>2574</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="B2" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="C2" t="s">
-        <v>2576</v>
+        <v>2577</v>
       </c>
       <c r="D2" t="s">
-        <v>252</v>
+        <v>47</v>
       </c>
       <c r="E2" t="s">
-        <v>2577</v>
+        <v>2578</v>
       </c>
       <c r="F2" t="s">
-        <v>2578</v>
+        <v>2579</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="I2" t="s">
-        <v>2579</v>
+        <v>2580</v>
       </c>
       <c r="J2" t="s">
-        <v>2580</v>
+        <v>2581</v>
       </c>
       <c r="K2" t="s">
         <v>44</v>
       </c>
       <c r="L2" t="s">
-        <v>2581</v>
+        <v>2582</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="B2" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="C2" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>2584</v>
+        <v>2585</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>2585</v>
+        <v>2586</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>2586</v>
+        <v>2587</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2587</v>
+        <v>2588</v>
       </c>
       <c r="B2" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="C2" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="D2" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="E2" t="s">
-        <v>2588</v>
+        <v>2589</v>
       </c>
       <c r="F2" t="s">
-        <v>2589</v>
+        <v>2590</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2" t="s">
-        <v>2590</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2591</v>
+        <v>2592</v>
       </c>
       <c r="B3" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="C3" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="D3" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="E3" t="s">
-        <v>2592</v>
+        <v>2593</v>
       </c>
       <c r="F3" t="s">
-        <v>2593</v>
+        <v>2594</v>
       </c>
       <c r="G3">
         <v>2</v>
       </c>
       <c r="H3" t="s">
-        <v>2594</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2595</v>
+        <v>2596</v>
       </c>
       <c r="B4" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="C4" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="D4" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="E4" t="s">
-        <v>2596</v>
+        <v>2597</v>
       </c>
       <c r="F4" t="s">
-        <v>2597</v>
+        <v>2598</v>
       </c>
       <c r="G4">
         <v>3</v>
       </c>
       <c r="H4" t="s">
-        <v>2598</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2599</v>
+        <v>2600</v>
       </c>
       <c r="B5" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="C5" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="D5" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>2600</v>
+        <v>2601</v>
       </c>
       <c r="F5" t="s">
-        <v>2601</v>
+        <v>2602</v>
       </c>
       <c r="G5">
         <v>4</v>
       </c>
       <c r="H5" t="s">
-        <v>2602</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2603</v>
+        <v>2604</v>
       </c>
       <c r="B6" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="C6" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="D6" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>2604</v>
+        <v>2605</v>
       </c>
       <c r="F6" t="s">
-        <v>2605</v>
+        <v>2606</v>
       </c>
       <c r="G6">
         <v>5</v>
       </c>
       <c r="H6" t="s">
-        <v>2606</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2607</v>
+        <v>2608</v>
       </c>
       <c r="B7" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="C7" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="D7" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="E7" t="s">
-        <v>2588</v>
+        <v>2589</v>
       </c>
       <c r="F7" t="s">
-        <v>2608</v>
+        <v>2609</v>
       </c>
       <c r="G7">
         <v>6</v>
       </c>
       <c r="H7" t="s">
-        <v>2606</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2609</v>
+        <v>2610</v>
       </c>
       <c r="B8" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="C8" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="D8" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="E8" t="s">
-        <v>2610</v>
+        <v>2611</v>
       </c>
       <c r="F8" t="s">
-        <v>2611</v>
+        <v>2612</v>
       </c>
       <c r="G8">
         <v>7</v>
       </c>
       <c r="H8" t="s">
-        <v>2612</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2613</v>
+        <v>2614</v>
       </c>
       <c r="B9" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="C9" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="D9" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="E9" t="s">
-        <v>2614</v>
+        <v>2615</v>
       </c>
       <c r="F9" t="s">
-        <v>2615</v>
+        <v>2616</v>
       </c>
       <c r="G9">
         <v>8</v>
       </c>
       <c r="H9" t="s">
-        <v>2616</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2617</v>
+        <v>2618</v>
       </c>
       <c r="B10" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="C10" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="D10" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="E10" t="s">
-        <v>2618</v>
+        <v>2619</v>
       </c>
       <c r="F10" t="s">
-        <v>2619</v>
+        <v>2620</v>
       </c>
       <c r="G10">
         <v>9</v>
       </c>
       <c r="H10" t="s">
-        <v>2620</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2621</v>
+        <v>2622</v>
       </c>
       <c r="B11" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="C11" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="D11" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="E11" t="s">
-        <v>2622</v>
+        <v>2623</v>
       </c>
       <c r="F11" t="s">
-        <v>2623</v>
+        <v>2624</v>
       </c>
       <c r="G11">
         <v>10</v>
       </c>
       <c r="H11" t="s">
-        <v>2624</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2625</v>
+        <v>2626</v>
       </c>
       <c r="B12" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="C12" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="D12" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="E12" t="s">
-        <v>2626</v>
+        <v>2627</v>
       </c>
       <c r="F12" t="s">
-        <v>2627</v>
+        <v>2628</v>
       </c>
       <c r="G12">
         <v>11</v>
       </c>
       <c r="H12" t="s">
-        <v>2628</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2629</v>
+        <v>2630</v>
       </c>
       <c r="B13" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="C13" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="D13" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>2618</v>
+        <v>2619</v>
       </c>
       <c r="F13" t="s">
-        <v>2630</v>
+        <v>2631</v>
       </c>
       <c r="G13">
         <v>12</v>
       </c>
       <c r="H13" t="s">
-        <v>2631</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2632</v>
+        <v>2633</v>
       </c>
       <c r="B14" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="C14" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="D14" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>2633</v>
+        <v>2634</v>
       </c>
       <c r="F14" t="s">
-        <v>2634</v>
+        <v>2635</v>
       </c>
       <c r="G14">
         <v>13</v>
       </c>
       <c r="H14" t="s">
-        <v>2635</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2636</v>
+        <v>2637</v>
       </c>
       <c r="B15" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="C15" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="D15" t="s">
-        <v>247</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>2637</v>
+        <v>2638</v>
       </c>
       <c r="F15" t="s">
-        <v>2638</v>
+        <v>2639</v>
       </c>
       <c r="G15">
         <v>14</v>
       </c>
       <c r="H15" t="s">
-        <v>530</v>
+        <v>557</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B2" t="s">
         <v>268</v>
       </c>
       <c r="C2" t="s">
         <v>37</v>
       </c>
       <c r="D2" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E2" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B3" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="C3" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="D3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="E3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B4" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="C4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D4" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="E4" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B5" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="C5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D5" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E5" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B6" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="C6" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D6" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="E6" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B7" t="s">
         <v>292</v>
       </c>
       <c r="C7" t="s">
         <v>95</v>
       </c>
       <c r="D7" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="E7" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B8" t="s">
         <v>295</v>
       </c>
       <c r="C8" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="D8" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="E8" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B9" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="C9" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D9" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="E9" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B10" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="C10" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="D10" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E10" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B11" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C11" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D11" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="E11" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B12" t="s">
         <v>308</v>
       </c>
       <c r="C12" t="s">
         <v>130</v>
       </c>
       <c r="D12" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="E12" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B13" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="C13" t="s">
         <v>138</v>
       </c>
       <c r="D13" t="s">
-        <v>372</v>
+        <v>406</v>
       </c>
       <c r="E13" t="s">
-        <v>373</v>
+        <v>407</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="B14" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C14" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D14" t="s">
-        <v>378</v>
+        <v>409</v>
       </c>
       <c r="E14" t="s">
-        <v>379</v>
+        <v>410</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="B15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C15" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="D15" t="s">
-        <v>407</v>
+        <v>376</v>
       </c>
       <c r="E15" t="s">
-        <v>408</v>
+        <v>377</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B16" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C16" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D16" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E16" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B17" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C17" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D17" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="E17" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B18" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="C18" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D18" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="E18" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B19" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C19" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>422</v>
       </c>
       <c r="E19" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="B20" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="C20" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D20" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="E20" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="B21" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C21" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="D21" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="E21" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="B22" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C22" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D22" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="E22" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="B23" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="C23" t="s">
         <v>226</v>
       </c>
       <c r="D23" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="E23" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="B24" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="C24" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D24" t="s">
-        <v>433</v>
+        <v>44</v>
       </c>
       <c r="E24" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B25" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="C25" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="D25" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="E25" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B26" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C26" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D26" t="s">
-        <v>439</v>
+        <v>403</v>
       </c>
       <c r="E26" t="s">
-        <v>440</v>
+        <v>404</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X55"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="N1" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="O1" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="P1" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="Q1" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="R1" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="S1" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="T1" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="U1" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="V1" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="W1" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="X1" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B2" t="s">
         <v>37</v>
       </c>
       <c r="C2" t="s">
         <v>44</v>
       </c>
       <c r="D2" t="s">
         <v>45</v>
       </c>
       <c r="E2" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="F2" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G2" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H2" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="I2" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J2" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="K2" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="L2" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M2" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="N2" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O2" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="P2" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q2" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="R2" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="S2" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="T2" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="U2" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B3" t="s">
         <v>37</v>
       </c>
       <c r="C3" t="s">
-        <v>372</v>
+        <v>391</v>
       </c>
       <c r="D3" t="s">
-        <v>373</v>
+        <v>392</v>
       </c>
       <c r="E3" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="F3" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G3" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-        <v>481</v>
+        <v>465</v>
       </c>
       <c r="I3" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J3" t="s">
         <v>482</v>
       </c>
       <c r="K3" t="s">
         <v>483</v>
       </c>
       <c r="L3" t="s">
-        <v>469</v>
-[...1 lines deleted...]
-      <c r="M3" t="s">
+        <v>470</v>
+      </c>
+      <c r="N3" t="s">
         <v>484</v>
       </c>
-      <c r="N3" t="s">
-        <v>471</v>
+      <c r="O3" t="s">
+        <v>485</v>
       </c>
       <c r="P3" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-        <v>485</v>
+        <v>474</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>486</v>
+      </c>
+      <c r="R3" t="s">
+        <v>487</v>
+      </c>
+      <c r="T3" t="s">
+        <v>488</v>
+      </c>
+      <c r="U3" t="s">
+        <v>489</v>
+      </c>
+      <c r="V3" t="s">
+        <v>487</v>
+      </c>
+      <c r="W3" t="s">
+        <v>488</v>
+      </c>
+      <c r="X3" t="s">
+        <v>490</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="B4" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="C4" t="s">
-        <v>44</v>
+        <v>373</v>
       </c>
       <c r="D4" t="s">
-        <v>487</v>
+        <v>374</v>
       </c>
       <c r="E4" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="F4" t="s">
-        <v>463</v>
-[...2 lines deleted...]
-        <v>464</v>
+        <v>493</v>
       </c>
       <c r="H4" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-        <v>466</v>
+        <v>494</v>
       </c>
       <c r="J4" t="s">
-        <v>467</v>
+        <v>495</v>
       </c>
       <c r="K4" t="s">
-        <v>468</v>
+        <v>496</v>
       </c>
       <c r="L4" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-        <v>487</v>
+        <v>470</v>
       </c>
       <c r="N4" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="O4" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-        <v>473</v>
+        <v>497</v>
       </c>
       <c r="Q4" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="R4" t="s">
-        <v>491</v>
-[...8 lines deleted...]
-        <v>493</v>
+        <v>497</v>
+      </c>
+      <c r="V4" t="s">
+        <v>499</v>
+      </c>
+      <c r="W4" t="s">
+        <v>500</v>
+      </c>
+      <c r="X4" t="s">
+        <v>501</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>494</v>
+        <v>502</v>
       </c>
       <c r="B5" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="C5" t="s">
-        <v>375</v>
+        <v>44</v>
       </c>
       <c r="D5" t="s">
-        <v>376</v>
+        <v>45</v>
       </c>
       <c r="E5" t="s">
-        <v>495</v>
+        <v>463</v>
+      </c>
+      <c r="F5" t="s">
+        <v>464</v>
+      </c>
+      <c r="G5" t="s">
+        <v>465</v>
+      </c>
+      <c r="H5" t="s">
+        <v>466</v>
+      </c>
+      <c r="I5" t="s">
+        <v>467</v>
+      </c>
+      <c r="J5" t="s">
+        <v>503</v>
       </c>
       <c r="K5" t="s">
-        <v>496</v>
+        <v>469</v>
       </c>
       <c r="L5" t="s">
-        <v>469</v>
+        <v>470</v>
+      </c>
+      <c r="M5" t="s">
+        <v>504</v>
       </c>
       <c r="N5" t="s">
-        <v>497</v>
-[...8 lines deleted...]
-        <v>500</v>
+        <v>472</v>
+      </c>
+      <c r="O5" t="s">
+        <v>505</v>
+      </c>
+      <c r="P5" t="s">
+        <v>474</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>506</v>
+      </c>
+      <c r="R5" t="s">
+        <v>507</v>
+      </c>
+      <c r="S5" t="s">
+        <v>477</v>
+      </c>
+      <c r="T5" t="s">
+        <v>508</v>
+      </c>
+      <c r="U5" t="s">
+        <v>479</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>501</v>
+        <v>509</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="C6" t="s">
-        <v>502</v>
+        <v>376</v>
       </c>
       <c r="D6" t="s">
-        <v>503</v>
+        <v>377</v>
       </c>
       <c r="E6" t="s">
-        <v>504</v>
+        <v>481</v>
       </c>
       <c r="F6" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G6" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H6" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="I6" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J6" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="K6" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="L6" t="s">
-        <v>469</v>
+        <v>470</v>
+      </c>
+      <c r="M6" t="s">
+        <v>513</v>
       </c>
       <c r="N6" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-        <v>508</v>
+        <v>472</v>
       </c>
       <c r="P6" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-        <v>509</v>
+        <v>474</v>
       </c>
       <c r="S6" t="s">
-        <v>510</v>
-[...10 lines deleted...]
-      <c r="X6" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>515</v>
       </c>
       <c r="B7" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="C7" t="s">
+        <v>44</v>
+      </c>
+      <c r="D7" t="s">
         <v>516</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>504</v>
+        <v>517</v>
       </c>
       <c r="F7" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G7" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H7" t="s">
-        <v>517</v>
+        <v>466</v>
       </c>
       <c r="I7" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J7" t="s">
-        <v>518</v>
+        <v>503</v>
       </c>
       <c r="K7" t="s">
-        <v>519</v>
+        <v>469</v>
       </c>
       <c r="L7" t="s">
-        <v>469</v>
+        <v>470</v>
+      </c>
+      <c r="M7" t="s">
+        <v>516</v>
       </c>
       <c r="N7" t="s">
-        <v>497</v>
+        <v>472</v>
       </c>
       <c r="O7" t="s">
-        <v>520</v>
+        <v>505</v>
       </c>
       <c r="P7" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q7" t="s">
-        <v>521</v>
+        <v>506</v>
       </c>
       <c r="R7" t="s">
-        <v>522</v>
+        <v>507</v>
       </c>
       <c r="S7" t="s">
-        <v>523</v>
+        <v>477</v>
       </c>
       <c r="T7" t="s">
-        <v>524</v>
+        <v>508</v>
       </c>
       <c r="U7" t="s">
-        <v>525</v>
-[...8 lines deleted...]
-        <v>525</v>
+        <v>479</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>518</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>379</v>
+      </c>
+      <c r="D8" t="s">
+        <v>380</v>
+      </c>
+      <c r="E8" t="s">
+        <v>481</v>
+      </c>
+      <c r="F8" t="s">
+        <v>519</v>
+      </c>
+      <c r="G8" t="s">
+        <v>520</v>
+      </c>
+      <c r="H8" t="s">
+        <v>521</v>
+      </c>
+      <c r="I8" t="s">
+        <v>467</v>
+      </c>
+      <c r="J8" t="s">
+        <v>522</v>
+      </c>
+      <c r="K8" t="s">
+        <v>523</v>
+      </c>
+      <c r="L8" t="s">
+        <v>470</v>
+      </c>
+      <c r="M8" t="s">
+        <v>524</v>
+      </c>
+      <c r="N8" t="s">
+        <v>472</v>
+      </c>
+      <c r="O8" t="s">
+        <v>525</v>
+      </c>
+      <c r="P8" t="s">
+        <v>474</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>526</v>
+      </c>
+      <c r="R8" t="s">
         <v>527</v>
       </c>
-      <c r="B8" t="s">
-[...5 lines deleted...]
-      <c r="D8" t="s">
+      <c r="T8" t="s">
         <v>528</v>
       </c>
-      <c r="E8" t="s">
+      <c r="U8" t="s">
         <v>529</v>
-      </c>
-[...46 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="B9" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="C9" t="s">
-        <v>378</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>379</v>
+        <v>516</v>
       </c>
       <c r="E9" t="s">
-        <v>480</v>
+        <v>517</v>
+      </c>
+      <c r="F9" t="s">
+        <v>464</v>
+      </c>
+      <c r="G9" t="s">
+        <v>465</v>
+      </c>
+      <c r="H9" t="s">
+        <v>466</v>
+      </c>
+      <c r="I9" t="s">
+        <v>467</v>
+      </c>
+      <c r="J9" t="s">
+        <v>503</v>
       </c>
       <c r="K9" t="s">
-        <v>535</v>
+        <v>469</v>
       </c>
       <c r="L9" t="s">
-        <v>469</v>
+        <v>470</v>
+      </c>
+      <c r="M9" t="s">
+        <v>516</v>
       </c>
       <c r="N9" t="s">
-        <v>497</v>
+        <v>472</v>
       </c>
       <c r="O9" t="s">
-        <v>536</v>
+        <v>505</v>
       </c>
       <c r="P9" t="s">
-        <v>537</v>
+        <v>474</v>
       </c>
       <c r="Q9" t="s">
-        <v>538</v>
+        <v>506</v>
       </c>
       <c r="R9" t="s">
-        <v>539</v>
+        <v>507</v>
+      </c>
+      <c r="S9" t="s">
+        <v>477</v>
       </c>
       <c r="T9" t="s">
-        <v>540</v>
+        <v>508</v>
       </c>
       <c r="U9" t="s">
-        <v>541</v>
-[...8 lines deleted...]
-        <v>544</v>
+        <v>479</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>545</v>
+        <v>531</v>
       </c>
       <c r="B10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
-        <v>44</v>
+        <v>382</v>
       </c>
       <c r="D10" t="s">
-        <v>528</v>
+        <v>383</v>
       </c>
       <c r="E10" t="s">
-        <v>529</v>
+        <v>481</v>
       </c>
       <c r="F10" t="s">
-        <v>463</v>
+        <v>532</v>
       </c>
       <c r="G10" t="s">
-        <v>464</v>
+        <v>533</v>
       </c>
       <c r="H10" t="s">
-        <v>465</v>
+        <v>534</v>
       </c>
       <c r="I10" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J10" t="s">
-        <v>467</v>
+        <v>535</v>
       </c>
       <c r="K10" t="s">
-        <v>468</v>
+        <v>536</v>
       </c>
       <c r="L10" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M10" t="s">
-        <v>528</v>
+        <v>537</v>
       </c>
       <c r="N10" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O10" t="s">
-        <v>472</v>
+        <v>538</v>
       </c>
       <c r="P10" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q10" t="s">
-        <v>474</v>
+        <v>539</v>
       </c>
       <c r="R10" t="s">
-        <v>475</v>
+        <v>540</v>
       </c>
       <c r="S10" t="s">
-        <v>476</v>
+        <v>541</v>
       </c>
       <c r="T10" t="s">
-        <v>477</v>
+        <v>542</v>
       </c>
       <c r="U10" t="s">
-        <v>478</v>
+        <v>543</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="B11" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="C11" t="s">
-        <v>381</v>
+        <v>44</v>
       </c>
       <c r="D11" t="s">
-        <v>382</v>
+        <v>516</v>
       </c>
       <c r="E11" t="s">
-        <v>480</v>
+        <v>517</v>
       </c>
       <c r="F11" t="s">
-        <v>547</v>
+        <v>464</v>
       </c>
       <c r="G11" t="s">
-        <v>548</v>
+        <v>465</v>
       </c>
       <c r="H11" t="s">
-        <v>549</v>
+        <v>466</v>
       </c>
       <c r="I11" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J11" t="s">
-        <v>550</v>
+        <v>503</v>
       </c>
       <c r="K11" t="s">
-        <v>551</v>
+        <v>469</v>
       </c>
       <c r="L11" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M11" t="s">
-        <v>552</v>
+        <v>516</v>
       </c>
       <c r="N11" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O11" t="s">
-        <v>553</v>
+        <v>505</v>
       </c>
       <c r="P11" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q11" t="s">
-        <v>554</v>
+        <v>506</v>
       </c>
       <c r="R11" t="s">
-        <v>555</v>
+        <v>507</v>
+      </c>
+      <c r="S11" t="s">
+        <v>477</v>
       </c>
       <c r="T11" t="s">
-        <v>544</v>
+        <v>508</v>
       </c>
       <c r="U11" t="s">
-        <v>556</v>
+        <v>479</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>557</v>
+        <v>545</v>
       </c>
       <c r="B12" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C12" t="s">
-        <v>44</v>
+        <v>385</v>
       </c>
       <c r="D12" t="s">
-        <v>528</v>
+        <v>386</v>
       </c>
       <c r="E12" t="s">
-        <v>529</v>
-[...14 lines deleted...]
-        <v>467</v>
+        <v>481</v>
       </c>
       <c r="K12" t="s">
-        <v>468</v>
+        <v>546</v>
       </c>
       <c r="L12" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M12" t="s">
-        <v>528</v>
+        <v>547</v>
       </c>
       <c r="N12" t="s">
-        <v>471</v>
-[...1 lines deleted...]
-      <c r="O12" t="s">
         <v>472</v>
-      </c>
-[...16 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>558</v>
+        <v>548</v>
       </c>
       <c r="B13" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
-        <v>384</v>
+        <v>44</v>
       </c>
       <c r="D13" t="s">
-        <v>385</v>
+        <v>516</v>
       </c>
       <c r="E13" t="s">
-        <v>480</v>
+        <v>517</v>
+      </c>
+      <c r="F13" t="s">
+        <v>464</v>
+      </c>
+      <c r="G13" t="s">
+        <v>465</v>
+      </c>
+      <c r="H13" t="s">
+        <v>466</v>
+      </c>
+      <c r="I13" t="s">
+        <v>467</v>
+      </c>
+      <c r="J13" t="s">
+        <v>503</v>
       </c>
       <c r="K13" t="s">
-        <v>559</v>
+        <v>469</v>
       </c>
       <c r="L13" t="s">
-        <v>469</v>
+        <v>470</v>
+      </c>
+      <c r="M13" t="s">
+        <v>516</v>
       </c>
       <c r="N13" t="s">
-        <v>497</v>
+        <v>472</v>
+      </c>
+      <c r="O13" t="s">
+        <v>505</v>
+      </c>
+      <c r="P13" t="s">
+        <v>474</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>506</v>
+      </c>
+      <c r="R13" t="s">
+        <v>507</v>
       </c>
       <c r="S13" t="s">
-        <v>560</v>
-[...8 lines deleted...]
-        <v>563</v>
+        <v>477</v>
+      </c>
+      <c r="T13" t="s">
+        <v>508</v>
+      </c>
+      <c r="U13" t="s">
+        <v>479</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>564</v>
+        <v>549</v>
       </c>
       <c r="B14" t="s">
         <v>95</v>
       </c>
       <c r="C14" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D14" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E14" t="s">
-        <v>480</v>
-[...11 lines deleted...]
-        <v>565</v>
+        <v>481</v>
       </c>
       <c r="K14" t="s">
-        <v>566</v>
+        <v>550</v>
       </c>
       <c r="L14" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="N14" t="s">
-        <v>497</v>
-[...17 lines deleted...]
-        <v>571</v>
+        <v>484</v>
+      </c>
+      <c r="S14" t="s">
+        <v>551</v>
       </c>
       <c r="V14" t="s">
-        <v>569</v>
+        <v>552</v>
       </c>
       <c r="W14" t="s">
-        <v>570</v>
+        <v>553</v>
       </c>
       <c r="X14" t="s">
-        <v>563</v>
+        <v>490</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>572</v>
+        <v>554</v>
       </c>
       <c r="B15" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="C15" t="s">
-        <v>44</v>
+        <v>391</v>
       </c>
       <c r="D15" t="s">
-        <v>45</v>
+        <v>392</v>
       </c>
       <c r="E15" t="s">
-        <v>462</v>
+        <v>481</v>
       </c>
       <c r="F15" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G15" t="s">
-        <v>464</v>
-[...1 lines deleted...]
-      <c r="H15" t="s">
         <v>465</v>
       </c>
       <c r="I15" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J15" t="s">
-        <v>467</v>
+        <v>482</v>
       </c>
       <c r="K15" t="s">
-        <v>468</v>
+        <v>483</v>
       </c>
       <c r="L15" t="s">
-        <v>469</v>
-[...1 lines deleted...]
-      <c r="M15" t="s">
         <v>470</v>
       </c>
       <c r="N15" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="O15" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="P15" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q15" t="s">
-        <v>474</v>
+        <v>486</v>
       </c>
       <c r="R15" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-        <v>476</v>
+        <v>487</v>
       </c>
       <c r="T15" t="s">
-        <v>477</v>
+        <v>488</v>
       </c>
       <c r="U15" t="s">
-        <v>478</v>
+        <v>489</v>
+      </c>
+      <c r="V15" t="s">
+        <v>487</v>
+      </c>
+      <c r="W15" t="s">
+        <v>488</v>
+      </c>
+      <c r="X15" t="s">
+        <v>490</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>573</v>
+        <v>555</v>
       </c>
       <c r="B16" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C16" t="s">
         <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>528</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>529</v>
+        <v>463</v>
       </c>
       <c r="F16" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G16" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H16" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="I16" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J16" t="s">
-        <v>467</v>
+        <v>503</v>
       </c>
       <c r="K16" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="L16" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M16" t="s">
-        <v>528</v>
+        <v>504</v>
       </c>
       <c r="N16" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O16" t="s">
-        <v>472</v>
+        <v>505</v>
       </c>
       <c r="P16" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q16" t="s">
-        <v>474</v>
+        <v>506</v>
       </c>
       <c r="R16" t="s">
-        <v>475</v>
+        <v>507</v>
       </c>
       <c r="S16" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="T16" t="s">
-        <v>477</v>
+        <v>508</v>
       </c>
       <c r="U16" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>574</v>
+        <v>556</v>
       </c>
       <c r="B17" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="C17" t="s">
-        <v>390</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>391</v>
+        <v>516</v>
       </c>
       <c r="E17" t="s">
-        <v>480</v>
+        <v>517</v>
       </c>
       <c r="F17" t="s">
-        <v>575</v>
+        <v>557</v>
       </c>
       <c r="G17" t="s">
-        <v>576</v>
+        <v>558</v>
       </c>
       <c r="H17" t="s">
-        <v>577</v>
+        <v>466</v>
       </c>
       <c r="I17" t="s">
-        <v>466</v>
+        <v>559</v>
       </c>
       <c r="J17" t="s">
-        <v>578</v>
+        <v>560</v>
       </c>
       <c r="K17" t="s">
-        <v>579</v>
+        <v>469</v>
       </c>
       <c r="L17" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M17" t="s">
-        <v>580</v>
+        <v>516</v>
       </c>
       <c r="N17" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O17" t="s">
-        <v>581</v>
+        <v>505</v>
       </c>
       <c r="P17" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q17" t="s">
-        <v>582</v>
+        <v>506</v>
       </c>
       <c r="R17" t="s">
-        <v>583</v>
+        <v>507</v>
       </c>
       <c r="S17" t="s">
-        <v>584</v>
+        <v>477</v>
       </c>
       <c r="T17" t="s">
-        <v>585</v>
+        <v>508</v>
       </c>
       <c r="U17" t="s">
-        <v>586</v>
+        <v>479</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>587</v>
+        <v>561</v>
       </c>
       <c r="B18" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>394</v>
       </c>
       <c r="D18" t="s">
-        <v>528</v>
+        <v>395</v>
       </c>
       <c r="E18" t="s">
-        <v>529</v>
+        <v>481</v>
       </c>
       <c r="F18" t="s">
-        <v>530</v>
+        <v>557</v>
       </c>
       <c r="G18" t="s">
-        <v>531</v>
+        <v>558</v>
       </c>
       <c r="H18" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="I18" t="s">
-        <v>532</v>
+        <v>559</v>
       </c>
       <c r="J18" t="s">
-        <v>533</v>
+        <v>562</v>
       </c>
       <c r="K18" t="s">
-        <v>468</v>
+        <v>563</v>
       </c>
       <c r="L18" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M18" t="s">
-        <v>528</v>
+        <v>564</v>
       </c>
       <c r="N18" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O18" t="s">
-        <v>472</v>
+        <v>565</v>
       </c>
       <c r="P18" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q18" t="s">
-        <v>474</v>
+        <v>566</v>
       </c>
       <c r="R18" t="s">
-        <v>475</v>
+        <v>567</v>
       </c>
       <c r="S18" t="s">
-        <v>476</v>
+        <v>568</v>
       </c>
       <c r="T18" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="U18" t="s">
-        <v>478</v>
+        <v>569</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>588</v>
+        <v>570</v>
       </c>
       <c r="B19" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C19" t="s">
-        <v>393</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>394</v>
+        <v>516</v>
       </c>
       <c r="E19" t="s">
-        <v>480</v>
+        <v>517</v>
       </c>
       <c r="F19" t="s">
-        <v>530</v>
+        <v>464</v>
       </c>
       <c r="G19" t="s">
-        <v>531</v>
+        <v>465</v>
       </c>
       <c r="H19" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="I19" t="s">
-        <v>532</v>
+        <v>467</v>
       </c>
       <c r="J19" t="s">
-        <v>589</v>
+        <v>503</v>
       </c>
       <c r="K19" t="s">
-        <v>590</v>
+        <v>469</v>
       </c>
       <c r="L19" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M19" t="s">
-        <v>591</v>
+        <v>516</v>
       </c>
       <c r="N19" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O19" t="s">
-        <v>592</v>
+        <v>505</v>
       </c>
       <c r="P19" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q19" t="s">
-        <v>593</v>
+        <v>506</v>
       </c>
       <c r="R19" t="s">
-        <v>594</v>
+        <v>507</v>
       </c>
       <c r="S19" t="s">
-        <v>595</v>
+        <v>477</v>
       </c>
       <c r="T19" t="s">
-        <v>596</v>
+        <v>508</v>
       </c>
       <c r="U19" t="s">
-        <v>511</v>
+        <v>479</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>597</v>
+        <v>571</v>
       </c>
       <c r="B20" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>397</v>
       </c>
       <c r="D20" t="s">
-        <v>528</v>
+        <v>398</v>
       </c>
       <c r="E20" t="s">
-        <v>529</v>
+        <v>481</v>
       </c>
       <c r="F20" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G20" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H20" t="s">
-        <v>465</v>
+        <v>572</v>
       </c>
       <c r="I20" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J20" t="s">
-        <v>467</v>
+        <v>573</v>
       </c>
       <c r="K20" t="s">
-        <v>468</v>
+        <v>574</v>
       </c>
       <c r="L20" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M20" t="s">
-        <v>528</v>
+        <v>575</v>
       </c>
       <c r="N20" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O20" t="s">
-        <v>472</v>
+        <v>576</v>
       </c>
       <c r="P20" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q20" t="s">
-        <v>474</v>
+        <v>577</v>
       </c>
       <c r="R20" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-        <v>476</v>
+        <v>578</v>
       </c>
       <c r="T20" t="s">
-        <v>477</v>
+        <v>579</v>
       </c>
       <c r="U20" t="s">
-        <v>478</v>
+        <v>580</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>598</v>
+        <v>581</v>
       </c>
       <c r="B21" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="C21" t="s">
-        <v>396</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>397</v>
+        <v>582</v>
       </c>
       <c r="E21" t="s">
-        <v>480</v>
+        <v>583</v>
+      </c>
+      <c r="F21" t="s">
+        <v>464</v>
+      </c>
+      <c r="G21" t="s">
+        <v>465</v>
+      </c>
+      <c r="H21" t="s">
+        <v>466</v>
+      </c>
+      <c r="I21" t="s">
+        <v>467</v>
+      </c>
+      <c r="J21" t="s">
+        <v>503</v>
       </c>
       <c r="K21" t="s">
-        <v>599</v>
+        <v>469</v>
       </c>
       <c r="L21" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M21" t="s">
-        <v>600</v>
+        <v>582</v>
       </c>
       <c r="N21" t="s">
-        <v>471</v>
+        <v>472</v>
+      </c>
+      <c r="O21" t="s">
+        <v>584</v>
+      </c>
+      <c r="P21" t="s">
+        <v>474</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>585</v>
+      </c>
+      <c r="R21" t="s">
+        <v>586</v>
+      </c>
+      <c r="S21" t="s">
+        <v>477</v>
+      </c>
+      <c r="T21" t="s">
+        <v>587</v>
+      </c>
+      <c r="U21" t="s">
+        <v>588</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>601</v>
+        <v>589</v>
       </c>
       <c r="B22" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C22" t="s">
-        <v>44</v>
+        <v>400</v>
       </c>
       <c r="D22" t="s">
-        <v>528</v>
+        <v>401</v>
       </c>
       <c r="E22" t="s">
+        <v>481</v>
+      </c>
+      <c r="F22" t="s">
+        <v>519</v>
+      </c>
+      <c r="G22" t="s">
+        <v>520</v>
+      </c>
+      <c r="H22" t="s">
+        <v>590</v>
+      </c>
+      <c r="I22" t="s">
+        <v>467</v>
+      </c>
+      <c r="J22" t="s">
+        <v>591</v>
+      </c>
+      <c r="K22" t="s">
+        <v>592</v>
+      </c>
+      <c r="L22" t="s">
+        <v>470</v>
+      </c>
+      <c r="M22" t="s">
+        <v>593</v>
+      </c>
+      <c r="N22" t="s">
+        <v>472</v>
+      </c>
+      <c r="O22" t="s">
+        <v>594</v>
+      </c>
+      <c r="P22" t="s">
+        <v>474</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>595</v>
+      </c>
+      <c r="R22" t="s">
+        <v>596</v>
+      </c>
+      <c r="S22" t="s">
+        <v>597</v>
+      </c>
+      <c r="T22" t="s">
         <v>529</v>
       </c>
-      <c r="F22" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="U22" t="s">
-        <v>478</v>
+        <v>598</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="B23" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="C23" t="s">
-        <v>399</v>
+        <v>44</v>
       </c>
       <c r="D23" t="s">
-        <v>400</v>
+        <v>516</v>
       </c>
       <c r="E23" t="s">
-        <v>480</v>
+        <v>517</v>
       </c>
       <c r="F23" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G23" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H23" t="s">
-        <v>603</v>
+        <v>466</v>
       </c>
       <c r="I23" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J23" t="s">
-        <v>604</v>
+        <v>503</v>
       </c>
       <c r="K23" t="s">
-        <v>605</v>
+        <v>469</v>
       </c>
       <c r="L23" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M23" t="s">
-        <v>606</v>
+        <v>516</v>
       </c>
       <c r="N23" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O23" t="s">
-        <v>607</v>
+        <v>505</v>
       </c>
       <c r="P23" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q23" t="s">
-        <v>608</v>
+        <v>506</v>
       </c>
       <c r="R23" t="s">
-        <v>498</v>
+        <v>507</v>
+      </c>
+      <c r="S23" t="s">
+        <v>477</v>
       </c>
       <c r="T23" t="s">
-        <v>609</v>
+        <v>508</v>
       </c>
       <c r="U23" t="s">
-        <v>610</v>
+        <v>479</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>611</v>
+        <v>600</v>
       </c>
       <c r="B24" t="s">
         <v>130</v>
       </c>
       <c r="C24" t="s">
-        <v>44</v>
+        <v>403</v>
       </c>
       <c r="D24" t="s">
-        <v>45</v>
+        <v>404</v>
       </c>
       <c r="E24" t="s">
-        <v>462</v>
-[...14 lines deleted...]
-        <v>467</v>
+        <v>481</v>
       </c>
       <c r="K24" t="s">
-        <v>468</v>
+        <v>601</v>
       </c>
       <c r="L24" t="s">
-        <v>469</v>
-[...1 lines deleted...]
-      <c r="M24" t="s">
         <v>470</v>
       </c>
       <c r="N24" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="O24" t="s">
-        <v>472</v>
+        <v>602</v>
       </c>
       <c r="P24" t="s">
-        <v>473</v>
+        <v>603</v>
       </c>
       <c r="Q24" t="s">
-        <v>474</v>
+        <v>604</v>
       </c>
       <c r="R24" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-        <v>476</v>
+        <v>605</v>
       </c>
       <c r="T24" t="s">
-        <v>477</v>
+        <v>606</v>
       </c>
       <c r="U24" t="s">
-        <v>478</v>
+        <v>607</v>
+      </c>
+      <c r="V24" t="s">
+        <v>608</v>
+      </c>
+      <c r="W24" t="s">
+        <v>609</v>
+      </c>
+      <c r="X24" t="s">
+        <v>528</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="B25" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="C25" t="s">
-        <v>402</v>
+        <v>44</v>
       </c>
       <c r="D25" t="s">
-        <v>403</v>
+        <v>45</v>
       </c>
       <c r="E25" t="s">
-        <v>480</v>
+        <v>463</v>
       </c>
       <c r="F25" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G25" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H25" t="s">
-        <v>613</v>
+        <v>466</v>
       </c>
       <c r="I25" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J25" t="s">
-        <v>614</v>
+        <v>503</v>
       </c>
       <c r="K25" t="s">
-        <v>615</v>
+        <v>469</v>
       </c>
       <c r="L25" t="s">
-        <v>469</v>
+        <v>470</v>
+      </c>
+      <c r="M25" t="s">
+        <v>504</v>
       </c>
       <c r="N25" t="s">
-        <v>497</v>
+        <v>472</v>
       </c>
       <c r="O25" t="s">
-        <v>403</v>
+        <v>505</v>
       </c>
       <c r="P25" t="s">
-        <v>473</v>
+        <v>474</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>506</v>
       </c>
       <c r="R25" t="s">
-        <v>403</v>
-[...8 lines deleted...]
-        <v>617</v>
+        <v>507</v>
+      </c>
+      <c r="S25" t="s">
+        <v>477</v>
+      </c>
+      <c r="T25" t="s">
+        <v>508</v>
+      </c>
+      <c r="U25" t="s">
+        <v>479</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>618</v>
+        <v>611</v>
       </c>
       <c r="B26" t="s">
         <v>138</v>
       </c>
       <c r="C26" t="s">
-        <v>44</v>
+        <v>406</v>
       </c>
       <c r="D26" t="s">
-        <v>45</v>
+        <v>407</v>
       </c>
       <c r="E26" t="s">
-        <v>462</v>
-[...14 lines deleted...]
-        <v>467</v>
+        <v>481</v>
       </c>
       <c r="K26" t="s">
-        <v>468</v>
+        <v>612</v>
       </c>
       <c r="L26" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M26" t="s">
-        <v>470</v>
+        <v>613</v>
       </c>
       <c r="N26" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O26" t="s">
-        <v>472</v>
+        <v>407</v>
       </c>
       <c r="P26" t="s">
-        <v>473</v>
-[...1 lines deleted...]
-      <c r="Q26" t="s">
         <v>474</v>
       </c>
       <c r="R26" t="s">
-        <v>475</v>
-[...8 lines deleted...]
-        <v>478</v>
+        <v>407</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>619</v>
+        <v>614</v>
       </c>
       <c r="B27" t="s">
-        <v>138</v>
+        <v>147</v>
       </c>
       <c r="C27" t="s">
-        <v>372</v>
+        <v>44</v>
       </c>
       <c r="D27" t="s">
-        <v>373</v>
+        <v>45</v>
       </c>
       <c r="E27" t="s">
-        <v>480</v>
+        <v>463</v>
       </c>
       <c r="F27" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G27" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H27" t="s">
-        <v>481</v>
+        <v>466</v>
       </c>
       <c r="I27" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J27" t="s">
-        <v>482</v>
+        <v>503</v>
       </c>
       <c r="K27" t="s">
-        <v>483</v>
+        <v>469</v>
       </c>
       <c r="L27" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M27" t="s">
-        <v>484</v>
+        <v>504</v>
       </c>
       <c r="N27" t="s">
-        <v>471</v>
+        <v>472</v>
+      </c>
+      <c r="O27" t="s">
+        <v>505</v>
       </c>
       <c r="P27" t="s">
-        <v>473</v>
+        <v>474</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>506</v>
+      </c>
+      <c r="R27" t="s">
+        <v>507</v>
+      </c>
+      <c r="S27" t="s">
+        <v>477</v>
+      </c>
+      <c r="T27" t="s">
+        <v>508</v>
+      </c>
+      <c r="U27" t="s">
+        <v>479</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
+        <v>615</v>
+      </c>
+      <c r="B28" t="s">
+        <v>147</v>
+      </c>
+      <c r="C28" t="s">
+        <v>409</v>
+      </c>
+      <c r="D28" t="s">
+        <v>410</v>
+      </c>
+      <c r="E28" t="s">
+        <v>481</v>
+      </c>
+      <c r="F28" t="s">
+        <v>464</v>
+      </c>
+      <c r="G28" t="s">
+        <v>465</v>
+      </c>
+      <c r="H28" t="s">
+        <v>616</v>
+      </c>
+      <c r="I28" t="s">
+        <v>467</v>
+      </c>
+      <c r="J28" t="s">
+        <v>617</v>
+      </c>
+      <c r="K28" t="s">
+        <v>618</v>
+      </c>
+      <c r="L28" t="s">
+        <v>470</v>
+      </c>
+      <c r="N28" t="s">
+        <v>484</v>
+      </c>
+      <c r="O28" t="s">
+        <v>410</v>
+      </c>
+      <c r="P28" t="s">
+        <v>474</v>
+      </c>
+      <c r="R28" t="s">
+        <v>410</v>
+      </c>
+      <c r="V28" t="s">
+        <v>619</v>
+      </c>
+      <c r="W28" t="s">
+        <v>488</v>
+      </c>
+      <c r="X28" t="s">
         <v>620</v>
-      </c>
-[...58 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>621</v>
       </c>
       <c r="B29" t="s">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="C29" t="s">
-        <v>378</v>
+        <v>44</v>
       </c>
       <c r="D29" t="s">
-        <v>379</v>
+        <v>45</v>
       </c>
       <c r="E29" t="s">
-        <v>480</v>
+        <v>463</v>
+      </c>
+      <c r="F29" t="s">
+        <v>464</v>
+      </c>
+      <c r="G29" t="s">
+        <v>465</v>
+      </c>
+      <c r="H29" t="s">
+        <v>466</v>
+      </c>
+      <c r="I29" t="s">
+        <v>467</v>
+      </c>
+      <c r="J29" t="s">
+        <v>622</v>
       </c>
       <c r="K29" t="s">
-        <v>535</v>
+        <v>469</v>
       </c>
       <c r="L29" t="s">
-        <v>469</v>
+        <v>470</v>
+      </c>
+      <c r="M29" t="s">
+        <v>504</v>
       </c>
       <c r="N29" t="s">
-        <v>497</v>
+        <v>472</v>
       </c>
       <c r="O29" t="s">
-        <v>536</v>
+        <v>505</v>
       </c>
       <c r="P29" t="s">
-        <v>537</v>
+        <v>474</v>
       </c>
       <c r="Q29" t="s">
-        <v>538</v>
+        <v>506</v>
       </c>
       <c r="R29" t="s">
-        <v>539</v>
+        <v>507</v>
+      </c>
+      <c r="S29" t="s">
+        <v>477</v>
       </c>
       <c r="T29" t="s">
-        <v>540</v>
+        <v>508</v>
       </c>
       <c r="U29" t="s">
-        <v>541</v>
-[...8 lines deleted...]
-        <v>544</v>
+        <v>479</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B30" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C30" t="s">
-        <v>44</v>
+        <v>406</v>
       </c>
       <c r="D30" t="s">
-        <v>45</v>
+        <v>407</v>
       </c>
       <c r="E30" t="s">
-        <v>462</v>
-[...8 lines deleted...]
-        <v>465</v>
+        <v>481</v>
       </c>
       <c r="I30" t="s">
-        <v>466</v>
-[...1 lines deleted...]
-      <c r="J30" t="s">
         <v>467</v>
       </c>
       <c r="K30" t="s">
-        <v>468</v>
+        <v>612</v>
       </c>
       <c r="L30" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M30" t="s">
-        <v>470</v>
+        <v>624</v>
       </c>
       <c r="N30" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O30" t="s">
-        <v>472</v>
+        <v>407</v>
       </c>
       <c r="P30" t="s">
-        <v>473</v>
-[...1 lines deleted...]
-      <c r="Q30" t="s">
         <v>474</v>
       </c>
       <c r="R30" t="s">
-        <v>475</v>
-[...8 lines deleted...]
-        <v>478</v>
+        <v>407</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="B31" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="C31" t="s">
-        <v>407</v>
+        <v>44</v>
       </c>
       <c r="D31" t="s">
-        <v>408</v>
+        <v>45</v>
       </c>
       <c r="E31" t="s">
-        <v>480</v>
+        <v>463</v>
+      </c>
+      <c r="F31" t="s">
+        <v>464</v>
+      </c>
+      <c r="G31" t="s">
+        <v>465</v>
+      </c>
+      <c r="H31" t="s">
+        <v>466</v>
+      </c>
+      <c r="I31" t="s">
+        <v>467</v>
+      </c>
+      <c r="J31" t="s">
+        <v>503</v>
       </c>
       <c r="K31" t="s">
-        <v>624</v>
+        <v>469</v>
       </c>
       <c r="L31" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M31" t="s">
-        <v>625</v>
+        <v>504</v>
       </c>
       <c r="N31" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O31" t="s">
-        <v>408</v>
+        <v>505</v>
       </c>
       <c r="P31" t="s">
-        <v>473</v>
+        <v>474</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>506</v>
       </c>
       <c r="R31" t="s">
-        <v>408</v>
+        <v>507</v>
+      </c>
+      <c r="S31" t="s">
+        <v>477</v>
+      </c>
+      <c r="T31" t="s">
+        <v>508</v>
+      </c>
+      <c r="U31" t="s">
+        <v>479</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>626</v>
       </c>
       <c r="B32" t="s">
         <v>161</v>
       </c>
       <c r="C32" t="s">
-        <v>44</v>
+        <v>376</v>
       </c>
       <c r="D32" t="s">
-        <v>45</v>
+        <v>377</v>
       </c>
       <c r="E32" t="s">
-        <v>462</v>
+        <v>481</v>
       </c>
       <c r="F32" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G32" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H32" t="s">
-        <v>465</v>
+        <v>510</v>
       </c>
       <c r="I32" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J32" t="s">
-        <v>627</v>
+        <v>511</v>
       </c>
       <c r="K32" t="s">
-        <v>468</v>
+        <v>512</v>
       </c>
       <c r="L32" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M32" t="s">
-        <v>470</v>
+        <v>513</v>
       </c>
       <c r="N32" t="s">
-        <v>471</v>
-[...1 lines deleted...]
-      <c r="O32" t="s">
         <v>472</v>
       </c>
       <c r="P32" t="s">
-        <v>473</v>
-[...1 lines deleted...]
-      <c r="Q32" t="s">
         <v>474</v>
-      </c>
-[...10 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
+        <v>627</v>
+      </c>
+      <c r="B33" t="s">
+        <v>169</v>
+      </c>
+      <c r="C33" t="s">
+        <v>44</v>
+      </c>
+      <c r="D33" t="s">
+        <v>516</v>
+      </c>
+      <c r="E33" t="s">
         <v>628</v>
       </c>
-      <c r="B33" t="s">
-[...9 lines deleted...]
-        <v>480</v>
+      <c r="F33" t="s">
+        <v>464</v>
+      </c>
+      <c r="G33" t="s">
+        <v>465</v>
+      </c>
+      <c r="H33" t="s">
+        <v>466</v>
       </c>
       <c r="I33" t="s">
-        <v>466</v>
+        <v>467</v>
+      </c>
+      <c r="J33" t="s">
+        <v>503</v>
       </c>
       <c r="K33" t="s">
-        <v>624</v>
+        <v>469</v>
       </c>
       <c r="L33" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M33" t="s">
-        <v>629</v>
+        <v>516</v>
       </c>
       <c r="N33" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O33" t="s">
-        <v>408</v>
+        <v>505</v>
       </c>
       <c r="P33" t="s">
-        <v>473</v>
+        <v>474</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>506</v>
       </c>
       <c r="R33" t="s">
-        <v>408</v>
+        <v>507</v>
+      </c>
+      <c r="S33" t="s">
+        <v>477</v>
+      </c>
+      <c r="T33" t="s">
+        <v>508</v>
+      </c>
+      <c r="U33" t="s">
+        <v>479</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
+        <v>629</v>
+      </c>
+      <c r="B34" t="s">
+        <v>169</v>
+      </c>
+      <c r="C34" t="s">
+        <v>413</v>
+      </c>
+      <c r="D34" t="s">
+        <v>414</v>
+      </c>
+      <c r="E34" t="s">
+        <v>481</v>
+      </c>
+      <c r="F34" t="s">
+        <v>464</v>
+      </c>
+      <c r="G34" t="s">
+        <v>465</v>
+      </c>
+      <c r="H34" t="s">
         <v>630</v>
       </c>
-      <c r="B34" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I34" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J34" t="s">
-        <v>467</v>
+        <v>631</v>
       </c>
       <c r="K34" t="s">
-        <v>468</v>
+        <v>632</v>
       </c>
       <c r="L34" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M34" t="s">
-        <v>487</v>
+        <v>633</v>
       </c>
       <c r="N34" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O34" t="s">
-        <v>489</v>
+        <v>414</v>
       </c>
       <c r="P34" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-        <v>490</v>
+        <v>474</v>
       </c>
       <c r="R34" t="s">
-        <v>491</v>
+        <v>414</v>
       </c>
       <c r="S34" t="s">
-        <v>476</v>
-[...5 lines deleted...]
-        <v>493</v>
+        <v>634</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="B35" t="s">
-        <v>167</v>
+        <v>179</v>
       </c>
       <c r="C35" t="s">
-        <v>410</v>
+        <v>44</v>
       </c>
       <c r="D35" t="s">
-        <v>411</v>
+        <v>582</v>
       </c>
       <c r="E35" t="s">
-        <v>480</v>
+        <v>583</v>
       </c>
       <c r="F35" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G35" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H35" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="I35" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J35" t="s">
-        <v>632</v>
+        <v>503</v>
       </c>
       <c r="K35" t="s">
-        <v>633</v>
+        <v>469</v>
       </c>
       <c r="L35" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M35" t="s">
-        <v>634</v>
+        <v>582</v>
       </c>
       <c r="N35" t="s">
-        <v>471</v>
+        <v>472</v>
+      </c>
+      <c r="O35" t="s">
+        <v>584</v>
       </c>
       <c r="P35" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q35" t="s">
-        <v>635</v>
+        <v>585</v>
+      </c>
+      <c r="R35" t="s">
+        <v>586</v>
       </c>
       <c r="S35" t="s">
-        <v>636</v>
+        <v>477</v>
+      </c>
+      <c r="T35" t="s">
+        <v>587</v>
+      </c>
+      <c r="U35" t="s">
+        <v>588</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
+        <v>636</v>
+      </c>
+      <c r="B36" t="s">
+        <v>179</v>
+      </c>
+      <c r="C36" t="s">
+        <v>416</v>
+      </c>
+      <c r="D36" t="s">
+        <v>417</v>
+      </c>
+      <c r="E36" t="s">
+        <v>481</v>
+      </c>
+      <c r="F36" t="s">
+        <v>464</v>
+      </c>
+      <c r="G36" t="s">
+        <v>465</v>
+      </c>
+      <c r="H36" t="s">
         <v>637</v>
       </c>
-      <c r="B36" t="s">
-[...8 lines deleted...]
-      <c r="E36" t="s">
+      <c r="I36" t="s">
+        <v>467</v>
+      </c>
+      <c r="J36" t="s">
         <v>638</v>
       </c>
-      <c r="F36" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K36" t="s">
-        <v>468</v>
+        <v>639</v>
       </c>
       <c r="L36" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-        <v>528</v>
+        <v>470</v>
       </c>
       <c r="N36" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="P36" t="s">
-        <v>473</v>
-[...1 lines deleted...]
-      <c r="Q36" t="s">
         <v>474</v>
       </c>
-      <c r="R36" t="s">
-[...9 lines deleted...]
-        <v>478</v>
+      <c r="V36" t="s">
+        <v>640</v>
+      </c>
+      <c r="W36" t="s">
+        <v>641</v>
+      </c>
+      <c r="X36" t="s">
+        <v>642</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="B37" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="C37" t="s">
-        <v>413</v>
+        <v>44</v>
       </c>
       <c r="D37" t="s">
-        <v>414</v>
+        <v>582</v>
       </c>
       <c r="E37" t="s">
-        <v>480</v>
+        <v>583</v>
       </c>
       <c r="F37" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G37" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H37" t="s">
-        <v>640</v>
+        <v>466</v>
       </c>
       <c r="I37" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J37" t="s">
-        <v>641</v>
+        <v>503</v>
       </c>
       <c r="K37" t="s">
-        <v>642</v>
+        <v>469</v>
       </c>
       <c r="L37" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M37" t="s">
-        <v>414</v>
+        <v>582</v>
       </c>
       <c r="N37" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O37" t="s">
-        <v>643</v>
+        <v>584</v>
       </c>
       <c r="P37" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q37" t="s">
-        <v>644</v>
+        <v>585</v>
       </c>
       <c r="R37" t="s">
-        <v>645</v>
+        <v>586</v>
       </c>
       <c r="S37" t="s">
-        <v>646</v>
+        <v>477</v>
       </c>
       <c r="T37" t="s">
-        <v>647</v>
+        <v>587</v>
       </c>
       <c r="U37" t="s">
-        <v>648</v>
+        <v>588</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
+        <v>644</v>
+      </c>
+      <c r="B38" t="s">
+        <v>187</v>
+      </c>
+      <c r="C38" t="s">
+        <v>419</v>
+      </c>
+      <c r="D38" t="s">
+        <v>420</v>
+      </c>
+      <c r="E38" t="s">
+        <v>481</v>
+      </c>
+      <c r="F38" t="s">
+        <v>464</v>
+      </c>
+      <c r="G38" t="s">
+        <v>465</v>
+      </c>
+      <c r="H38" t="s">
+        <v>466</v>
+      </c>
+      <c r="I38" t="s">
+        <v>467</v>
+      </c>
+      <c r="J38" t="s">
+        <v>645</v>
+      </c>
+      <c r="K38" t="s">
+        <v>646</v>
+      </c>
+      <c r="L38" t="s">
+        <v>470</v>
+      </c>
+      <c r="M38" t="s">
+        <v>647</v>
+      </c>
+      <c r="N38" t="s">
+        <v>472</v>
+      </c>
+      <c r="P38" t="s">
+        <v>474</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>648</v>
+      </c>
+      <c r="S38" t="s">
         <v>649</v>
-      </c>
-[...58 lines deleted...]
-        <v>493</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>650</v>
       </c>
       <c r="B39" t="s">
-        <v>186</v>
+        <v>198</v>
       </c>
       <c r="C39" t="s">
-        <v>416</v>
+        <v>44</v>
       </c>
       <c r="D39" t="s">
-        <v>417</v>
+        <v>582</v>
       </c>
       <c r="E39" t="s">
-        <v>480</v>
+        <v>583</v>
       </c>
       <c r="F39" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G39" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H39" t="s">
-        <v>651</v>
+        <v>466</v>
       </c>
       <c r="I39" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J39" t="s">
-        <v>652</v>
+        <v>503</v>
       </c>
       <c r="K39" t="s">
-        <v>653</v>
+        <v>469</v>
       </c>
       <c r="L39" t="s">
-        <v>469</v>
+        <v>470</v>
+      </c>
+      <c r="M39" t="s">
+        <v>582</v>
       </c>
       <c r="N39" t="s">
-        <v>497</v>
+        <v>472</v>
+      </c>
+      <c r="O39" t="s">
+        <v>584</v>
       </c>
       <c r="P39" t="s">
-        <v>473</v>
-[...8 lines deleted...]
-        <v>656</v>
+        <v>474</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>585</v>
+      </c>
+      <c r="R39" t="s">
+        <v>586</v>
+      </c>
+      <c r="S39" t="s">
+        <v>477</v>
+      </c>
+      <c r="T39" t="s">
+        <v>587</v>
+      </c>
+      <c r="U39" t="s">
+        <v>588</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
+        <v>651</v>
+      </c>
+      <c r="B40" t="s">
+        <v>198</v>
+      </c>
+      <c r="C40" t="s">
+        <v>422</v>
+      </c>
+      <c r="D40" t="s">
+        <v>423</v>
+      </c>
+      <c r="E40" t="s">
+        <v>652</v>
+      </c>
+      <c r="F40" t="s">
+        <v>464</v>
+      </c>
+      <c r="G40" t="s">
+        <v>465</v>
+      </c>
+      <c r="H40" t="s">
+        <v>653</v>
+      </c>
+      <c r="I40" t="s">
+        <v>467</v>
+      </c>
+      <c r="J40" t="s">
+        <v>654</v>
+      </c>
+      <c r="K40" t="s">
+        <v>655</v>
+      </c>
+      <c r="L40" t="s">
+        <v>470</v>
+      </c>
+      <c r="N40" t="s">
+        <v>484</v>
+      </c>
+      <c r="P40" t="s">
+        <v>474</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>656</v>
+      </c>
+      <c r="S40" t="s">
         <v>657</v>
       </c>
-      <c r="B40" t="s">
-[...58 lines deleted...]
-      </c>
       <c r="V40" t="s">
-        <v>526</v>
+        <v>658</v>
       </c>
       <c r="W40" t="s">
-        <v>524</v>
+        <v>659</v>
       </c>
       <c r="X40" t="s">
-        <v>525</v>
+        <v>660</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="B41" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C41" t="s">
         <v>44</v>
       </c>
       <c r="D41" t="s">
-        <v>487</v>
+        <v>582</v>
       </c>
       <c r="E41" t="s">
-        <v>488</v>
+        <v>583</v>
       </c>
       <c r="F41" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G41" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H41" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="I41" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J41" t="s">
-        <v>467</v>
+        <v>503</v>
       </c>
       <c r="K41" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="L41" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M41" t="s">
-        <v>487</v>
+        <v>582</v>
       </c>
       <c r="N41" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O41" t="s">
-        <v>489</v>
+        <v>584</v>
       </c>
       <c r="P41" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q41" t="s">
-        <v>490</v>
+        <v>585</v>
       </c>
       <c r="R41" t="s">
-        <v>491</v>
+        <v>586</v>
       </c>
       <c r="S41" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="T41" t="s">
-        <v>492</v>
+        <v>587</v>
       </c>
       <c r="U41" t="s">
-        <v>493</v>
+        <v>588</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="B42" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C42" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="D42" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="E42" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="F42" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G42" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H42" t="s">
-        <v>640</v>
+        <v>653</v>
       </c>
       <c r="I42" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J42" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="K42" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="L42" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M42" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="N42" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="P42" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q42" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="B43" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C43" t="s">
         <v>44</v>
       </c>
       <c r="D43" t="s">
-        <v>487</v>
+        <v>582</v>
       </c>
       <c r="E43" t="s">
-        <v>488</v>
+        <v>583</v>
       </c>
       <c r="F43" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G43" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H43" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="I43" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J43" t="s">
-        <v>467</v>
+        <v>503</v>
       </c>
       <c r="K43" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="L43" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M43" t="s">
-        <v>487</v>
+        <v>582</v>
       </c>
       <c r="N43" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O43" t="s">
-        <v>489</v>
+        <v>584</v>
       </c>
       <c r="P43" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q43" t="s">
-        <v>490</v>
+        <v>585</v>
       </c>
       <c r="R43" t="s">
-        <v>491</v>
+        <v>586</v>
       </c>
       <c r="S43" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="T43" t="s">
-        <v>492</v>
+        <v>587</v>
       </c>
       <c r="U43" t="s">
-        <v>493</v>
+        <v>588</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="B44" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C44" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="D44" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="E44" t="s">
-        <v>480</v>
-[...14 lines deleted...]
-        <v>667</v>
+        <v>652</v>
       </c>
       <c r="K44" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="L44" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-        <v>669</v>
+        <v>470</v>
       </c>
       <c r="N44" t="s">
-        <v>471</v>
-[...1 lines deleted...]
-      <c r="O44" t="s">
+        <v>484</v>
+      </c>
+      <c r="V44" t="s">
+        <v>578</v>
+      </c>
+      <c r="W44" t="s">
         <v>670</v>
       </c>
-      <c r="P44" t="s">
-[...2 lines deleted...]
-      <c r="Q44" t="s">
+      <c r="X44" t="s">
         <v>671</v>
-      </c>
-[...10 lines deleted...]
-        <v>674</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
+        <v>672</v>
+      </c>
+      <c r="B45" t="s">
+        <v>213</v>
+      </c>
+      <c r="C45" t="s">
+        <v>673</v>
+      </c>
+      <c r="D45" t="s">
+        <v>674</v>
+      </c>
+      <c r="E45" t="s">
         <v>675</v>
       </c>
-      <c r="B45" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F45" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G45" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H45" t="s">
-        <v>465</v>
+        <v>630</v>
       </c>
       <c r="I45" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J45" t="s">
-        <v>467</v>
+        <v>676</v>
       </c>
       <c r="K45" t="s">
-        <v>468</v>
+        <v>677</v>
       </c>
       <c r="L45" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-        <v>528</v>
+        <v>470</v>
       </c>
       <c r="N45" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="O45" t="s">
-        <v>472</v>
+        <v>678</v>
       </c>
       <c r="P45" t="s">
-        <v>473</v>
-[...1 lines deleted...]
-      <c r="Q45" t="s">
         <v>474</v>
       </c>
       <c r="R45" t="s">
-        <v>475</v>
+        <v>679</v>
       </c>
       <c r="S45" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-        <v>477</v>
+        <v>680</v>
       </c>
       <c r="U45" t="s">
-        <v>478</v>
+        <v>569</v>
+      </c>
+      <c r="V45" t="s">
+        <v>681</v>
+      </c>
+      <c r="W45" t="s">
+        <v>682</v>
+      </c>
+      <c r="X45" t="s">
+        <v>683</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>676</v>
+        <v>684</v>
       </c>
       <c r="B46" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="C46" t="s">
-        <v>427</v>
+        <v>685</v>
       </c>
       <c r="D46" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="E46" t="s">
-        <v>480</v>
+        <v>675</v>
       </c>
       <c r="F46" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G46" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H46" t="s">
-        <v>505</v>
+        <v>686</v>
       </c>
       <c r="I46" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J46" t="s">
-        <v>677</v>
+        <v>687</v>
       </c>
       <c r="K46" t="s">
-        <v>678</v>
+        <v>688</v>
       </c>
       <c r="L46" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-        <v>679</v>
+        <v>470</v>
       </c>
       <c r="N46" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="O46" t="s">
-        <v>428</v>
+        <v>689</v>
       </c>
       <c r="P46" t="s">
-        <v>473</v>
+        <v>474</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>690</v>
       </c>
       <c r="R46" t="s">
-        <v>428</v>
+        <v>691</v>
       </c>
       <c r="S46" t="s">
-        <v>680</v>
+        <v>692</v>
+      </c>
+      <c r="T46" t="s">
+        <v>693</v>
+      </c>
+      <c r="U46" t="s">
+        <v>694</v>
+      </c>
+      <c r="V46" t="s">
+        <v>695</v>
+      </c>
+      <c r="W46" t="s">
+        <v>693</v>
+      </c>
+      <c r="X46" t="s">
+        <v>694</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>681</v>
+        <v>696</v>
       </c>
       <c r="B47" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="C47" t="s">
         <v>44</v>
       </c>
       <c r="D47" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
       <c r="E47" t="s">
-        <v>638</v>
+        <v>628</v>
       </c>
       <c r="F47" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G47" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H47" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="I47" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J47" t="s">
-        <v>467</v>
+        <v>503</v>
       </c>
       <c r="K47" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="L47" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M47" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
       <c r="N47" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O47" t="s">
-        <v>472</v>
+        <v>505</v>
       </c>
       <c r="P47" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q47" t="s">
-        <v>474</v>
+        <v>506</v>
       </c>
       <c r="R47" t="s">
-        <v>475</v>
+        <v>507</v>
       </c>
       <c r="S47" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="T47" t="s">
-        <v>477</v>
+        <v>508</v>
       </c>
       <c r="U47" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>682</v>
+        <v>697</v>
       </c>
       <c r="B48" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="C48" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D48" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="E48" t="s">
-        <v>495</v>
+        <v>652</v>
       </c>
       <c r="F48" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G48" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H48" t="s">
-        <v>640</v>
+        <v>653</v>
       </c>
       <c r="I48" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J48" t="s">
+        <v>698</v>
+      </c>
+      <c r="K48" t="s">
+        <v>699</v>
+      </c>
+      <c r="L48" t="s">
+        <v>470</v>
+      </c>
+      <c r="M48" t="s">
+        <v>700</v>
+      </c>
+      <c r="N48" t="s">
+        <v>472</v>
+      </c>
+      <c r="O48" t="s">
+        <v>701</v>
+      </c>
+      <c r="P48" t="s">
+        <v>474</v>
+      </c>
+      <c r="R48" t="s">
+        <v>702</v>
+      </c>
+      <c r="S48" t="s">
+        <v>703</v>
+      </c>
+      <c r="T48" t="s">
+        <v>704</v>
+      </c>
+      <c r="U48" t="s">
         <v>683</v>
-      </c>
-[...28 lines deleted...]
-        <v>514</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>690</v>
+        <v>705</v>
       </c>
       <c r="B49" t="s">
-        <v>233</v>
+        <v>226</v>
       </c>
       <c r="C49" t="s">
         <v>44</v>
       </c>
       <c r="D49" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
       <c r="E49" t="s">
-        <v>638</v>
+        <v>628</v>
       </c>
       <c r="F49" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G49" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H49" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="I49" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J49" t="s">
-        <v>467</v>
+        <v>503</v>
       </c>
       <c r="K49" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="L49" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M49" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
       <c r="N49" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O49" t="s">
-        <v>472</v>
+        <v>505</v>
       </c>
       <c r="P49" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q49" t="s">
-        <v>474</v>
+        <v>506</v>
       </c>
       <c r="R49" t="s">
-        <v>475</v>
+        <v>507</v>
       </c>
       <c r="S49" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="T49" t="s">
-        <v>477</v>
+        <v>508</v>
       </c>
       <c r="U49" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>691</v>
+        <v>706</v>
       </c>
       <c r="B50" t="s">
-        <v>233</v>
+        <v>226</v>
       </c>
       <c r="C50" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D50" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="E50" t="s">
-        <v>692</v>
+        <v>481</v>
       </c>
       <c r="F50" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G50" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H50" t="s">
-        <v>693</v>
+        <v>653</v>
       </c>
       <c r="I50" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J50" t="s">
-        <v>694</v>
+        <v>707</v>
       </c>
       <c r="K50" t="s">
-        <v>695</v>
+        <v>708</v>
       </c>
       <c r="L50" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M50" t="s">
-        <v>696</v>
+        <v>435</v>
       </c>
       <c r="N50" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O50" t="s">
-        <v>697</v>
+        <v>709</v>
       </c>
       <c r="P50" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q50" t="s">
-        <v>698</v>
+        <v>710</v>
       </c>
       <c r="R50" t="s">
-        <v>699</v>
+        <v>711</v>
       </c>
       <c r="S50" t="s">
-        <v>700</v>
+        <v>712</v>
       </c>
       <c r="T50" t="s">
-        <v>701</v>
+        <v>713</v>
       </c>
       <c r="U50" t="s">
-        <v>702</v>
+        <v>714</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>703</v>
+        <v>715</v>
       </c>
       <c r="B51" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="C51" t="s">
         <v>44</v>
       </c>
       <c r="D51" t="s">
-        <v>487</v>
+        <v>437</v>
       </c>
       <c r="E51" t="s">
-        <v>488</v>
+        <v>652</v>
       </c>
       <c r="F51" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G51" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H51" t="s">
-        <v>465</v>
+        <v>686</v>
       </c>
       <c r="I51" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J51" t="s">
-        <v>467</v>
+        <v>687</v>
       </c>
       <c r="K51" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="L51" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M51" t="s">
-        <v>487</v>
+        <v>582</v>
       </c>
       <c r="N51" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="O51" t="s">
-        <v>489</v>
+        <v>689</v>
       </c>
       <c r="P51" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q51" t="s">
-        <v>490</v>
+        <v>690</v>
       </c>
       <c r="R51" t="s">
-        <v>491</v>
+        <v>691</v>
       </c>
       <c r="S51" t="s">
-        <v>476</v>
+        <v>692</v>
       </c>
       <c r="T51" t="s">
-        <v>492</v>
+        <v>693</v>
       </c>
       <c r="U51" t="s">
-        <v>493</v>
+        <v>694</v>
+      </c>
+      <c r="V51" t="s">
+        <v>695</v>
+      </c>
+      <c r="W51" t="s">
+        <v>693</v>
+      </c>
+      <c r="X51" t="s">
+        <v>694</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>704</v>
+        <v>716</v>
       </c>
       <c r="B52" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C52" t="s">
-        <v>436</v>
+        <v>44</v>
       </c>
       <c r="D52" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
       <c r="E52" t="s">
-        <v>495</v>
+        <v>628</v>
       </c>
       <c r="F52" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G52" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H52" t="s">
-        <v>640</v>
+        <v>466</v>
       </c>
       <c r="I52" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J52" t="s">
-        <v>705</v>
+        <v>503</v>
       </c>
       <c r="K52" t="s">
-        <v>706</v>
+        <v>469</v>
       </c>
       <c r="L52" t="s">
-        <v>469</v>
+        <v>470</v>
+      </c>
+      <c r="M52" t="s">
+        <v>516</v>
       </c>
       <c r="N52" t="s">
-        <v>497</v>
+        <v>472</v>
+      </c>
+      <c r="O52" t="s">
+        <v>505</v>
       </c>
       <c r="P52" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q52" t="s">
-        <v>707</v>
+        <v>506</v>
+      </c>
+      <c r="R52" t="s">
+        <v>507</v>
       </c>
       <c r="S52" t="s">
-        <v>708</v>
-[...8 lines deleted...]
-        <v>711</v>
+        <v>477</v>
+      </c>
+      <c r="T52" t="s">
+        <v>508</v>
+      </c>
+      <c r="U52" t="s">
+        <v>479</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="B53" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="C53" t="s">
-        <v>44</v>
+        <v>439</v>
       </c>
       <c r="D53" t="s">
-        <v>45</v>
+        <v>440</v>
       </c>
       <c r="E53" t="s">
-        <v>462</v>
+        <v>718</v>
       </c>
       <c r="F53" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G53" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H53" t="s">
-        <v>465</v>
+        <v>719</v>
       </c>
       <c r="I53" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J53" t="s">
-        <v>713</v>
+        <v>720</v>
       </c>
       <c r="K53" t="s">
-        <v>468</v>
+        <v>721</v>
       </c>
       <c r="L53" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M53" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
       <c r="N53" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O53" t="s">
-        <v>715</v>
+        <v>723</v>
       </c>
       <c r="P53" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q53" t="s">
-        <v>716</v>
+        <v>724</v>
       </c>
       <c r="R53" t="s">
-        <v>717</v>
+        <v>725</v>
       </c>
       <c r="S53" t="s">
-        <v>476</v>
+        <v>726</v>
       </c>
       <c r="T53" t="s">
-        <v>596</v>
+        <v>727</v>
       </c>
       <c r="U53" t="s">
-        <v>478</v>
+        <v>728</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>718</v>
+        <v>729</v>
       </c>
       <c r="B54" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C54" t="s">
-        <v>387</v>
+        <v>44</v>
       </c>
       <c r="D54" t="s">
-        <v>388</v>
+        <v>516</v>
       </c>
       <c r="E54" t="s">
-        <v>480</v>
+        <v>517</v>
       </c>
       <c r="F54" t="s">
-        <v>463</v>
+        <v>557</v>
       </c>
       <c r="G54" t="s">
-        <v>464</v>
+        <v>558</v>
+      </c>
+      <c r="H54" t="s">
+        <v>466</v>
       </c>
       <c r="I54" t="s">
-        <v>466</v>
+        <v>559</v>
       </c>
       <c r="J54" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="K54" t="s">
-        <v>566</v>
+        <v>469</v>
       </c>
       <c r="L54" t="s">
-        <v>469</v>
+        <v>470</v>
+      </c>
+      <c r="M54" t="s">
+        <v>516</v>
       </c>
       <c r="N54" t="s">
-        <v>497</v>
+        <v>472</v>
       </c>
       <c r="O54" t="s">
-        <v>567</v>
+        <v>505</v>
       </c>
       <c r="P54" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q54" t="s">
-        <v>568</v>
+        <v>506</v>
       </c>
       <c r="R54" t="s">
-        <v>569</v>
+        <v>507</v>
+      </c>
+      <c r="S54" t="s">
+        <v>477</v>
       </c>
       <c r="T54" t="s">
-        <v>570</v>
+        <v>508</v>
       </c>
       <c r="U54" t="s">
-        <v>571</v>
-[...8 lines deleted...]
-        <v>563</v>
+        <v>479</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>719</v>
+        <v>730</v>
       </c>
       <c r="B55" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C55" t="s">
-        <v>439</v>
+        <v>403</v>
       </c>
       <c r="D55" t="s">
-        <v>440</v>
+        <v>404</v>
       </c>
       <c r="E55" t="s">
-        <v>720</v>
-[...8 lines deleted...]
-        <v>723</v>
+        <v>481</v>
       </c>
       <c r="K55" t="s">
-        <v>724</v>
+        <v>601</v>
       </c>
       <c r="L55" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="N55" t="s">
-        <v>497</v>
+        <v>484</v>
       </c>
       <c r="O55" t="s">
-        <v>725</v>
+        <v>602</v>
+      </c>
+      <c r="P55" t="s">
+        <v>603</v>
       </c>
       <c r="Q55" t="s">
-        <v>726</v>
+        <v>604</v>
       </c>
       <c r="R55" t="s">
-        <v>725</v>
+        <v>605</v>
+      </c>
+      <c r="T55" t="s">
+        <v>606</v>
+      </c>
+      <c r="U55" t="s">
+        <v>607</v>
       </c>
       <c r="V55" t="s">
-        <v>727</v>
+        <v>608</v>
       </c>
       <c r="W55" t="s">
-        <v>728</v>
+        <v>609</v>
       </c>
       <c r="X55" t="s">
-        <v>729</v>
+        <v>528</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:O27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>259</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>260</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>261</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>263</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>264</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>265</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="N1" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="O1" s="1" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B2" t="s">
         <v>37</v>
       </c>
       <c r="C2" t="s">
-        <v>737</v>
+        <v>46</v>
       </c>
       <c r="D2" t="s">
         <v>738</v>
       </c>
       <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>47</v>
+      </c>
+      <c r="G2" t="s">
+        <v>60</v>
+      </c>
+      <c r="H2" t="s">
         <v>739</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2" t="s">
+      <c r="I2" t="s">
+        <v>46</v>
+      </c>
+      <c r="J2">
+        <v>23606</v>
+      </c>
+      <c r="K2" t="s">
+        <v>59</v>
+      </c>
+      <c r="L2">
+        <v>20350</v>
+      </c>
+      <c r="M2" t="s">
+        <v>60</v>
+      </c>
+      <c r="N2" t="s">
+        <v>60</v>
+      </c>
+      <c r="O2" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>741</v>
+      </c>
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C3" t="s">
         <v>742</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
       <c r="D3" t="s">
         <v>738</v>
       </c>
       <c r="E3" t="s">
         <v>743</v>
       </c>
       <c r="F3" t="s">
-        <v>743</v>
+        <v>742</v>
       </c>
       <c r="G3" t="s">
+        <v>277</v>
+      </c>
+      <c r="H3" t="s">
+        <v>739</v>
+      </c>
+      <c r="I3" t="s">
+        <v>273</v>
+      </c>
+      <c r="J3">
+        <v>216617.63</v>
+      </c>
+      <c r="K3" t="s">
+        <v>59</v>
+      </c>
+      <c r="L3">
+        <v>186739.33</v>
+      </c>
+      <c r="M3" t="s">
         <v>276</v>
       </c>
-      <c r="H3" t="s">
+      <c r="N3" t="s">
+        <v>277</v>
+      </c>
+      <c r="O3" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>744</v>
       </c>
       <c r="B4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="C4" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="D4" t="s">
         <v>738</v>
       </c>
       <c r="E4" t="s">
         <v>745</v>
       </c>
       <c r="F4" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="G4" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="H4" t="s">
+        <v>739</v>
+      </c>
+      <c r="I4" t="s">
+        <v>75</v>
+      </c>
+      <c r="J4">
+        <v>14600</v>
+      </c>
+      <c r="K4" t="s">
+        <v>59</v>
+      </c>
+      <c r="L4">
+        <v>14600</v>
+      </c>
+      <c r="M4" t="s">
+        <v>282</v>
+      </c>
+      <c r="N4" t="s">
+        <v>279</v>
+      </c>
+      <c r="O4" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>746</v>
       </c>
       <c r="B5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C5" t="s">
-        <v>83</v>
+        <v>747</v>
       </c>
       <c r="D5" t="s">
         <v>738</v>
       </c>
       <c r="E5" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="F5" t="s">
-        <v>288</v>
+        <v>85</v>
       </c>
       <c r="G5" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H5" t="s">
+        <v>739</v>
+      </c>
+      <c r="I5" t="s">
+        <v>84</v>
+      </c>
+      <c r="J5">
+        <v>82000</v>
+      </c>
+      <c r="K5" t="s">
+        <v>59</v>
+      </c>
+      <c r="L5">
+        <v>82000</v>
+      </c>
+      <c r="M5" t="s">
+        <v>276</v>
+      </c>
+      <c r="N5" t="s">
+        <v>287</v>
+      </c>
+      <c r="O5" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B6" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C6" t="s">
-        <v>93</v>
+        <v>750</v>
       </c>
       <c r="D6" t="s">
         <v>738</v>
       </c>
       <c r="E6" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="F6" t="s">
+        <v>752</v>
+      </c>
+      <c r="G6" t="s">
+        <v>289</v>
+      </c>
+      <c r="H6" t="s">
+        <v>739</v>
+      </c>
+      <c r="I6" t="s">
+        <v>91</v>
+      </c>
+      <c r="J6">
+        <v>271754</v>
+      </c>
+      <c r="K6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L6">
+        <v>234270.69</v>
+      </c>
+      <c r="M6" t="s">
         <v>291</v>
       </c>
-      <c r="G6" t="s">
-[...2 lines deleted...]
-      <c r="H6" t="s">
+      <c r="N6" t="s">
+        <v>289</v>
+      </c>
+      <c r="O6" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="B7" t="s">
         <v>95</v>
       </c>
       <c r="C7" t="s">
         <v>99</v>
       </c>
       <c r="D7" t="s">
         <v>738</v>
       </c>
       <c r="E7" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="F7" t="s">
-        <v>100</v>
+        <v>293</v>
       </c>
       <c r="G7" t="s">
-        <v>276</v>
+        <v>241</v>
       </c>
       <c r="H7" t="s">
-        <v>740</v>
+        <v>739</v>
       </c>
       <c r="I7" t="s">
         <v>99</v>
       </c>
       <c r="J7">
-        <v>23548</v>
+        <v>13989.6</v>
       </c>
       <c r="K7" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="L7">
-        <v>20300</v>
+        <v>12060</v>
       </c>
       <c r="M7" t="s">
         <v>294</v>
       </c>
       <c r="N7" t="s">
-        <v>280</v>
+        <v>241</v>
       </c>
       <c r="O7" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="B8" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C8" t="s">
-        <v>753</v>
+        <v>105</v>
       </c>
       <c r="D8" t="s">
         <v>738</v>
       </c>
       <c r="E8" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="F8" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="G8" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="H8" t="s">
+        <v>739</v>
+      </c>
+      <c r="I8" t="s">
+        <v>105</v>
+      </c>
+      <c r="J8">
+        <v>23548</v>
+      </c>
+      <c r="K8" t="s">
+        <v>59</v>
+      </c>
+      <c r="L8">
+        <v>20300</v>
+      </c>
+      <c r="M8" t="s">
+        <v>291</v>
+      </c>
+      <c r="N8" t="s">
+        <v>297</v>
+      </c>
+      <c r="O8" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="B9" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C9" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="D9" t="s">
         <v>738</v>
       </c>
       <c r="E9" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="F9" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="G9" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="H9" t="s">
-        <v>740</v>
+        <v>739</v>
       </c>
       <c r="I9" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="J9">
         <v>9805.48</v>
       </c>
       <c r="K9" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="L9">
         <v>8453</v>
       </c>
       <c r="M9" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="N9" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="O9" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="B10" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C10" t="s">
-        <v>759</v>
+        <v>119</v>
       </c>
       <c r="D10" t="s">
         <v>738</v>
       </c>
       <c r="E10" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="F10" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="G10" t="s">
-        <v>305</v>
+        <v>241</v>
       </c>
       <c r="H10" t="s">
+        <v>739</v>
+      </c>
+      <c r="I10" t="s">
+        <v>119</v>
+      </c>
+      <c r="J10">
+        <v>11388.88</v>
+      </c>
+      <c r="K10" t="s">
+        <v>59</v>
+      </c>
+      <c r="L10">
+        <v>9818</v>
+      </c>
+      <c r="M10" t="s">
+        <v>241</v>
+      </c>
+      <c r="N10" t="s">
+        <v>241</v>
+      </c>
+      <c r="O10" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="B11" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C11" t="s">
-        <v>127</v>
+        <v>764</v>
       </c>
       <c r="D11" t="s">
         <v>738</v>
       </c>
       <c r="E11" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="F11" t="s">
-        <v>764</v>
+        <v>128</v>
       </c>
       <c r="G11" t="s">
-        <v>202</v>
+        <v>302</v>
       </c>
       <c r="H11" t="s">
+        <v>739</v>
+      </c>
+      <c r="I11" t="s">
+        <v>126</v>
+      </c>
+      <c r="J11">
+        <v>122777</v>
+      </c>
+      <c r="K11" t="s">
+        <v>59</v>
+      </c>
+      <c r="L11">
+        <v>105842.24</v>
+      </c>
+      <c r="M11" t="s">
+        <v>307</v>
+      </c>
+      <c r="N11" t="s">
+        <v>302</v>
+      </c>
+      <c r="O11" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="B12" t="s">
         <v>130</v>
       </c>
       <c r="C12" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="D12" t="s">
         <v>738</v>
       </c>
       <c r="E12" t="s">
+        <v>768</v>
+      </c>
+      <c r="F12" t="s">
+        <v>768</v>
+      </c>
+      <c r="G12" t="s">
+        <v>769</v>
+      </c>
+      <c r="H12" t="s">
+        <v>739</v>
+      </c>
+      <c r="I12" t="s">
         <v>309</v>
       </c>
-      <c r="F12" t="s">
-[...5 lines deleted...]
-      <c r="H12" t="s">
+      <c r="J12">
+        <v>350433.54</v>
+      </c>
+      <c r="K12" t="s">
+        <v>59</v>
+      </c>
+      <c r="L12">
+        <v>302097.88</v>
+      </c>
+      <c r="M12" t="s">
+        <v>313</v>
+      </c>
+      <c r="N12" t="s">
+        <v>314</v>
+      </c>
+      <c r="O12" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="B13" t="s">
         <v>138</v>
       </c>
       <c r="C13" t="s">
-        <v>737</v>
+        <v>142</v>
       </c>
       <c r="D13" t="s">
         <v>738</v>
       </c>
       <c r="E13" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="F13" t="s">
-        <v>769</v>
+        <v>145</v>
       </c>
       <c r="G13" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="H13" t="s">
+        <v>739</v>
+      </c>
+      <c r="I13" t="s">
+        <v>142</v>
+      </c>
+      <c r="J13">
+        <v>67188</v>
+      </c>
+      <c r="K13" t="s">
+        <v>59</v>
+      </c>
+      <c r="L13">
+        <v>57920.69</v>
+      </c>
+      <c r="M13" t="s">
+        <v>313</v>
+      </c>
+      <c r="N13" t="s">
+        <v>314</v>
+      </c>
+      <c r="O13" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="B14" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C14" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="D14" t="s">
         <v>738</v>
       </c>
       <c r="E14" t="s">
-        <v>772</v>
+        <v>320</v>
       </c>
       <c r="F14" t="s">
-        <v>772</v>
+        <v>152</v>
       </c>
       <c r="G14" t="s">
-        <v>773</v>
+        <v>277</v>
       </c>
       <c r="H14" t="s">
+        <v>739</v>
+      </c>
+      <c r="I14" t="s">
+        <v>151</v>
+      </c>
+      <c r="J14">
+        <v>230869.65</v>
+      </c>
+      <c r="K14" t="s">
+        <v>59</v>
+      </c>
+      <c r="L14">
+        <v>199025.56</v>
+      </c>
+      <c r="M14" t="s">
+        <v>276</v>
+      </c>
+      <c r="N14" t="s">
+        <v>277</v>
+      </c>
+      <c r="O14" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>774</v>
       </c>
       <c r="B15" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C15" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="D15" t="s">
         <v>738</v>
       </c>
       <c r="E15" t="s">
         <v>775</v>
       </c>
       <c r="F15" t="s">
-        <v>158</v>
+        <v>145</v>
       </c>
       <c r="G15" t="s">
-        <v>315</v>
+        <v>277</v>
       </c>
       <c r="H15" t="s">
+        <v>739</v>
+      </c>
+      <c r="I15" t="s">
+        <v>159</v>
+      </c>
+      <c r="J15">
+        <v>133439</v>
+      </c>
+      <c r="K15" t="s">
+        <v>59</v>
+      </c>
+      <c r="L15">
+        <v>115033.62</v>
+      </c>
+      <c r="M15" t="s">
+        <v>276</v>
+      </c>
+      <c r="N15" t="s">
+        <v>277</v>
+      </c>
+      <c r="O15" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>776</v>
       </c>
       <c r="B16" t="s">
         <v>161</v>
       </c>
       <c r="C16" t="s">
-        <v>165</v>
+        <v>742</v>
       </c>
       <c r="D16" t="s">
         <v>738</v>
       </c>
       <c r="E16" t="s">
         <v>777</v>
       </c>
       <c r="F16" t="s">
-        <v>158</v>
+        <v>778</v>
       </c>
       <c r="G16" t="s">
-        <v>274</v>
+        <v>314</v>
       </c>
       <c r="H16" t="s">
+        <v>739</v>
+      </c>
+      <c r="I16" t="s">
+        <v>322</v>
+      </c>
+      <c r="J16">
+        <v>80883.56</v>
+      </c>
+      <c r="K16" t="s">
+        <v>59</v>
+      </c>
+      <c r="L16">
+        <v>69727.21</v>
+      </c>
+      <c r="M16" t="s">
+        <v>313</v>
+      </c>
+      <c r="N16" t="s">
+        <v>314</v>
+      </c>
+      <c r="O16" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="B17" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C17" t="s">
-        <v>171</v>
+        <v>780</v>
       </c>
       <c r="D17" t="s">
         <v>738</v>
       </c>
       <c r="E17" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="F17" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G17" t="s">
-        <v>325</v>
+        <v>782</v>
       </c>
       <c r="H17" t="s">
+        <v>739</v>
+      </c>
+      <c r="I17" t="s">
+        <v>326</v>
+      </c>
+      <c r="J17">
+        <v>90102.12</v>
+      </c>
+      <c r="K17" t="s">
+        <v>59</v>
+      </c>
+      <c r="L17">
+        <v>77674.24</v>
+      </c>
+      <c r="M17" t="s">
+        <v>328</v>
+      </c>
+      <c r="N17" t="s">
+        <v>329</v>
+      </c>
+      <c r="O17" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="B18" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C18" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D18" t="s">
         <v>738</v>
       </c>
       <c r="E18" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="F18" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="G18" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="H18" t="s">
+        <v>739</v>
+      </c>
+      <c r="I18" t="s">
+        <v>331</v>
+      </c>
+      <c r="J18">
+        <v>38048</v>
+      </c>
+      <c r="K18" t="s">
+        <v>59</v>
+      </c>
+      <c r="L18">
+        <v>32800</v>
+      </c>
+      <c r="M18" t="s">
+        <v>785</v>
+      </c>
+      <c r="N18" t="s">
+        <v>336</v>
+      </c>
+      <c r="O18" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="B19" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D19" t="s">
         <v>738</v>
       </c>
       <c r="E19" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="F19" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="G19" t="s">
         <v>338</v>
       </c>
       <c r="H19" t="s">
-        <v>740</v>
+        <v>739</v>
       </c>
       <c r="I19" t="s">
-        <v>333</v>
+        <v>191</v>
       </c>
       <c r="J19">
-        <v>38048</v>
+        <v>20686.97</v>
       </c>
       <c r="K19" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="L19">
-        <v>32800</v>
+        <v>17833.59</v>
       </c>
       <c r="M19" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="N19" t="s">
         <v>338</v>
       </c>
       <c r="O19" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="B20" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C20" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="D20" t="s">
         <v>738</v>
       </c>
       <c r="E20" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="F20" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="G20" t="s">
-        <v>276</v>
+        <v>291</v>
       </c>
       <c r="H20" t="s">
+        <v>739</v>
+      </c>
+      <c r="I20" t="s">
+        <v>202</v>
+      </c>
+      <c r="J20">
+        <v>19731.81</v>
+      </c>
+      <c r="K20" t="s">
+        <v>59</v>
+      </c>
+      <c r="L20">
+        <v>17010.18</v>
+      </c>
+      <c r="M20" t="s">
+        <v>346</v>
+      </c>
+      <c r="N20" t="s">
+        <v>291</v>
+      </c>
+      <c r="O20" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="B21" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C21" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="D21" t="s">
         <v>738</v>
       </c>
       <c r="E21" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="F21" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="G21" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="H21" t="s">
-        <v>740</v>
+        <v>739</v>
       </c>
       <c r="I21" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="J21">
         <v>13500</v>
       </c>
       <c r="K21" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="L21">
         <v>13500</v>
       </c>
       <c r="M21" t="s">
-        <v>280</v>
+        <v>297</v>
       </c>
       <c r="N21" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="O21" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="B22" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C22" t="s">
-        <v>791</v>
+        <v>217</v>
       </c>
       <c r="D22" t="s">
         <v>738</v>
       </c>
       <c r="E22" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="F22" t="s">
-        <v>216</v>
+        <v>794</v>
       </c>
       <c r="G22" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="H22" t="s">
+        <v>739</v>
+      </c>
+      <c r="I22" t="s">
+        <v>217</v>
+      </c>
+      <c r="J22">
+        <v>21004.99</v>
+      </c>
+      <c r="K22" t="s">
+        <v>59</v>
+      </c>
+      <c r="L22">
+        <v>18305</v>
+      </c>
+      <c r="M22" t="s">
+        <v>297</v>
+      </c>
+      <c r="N22" t="s">
+        <v>294</v>
+      </c>
+      <c r="O22" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="B23" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C23" t="s">
-        <v>794</v>
+        <v>223</v>
       </c>
       <c r="D23" t="s">
         <v>738</v>
       </c>
       <c r="E23" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="F23" t="s">
-        <v>222</v>
+        <v>356</v>
       </c>
       <c r="G23" t="s">
-        <v>796</v>
+        <v>291</v>
       </c>
       <c r="H23" t="s">
+        <v>739</v>
+      </c>
+      <c r="I23" t="s">
+        <v>223</v>
+      </c>
+      <c r="J23">
+        <v>16332.8</v>
+      </c>
+      <c r="K23" t="s">
+        <v>59</v>
+      </c>
+      <c r="L23">
+        <v>14080</v>
+      </c>
+      <c r="M23" t="s">
+        <v>346</v>
+      </c>
+      <c r="N23" t="s">
+        <v>291</v>
+      </c>
+      <c r="O23" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>797</v>
       </c>
       <c r="B24" t="s">
         <v>226</v>
       </c>
       <c r="C24" t="s">
         <v>230</v>
       </c>
       <c r="D24" t="s">
         <v>738</v>
       </c>
       <c r="E24" t="s">
         <v>798</v>
       </c>
       <c r="F24" t="s">
-        <v>357</v>
+        <v>232</v>
       </c>
       <c r="G24" t="s">
-        <v>294</v>
+        <v>359</v>
       </c>
       <c r="H24" t="s">
-        <v>740</v>
+        <v>739</v>
       </c>
       <c r="I24" t="s">
         <v>230</v>
       </c>
       <c r="J24">
-        <v>16332.8</v>
+        <v>38472.56</v>
       </c>
       <c r="K24" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="L24">
-        <v>14080</v>
+        <v>33166</v>
       </c>
       <c r="M24" t="s">
+        <v>284</v>
+      </c>
+      <c r="N24" t="s">
         <v>359</v>
       </c>
-      <c r="N24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O24" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>799</v>
       </c>
       <c r="B25" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C25" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D25" t="s">
         <v>738</v>
       </c>
       <c r="E25" t="s">
         <v>800</v>
       </c>
       <c r="F25" t="s">
+        <v>365</v>
+      </c>
+      <c r="G25" t="s">
+        <v>294</v>
+      </c>
+      <c r="H25" t="s">
+        <v>739</v>
+      </c>
+      <c r="I25" t="s">
         <v>238</v>
       </c>
-      <c r="G25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J25">
-        <v>10517.72</v>
+        <v>16794.48</v>
       </c>
       <c r="K25" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="L25">
-        <v>8818.5</v>
+        <v>14478</v>
       </c>
       <c r="M25" t="s">
-        <v>280</v>
+        <v>289</v>
       </c>
       <c r="N25" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="O25" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>801</v>
       </c>
       <c r="B26" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C26" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="D26" t="s">
         <v>738</v>
       </c>
       <c r="E26" t="s">
         <v>802</v>
       </c>
       <c r="F26" t="s">
-        <v>363</v>
+        <v>247</v>
       </c>
       <c r="G26" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="H26" t="s">
+        <v>270</v>
+      </c>
+      <c r="I26" t="s">
+        <v>246</v>
+      </c>
+      <c r="J26">
+        <v>10517.72</v>
+      </c>
+      <c r="K26" t="s">
+        <v>59</v>
+      </c>
+      <c r="L26">
+        <v>8818.5</v>
+      </c>
+      <c r="M26" t="s">
+        <v>297</v>
+      </c>
+      <c r="N26" t="s">
+        <v>302</v>
+      </c>
+      <c r="O26" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>803</v>
       </c>
       <c r="B27" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C27" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D27" t="s">
         <v>738</v>
       </c>
       <c r="E27" t="s">
-        <v>252</v>
+        <v>804</v>
       </c>
       <c r="F27" t="s">
-        <v>252</v>
+        <v>369</v>
       </c>
       <c r="G27" t="s">
-        <v>255</v>
+        <v>277</v>
       </c>
       <c r="H27" t="s">
+        <v>739</v>
+      </c>
+      <c r="I27" t="s">
+        <v>135</v>
+      </c>
+      <c r="J27">
+        <v>629932.56</v>
+      </c>
+      <c r="K27" t="s">
+        <v>59</v>
+      </c>
+      <c r="L27">
+        <v>543045.31</v>
+      </c>
+      <c r="M27" t="s">
+        <v>276</v>
+      </c>
+      <c r="N27" t="s">
+        <v>277</v>
+      </c>
+      <c r="O27" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:T56"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>260</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="N1" s="1" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="O1" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="P1" s="1" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="Q1" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="R1" s="1" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="S1" s="1" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="T1" s="1" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="B2" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C2" t="s">
         <v>37</v>
       </c>
       <c r="D2" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="E2" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="F2">
         <v>1</v>
       </c>
       <c r="G2" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H2">
-        <v>18051.47</v>
+        <v>23606</v>
       </c>
       <c r="I2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J2">
-        <v>15561.61</v>
+        <v>20350</v>
       </c>
       <c r="K2">
-        <v>32500023</v>
+        <v>35200007</v>
       </c>
       <c r="L2" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M2" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="N2" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O2" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P2">
         <v>97070</v>
       </c>
       <c r="Q2" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R2" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S2" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T2" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="B3" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C3" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D3" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="E3" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="F3">
         <v>1</v>
       </c>
       <c r="G3" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H3">
         <v>18051.47</v>
       </c>
       <c r="I3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J3">
         <v>15561.61</v>
       </c>
       <c r="K3">
         <v>32500023</v>
       </c>
       <c r="L3" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M3" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="N3" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O3" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P3">
         <v>97070</v>
       </c>
       <c r="Q3" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R3" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S3" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T3" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="B4" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C4" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D4" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="E4" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="F4">
         <v>1</v>
       </c>
       <c r="G4" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H4">
         <v>18051.47</v>
       </c>
       <c r="I4" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J4">
         <v>15561.61</v>
       </c>
       <c r="K4">
         <v>32500023</v>
       </c>
       <c r="L4" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M4" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="N4" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O4" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P4">
         <v>97070</v>
       </c>
       <c r="Q4" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R4" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S4" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T4" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="B5" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C5" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D5" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="E5" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="F5">
         <v>1</v>
       </c>
       <c r="G5" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H5">
         <v>18051.47</v>
       </c>
       <c r="I5" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J5">
         <v>15561.61</v>
       </c>
       <c r="K5">
         <v>32500023</v>
       </c>
       <c r="L5" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M5" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="N5" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O5" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P5">
         <v>97070</v>
       </c>
       <c r="Q5" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R5" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S5" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T5" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="B6" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D6" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="E6" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="F6">
         <v>1</v>
       </c>
       <c r="G6" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H6">
         <v>18051.47</v>
       </c>
       <c r="I6" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J6">
         <v>15561.61</v>
       </c>
       <c r="K6">
         <v>32500023</v>
       </c>
       <c r="L6" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M6" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="N6" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O6" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P6">
         <v>97070</v>
       </c>
       <c r="Q6" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R6" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S6" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T6" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="B7" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C7" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D7" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="E7" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="F7">
         <v>1</v>
       </c>
       <c r="G7" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H7">
         <v>18051.47</v>
       </c>
       <c r="I7" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J7">
         <v>15561.61</v>
       </c>
       <c r="K7">
         <v>32500023</v>
       </c>
       <c r="L7" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M7" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="N7" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O7" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P7">
         <v>97070</v>
       </c>
       <c r="Q7" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R7" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S7" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T7" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="B8" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="C8" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="D8" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="E8" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="F8">
         <v>1</v>
       </c>
       <c r="G8" t="s">
-        <v>847</v>
+        <v>824</v>
       </c>
       <c r="H8">
-        <v>21233.8</v>
+        <v>18051.47</v>
       </c>
       <c r="I8" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J8">
-        <v>18305</v>
+        <v>15561.61</v>
       </c>
       <c r="K8">
-        <v>51500006</v>
+        <v>32500023</v>
       </c>
       <c r="L8" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M8" t="s">
-        <v>848</v>
+        <v>833</v>
       </c>
       <c r="N8" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O8" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P8">
         <v>97070</v>
       </c>
       <c r="Q8" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R8" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S8" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T8" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="B9" t="s">
         <v>744</v>
       </c>
       <c r="C9" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D9" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="E9" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="F9">
         <v>1</v>
       </c>
       <c r="G9" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H9">
-        <v>52494.38</v>
+        <v>14600</v>
       </c>
       <c r="I9" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J9">
-        <v>45253.78</v>
+        <v>14600</v>
       </c>
       <c r="K9">
-        <v>32201001</v>
+        <v>33300001</v>
       </c>
       <c r="L9" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M9" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="N9" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O9" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P9">
         <v>97070</v>
       </c>
       <c r="Q9" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R9" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S9" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T9" t="s">
-        <v>853</v>
+        <v>834</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>854</v>
       </c>
       <c r="B10" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="C10" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="D10" t="s">
         <v>855</v>
       </c>
       <c r="E10" t="s">
         <v>856</v>
       </c>
       <c r="F10">
         <v>1</v>
       </c>
       <c r="G10" t="s">
-        <v>823</v>
+        <v>857</v>
       </c>
       <c r="H10">
-        <v>52494.38</v>
+        <v>12000</v>
       </c>
       <c r="I10" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J10">
-        <v>45253.78</v>
+        <v>10344.83</v>
       </c>
       <c r="K10">
-        <v>32201001</v>
+        <v>26100013</v>
       </c>
       <c r="L10" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M10" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="N10" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O10" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P10">
         <v>97070</v>
       </c>
       <c r="Q10" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R10" t="s">
-        <v>826</v>
+        <v>859</v>
       </c>
       <c r="S10" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T10" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="B11" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="C11" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="D11" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="E11" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="F11">
         <v>1</v>
       </c>
       <c r="G11" t="s">
-        <v>823</v>
+        <v>857</v>
       </c>
       <c r="H11">
-        <v>52494.38</v>
+        <v>70000</v>
       </c>
       <c r="I11" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J11">
-        <v>45253.78</v>
+        <v>60344.83</v>
       </c>
       <c r="K11">
-        <v>32201001</v>
+        <v>26100013</v>
       </c>
       <c r="L11" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M11" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="N11" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O11" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P11">
         <v>97070</v>
       </c>
       <c r="Q11" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R11" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S11" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T11" t="s">
-        <v>857</v>
+        <v>834</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="B12" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="C12" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="D12" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="E12" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="F12">
         <v>1</v>
       </c>
       <c r="G12" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H12">
-        <v>43141.92</v>
+        <v>234270.69</v>
       </c>
       <c r="I12" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J12">
-        <v>45253.78</v>
+        <v>271754</v>
       </c>
       <c r="K12">
-        <v>32201001</v>
+        <v>38200001</v>
       </c>
       <c r="L12" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M12" t="s">
-        <v>852</v>
+        <v>866</v>
       </c>
       <c r="N12" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O12" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P12">
         <v>97070</v>
       </c>
       <c r="Q12" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R12" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S12" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T12" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="B13" t="s">
-        <v>744</v>
+        <v>753</v>
       </c>
       <c r="C13" t="s">
-        <v>66</v>
+        <v>95</v>
       </c>
       <c r="D13" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="E13" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="F13">
         <v>1</v>
       </c>
       <c r="G13" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H13">
-        <v>43141.92</v>
+        <v>13989.6</v>
       </c>
       <c r="I13" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J13">
-        <v>45253.78</v>
+        <v>12060</v>
       </c>
       <c r="K13">
-        <v>32201001</v>
+        <v>38200001</v>
       </c>
       <c r="L13" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M13" t="s">
-        <v>852</v>
+        <v>866</v>
       </c>
       <c r="N13" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O13" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P13">
         <v>97070</v>
       </c>
       <c r="Q13" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R13" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S13" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T13" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="B14" t="s">
-        <v>744</v>
+        <v>755</v>
       </c>
       <c r="C14" t="s">
-        <v>66</v>
+        <v>101</v>
       </c>
       <c r="D14" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="E14" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="F14">
         <v>1</v>
       </c>
       <c r="G14" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H14">
-        <v>43141.92</v>
+        <v>23548</v>
       </c>
       <c r="I14" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J14">
-        <v>45253.78</v>
+        <v>20300</v>
       </c>
       <c r="K14">
-        <v>32201001</v>
+        <v>35700001</v>
       </c>
       <c r="L14" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M14" t="s">
-        <v>852</v>
+        <v>873</v>
       </c>
       <c r="N14" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O14" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P14">
         <v>97070</v>
       </c>
       <c r="Q14" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R14" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S14" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T14" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="B15" t="s">
-        <v>744</v>
+        <v>757</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>108</v>
       </c>
       <c r="D15" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="E15" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="F15">
         <v>1</v>
       </c>
       <c r="G15" t="s">
-        <v>823</v>
+        <v>877</v>
       </c>
       <c r="H15">
-        <v>43141.92</v>
+        <v>9805.48</v>
       </c>
       <c r="I15" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J15">
-        <v>45253.78</v>
+        <v>8453</v>
       </c>
       <c r="K15">
-        <v>32201001</v>
+        <v>56400001</v>
       </c>
       <c r="L15" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M15" t="s">
-        <v>852</v>
+        <v>878</v>
       </c>
       <c r="N15" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O15" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P15">
         <v>97070</v>
       </c>
       <c r="Q15" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R15" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S15" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T15" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="B16" t="s">
-        <v>744</v>
+        <v>760</v>
       </c>
       <c r="C16" t="s">
-        <v>66</v>
+        <v>115</v>
       </c>
       <c r="D16" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
       <c r="E16" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="F16">
         <v>1</v>
       </c>
       <c r="G16" t="s">
-        <v>823</v>
+        <v>877</v>
       </c>
       <c r="H16">
-        <v>43141.92</v>
+        <v>11388.88</v>
       </c>
       <c r="I16" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J16">
-        <v>45253.78</v>
+        <v>9818</v>
       </c>
       <c r="K16">
-        <v>32201001</v>
+        <v>29600027</v>
       </c>
       <c r="L16" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M16" t="s">
-        <v>852</v>
+        <v>882</v>
       </c>
       <c r="N16" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O16" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P16">
         <v>97070</v>
       </c>
       <c r="Q16" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R16" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S16" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T16" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="B17" t="s">
-        <v>744</v>
+        <v>763</v>
       </c>
       <c r="C17" t="s">
-        <v>66</v>
+        <v>122</v>
       </c>
       <c r="D17" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
       <c r="E17" t="s">
-        <v>878</v>
+        <v>885</v>
       </c>
       <c r="F17">
         <v>1</v>
       </c>
       <c r="G17" t="s">
-        <v>823</v>
+        <v>877</v>
       </c>
       <c r="H17">
-        <v>43141.92</v>
+        <v>122777</v>
       </c>
       <c r="I17" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J17">
-        <v>45253.78</v>
+        <v>105842.24</v>
       </c>
       <c r="K17">
-        <v>32201001</v>
+        <v>51500006</v>
       </c>
       <c r="L17" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M17" t="s">
-        <v>852</v>
+        <v>886</v>
       </c>
       <c r="N17" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O17" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P17">
         <v>97070</v>
       </c>
       <c r="Q17" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R17" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S17" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T17" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>879</v>
+        <v>887</v>
       </c>
       <c r="B18" t="s">
-        <v>746</v>
+        <v>766</v>
       </c>
       <c r="C18" t="s">
-        <v>79</v>
+        <v>130</v>
       </c>
       <c r="D18" t="s">
-        <v>880</v>
+        <v>888</v>
       </c>
       <c r="E18" t="s">
-        <v>881</v>
+        <v>889</v>
       </c>
       <c r="F18">
         <v>1</v>
       </c>
       <c r="G18" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H18">
-        <v>14600</v>
+        <v>58405.59</v>
       </c>
       <c r="I18" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J18">
-        <v>14600</v>
+        <v>50349.65</v>
       </c>
       <c r="K18">
-        <v>33300001</v>
+        <v>32201001</v>
       </c>
       <c r="L18" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M18" t="s">
-        <v>882</v>
+        <v>890</v>
       </c>
       <c r="N18" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O18" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P18">
         <v>97070</v>
       </c>
       <c r="Q18" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R18" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S18" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T18" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>883</v>
+        <v>891</v>
       </c>
       <c r="B19" t="s">
-        <v>748</v>
+        <v>766</v>
       </c>
       <c r="C19" t="s">
-        <v>89</v>
+        <v>130</v>
       </c>
       <c r="D19" t="s">
-        <v>884</v>
+        <v>892</v>
       </c>
       <c r="E19" t="s">
-        <v>885</v>
+        <v>893</v>
       </c>
       <c r="F19">
         <v>1</v>
       </c>
       <c r="G19" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H19">
-        <v>13989.6</v>
+        <v>58405.59</v>
       </c>
       <c r="I19" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J19">
-        <v>12060</v>
+        <v>50349.65</v>
       </c>
       <c r="K19">
-        <v>38200001</v>
+        <v>32201001</v>
       </c>
       <c r="L19" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M19" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="N19" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O19" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P19">
         <v>97070</v>
       </c>
       <c r="Q19" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R19" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S19" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T19" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>887</v>
+        <v>894</v>
       </c>
       <c r="B20" t="s">
-        <v>750</v>
+        <v>766</v>
       </c>
       <c r="C20" t="s">
-        <v>95</v>
+        <v>130</v>
       </c>
       <c r="D20" t="s">
-        <v>888</v>
+        <v>895</v>
       </c>
       <c r="E20" t="s">
-        <v>889</v>
+        <v>896</v>
       </c>
       <c r="F20">
         <v>1</v>
       </c>
       <c r="G20" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H20">
-        <v>23548</v>
+        <v>58405.59</v>
       </c>
       <c r="I20" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J20">
-        <v>20300</v>
+        <v>50349.65</v>
       </c>
       <c r="K20">
-        <v>35700001</v>
+        <v>32201001</v>
       </c>
       <c r="L20" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M20" t="s">
         <v>890</v>
       </c>
       <c r="N20" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O20" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P20">
         <v>97070</v>
       </c>
       <c r="Q20" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R20" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S20" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T20" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>891</v>
+        <v>897</v>
       </c>
       <c r="B21" t="s">
-        <v>752</v>
+        <v>770</v>
       </c>
       <c r="C21" t="s">
-        <v>102</v>
+        <v>138</v>
       </c>
       <c r="D21" t="s">
-        <v>892</v>
+        <v>898</v>
       </c>
       <c r="E21" t="s">
-        <v>893</v>
+        <v>899</v>
       </c>
       <c r="F21">
         <v>1</v>
       </c>
       <c r="G21" t="s">
-        <v>894</v>
+        <v>824</v>
       </c>
       <c r="H21">
-        <v>12000</v>
+        <v>13296</v>
       </c>
       <c r="I21" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J21">
-        <v>10344.83</v>
+        <v>11462.07</v>
       </c>
       <c r="K21">
-        <v>26100013</v>
+        <v>31100001</v>
       </c>
       <c r="L21" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M21" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="N21" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O21" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P21">
         <v>97070</v>
       </c>
       <c r="Q21" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R21" t="s">
-        <v>896</v>
+        <v>827</v>
       </c>
       <c r="S21" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T21" t="s">
-        <v>897</v>
+        <v>834</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="B22" t="s">
-        <v>752</v>
+        <v>772</v>
       </c>
       <c r="C22" t="s">
-        <v>102</v>
+        <v>147</v>
       </c>
       <c r="D22" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="E22" t="s">
-        <v>893</v>
+        <v>903</v>
       </c>
       <c r="F22">
         <v>1</v>
       </c>
       <c r="G22" t="s">
-        <v>894</v>
+        <v>824</v>
       </c>
       <c r="H22">
-        <v>70000</v>
+        <v>16638.75</v>
       </c>
       <c r="I22" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J22">
-        <v>60344.83</v>
+        <v>15986</v>
       </c>
       <c r="K22">
-        <v>26100013</v>
+        <v>32201001</v>
       </c>
       <c r="L22" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M22" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="N22" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O22" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P22">
         <v>97070</v>
       </c>
       <c r="Q22" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R22" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S22" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T22" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="B23" t="s">
-        <v>755</v>
+        <v>772</v>
       </c>
       <c r="C23" t="s">
-        <v>109</v>
+        <v>147</v>
       </c>
       <c r="D23" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="E23" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="F23">
         <v>1</v>
       </c>
       <c r="G23" t="s">
-        <v>847</v>
+        <v>824</v>
       </c>
       <c r="H23">
-        <v>9805.48</v>
+        <v>16638.75</v>
       </c>
       <c r="I23" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J23">
-        <v>8453</v>
+        <v>15986</v>
       </c>
       <c r="K23">
-        <v>56400001</v>
+        <v>32201001</v>
       </c>
       <c r="L23" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M23" t="s">
-        <v>903</v>
+        <v>890</v>
       </c>
       <c r="N23" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O23" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P23">
         <v>97070</v>
       </c>
       <c r="Q23" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R23" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S23" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T23" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="B24" t="s">
-        <v>758</v>
+        <v>772</v>
       </c>
       <c r="C24" t="s">
-        <v>117</v>
+        <v>147</v>
       </c>
       <c r="D24" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="E24" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="F24">
         <v>1</v>
       </c>
       <c r="G24" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H24">
-        <v>234270.69</v>
+        <v>16638.75</v>
       </c>
       <c r="I24" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J24">
-        <v>271754</v>
+        <v>15986</v>
       </c>
       <c r="K24">
-        <v>38200001</v>
+        <v>32201001</v>
       </c>
       <c r="L24" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M24" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="N24" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O24" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P24">
         <v>97070</v>
       </c>
       <c r="Q24" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R24" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S24" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T24" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="B25" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="C25" t="s">
-        <v>123</v>
+        <v>147</v>
       </c>
       <c r="D25" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="E25" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="F25">
         <v>1</v>
       </c>
       <c r="G25" t="s">
-        <v>847</v>
+        <v>824</v>
       </c>
       <c r="H25">
-        <v>11388.88</v>
+        <v>16638.75</v>
       </c>
       <c r="I25" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J25">
-        <v>9818</v>
+        <v>15986</v>
       </c>
       <c r="K25">
-        <v>29600027</v>
+        <v>32201001</v>
       </c>
       <c r="L25" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M25" t="s">
-        <v>910</v>
+        <v>890</v>
       </c>
       <c r="N25" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O25" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P25">
         <v>97070</v>
       </c>
       <c r="Q25" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R25" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S25" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T25" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="B26" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
       <c r="C26" t="s">
-        <v>130</v>
+        <v>147</v>
       </c>
       <c r="D26" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="E26" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="F26">
         <v>1</v>
       </c>
       <c r="G26" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H26">
         <v>16638.75</v>
       </c>
       <c r="I26" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J26">
         <v>15986</v>
       </c>
       <c r="K26">
         <v>32201001</v>
       </c>
       <c r="L26" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M26" t="s">
-        <v>852</v>
+        <v>890</v>
       </c>
       <c r="N26" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O26" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P26">
         <v>97070</v>
       </c>
       <c r="Q26" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R26" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S26" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T26" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="B27" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
       <c r="C27" t="s">
-        <v>130</v>
+        <v>147</v>
       </c>
       <c r="D27" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="E27" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="F27">
         <v>1</v>
       </c>
       <c r="G27" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H27">
         <v>16638.75</v>
       </c>
       <c r="I27" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J27">
         <v>15986</v>
       </c>
       <c r="K27">
         <v>32201001</v>
       </c>
       <c r="L27" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M27" t="s">
-        <v>852</v>
+        <v>890</v>
       </c>
       <c r="N27" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O27" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P27">
         <v>97070</v>
       </c>
       <c r="Q27" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R27" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S27" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T27" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="B28" t="s">
-        <v>765</v>
+        <v>774</v>
       </c>
       <c r="C28" t="s">
-        <v>130</v>
+        <v>155</v>
       </c>
       <c r="D28" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="E28" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="F28">
         <v>1</v>
       </c>
       <c r="G28" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H28">
-        <v>16638.75</v>
+        <v>11639</v>
       </c>
       <c r="I28" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J28">
-        <v>15986</v>
+        <v>10033.62</v>
       </c>
       <c r="K28">
-        <v>32201001</v>
+        <v>31100001</v>
       </c>
       <c r="L28" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M28" t="s">
-        <v>852</v>
+        <v>900</v>
       </c>
       <c r="N28" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O28" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P28">
         <v>97070</v>
       </c>
       <c r="Q28" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R28" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S28" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T28" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="B29" t="s">
-        <v>765</v>
+        <v>774</v>
       </c>
       <c r="C29" t="s">
-        <v>130</v>
+        <v>155</v>
       </c>
       <c r="D29" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="E29" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="F29">
         <v>1</v>
       </c>
       <c r="G29" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H29">
-        <v>16638.75</v>
+        <v>15594</v>
       </c>
       <c r="I29" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J29">
-        <v>15986</v>
+        <v>13443.1</v>
       </c>
       <c r="K29">
-        <v>32201001</v>
+        <v>31100001</v>
       </c>
       <c r="L29" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M29" t="s">
-        <v>852</v>
+        <v>900</v>
       </c>
       <c r="N29" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O29" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P29">
         <v>97070</v>
       </c>
       <c r="Q29" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R29" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S29" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T29" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="B30" t="s">
-        <v>765</v>
+        <v>774</v>
       </c>
       <c r="C30" t="s">
-        <v>130</v>
+        <v>155</v>
       </c>
       <c r="D30" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="E30" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="F30">
         <v>1</v>
       </c>
       <c r="G30" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H30">
-        <v>16638.75</v>
+        <v>22856</v>
       </c>
       <c r="I30" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J30">
-        <v>15986</v>
+        <v>19703.45</v>
       </c>
       <c r="K30">
-        <v>32201001</v>
+        <v>31100001</v>
       </c>
       <c r="L30" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M30" t="s">
-        <v>852</v>
+        <v>900</v>
       </c>
       <c r="N30" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O30" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P30">
         <v>97070</v>
       </c>
       <c r="Q30" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R30" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S30" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T30" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="B31" t="s">
-        <v>765</v>
+        <v>774</v>
       </c>
       <c r="C31" t="s">
-        <v>130</v>
+        <v>155</v>
       </c>
       <c r="D31" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="E31" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="F31">
         <v>1</v>
       </c>
       <c r="G31" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H31">
-        <v>16638.75</v>
+        <v>14504</v>
       </c>
       <c r="I31" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J31">
-        <v>15986</v>
+        <v>12503.45</v>
       </c>
       <c r="K31">
-        <v>32201001</v>
+        <v>31100001</v>
       </c>
       <c r="L31" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M31" t="s">
-        <v>852</v>
+        <v>900</v>
       </c>
       <c r="N31" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O31" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P31">
         <v>97070</v>
       </c>
       <c r="Q31" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R31" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S31" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T31" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="B32" t="s">
-        <v>767</v>
+        <v>774</v>
       </c>
       <c r="C32" t="s">
-        <v>138</v>
+        <v>155</v>
       </c>
       <c r="D32" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="E32" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="F32">
         <v>1</v>
       </c>
       <c r="G32" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H32">
-        <v>26729.15</v>
+        <v>13425</v>
       </c>
       <c r="I32" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J32">
-        <v>23042.37</v>
+        <v>11573.28</v>
       </c>
       <c r="K32">
-        <v>34500001</v>
+        <v>31100001</v>
       </c>
       <c r="L32" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M32" t="s">
-        <v>932</v>
+        <v>900</v>
       </c>
       <c r="N32" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O32" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P32">
         <v>97070</v>
       </c>
       <c r="Q32" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R32" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S32" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T32" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="B33" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="C33" t="s">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="D33" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="E33" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F33">
         <v>1</v>
       </c>
       <c r="G33" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H33">
-        <v>58405.59</v>
+        <v>15694</v>
       </c>
       <c r="I33" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J33">
-        <v>50349.65</v>
+        <v>13529.31</v>
       </c>
       <c r="K33">
-        <v>32201001</v>
+        <v>31100001</v>
       </c>
       <c r="L33" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M33" t="s">
-        <v>852</v>
+        <v>900</v>
       </c>
       <c r="N33" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O33" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P33">
         <v>97070</v>
       </c>
       <c r="Q33" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R33" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S33" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T33" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
+        <v>937</v>
+      </c>
+      <c r="B34" t="s">
+        <v>774</v>
+      </c>
+      <c r="C34" t="s">
+        <v>155</v>
+      </c>
+      <c r="D34" t="s">
+        <v>938</v>
+      </c>
+      <c r="E34" t="s">
         <v>936</v>
-      </c>
-[...10 lines deleted...]
-        <v>938</v>
       </c>
       <c r="F34">
         <v>1</v>
       </c>
       <c r="G34" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H34">
-        <v>58405.59</v>
+        <v>15694</v>
       </c>
       <c r="I34" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J34">
-        <v>50349.65</v>
+        <v>13529.31</v>
       </c>
       <c r="K34">
-        <v>32201001</v>
+        <v>31100001</v>
       </c>
       <c r="L34" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M34" t="s">
-        <v>852</v>
+        <v>900</v>
       </c>
       <c r="N34" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O34" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P34">
         <v>97070</v>
       </c>
       <c r="Q34" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R34" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S34" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T34" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>939</v>
       </c>
       <c r="B35" t="s">
-        <v>770</v>
+        <v>776</v>
       </c>
       <c r="C35" t="s">
-        <v>146</v>
+        <v>161</v>
       </c>
       <c r="D35" t="s">
         <v>940</v>
       </c>
       <c r="E35" t="s">
         <v>941</v>
       </c>
       <c r="F35">
         <v>1</v>
       </c>
       <c r="G35" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H35">
-        <v>58405.59</v>
+        <v>26729.15</v>
       </c>
       <c r="I35" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J35">
-        <v>50349.65</v>
+        <v>23042.37</v>
       </c>
       <c r="K35">
-        <v>32201001</v>
+        <v>34500001</v>
       </c>
       <c r="L35" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M35" t="s">
-        <v>852</v>
+        <v>942</v>
       </c>
       <c r="N35" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O35" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P35">
         <v>97070</v>
       </c>
       <c r="Q35" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R35" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S35" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T35" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="B36" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
       <c r="C36" t="s">
-        <v>152</v>
+        <v>169</v>
       </c>
       <c r="D36" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="E36" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="F36">
         <v>1</v>
       </c>
       <c r="G36" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H36">
-        <v>13296</v>
+        <v>10001.76</v>
       </c>
       <c r="I36" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J36">
-        <v>11462.07</v>
+        <v>8622.21</v>
       </c>
       <c r="K36">
-        <v>31100001</v>
+        <v>31700003</v>
       </c>
       <c r="L36" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M36" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="N36" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O36" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P36">
         <v>97070</v>
       </c>
       <c r="Q36" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R36" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S36" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T36" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="B37" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="C37" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="D37" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="E37" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="F37">
         <v>1</v>
       </c>
       <c r="G37" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H37">
-        <v>11639</v>
+        <v>10100.36</v>
       </c>
       <c r="I37" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J37">
-        <v>10033.62</v>
+        <v>8707.21</v>
       </c>
       <c r="K37">
-        <v>31100001</v>
+        <v>31700003</v>
       </c>
       <c r="L37" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M37" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="N37" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O37" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P37">
         <v>97070</v>
       </c>
       <c r="Q37" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R37" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S37" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T37" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="B38" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="C38" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="D38" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="E38" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="F38">
         <v>1</v>
       </c>
       <c r="G38" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H38">
-        <v>15594</v>
+        <v>70000</v>
       </c>
       <c r="I38" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J38">
-        <v>13443.1</v>
+        <v>60344.83</v>
       </c>
       <c r="K38">
-        <v>31100001</v>
+        <v>31700003</v>
       </c>
       <c r="L38" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M38" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="N38" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O38" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P38">
         <v>97070</v>
       </c>
       <c r="Q38" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R38" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S38" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T38" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="B39" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
       <c r="C39" t="s">
-        <v>161</v>
+        <v>179</v>
       </c>
       <c r="D39" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="E39" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="F39">
         <v>1</v>
       </c>
       <c r="G39" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H39">
-        <v>22856</v>
+        <v>38048</v>
       </c>
       <c r="I39" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J39">
-        <v>19703.45</v>
+        <v>32800</v>
       </c>
       <c r="K39">
-        <v>31100001</v>
+        <v>32900003</v>
       </c>
       <c r="L39" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M39" t="s">
-        <v>945</v>
+        <v>956</v>
       </c>
       <c r="N39" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O39" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P39">
         <v>97070</v>
       </c>
       <c r="Q39" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R39" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S39" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T39" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="B40" t="s">
-        <v>776</v>
+        <v>786</v>
       </c>
       <c r="C40" t="s">
-        <v>161</v>
+        <v>187</v>
       </c>
       <c r="D40" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="E40" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="F40">
         <v>1</v>
       </c>
       <c r="G40" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H40">
-        <v>14504</v>
+        <v>10349.98</v>
       </c>
       <c r="I40" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J40">
-        <v>12503.45</v>
+        <v>8922.4</v>
       </c>
       <c r="K40">
-        <v>31100001</v>
+        <v>36100001</v>
       </c>
       <c r="L40" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M40" t="s">
-        <v>945</v>
+        <v>960</v>
       </c>
       <c r="N40" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O40" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P40">
         <v>97070</v>
       </c>
       <c r="Q40" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R40" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S40" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T40" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="B41" t="s">
-        <v>776</v>
+        <v>789</v>
       </c>
       <c r="C41" t="s">
-        <v>161</v>
+        <v>198</v>
       </c>
       <c r="D41" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="E41" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="F41">
         <v>1</v>
       </c>
       <c r="G41" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H41">
-        <v>13425</v>
+        <v>19731.81</v>
       </c>
       <c r="I41" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J41">
-        <v>11573.28</v>
+        <v>17010.18</v>
       </c>
       <c r="K41">
-        <v>31100001</v>
+        <v>36100001</v>
       </c>
       <c r="L41" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M41" t="s">
-        <v>945</v>
+        <v>960</v>
       </c>
       <c r="N41" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O41" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P41">
         <v>97070</v>
       </c>
       <c r="Q41" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R41" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S41" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T41" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="B42" t="s">
-        <v>776</v>
+        <v>791</v>
       </c>
       <c r="C42" t="s">
-        <v>161</v>
+        <v>206</v>
       </c>
       <c r="D42" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="E42" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="F42">
         <v>1</v>
       </c>
       <c r="G42" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H42">
-        <v>15694</v>
+        <v>13500</v>
       </c>
       <c r="I42" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J42">
-        <v>13529.31</v>
+        <v>13500</v>
       </c>
       <c r="K42">
-        <v>31100001</v>
+        <v>38300001</v>
       </c>
       <c r="L42" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M42" t="s">
-        <v>945</v>
+        <v>967</v>
       </c>
       <c r="N42" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O42" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P42">
         <v>97070</v>
       </c>
       <c r="Q42" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R42" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S42" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T42" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="B43" t="s">
-        <v>776</v>
+        <v>793</v>
       </c>
       <c r="C43" t="s">
-        <v>161</v>
+        <v>213</v>
       </c>
       <c r="D43" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="E43" t="s">
-        <v>963</v>
+        <v>970</v>
       </c>
       <c r="F43">
         <v>1</v>
       </c>
       <c r="G43" t="s">
-        <v>823</v>
+        <v>877</v>
       </c>
       <c r="H43">
-        <v>15694</v>
+        <v>21233.8</v>
       </c>
       <c r="I43" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J43">
-        <v>13529.31</v>
+        <v>18305</v>
       </c>
       <c r="K43">
-        <v>31100001</v>
+        <v>51500006</v>
       </c>
       <c r="L43" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M43" t="s">
-        <v>945</v>
+        <v>886</v>
       </c>
       <c r="N43" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O43" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P43">
         <v>97070</v>
       </c>
       <c r="Q43" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R43" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S43" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T43" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
       <c r="B44" t="s">
-        <v>778</v>
+        <v>795</v>
       </c>
       <c r="C44" t="s">
-        <v>167</v>
+        <v>219</v>
       </c>
       <c r="D44" t="s">
-        <v>967</v>
+        <v>972</v>
       </c>
       <c r="E44" t="s">
-        <v>968</v>
+        <v>973</v>
       </c>
       <c r="F44">
         <v>1</v>
       </c>
       <c r="G44" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H44">
-        <v>10349.98</v>
+        <v>16332.8</v>
       </c>
       <c r="I44" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J44">
-        <v>8922.4</v>
+        <v>14080</v>
       </c>
       <c r="K44">
         <v>36100001</v>
       </c>
       <c r="L44" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M44" t="s">
-        <v>969</v>
+        <v>960</v>
       </c>
       <c r="N44" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O44" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P44">
         <v>97070</v>
       </c>
       <c r="Q44" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R44" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S44" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T44" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>970</v>
+        <v>974</v>
       </c>
       <c r="B45" t="s">
-        <v>781</v>
+        <v>797</v>
       </c>
       <c r="C45" t="s">
-        <v>178</v>
+        <v>226</v>
       </c>
       <c r="D45" t="s">
-        <v>971</v>
+        <v>975</v>
       </c>
       <c r="E45" t="s">
-        <v>972</v>
+        <v>976</v>
       </c>
       <c r="F45">
         <v>1</v>
       </c>
       <c r="G45" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H45">
         <v>20114.4</v>
       </c>
       <c r="I45" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J45">
         <v>17340</v>
       </c>
       <c r="K45">
         <v>32700003</v>
       </c>
       <c r="L45" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M45" t="s">
-        <v>973</v>
+        <v>977</v>
       </c>
       <c r="N45" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O45" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P45">
         <v>97070</v>
       </c>
       <c r="Q45" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R45" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S45" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T45" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>974</v>
+        <v>978</v>
       </c>
       <c r="B46" t="s">
-        <v>781</v>
+        <v>797</v>
       </c>
       <c r="C46" t="s">
-        <v>178</v>
+        <v>226</v>
       </c>
       <c r="D46" t="s">
-        <v>975</v>
+        <v>979</v>
       </c>
       <c r="E46" t="s">
-        <v>972</v>
+        <v>976</v>
       </c>
       <c r="F46">
         <v>1</v>
       </c>
       <c r="G46" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H46">
         <v>18358.16</v>
       </c>
       <c r="I46" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J46">
         <v>15826</v>
       </c>
       <c r="K46">
         <v>32700003</v>
       </c>
       <c r="L46" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M46" t="s">
-        <v>973</v>
+        <v>977</v>
       </c>
       <c r="N46" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O46" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P46">
         <v>97070</v>
       </c>
       <c r="Q46" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R46" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S46" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T46" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>976</v>
+        <v>980</v>
       </c>
       <c r="B47" t="s">
-        <v>783</v>
+        <v>799</v>
       </c>
       <c r="C47" t="s">
-        <v>186</v>
+        <v>234</v>
       </c>
       <c r="D47" t="s">
-        <v>977</v>
+        <v>981</v>
       </c>
       <c r="E47" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="F47">
         <v>1</v>
       </c>
       <c r="G47" t="s">
-        <v>823</v>
+        <v>877</v>
       </c>
       <c r="H47">
-        <v>38048</v>
+        <v>16794.48</v>
       </c>
       <c r="I47" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J47">
-        <v>32800</v>
+        <v>14478</v>
       </c>
       <c r="K47">
-        <v>32900003</v>
+        <v>51500006</v>
       </c>
       <c r="L47" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M47" t="s">
-        <v>979</v>
+        <v>886</v>
       </c>
       <c r="N47" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O47" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P47">
         <v>97070</v>
       </c>
       <c r="Q47" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R47" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S47" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T47" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="B48" t="s">
-        <v>786</v>
+        <v>803</v>
       </c>
       <c r="C48" t="s">
-        <v>195</v>
+        <v>248</v>
       </c>
       <c r="D48" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="E48" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="F48">
         <v>1</v>
       </c>
       <c r="G48" t="s">
-        <v>847</v>
+        <v>824</v>
       </c>
       <c r="H48">
-        <v>16794.48</v>
+        <v>52494.38</v>
       </c>
       <c r="I48" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J48">
-        <v>14478</v>
+        <v>45253.78</v>
       </c>
       <c r="K48">
-        <v>51500006</v>
+        <v>32201001</v>
       </c>
       <c r="L48" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M48" t="s">
-        <v>848</v>
+        <v>890</v>
       </c>
       <c r="N48" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O48" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P48">
         <v>97070</v>
       </c>
       <c r="Q48" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R48" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S48" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T48" t="s">
-        <v>828</v>
+        <v>986</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="B49" t="s">
-        <v>788</v>
+        <v>803</v>
       </c>
       <c r="C49" t="s">
-        <v>203</v>
+        <v>248</v>
       </c>
       <c r="D49" t="s">
-        <v>984</v>
+        <v>988</v>
       </c>
       <c r="E49" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="F49">
         <v>1</v>
       </c>
       <c r="G49" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H49">
-        <v>13500</v>
+        <v>52494.38</v>
       </c>
       <c r="I49" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J49">
-        <v>13500</v>
+        <v>45253.78</v>
       </c>
       <c r="K49">
-        <v>38300001</v>
+        <v>32201001</v>
       </c>
       <c r="L49" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M49" t="s">
-        <v>986</v>
+        <v>890</v>
       </c>
       <c r="N49" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O49" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P49">
         <v>97070</v>
       </c>
       <c r="Q49" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R49" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S49" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T49" t="s">
-        <v>828</v>
+        <v>990</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="B50" t="s">
-        <v>790</v>
+        <v>803</v>
       </c>
       <c r="C50" t="s">
-        <v>210</v>
+        <v>248</v>
       </c>
       <c r="D50" t="s">
-        <v>988</v>
+        <v>992</v>
       </c>
       <c r="E50" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="F50">
         <v>1</v>
       </c>
       <c r="G50" t="s">
-        <v>847</v>
+        <v>824</v>
       </c>
       <c r="H50">
-        <v>122777</v>
+        <v>52494.38</v>
       </c>
       <c r="I50" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J50">
-        <v>105842.24</v>
+        <v>45253.78</v>
       </c>
       <c r="K50">
-        <v>51500006</v>
+        <v>32201001</v>
       </c>
       <c r="L50" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M50" t="s">
-        <v>848</v>
+        <v>890</v>
       </c>
       <c r="N50" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O50" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P50">
         <v>97070</v>
       </c>
       <c r="Q50" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R50" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S50" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T50" t="s">
-        <v>828</v>
+        <v>990</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>990</v>
+        <v>994</v>
       </c>
       <c r="B51" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
       <c r="C51" t="s">
-        <v>217</v>
+        <v>248</v>
       </c>
       <c r="D51" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="E51" t="s">
-        <v>992</v>
+        <v>996</v>
       </c>
       <c r="F51">
         <v>1</v>
       </c>
       <c r="G51" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H51">
-        <v>10001.76</v>
+        <v>43141.92</v>
       </c>
       <c r="I51" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J51">
-        <v>8622.21</v>
+        <v>45253.78</v>
       </c>
       <c r="K51">
-        <v>31700003</v>
+        <v>32201001</v>
       </c>
       <c r="L51" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M51" t="s">
-        <v>993</v>
+        <v>890</v>
       </c>
       <c r="N51" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O51" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P51">
         <v>97070</v>
       </c>
       <c r="Q51" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R51" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S51" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T51" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="B52" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
       <c r="C52" t="s">
-        <v>217</v>
+        <v>248</v>
       </c>
       <c r="D52" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="E52" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="F52">
         <v>1</v>
       </c>
       <c r="G52" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H52">
-        <v>10100.36</v>
+        <v>43141.92</v>
       </c>
       <c r="I52" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J52">
-        <v>8707.21</v>
+        <v>45253.78</v>
       </c>
       <c r="K52">
-        <v>31700003</v>
+        <v>32201001</v>
       </c>
       <c r="L52" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M52" t="s">
-        <v>993</v>
+        <v>890</v>
       </c>
       <c r="N52" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O52" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P52">
         <v>97070</v>
       </c>
       <c r="Q52" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R52" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S52" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T52" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="B53" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
       <c r="C53" t="s">
-        <v>217</v>
+        <v>248</v>
       </c>
       <c r="D53" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="E53" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="F53">
         <v>1</v>
       </c>
       <c r="G53" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H53">
-        <v>70000</v>
+        <v>43141.92</v>
       </c>
       <c r="I53" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J53">
-        <v>60344.83</v>
+        <v>45253.78</v>
       </c>
       <c r="K53">
-        <v>31700003</v>
+        <v>32201001</v>
       </c>
       <c r="L53" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M53" t="s">
-        <v>993</v>
+        <v>890</v>
       </c>
       <c r="N53" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O53" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P53">
         <v>97070</v>
       </c>
       <c r="Q53" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R53" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S53" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T53" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="B54" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="C54" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="D54" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="E54" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="F54">
         <v>1</v>
       </c>
       <c r="G54" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H54">
-        <v>16332.8</v>
+        <v>43141.92</v>
       </c>
       <c r="I54" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J54">
-        <v>14080</v>
+        <v>45253.78</v>
       </c>
       <c r="K54">
-        <v>36100001</v>
+        <v>32201001</v>
       </c>
       <c r="L54" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M54" t="s">
-        <v>969</v>
+        <v>890</v>
       </c>
       <c r="N54" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O54" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P54">
         <v>97070</v>
       </c>
       <c r="Q54" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R54" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S54" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T54" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="B55" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="C55" t="s">
-        <v>239</v>
+        <v>248</v>
       </c>
       <c r="D55" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="E55" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="F55">
         <v>1</v>
       </c>
       <c r="G55" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H55">
-        <v>19731.81</v>
+        <v>43141.92</v>
       </c>
       <c r="I55" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J55">
-        <v>17010.18</v>
+        <v>45253.78</v>
       </c>
       <c r="K55">
-        <v>36100001</v>
+        <v>32201001</v>
       </c>
       <c r="L55" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M55" t="s">
-        <v>969</v>
+        <v>890</v>
       </c>
       <c r="N55" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O55" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P55">
         <v>97070</v>
       </c>
       <c r="Q55" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R55" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S55" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T55" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="B56" t="s">
         <v>803</v>
       </c>
       <c r="C56" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D56" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="E56" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="F56">
         <v>1</v>
       </c>
       <c r="G56" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H56">
-        <v>23606</v>
+        <v>43141.92</v>
       </c>
       <c r="I56" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J56">
-        <v>20350</v>
+        <v>45253.78</v>
       </c>
       <c r="K56">
-        <v>35200007</v>
+        <v>32201001</v>
       </c>
       <c r="L56" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="M56" t="s">
-        <v>1009</v>
+        <v>890</v>
       </c>
       <c r="N56" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O56" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P56">
         <v>97070</v>
       </c>
       <c r="Q56" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="R56" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="S56" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="T56" t="s">
-        <v>1010</v>
+        <v>834</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L111"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>259</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>260</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="B2" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C2" t="s">
         <v>37</v>
       </c>
       <c r="D2" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="E2" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="F2" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="G2" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H2" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I2" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="J2" t="s">
-        <v>270</v>
+        <v>1024</v>
       </c>
       <c r="K2" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L2" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="B3" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C3" t="s">
         <v>37</v>
       </c>
       <c r="D3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F3" t="s">
+        <v>1030</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1024</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L3" t="s">
         <v>1026</v>
-      </c>
-[...22 lines deleted...]
-        <v>1030</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="B4" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C4" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D4" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="E4" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="F4" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="G4" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I4" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="J4" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K4" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L4" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="B5" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C5" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D5" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="E5" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="F5" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="G5" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H5" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I5" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="J5" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K5" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L5" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="B6" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D6" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="E6" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="F6" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="G6" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H6" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I6" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="J6" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K6" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L6" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="B7" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C7" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D7" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="E7" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="F7" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="G7" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H7" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I7" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="J7" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K7" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L7" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="B8" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D8" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="E8" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="F8" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="G8" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H8" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I8" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="J8" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K8" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L8" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="B9" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D9" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="E9" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="F9" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="G9" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H9" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I9" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="J9" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K9" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L9" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="B10" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D10" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="E10" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="F10" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="G10" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H10" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I10" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="J10" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K10" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L10" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="B11" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C11" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D11" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="E11" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="F11" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="G11" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H11" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I11" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="J11" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K11" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L11" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="B12" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C12" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D12" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="E12" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="F12" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="G12" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H12" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I12" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="J12" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K12" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L12" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="B13" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D13" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="E13" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="F13" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="G13" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H13" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I13" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="J13" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K13" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L13" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="B14" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="C14" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="D14" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="E14" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="F14" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="G14" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H14" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I14" t="s">
-        <v>1085</v>
+        <v>1023</v>
       </c>
       <c r="J14" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K14" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L14" t="s">
         <v>1086</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>1087</v>
       </c>
       <c r="B15" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="C15" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="D15" t="s">
         <v>1088</v>
       </c>
       <c r="E15" t="s">
         <v>1089</v>
       </c>
       <c r="F15" t="s">
         <v>1090</v>
       </c>
       <c r="G15" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H15" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I15" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J15" t="s">
+        <v>274</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L15" t="s">
         <v>1091</v>
-      </c>
-[...7 lines deleted...]
-        <v>1092</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1093</v>
+        <v>1092</v>
       </c>
       <c r="B16" t="s">
         <v>744</v>
       </c>
       <c r="C16" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D16" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E16" t="s">
         <v>1094</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
         <v>1095</v>
       </c>
-      <c r="F16" t="s">
+      <c r="G16" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I16" t="s">
         <v>1096</v>
       </c>
-      <c r="G16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J16" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K16" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L16" t="s">
         <v>1097</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>1098</v>
       </c>
       <c r="B17" t="s">
         <v>744</v>
       </c>
       <c r="C17" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D17" t="s">
         <v>1099</v>
       </c>
       <c r="E17" t="s">
         <v>1100</v>
       </c>
       <c r="F17" t="s">
         <v>1101</v>
       </c>
       <c r="G17" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H17" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I17" t="s">
-        <v>1029</v>
+        <v>1102</v>
       </c>
       <c r="J17" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K17" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L17" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="B18" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="C18" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="D18" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="E18" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="F18" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="G18" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H18" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I18" t="s">
-        <v>1022</v>
+        <v>1096</v>
       </c>
       <c r="J18" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K18" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L18" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="B19" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="C19" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="D19" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="E19" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="F19" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="G19" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H19" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I19" t="s">
-        <v>1029</v>
+        <v>1102</v>
       </c>
       <c r="J19" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K19" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L19" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="B20" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="C20" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="D20" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="E20" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="F20" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="G20" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H20" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I20" t="s">
-        <v>1022</v>
+        <v>1096</v>
       </c>
       <c r="J20" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K20" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L20" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="B21" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="C21" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="D21" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="E21" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="F21" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="G21" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H21" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I21" t="s">
-        <v>1029</v>
+        <v>1102</v>
       </c>
       <c r="J21" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K21" t="s">
-        <v>1122</v>
+        <v>1025</v>
       </c>
       <c r="L21" t="s">
         <v>1123</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>1124</v>
       </c>
       <c r="B22" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="C22" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="D22" t="s">
         <v>1125</v>
       </c>
       <c r="E22" t="s">
         <v>1126</v>
       </c>
       <c r="F22" t="s">
         <v>1127</v>
       </c>
       <c r="G22" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H22" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I22" t="s">
-        <v>1022</v>
+        <v>1096</v>
       </c>
       <c r="J22" t="s">
+        <v>274</v>
+      </c>
+      <c r="K22" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L22" t="s">
         <v>1128</v>
-      </c>
-[...4 lines deleted...]
-        <v>1129</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B23" t="s">
+        <v>749</v>
+      </c>
+      <c r="C23" t="s">
+        <v>87</v>
+      </c>
+      <c r="D23" t="s">
         <v>1130</v>
       </c>
-      <c r="B23" t="s">
-[...5 lines deleted...]
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>1131</v>
       </c>
-      <c r="E23" t="s">
+      <c r="F23" t="s">
         <v>1132</v>
       </c>
-      <c r="F23" t="s">
+      <c r="G23" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J23" t="s">
+        <v>274</v>
+      </c>
+      <c r="K23" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L23" t="s">
         <v>1133</v>
-      </c>
-[...16 lines deleted...]
-        <v>1134</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B24" t="s">
+        <v>753</v>
+      </c>
+      <c r="C24" t="s">
+        <v>95</v>
+      </c>
+      <c r="D24" t="s">
         <v>1135</v>
       </c>
-      <c r="B24" t="s">
-[...5 lines deleted...]
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>1136</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
         <v>1137</v>
       </c>
-      <c r="F24" t="s">
+      <c r="G24" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J24" t="s">
+        <v>274</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L24" t="s">
         <v>1138</v>
-      </c>
-[...16 lines deleted...]
-        <v>1140</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B25" t="s">
+        <v>753</v>
+      </c>
+      <c r="C25" t="s">
+        <v>95</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E25" t="s">
         <v>1141</v>
       </c>
-      <c r="B25" t="s">
-[...5 lines deleted...]
-      <c r="D25" t="s">
+      <c r="F25" t="s">
         <v>1142</v>
       </c>
-      <c r="E25" t="s">
+      <c r="G25" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J25" t="s">
+        <v>274</v>
+      </c>
+      <c r="K25" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L25" t="s">
         <v>1143</v>
-      </c>
-[...19 lines deleted...]
-        <v>1145</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B26" t="s">
+        <v>755</v>
+      </c>
+      <c r="C26" t="s">
+        <v>101</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E26" t="s">
         <v>1146</v>
       </c>
-      <c r="B26" t="s">
-[...5 lines deleted...]
-      <c r="D26" t="s">
+      <c r="F26" t="s">
         <v>1147</v>
       </c>
-      <c r="E26" t="s">
+      <c r="G26" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J26" t="s">
+        <v>274</v>
+      </c>
+      <c r="K26" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L26" t="s">
         <v>1148</v>
-      </c>
-[...19 lines deleted...]
-        <v>1150</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B27" t="s">
+        <v>755</v>
+      </c>
+      <c r="C27" t="s">
+        <v>101</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1150</v>
+      </c>
+      <c r="E27" t="s">
         <v>1151</v>
       </c>
-      <c r="B27" t="s">
-[...5 lines deleted...]
-      <c r="D27" t="s">
+      <c r="F27" t="s">
         <v>1152</v>
       </c>
-      <c r="E27" t="s">
+      <c r="G27" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J27" t="s">
+        <v>274</v>
+      </c>
+      <c r="K27" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L27" t="s">
         <v>1153</v>
-      </c>
-[...19 lines deleted...]
-        <v>1155</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B28" t="s">
+        <v>757</v>
+      </c>
+      <c r="C28" t="s">
+        <v>108</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1155</v>
+      </c>
+      <c r="E28" t="s">
         <v>1156</v>
       </c>
-      <c r="B28" t="s">
-[...5 lines deleted...]
-      <c r="D28" t="s">
+      <c r="F28" t="s">
         <v>1157</v>
       </c>
-      <c r="E28" t="s">
+      <c r="G28" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J28" t="s">
+        <v>274</v>
+      </c>
+      <c r="K28" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L28" t="s">
         <v>1158</v>
-      </c>
-[...19 lines deleted...]
-        <v>1160</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B29" t="s">
+        <v>757</v>
+      </c>
+      <c r="C29" t="s">
+        <v>108</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1160</v>
+      </c>
+      <c r="E29" t="s">
         <v>1161</v>
       </c>
-      <c r="B29" t="s">
-[...5 lines deleted...]
-      <c r="D29" t="s">
+      <c r="F29" t="s">
         <v>1162</v>
       </c>
-      <c r="E29" t="s">
+      <c r="G29" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J29" t="s">
+        <v>274</v>
+      </c>
+      <c r="K29" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L29" t="s">
         <v>1163</v>
-      </c>
-[...19 lines deleted...]
-        <v>1165</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B30" t="s">
+        <v>760</v>
+      </c>
+      <c r="C30" t="s">
+        <v>115</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1165</v>
+      </c>
+      <c r="E30" t="s">
         <v>1166</v>
       </c>
-      <c r="B30" t="s">
-[...5 lines deleted...]
-      <c r="D30" t="s">
+      <c r="F30" t="s">
         <v>1167</v>
       </c>
-      <c r="E30" t="s">
+      <c r="G30" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J30" t="s">
+        <v>274</v>
+      </c>
+      <c r="K30" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L30" t="s">
         <v>1168</v>
-      </c>
-[...19 lines deleted...]
-        <v>1170</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B31" t="s">
+        <v>760</v>
+      </c>
+      <c r="C31" t="s">
+        <v>115</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1170</v>
+      </c>
+      <c r="E31" t="s">
         <v>1171</v>
       </c>
-      <c r="B31" t="s">
-[...5 lines deleted...]
-      <c r="D31" t="s">
+      <c r="F31" t="s">
         <v>1172</v>
       </c>
-      <c r="E31" t="s">
+      <c r="G31" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J31" t="s">
+        <v>274</v>
+      </c>
+      <c r="K31" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L31" t="s">
         <v>1173</v>
-      </c>
-[...19 lines deleted...]
-        <v>1175</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B32" t="s">
+        <v>763</v>
+      </c>
+      <c r="C32" t="s">
+        <v>122</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E32" t="s">
         <v>1176</v>
       </c>
-      <c r="B32" t="s">
-[...5 lines deleted...]
-      <c r="D32" t="s">
+      <c r="F32" t="s">
         <v>1177</v>
       </c>
-      <c r="E32" t="s">
+      <c r="G32" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I32" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J32" t="s">
+        <v>274</v>
+      </c>
+      <c r="K32" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L32" t="s">
         <v>1178</v>
-      </c>
-[...19 lines deleted...]
-        <v>1180</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B33" t="s">
+        <v>763</v>
+      </c>
+      <c r="C33" t="s">
+        <v>122</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1180</v>
+      </c>
+      <c r="E33" t="s">
         <v>1181</v>
       </c>
-      <c r="B33" t="s">
-[...5 lines deleted...]
-      <c r="D33" t="s">
+      <c r="F33" t="s">
         <v>1182</v>
       </c>
-      <c r="E33" t="s">
+      <c r="G33" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J33" t="s">
+        <v>274</v>
+      </c>
+      <c r="K33" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L33" t="s">
         <v>1183</v>
-      </c>
-[...19 lines deleted...]
-        <v>1185</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B34" t="s">
+        <v>766</v>
+      </c>
+      <c r="C34" t="s">
+        <v>130</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1185</v>
+      </c>
+      <c r="E34" t="s">
         <v>1186</v>
       </c>
-      <c r="B34" t="s">
-[...5 lines deleted...]
-      <c r="D34" t="s">
+      <c r="F34" t="s">
         <v>1187</v>
       </c>
-      <c r="E34" t="s">
+      <c r="G34" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I34" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J34" t="s">
+        <v>310</v>
+      </c>
+      <c r="K34" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L34" t="s">
         <v>1188</v>
-      </c>
-[...19 lines deleted...]
-        <v>1190</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B35" t="s">
+        <v>766</v>
+      </c>
+      <c r="C35" t="s">
+        <v>130</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1190</v>
+      </c>
+      <c r="E35" t="s">
         <v>1191</v>
       </c>
-      <c r="B35" t="s">
-[...5 lines deleted...]
-      <c r="D35" t="s">
+      <c r="F35" t="s">
         <v>1192</v>
       </c>
-      <c r="E35" t="s">
+      <c r="G35" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J35" t="s">
+        <v>310</v>
+      </c>
+      <c r="K35" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L35" t="s">
         <v>1193</v>
-      </c>
-[...19 lines deleted...]
-        <v>1195</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B36" t="s">
+        <v>766</v>
+      </c>
+      <c r="C36" t="s">
+        <v>130</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1195</v>
+      </c>
+      <c r="E36" t="s">
         <v>1196</v>
       </c>
-      <c r="B36" t="s">
-[...5 lines deleted...]
-      <c r="D36" t="s">
+      <c r="F36" t="s">
         <v>1197</v>
       </c>
-      <c r="E36" t="s">
+      <c r="G36" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J36" t="s">
+        <v>310</v>
+      </c>
+      <c r="K36" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L36" t="s">
         <v>1198</v>
-      </c>
-[...19 lines deleted...]
-        <v>1200</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B37" t="s">
+        <v>766</v>
+      </c>
+      <c r="C37" t="s">
+        <v>130</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E37" t="s">
         <v>1201</v>
       </c>
-      <c r="B37" t="s">
-[...5 lines deleted...]
-      <c r="D37" t="s">
+      <c r="F37" t="s">
         <v>1202</v>
       </c>
-      <c r="E37" t="s">
+      <c r="G37" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I37" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J37" t="s">
+        <v>310</v>
+      </c>
+      <c r="K37" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L37" t="s">
         <v>1203</v>
-      </c>
-[...19 lines deleted...]
-        <v>1205</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B38" t="s">
+        <v>766</v>
+      </c>
+      <c r="C38" t="s">
+        <v>130</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E38" t="s">
         <v>1206</v>
       </c>
-      <c r="B38" t="s">
-[...5 lines deleted...]
-      <c r="D38" t="s">
+      <c r="F38" t="s">
         <v>1207</v>
       </c>
-      <c r="E38" t="s">
+      <c r="G38" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I38" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J38" t="s">
+        <v>310</v>
+      </c>
+      <c r="K38" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L38" t="s">
         <v>1208</v>
-      </c>
-[...19 lines deleted...]
-        <v>1210</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B39" t="s">
+        <v>766</v>
+      </c>
+      <c r="C39" t="s">
+        <v>130</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1210</v>
+      </c>
+      <c r="E39" t="s">
         <v>1211</v>
       </c>
-      <c r="B39" t="s">
-[...5 lines deleted...]
-      <c r="D39" t="s">
+      <c r="F39" t="s">
         <v>1212</v>
       </c>
-      <c r="E39" t="s">
+      <c r="G39" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I39" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J39" t="s">
+        <v>310</v>
+      </c>
+      <c r="K39" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L39" t="s">
         <v>1213</v>
-      </c>
-[...19 lines deleted...]
-        <v>1215</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B40" t="s">
+        <v>770</v>
+      </c>
+      <c r="C40" t="s">
+        <v>138</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1215</v>
+      </c>
+      <c r="E40" t="s">
         <v>1216</v>
       </c>
-      <c r="B40" t="s">
-[...5 lines deleted...]
-      <c r="D40" t="s">
+      <c r="F40" t="s">
         <v>1217</v>
       </c>
-      <c r="E40" t="s">
+      <c r="G40" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I40" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J40" t="s">
+        <v>310</v>
+      </c>
+      <c r="K40" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L40" t="s">
         <v>1218</v>
-      </c>
-[...19 lines deleted...]
-        <v>1220</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B41" t="s">
+        <v>770</v>
+      </c>
+      <c r="C41" t="s">
+        <v>138</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1220</v>
+      </c>
+      <c r="E41" t="s">
         <v>1221</v>
       </c>
-      <c r="B41" t="s">
-[...5 lines deleted...]
-      <c r="D41" t="s">
+      <c r="F41" t="s">
         <v>1222</v>
       </c>
-      <c r="E41" t="s">
+      <c r="G41" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I41" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J41" t="s">
+        <v>310</v>
+      </c>
+      <c r="K41" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L41" t="s">
         <v>1223</v>
-      </c>
-[...19 lines deleted...]
-        <v>1225</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B42" t="s">
+        <v>772</v>
+      </c>
+      <c r="C42" t="s">
+        <v>147</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1225</v>
+      </c>
+      <c r="E42" t="s">
         <v>1226</v>
       </c>
-      <c r="B42" t="s">
-[...5 lines deleted...]
-      <c r="D42" t="s">
+      <c r="F42" t="s">
         <v>1227</v>
       </c>
-      <c r="E42" t="s">
+      <c r="G42" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I42" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J42" t="s">
+        <v>274</v>
+      </c>
+      <c r="K42" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L42" t="s">
         <v>1228</v>
-      </c>
-[...19 lines deleted...]
-        <v>1230</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B43" t="s">
+        <v>772</v>
+      </c>
+      <c r="C43" t="s">
+        <v>147</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1230</v>
+      </c>
+      <c r="E43" t="s">
         <v>1231</v>
       </c>
-      <c r="B43" t="s">
-[...5 lines deleted...]
-      <c r="D43" t="s">
+      <c r="F43" t="s">
         <v>1232</v>
       </c>
-      <c r="E43" t="s">
+      <c r="G43" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I43" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J43" t="s">
+        <v>274</v>
+      </c>
+      <c r="K43" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L43" t="s">
         <v>1233</v>
-      </c>
-[...19 lines deleted...]
-        <v>1235</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B44" t="s">
+        <v>772</v>
+      </c>
+      <c r="C44" t="s">
+        <v>147</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E44" t="s">
         <v>1236</v>
       </c>
-      <c r="B44" t="s">
-[...5 lines deleted...]
-      <c r="D44" t="s">
+      <c r="F44" t="s">
         <v>1237</v>
       </c>
-      <c r="E44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G44" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H44" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I44" t="s">
-        <v>1085</v>
+        <v>1023</v>
       </c>
       <c r="J44" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K44" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L44" t="s">
-        <v>1240</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B45" t="s">
+        <v>772</v>
+      </c>
+      <c r="C45" t="s">
+        <v>147</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1239</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1240</v>
+      </c>
+      <c r="F45" t="s">
         <v>1241</v>
       </c>
-      <c r="B45" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G45" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H45" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I45" t="s">
-        <v>1091</v>
+        <v>1031</v>
       </c>
       <c r="J45" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K45" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L45" t="s">
-        <v>1245</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B46" t="s">
+        <v>772</v>
+      </c>
+      <c r="C46" t="s">
+        <v>147</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1243</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F46" t="s">
+        <v>1245</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I46" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J46" t="s">
+        <v>274</v>
+      </c>
+      <c r="K46" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L46" t="s">
         <v>1246</v>
-      </c>
-[...31 lines deleted...]
-        <v>1250</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B47" t="s">
+        <v>772</v>
+      </c>
+      <c r="C47" t="s">
+        <v>147</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1248</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F47" t="s">
+        <v>1250</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I47" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J47" t="s">
+        <v>274</v>
+      </c>
+      <c r="K47" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L47" t="s">
         <v>1251</v>
-      </c>
-[...31 lines deleted...]
-        <v>1255</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B48" t="s">
+        <v>772</v>
+      </c>
+      <c r="C48" t="s">
+        <v>147</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F48" t="s">
+        <v>1255</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I48" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J48" t="s">
+        <v>274</v>
+      </c>
+      <c r="K48" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L48" t="s">
         <v>1256</v>
-      </c>
-[...31 lines deleted...]
-        <v>1260</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B49" t="s">
+        <v>772</v>
+      </c>
+      <c r="C49" t="s">
+        <v>147</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F49" t="s">
+        <v>1260</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I49" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J49" t="s">
+        <v>274</v>
+      </c>
+      <c r="K49" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L49" t="s">
         <v>1261</v>
-      </c>
-[...31 lines deleted...]
-        <v>1265</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B50" t="s">
+        <v>772</v>
+      </c>
+      <c r="C50" t="s">
+        <v>147</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1263</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1264</v>
+      </c>
+      <c r="F50" t="s">
+        <v>1265</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I50" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J50" t="s">
+        <v>274</v>
+      </c>
+      <c r="K50" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L50" t="s">
         <v>1266</v>
-      </c>
-[...31 lines deleted...]
-        <v>1270</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B51" t="s">
+        <v>772</v>
+      </c>
+      <c r="C51" t="s">
+        <v>147</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F51" t="s">
+        <v>1270</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I51" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J51" t="s">
+        <v>274</v>
+      </c>
+      <c r="K51" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L51" t="s">
         <v>1271</v>
-      </c>
-[...31 lines deleted...]
-        <v>1275</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B52" t="s">
+        <v>772</v>
+      </c>
+      <c r="C52" t="s">
+        <v>147</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1273</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F52" t="s">
+        <v>1275</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I52" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J52" t="s">
+        <v>274</v>
+      </c>
+      <c r="K52" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L52" t="s">
         <v>1276</v>
-      </c>
-[...31 lines deleted...]
-        <v>1275</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B53" t="s">
+        <v>772</v>
+      </c>
+      <c r="C53" t="s">
+        <v>147</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1278</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1279</v>
+      </c>
+      <c r="F53" t="s">
         <v>1280</v>
       </c>
-      <c r="B53" t="s">
-[...5 lines deleted...]
-      <c r="D53" t="s">
+      <c r="G53" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I53" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J53" t="s">
+        <v>274</v>
+      </c>
+      <c r="K53" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L53" t="s">
         <v>1281</v>
-      </c>
-[...22 lines deleted...]
-        <v>1275</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B54" t="s">
+        <v>774</v>
+      </c>
+      <c r="C54" t="s">
+        <v>155</v>
+      </c>
+      <c r="D54" t="s">
+        <v>1283</v>
+      </c>
+      <c r="E54" t="s">
         <v>1284</v>
       </c>
-      <c r="B54" t="s">
-[...5 lines deleted...]
-      <c r="D54" t="s">
+      <c r="F54" t="s">
         <v>1285</v>
       </c>
-      <c r="E54" t="s">
+      <c r="G54" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I54" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J54" t="s">
+        <v>274</v>
+      </c>
+      <c r="K54" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L54" t="s">
         <v>1286</v>
-      </c>
-[...19 lines deleted...]
-        <v>1288</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B55" t="s">
+        <v>774</v>
+      </c>
+      <c r="C55" t="s">
+        <v>155</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1288</v>
+      </c>
+      <c r="E55" t="s">
         <v>1289</v>
       </c>
-      <c r="B55" t="s">
-[...5 lines deleted...]
-      <c r="D55" t="s">
+      <c r="F55" t="s">
         <v>1290</v>
       </c>
-      <c r="E55" t="s">
+      <c r="G55" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I55" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J55" t="s">
+        <v>274</v>
+      </c>
+      <c r="K55" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L55" t="s">
         <v>1291</v>
-      </c>
-[...19 lines deleted...]
-        <v>1293</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B56" t="s">
+        <v>774</v>
+      </c>
+      <c r="C56" t="s">
+        <v>155</v>
+      </c>
+      <c r="D56" t="s">
+        <v>1293</v>
+      </c>
+      <c r="E56" t="s">
         <v>1294</v>
       </c>
-      <c r="B56" t="s">
-[...5 lines deleted...]
-      <c r="D56" t="s">
+      <c r="F56" t="s">
         <v>1295</v>
       </c>
-      <c r="E56" t="s">
+      <c r="G56" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I56" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J56" t="s">
+        <v>274</v>
+      </c>
+      <c r="K56" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L56" t="s">
         <v>1296</v>
-      </c>
-[...19 lines deleted...]
-        <v>1298</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B57" t="s">
+        <v>774</v>
+      </c>
+      <c r="C57" t="s">
+        <v>155</v>
+      </c>
+      <c r="D57" t="s">
+        <v>1298</v>
+      </c>
+      <c r="E57" t="s">
         <v>1299</v>
       </c>
-      <c r="B57" t="s">
-[...5 lines deleted...]
-      <c r="D57" t="s">
+      <c r="F57" t="s">
         <v>1300</v>
       </c>
-      <c r="E57" t="s">
+      <c r="G57" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I57" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J57" t="s">
+        <v>274</v>
+      </c>
+      <c r="K57" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L57" t="s">
         <v>1301</v>
-      </c>
-[...19 lines deleted...]
-        <v>1303</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B58" t="s">
+        <v>774</v>
+      </c>
+      <c r="C58" t="s">
+        <v>155</v>
+      </c>
+      <c r="D58" t="s">
+        <v>1303</v>
+      </c>
+      <c r="E58" t="s">
         <v>1304</v>
       </c>
-      <c r="B58" t="s">
-[...5 lines deleted...]
-      <c r="D58" t="s">
+      <c r="F58" t="s">
         <v>1305</v>
       </c>
-      <c r="E58" t="s">
+      <c r="G58" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I58" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J58" t="s">
+        <v>274</v>
+      </c>
+      <c r="K58" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L58" t="s">
         <v>1306</v>
-      </c>
-[...19 lines deleted...]
-        <v>1308</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B59" t="s">
+        <v>774</v>
+      </c>
+      <c r="C59" t="s">
+        <v>155</v>
+      </c>
+      <c r="D59" t="s">
+        <v>1308</v>
+      </c>
+      <c r="E59" t="s">
         <v>1309</v>
       </c>
-      <c r="B59" t="s">
-[...5 lines deleted...]
-      <c r="D59" t="s">
+      <c r="F59" t="s">
         <v>1310</v>
       </c>
-      <c r="E59" t="s">
+      <c r="G59" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I59" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J59" t="s">
+        <v>274</v>
+      </c>
+      <c r="K59" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L59" t="s">
         <v>1311</v>
-      </c>
-[...19 lines deleted...]
-        <v>1313</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B60" t="s">
+        <v>774</v>
+      </c>
+      <c r="C60" t="s">
+        <v>155</v>
+      </c>
+      <c r="D60" t="s">
+        <v>1313</v>
+      </c>
+      <c r="E60" t="s">
         <v>1314</v>
       </c>
-      <c r="B60" t="s">
-[...5 lines deleted...]
-      <c r="D60" t="s">
+      <c r="F60" t="s">
         <v>1315</v>
       </c>
-      <c r="E60" t="s">
+      <c r="G60" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I60" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J60" t="s">
+        <v>274</v>
+      </c>
+      <c r="K60" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L60" t="s">
         <v>1316</v>
-      </c>
-[...19 lines deleted...]
-        <v>1318</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B61" t="s">
+        <v>774</v>
+      </c>
+      <c r="C61" t="s">
+        <v>155</v>
+      </c>
+      <c r="D61" t="s">
+        <v>1318</v>
+      </c>
+      <c r="E61" t="s">
         <v>1319</v>
       </c>
-      <c r="B61" t="s">
-[...5 lines deleted...]
-      <c r="D61" t="s">
+      <c r="F61" t="s">
         <v>1320</v>
       </c>
-      <c r="E61" t="s">
+      <c r="G61" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I61" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J61" t="s">
+        <v>274</v>
+      </c>
+      <c r="K61" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L61" t="s">
         <v>1321</v>
-      </c>
-[...19 lines deleted...]
-        <v>1323</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B62" t="s">
+        <v>774</v>
+      </c>
+      <c r="C62" t="s">
+        <v>155</v>
+      </c>
+      <c r="D62" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E62" t="s">
         <v>1324</v>
       </c>
-      <c r="B62" t="s">
-[...5 lines deleted...]
-      <c r="D62" t="s">
+      <c r="F62" t="s">
         <v>1325</v>
       </c>
-      <c r="E62" t="s">
+      <c r="G62" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I62" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J62" t="s">
+        <v>274</v>
+      </c>
+      <c r="K62" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L62" t="s">
         <v>1326</v>
-      </c>
-[...19 lines deleted...]
-        <v>1328</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B63" t="s">
+        <v>774</v>
+      </c>
+      <c r="C63" t="s">
+        <v>155</v>
+      </c>
+      <c r="D63" t="s">
+        <v>1328</v>
+      </c>
+      <c r="E63" t="s">
         <v>1329</v>
       </c>
-      <c r="B63" t="s">
-[...5 lines deleted...]
-      <c r="D63" t="s">
+      <c r="F63" t="s">
         <v>1330</v>
       </c>
-      <c r="E63" t="s">
+      <c r="G63" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I63" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J63" t="s">
+        <v>274</v>
+      </c>
+      <c r="K63" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L63" t="s">
         <v>1331</v>
-      </c>
-[...19 lines deleted...]
-        <v>1333</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B64" t="s">
+        <v>774</v>
+      </c>
+      <c r="C64" t="s">
+        <v>155</v>
+      </c>
+      <c r="D64" t="s">
+        <v>1333</v>
+      </c>
+      <c r="E64" t="s">
         <v>1334</v>
       </c>
-      <c r="B64" t="s">
-[...5 lines deleted...]
-      <c r="D64" t="s">
+      <c r="F64" t="s">
         <v>1335</v>
       </c>
-      <c r="E64" t="s">
+      <c r="G64" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I64" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J64" t="s">
+        <v>274</v>
+      </c>
+      <c r="K64" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L64" t="s">
         <v>1336</v>
-      </c>
-[...19 lines deleted...]
-        <v>1338</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B65" t="s">
+        <v>774</v>
+      </c>
+      <c r="C65" t="s">
+        <v>155</v>
+      </c>
+      <c r="D65" t="s">
+        <v>1338</v>
+      </c>
+      <c r="E65" t="s">
         <v>1339</v>
       </c>
-      <c r="B65" t="s">
-[...5 lines deleted...]
-      <c r="D65" t="s">
+      <c r="F65" t="s">
         <v>1340</v>
       </c>
-      <c r="E65" t="s">
+      <c r="G65" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I65" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J65" t="s">
+        <v>274</v>
+      </c>
+      <c r="K65" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L65" t="s">
         <v>1341</v>
-      </c>
-[...19 lines deleted...]
-        <v>1343</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B66" t="s">
+        <v>776</v>
+      </c>
+      <c r="C66" t="s">
+        <v>161</v>
+      </c>
+      <c r="D66" t="s">
+        <v>1343</v>
+      </c>
+      <c r="E66" t="s">
         <v>1344</v>
       </c>
-      <c r="B66" t="s">
-[...5 lines deleted...]
-      <c r="D66" t="s">
+      <c r="F66" t="s">
         <v>1345</v>
       </c>
-      <c r="E66" t="s">
+      <c r="G66" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I66" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J66" t="s">
+        <v>310</v>
+      </c>
+      <c r="K66" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L66" t="s">
         <v>1346</v>
-      </c>
-[...19 lines deleted...]
-        <v>1348</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B67" t="s">
+        <v>776</v>
+      </c>
+      <c r="C67" t="s">
+        <v>161</v>
+      </c>
+      <c r="D67" t="s">
+        <v>1348</v>
+      </c>
+      <c r="E67" t="s">
         <v>1349</v>
       </c>
-      <c r="B67" t="s">
-[...5 lines deleted...]
-      <c r="D67" t="s">
+      <c r="F67" t="s">
         <v>1350</v>
       </c>
-      <c r="E67" t="s">
+      <c r="G67" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I67" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J67" t="s">
+        <v>310</v>
+      </c>
+      <c r="K67" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L67" t="s">
         <v>1351</v>
-      </c>
-[...19 lines deleted...]
-        <v>1353</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B68" t="s">
+        <v>779</v>
+      </c>
+      <c r="C68" t="s">
+        <v>169</v>
+      </c>
+      <c r="D68" t="s">
+        <v>1353</v>
+      </c>
+      <c r="E68" t="s">
         <v>1354</v>
       </c>
-      <c r="B68" t="s">
-[...5 lines deleted...]
-      <c r="D68" t="s">
+      <c r="F68" t="s">
         <v>1355</v>
       </c>
-      <c r="E68" t="s">
+      <c r="G68" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I68" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J68" t="s">
+        <v>274</v>
+      </c>
+      <c r="K68" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L68" t="s">
         <v>1356</v>
-      </c>
-[...19 lines deleted...]
-        <v>1358</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B69" t="s">
+        <v>779</v>
+      </c>
+      <c r="C69" t="s">
+        <v>169</v>
+      </c>
+      <c r="D69" t="s">
+        <v>1358</v>
+      </c>
+      <c r="E69" t="s">
         <v>1359</v>
       </c>
-      <c r="B69" t="s">
-[...5 lines deleted...]
-      <c r="D69" t="s">
+      <c r="F69" t="s">
         <v>1360</v>
       </c>
-      <c r="E69" t="s">
+      <c r="G69" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I69" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J69" t="s">
+        <v>274</v>
+      </c>
+      <c r="K69" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L69" t="s">
         <v>1361</v>
-      </c>
-[...19 lines deleted...]
-        <v>1363</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B70" t="s">
+        <v>779</v>
+      </c>
+      <c r="C70" t="s">
+        <v>169</v>
+      </c>
+      <c r="D70" t="s">
+        <v>1363</v>
+      </c>
+      <c r="E70" t="s">
         <v>1364</v>
       </c>
-      <c r="B70" t="s">
-[...5 lines deleted...]
-      <c r="D70" t="s">
+      <c r="F70" t="s">
         <v>1365</v>
       </c>
-      <c r="E70" t="s">
+      <c r="G70" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I70" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J70" t="s">
+        <v>274</v>
+      </c>
+      <c r="K70" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L70" t="s">
         <v>1366</v>
-      </c>
-[...19 lines deleted...]
-        <v>1368</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B71" t="s">
+        <v>779</v>
+      </c>
+      <c r="C71" t="s">
+        <v>169</v>
+      </c>
+      <c r="D71" t="s">
+        <v>1368</v>
+      </c>
+      <c r="E71" t="s">
         <v>1369</v>
       </c>
-      <c r="B71" t="s">
-[...5 lines deleted...]
-      <c r="D71" t="s">
+      <c r="F71" t="s">
         <v>1370</v>
       </c>
-      <c r="E71" t="s">
+      <c r="G71" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H71" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I71" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J71" t="s">
+        <v>274</v>
+      </c>
+      <c r="K71" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L71" t="s">
         <v>1371</v>
-      </c>
-[...19 lines deleted...]
-        <v>1373</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B72" t="s">
+        <v>779</v>
+      </c>
+      <c r="C72" t="s">
+        <v>169</v>
+      </c>
+      <c r="D72" t="s">
+        <v>1373</v>
+      </c>
+      <c r="E72" t="s">
         <v>1374</v>
       </c>
-      <c r="B72" t="s">
-[...5 lines deleted...]
-      <c r="D72" t="s">
+      <c r="F72" t="s">
         <v>1375</v>
       </c>
-      <c r="E72" t="s">
+      <c r="G72" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H72" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I72" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J72" t="s">
+        <v>274</v>
+      </c>
+      <c r="K72" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L72" t="s">
         <v>1376</v>
-      </c>
-[...19 lines deleted...]
-        <v>1378</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B73" t="s">
+        <v>779</v>
+      </c>
+      <c r="C73" t="s">
+        <v>169</v>
+      </c>
+      <c r="D73" t="s">
+        <v>1378</v>
+      </c>
+      <c r="E73" t="s">
         <v>1379</v>
       </c>
-      <c r="B73" t="s">
-[...5 lines deleted...]
-      <c r="D73" t="s">
+      <c r="F73" t="s">
         <v>1380</v>
       </c>
-      <c r="E73" t="s">
+      <c r="G73" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H73" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I73" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J73" t="s">
+        <v>274</v>
+      </c>
+      <c r="K73" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L73" t="s">
         <v>1381</v>
-      </c>
-[...19 lines deleted...]
-        <v>1383</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B74" t="s">
+        <v>783</v>
+      </c>
+      <c r="C74" t="s">
+        <v>179</v>
+      </c>
+      <c r="D74" t="s">
+        <v>1383</v>
+      </c>
+      <c r="E74" t="s">
         <v>1384</v>
       </c>
-      <c r="B74" t="s">
-[...5 lines deleted...]
-      <c r="D74" t="s">
+      <c r="F74" t="s">
         <v>1385</v>
       </c>
-      <c r="E74" t="s">
+      <c r="G74" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I74" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J74" t="s">
+        <v>310</v>
+      </c>
+      <c r="K74" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L74" t="s">
         <v>1386</v>
-      </c>
-[...19 lines deleted...]
-        <v>1388</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B75" t="s">
+        <v>783</v>
+      </c>
+      <c r="C75" t="s">
+        <v>179</v>
+      </c>
+      <c r="D75" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E75" t="s">
         <v>1389</v>
       </c>
-      <c r="B75" t="s">
-[...5 lines deleted...]
-      <c r="D75" t="s">
+      <c r="F75" t="s">
         <v>1390</v>
       </c>
-      <c r="E75" t="s">
+      <c r="G75" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H75" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I75" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J75" t="s">
+        <v>310</v>
+      </c>
+      <c r="K75" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L75" t="s">
         <v>1391</v>
-      </c>
-[...19 lines deleted...]
-        <v>1393</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B76" t="s">
+        <v>786</v>
+      </c>
+      <c r="C76" t="s">
+        <v>187</v>
+      </c>
+      <c r="D76" t="s">
+        <v>1393</v>
+      </c>
+      <c r="E76" t="s">
         <v>1394</v>
       </c>
-      <c r="B76" t="s">
-[...5 lines deleted...]
-      <c r="D76" t="s">
+      <c r="F76" t="s">
         <v>1395</v>
       </c>
-      <c r="E76" t="s">
+      <c r="G76" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H76" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I76" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J76" t="s">
+        <v>310</v>
+      </c>
+      <c r="K76" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L76" t="s">
         <v>1396</v>
-      </c>
-[...19 lines deleted...]
-        <v>1398</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B77" t="s">
+        <v>786</v>
+      </c>
+      <c r="C77" t="s">
+        <v>187</v>
+      </c>
+      <c r="D77" t="s">
+        <v>1398</v>
+      </c>
+      <c r="E77" t="s">
         <v>1399</v>
       </c>
-      <c r="B77" t="s">
-[...5 lines deleted...]
-      <c r="D77" t="s">
+      <c r="F77" t="s">
         <v>1400</v>
       </c>
-      <c r="E77" t="s">
+      <c r="G77" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I77" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J77" t="s">
+        <v>310</v>
+      </c>
+      <c r="K77" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L77" t="s">
         <v>1401</v>
-      </c>
-[...19 lines deleted...]
-        <v>1403</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B78" t="s">
+        <v>789</v>
+      </c>
+      <c r="C78" t="s">
+        <v>198</v>
+      </c>
+      <c r="D78" t="s">
+        <v>1403</v>
+      </c>
+      <c r="E78" t="s">
         <v>1404</v>
       </c>
-      <c r="B78" t="s">
-[...5 lines deleted...]
-      <c r="D78" t="s">
+      <c r="F78" t="s">
         <v>1405</v>
       </c>
-      <c r="E78" t="s">
+      <c r="G78" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I78" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J78" t="s">
+        <v>274</v>
+      </c>
+      <c r="K78" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L78" t="s">
         <v>1406</v>
-      </c>
-[...19 lines deleted...]
-        <v>1408</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B79" t="s">
+        <v>789</v>
+      </c>
+      <c r="C79" t="s">
+        <v>198</v>
+      </c>
+      <c r="D79" t="s">
+        <v>1408</v>
+      </c>
+      <c r="E79" t="s">
         <v>1409</v>
       </c>
-      <c r="B79" t="s">
-[...5 lines deleted...]
-      <c r="D79" t="s">
+      <c r="F79" t="s">
         <v>1410</v>
       </c>
-      <c r="E79" t="s">
+      <c r="G79" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I79" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J79" t="s">
+        <v>274</v>
+      </c>
+      <c r="K79" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L79" t="s">
         <v>1411</v>
-      </c>
-[...19 lines deleted...]
-        <v>1413</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B80" t="s">
+        <v>791</v>
+      </c>
+      <c r="C80" t="s">
+        <v>206</v>
+      </c>
+      <c r="D80" t="s">
+        <v>1413</v>
+      </c>
+      <c r="E80" t="s">
         <v>1414</v>
       </c>
-      <c r="B80" t="s">
-[...5 lines deleted...]
-      <c r="D80" t="s">
+      <c r="F80" t="s">
         <v>1415</v>
       </c>
-      <c r="E80" t="s">
+      <c r="G80" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H80" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I80" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J80" t="s">
+        <v>274</v>
+      </c>
+      <c r="K80" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L80" t="s">
         <v>1416</v>
-      </c>
-[...19 lines deleted...]
-        <v>1418</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B81" t="s">
+        <v>791</v>
+      </c>
+      <c r="C81" t="s">
+        <v>206</v>
+      </c>
+      <c r="D81" t="s">
+        <v>1418</v>
+      </c>
+      <c r="E81" t="s">
         <v>1419</v>
       </c>
-      <c r="B81" t="s">
-[...5 lines deleted...]
-      <c r="D81" t="s">
+      <c r="F81" t="s">
         <v>1420</v>
       </c>
-      <c r="E81" t="s">
+      <c r="G81" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H81" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I81" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J81" t="s">
+        <v>274</v>
+      </c>
+      <c r="K81" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L81" t="s">
         <v>1421</v>
-      </c>
-[...19 lines deleted...]
-        <v>1423</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B82" t="s">
+        <v>793</v>
+      </c>
+      <c r="C82" t="s">
+        <v>213</v>
+      </c>
+      <c r="D82" t="s">
+        <v>1423</v>
+      </c>
+      <c r="E82" t="s">
         <v>1424</v>
       </c>
-      <c r="B82" t="s">
-[...5 lines deleted...]
-      <c r="D82" t="s">
+      <c r="F82" t="s">
         <v>1425</v>
       </c>
-      <c r="E82" t="s">
+      <c r="G82" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H82" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I82" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J82" t="s">
+        <v>274</v>
+      </c>
+      <c r="K82" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L82" t="s">
         <v>1426</v>
-      </c>
-[...19 lines deleted...]
-        <v>1428</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B83" t="s">
+        <v>793</v>
+      </c>
+      <c r="C83" t="s">
+        <v>213</v>
+      </c>
+      <c r="D83" t="s">
+        <v>1428</v>
+      </c>
+      <c r="E83" t="s">
         <v>1429</v>
       </c>
-      <c r="B83" t="s">
-[...5 lines deleted...]
-      <c r="D83" t="s">
+      <c r="F83" t="s">
         <v>1430</v>
       </c>
-      <c r="E83" t="s">
+      <c r="G83" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H83" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I83" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J83" t="s">
+        <v>274</v>
+      </c>
+      <c r="K83" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L83" t="s">
         <v>1431</v>
-      </c>
-[...19 lines deleted...]
-        <v>1433</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B84" t="s">
+        <v>795</v>
+      </c>
+      <c r="C84" t="s">
+        <v>219</v>
+      </c>
+      <c r="D84" t="s">
+        <v>1433</v>
+      </c>
+      <c r="E84" t="s">
         <v>1434</v>
       </c>
-      <c r="B84" t="s">
-[...5 lines deleted...]
-      <c r="D84" t="s">
+      <c r="F84" t="s">
         <v>1435</v>
       </c>
-      <c r="E84" t="s">
+      <c r="G84" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H84" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I84" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J84" t="s">
+        <v>274</v>
+      </c>
+      <c r="K84" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L84" t="s">
         <v>1436</v>
-      </c>
-[...19 lines deleted...]
-        <v>1438</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B85" t="s">
+        <v>795</v>
+      </c>
+      <c r="C85" t="s">
+        <v>219</v>
+      </c>
+      <c r="D85" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E85" t="s">
         <v>1439</v>
       </c>
-      <c r="B85" t="s">
-[...5 lines deleted...]
-      <c r="D85" t="s">
+      <c r="F85" t="s">
         <v>1440</v>
       </c>
-      <c r="E85" t="s">
+      <c r="G85" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H85" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I85" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J85" t="s">
+        <v>274</v>
+      </c>
+      <c r="K85" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L85" t="s">
         <v>1441</v>
-      </c>
-[...19 lines deleted...]
-        <v>1443</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B86" t="s">
+        <v>797</v>
+      </c>
+      <c r="C86" t="s">
+        <v>226</v>
+      </c>
+      <c r="D86" t="s">
+        <v>1443</v>
+      </c>
+      <c r="E86" t="s">
         <v>1444</v>
       </c>
-      <c r="B86" t="s">
-[...5 lines deleted...]
-      <c r="D86" t="s">
+      <c r="F86" t="s">
         <v>1445</v>
       </c>
-      <c r="E86" t="s">
+      <c r="G86" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H86" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I86" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J86" t="s">
+        <v>274</v>
+      </c>
+      <c r="K86" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L86" t="s">
         <v>1446</v>
-      </c>
-[...19 lines deleted...]
-        <v>1448</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B87" t="s">
+        <v>797</v>
+      </c>
+      <c r="C87" t="s">
+        <v>226</v>
+      </c>
+      <c r="D87" t="s">
+        <v>1448</v>
+      </c>
+      <c r="E87" t="s">
         <v>1449</v>
       </c>
-      <c r="B87" t="s">
-[...5 lines deleted...]
-      <c r="D87" t="s">
+      <c r="F87" t="s">
         <v>1450</v>
       </c>
-      <c r="E87" t="s">
+      <c r="G87" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H87" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I87" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J87" t="s">
+        <v>274</v>
+      </c>
+      <c r="K87" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L87" t="s">
         <v>1451</v>
-      </c>
-[...19 lines deleted...]
-        <v>1453</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B88" t="s">
+        <v>797</v>
+      </c>
+      <c r="C88" t="s">
+        <v>226</v>
+      </c>
+      <c r="D88" t="s">
+        <v>1453</v>
+      </c>
+      <c r="E88" t="s">
         <v>1454</v>
       </c>
-      <c r="B88" t="s">
-[...5 lines deleted...]
-      <c r="D88" t="s">
+      <c r="F88" t="s">
         <v>1455</v>
       </c>
-      <c r="E88" t="s">
+      <c r="G88" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H88" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I88" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J88" t="s">
+        <v>274</v>
+      </c>
+      <c r="K88" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L88" t="s">
         <v>1456</v>
-      </c>
-[...19 lines deleted...]
-        <v>1458</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B89" t="s">
+        <v>797</v>
+      </c>
+      <c r="C89" t="s">
+        <v>226</v>
+      </c>
+      <c r="D89" t="s">
+        <v>1458</v>
+      </c>
+      <c r="E89" t="s">
         <v>1459</v>
       </c>
-      <c r="B89" t="s">
-[...5 lines deleted...]
-      <c r="D89" t="s">
+      <c r="F89" t="s">
         <v>1460</v>
       </c>
-      <c r="E89" t="s">
+      <c r="G89" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H89" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I89" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J89" t="s">
+        <v>274</v>
+      </c>
+      <c r="K89" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L89" t="s">
         <v>1461</v>
-      </c>
-[...19 lines deleted...]
-        <v>1463</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B90" t="s">
+        <v>799</v>
+      </c>
+      <c r="C90" t="s">
+        <v>234</v>
+      </c>
+      <c r="D90" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E90" t="s">
         <v>1464</v>
       </c>
-      <c r="B90" t="s">
-[...5 lines deleted...]
-      <c r="D90" t="s">
+      <c r="F90" t="s">
         <v>1465</v>
       </c>
-      <c r="E90" t="s">
+      <c r="G90" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H90" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I90" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J90" t="s">
+        <v>274</v>
+      </c>
+      <c r="K90" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L90" t="s">
         <v>1466</v>
-      </c>
-[...19 lines deleted...]
-        <v>1468</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B91" t="s">
+        <v>799</v>
+      </c>
+      <c r="C91" t="s">
+        <v>234</v>
+      </c>
+      <c r="D91" t="s">
+        <v>1468</v>
+      </c>
+      <c r="E91" t="s">
         <v>1469</v>
       </c>
-      <c r="B91" t="s">
-[...5 lines deleted...]
-      <c r="D91" t="s">
+      <c r="F91" t="s">
         <v>1470</v>
       </c>
-      <c r="E91" t="s">
+      <c r="G91" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H91" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I91" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J91" t="s">
+        <v>274</v>
+      </c>
+      <c r="K91" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L91" t="s">
         <v>1471</v>
-      </c>
-[...19 lines deleted...]
-        <v>1473</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B92" t="s">
+        <v>801</v>
+      </c>
+      <c r="C92" t="s">
+        <v>242</v>
+      </c>
+      <c r="D92" t="s">
+        <v>1473</v>
+      </c>
+      <c r="E92" t="s">
         <v>1474</v>
       </c>
-      <c r="B92" t="s">
-[...5 lines deleted...]
-      <c r="D92" t="s">
+      <c r="F92" t="s">
         <v>1475</v>
       </c>
-      <c r="E92" t="s">
+      <c r="G92" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H92" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I92" t="s">
+        <v>1096</v>
+      </c>
+      <c r="J92" t="s">
+        <v>274</v>
+      </c>
+      <c r="K92" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L92" t="s">
         <v>1476</v>
-      </c>
-[...19 lines deleted...]
-        <v>1478</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B93" t="s">
+        <v>801</v>
+      </c>
+      <c r="C93" t="s">
+        <v>242</v>
+      </c>
+      <c r="D93" t="s">
+        <v>1478</v>
+      </c>
+      <c r="E93" t="s">
         <v>1479</v>
       </c>
-      <c r="B93" t="s">
-[...5 lines deleted...]
-      <c r="D93" t="s">
+      <c r="F93" t="s">
         <v>1480</v>
       </c>
-      <c r="E93" t="s">
+      <c r="G93" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H93" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I93" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J93" t="s">
+        <v>274</v>
+      </c>
+      <c r="K93" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L93" t="s">
         <v>1481</v>
-      </c>
-[...19 lines deleted...]
-        <v>1483</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B94" t="s">
+        <v>803</v>
+      </c>
+      <c r="C94" t="s">
+        <v>248</v>
+      </c>
+      <c r="D94" t="s">
+        <v>1483</v>
+      </c>
+      <c r="E94" t="s">
         <v>1484</v>
       </c>
-      <c r="B94" t="s">
-[...5 lines deleted...]
-      <c r="D94" t="s">
+      <c r="F94" t="s">
         <v>1485</v>
       </c>
-      <c r="E94" t="s">
+      <c r="G94" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H94" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I94" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J94" t="s">
+        <v>274</v>
+      </c>
+      <c r="K94" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L94" t="s">
         <v>1486</v>
-      </c>
-[...19 lines deleted...]
-        <v>1488</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B95" t="s">
+        <v>803</v>
+      </c>
+      <c r="C95" t="s">
+        <v>248</v>
+      </c>
+      <c r="D95" t="s">
+        <v>1488</v>
+      </c>
+      <c r="E95" t="s">
         <v>1489</v>
       </c>
-      <c r="B95" t="s">
-[...5 lines deleted...]
-      <c r="D95" t="s">
+      <c r="F95" t="s">
         <v>1490</v>
       </c>
-      <c r="E95" t="s">
+      <c r="G95" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H95" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I95" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J95" t="s">
+        <v>274</v>
+      </c>
+      <c r="K95" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L95" t="s">
         <v>1491</v>
-      </c>
-[...19 lines deleted...]
-        <v>1493</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B96" t="s">
+        <v>803</v>
+      </c>
+      <c r="C96" t="s">
+        <v>248</v>
+      </c>
+      <c r="D96" t="s">
+        <v>1493</v>
+      </c>
+      <c r="E96" t="s">
         <v>1494</v>
       </c>
-      <c r="B96" t="s">
-[...5 lines deleted...]
-      <c r="D96" t="s">
+      <c r="F96" t="s">
         <v>1495</v>
       </c>
-      <c r="E96" t="s">
+      <c r="G96" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H96" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I96" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J96" t="s">
+        <v>274</v>
+      </c>
+      <c r="K96" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L96" t="s">
         <v>1496</v>
-      </c>
-[...19 lines deleted...]
-        <v>1498</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B97" t="s">
+        <v>803</v>
+      </c>
+      <c r="C97" t="s">
+        <v>248</v>
+      </c>
+      <c r="D97" t="s">
+        <v>1498</v>
+      </c>
+      <c r="E97" t="s">
         <v>1499</v>
       </c>
-      <c r="B97" t="s">
-[...5 lines deleted...]
-      <c r="D97" t="s">
+      <c r="F97" t="s">
         <v>1500</v>
       </c>
-      <c r="E97" t="s">
+      <c r="G97" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H97" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I97" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J97" t="s">
+        <v>274</v>
+      </c>
+      <c r="K97" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L97" t="s">
         <v>1501</v>
-      </c>
-[...19 lines deleted...]
-        <v>1503</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B98" t="s">
+        <v>803</v>
+      </c>
+      <c r="C98" t="s">
+        <v>248</v>
+      </c>
+      <c r="D98" t="s">
+        <v>1503</v>
+      </c>
+      <c r="E98" t="s">
         <v>1504</v>
       </c>
-      <c r="B98" t="s">
-[...5 lines deleted...]
-      <c r="D98" t="s">
+      <c r="F98" t="s">
         <v>1505</v>
       </c>
-      <c r="E98" t="s">
+      <c r="G98" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H98" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I98" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J98" t="s">
+        <v>274</v>
+      </c>
+      <c r="K98" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L98" t="s">
         <v>1506</v>
-      </c>
-[...19 lines deleted...]
-        <v>1508</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B99" t="s">
+        <v>803</v>
+      </c>
+      <c r="C99" t="s">
+        <v>248</v>
+      </c>
+      <c r="D99" t="s">
+        <v>1508</v>
+      </c>
+      <c r="E99" t="s">
         <v>1509</v>
       </c>
-      <c r="B99" t="s">
-[...5 lines deleted...]
-      <c r="D99" t="s">
+      <c r="F99" t="s">
         <v>1510</v>
       </c>
-      <c r="E99" t="s">
+      <c r="G99" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H99" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I99" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J99" t="s">
+        <v>274</v>
+      </c>
+      <c r="K99" t="s">
         <v>1511</v>
       </c>
-      <c r="F99" t="s">
+      <c r="L99" t="s">
         <v>1512</v>
-      </c>
-[...16 lines deleted...]
-        <v>1513</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B100" t="s">
+        <v>803</v>
+      </c>
+      <c r="C100" t="s">
+        <v>248</v>
+      </c>
+      <c r="D100" t="s">
         <v>1514</v>
       </c>
-      <c r="B100" t="s">
-[...5 lines deleted...]
-      <c r="D100" t="s">
+      <c r="E100" t="s">
         <v>1515</v>
       </c>
-      <c r="E100" t="s">
+      <c r="F100" t="s">
         <v>1516</v>
       </c>
-      <c r="F100" t="s">
+      <c r="G100" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H100" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I100" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J100" t="s">
         <v>1517</v>
       </c>
-      <c r="G100" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K100" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L100" t="s">
         <v>1518</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>1519</v>
       </c>
       <c r="B101" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
       <c r="C101" t="s">
-        <v>217</v>
+        <v>248</v>
       </c>
       <c r="D101" t="s">
         <v>1520</v>
       </c>
       <c r="E101" t="s">
         <v>1521</v>
       </c>
       <c r="F101" t="s">
         <v>1522</v>
       </c>
       <c r="G101" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H101" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I101" t="s">
-        <v>1091</v>
+        <v>1031</v>
       </c>
       <c r="J101" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K101" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L101" t="s">
         <v>1523</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>1524</v>
       </c>
       <c r="B102" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
       <c r="C102" t="s">
-        <v>217</v>
+        <v>248</v>
       </c>
       <c r="D102" t="s">
         <v>1525</v>
       </c>
       <c r="E102" t="s">
         <v>1526</v>
       </c>
       <c r="F102" t="s">
         <v>1527</v>
       </c>
       <c r="G102" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H102" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I102" t="s">
-        <v>1085</v>
+        <v>1528</v>
       </c>
       <c r="J102" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K102" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L102" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="B103" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
       <c r="C103" t="s">
-        <v>217</v>
+        <v>248</v>
       </c>
       <c r="D103" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="E103" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="F103" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="G103" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H103" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I103" t="s">
-        <v>1091</v>
+        <v>1031</v>
       </c>
       <c r="J103" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K103" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L103" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="B104" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="C104" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="D104" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="E104" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="F104" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="G104" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H104" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I104" t="s">
-        <v>1085</v>
+        <v>1023</v>
       </c>
       <c r="J104" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K104" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L104" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="B105" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="C105" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
       <c r="D105" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="E105" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="F105" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="G105" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H105" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I105" t="s">
-        <v>1091</v>
+        <v>1031</v>
       </c>
       <c r="J105" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K105" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L105" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="B106" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="C106" t="s">
-        <v>233</v>
+        <v>248</v>
       </c>
       <c r="D106" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="E106" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="F106" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="G106" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H106" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I106" t="s">
-        <v>1085</v>
+        <v>1023</v>
       </c>
       <c r="J106" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K106" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L106" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="B107" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="C107" t="s">
-        <v>233</v>
+        <v>248</v>
       </c>
       <c r="D107" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="E107" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="F107" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="G107" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H107" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I107" t="s">
-        <v>1091</v>
+        <v>1031</v>
       </c>
       <c r="J107" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K107" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L107" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="B108" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="C108" t="s">
-        <v>239</v>
+        <v>248</v>
       </c>
       <c r="D108" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="E108" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="F108" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="G108" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H108" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I108" t="s">
-        <v>1085</v>
+        <v>1023</v>
       </c>
       <c r="J108" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K108" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L108" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="B109" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="C109" t="s">
-        <v>239</v>
+        <v>248</v>
       </c>
       <c r="D109" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="E109" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="F109" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="G109" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H109" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I109" t="s">
-        <v>1091</v>
+        <v>1031</v>
       </c>
       <c r="J109" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="K109" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L109" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="B110" t="s">
         <v>803</v>
       </c>
       <c r="C110" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D110" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="E110" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="F110" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="G110" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H110" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I110" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="J110" t="s">
-        <v>1568</v>
+        <v>274</v>
       </c>
       <c r="K110" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L110" t="s">
         <v>1569</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>1570</v>
       </c>
       <c r="B111" t="s">
         <v>803</v>
       </c>
       <c r="C111" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D111" t="s">
         <v>1571</v>
       </c>
       <c r="E111" t="s">
         <v>1572</v>
       </c>
       <c r="F111" t="s">
         <v>1573</v>
       </c>
       <c r="G111" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H111" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I111" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="J111" t="s">
-        <v>1568</v>
+        <v>274</v>
       </c>
       <c r="K111" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="L111" t="s">
-        <v>1569</v>
+        <v>1574</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:D27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="B2" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C2" t="s">
         <v>37</v>
       </c>
       <c r="D2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="B3" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="C3" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="D3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="B4" t="s">
         <v>744</v>
       </c>
       <c r="C4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D4" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="B5" t="s">
         <v>746</v>
       </c>
       <c r="C5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D5" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="B6" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C6" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D6" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="B7" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="C7" t="s">
         <v>95</v>
       </c>
       <c r="D7" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="B8" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="C8" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="D8" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="B9" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="C9" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D9" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="B10" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="C10" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="D10" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="B11" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C11" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D11" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="B12" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C12" t="s">
         <v>130</v>
       </c>
       <c r="D12" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="B13" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="C13" t="s">
         <v>138</v>
       </c>
       <c r="D13" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="B14" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="C14" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D14" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="B15" t="s">
         <v>774</v>
       </c>
       <c r="C15" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="D15" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="B16" t="s">
         <v>776</v>
       </c>
       <c r="C16" t="s">
         <v>161</v>
       </c>
       <c r="D16" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="B17" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C17" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D17" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="B18" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="C18" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D18" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="B19" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="C19" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="B20" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="C20" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D20" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="B21" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="C21" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="B22" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="C22" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="D22" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="B23" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="C23" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D23" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="B24" t="s">
         <v>797</v>
       </c>
       <c r="C24" t="s">
         <v>226</v>
       </c>
       <c r="D24" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="B25" t="s">
         <v>799</v>
       </c>
       <c r="C25" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D25" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="B26" t="s">
         <v>801</v>
       </c>
       <c r="C26" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="D26" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="B27" t="s">
         <v>803</v>
       </c>
       <c r="C27" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D27" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M55"/>
+  <dimension ref="A1:L97"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>258</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>3</v>
+        <v>1012</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>1601</v>
+        <v>259</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>1602</v>
+        <v>1013</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>1603</v>
+        <v>5</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>1604</v>
+        <v>260</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>1605</v>
+        <v>1014</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>263</v>
+        <v>1015</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-        <v>265</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1606</v>
+        <v>1602</v>
       </c>
       <c r="B2" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C2" t="s">
         <v>37</v>
       </c>
       <c r="D2" t="s">
+        <v>1603</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1604</v>
+      </c>
+      <c r="F2" t="s">
+        <v>1605</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1606</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1024</v>
+      </c>
+      <c r="K2" t="s">
         <v>1607</v>
       </c>
-      <c r="E2" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="L2" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>15561.61</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1610</v>
+        <v>1608</v>
       </c>
       <c r="B3" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C3" t="s">
         <v>37</v>
       </c>
       <c r="D3" t="s">
+        <v>1609</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1610</v>
+      </c>
+      <c r="F3" t="s">
         <v>1611</v>
       </c>
-      <c r="E3" t="s">
+      <c r="G3" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I3" t="s">
         <v>1612</v>
       </c>
-      <c r="F3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>18051.47</v>
+        <v>1024</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1607</v>
       </c>
       <c r="L3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>15561.61</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>1613</v>
       </c>
       <c r="B4" t="s">
-        <v>736</v>
+        <v>744</v>
       </c>
       <c r="C4" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="D4" t="s">
         <v>1614</v>
       </c>
       <c r="E4" t="s">
         <v>1615</v>
       </c>
       <c r="F4" t="s">
-        <v>1609</v>
+        <v>1616</v>
       </c>
       <c r="G4" t="s">
-        <v>372</v>
+        <v>1021</v>
       </c>
       <c r="H4" t="s">
-        <v>373</v>
+        <v>1022</v>
       </c>
       <c r="I4" t="s">
-        <v>44</v>
+        <v>1617</v>
       </c>
       <c r="J4" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>18051.47</v>
+        <v>274</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1607</v>
       </c>
       <c r="L4" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>15561.61</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1616</v>
+        <v>1619</v>
       </c>
       <c r="B5" t="s">
-        <v>736</v>
+        <v>744</v>
       </c>
       <c r="C5" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="D5" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="E5" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="F5" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G5" t="s">
-        <v>372</v>
+        <v>1021</v>
       </c>
       <c r="H5" t="s">
-        <v>373</v>
+        <v>1022</v>
       </c>
       <c r="I5" t="s">
-        <v>44</v>
+        <v>1623</v>
       </c>
       <c r="J5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>18051.47</v>
+        <v>274</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1607</v>
       </c>
       <c r="L5" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>15561.61</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1619</v>
+        <v>1625</v>
       </c>
       <c r="B6" t="s">
-        <v>736</v>
+        <v>746</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>80</v>
       </c>
       <c r="D6" t="s">
-        <v>1620</v>
+        <v>1626</v>
       </c>
       <c r="E6" t="s">
-        <v>1621</v>
+        <v>1627</v>
       </c>
       <c r="F6" t="s">
-        <v>1609</v>
+        <v>1628</v>
       </c>
       <c r="G6" t="s">
-        <v>372</v>
+        <v>1021</v>
       </c>
       <c r="H6" t="s">
-        <v>373</v>
+        <v>1022</v>
       </c>
       <c r="I6" t="s">
-        <v>44</v>
+        <v>1617</v>
       </c>
       <c r="J6" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>18051.47</v>
+        <v>274</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1607</v>
       </c>
       <c r="L6" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>15561.61</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B7" t="s">
+        <v>746</v>
+      </c>
+      <c r="C7" t="s">
+        <v>80</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1631</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1632</v>
+      </c>
+      <c r="F7" t="s">
         <v>1622</v>
       </c>
-      <c r="B7" t="s">
-[...5 lines deleted...]
-      <c r="D7" t="s">
+      <c r="G7" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I7" t="s">
         <v>1623</v>
       </c>
-      <c r="E7" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>18051.47</v>
+        <v>274</v>
+      </c>
+      <c r="K7" t="s">
+        <v>1607</v>
       </c>
       <c r="L7" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>15561.61</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1625</v>
+        <v>1634</v>
       </c>
       <c r="B8" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="C8" t="s">
-        <v>55</v>
+        <v>80</v>
       </c>
       <c r="D8" t="s">
-        <v>1626</v>
+        <v>1635</v>
       </c>
       <c r="E8" t="s">
-        <v>1627</v>
+        <v>1636</v>
       </c>
       <c r="F8" t="s">
-        <v>1609</v>
+        <v>1637</v>
       </c>
       <c r="G8" t="s">
-        <v>375</v>
+        <v>1021</v>
       </c>
       <c r="H8" t="s">
-        <v>376</v>
+        <v>1022</v>
       </c>
       <c r="I8" t="s">
-        <v>44</v>
+        <v>1617</v>
       </c>
       <c r="J8" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>21233.8</v>
+        <v>274</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1607</v>
       </c>
       <c r="L8" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>18305</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1628</v>
+        <v>1639</v>
       </c>
       <c r="B9" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="C9" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="D9" t="s">
-        <v>1629</v>
+        <v>1640</v>
       </c>
       <c r="E9" t="s">
-        <v>1630</v>
+        <v>1641</v>
       </c>
       <c r="F9" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G9" t="s">
-        <v>378</v>
+        <v>1021</v>
       </c>
       <c r="H9" t="s">
-        <v>379</v>
+        <v>1022</v>
       </c>
       <c r="I9" t="s">
-        <v>44</v>
+        <v>1623</v>
       </c>
       <c r="J9" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>43141.92</v>
+        <v>274</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1607</v>
       </c>
       <c r="L9" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>45253.78</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1631</v>
+        <v>1643</v>
       </c>
       <c r="B10" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="C10" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="D10" t="s">
-        <v>1632</v>
+        <v>1644</v>
       </c>
       <c r="E10" t="s">
-        <v>1633</v>
+        <v>1645</v>
       </c>
       <c r="F10" t="s">
-        <v>1609</v>
+        <v>1646</v>
       </c>
       <c r="G10" t="s">
-        <v>378</v>
+        <v>1021</v>
       </c>
       <c r="H10" t="s">
-        <v>379</v>
+        <v>1022</v>
       </c>
       <c r="I10" t="s">
-        <v>44</v>
+        <v>1617</v>
       </c>
       <c r="J10" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>43141.92</v>
+        <v>274</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1607</v>
       </c>
       <c r="L10" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>45253.78</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1634</v>
+        <v>1648</v>
       </c>
       <c r="B11" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="C11" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="D11" t="s">
-        <v>1635</v>
+        <v>1649</v>
       </c>
       <c r="E11" t="s">
-        <v>1636</v>
+        <v>1650</v>
       </c>
       <c r="F11" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G11" t="s">
-        <v>378</v>
+        <v>1021</v>
       </c>
       <c r="H11" t="s">
-        <v>379</v>
+        <v>1022</v>
       </c>
       <c r="I11" t="s">
-        <v>44</v>
+        <v>1623</v>
       </c>
       <c r="J11" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>43141.92</v>
+        <v>274</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1607</v>
       </c>
       <c r="L11" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>45253.78</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1637</v>
+        <v>1652</v>
       </c>
       <c r="B12" t="s">
-        <v>744</v>
+        <v>753</v>
       </c>
       <c r="C12" t="s">
-        <v>66</v>
+        <v>95</v>
       </c>
       <c r="D12" t="s">
-        <v>1638</v>
+        <v>1653</v>
       </c>
       <c r="E12" t="s">
-        <v>1639</v>
+        <v>1654</v>
       </c>
       <c r="F12" t="s">
-        <v>1609</v>
+        <v>1655</v>
       </c>
       <c r="G12" t="s">
-        <v>378</v>
+        <v>1021</v>
       </c>
       <c r="H12" t="s">
-        <v>379</v>
+        <v>1022</v>
       </c>
       <c r="I12" t="s">
-        <v>44</v>
+        <v>1617</v>
       </c>
       <c r="J12" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>43141.92</v>
+        <v>274</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1607</v>
       </c>
       <c r="L12" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>45253.78</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1640</v>
+        <v>1657</v>
       </c>
       <c r="B13" t="s">
-        <v>744</v>
+        <v>753</v>
       </c>
       <c r="C13" t="s">
-        <v>66</v>
+        <v>95</v>
       </c>
       <c r="D13" t="s">
-        <v>1641</v>
+        <v>1658</v>
       </c>
       <c r="E13" t="s">
-        <v>1642</v>
+        <v>1659</v>
       </c>
       <c r="F13" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G13" t="s">
-        <v>378</v>
+        <v>1021</v>
       </c>
       <c r="H13" t="s">
-        <v>379</v>
+        <v>1022</v>
       </c>
       <c r="I13" t="s">
-        <v>44</v>
+        <v>1623</v>
       </c>
       <c r="J13" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>43141.92</v>
+        <v>274</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1607</v>
       </c>
       <c r="L13" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>45253.78</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1643</v>
+        <v>1661</v>
       </c>
       <c r="B14" t="s">
-        <v>744</v>
+        <v>755</v>
       </c>
       <c r="C14" t="s">
-        <v>66</v>
+        <v>101</v>
       </c>
       <c r="D14" t="s">
-        <v>1644</v>
+        <v>1662</v>
       </c>
       <c r="E14" t="s">
-        <v>1645</v>
+        <v>1663</v>
       </c>
       <c r="F14" t="s">
-        <v>1609</v>
+        <v>1664</v>
       </c>
       <c r="G14" t="s">
-        <v>378</v>
+        <v>1021</v>
       </c>
       <c r="H14" t="s">
-        <v>379</v>
+        <v>1022</v>
       </c>
       <c r="I14" t="s">
-        <v>44</v>
+        <v>1617</v>
       </c>
       <c r="J14" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>43141.92</v>
+        <v>274</v>
+      </c>
+      <c r="K14" t="s">
+        <v>1607</v>
       </c>
       <c r="L14" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>45253.78</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1646</v>
+        <v>1666</v>
       </c>
       <c r="B15" t="s">
-        <v>744</v>
+        <v>755</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>101</v>
       </c>
       <c r="D15" t="s">
-        <v>1647</v>
+        <v>1667</v>
       </c>
       <c r="E15" t="s">
-        <v>1648</v>
+        <v>1668</v>
       </c>
       <c r="F15" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G15" t="s">
-        <v>378</v>
+        <v>1021</v>
       </c>
       <c r="H15" t="s">
-        <v>379</v>
+        <v>1022</v>
       </c>
       <c r="I15" t="s">
-        <v>44</v>
+        <v>1623</v>
       </c>
       <c r="J15" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>43141.92</v>
+        <v>274</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1607</v>
       </c>
       <c r="L15" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>45253.78</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1649</v>
+        <v>1670</v>
       </c>
       <c r="B16" t="s">
-        <v>744</v>
+        <v>757</v>
       </c>
       <c r="C16" t="s">
-        <v>66</v>
+        <v>108</v>
       </c>
       <c r="D16" t="s">
-        <v>1650</v>
+        <v>1671</v>
       </c>
       <c r="E16" t="s">
-        <v>1651</v>
+        <v>1672</v>
       </c>
       <c r="F16" t="s">
-        <v>1609</v>
+        <v>1673</v>
       </c>
       <c r="G16" t="s">
-        <v>378</v>
+        <v>1021</v>
       </c>
       <c r="H16" t="s">
-        <v>379</v>
+        <v>1022</v>
       </c>
       <c r="I16" t="s">
-        <v>44</v>
+        <v>1617</v>
       </c>
       <c r="J16" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>43141.92</v>
+        <v>274</v>
+      </c>
+      <c r="K16" t="s">
+        <v>1607</v>
       </c>
       <c r="L16" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>45253.78</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1652</v>
+        <v>1675</v>
       </c>
       <c r="B17" t="s">
-        <v>746</v>
+        <v>757</v>
       </c>
       <c r="C17" t="s">
-        <v>79</v>
+        <v>108</v>
       </c>
       <c r="D17" t="s">
-        <v>1653</v>
+        <v>1676</v>
       </c>
       <c r="E17" t="s">
-        <v>1654</v>
+        <v>1677</v>
       </c>
       <c r="F17" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G17" t="s">
-        <v>381</v>
+        <v>1021</v>
       </c>
       <c r="H17" t="s">
-        <v>382</v>
+        <v>1022</v>
       </c>
       <c r="I17" t="s">
-        <v>44</v>
+        <v>1623</v>
       </c>
       <c r="J17" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>14600</v>
+        <v>274</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1607</v>
       </c>
       <c r="L17" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>14600</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1655</v>
+        <v>1679</v>
       </c>
       <c r="B18" t="s">
-        <v>748</v>
+        <v>760</v>
       </c>
       <c r="C18" t="s">
-        <v>89</v>
+        <v>115</v>
       </c>
       <c r="D18" t="s">
-        <v>1656</v>
+        <v>1680</v>
       </c>
       <c r="E18" t="s">
-        <v>1657</v>
+        <v>1681</v>
       </c>
       <c r="F18" t="s">
-        <v>1609</v>
+        <v>1682</v>
       </c>
       <c r="G18" t="s">
-        <v>384</v>
+        <v>1021</v>
       </c>
       <c r="H18" t="s">
-        <v>385</v>
+        <v>1022</v>
       </c>
       <c r="I18" t="s">
-        <v>44</v>
+        <v>1683</v>
       </c>
       <c r="J18" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>13989.6</v>
+        <v>274</v>
+      </c>
+      <c r="K18" t="s">
+        <v>1607</v>
       </c>
       <c r="L18" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>12060</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1658</v>
+        <v>1685</v>
       </c>
       <c r="B19" t="s">
-        <v>750</v>
+        <v>760</v>
       </c>
       <c r="C19" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="D19" t="s">
-        <v>1659</v>
+        <v>1686</v>
       </c>
       <c r="E19" t="s">
-        <v>1660</v>
+        <v>1687</v>
       </c>
       <c r="F19" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G19" t="s">
-        <v>387</v>
+        <v>1021</v>
       </c>
       <c r="H19" t="s">
-        <v>388</v>
+        <v>1022</v>
       </c>
       <c r="I19" t="s">
-        <v>44</v>
+        <v>1623</v>
       </c>
       <c r="J19" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>23548</v>
+        <v>274</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1607</v>
       </c>
       <c r="L19" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>20300</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1661</v>
+        <v>1689</v>
       </c>
       <c r="B20" t="s">
-        <v>752</v>
+        <v>763</v>
       </c>
       <c r="C20" t="s">
-        <v>102</v>
+        <v>122</v>
       </c>
       <c r="D20" t="s">
-        <v>1662</v>
+        <v>1690</v>
       </c>
       <c r="E20" t="s">
-        <v>1663</v>
+        <v>1691</v>
       </c>
       <c r="F20" t="s">
-        <v>1609</v>
+        <v>1692</v>
       </c>
       <c r="G20" t="s">
-        <v>390</v>
+        <v>1021</v>
       </c>
       <c r="H20" t="s">
-        <v>391</v>
+        <v>1022</v>
       </c>
       <c r="I20" t="s">
-        <v>44</v>
+        <v>1617</v>
       </c>
       <c r="J20" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>12000</v>
+        <v>274</v>
+      </c>
+      <c r="K20" t="s">
+        <v>1607</v>
       </c>
       <c r="L20" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>10344.83</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1664</v>
+        <v>1694</v>
       </c>
       <c r="B21" t="s">
-        <v>752</v>
+        <v>763</v>
       </c>
       <c r="C21" t="s">
-        <v>102</v>
+        <v>122</v>
       </c>
       <c r="D21" t="s">
-        <v>1665</v>
+        <v>1695</v>
       </c>
       <c r="E21" t="s">
-        <v>1666</v>
+        <v>1696</v>
       </c>
       <c r="F21" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G21" t="s">
-        <v>390</v>
+        <v>1021</v>
       </c>
       <c r="H21" t="s">
-        <v>391</v>
+        <v>1022</v>
       </c>
       <c r="I21" t="s">
-        <v>44</v>
+        <v>1623</v>
       </c>
       <c r="J21" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>70000</v>
+        <v>274</v>
+      </c>
+      <c r="K21" t="s">
+        <v>1607</v>
       </c>
       <c r="L21" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>60344.83</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1667</v>
+        <v>1698</v>
       </c>
       <c r="B22" t="s">
-        <v>755</v>
+        <v>766</v>
       </c>
       <c r="C22" t="s">
-        <v>109</v>
+        <v>130</v>
       </c>
       <c r="D22" t="s">
-        <v>1668</v>
+        <v>1699</v>
       </c>
       <c r="E22" t="s">
-        <v>1669</v>
+        <v>1700</v>
       </c>
       <c r="F22" t="s">
-        <v>1609</v>
+        <v>1701</v>
       </c>
       <c r="G22" t="s">
-        <v>393</v>
+        <v>1021</v>
       </c>
       <c r="H22" t="s">
-        <v>394</v>
+        <v>1022</v>
       </c>
       <c r="I22" t="s">
-        <v>44</v>
+        <v>1612</v>
       </c>
       <c r="J22" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>9805.48</v>
+        <v>310</v>
+      </c>
+      <c r="K22" t="s">
+        <v>1607</v>
       </c>
       <c r="L22" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>8453</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1670</v>
+        <v>1703</v>
       </c>
       <c r="B23" t="s">
-        <v>758</v>
+        <v>766</v>
       </c>
       <c r="C23" t="s">
-        <v>117</v>
+        <v>130</v>
       </c>
       <c r="D23" t="s">
-        <v>1671</v>
+        <v>1704</v>
       </c>
       <c r="E23" t="s">
-        <v>1672</v>
+        <v>1705</v>
       </c>
       <c r="F23" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G23" t="s">
-        <v>396</v>
+        <v>1021</v>
       </c>
       <c r="H23" t="s">
-        <v>397</v>
+        <v>1022</v>
       </c>
       <c r="I23" t="s">
-        <v>44</v>
+        <v>1606</v>
       </c>
       <c r="J23" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>271754</v>
+        <v>310</v>
+      </c>
+      <c r="K23" t="s">
+        <v>1607</v>
       </c>
       <c r="L23" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>234270.69</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1673</v>
+        <v>1707</v>
       </c>
       <c r="B24" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="C24" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="D24" t="s">
-        <v>1674</v>
+        <v>1708</v>
       </c>
       <c r="E24" t="s">
-        <v>1675</v>
+        <v>1709</v>
       </c>
       <c r="F24" t="s">
-        <v>1609</v>
+        <v>1710</v>
       </c>
       <c r="G24" t="s">
-        <v>399</v>
+        <v>1021</v>
       </c>
       <c r="H24" t="s">
-        <v>400</v>
+        <v>1022</v>
       </c>
       <c r="I24" t="s">
-        <v>44</v>
+        <v>1612</v>
       </c>
       <c r="J24" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>11388.88</v>
+        <v>310</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1607</v>
       </c>
       <c r="L24" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>9818</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1676</v>
+        <v>1712</v>
       </c>
       <c r="B25" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C25" t="s">
         <v>130</v>
       </c>
       <c r="D25" t="s">
-        <v>1677</v>
+        <v>1713</v>
       </c>
       <c r="E25" t="s">
-        <v>1678</v>
+        <v>1714</v>
       </c>
       <c r="F25" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G25" t="s">
-        <v>402</v>
+        <v>1021</v>
       </c>
       <c r="H25" t="s">
-        <v>403</v>
+        <v>1022</v>
       </c>
       <c r="I25" t="s">
-        <v>44</v>
+        <v>1606</v>
       </c>
       <c r="J25" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>16638.75</v>
+        <v>310</v>
+      </c>
+      <c r="K25" t="s">
+        <v>1607</v>
       </c>
       <c r="L25" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>15561.61</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1679</v>
+        <v>1716</v>
       </c>
       <c r="B26" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C26" t="s">
         <v>130</v>
       </c>
       <c r="D26" t="s">
-        <v>1680</v>
+        <v>1717</v>
       </c>
       <c r="E26" t="s">
-        <v>1681</v>
+        <v>1718</v>
       </c>
       <c r="F26" t="s">
-        <v>1609</v>
+        <v>1719</v>
       </c>
       <c r="G26" t="s">
-        <v>402</v>
+        <v>1021</v>
       </c>
       <c r="H26" t="s">
-        <v>403</v>
+        <v>1022</v>
       </c>
       <c r="I26" t="s">
-        <v>44</v>
+        <v>1612</v>
       </c>
       <c r="J26" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>16638.76</v>
+        <v>310</v>
+      </c>
+      <c r="K26" t="s">
+        <v>1607</v>
       </c>
       <c r="L26" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>15561.61</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1682</v>
+        <v>1721</v>
       </c>
       <c r="B27" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C27" t="s">
         <v>130</v>
       </c>
       <c r="D27" t="s">
-        <v>1683</v>
+        <v>1722</v>
       </c>
       <c r="E27" t="s">
-        <v>1684</v>
+        <v>1723</v>
       </c>
       <c r="F27" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G27" t="s">
-        <v>402</v>
+        <v>1021</v>
       </c>
       <c r="H27" t="s">
-        <v>403</v>
+        <v>1022</v>
       </c>
       <c r="I27" t="s">
-        <v>44</v>
+        <v>1606</v>
       </c>
       <c r="J27" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>16638.76</v>
+        <v>310</v>
+      </c>
+      <c r="K27" t="s">
+        <v>1607</v>
       </c>
       <c r="L27" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>15561.61</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1685</v>
+        <v>1725</v>
       </c>
       <c r="B28" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="C28" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="D28" t="s">
-        <v>1686</v>
+        <v>1726</v>
       </c>
       <c r="E28" t="s">
-        <v>1687</v>
+        <v>1727</v>
       </c>
       <c r="F28" t="s">
-        <v>1609</v>
+        <v>1728</v>
       </c>
       <c r="G28" t="s">
-        <v>402</v>
+        <v>1021</v>
       </c>
       <c r="H28" t="s">
-        <v>403</v>
+        <v>1022</v>
       </c>
       <c r="I28" t="s">
-        <v>44</v>
+        <v>1612</v>
       </c>
       <c r="J28" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>17470.69</v>
+        <v>310</v>
+      </c>
+      <c r="K28" t="s">
+        <v>1607</v>
       </c>
       <c r="L28" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>15561.61</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1688</v>
+        <v>1730</v>
       </c>
       <c r="B29" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="C29" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="D29" t="s">
-        <v>1689</v>
+        <v>1731</v>
       </c>
       <c r="E29" t="s">
-        <v>1690</v>
+        <v>1732</v>
       </c>
       <c r="F29" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G29" t="s">
-        <v>402</v>
+        <v>1021</v>
       </c>
       <c r="H29" t="s">
-        <v>403</v>
+        <v>1022</v>
       </c>
       <c r="I29" t="s">
-        <v>44</v>
+        <v>1606</v>
       </c>
       <c r="J29" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>17470.69</v>
+        <v>310</v>
+      </c>
+      <c r="K29" t="s">
+        <v>1607</v>
       </c>
       <c r="L29" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>15561.61</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1691</v>
+        <v>1734</v>
       </c>
       <c r="B30" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
       <c r="C30" t="s">
-        <v>130</v>
+        <v>147</v>
       </c>
       <c r="D30" t="s">
-        <v>1692</v>
+        <v>1735</v>
       </c>
       <c r="E30" t="s">
-        <v>1693</v>
+        <v>1736</v>
       </c>
       <c r="F30" t="s">
-        <v>1609</v>
+        <v>1737</v>
       </c>
       <c r="G30" t="s">
-        <v>402</v>
+        <v>1021</v>
       </c>
       <c r="H30" t="s">
-        <v>403</v>
+        <v>1022</v>
       </c>
       <c r="I30" t="s">
-        <v>44</v>
+        <v>1612</v>
       </c>
       <c r="J30" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>17470.69</v>
+        <v>274</v>
+      </c>
+      <c r="K30" t="s">
+        <v>1607</v>
       </c>
       <c r="L30" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>15561.61</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1694</v>
+        <v>1739</v>
       </c>
       <c r="B31" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="C31" t="s">
-        <v>138</v>
+        <v>147</v>
       </c>
       <c r="D31" t="s">
-        <v>1695</v>
+        <v>1740</v>
       </c>
       <c r="E31" t="s">
-        <v>1696</v>
+        <v>1741</v>
       </c>
       <c r="F31" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G31" t="s">
-        <v>372</v>
+        <v>1021</v>
       </c>
       <c r="H31" t="s">
-        <v>373</v>
+        <v>1022</v>
       </c>
       <c r="I31" t="s">
-        <v>44</v>
+        <v>1606</v>
       </c>
       <c r="J31" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>23042.37</v>
+        <v>274</v>
+      </c>
+      <c r="K31" t="s">
+        <v>1607</v>
       </c>
       <c r="L31" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>2672915</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1697</v>
+        <v>1743</v>
       </c>
       <c r="B32" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="C32" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D32" t="s">
-        <v>1698</v>
+        <v>1744</v>
       </c>
       <c r="E32" t="s">
-        <v>1699</v>
+        <v>1745</v>
       </c>
       <c r="F32" t="s">
-        <v>1609</v>
+        <v>1746</v>
       </c>
       <c r="G32" t="s">
-        <v>378</v>
+        <v>1021</v>
       </c>
       <c r="H32" t="s">
-        <v>379</v>
+        <v>1022</v>
       </c>
       <c r="I32" t="s">
-        <v>44</v>
+        <v>1612</v>
       </c>
       <c r="J32" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>47999.97</v>
+        <v>274</v>
+      </c>
+      <c r="K32" t="s">
+        <v>1607</v>
       </c>
       <c r="L32" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>50349.65</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1700</v>
+        <v>1748</v>
       </c>
       <c r="B33" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="C33" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D33" t="s">
-        <v>1701</v>
+        <v>1749</v>
       </c>
       <c r="E33" t="s">
-        <v>1702</v>
+        <v>1750</v>
       </c>
       <c r="F33" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G33" t="s">
-        <v>378</v>
+        <v>1021</v>
       </c>
       <c r="H33" t="s">
-        <v>379</v>
+        <v>1022</v>
       </c>
       <c r="I33" t="s">
-        <v>44</v>
+        <v>1606</v>
       </c>
       <c r="J33" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>47999.97</v>
+        <v>274</v>
+      </c>
+      <c r="K33" t="s">
+        <v>1607</v>
       </c>
       <c r="L33" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>50349.65</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1703</v>
+        <v>1752</v>
       </c>
       <c r="B34" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="C34" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D34" t="s">
-        <v>1704</v>
+        <v>1753</v>
       </c>
       <c r="E34" t="s">
-        <v>1705</v>
+        <v>1754</v>
       </c>
       <c r="F34" t="s">
-        <v>1609</v>
+        <v>1755</v>
       </c>
       <c r="G34" t="s">
-        <v>378</v>
+        <v>1021</v>
       </c>
       <c r="H34" t="s">
-        <v>379</v>
+        <v>1022</v>
       </c>
       <c r="I34" t="s">
-        <v>44</v>
+        <v>1612</v>
       </c>
       <c r="J34" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>47999.97</v>
+        <v>274</v>
+      </c>
+      <c r="K34" t="s">
+        <v>1607</v>
       </c>
       <c r="L34" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>50349.65</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1706</v>
+        <v>1757</v>
       </c>
       <c r="B35" t="s">
-        <v>774</v>
+        <v>772</v>
       </c>
       <c r="C35" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="D35" t="s">
-        <v>1707</v>
+        <v>1758</v>
       </c>
       <c r="E35" t="s">
-        <v>1708</v>
+        <v>1759</v>
       </c>
       <c r="F35" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G35" t="s">
-        <v>407</v>
+        <v>1021</v>
       </c>
       <c r="H35" t="s">
-        <v>408</v>
+        <v>1022</v>
       </c>
       <c r="I35" t="s">
-        <v>44</v>
+        <v>1606</v>
       </c>
       <c r="J35" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>13296</v>
+        <v>274</v>
+      </c>
+      <c r="K35" t="s">
+        <v>1607</v>
       </c>
       <c r="L35" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>11462.07</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1709</v>
+        <v>1761</v>
       </c>
       <c r="B36" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="C36" t="s">
-        <v>161</v>
+        <v>147</v>
       </c>
       <c r="D36" t="s">
-        <v>1710</v>
+        <v>1762</v>
       </c>
       <c r="E36" t="s">
-        <v>1711</v>
+        <v>1763</v>
       </c>
       <c r="F36" t="s">
-        <v>1609</v>
+        <v>1764</v>
       </c>
       <c r="G36" t="s">
-        <v>407</v>
+        <v>1021</v>
       </c>
       <c r="H36" t="s">
-        <v>408</v>
+        <v>1022</v>
       </c>
       <c r="I36" t="s">
-        <v>44</v>
+        <v>1612</v>
       </c>
       <c r="J36" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>11639</v>
+        <v>274</v>
+      </c>
+      <c r="K36" t="s">
+        <v>1607</v>
       </c>
       <c r="L36" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>10033.62</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1712</v>
+        <v>1766</v>
       </c>
       <c r="B37" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="C37" t="s">
-        <v>161</v>
+        <v>147</v>
       </c>
       <c r="D37" t="s">
-        <v>1713</v>
+        <v>1767</v>
       </c>
       <c r="E37" t="s">
-        <v>1714</v>
+        <v>1768</v>
       </c>
       <c r="F37" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G37" t="s">
-        <v>407</v>
+        <v>1021</v>
       </c>
       <c r="H37" t="s">
-        <v>408</v>
+        <v>1022</v>
       </c>
       <c r="I37" t="s">
-        <v>44</v>
+        <v>1606</v>
       </c>
       <c r="J37" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>15594</v>
+        <v>274</v>
+      </c>
+      <c r="K37" t="s">
+        <v>1607</v>
       </c>
       <c r="L37" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>13443.1</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1715</v>
+        <v>1770</v>
       </c>
       <c r="B38" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="C38" t="s">
-        <v>161</v>
+        <v>147</v>
       </c>
       <c r="D38" t="s">
-        <v>1716</v>
+        <v>1771</v>
       </c>
       <c r="E38" t="s">
-        <v>1717</v>
+        <v>1772</v>
       </c>
       <c r="F38" t="s">
-        <v>1609</v>
+        <v>1773</v>
       </c>
       <c r="G38" t="s">
-        <v>407</v>
+        <v>1021</v>
       </c>
       <c r="H38" t="s">
-        <v>408</v>
+        <v>1022</v>
       </c>
       <c r="I38" t="s">
-        <v>44</v>
+        <v>1612</v>
       </c>
       <c r="J38" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>22856</v>
+        <v>274</v>
+      </c>
+      <c r="K38" t="s">
+        <v>1607</v>
       </c>
       <c r="L38" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>19703.45</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1718</v>
+        <v>1774</v>
       </c>
       <c r="B39" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="C39" t="s">
-        <v>161</v>
+        <v>147</v>
       </c>
       <c r="D39" t="s">
-        <v>1719</v>
+        <v>1775</v>
       </c>
       <c r="E39" t="s">
-        <v>1720</v>
+        <v>1776</v>
       </c>
       <c r="F39" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G39" t="s">
-        <v>407</v>
+        <v>1021</v>
       </c>
       <c r="H39" t="s">
-        <v>408</v>
+        <v>1022</v>
       </c>
       <c r="I39" t="s">
-        <v>44</v>
+        <v>1606</v>
       </c>
       <c r="J39" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>14504</v>
+        <v>274</v>
+      </c>
+      <c r="K39" t="s">
+        <v>1607</v>
       </c>
       <c r="L39" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>12503.45</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1721</v>
+        <v>1778</v>
       </c>
       <c r="B40" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="C40" t="s">
-        <v>161</v>
+        <v>147</v>
       </c>
       <c r="D40" t="s">
-        <v>1722</v>
+        <v>1779</v>
       </c>
       <c r="E40" t="s">
-        <v>1723</v>
+        <v>1780</v>
       </c>
       <c r="F40" t="s">
-        <v>1609</v>
+        <v>1781</v>
       </c>
       <c r="G40" t="s">
-        <v>407</v>
+        <v>1021</v>
       </c>
       <c r="H40" t="s">
-        <v>408</v>
+        <v>1022</v>
       </c>
       <c r="I40" t="s">
-        <v>44</v>
+        <v>1612</v>
       </c>
       <c r="J40" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>13425</v>
+        <v>274</v>
+      </c>
+      <c r="K40" t="s">
+        <v>1782</v>
       </c>
       <c r="L40" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>11573.28</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1724</v>
+        <v>1784</v>
       </c>
       <c r="B41" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="C41" t="s">
-        <v>161</v>
+        <v>147</v>
       </c>
       <c r="D41" t="s">
-        <v>1725</v>
+        <v>1785</v>
       </c>
       <c r="E41" t="s">
-        <v>1726</v>
+        <v>1786</v>
       </c>
       <c r="F41" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G41" t="s">
-        <v>407</v>
+        <v>1021</v>
       </c>
       <c r="H41" t="s">
-        <v>408</v>
+        <v>1022</v>
       </c>
       <c r="I41" t="s">
-        <v>44</v>
+        <v>1606</v>
       </c>
       <c r="J41" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>15694</v>
+        <v>274</v>
+      </c>
+      <c r="K41" t="s">
+        <v>1607</v>
       </c>
       <c r="L41" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>13529.31</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1727</v>
+        <v>1788</v>
       </c>
       <c r="B42" t="s">
-        <v>778</v>
+        <v>774</v>
       </c>
       <c r="C42" t="s">
-        <v>167</v>
+        <v>155</v>
       </c>
       <c r="D42" t="s">
-        <v>1728</v>
+        <v>1789</v>
       </c>
       <c r="E42" t="s">
-        <v>1729</v>
+        <v>1790</v>
       </c>
       <c r="F42" t="s">
-        <v>1609</v>
+        <v>1791</v>
       </c>
       <c r="G42" t="s">
-        <v>410</v>
+        <v>1021</v>
       </c>
       <c r="H42" t="s">
-        <v>411</v>
+        <v>1022</v>
       </c>
       <c r="I42" t="s">
-        <v>44</v>
+        <v>1612</v>
       </c>
       <c r="J42" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>10349.98</v>
+        <v>274</v>
+      </c>
+      <c r="K42" t="s">
+        <v>1607</v>
       </c>
       <c r="L42" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>8922.4</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1730</v>
+        <v>1793</v>
       </c>
       <c r="B43" t="s">
-        <v>781</v>
+        <v>774</v>
       </c>
       <c r="C43" t="s">
-        <v>178</v>
+        <v>155</v>
       </c>
       <c r="D43" t="s">
-        <v>1731</v>
+        <v>1794</v>
       </c>
       <c r="E43" t="s">
-        <v>1732</v>
+        <v>1795</v>
       </c>
       <c r="F43" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G43" t="s">
-        <v>413</v>
+        <v>1021</v>
       </c>
       <c r="H43" t="s">
-        <v>414</v>
+        <v>1022</v>
       </c>
       <c r="I43" t="s">
-        <v>44</v>
+        <v>1606</v>
       </c>
       <c r="J43" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>20114.4</v>
+        <v>274</v>
+      </c>
+      <c r="K43" t="s">
+        <v>1607</v>
       </c>
       <c r="L43" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>17340</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1733</v>
+        <v>1797</v>
       </c>
       <c r="B44" t="s">
-        <v>781</v>
+        <v>774</v>
       </c>
       <c r="C44" t="s">
-        <v>178</v>
+        <v>155</v>
       </c>
       <c r="D44" t="s">
-        <v>1734</v>
+        <v>1798</v>
       </c>
       <c r="E44" t="s">
-        <v>1732</v>
+        <v>1799</v>
       </c>
       <c r="F44" t="s">
-        <v>1609</v>
+        <v>1800</v>
       </c>
       <c r="G44" t="s">
-        <v>413</v>
+        <v>1021</v>
       </c>
       <c r="H44" t="s">
-        <v>414</v>
+        <v>1022</v>
       </c>
       <c r="I44" t="s">
-        <v>44</v>
+        <v>1612</v>
       </c>
       <c r="J44" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>18358.16</v>
+        <v>274</v>
+      </c>
+      <c r="K44" t="s">
+        <v>1607</v>
       </c>
       <c r="L44" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>15826</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1735</v>
+        <v>1802</v>
       </c>
       <c r="B45" t="s">
-        <v>783</v>
+        <v>774</v>
       </c>
       <c r="C45" t="s">
-        <v>186</v>
+        <v>155</v>
       </c>
       <c r="D45" t="s">
-        <v>1736</v>
+        <v>1803</v>
       </c>
       <c r="E45" t="s">
-        <v>1737</v>
+        <v>1804</v>
       </c>
       <c r="F45" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G45" t="s">
-        <v>416</v>
+        <v>1021</v>
       </c>
       <c r="H45" t="s">
-        <v>417</v>
+        <v>1022</v>
       </c>
       <c r="I45" t="s">
-        <v>44</v>
+        <v>1805</v>
       </c>
       <c r="J45" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>38048</v>
+        <v>274</v>
+      </c>
+      <c r="K45" t="s">
+        <v>1607</v>
       </c>
       <c r="L45" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>32800</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1738</v>
+        <v>1807</v>
       </c>
       <c r="B46" t="s">
-        <v>786</v>
+        <v>774</v>
       </c>
       <c r="C46" t="s">
-        <v>195</v>
+        <v>155</v>
       </c>
       <c r="D46" t="s">
-        <v>1739</v>
+        <v>1808</v>
       </c>
       <c r="E46" t="s">
-        <v>1740</v>
+        <v>1809</v>
       </c>
       <c r="F46" t="s">
-        <v>1609</v>
+        <v>1810</v>
       </c>
       <c r="G46" t="s">
-        <v>44</v>
+        <v>1021</v>
       </c>
       <c r="H46" t="s">
-        <v>419</v>
+        <v>1022</v>
       </c>
       <c r="I46" t="s">
-        <v>44</v>
+        <v>1612</v>
       </c>
       <c r="J46" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>16794.48</v>
+        <v>274</v>
+      </c>
+      <c r="K46" t="s">
+        <v>1782</v>
       </c>
       <c r="L46" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>14478</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1741</v>
+        <v>1812</v>
       </c>
       <c r="B47" t="s">
-        <v>788</v>
+        <v>774</v>
       </c>
       <c r="C47" t="s">
-        <v>203</v>
+        <v>155</v>
       </c>
       <c r="D47" t="s">
-        <v>1742</v>
+        <v>1813</v>
       </c>
       <c r="E47" t="s">
-        <v>1743</v>
+        <v>1814</v>
       </c>
       <c r="F47" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G47" t="s">
-        <v>421</v>
+        <v>1021</v>
       </c>
       <c r="H47" t="s">
-        <v>422</v>
+        <v>1022</v>
       </c>
       <c r="I47" t="s">
-        <v>44</v>
+        <v>1606</v>
       </c>
       <c r="J47" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>13500</v>
+        <v>274</v>
+      </c>
+      <c r="K47" t="s">
+        <v>1607</v>
       </c>
       <c r="L47" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>13500</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1744</v>
+        <v>1816</v>
       </c>
       <c r="B48" t="s">
-        <v>790</v>
+        <v>774</v>
       </c>
       <c r="C48" t="s">
-        <v>210</v>
+        <v>155</v>
       </c>
       <c r="D48" t="s">
-        <v>1745</v>
+        <v>1817</v>
       </c>
       <c r="E48" t="s">
-        <v>1746</v>
+        <v>1818</v>
       </c>
       <c r="F48" t="s">
-        <v>1609</v>
+        <v>1819</v>
       </c>
       <c r="G48" t="s">
-        <v>424</v>
+        <v>1021</v>
       </c>
       <c r="H48" t="s">
-        <v>425</v>
+        <v>1022</v>
       </c>
       <c r="I48" t="s">
-        <v>44</v>
+        <v>1612</v>
       </c>
       <c r="J48" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>122777</v>
+        <v>274</v>
+      </c>
+      <c r="K48" t="s">
+        <v>1607</v>
       </c>
       <c r="L48" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>105842.24</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1747</v>
+        <v>1821</v>
       </c>
       <c r="B49" t="s">
-        <v>793</v>
+        <v>774</v>
       </c>
       <c r="C49" t="s">
-        <v>217</v>
+        <v>155</v>
       </c>
       <c r="D49" t="s">
-        <v>1748</v>
+        <v>1822</v>
       </c>
       <c r="E49" t="s">
-        <v>1749</v>
+        <v>1823</v>
       </c>
       <c r="F49" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G49" t="s">
-        <v>427</v>
+        <v>1021</v>
       </c>
       <c r="H49" t="s">
-        <v>428</v>
+        <v>1022</v>
       </c>
       <c r="I49" t="s">
-        <v>44</v>
+        <v>1606</v>
       </c>
       <c r="J49" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>10001.76</v>
+        <v>274</v>
+      </c>
+      <c r="K49" t="s">
+        <v>1607</v>
       </c>
       <c r="L49" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>8622.21</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1750</v>
+        <v>1824</v>
       </c>
       <c r="B50" t="s">
-        <v>793</v>
+        <v>774</v>
       </c>
       <c r="C50" t="s">
-        <v>217</v>
+        <v>155</v>
       </c>
       <c r="D50" t="s">
-        <v>1751</v>
+        <v>1825</v>
       </c>
       <c r="E50" t="s">
-        <v>1752</v>
+        <v>1826</v>
       </c>
       <c r="F50" t="s">
-        <v>1609</v>
+        <v>1827</v>
       </c>
       <c r="G50" t="s">
-        <v>427</v>
+        <v>1021</v>
       </c>
       <c r="H50" t="s">
-        <v>428</v>
+        <v>1022</v>
       </c>
       <c r="I50" t="s">
-        <v>44</v>
+        <v>1612</v>
       </c>
       <c r="J50" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>10100.36</v>
+        <v>274</v>
+      </c>
+      <c r="K50" t="s">
+        <v>1607</v>
       </c>
       <c r="L50" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>8707.21</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1753</v>
+        <v>1829</v>
       </c>
       <c r="B51" t="s">
-        <v>793</v>
+        <v>774</v>
       </c>
       <c r="C51" t="s">
-        <v>217</v>
+        <v>155</v>
       </c>
       <c r="D51" t="s">
-        <v>1754</v>
+        <v>1830</v>
       </c>
       <c r="E51" t="s">
-        <v>1755</v>
+        <v>1831</v>
       </c>
       <c r="F51" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G51" t="s">
-        <v>427</v>
+        <v>1021</v>
       </c>
       <c r="H51" t="s">
-        <v>428</v>
+        <v>1022</v>
       </c>
       <c r="I51" t="s">
-        <v>44</v>
+        <v>1606</v>
       </c>
       <c r="J51" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>70000</v>
+        <v>274</v>
+      </c>
+      <c r="K51" t="s">
+        <v>1607</v>
       </c>
       <c r="L51" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>60344.83</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1756</v>
+        <v>1833</v>
       </c>
       <c r="B52" t="s">
-        <v>797</v>
+        <v>774</v>
       </c>
       <c r="C52" t="s">
-        <v>226</v>
+        <v>155</v>
       </c>
       <c r="D52" t="s">
-        <v>1757</v>
+        <v>1834</v>
       </c>
       <c r="E52" t="s">
-        <v>1758</v>
+        <v>1835</v>
       </c>
       <c r="F52" t="s">
-        <v>1609</v>
+        <v>1836</v>
       </c>
       <c r="G52" t="s">
-        <v>430</v>
+        <v>1021</v>
       </c>
       <c r="H52" t="s">
-        <v>431</v>
+        <v>1022</v>
       </c>
       <c r="I52" t="s">
-        <v>44</v>
+        <v>1612</v>
       </c>
       <c r="J52" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>16332.8</v>
+        <v>274</v>
+      </c>
+      <c r="K52" t="s">
+        <v>1782</v>
       </c>
       <c r="L52" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>14080</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1759</v>
+        <v>1838</v>
       </c>
       <c r="B53" t="s">
-        <v>799</v>
+        <v>774</v>
       </c>
       <c r="C53" t="s">
-        <v>233</v>
+        <v>155</v>
       </c>
       <c r="D53" t="s">
-        <v>1760</v>
+        <v>1839</v>
       </c>
       <c r="E53" t="s">
-        <v>1743</v>
+        <v>1840</v>
       </c>
       <c r="F53" t="s">
-        <v>1609</v>
+        <v>1622</v>
       </c>
       <c r="G53" t="s">
-        <v>433</v>
+        <v>1021</v>
       </c>
       <c r="H53" t="s">
-        <v>434</v>
+        <v>1022</v>
       </c>
       <c r="I53" t="s">
-        <v>44</v>
+        <v>1606</v>
       </c>
       <c r="J53" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>10517.72</v>
+        <v>274</v>
+      </c>
+      <c r="K53" t="s">
+        <v>1607</v>
       </c>
       <c r="L53" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>9067</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1761</v>
+        <v>1842</v>
       </c>
       <c r="B54" t="s">
-        <v>801</v>
+        <v>779</v>
       </c>
       <c r="C54" t="s">
-        <v>239</v>
+        <v>169</v>
       </c>
       <c r="D54" t="s">
-        <v>1762</v>
+        <v>1843</v>
       </c>
       <c r="E54" t="s">
-        <v>1758</v>
+        <v>1844</v>
       </c>
       <c r="F54" t="s">
-        <v>1609</v>
+        <v>1845</v>
       </c>
       <c r="G54" t="s">
-        <v>436</v>
+        <v>1021</v>
       </c>
       <c r="H54" t="s">
-        <v>437</v>
+        <v>1022</v>
       </c>
       <c r="I54" t="s">
-        <v>44</v>
+        <v>1617</v>
       </c>
       <c r="J54" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>19731.81</v>
+        <v>274</v>
+      </c>
+      <c r="K54" t="s">
+        <v>1607</v>
       </c>
       <c r="L54" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>17010.18</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1763</v>
+        <v>1847</v>
       </c>
       <c r="B55" t="s">
+        <v>779</v>
+      </c>
+      <c r="C55" t="s">
+        <v>169</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1848</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1849</v>
+      </c>
+      <c r="F55" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I55" t="s">
+        <v>1623</v>
+      </c>
+      <c r="J55" t="s">
+        <v>274</v>
+      </c>
+      <c r="K55" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L55" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B56" t="s">
+        <v>779</v>
+      </c>
+      <c r="C56" t="s">
+        <v>169</v>
+      </c>
+      <c r="D56" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1853</v>
+      </c>
+      <c r="F56" t="s">
+        <v>1854</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I56" t="s">
+        <v>1617</v>
+      </c>
+      <c r="J56" t="s">
+        <v>274</v>
+      </c>
+      <c r="K56" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L56" t="s">
+        <v>1855</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1856</v>
+      </c>
+      <c r="B57" t="s">
+        <v>779</v>
+      </c>
+      <c r="C57" t="s">
+        <v>169</v>
+      </c>
+      <c r="D57" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F57" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I57" t="s">
+        <v>1623</v>
+      </c>
+      <c r="J57" t="s">
+        <v>274</v>
+      </c>
+      <c r="K57" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L57" t="s">
+        <v>1859</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B58" t="s">
+        <v>779</v>
+      </c>
+      <c r="C58" t="s">
+        <v>169</v>
+      </c>
+      <c r="D58" t="s">
+        <v>1861</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1862</v>
+      </c>
+      <c r="F58" t="s">
+        <v>1863</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I58" t="s">
+        <v>1617</v>
+      </c>
+      <c r="J58" t="s">
+        <v>274</v>
+      </c>
+      <c r="K58" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L58" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B59" t="s">
+        <v>779</v>
+      </c>
+      <c r="C59" t="s">
+        <v>169</v>
+      </c>
+      <c r="D59" t="s">
+        <v>1866</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1867</v>
+      </c>
+      <c r="F59" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I59" t="s">
+        <v>1623</v>
+      </c>
+      <c r="J59" t="s">
+        <v>274</v>
+      </c>
+      <c r="K59" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L59" t="s">
+        <v>1868</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1869</v>
+      </c>
+      <c r="B60" t="s">
+        <v>783</v>
+      </c>
+      <c r="C60" t="s">
+        <v>179</v>
+      </c>
+      <c r="D60" t="s">
+        <v>1870</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1871</v>
+      </c>
+      <c r="F60" t="s">
+        <v>1872</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I60" t="s">
+        <v>1612</v>
+      </c>
+      <c r="J60" t="s">
+        <v>310</v>
+      </c>
+      <c r="K60" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L60" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B61" t="s">
+        <v>783</v>
+      </c>
+      <c r="C61" t="s">
+        <v>179</v>
+      </c>
+      <c r="D61" t="s">
+        <v>1875</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1876</v>
+      </c>
+      <c r="F61" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I61" t="s">
+        <v>1606</v>
+      </c>
+      <c r="J61" t="s">
+        <v>310</v>
+      </c>
+      <c r="K61" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L61" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1878</v>
+      </c>
+      <c r="B62" t="s">
+        <v>786</v>
+      </c>
+      <c r="C62" t="s">
+        <v>187</v>
+      </c>
+      <c r="D62" t="s">
+        <v>1879</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1880</v>
+      </c>
+      <c r="F62" t="s">
+        <v>1881</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I62" t="s">
+        <v>1612</v>
+      </c>
+      <c r="J62" t="s">
+        <v>310</v>
+      </c>
+      <c r="K62" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L62" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B63" t="s">
+        <v>786</v>
+      </c>
+      <c r="C63" t="s">
+        <v>187</v>
+      </c>
+      <c r="D63" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F63" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I63" t="s">
+        <v>1606</v>
+      </c>
+      <c r="J63" t="s">
+        <v>310</v>
+      </c>
+      <c r="K63" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L63" t="s">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B64" t="s">
+        <v>789</v>
+      </c>
+      <c r="C64" t="s">
+        <v>198</v>
+      </c>
+      <c r="D64" t="s">
+        <v>1888</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1889</v>
+      </c>
+      <c r="F64" t="s">
+        <v>1890</v>
+      </c>
+      <c r="G64" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I64" t="s">
+        <v>1617</v>
+      </c>
+      <c r="J64" t="s">
+        <v>274</v>
+      </c>
+      <c r="K64" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L64" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B65" t="s">
+        <v>789</v>
+      </c>
+      <c r="C65" t="s">
+        <v>198</v>
+      </c>
+      <c r="D65" t="s">
+        <v>1893</v>
+      </c>
+      <c r="E65" t="s">
+        <v>1894</v>
+      </c>
+      <c r="F65" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I65" t="s">
+        <v>1623</v>
+      </c>
+      <c r="J65" t="s">
+        <v>274</v>
+      </c>
+      <c r="K65" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L65" t="s">
+        <v>1895</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>1896</v>
+      </c>
+      <c r="B66" t="s">
+        <v>791</v>
+      </c>
+      <c r="C66" t="s">
+        <v>206</v>
+      </c>
+      <c r="D66" t="s">
+        <v>1897</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1898</v>
+      </c>
+      <c r="F66" t="s">
+        <v>1899</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I66" t="s">
+        <v>1617</v>
+      </c>
+      <c r="J66" t="s">
+        <v>274</v>
+      </c>
+      <c r="K66" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L66" t="s">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B67" t="s">
+        <v>791</v>
+      </c>
+      <c r="C67" t="s">
+        <v>206</v>
+      </c>
+      <c r="D67" t="s">
+        <v>1902</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1903</v>
+      </c>
+      <c r="F67" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I67" t="s">
+        <v>1623</v>
+      </c>
+      <c r="J67" t="s">
+        <v>274</v>
+      </c>
+      <c r="K67" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L67" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B68" t="s">
+        <v>793</v>
+      </c>
+      <c r="C68" t="s">
+        <v>213</v>
+      </c>
+      <c r="D68" t="s">
+        <v>1906</v>
+      </c>
+      <c r="E68" t="s">
+        <v>1907</v>
+      </c>
+      <c r="F68" t="s">
+        <v>1908</v>
+      </c>
+      <c r="G68" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I68" t="s">
+        <v>1617</v>
+      </c>
+      <c r="J68" t="s">
+        <v>274</v>
+      </c>
+      <c r="K68" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L68" t="s">
+        <v>1909</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B69" t="s">
+        <v>793</v>
+      </c>
+      <c r="C69" t="s">
+        <v>213</v>
+      </c>
+      <c r="D69" t="s">
+        <v>1911</v>
+      </c>
+      <c r="E69" t="s">
+        <v>1912</v>
+      </c>
+      <c r="F69" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G69" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I69" t="s">
+        <v>1623</v>
+      </c>
+      <c r="J69" t="s">
+        <v>274</v>
+      </c>
+      <c r="K69" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L69" t="s">
+        <v>1913</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>1914</v>
+      </c>
+      <c r="B70" t="s">
+        <v>795</v>
+      </c>
+      <c r="C70" t="s">
+        <v>219</v>
+      </c>
+      <c r="D70" t="s">
+        <v>1915</v>
+      </c>
+      <c r="E70" t="s">
+        <v>1916</v>
+      </c>
+      <c r="F70" t="s">
+        <v>1917</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I70" t="s">
+        <v>1617</v>
+      </c>
+      <c r="J70" t="s">
+        <v>274</v>
+      </c>
+      <c r="K70" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L70" t="s">
+        <v>1918</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B71" t="s">
+        <v>795</v>
+      </c>
+      <c r="C71" t="s">
+        <v>219</v>
+      </c>
+      <c r="D71" t="s">
+        <v>1920</v>
+      </c>
+      <c r="E71" t="s">
+        <v>1921</v>
+      </c>
+      <c r="F71" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G71" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H71" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I71" t="s">
+        <v>1922</v>
+      </c>
+      <c r="J71" t="s">
+        <v>274</v>
+      </c>
+      <c r="K71" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L71" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B72" t="s">
+        <v>797</v>
+      </c>
+      <c r="C72" t="s">
+        <v>226</v>
+      </c>
+      <c r="D72" t="s">
+        <v>1925</v>
+      </c>
+      <c r="E72" t="s">
+        <v>1926</v>
+      </c>
+      <c r="F72" t="s">
+        <v>1927</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H72" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I72" t="s">
+        <v>1617</v>
+      </c>
+      <c r="J72" t="s">
+        <v>274</v>
+      </c>
+      <c r="K72" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L72" t="s">
+        <v>1928</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>1929</v>
+      </c>
+      <c r="B73" t="s">
+        <v>797</v>
+      </c>
+      <c r="C73" t="s">
+        <v>226</v>
+      </c>
+      <c r="D73" t="s">
+        <v>1930</v>
+      </c>
+      <c r="E73" t="s">
+        <v>1931</v>
+      </c>
+      <c r="F73" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G73" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H73" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I73" t="s">
+        <v>1623</v>
+      </c>
+      <c r="J73" t="s">
+        <v>274</v>
+      </c>
+      <c r="K73" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L73" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B74" t="s">
+        <v>797</v>
+      </c>
+      <c r="C74" t="s">
+        <v>226</v>
+      </c>
+      <c r="D74" t="s">
+        <v>1934</v>
+      </c>
+      <c r="E74" t="s">
+        <v>1935</v>
+      </c>
+      <c r="F74" t="s">
+        <v>1936</v>
+      </c>
+      <c r="G74" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I74" t="s">
+        <v>1617</v>
+      </c>
+      <c r="J74" t="s">
+        <v>274</v>
+      </c>
+      <c r="K74" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L74" t="s">
+        <v>1937</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>1938</v>
+      </c>
+      <c r="B75" t="s">
+        <v>797</v>
+      </c>
+      <c r="C75" t="s">
+        <v>226</v>
+      </c>
+      <c r="D75" t="s">
+        <v>1939</v>
+      </c>
+      <c r="E75" t="s">
+        <v>1940</v>
+      </c>
+      <c r="F75" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G75" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H75" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I75" t="s">
+        <v>1623</v>
+      </c>
+      <c r="J75" t="s">
+        <v>274</v>
+      </c>
+      <c r="K75" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L75" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B76" t="s">
+        <v>799</v>
+      </c>
+      <c r="C76" t="s">
+        <v>234</v>
+      </c>
+      <c r="D76" t="s">
+        <v>1943</v>
+      </c>
+      <c r="E76" t="s">
+        <v>1944</v>
+      </c>
+      <c r="F76" t="s">
+        <v>1945</v>
+      </c>
+      <c r="G76" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H76" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I76" t="s">
+        <v>1617</v>
+      </c>
+      <c r="J76" t="s">
+        <v>274</v>
+      </c>
+      <c r="K76" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L76" t="s">
+        <v>1946</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>1947</v>
+      </c>
+      <c r="B77" t="s">
+        <v>799</v>
+      </c>
+      <c r="C77" t="s">
+        <v>234</v>
+      </c>
+      <c r="D77" t="s">
+        <v>1948</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1949</v>
+      </c>
+      <c r="F77" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G77" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I77" t="s">
+        <v>1623</v>
+      </c>
+      <c r="J77" t="s">
+        <v>274</v>
+      </c>
+      <c r="K77" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L77" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B78" t="s">
+        <v>801</v>
+      </c>
+      <c r="C78" t="s">
+        <v>242</v>
+      </c>
+      <c r="D78" t="s">
+        <v>1952</v>
+      </c>
+      <c r="E78" t="s">
+        <v>1953</v>
+      </c>
+      <c r="F78" t="s">
+        <v>1954</v>
+      </c>
+      <c r="G78" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I78" t="s">
+        <v>1617</v>
+      </c>
+      <c r="J78" t="s">
+        <v>274</v>
+      </c>
+      <c r="K78" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L78" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>1956</v>
+      </c>
+      <c r="B79" t="s">
+        <v>801</v>
+      </c>
+      <c r="C79" t="s">
+        <v>242</v>
+      </c>
+      <c r="D79" t="s">
+        <v>1957</v>
+      </c>
+      <c r="E79" t="s">
+        <v>1958</v>
+      </c>
+      <c r="F79" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G79" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I79" t="s">
+        <v>1623</v>
+      </c>
+      <c r="J79" t="s">
+        <v>274</v>
+      </c>
+      <c r="K79" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L79" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B80" t="s">
         <v>803</v>
       </c>
-      <c r="C55" t="s">
-[...30 lines deleted...]
-        <v>20350</v>
+      <c r="C80" t="s">
+        <v>248</v>
+      </c>
+      <c r="D80" t="s">
+        <v>1961</v>
+      </c>
+      <c r="E80" t="s">
+        <v>1962</v>
+      </c>
+      <c r="F80" t="s">
+        <v>1963</v>
+      </c>
+      <c r="G80" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H80" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I80" t="s">
+        <v>1612</v>
+      </c>
+      <c r="J80" t="s">
+        <v>274</v>
+      </c>
+      <c r="K80" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L80" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B81" t="s">
+        <v>803</v>
+      </c>
+      <c r="C81" t="s">
+        <v>248</v>
+      </c>
+      <c r="D81" t="s">
+        <v>1966</v>
+      </c>
+      <c r="E81" t="s">
+        <v>1967</v>
+      </c>
+      <c r="F81" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G81" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H81" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I81" t="s">
+        <v>1606</v>
+      </c>
+      <c r="J81" t="s">
+        <v>274</v>
+      </c>
+      <c r="K81" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L81" t="s">
+        <v>1968</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>1969</v>
+      </c>
+      <c r="B82" t="s">
+        <v>803</v>
+      </c>
+      <c r="C82" t="s">
+        <v>248</v>
+      </c>
+      <c r="D82" t="s">
+        <v>1970</v>
+      </c>
+      <c r="E82" t="s">
+        <v>1971</v>
+      </c>
+      <c r="F82" t="s">
+        <v>1972</v>
+      </c>
+      <c r="G82" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H82" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I82" t="s">
+        <v>1612</v>
+      </c>
+      <c r="J82" t="s">
+        <v>274</v>
+      </c>
+      <c r="K82" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L82" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>1974</v>
+      </c>
+      <c r="B83" t="s">
+        <v>803</v>
+      </c>
+      <c r="C83" t="s">
+        <v>248</v>
+      </c>
+      <c r="D83" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E83" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F83" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G83" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H83" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I83" t="s">
+        <v>1606</v>
+      </c>
+      <c r="J83" t="s">
+        <v>274</v>
+      </c>
+      <c r="K83" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L83" t="s">
+        <v>1977</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B84" t="s">
+        <v>803</v>
+      </c>
+      <c r="C84" t="s">
+        <v>248</v>
+      </c>
+      <c r="D84" t="s">
+        <v>1979</v>
+      </c>
+      <c r="E84" t="s">
+        <v>1980</v>
+      </c>
+      <c r="F84" t="s">
+        <v>1981</v>
+      </c>
+      <c r="G84" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H84" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I84" t="s">
+        <v>1612</v>
+      </c>
+      <c r="J84" t="s">
+        <v>274</v>
+      </c>
+      <c r="K84" t="s">
+        <v>1782</v>
+      </c>
+      <c r="L84" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B85" t="s">
+        <v>803</v>
+      </c>
+      <c r="C85" t="s">
+        <v>248</v>
+      </c>
+      <c r="D85" t="s">
+        <v>1984</v>
+      </c>
+      <c r="E85" t="s">
+        <v>1985</v>
+      </c>
+      <c r="F85" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G85" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H85" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I85" t="s">
+        <v>1606</v>
+      </c>
+      <c r="J85" t="s">
+        <v>274</v>
+      </c>
+      <c r="K85" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L85" t="s">
+        <v>1986</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>1987</v>
+      </c>
+      <c r="B86" t="s">
+        <v>803</v>
+      </c>
+      <c r="C86" t="s">
+        <v>248</v>
+      </c>
+      <c r="D86" t="s">
+        <v>1988</v>
+      </c>
+      <c r="E86" t="s">
+        <v>1989</v>
+      </c>
+      <c r="F86" t="s">
+        <v>1990</v>
+      </c>
+      <c r="G86" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H86" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I86" t="s">
+        <v>1612</v>
+      </c>
+      <c r="J86" t="s">
+        <v>274</v>
+      </c>
+      <c r="K86" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L86" t="s">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B87" t="s">
+        <v>803</v>
+      </c>
+      <c r="C87" t="s">
+        <v>248</v>
+      </c>
+      <c r="D87" t="s">
+        <v>1993</v>
+      </c>
+      <c r="E87" t="s">
+        <v>1994</v>
+      </c>
+      <c r="F87" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G87" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H87" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I87" t="s">
+        <v>1606</v>
+      </c>
+      <c r="J87" t="s">
+        <v>274</v>
+      </c>
+      <c r="K87" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L87" t="s">
+        <v>1995</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>1996</v>
+      </c>
+      <c r="B88" t="s">
+        <v>803</v>
+      </c>
+      <c r="C88" t="s">
+        <v>248</v>
+      </c>
+      <c r="D88" t="s">
+        <v>1997</v>
+      </c>
+      <c r="E88" t="s">
+        <v>1998</v>
+      </c>
+      <c r="F88" t="s">
+        <v>1999</v>
+      </c>
+      <c r="G88" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H88" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I88" t="s">
+        <v>1612</v>
+      </c>
+      <c r="J88" t="s">
+        <v>274</v>
+      </c>
+      <c r="K88" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L88" t="s">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>2001</v>
+      </c>
+      <c r="B89" t="s">
+        <v>803</v>
+      </c>
+      <c r="C89" t="s">
+        <v>248</v>
+      </c>
+      <c r="D89" t="s">
+        <v>2002</v>
+      </c>
+      <c r="E89" t="s">
+        <v>2003</v>
+      </c>
+      <c r="F89" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G89" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H89" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I89" t="s">
+        <v>1805</v>
+      </c>
+      <c r="J89" t="s">
+        <v>274</v>
+      </c>
+      <c r="K89" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L89" t="s">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>2005</v>
+      </c>
+      <c r="B90" t="s">
+        <v>803</v>
+      </c>
+      <c r="C90" t="s">
+        <v>248</v>
+      </c>
+      <c r="D90" t="s">
+        <v>2006</v>
+      </c>
+      <c r="E90" t="s">
+        <v>2007</v>
+      </c>
+      <c r="F90" t="s">
+        <v>2008</v>
+      </c>
+      <c r="G90" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H90" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I90" t="s">
+        <v>1612</v>
+      </c>
+      <c r="J90" t="s">
+        <v>274</v>
+      </c>
+      <c r="K90" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L90" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B91" t="s">
+        <v>803</v>
+      </c>
+      <c r="C91" t="s">
+        <v>248</v>
+      </c>
+      <c r="D91" t="s">
+        <v>2011</v>
+      </c>
+      <c r="E91" t="s">
+        <v>2012</v>
+      </c>
+      <c r="F91" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G91" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H91" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I91" t="s">
+        <v>1606</v>
+      </c>
+      <c r="J91" t="s">
+        <v>274</v>
+      </c>
+      <c r="K91" t="s">
+        <v>2013</v>
+      </c>
+      <c r="L91" t="s">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>2015</v>
+      </c>
+      <c r="B92" t="s">
+        <v>803</v>
+      </c>
+      <c r="C92" t="s">
+        <v>248</v>
+      </c>
+      <c r="D92" t="s">
+        <v>2016</v>
+      </c>
+      <c r="E92" t="s">
+        <v>2017</v>
+      </c>
+      <c r="F92" t="s">
+        <v>2018</v>
+      </c>
+      <c r="G92" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H92" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I92" t="s">
+        <v>1612</v>
+      </c>
+      <c r="J92" t="s">
+        <v>274</v>
+      </c>
+      <c r="K92" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L92" t="s">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>2020</v>
+      </c>
+      <c r="B93" t="s">
+        <v>803</v>
+      </c>
+      <c r="C93" t="s">
+        <v>248</v>
+      </c>
+      <c r="D93" t="s">
+        <v>2021</v>
+      </c>
+      <c r="E93" t="s">
+        <v>2022</v>
+      </c>
+      <c r="F93" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G93" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H93" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I93" t="s">
+        <v>1606</v>
+      </c>
+      <c r="J93" t="s">
+        <v>274</v>
+      </c>
+      <c r="K93" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L93" t="s">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B94" t="s">
+        <v>803</v>
+      </c>
+      <c r="C94" t="s">
+        <v>248</v>
+      </c>
+      <c r="D94" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E94" t="s">
+        <v>2026</v>
+      </c>
+      <c r="F94" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G94" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H94" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I94" t="s">
+        <v>1612</v>
+      </c>
+      <c r="J94" t="s">
+        <v>274</v>
+      </c>
+      <c r="K94" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L94" t="s">
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>2028</v>
+      </c>
+      <c r="B95" t="s">
+        <v>803</v>
+      </c>
+      <c r="C95" t="s">
+        <v>248</v>
+      </c>
+      <c r="D95" t="s">
+        <v>2029</v>
+      </c>
+      <c r="E95" t="s">
+        <v>2030</v>
+      </c>
+      <c r="F95" t="s">
+        <v>2031</v>
+      </c>
+      <c r="G95" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H95" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I95" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J95" t="s">
+        <v>274</v>
+      </c>
+      <c r="K95" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L95" t="s">
+        <v>2032</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B96" t="s">
+        <v>803</v>
+      </c>
+      <c r="C96" t="s">
+        <v>248</v>
+      </c>
+      <c r="D96" t="s">
+        <v>2034</v>
+      </c>
+      <c r="E96" t="s">
+        <v>2035</v>
+      </c>
+      <c r="F96" t="s">
+        <v>2036</v>
+      </c>
+      <c r="G96" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H96" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I96" t="s">
+        <v>1612</v>
+      </c>
+      <c r="J96" t="s">
+        <v>274</v>
+      </c>
+      <c r="K96" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L96" t="s">
+        <v>2037</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>2038</v>
+      </c>
+      <c r="B97" t="s">
+        <v>803</v>
+      </c>
+      <c r="C97" t="s">
+        <v>248</v>
+      </c>
+      <c r="D97" t="s">
+        <v>2039</v>
+      </c>
+      <c r="E97" t="s">
+        <v>2040</v>
+      </c>
+      <c r="F97" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G97" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H97" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I97" t="s">
+        <v>1606</v>
+      </c>
+      <c r="J97" t="s">
+        <v>274</v>
+      </c>
+      <c r="K97" t="s">
+        <v>1607</v>
+      </c>
+      <c r="L97" t="s">
+        <v>2041</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>22</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="22" baseType="lpstr">
       <vt:lpstr>main</vt:lpstr>
       <vt:lpstr>awards</vt:lpstr>
       <vt:lpstr>awards_suppliers</vt:lpstr>
       <vt:lpstr>parties</vt:lpstr>
       <vt:lpstr>contracts</vt:lpstr>
       <vt:lpstr>contracts_items</vt:lpstr>
       <vt:lpstr>contracts_documents</vt:lpstr>
       <vt:lpstr>contracts_value_exchangerates</vt:lpstr>
+      <vt:lpstr>contracts_implementa_documents</vt:lpstr>
       <vt:lpstr>contract_implemen_transactions</vt:lpstr>
+      <vt:lpstr>planning_documents</vt:lpstr>
       <vt:lpstr>planning_requestingunits</vt:lpstr>
       <vt:lpstr>planning_contractingunits</vt:lpstr>
       <vt:lpstr>planning_responsibleunits</vt:lpstr>
-      <vt:lpstr>contracts_implementa_documents</vt:lpstr>
-      <vt:lpstr>planning_documents</vt:lpstr>
       <vt:lpstr>planning_requestsforquotes</vt:lpstr>
       <vt:lpstr>planning_requestsforq_items</vt:lpstr>
       <vt:lpstr>planning_requestsfor_quotes</vt:lpstr>
       <vt:lpstr>plannin_request_quotes_items</vt:lpstr>
       <vt:lpstr>planni_reques_invitedsuppliers</vt:lpstr>
       <vt:lpstr>planning_budget_budgetbreakdown</vt:lpstr>
       <vt:lpstr>plann_budge_budge_budgetlines</vt:lpstr>
       <vt:lpstr>plan_budg_budg_budg_components</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>