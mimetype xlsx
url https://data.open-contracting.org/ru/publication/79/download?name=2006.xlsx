--- v0 (2025-11-30)
+++ v1 (2025-12-14)
@@ -24,51 +24,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="main" sheetId="1" r:id="rId1"/>
     <sheet name="parties" sheetId="2" r:id="rId2"/>
     <sheet name="tender_documents" sheetId="3" r:id="rId3"/>
     <sheet name="bids" sheetId="4" r:id="rId4"/>
     <sheet name="awards" sheetId="5" r:id="rId5"/>
     <sheet name="awards_suppliers" sheetId="6" r:id="rId6"/>
     <sheet name="contracts" sheetId="7" r:id="rId7"/>
     <sheet name="tender_tenderers" sheetId="8" r:id="rId8"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2762" uniqueCount="1084">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3149" uniqueCount="1232">
   <si>
     <t>_link</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>tag</t>
   </si>
   <si>
     <t>date</t>
   </si>
   <si>
     <t>ocid</t>
   </si>
   <si>
     <t>language</t>
   </si>
   <si>
     <t>initiationType</t>
   </si>
   <si>
     <t>buyer_id</t>
   </si>
   <si>
@@ -89,3237 +89,3681 @@
   <si>
     <t>tender_procurementMethodDetails</t>
   </si>
   <si>
     <t>tender_mainProcurementCategory</t>
   </si>
   <si>
     <t>tender_procurementMethod</t>
   </si>
   <si>
     <t>tender_tenderPeriod_endDate</t>
   </si>
   <si>
     <t>tender_tenderPeriod_startDate</t>
   </si>
   <si>
     <t>tender_tenderPeriod_durationInDay</t>
   </si>
   <si>
     <t>tender_procuringEntity_id</t>
   </si>
   <si>
     <t>tender_procuringEntity_name</t>
   </si>
   <si>
+    <t>tender_numberOfTenderers</t>
+  </si>
+  <si>
     <t>tender_value_amount</t>
   </si>
   <si>
     <t>tender_minValue_amount</t>
   </si>
   <si>
-    <t>tender_numberOfTenderers</t>
-[...1 lines deleted...]
-  <si>
     <t>tender_deliveryarea</t>
   </si>
   <si>
     <t>tender_tenderPeriod_durationInDays</t>
   </si>
   <si>
     <t>id-0.0</t>
   </si>
   <si>
+    <t>ocds-ec9k95-100652-2006-06-06T11:00:01Z</t>
+  </si>
+  <si>
+    <t>compiled</t>
+  </si>
+  <si>
+    <t>2006-06-06T11:00:01Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-100652</t>
+  </si>
+  <si>
+    <t>fr</t>
+  </si>
+  <si>
+    <t>tender</t>
+  </si>
+  <si>
+    <t>OP-13827</t>
+  </si>
+  <si>
+    <t>Ville d'Acton Vale.</t>
+  </si>
+  <si>
+    <t>Matériaux granulaires</t>
+  </si>
+  <si>
+    <t>Fourniture de matériaux granulaires (du 3 juillet 2006 au 3 juillet 2007)</t>
+  </si>
+  <si>
+    <t>cancelled</t>
+  </si>
+  <si>
+    <t>Approvisionnement (biens)</t>
+  </si>
+  <si>
+    <t>Avis d’appel d’offres</t>
+  </si>
+  <si>
+    <t>goods</t>
+  </si>
+  <si>
+    <t>open</t>
+  </si>
+  <si>
+    <t>2006-06-27T14:00:00Z</t>
+  </si>
+  <si>
+    <t>id-0.1</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-95677-2006-05-11T19:17:02Z</t>
+  </si>
+  <si>
+    <t>2006-05-11T19:17:02Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-95677</t>
+  </si>
+  <si>
+    <t>OP-36484</t>
+  </si>
+  <si>
+    <t>Municipalité de Wotton</t>
+  </si>
+  <si>
+    <t>2006-02</t>
+  </si>
+  <si>
+    <t>Cueillette et Élimination des matières résiduelles</t>
+  </si>
+  <si>
+    <t>active</t>
+  </si>
+  <si>
+    <t>Services</t>
+  </si>
+  <si>
+    <t>services</t>
+  </si>
+  <si>
+    <t>2006-05-31T15:00:00Z</t>
+  </si>
+  <si>
+    <t>id-1.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-100883-2006-06-07T17:06:59Z</t>
+  </si>
+  <si>
+    <t>2006-06-07T17:06:59Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-100883</t>
+  </si>
+  <si>
+    <t>OP-81789</t>
+  </si>
+  <si>
+    <t>Ville de Montréal - Arrondissement de Villeray—Saint-Michel—Parc-Extension</t>
+  </si>
+  <si>
+    <t>5253</t>
+  </si>
+  <si>
+    <t>PISCINE RENÉ-GOUPIL - RÉFECTION PARTIELLE DE LA TOITURE</t>
+  </si>
+  <si>
+    <t>Travaux de construction</t>
+  </si>
+  <si>
+    <t>works</t>
+  </si>
+  <si>
+    <t>2006-06-28T04:00:00Z</t>
+  </si>
+  <si>
+    <t>id-1.1</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-116572-2006-09-15T07:00:01-04:00</t>
+  </si>
+  <si>
+    <t>2006-09-15T07:00:01-04:00</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-116572</t>
+  </si>
+  <si>
+    <t>OP-25303</t>
+  </si>
+  <si>
+    <t>Municipalité de Crabtree.</t>
+  </si>
+  <si>
+    <t>J7725-02 et J7725-02</t>
+  </si>
+  <si>
+    <t>Prolongement des services municipaux, montée des Bois, chemin Ste-Marie</t>
+  </si>
+  <si>
+    <t>complete</t>
+  </si>
+  <si>
+    <t>2006-10-04T10:00:00-04:00</t>
+  </si>
+  <si>
+    <t>id-2.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-103250-2006-06-19T17:45:23Z</t>
+  </si>
+  <si>
+    <t>2006-06-19T17:45:23Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-103250</t>
+  </si>
+  <si>
+    <t>OP-2259</t>
+  </si>
+  <si>
+    <t>Centre intégré universitaire de santé et de services sociaux de la Capitale-Nationale -  Vieille-Capitale</t>
+  </si>
+  <si>
+    <t>2006-07-05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bilirubinomètres </t>
+  </si>
+  <si>
+    <t>2006-07-05T18:00:00Z</t>
+  </si>
+  <si>
+    <t>id-2.1</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-89184-2006-03-28T20:16:09Z</t>
+  </si>
+  <si>
+    <t>2006-03-28T20:16:09Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-89184</t>
+  </si>
+  <si>
+    <t>OP-24817</t>
+  </si>
+  <si>
+    <t>Directeur général des élections du Québec</t>
+  </si>
+  <si>
+    <t>DGEQ 06-11</t>
+  </si>
+  <si>
+    <t>Services d'une ressource pour réaliser un diagnostic organisationnel en technologie de l'information</t>
+  </si>
+  <si>
+    <t>2006-04-20T19:00:00Z</t>
+  </si>
+  <si>
+    <t>id-3.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-111926-2006-08-11T18:03:12Z</t>
+  </si>
+  <si>
+    <t>2006-08-11T18:03:12Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-111926</t>
+  </si>
+  <si>
+    <t>OP-36574</t>
+  </si>
+  <si>
+    <t>Municipalité de Saint-Bernard..</t>
+  </si>
+  <si>
+    <t>No.6</t>
+  </si>
+  <si>
+    <t>Entretien en hiver d'une partie des chemins de la municipalité Saint-Bernard (contrat no. 1, rang du secteur sud)</t>
+  </si>
+  <si>
+    <t>2006-08-28T18:00:00Z</t>
+  </si>
+  <si>
+    <t>id-4.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-108659-2006-07-19T19:22:12Z</t>
+  </si>
+  <si>
+    <t>2006-07-19T19:22:12Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-108659</t>
+  </si>
+  <si>
+    <t>DGEQ 06-29</t>
+  </si>
+  <si>
+    <t>Impression de formulaires autocopiants</t>
+  </si>
+  <si>
+    <t>2006-07-26T19:00:00Z</t>
+  </si>
+  <si>
+    <t>id-5.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-111573-2006-08-08T17:59:48Z</t>
+  </si>
+  <si>
+    <t>2006-08-08T17:59:48Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-111573</t>
+  </si>
+  <si>
+    <t>OP-14108</t>
+  </si>
+  <si>
+    <t>MRC de D'Autray</t>
+  </si>
+  <si>
+    <t>MR2006-01</t>
+  </si>
+  <si>
+    <t>Gestion des matières résiduelles destinées à l'élimination</t>
+  </si>
+  <si>
+    <t>2006-09-12T16:00:00Z</t>
+  </si>
+  <si>
+    <t>id-6.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-113931-2006-08-24T13:53:14Z</t>
+  </si>
+  <si>
+    <t>2006-08-24T13:53:14Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-113931</t>
+  </si>
+  <si>
+    <t>OP-81367</t>
+  </si>
+  <si>
+    <t>Centre de services scolaire de la Rivière-du-Nord</t>
+  </si>
+  <si>
+    <t>26265009</t>
+  </si>
+  <si>
+    <t>Agrandissement et réaménagement du Centre Performance Plus à Lachute (Québec)</t>
+  </si>
+  <si>
+    <t>2006-09-25T18:00:00Z</t>
+  </si>
+  <si>
+    <t>id-7.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-114055-2006-08-30T17:05:50Z</t>
+  </si>
+  <si>
+    <t>2006-08-30T17:05:50Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-114055</t>
+  </si>
+  <si>
+    <t>OP-81376</t>
+  </si>
+  <si>
+    <t>Centre de services scolaire des Hautes-Laurentides</t>
+  </si>
+  <si>
+    <t>07368288</t>
+  </si>
+  <si>
+    <t>Réfection toiture EPSJ</t>
+  </si>
+  <si>
+    <t>2006-09-21T18:00:00Z</t>
+  </si>
+  <si>
+    <t>id-8.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-109143-2006-07-21T19:34:22Z</t>
+  </si>
+  <si>
+    <t>2006-07-21T19:34:22Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-109143</t>
+  </si>
+  <si>
+    <t>DGEQ 06-28</t>
+  </si>
+  <si>
+    <t>Sondage dans le but d'évaluer la satisfaction de la clientèle après les élections générales</t>
+  </si>
+  <si>
+    <t>2006-08-16T19:00:00Z</t>
+  </si>
+  <si>
+    <t>id-9.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-112990-2006-08-17T13:35:03Z</t>
+  </si>
+  <si>
+    <t>2006-08-17T13:35:03Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-112990</t>
+  </si>
+  <si>
+    <t>OP-91608</t>
+  </si>
+  <si>
+    <t>Municipalité de Beaulac-Garthby.</t>
+  </si>
+  <si>
+    <t>06006</t>
+  </si>
+  <si>
+    <t>SOUMISSION PORTEUR D'EAU</t>
+  </si>
+  <si>
+    <t>2006-08-31T18:00:00Z</t>
+  </si>
+  <si>
+    <t>id-10.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-115103-2006-09-01T19:21:20Z</t>
+  </si>
+  <si>
+    <t>2006-09-01T19:21:20Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-115103</t>
+  </si>
+  <si>
+    <t>DGEQ 06-33</t>
+  </si>
+  <si>
+    <t>Contrat ouvert pour le recrutement de préposés aux renseignements</t>
+  </si>
+  <si>
+    <t>2006-09-18T19:00:00Z</t>
+  </si>
+  <si>
+    <t>id-11.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-101416-2006-06-08T19:29:51Z</t>
+  </si>
+  <si>
+    <t>2006-06-08T19:29:51Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-101416</t>
+  </si>
+  <si>
+    <t>OP-59063</t>
+  </si>
+  <si>
+    <t>Municipalité de Saint-Raphaël</t>
+  </si>
+  <si>
+    <t>St-Raphaël 08-06</t>
+  </si>
+  <si>
+    <t>appel d'offres pour l'achat d'une unité d'urgence pour le service de protection incendie</t>
+  </si>
+  <si>
+    <t>2006-07-06T18:00:00Z</t>
+  </si>
+  <si>
+    <t>id-11.1</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-125056-2006-11-23T12:00:00Z</t>
+  </si>
+  <si>
+    <t>2006-11-23T12:00:00Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-125056</t>
+  </si>
+  <si>
+    <t>ST-06-006</t>
+  </si>
+  <si>
+    <t>Camion échelle-autopompe</t>
+  </si>
+  <si>
+    <t>2006-12-14T16:00:00Z</t>
+  </si>
+  <si>
+    <t>id-11.2</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-79527-2006-02-02T12:00:01Z</t>
+  </si>
+  <si>
+    <t>2006-02-02T12:00:01Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-79527</t>
+  </si>
+  <si>
+    <t>Rue Bonin</t>
+  </si>
+  <si>
+    <t>Travaux relatifs au poste de dosage de polyphosphates</t>
+  </si>
+  <si>
+    <t>2006-02-28T16:00:00Z</t>
+  </si>
+  <si>
+    <t>id-11.3</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-88196-2006-03-24T15:03:12Z</t>
+  </si>
+  <si>
+    <t>2006-03-24T15:03:12Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-88196</t>
+  </si>
+  <si>
+    <t>No. 1</t>
+  </si>
+  <si>
+    <t>Fourniture et transport de matériaux granulaires</t>
+  </si>
+  <si>
+    <t>2006-04-10T18:00:00Z</t>
+  </si>
+  <si>
+    <t>id-11.4</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-95645-2006-05-09T14:54:59Z</t>
+  </si>
+  <si>
+    <t>2006-05-09T14:54:59Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-95645</t>
+  </si>
+  <si>
+    <t>2006-01</t>
+  </si>
+  <si>
+    <t>Cueillette  et élimination des matières résiduelles</t>
+  </si>
+  <si>
+    <t>id-12.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-101487-2006-06-09T13:13:27Z</t>
+  </si>
+  <si>
+    <t>2006-06-09T13:13:27Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-101487</t>
+  </si>
+  <si>
+    <t>OP-59151</t>
+  </si>
+  <si>
+    <t>Municipalité de Saint-Hubert-de-Rivière-du-Loup.</t>
+  </si>
+  <si>
+    <t>Rés. 06-05-118</t>
+  </si>
+  <si>
+    <t>Construction d'un bâtiment de services</t>
+  </si>
+  <si>
+    <t>id-12.1</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-127665-2006-12-13T14:26:03Z</t>
+  </si>
+  <si>
+    <t>2006-12-13T14:26:03Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-127665</t>
+  </si>
+  <si>
+    <t>OP-14088</t>
+  </si>
+  <si>
+    <t>Ville de Vaudreuil-Dorion.</t>
+  </si>
+  <si>
+    <t>401-110-06-57 (GR0055)</t>
+  </si>
+  <si>
+    <t>Service d'entretien ménager pour bâtiments municipaux</t>
+  </si>
+  <si>
+    <t>2007-01-04T15:00:00Z</t>
+  </si>
+  <si>
+    <t>id-12.2</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-83123-2006-02-22T15:01:16Z</t>
+  </si>
+  <si>
+    <t>2006-02-22T15:01:16Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-83123</t>
+  </si>
+  <si>
+    <t>OP-59041</t>
+  </si>
+  <si>
+    <t>Municipalité de Saint-Lazare-de-Bellechasse.</t>
+  </si>
+  <si>
+    <t>MunStLaz0001-06</t>
+  </si>
+  <si>
+    <t>Pulvérisation, rechargement et pavage</t>
+  </si>
+  <si>
+    <t>2006-03-17T15:00:00Z</t>
+  </si>
+  <si>
+    <t>id-12.3</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-90251-2006-04-07T11:00:02Z</t>
+  </si>
+  <si>
+    <t>2006-04-07T11:00:02Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-90251</t>
+  </si>
+  <si>
+    <t>Professionnels</t>
+  </si>
+  <si>
+    <t>Services professionnels d'ingénierie</t>
+  </si>
+  <si>
+    <t>2006-05-12T15:00:00Z</t>
+  </si>
+  <si>
+    <t>id-12.4</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-97084-2006-05-16T13:40:16Z</t>
+  </si>
+  <si>
+    <t>2006-05-16T13:40:16Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-97084</t>
+  </si>
+  <si>
+    <t>OP-2664</t>
+  </si>
+  <si>
+    <t>Ville de Portneuf.</t>
+  </si>
+  <si>
+    <t>jetée marina</t>
+  </si>
+  <si>
+    <t>Réparation de la jetée est à la marina</t>
+  </si>
+  <si>
+    <t>2006-06-07T18:30:00Z</t>
+  </si>
+  <si>
+    <t>id-13.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-107599-2006-07-12T19:43:31Z</t>
+  </si>
+  <si>
+    <t>2006-07-12T19:43:31Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-107599</t>
+  </si>
+  <si>
+    <t>06004</t>
+  </si>
+  <si>
+    <t>soumission camion et citerne</t>
+  </si>
+  <si>
+    <t>2006-08-02T18:00:00Z</t>
+  </si>
+  <si>
+    <t>id-13.1</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-92556-2006-04-20T14:45:26Z</t>
+  </si>
+  <si>
+    <t>2006-04-20T14:45:26Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-92556</t>
+  </si>
+  <si>
+    <t>OP-25033</t>
+  </si>
+  <si>
+    <t>Municipalité de la Paroisse de Disraeli</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Entretien des chemins d'hiver</t>
+  </si>
+  <si>
+    <t>2006-06-07T20:30:00Z</t>
+  </si>
+  <si>
+    <t>id-14.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-101724-2006-06-09T19:51:57Z</t>
+  </si>
+  <si>
+    <t>2006-06-09T19:51:57Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-101724</t>
+  </si>
+  <si>
+    <t>DGEQ 06-18</t>
+  </si>
+  <si>
+    <t>Acquisition et impression de 38550 boîtes découpées en carton (urnes de scrutin)</t>
+  </si>
+  <si>
+    <t>2006-06-21T19:00:00Z</t>
+  </si>
+  <si>
+    <t>id-14.1</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-125256-2006-11-24T15:08:57Z</t>
+  </si>
+  <si>
+    <t>2006-11-24T15:08:57Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-125256</t>
+  </si>
+  <si>
+    <t>DGEQ 06-36-1</t>
+  </si>
+  <si>
+    <t>Contrat de construction - Rénovation et entretien des ascenseurs</t>
+  </si>
+  <si>
+    <t>2007-01-10T20:00:00Z</t>
+  </si>
+  <si>
+    <t>id-14.2</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-81354-2006-02-10T21:24:41Z</t>
+  </si>
+  <si>
+    <t>2006-02-10T21:24:41Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-81354</t>
+  </si>
+  <si>
+    <t>OP-13482</t>
+  </si>
+  <si>
+    <t>Ministère des Affaires municipales et de l'Habitation</t>
+  </si>
+  <si>
+    <t>MAMR-16</t>
+  </si>
+  <si>
+    <t>Apporter un soutien à titre d'architecte de données senior pour le développement et l'entretien des systèmes</t>
+  </si>
+  <si>
+    <t>2006-03-03T15:00:00Z</t>
+  </si>
+  <si>
+    <t>id-14.3</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-90435-2006-04-07T20:16:40Z</t>
+  </si>
+  <si>
+    <t>2006-04-07T20:16:40Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-90435</t>
+  </si>
+  <si>
+    <t>OP-59053</t>
+  </si>
+  <si>
+    <t>Ville de Québec</t>
+  </si>
+  <si>
+    <t>VQ-36634 / PBS2005-004</t>
+  </si>
+  <si>
+    <t>Aménagement d'une place publique - Masson / Père-Lelièvre - Arrondissement des Rivières</t>
+  </si>
+  <si>
+    <t>2006-05-01T18:15:00Z</t>
+  </si>
+  <si>
+    <t>id-14.4</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-99124-2006-05-26T20:16:29Z</t>
+  </si>
+  <si>
+    <t>2006-05-26T20:16:29Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-99124</t>
+  </si>
+  <si>
+    <t>OP-59283</t>
+  </si>
+  <si>
+    <t>Ville de Cowansville</t>
+  </si>
+  <si>
+    <t>2532 02 01</t>
+  </si>
+  <si>
+    <t>Fourniture d'un camion 6 roues avec benne basculante</t>
+  </si>
+  <si>
+    <t>2006-06-13T15:00:00Z</t>
+  </si>
+  <si>
+    <t>id-15.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-102684-2006-06-16T20:50:29Z</t>
+  </si>
+  <si>
+    <t>2006-06-16T20:50:29Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-102684</t>
+  </si>
+  <si>
+    <t>OP-14115</t>
+  </si>
+  <si>
+    <t>Municipalité de Sainte-Anne-de-la-Rochelle.</t>
+  </si>
+  <si>
+    <t>Entretien et le déneigment des chemins d'hiver</t>
+  </si>
+  <si>
+    <t>2006-07-14T20:00:00Z</t>
+  </si>
+  <si>
+    <t>id-15.1</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-125030-2006-11-21T20:14:25Z</t>
+  </si>
+  <si>
+    <t>2006-11-21T20:14:25Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-125030</t>
+  </si>
+  <si>
+    <t>OP-91598</t>
+  </si>
+  <si>
+    <t>Municipalité de Saint-Théophile.</t>
+  </si>
+  <si>
+    <t>CA-2006</t>
+  </si>
+  <si>
+    <t>ACHAT D'UN CAMION AUTOPOMPE</t>
+  </si>
+  <si>
+    <t>2006-12-20T19:00:00Z</t>
+  </si>
+  <si>
+    <t>id-15.2</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-80595-2006-02-09T12:00:01Z</t>
+  </si>
+  <si>
+    <t>2006-02-09T12:00:01Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-80595</t>
+  </si>
+  <si>
+    <t>Chargeur sur pneus 2006 neuf</t>
+  </si>
+  <si>
+    <t>2006-03-15T16:00:00Z</t>
+  </si>
+  <si>
+    <t>id-15.3</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-88300-2006-03-24T12:00:01Z</t>
+  </si>
+  <si>
+    <t>2006-03-24T12:00:01Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-88300</t>
+  </si>
+  <si>
+    <t>Poste de dosage</t>
+  </si>
+  <si>
+    <t>Construction d'un poste de poste de dosage</t>
+  </si>
+  <si>
+    <t>2006-04-11T15:00:00Z</t>
+  </si>
+  <si>
+    <t>id-15.4</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-95205-2006-05-05T15:08:23Z</t>
+  </si>
+  <si>
+    <t>2006-05-05T15:08:23Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-95205</t>
+  </si>
+  <si>
+    <t>06001</t>
+  </si>
+  <si>
+    <t>demande de soumission pour un tracteur</t>
+  </si>
+  <si>
+    <t>2006-05-29T18:00:00Z</t>
+  </si>
+  <si>
+    <t>id-16.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-120260-2006-10-12T19:16:32Z</t>
+  </si>
+  <si>
+    <t>2006-10-12T19:16:32Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-120260</t>
+  </si>
+  <si>
+    <t>OP-91777</t>
+  </si>
+  <si>
+    <t>Municipalité de Lac-Beauport.</t>
+  </si>
+  <si>
+    <t>numéro 06-26</t>
+  </si>
+  <si>
+    <t>Entretien des espaces verts municipaux pour les années 2007, 2008 et 2009</t>
+  </si>
+  <si>
+    <t>2006-10-31T16:00:00Z</t>
+  </si>
+  <si>
+    <t>id-17.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-116583-2006-09-15T12:54:42Z</t>
+  </si>
+  <si>
+    <t>2006-09-15T12:54:42Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-116583</t>
+  </si>
+  <si>
+    <t>OP-58811</t>
+  </si>
+  <si>
+    <t>Assemblée nationale-Direction des ressources financières, de l'approvisionnement et de la vérification</t>
+  </si>
+  <si>
+    <t>121711</t>
+  </si>
+  <si>
+    <t>Services professionnels liés à la traduction et à la révision de documents du français vers l'espagnol</t>
+  </si>
+  <si>
+    <t>2006-10-16T14:00:00Z</t>
+  </si>
+  <si>
+    <t>id-18.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-103032-2006-06-16T13:28:01Z</t>
+  </si>
+  <si>
+    <t>2006-06-16T13:28:01Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-103032</t>
+  </si>
+  <si>
+    <t>No. 5</t>
+  </si>
+  <si>
+    <t>Entretien en hiver d'une partie des chemins e la municipalité Saint-Bernard</t>
+  </si>
+  <si>
+    <t>2006-07-26T18:00:00Z</t>
+  </si>
+  <si>
+    <t>id-18.1</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-128833-2006-12-21T20:01:45Z</t>
+  </si>
+  <si>
+    <t>2006-12-21T20:01:45Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-128833</t>
+  </si>
+  <si>
+    <t>06010</t>
+  </si>
+  <si>
+    <t>soumission pour un tracteur, une gratte et un souffleur</t>
+  </si>
+  <si>
+    <t>2007-01-23T19:00:00Z</t>
+  </si>
+  <si>
+    <t>id-19.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-120770-2006-10-20T11:00:01Z</t>
+  </si>
+  <si>
+    <t>2006-10-20T11:00:01Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-120770</t>
+  </si>
+  <si>
+    <t>C2006-02</t>
+  </si>
+  <si>
+    <t>Services professionnels d'architecture</t>
+  </si>
+  <si>
+    <t>2006-11-16T16:00:00Z</t>
+  </si>
+  <si>
+    <t>id-20.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-120943-2006-10-26T14:04:02Z</t>
+  </si>
+  <si>
+    <t>2006-10-26T14:04:02Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-120943</t>
+  </si>
+  <si>
+    <t>OP-14120</t>
+  </si>
+  <si>
+    <t>Ville de Gatineau.</t>
+  </si>
+  <si>
+    <t>GAT 2006 SP 224</t>
+  </si>
+  <si>
+    <t>Achat de cinq véhicules grande échelle de 30 mètres (100 pieds)</t>
+  </si>
+  <si>
+    <t>2006-12-07T19:00:00Z</t>
+  </si>
+  <si>
+    <t>id-21.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-121043-2006-10-18T20:24:21Z</t>
+  </si>
+  <si>
+    <t>2006-10-18T20:24:21Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-121043</t>
+  </si>
+  <si>
+    <t>06007</t>
+  </si>
+  <si>
+    <t>ACHAT D'UN TRACTEUR, UNE GRATTE ET UN SOUFFLEUR</t>
+  </si>
+  <si>
+    <t>2006-12-11T19:00:00Z</t>
+  </si>
+  <si>
+    <t>id-22.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-105881-2006-07-04T19:56:49Z</t>
+  </si>
+  <si>
+    <t>2006-07-04T19:56:49Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-105881</t>
+  </si>
+  <si>
+    <t>OP-59074</t>
+  </si>
+  <si>
+    <t>Ville de Malartic.</t>
+  </si>
+  <si>
+    <t>MAL001</t>
+  </si>
+  <si>
+    <t>ACQUISITION D'UN CHARGEUR SUR ROUES</t>
+  </si>
+  <si>
+    <t>2006-08-30T17:30:00Z</t>
+  </si>
+  <si>
+    <t>id-22.1</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-128644-2006-12-20T20:07:06Z</t>
+  </si>
+  <si>
+    <t>2006-12-20T20:07:06Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-128644</t>
+  </si>
+  <si>
+    <t>OP-25179</t>
+  </si>
+  <si>
+    <t>Municipalité de Saint-Paulin.</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Achat d'une autopompe</t>
+  </si>
+  <si>
+    <t>2007-01-18T16:00:00Z</t>
+  </si>
+  <si>
+    <t>id-22.2</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-82906-2006-02-21T15:02:58Z</t>
+  </si>
+  <si>
+    <t>2006-02-21T15:02:58Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-82906</t>
+  </si>
+  <si>
+    <t>OP-70256</t>
+  </si>
+  <si>
+    <t>Centre de santé et de services sociaux de La Côte-de-Gaspé</t>
+  </si>
+  <si>
+    <t>ST-3134</t>
+  </si>
+  <si>
+    <t>Travaux d'enlèvement des matériaux altérés et d'amiante "Phase 1"  au pavillon Mgr Ross</t>
+  </si>
+  <si>
+    <t>2006-03-08T20:00:00Z</t>
+  </si>
+  <si>
+    <t>id-22.3</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-89633-2006-03-31T13:55:56Z</t>
+  </si>
+  <si>
+    <t>2006-03-31T13:55:56Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-89633</t>
+  </si>
+  <si>
+    <t>No. 3</t>
+  </si>
+  <si>
+    <t>Fourniture de matériaux pour lesconduites de réseau d'aqueduc et d'égouts</t>
+  </si>
+  <si>
+    <t>2006-04-18T18:00:00Z</t>
+  </si>
+  <si>
+    <t>id-22.4</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-98392-2006-05-25T15:12:50Z</t>
+  </si>
+  <si>
+    <t>2006-05-25T15:12:50Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-98392</t>
+  </si>
+  <si>
+    <t>DGEQ 06-13</t>
+  </si>
+  <si>
+    <t>Acquisition de casques d'écoute et accessoires «Plantronics"</t>
+  </si>
+  <si>
+    <t>2006-06-08T19:00:00Z</t>
+  </si>
+  <si>
+    <t>id-23.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-106033-2006-07-07T11:00:01Z</t>
+  </si>
+  <si>
+    <t>2006-07-07T11:00:01Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-106033</t>
+  </si>
+  <si>
+    <t>Travaux de pavage</t>
+  </si>
+  <si>
+    <t>Travaux de pavage 2006</t>
+  </si>
+  <si>
+    <t>2006-08-03T15:00:00Z</t>
+  </si>
+  <si>
+    <t>id-23.1</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-122908-2006-11-03T14:36:02Z</t>
+  </si>
+  <si>
+    <t>2006-11-03T14:36:02Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-122908</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Travaux de remplacement d'un ponceau dans le chemin Grand-Rang</t>
+  </si>
+  <si>
+    <t>2006-11-23T16:00:00Z</t>
+  </si>
+  <si>
+    <t>id-23.2</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-84769-2006-03-03T14:37:00Z</t>
+  </si>
+  <si>
+    <t>2006-03-03T14:37:00Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-84769</t>
+  </si>
+  <si>
+    <t>DGEQ 06-03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Contrat d'entretien ménager de l'Édifice René-Lévesque et du Centre de distribution Roger-Lefrançois </t>
+  </si>
+  <si>
+    <t>2006-03-21T20:00:00Z</t>
+  </si>
+  <si>
+    <t>id-23.3</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-94327-2006-05-05T18:43:06Z</t>
+  </si>
+  <si>
+    <t>2006-05-05T18:43:06Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-94327</t>
+  </si>
+  <si>
+    <t>DGEQ 06-12</t>
+  </si>
+  <si>
+    <t>Contrat de construction - Installation d'écrans acoustiques sur le toit de l'Édifice René-Lévesque</t>
+  </si>
+  <si>
+    <t>2006-05-25T19:00:00Z</t>
+  </si>
+  <si>
+    <t>id-24.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-107610-2006-07-12T19:59:17Z</t>
+  </si>
+  <si>
+    <t>2006-07-12T19:59:17Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-107610</t>
+  </si>
+  <si>
+    <t>06005</t>
+  </si>
+  <si>
+    <t>soumission chargeur</t>
+  </si>
+  <si>
+    <t>id-24.1</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-92460-2006-04-21T19:49:21Z</t>
+  </si>
+  <si>
+    <t>2006-04-21T19:49:21Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-92460</t>
+  </si>
+  <si>
+    <t>OP-81773</t>
+  </si>
+  <si>
+    <t>Ville de Roberval</t>
+  </si>
+  <si>
+    <t>2006-016</t>
+  </si>
+  <si>
+    <t>Construction de la maison des jeunes Kiwanis</t>
+  </si>
+  <si>
+    <t>2006-05-16T15:00:00Z</t>
+  </si>
+  <si>
+    <t>id-25.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-106157-2006-07-05T19:11:34Z</t>
+  </si>
+  <si>
+    <t>2006-07-05T19:11:34Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-106157</t>
+  </si>
+  <si>
+    <t>MAL002</t>
+  </si>
+  <si>
+    <t>ACQUISITION D'UN CAMION DE LUTTE CONTRE LES INCENDIES</t>
+  </si>
+  <si>
+    <t>2006-08-18T18:00:00Z</t>
+  </si>
+  <si>
+    <t>id-25.1</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-125197-2006-11-22T19:03:16Z</t>
+  </si>
+  <si>
+    <t>2006-11-22T19:03:16Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-125197</t>
+  </si>
+  <si>
+    <t>DGEQ 06-36</t>
+  </si>
+  <si>
+    <t>2006-11-22T19:23:35Z</t>
+  </si>
+  <si>
+    <t>id-25.2</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-80810-2006-02-08T16:21:50Z</t>
+  </si>
+  <si>
+    <t>2006-02-08T16:21:50Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-80810</t>
+  </si>
+  <si>
+    <t>OP-59054</t>
+  </si>
+  <si>
+    <t>Municipalité de Sainte-Perpétue (de L'Islet)</t>
+  </si>
+  <si>
+    <t>060206</t>
+  </si>
+  <si>
+    <t>Cueillette et transport des déchets et de la récupération</t>
+  </si>
+  <si>
+    <t>2006-02-27T21:00:00Z</t>
+  </si>
+  <si>
+    <t>id-25.3</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-90254-2006-04-07T11:00:02Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-90254</t>
+  </si>
+  <si>
+    <t>Patinoire</t>
+  </si>
+  <si>
+    <t>Bandes de patinoire 2006</t>
+  </si>
+  <si>
+    <t>2006-04-25T14:00:00Z</t>
+  </si>
+  <si>
+    <t>id-25.4</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-99064-2006-05-26T20:23:04Z</t>
+  </si>
+  <si>
+    <t>2006-05-26T20:23:04Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-99064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DGEQ 06-14 </t>
+  </si>
+  <si>
+    <t>Acquisition et installation d'un système de rangement mobile</t>
+  </si>
+  <si>
+    <t>2006-06-19T19:00:00Z</t>
+  </si>
+  <si>
+    <t>id-26.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-106937-2006-07-10T20:22:38Z</t>
+  </si>
+  <si>
+    <t>2006-07-10T20:22:38Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-106937</t>
+  </si>
+  <si>
+    <t>DGEQ 06-22</t>
+  </si>
+  <si>
+    <t>Service d'impression de scellés (étiquettes)</t>
+  </si>
+  <si>
+    <t>2006-07-17T19:00:00Z</t>
+  </si>
+  <si>
+    <t>id-26.1</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-123726-2006-11-14T13:36:18Z</t>
+  </si>
+  <si>
+    <t>2006-11-14T13:36:18Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-123726</t>
+  </si>
+  <si>
+    <t>OP-26668</t>
+  </si>
+  <si>
+    <t>Ville de Matagami.</t>
+  </si>
+  <si>
+    <t>MAT-2006-01</t>
+  </si>
+  <si>
+    <t>Services professionnels en évaluation foncière et locative</t>
+  </si>
+  <si>
+    <t>Avis d'appel d'offres</t>
+  </si>
+  <si>
+    <t>2006-12-06T14:00:00Z</t>
+  </si>
+  <si>
+    <t>id-27.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-119113-2006-10-03T19:07:53Z</t>
+  </si>
+  <si>
+    <t>2006-10-03T19:07:53Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-119113</t>
+  </si>
+  <si>
+    <t>MR2006-02</t>
+  </si>
+  <si>
+    <t>Gestion des matières résiduelles recyclables</t>
+  </si>
+  <si>
+    <t>2006-11-06T17:00:00Z</t>
+  </si>
+  <si>
+    <t>id-28.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-117553-2006-09-21T21:19:44Z</t>
+  </si>
+  <si>
+    <t>2006-09-21T21:19:44Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-117553</t>
+  </si>
+  <si>
+    <t>DGEQ 06-35</t>
+  </si>
+  <si>
+    <t>Contrat de déneigement</t>
+  </si>
+  <si>
+    <t>2006-10-12T19:00:00Z</t>
+  </si>
+  <si>
+    <t>id-28.1</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-92932-2006-04-25T07:00:01-04:00</t>
+  </si>
+  <si>
+    <t>2006-04-25T07:00:01-04:00</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-92932</t>
+  </si>
+  <si>
+    <t>J7725-00</t>
+  </si>
+  <si>
+    <t>Prolongement des services municipaux, phase A</t>
+  </si>
+  <si>
+    <t>2006-05-16T10:00:00-04:00</t>
+  </si>
+  <si>
+    <t>id-29.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-107573-2006-07-12T19:54:09Z</t>
+  </si>
+  <si>
+    <t>2006-07-12T19:54:09Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-107573</t>
+  </si>
+  <si>
+    <t>DGEQ 06-27</t>
+  </si>
+  <si>
+    <t>Impression d'enveloppes en polypropylène COEX</t>
+  </si>
+  <si>
+    <t>2006-07-19T19:00:00Z</t>
+  </si>
+  <si>
+    <t>id-29.1</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-78725-2006-01-25T20:59:05Z</t>
+  </si>
+  <si>
+    <t>2006-01-25T20:59:05Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-78725</t>
+  </si>
+  <si>
+    <t>OP-2612</t>
+  </si>
+  <si>
+    <t>Ville de Saguenay</t>
+  </si>
+  <si>
+    <t>2006-046</t>
+  </si>
+  <si>
+    <t>SERVICES PROFESSIONNELS D'ARCHITECTE / RÉAMÉNAGEMENT DE L'IMMEUBLE DU 3507, BOUL. ST-FRANÇOIS / Arr. de Jonquière</t>
+  </si>
+  <si>
+    <t>2006-01-26T13:08:46Z</t>
+  </si>
+  <si>
+    <t>id-29.2</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-86274-2006-03-10T16:44:32Z</t>
+  </si>
+  <si>
+    <t>2006-03-10T16:44:32Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-86274</t>
+  </si>
+  <si>
+    <t>OP-81385</t>
+  </si>
+  <si>
+    <t>Cégep de Granby</t>
+  </si>
+  <si>
+    <t>S0506-2006</t>
+  </si>
+  <si>
+    <t>Papier Impression 2006</t>
+  </si>
+  <si>
+    <t>2006-04-06T17:30:00Z</t>
+  </si>
+  <si>
+    <t>id-29.3</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-95215-2006-05-05T15:41:10Z</t>
+  </si>
+  <si>
+    <t>2006-05-05T15:41:10Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-95215</t>
+  </si>
+  <si>
+    <t>06002</t>
+  </si>
+  <si>
+    <t>DEMANDE DE SOUMISSION POUR UN CAMION CITERNE</t>
+  </si>
+  <si>
+    <t>id-30.0</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-115459-2006-09-07T11:00:01Z</t>
+  </si>
+  <si>
+    <t>2006-09-07T11:00:01Z</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-115459</t>
+  </si>
+  <si>
+    <t>Chaussées</t>
+  </si>
+  <si>
+    <t>Entretien d'hiver, déneigement et déglaçage</t>
+  </si>
+  <si>
+    <t>2006-09-27T15:00:00Z</t>
+  </si>
+  <si>
+    <t>id-31.0</t>
+  </si>
+  <si>
     <t>ocds-ec9k95-100407-2006-06-02T19:20:46Z</t>
   </si>
   <si>
-    <t>compiled</t>
-[...1 lines deleted...]
-  <si>
     <t>2006-06-02T19:20:46Z</t>
   </si>
   <si>
     <t>ocds-ec9k95-100407</t>
   </si>
   <si>
-    <t>fr</t>
-[...10 lines deleted...]
-  <si>
     <t>DGEQ-17</t>
   </si>
   <si>
     <t>Acquisition et impression de 14 800 sacs de plastique</t>
   </si>
   <si>
-    <t>active</t>
-[...13 lines deleted...]
-  <si>
     <t>2006-06-14T19:00:00Z</t>
   </si>
   <si>
-    <t>id-1.0</t>
-[...50 lines deleted...]
-    <t>id-1.2</t>
+    <t>id-31.1</t>
   </si>
   <si>
     <t>ocds-ec9k95-79473-2006-02-02T16:27:15Z</t>
   </si>
   <si>
     <t>2006-02-02T16:27:15Z</t>
   </si>
   <si>
     <t>ocds-ec9k95-79473</t>
   </si>
   <si>
     <t>OP-70367</t>
   </si>
   <si>
     <t>Ville de l'Épiphanie.</t>
   </si>
   <si>
     <t>05-063</t>
   </si>
   <si>
     <t>Réfection du Centre Communautaire Guy-Melançon</t>
   </si>
   <si>
-    <t>Travaux de construction</t>
-[...4 lines deleted...]
-  <si>
     <t>2006-03-01T20:00:00Z</t>
   </si>
   <si>
-    <t>id-1.3</t>
-[...1376 lines deleted...]
-    <t>id-23.1</t>
+    <t>id-31.2</t>
   </si>
   <si>
     <t>ocds-ec9k95-88729-2006-03-24T15:51:51Z</t>
   </si>
   <si>
     <t>2006-03-24T15:51:51Z</t>
   </si>
   <si>
     <t>ocds-ec9k95-88729</t>
   </si>
   <si>
     <t>No. 2</t>
   </si>
   <si>
     <t>Fourniturede machineries lourdes avec opérateur</t>
   </si>
   <si>
     <t>2006-04-11T18:00:00Z</t>
   </si>
   <si>
-    <t>id-24.0</t>
-[...152 lines deleted...]
-    <t>2006-05-25T19:00:00Z</t>
+    <t>id-31.3</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-102687-2006-06-16T07:00:01-04:00</t>
+  </si>
+  <si>
+    <t>2006-06-16T07:00:01-04:00</t>
+  </si>
+  <si>
+    <t>ocds-ec9k95-102687</t>
+  </si>
+  <si>
+    <t>Devis déneigement</t>
+  </si>
+  <si>
+    <t>Déneigement et déblaiement des rues et des trottoirs d'hiver</t>
+  </si>
+  <si>
+    <t>2006-07-07T09:30:00-04:00</t>
   </si>
   <si>
     <t>_link_main</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>roles</t>
   </si>
   <si>
+    <t>details_municipal</t>
+  </si>
+  <si>
     <t>address_region</t>
   </si>
   <si>
     <t>address_locality</t>
   </si>
   <si>
     <t>address_postalCode</t>
   </si>
   <si>
     <t>address_countryName</t>
   </si>
   <si>
     <t>address_streetAddress</t>
   </si>
   <si>
-    <t>details_municipal</t>
-[...1 lines deleted...]
-  <si>
     <t>details_neq</t>
   </si>
   <si>
     <t>details_Municipal</t>
   </si>
   <si>
     <t>details_NEQ</t>
   </si>
   <si>
     <t>id-0.0.parties.0</t>
   </si>
   <si>
     <t>buyer</t>
   </si>
   <si>
+    <t>id-0.1.parties.0</t>
+  </si>
+  <si>
     <t>QC</t>
   </si>
   <si>
+    <t>Wotton</t>
+  </si>
+  <si>
+    <t>J0A1N0</t>
+  </si>
+  <si>
+    <t>CAN</t>
+  </si>
+  <si>
+    <t>396, rue Mgr l'Heureux,</t>
+  </si>
+  <si>
+    <t>id-1.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-1.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-1.1.parties.1</t>
+  </si>
+  <si>
+    <t>FO-1140474165</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION TIMBERSTONE INC.</t>
+  </si>
+  <si>
+    <t>tenderer</t>
+  </si>
+  <si>
+    <t>Laval</t>
+  </si>
+  <si>
+    <t>H7C0K7</t>
+  </si>
+  <si>
+    <t>2610 montée Saint-François,</t>
+  </si>
+  <si>
+    <t>id-1.1.parties.2</t>
+  </si>
+  <si>
+    <t>FO-1170017793</t>
+  </si>
+  <si>
+    <t>Roc-Sol inc.</t>
+  </si>
+  <si>
+    <t>Joliette</t>
+  </si>
+  <si>
+    <t>J6E4B7</t>
+  </si>
+  <si>
+    <t>1355 rue Lépine,</t>
+  </si>
+  <si>
+    <t>id-1.1.parties.3</t>
+  </si>
+  <si>
+    <t>FO-1145755295</t>
+  </si>
+  <si>
+    <t>SINTRA INC.-RÉGION LANAUDIÈRE- LAURENTIDES</t>
+  </si>
+  <si>
+    <t>Saint-Paul</t>
+  </si>
+  <si>
+    <t>J0K3E0</t>
+  </si>
+  <si>
+    <t>499, chemin Forest,</t>
+  </si>
+  <si>
+    <t>id-1.1.parties.4</t>
+  </si>
+  <si>
+    <t>FO-1142608083</t>
+  </si>
+  <si>
+    <t>GÉNÉREUX CONSTRUCTION INC.</t>
+  </si>
+  <si>
+    <t>supplier</t>
+  </si>
+  <si>
+    <t>Saint-Jean-de-Matha</t>
+  </si>
+  <si>
+    <t>J0K2S0</t>
+  </si>
+  <si>
+    <t>621, route Louis-Cyr,</t>
+  </si>
+  <si>
+    <t>id-2.0.parties.0</t>
+  </si>
+  <si>
     <t>Québec</t>
   </si>
   <si>
+    <t>G1N2R9</t>
+  </si>
+  <si>
+    <t>1,AVE.DU SACRÉ-COEUR,LOCAL 604 EST</t>
+  </si>
+  <si>
+    <t>id-2.1.parties.0</t>
+  </si>
+  <si>
     <t>G1W0C6</t>
   </si>
   <si>
-    <t>CAN</t>
-[...1 lines deleted...]
-  <si>
     <t>1045, avenue Wilfrid-Pelletier,</t>
   </si>
   <si>
-    <t>id-1.0.parties.0</t>
-[...5 lines deleted...]
-    <t>id-1.2.parties.0</t>
+    <t>id-3.0.parties.0</t>
+  </si>
+  <si>
+    <t>Saint-Bernard</t>
+  </si>
+  <si>
+    <t>G0S2G0</t>
+  </si>
+  <si>
+    <t>1512 rue St-Georges,</t>
+  </si>
+  <si>
+    <t>id-4.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-5.0.parties.0</t>
+  </si>
+  <si>
+    <t>Berthierville</t>
+  </si>
+  <si>
+    <t>J0K1A0</t>
+  </si>
+  <si>
+    <t>550 Montcalm,C.P.1500</t>
+  </si>
+  <si>
+    <t>id-6.0.parties.0</t>
+  </si>
+  <si>
+    <t>Saint-Jérôme</t>
+  </si>
+  <si>
+    <t>J7Z4L1</t>
+  </si>
+  <si>
+    <t>795 rue Melançon,</t>
+  </si>
+  <si>
+    <t>id-7.0.parties.0</t>
+  </si>
+  <si>
+    <t>Mont-Laurier</t>
+  </si>
+  <si>
+    <t>J9L1S4</t>
+  </si>
+  <si>
+    <t>525, Rue de la Madone,</t>
+  </si>
+  <si>
+    <t>id-8.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.0</t>
+  </si>
+  <si>
+    <t>Beaulac-Garthby</t>
+  </si>
+  <si>
+    <t>G0Y1B0</t>
+  </si>
+  <si>
+    <t>96, route 112,</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.1</t>
+  </si>
+  <si>
+    <t>FO-1172158223</t>
+  </si>
+  <si>
+    <t>MAXI-MÉTAL INC.</t>
+  </si>
+  <si>
+    <t>Saint-Georges</t>
+  </si>
+  <si>
+    <t>G6A1L1</t>
+  </si>
+  <si>
+    <t>9345 25e Avenue est,</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.2</t>
+  </si>
+  <si>
+    <t>FO-1148407134</t>
+  </si>
+  <si>
+    <t>ÉQUIPEMENTS D'INCENDIE LEVASSEUR INC.</t>
+  </si>
+  <si>
+    <t>Saint-François-du-Lac</t>
+  </si>
+  <si>
+    <t>J0G1M0</t>
+  </si>
+  <si>
+    <t>47 rang Sainte-Anne,</t>
+  </si>
+  <si>
+    <t>id-9.0.parties.3</t>
+  </si>
+  <si>
+    <t>FO-1143544295</t>
+  </si>
+  <si>
+    <t>CAMIONS CARL THIBAULT INC.</t>
+  </si>
+  <si>
+    <t>Pierreville</t>
+  </si>
+  <si>
+    <t>J0G1J0</t>
+  </si>
+  <si>
+    <t>38 rue Thibault,</t>
+  </si>
+  <si>
+    <t>id-10.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-11.0.parties.0</t>
+  </si>
+  <si>
+    <t>Saint-Raphaël</t>
+  </si>
+  <si>
+    <t>G0R4C0</t>
+  </si>
+  <si>
+    <t>id-11.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-11.2.parties.0</t>
+  </si>
+  <si>
+    <t>id-11.3.parties.0</t>
+  </si>
+  <si>
+    <t>1512, rue Saint-Georges,casier postal 70</t>
+  </si>
+  <si>
+    <t>id-11.4.parties.0</t>
+  </si>
+  <si>
+    <t>396, rue Mgr l'Heureux, C.P. 60,</t>
+  </si>
+  <si>
+    <t>id-12.0.parties.0</t>
+  </si>
+  <si>
+    <t>Saint-Hubert-de-Rivière-du-Loup</t>
+  </si>
+  <si>
+    <t>G0L3L0</t>
+  </si>
+  <si>
+    <t>10,  rue Saint-Rosaire,</t>
+  </si>
+  <si>
+    <t>id-12.1.parties.0</t>
+  </si>
+  <si>
+    <t>Vaudreuil-Dorion</t>
+  </si>
+  <si>
+    <t>J7V1T2</t>
+  </si>
+  <si>
+    <t>205, rue Valois,</t>
+  </si>
+  <si>
+    <t>id-12.2.parties.0</t>
+  </si>
+  <si>
+    <t>Saint-Lazare-de-Bellechasse</t>
+  </si>
+  <si>
+    <t>G0R3J0</t>
+  </si>
+  <si>
+    <t>116, rue de la Fabrique,C.P. 159</t>
+  </si>
+  <si>
+    <t>id-12.3.parties.0</t>
+  </si>
+  <si>
+    <t>id-12.4.parties.0</t>
+  </si>
+  <si>
+    <t>Portneuf</t>
+  </si>
+  <si>
+    <t>G0A2Y0</t>
+  </si>
+  <si>
+    <t>297 1ere Avenue,</t>
+  </si>
+  <si>
+    <t>id-13.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-13.1.parties.0</t>
+  </si>
+  <si>
+    <t>Disraeli</t>
+  </si>
+  <si>
+    <t>G0N1E0</t>
+  </si>
+  <si>
+    <t>8306 route 112,</t>
+  </si>
+  <si>
+    <t>id-14.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-14.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-14.2.parties.0</t>
+  </si>
+  <si>
+    <t>G1R4J3</t>
+  </si>
+  <si>
+    <t>10 rue Pierre-Olivier Chauveau,2ième, Cook</t>
+  </si>
+  <si>
+    <t>id-14.3.parties.0</t>
+  </si>
+  <si>
+    <t>id-14.4.parties.0</t>
+  </si>
+  <si>
+    <t>Cowansville</t>
+  </si>
+  <si>
+    <t>J2K1T4</t>
+  </si>
+  <si>
+    <t>220, Place Municipale,</t>
+  </si>
+  <si>
+    <t>id-15.0.parties.0</t>
+  </si>
+  <si>
+    <t>Sainte-Anne-de-la-Rochelle</t>
+  </si>
+  <si>
+    <t>J0E2B0</t>
+  </si>
+  <si>
+    <t>145, de l'Église,</t>
+  </si>
+  <si>
+    <t>id-15.1.parties.0</t>
+  </si>
+  <si>
+    <t>Saint-Théophile</t>
+  </si>
+  <si>
+    <t>G0M2A0</t>
+  </si>
+  <si>
+    <t>644, rue du Collège,</t>
+  </si>
+  <si>
+    <t>id-15.2.parties.0</t>
+  </si>
+  <si>
+    <t>id-15.3.parties.0</t>
+  </si>
+  <si>
+    <t>id-15.4.parties.0</t>
+  </si>
+  <si>
+    <t>id-16.0.parties.0</t>
+  </si>
+  <si>
+    <t>Lac-Beauport</t>
+  </si>
+  <si>
+    <t>G3B0A1</t>
+  </si>
+  <si>
+    <t>65, chemin du tour du Lac,</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.0</t>
+  </si>
+  <si>
+    <t>G1A1A3</t>
+  </si>
+  <si>
+    <t>1020 rue Des Parlementaires,Bureau : 1.57</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.1</t>
+  </si>
+  <si>
+    <t>FO-45390</t>
+  </si>
+  <si>
+    <t>Services Linguistiques Discover enr.</t>
+  </si>
+  <si>
+    <t>G5Y5B7</t>
+  </si>
+  <si>
+    <t>1980 41e rue Nord,</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.2</t>
+  </si>
+  <si>
+    <t>FO-39554</t>
+  </si>
+  <si>
+    <t>LINGUACTION</t>
+  </si>
+  <si>
+    <t>G1S1S5</t>
+  </si>
+  <si>
+    <t>590 boul. René-Lévesque Ouest,</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.3</t>
+  </si>
+  <si>
+    <t>FO-90718</t>
+  </si>
+  <si>
+    <t>Axe Communications d'affaires Inc.</t>
+  </si>
+  <si>
+    <t>G1S3V5</t>
+  </si>
+  <si>
+    <t>1170 Ave de la Châtellenie,</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.4</t>
+  </si>
+  <si>
+    <t>FO-27</t>
+  </si>
+  <si>
+    <t>Sigurd Hinojosa</t>
+  </si>
+  <si>
+    <t>Montréal</t>
+  </si>
+  <si>
+    <t>H4J1S8</t>
+  </si>
+  <si>
+    <t>12162, rue Daigle,</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.5</t>
+  </si>
+  <si>
+    <t>FO-23161</t>
+  </si>
+  <si>
+    <t>Emercio Arenas trad. a.</t>
+  </si>
+  <si>
+    <t>H2R2H3</t>
+  </si>
+  <si>
+    <t>7996, rue Berri,</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.6</t>
+  </si>
+  <si>
+    <t>FO-22940</t>
+  </si>
+  <si>
+    <t>Traductions Sur</t>
+  </si>
+  <si>
+    <t>Saint-Alexandre</t>
+  </si>
+  <si>
+    <t>J0J1S0</t>
+  </si>
+  <si>
+    <t>2383 rang D 60,</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.7</t>
+  </si>
+  <si>
+    <t>FO-56799</t>
+  </si>
+  <si>
+    <t>Flores Amada</t>
+  </si>
+  <si>
+    <t>G1X2N1</t>
+  </si>
+  <si>
+    <t>812 Jean-Noel apt 9,</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.8</t>
+  </si>
+  <si>
+    <t>FO-708</t>
+  </si>
+  <si>
+    <t>Fet Traduction</t>
+  </si>
+  <si>
+    <t>H2A3E6</t>
+  </si>
+  <si>
+    <t>7201 6e. avenue,</t>
+  </si>
+  <si>
+    <t>id-17.0.parties.9</t>
+  </si>
+  <si>
+    <t>FO-2240213878</t>
+  </si>
+  <si>
+    <t>Traduction Elgue.com</t>
+  </si>
+  <si>
+    <t>G1K3V4</t>
+  </si>
+  <si>
+    <t>269, Aragon Est, app 102,</t>
+  </si>
+  <si>
+    <t>id-18.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-18.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-18.1.parties.1</t>
+  </si>
+  <si>
+    <t>FO-1143606326</t>
+  </si>
+  <si>
+    <t>André Girouard &amp; fils INC.</t>
+  </si>
+  <si>
+    <t>Victoriaville</t>
+  </si>
+  <si>
+    <t>G6P6R9</t>
+  </si>
+  <si>
+    <t>650 Boul. Industriel Est,</t>
+  </si>
+  <si>
+    <t>id-19.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-20.0.parties.0</t>
+  </si>
+  <si>
+    <t>Gatineau</t>
+  </si>
+  <si>
+    <t>J8P8A9</t>
+  </si>
+  <si>
+    <t>476, boulevard Saint-René Est, 2e étage,</t>
+  </si>
+  <si>
+    <t>id-21.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-22.0.parties.0</t>
+  </si>
+  <si>
+    <t>Malartic</t>
+  </si>
+  <si>
+    <t>J0Y1Z0</t>
+  </si>
+  <si>
+    <t>901, rue Royale,C.P. 3090</t>
+  </si>
+  <si>
+    <t>id-22.1.parties.0</t>
+  </si>
+  <si>
+    <t>Saint-Paulin</t>
+  </si>
+  <si>
+    <t>J0K3G0</t>
+  </si>
+  <si>
+    <t>3051, Rue bergeron,</t>
+  </si>
+  <si>
+    <t>id-22.2.parties.0</t>
+  </si>
+  <si>
+    <t>Gaspé</t>
+  </si>
+  <si>
+    <t>G4X2W2</t>
+  </si>
+  <si>
+    <t>215, Boul  de York Ouest,</t>
+  </si>
+  <si>
+    <t>id-22.3.parties.0</t>
+  </si>
+  <si>
+    <t>id-22.4.parties.0</t>
+  </si>
+  <si>
+    <t>id-23.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-23.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-23.2.parties.0</t>
+  </si>
+  <si>
+    <t>id-23.3.parties.0</t>
+  </si>
+  <si>
+    <t>id-24.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-24.1.parties.0</t>
+  </si>
+  <si>
+    <t>Roberval</t>
+  </si>
+  <si>
+    <t>G8H2L6</t>
+  </si>
+  <si>
+    <t>851 boul. St-Joseph,</t>
+  </si>
+  <si>
+    <t>id-25.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-25.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-25.2.parties.0</t>
+  </si>
+  <si>
+    <t>Sainte-Perpétue (Chaudière-Appalaches)</t>
+  </si>
+  <si>
+    <t>G0R3Z0</t>
+  </si>
+  <si>
+    <t>366, rue Principale Sud,local 201</t>
+  </si>
+  <si>
+    <t>id-25.3.parties.0</t>
+  </si>
+  <si>
+    <t>id-25.4.parties.0</t>
+  </si>
+  <si>
+    <t>id-26.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-26.1.parties.0</t>
+  </si>
+  <si>
+    <t>Matagami</t>
+  </si>
+  <si>
+    <t>J0Y 2A0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">195, boulevard Matagami, </t>
+  </si>
+  <si>
+    <t>id-26.1.parties.1</t>
+  </si>
+  <si>
+    <t>FO-1281710</t>
+  </si>
+  <si>
+    <t>Évimbec ltée</t>
+  </si>
+  <si>
+    <t>Lévis</t>
+  </si>
+  <si>
+    <t>G6W 0N9</t>
+  </si>
+  <si>
+    <t>106-1191, rue de Courchevel</t>
+  </si>
+  <si>
+    <t>id-27.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-28.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-28.1.parties.0</t>
+  </si>
+  <si>
+    <t>id-28.1.parties.1</t>
+  </si>
+  <si>
+    <t>FO-1144531572</t>
+  </si>
+  <si>
+    <t>ALIDE BERGERON &amp; FILS LTÉE</t>
+  </si>
+  <si>
+    <t>Maskinongé</t>
+  </si>
+  <si>
+    <t>J0K1N0</t>
+  </si>
+  <si>
+    <t>62 place Bergeron,</t>
+  </si>
+  <si>
+    <t>id-28.1.parties.2</t>
+  </si>
+  <si>
+    <t>FO-1147880885</t>
+  </si>
+  <si>
+    <t>ATLAS EXCAVATION INC.</t>
+  </si>
+  <si>
+    <t>Mascouche</t>
+  </si>
+  <si>
+    <t>J7K2N5</t>
+  </si>
+  <si>
+    <t>1623 ch. Saint-Henri,</t>
+  </si>
+  <si>
+    <t>id-28.1.parties.3</t>
+  </si>
+  <si>
+    <t>id-28.1.parties.4</t>
+  </si>
+  <si>
+    <t>id-28.1.parties.5</t>
+  </si>
+  <si>
+    <t>FO-1163026942</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION CYVEX INC.</t>
+  </si>
+  <si>
+    <t>H7X2H9</t>
+  </si>
+  <si>
+    <t>581 terr. Cyr,</t>
+  </si>
+  <si>
+    <t>id-28.1.parties.6</t>
+  </si>
+  <si>
+    <t>id-28.1.parties.7</t>
+  </si>
+  <si>
+    <t>FO-1141135401</t>
+  </si>
+  <si>
+    <t>TERRASSEMENTS B.L.R. INC.</t>
+  </si>
+  <si>
+    <t>Saint-Charles-Borromée</t>
+  </si>
+  <si>
+    <t>J6E7Y8</t>
+  </si>
+  <si>
+    <t>1050 rue de la Visitation,</t>
+  </si>
+  <si>
+    <t>id-28.1.parties.8</t>
+  </si>
+  <si>
+    <t>FO-1143548841</t>
+  </si>
+  <si>
+    <t>JOBERT INC.</t>
+  </si>
+  <si>
+    <t>Sainte-Émélie-de-l'Énergie</t>
+  </si>
+  <si>
+    <t>J0K2K0</t>
+  </si>
+  <si>
+    <t>161 Principale,</t>
+  </si>
+  <si>
+    <t>id-28.1.parties.9</t>
+  </si>
+  <si>
+    <t>FO-1140132987</t>
+  </si>
+  <si>
+    <t>EXCAVATION NORMAND MAJEAU INC.</t>
+  </si>
+  <si>
+    <t>Saint-Gabriel-de-Brandon</t>
+  </si>
+  <si>
+    <t>J0K2N0</t>
+  </si>
+  <si>
+    <t>4861 ch. du Lac,</t>
+  </si>
+  <si>
+    <t>id-29.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-29.1.parties.0</t>
+  </si>
+  <si>
+    <t>Saguenay</t>
+  </si>
+  <si>
+    <t>G7X1V6</t>
+  </si>
+  <si>
+    <t>3501 du Roi-Georges,Jonquière</t>
+  </si>
+  <si>
+    <t>id-29.2.parties.0</t>
+  </si>
+  <si>
+    <t>Granby</t>
+  </si>
+  <si>
+    <t>J2G3N1</t>
+  </si>
+  <si>
+    <t>235 rue Saint-Jacques,CP 7000</t>
+  </si>
+  <si>
+    <t>id-29.3.parties.0</t>
+  </si>
+  <si>
+    <t>id-30.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-31.0.parties.0</t>
+  </si>
+  <si>
+    <t>id-31.1.parties.0</t>
   </si>
   <si>
     <t>L'Épiphanie</t>
   </si>
   <si>
     <t>J5X1A1</t>
   </si>
   <si>
-    <t>id-1.3.parties.0</t>
-[...676 lines deleted...]
-  <si>
     <t>id-31.2.parties.0</t>
   </si>
   <si>
+    <t>id-31.3.parties.0</t>
+  </si>
+  <si>
+    <t>id-31.3.parties.1</t>
+  </si>
+  <si>
+    <t>FO-1145900974</t>
+  </si>
+  <si>
+    <t>MARCEL BAZINET INC.</t>
+  </si>
+  <si>
+    <t>J6E0P1</t>
+  </si>
+  <si>
+    <t>308, RANG PETITE NORAIE,</t>
+  </si>
+  <si>
+    <t>id-31.3.parties.2</t>
+  </si>
+  <si>
+    <t>FO-1140509572</t>
+  </si>
+  <si>
+    <t>LES ENTREPRISES BOURGET INC.</t>
+  </si>
+  <si>
+    <t>96 ch. Delangis,</t>
+  </si>
+  <si>
     <t>url</t>
   </si>
   <si>
     <t>id-0.0.tender.documents.0</t>
   </si>
   <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=94711c3b-316f-4ef3-ac6a-479df658aa4c</t>
+  </si>
+  <si>
+    <t>id-0.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=8e82c7ca-c943-4431-bf47-b8f67e82d494</t>
+  </si>
+  <si>
+    <t>id-0.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-1.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=e38e8a83-869d-4edc-a8c5-2a089647d76c</t>
+  </si>
+  <si>
+    <t>id-1.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-1.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=7578cb12-b5f3-4e0a-ab89-1c8b0e11f0aa</t>
+  </si>
+  <si>
+    <t>id-2.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=a7bf5c12-5eef-46bd-8c5a-527fb95cd80e</t>
+  </si>
+  <si>
+    <t>id-2.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-2.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=ea653d43-fab9-4ea9-808d-c334f9bc4438</t>
+  </si>
+  <si>
+    <t>id-2.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=4101da3e-5dcc-4d48-9c38-60bd6b70dd6c</t>
+  </si>
+  <si>
+    <t>id-3.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=f849c51b-4ed1-4c22-a9dd-1d4513823ad9</t>
+  </si>
+  <si>
+    <t>id-4.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-5.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=93c7c933-7e9d-414c-b2e3-b904d3448e2a</t>
+  </si>
+  <si>
+    <t>id-6.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=6f206a3e-91a2-4dde-85e6-57401c01fa52</t>
+  </si>
+  <si>
+    <t>id-6.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-7.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=fb791070-d877-4162-a8e3-c550d5fc021d</t>
+  </si>
+  <si>
+    <t>id-7.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-7.0.tender.documents.2</t>
+  </si>
+  <si>
+    <t>id-8.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=cc65d469-af7d-4719-8fbf-f9969eb9a4fe</t>
+  </si>
+  <si>
+    <t>id-8.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=f796ee21-eb74-489b-a43e-d3659d7f27f4</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-10.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=526350e1-a25c-46cd-9ab8-3dde687193e7</t>
+  </si>
+  <si>
+    <t>id-10.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-11.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=a10c55db-18bc-478b-bb47-bdefd8f8b18e</t>
+  </si>
+  <si>
+    <t>id-11.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-11.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=17f51895-37a8-4a55-b04a-301ed468fda3</t>
+  </si>
+  <si>
+    <t>id-11.2.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=18259cfd-30cc-41f0-8e4e-db9a496279ce</t>
+  </si>
+  <si>
+    <t>id-11.3.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=c0277f7d-2bf4-40bc-82f0-c190a1ddc35a</t>
+  </si>
+  <si>
+    <t>id-11.3.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-11.4.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=322d8627-43de-419f-b746-6c5ca82c1ea5</t>
+  </si>
+  <si>
+    <t>id-11.4.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-12.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=f9cb07e4-9a96-48a9-80a1-30e908353699</t>
+  </si>
+  <si>
+    <t>id-12.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-12.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=563fffff-aaf6-4fb3-914d-237a1c1cf9bd</t>
+  </si>
+  <si>
+    <t>id-12.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-12.2.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=9254e3a8-854f-4a69-a957-6eab8df25eee</t>
+  </si>
+  <si>
+    <t>id-12.2.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-12.3.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=905f6d22-4810-463b-9614-29b2b765b454</t>
+  </si>
+  <si>
+    <t>id-12.4.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=e48d5945-0fa9-4929-b2a1-a88d91adf85e</t>
+  </si>
+  <si>
+    <t>id-12.4.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-13.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=03e47f4c-d1b0-4946-9b85-267df20f3acb</t>
+  </si>
+  <si>
+    <t>id-13.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-13.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=c5602d01-ccb1-4206-961b-3cf1e6917903</t>
+  </si>
+  <si>
+    <t>id-13.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-14.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=5c01b9c5-4c7b-4260-b449-3450fb98a122</t>
+  </si>
+  <si>
+    <t>id-14.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-14.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=7dd99e59-3340-4e66-8edf-8228cb84a002</t>
+  </si>
+  <si>
+    <t>id-14.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-14.2.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=42132c71-caeb-4013-85b4-6e2a18b9679a</t>
+  </si>
+  <si>
+    <t>id-14.2.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-14.3.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=cbf145bc-3755-4085-b2cb-00f5dc89af94</t>
+  </si>
+  <si>
+    <t>id-14.4.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=c3187ce0-919e-461f-aa34-43719cfd69b7</t>
+  </si>
+  <si>
+    <t>id-14.4.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-15.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=9f1ca7fe-8b89-42ef-a0a1-a92019b3e728</t>
+  </si>
+  <si>
+    <t>id-15.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-15.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=1b86c945-ee1f-48a9-9ed5-8d22138e20a7</t>
+  </si>
+  <si>
+    <t>id-15.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-15.2.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=7e1a2168-539b-486a-a712-b19813e94637</t>
+  </si>
+  <si>
+    <t>id-15.3.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=438ab65c-01be-401c-8bb7-96bc4cea5e23</t>
+  </si>
+  <si>
+    <t>id-15.4.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=69fffb4c-caaf-451b-b7f4-15e3e0d5dc27</t>
+  </si>
+  <si>
+    <t>id-15.4.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-16.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=351c5e99-039a-4732-99f4-9ebc0ded4f56</t>
+  </si>
+  <si>
+    <t>id-16.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=55592a8a-5eca-463c-9fb5-edd9a250f170</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-18.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=f6b533a6-bffc-485a-a62e-013cee7f573e</t>
+  </si>
+  <si>
+    <t>id-18.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-18.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=685d64e5-11ad-4148-b097-e2b2eb1c99da</t>
+  </si>
+  <si>
+    <t>id-18.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-19.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=4f51b0c5-e8e0-47d1-bdca-cda8e5b515f9</t>
+  </si>
+  <si>
+    <t>id-20.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=ec42ce0a-316d-40c5-939d-37da883cfc5f</t>
+  </si>
+  <si>
+    <t>id-20.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-21.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=92a06553-0315-417e-9ad8-16d8005f7e30</t>
+  </si>
+  <si>
+    <t>id-21.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-22.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=cca0ff0a-fe33-4609-a8bc-a557e4894259</t>
+  </si>
+  <si>
+    <t>id-22.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-22.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=fa18c2c9-1c7c-471d-a7db-4ef67b8497bb</t>
+  </si>
+  <si>
+    <t>id-22.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-22.2.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=717519a3-f0b4-4f1e-bbf3-de200fbb3af0</t>
+  </si>
+  <si>
+    <t>id-22.2.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-22.3.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=b0c9d319-e5ca-47dd-b5eb-a52710267b0f</t>
+  </si>
+  <si>
+    <t>id-22.3.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-22.4.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=e604f291-c65d-4a69-be67-2bea3676d407</t>
+  </si>
+  <si>
+    <t>id-22.4.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-23.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=5a56f6c4-10e6-4bc7-8a05-15abecca43c2</t>
+  </si>
+  <si>
+    <t>id-23.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=1532b14d-baf3-4d03-9c6b-291cc32e3bc1</t>
+  </si>
+  <si>
+    <t>id-23.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-23.2.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=55310c36-33ef-4092-af5c-cf89f6a31ed9</t>
+  </si>
+  <si>
+    <t>id-23.2.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-23.3.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=ec887333-f5e3-4dc8-982b-0a9a6c88f644</t>
+  </si>
+  <si>
+    <t>id-23.3.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-24.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=dcda0657-1d68-4299-816a-7ffdebdbed54</t>
+  </si>
+  <si>
+    <t>id-24.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-24.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=9b7ad6fc-0353-488e-970c-d226ae995ecc</t>
+  </si>
+  <si>
+    <t>id-25.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=e742fc06-c22e-435f-bb64-b7890b8fcb5d</t>
+  </si>
+  <si>
+    <t>id-25.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-25.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=172d5dd5-7c0b-462e-8816-ced54b15ec7c</t>
+  </si>
+  <si>
+    <t>id-25.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-25.2.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=928a79b8-5cb3-4bfb-80a1-9419b6259e57</t>
+  </si>
+  <si>
+    <t>id-25.2.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-25.3.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=21a45297-7e09-4117-8b07-e931099c587d</t>
+  </si>
+  <si>
+    <t>id-25.4.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=c5e3faf5-ddbc-4e2b-bef6-8999c7f3e2f7</t>
+  </si>
+  <si>
+    <t>id-25.4.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-26.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=9c637be9-ff3d-45eb-8ce8-492f2520f64a</t>
+  </si>
+  <si>
+    <t>id-26.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-26.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://www.seao.ca/OpportunityPublication/avisconsultes.aspx?ItemId=524569ba-4644-4877-960e-d23d9ed7a150</t>
+  </si>
+  <si>
+    <t>id-27.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=a9caaf14-a29e-4513-b37f-266aee5c9ef7</t>
+  </si>
+  <si>
+    <t>id-28.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=9bfd851c-d08b-4232-b519-8e98eb083d10</t>
+  </si>
+  <si>
+    <t>id-28.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-28.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=734b0ea5-59ef-45c4-98c9-caab8bdd323f</t>
+  </si>
+  <si>
+    <t>id-29.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=a5c5c831-f44b-4ee2-a0a5-7b09c5db0372</t>
+  </si>
+  <si>
+    <t>id-29.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-29.1.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=5d7f3163-0715-48b6-9459-31c6262c8a90</t>
+  </si>
+  <si>
+    <t>id-29.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-29.2.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=ebb69c24-e5fe-4877-9224-f31a95090932</t>
+  </si>
+  <si>
+    <t>id-29.2.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-29.3.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=885533aa-90dd-4de3-a1d5-cd5d78b85c4b</t>
+  </si>
+  <si>
+    <t>id-29.3.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-30.0.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=c27281d7-f6a3-4ae9-9437-e011b862962b</t>
+  </si>
+  <si>
+    <t>id-31.0.tender.documents.0</t>
+  </si>
+  <si>
     <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=973d6574-18af-400c-a76b-a8d4b61b0090</t>
   </si>
   <si>
-    <t>id-0.0.tender.documents.1</t>
-[...14 lines deleted...]
-    <t>id-1.2.tender.documents.0</t>
+    <t>id-31.0.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-31.1.tender.documents.0</t>
   </si>
   <si>
     <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=115c6187-22f2-497f-8a98-3aa04d0abcab</t>
   </si>
   <si>
-    <t>id-1.2.tender.documents.1</t>
-[...497 lines deleted...]
-    <t>id-23.1.tender.documents.0</t>
+    <t>id-31.1.tender.documents.1</t>
+  </si>
+  <si>
+    <t>id-31.2.tender.documents.0</t>
   </si>
   <si>
     <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=62675d29-d5e5-429a-a4ba-e1ccbd4e753a</t>
   </si>
   <si>
-    <t>id-23.1.tender.documents.1</t>
-[...52 lines deleted...]
-  <si>
     <t>id-31.2.tender.documents.1</t>
   </si>
   <si>
+    <t>id-31.3.tender.documents.0</t>
+  </si>
+  <si>
+    <t>https://seao.gouv.qc.ca/avis-resultat-recherche/consulter?ItemId=1ff435bc-b919-4b51-bc62-1b8530603ab5</t>
+  </si>
+  <si>
     <t>value</t>
   </si>
   <si>
     <t>valueUnit</t>
   </si>
   <si>
     <t>conform</t>
   </si>
   <si>
-    <t>id-6.2.bids.0</t>
-[...11 lines deleted...]
-    <t>id-21.0.bids.2</t>
+    <t>id-1.1.bids.0</t>
+  </si>
+  <si>
+    <t>id-1.1.bids.1</t>
+  </si>
+  <si>
+    <t>id-1.1.bids.2</t>
+  </si>
+  <si>
+    <t>id-1.1.bids.3</t>
+  </si>
+  <si>
+    <t>id-9.0.bids.0</t>
+  </si>
+  <si>
+    <t>id-9.0.bids.1</t>
+  </si>
+  <si>
+    <t>id-9.0.bids.2</t>
+  </si>
+  <si>
+    <t>id-18.1.bids.0</t>
+  </si>
+  <si>
+    <t>id-26.1.bids.0</t>
+  </si>
+  <si>
+    <t>id-28.1.bids.0</t>
+  </si>
+  <si>
+    <t>id-28.1.bids.1</t>
+  </si>
+  <si>
+    <t>id-28.1.bids.2</t>
+  </si>
+  <si>
+    <t>id-28.1.bids.3</t>
+  </si>
+  <si>
+    <t>id-28.1.bids.4</t>
+  </si>
+  <si>
+    <t>id-28.1.bids.5</t>
+  </si>
+  <si>
+    <t>id-28.1.bids.6</t>
+  </si>
+  <si>
+    <t>id-28.1.bids.7</t>
+  </si>
+  <si>
+    <t>id-28.1.bids.8</t>
+  </si>
+  <si>
+    <t>id-31.3.bids.0</t>
+  </si>
+  <si>
+    <t>id-31.3.bids.1</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>value_amount</t>
   </si>
   <si>
     <t>value_currency</t>
   </si>
   <si>
     <t>value_totalamount</t>
   </si>
   <si>
-    <t>id-6.2.awards.0</t>
+    <t>id-1.1.awards.0</t>
+  </si>
+  <si>
+    <t>2006-10-04T00:00:00-04:00</t>
+  </si>
+  <si>
+    <t>CAD</t>
+  </si>
+  <si>
+    <t>id-9.0.awards.0</t>
   </si>
   <si>
     <t>2007-02-05T05:00:00Z</t>
   </si>
   <si>
-    <t>CAD</t>
-[...2 lines deleted...]
-    <t>id-7.1.awards.0</t>
+    <t>id-17.0.awards.0</t>
+  </si>
+  <si>
+    <t>id-18.1.awards.0</t>
+  </si>
+  <si>
+    <t>id-26.1.awards.0</t>
   </si>
   <si>
     <t>2007-02-13T00:00:00Z</t>
   </si>
   <si>
-    <t>id-21.0.awards.0</t>
-[...2 lines deleted...]
-    <t>id-22.0.awards.0</t>
+    <t>id-28.1.awards.0</t>
+  </si>
+  <si>
+    <t>2006-05-23T00:00:00-04:00</t>
+  </si>
+  <si>
+    <t>id-31.3.awards.0</t>
+  </si>
+  <si>
+    <t>2006-08-07T00:00:00-04:00</t>
   </si>
   <si>
     <t>_link_awards</t>
   </si>
   <si>
-    <t>id-6.2.awards.0.suppliers.0</t>
-[...8 lines deleted...]
-    <t>id-22.0.awards.0.suppliers.0</t>
+    <t>id-1.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-9.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-17.0.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-18.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-26.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-28.1.awards.0.suppliers.0</t>
+  </si>
+  <si>
+    <t>id-31.3.awards.0.suppliers.0</t>
   </si>
   <si>
     <t>dateSigned</t>
   </si>
   <si>
     <t>awardID</t>
   </si>
   <si>
     <t>period_endDate</t>
   </si>
   <si>
-    <t>id-6.2.contracts.0</t>
-[...2 lines deleted...]
-    <t>id-7.1.contracts.0</t>
+    <t>id-1.1.contracts.0</t>
   </si>
   <si>
     <t>terminated</t>
   </si>
   <si>
+    <t>2008-07-31T00:00:00-04:00</t>
+  </si>
+  <si>
+    <t>id-9.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-17.0.contracts.0</t>
+  </si>
+  <si>
+    <t>id-18.1.contracts.0</t>
+  </si>
+  <si>
+    <t>id-26.1.contracts.0</t>
+  </si>
+  <si>
     <t>2012-12-31T00:00:00Z</t>
   </si>
   <si>
-    <t>id-21.0.contracts.0</t>
-[...44 lines deleted...]
-    <t>id-22.0.tender.tenderers.8</t>
+    <t>id-28.1.contracts.0</t>
+  </si>
+  <si>
+    <t>2006-08-31T00:00:00-04:00</t>
+  </si>
+  <si>
+    <t>id-31.3.contracts.0</t>
+  </si>
+  <si>
+    <t>2009-03-31T00:00:00-04:00</t>
+  </si>
+  <si>
+    <t>id-1.1.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-1.1.tender.tenderers.1</t>
+  </si>
+  <si>
+    <t>id-1.1.tender.tenderers.2</t>
+  </si>
+  <si>
+    <t>id-1.1.tender.tenderers.3</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.tenderers.1</t>
+  </si>
+  <si>
+    <t>id-9.0.tender.tenderers.2</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.tenderers.1</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.tenderers.2</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.tenderers.3</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.tenderers.4</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.tenderers.5</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.tenderers.6</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.tenderers.7</t>
+  </si>
+  <si>
+    <t>id-17.0.tender.tenderers.8</t>
+  </si>
+  <si>
+    <t>id-18.1.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-26.1.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-28.1.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-28.1.tender.tenderers.1</t>
+  </si>
+  <si>
+    <t>id-28.1.tender.tenderers.2</t>
+  </si>
+  <si>
+    <t>id-28.1.tender.tenderers.3</t>
+  </si>
+  <si>
+    <t>id-28.1.tender.tenderers.4</t>
+  </si>
+  <si>
+    <t>id-28.1.tender.tenderers.5</t>
+  </si>
+  <si>
+    <t>id-28.1.tender.tenderers.6</t>
+  </si>
+  <si>
+    <t>id-28.1.tender.tenderers.7</t>
+  </si>
+  <si>
+    <t>id-28.1.tender.tenderers.8</t>
+  </si>
+  <si>
+    <t>id-31.3.tender.tenderers.0</t>
+  </si>
+  <si>
+    <t>id-31.3.tender.tenderers.1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -3620,51 +4064,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:Z71"/>
+  <dimension ref="A1:Z74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
@@ -3762,9551 +4206,11045 @@
       <c r="K2" t="s">
         <v>36</v>
       </c>
       <c r="L2" t="s">
         <v>37</v>
       </c>
       <c r="M2" t="s">
         <v>38</v>
       </c>
       <c r="N2" t="s">
         <v>39</v>
       </c>
       <c r="O2" t="s">
         <v>40</v>
       </c>
       <c r="P2" t="s">
         <v>41</v>
       </c>
       <c r="Q2" t="s">
         <v>42</v>
       </c>
       <c r="R2" t="s">
         <v>29</v>
       </c>
       <c r="S2">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="T2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>43</v>
       </c>
       <c r="B3" t="s">
         <v>44</v>
       </c>
       <c r="C3" t="s">
         <v>28</v>
       </c>
       <c r="D3" t="s">
         <v>45</v>
       </c>
       <c r="E3" t="s">
         <v>46</v>
       </c>
       <c r="F3" t="s">
         <v>31</v>
       </c>
       <c r="G3" t="s">
         <v>32</v>
       </c>
       <c r="H3" t="s">
         <v>47</v>
       </c>
       <c r="I3" t="s">
         <v>48</v>
       </c>
       <c r="J3" t="s">
         <v>49</v>
       </c>
       <c r="K3" t="s">
         <v>50</v>
       </c>
       <c r="L3" t="s">
         <v>51</v>
       </c>
       <c r="M3" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="N3" t="s">
         <v>39</v>
       </c>
       <c r="O3" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="P3" t="s">
         <v>41</v>
       </c>
       <c r="Q3" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="R3" t="s">
         <v>45</v>
       </c>
       <c r="S3">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="T3" t="s">
         <v>47</v>
       </c>
       <c r="U3" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B4" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C4" t="s">
         <v>28</v>
       </c>
       <c r="D4" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E4" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F4" t="s">
         <v>31</v>
       </c>
       <c r="G4" t="s">
         <v>32</v>
       </c>
       <c r="H4" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="I4" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="J4" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="K4" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="L4" t="s">
         <v>51</v>
       </c>
       <c r="M4" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="N4" t="s">
         <v>39</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="P4" t="s">
         <v>41</v>
       </c>
       <c r="Q4" t="s">
+        <v>65</v>
+      </c>
+      <c r="R4" t="s">
+        <v>57</v>
+      </c>
+      <c r="S4">
+        <v>20</v>
+      </c>
+      <c r="T4" t="s">
         <v>59</v>
       </c>
-      <c r="R4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="U4" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="E5" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="F5" t="s">
         <v>31</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="I5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="J5" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="K5" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="L5" t="s">
-        <v>37</v>
+        <v>74</v>
       </c>
       <c r="M5" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="N5" t="s">
         <v>39</v>
       </c>
       <c r="O5" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P5" t="s">
         <v>41</v>
       </c>
       <c r="Q5" t="s">
+        <v>75</v>
+      </c>
+      <c r="R5" t="s">
+        <v>68</v>
+      </c>
+      <c r="S5">
+        <v>19</v>
+      </c>
+      <c r="T5" t="s">
         <v>70</v>
       </c>
-      <c r="R5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="U5" t="s">
-        <v>65</v>
+        <v>71</v>
+      </c>
+      <c r="V5">
+        <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="B6" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="E6" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" t="s">
         <v>32</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>80</v>
       </c>
       <c r="I6" t="s">
-        <v>34</v>
+        <v>81</v>
       </c>
       <c r="J6" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="K6" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="L6" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s">
         <v>38</v>
       </c>
       <c r="N6" t="s">
         <v>39</v>
       </c>
       <c r="O6" t="s">
         <v>40</v>
       </c>
       <c r="P6" t="s">
         <v>41</v>
       </c>
       <c r="Q6" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="R6" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="S6">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="T6" t="s">
-        <v>33</v>
+        <v>80</v>
       </c>
       <c r="U6" t="s">
-        <v>34</v>
+        <v>81</v>
+      </c>
+      <c r="W6">
+        <v>99999</v>
+      </c>
+      <c r="X6">
+        <v>25000</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="B7" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="E7" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="F7" t="s">
         <v>31</v>
       </c>
       <c r="G7" t="s">
         <v>32</v>
       </c>
       <c r="H7" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="I7" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="J7" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="K7" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="L7" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="M7" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="N7" t="s">
         <v>39</v>
       </c>
       <c r="O7" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="P7" t="s">
         <v>41</v>
       </c>
       <c r="Q7" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="R7" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="S7">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="T7" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="U7" t="s">
-        <v>83</v>
-[...5 lines deleted...]
-        <v>100000</v>
+        <v>90</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="B8" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="E8" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="F8" t="s">
         <v>31</v>
       </c>
       <c r="G8" t="s">
         <v>32</v>
       </c>
       <c r="H8" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="I8" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="J8" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="K8" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="L8" t="s">
         <v>51</v>
       </c>
       <c r="M8" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="N8" t="s">
         <v>39</v>
       </c>
       <c r="O8" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="P8" t="s">
         <v>41</v>
       </c>
       <c r="Q8" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="R8" t="s">
-        <v>89</v>
+        <v>96</v>
+      </c>
+      <c r="S8">
+        <v>16</v>
       </c>
       <c r="T8" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="U8" t="s">
-        <v>92</v>
-[...5 lines deleted...]
-        <v>200000</v>
+        <v>99</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B9" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="E9" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="F9" t="s">
         <v>31</v>
       </c>
       <c r="G9" t="s">
         <v>32</v>
       </c>
       <c r="H9" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="I9" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="J9" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="K9" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="L9" t="s">
         <v>51</v>
       </c>
       <c r="M9" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="N9" t="s">
         <v>39</v>
       </c>
       <c r="O9" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="P9" t="s">
         <v>41</v>
       </c>
       <c r="Q9" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="R9" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="S9">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="T9" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="U9" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B10" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="E10" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="F10" t="s">
         <v>31</v>
       </c>
       <c r="G10" t="s">
         <v>32</v>
       </c>
       <c r="H10" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="I10" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="J10" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="K10" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="L10" t="s">
         <v>37</v>
       </c>
       <c r="M10" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="N10" t="s">
         <v>39</v>
       </c>
       <c r="O10" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="P10" t="s">
         <v>41</v>
       </c>
       <c r="Q10" t="s">
+        <v>118</v>
+      </c>
+      <c r="R10" t="s">
+        <v>112</v>
+      </c>
+      <c r="S10">
+        <v>34</v>
+      </c>
+      <c r="T10" t="s">
+        <v>114</v>
+      </c>
+      <c r="U10" t="s">
         <v>115</v>
-      </c>
-[...10 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B11" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="E11" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="F11" t="s">
         <v>31</v>
       </c>
       <c r="G11" t="s">
         <v>32</v>
       </c>
       <c r="H11" t="s">
-        <v>47</v>
+        <v>123</v>
       </c>
       <c r="I11" t="s">
-        <v>48</v>
+        <v>124</v>
       </c>
       <c r="J11" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="K11" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="L11" t="s">
         <v>51</v>
       </c>
       <c r="M11" t="s">
-        <v>95</v>
+        <v>63</v>
       </c>
       <c r="N11" t="s">
         <v>39</v>
       </c>
       <c r="O11" t="s">
-        <v>96</v>
+        <v>64</v>
       </c>
       <c r="P11" t="s">
         <v>41</v>
       </c>
       <c r="Q11" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="R11" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="S11">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="T11" t="s">
-        <v>47</v>
+        <v>123</v>
       </c>
       <c r="U11" t="s">
-        <v>48</v>
+        <v>124</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B12" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C12" t="s">
         <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="E12" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F12" t="s">
         <v>31</v>
       </c>
       <c r="G12" t="s">
         <v>32</v>
       </c>
       <c r="H12" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="I12" t="s">
-        <v>34</v>
+        <v>133</v>
       </c>
       <c r="J12" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="K12" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="L12" t="s">
         <v>51</v>
       </c>
       <c r="M12" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="N12" t="s">
         <v>39</v>
       </c>
       <c r="O12" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P12" t="s">
         <v>41</v>
       </c>
       <c r="Q12" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="R12" t="s">
-        <v>125</v>
+        <v>130</v>
+      </c>
+      <c r="S12">
+        <v>22</v>
       </c>
       <c r="T12" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="U12" t="s">
-        <v>34</v>
+        <v>133</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="B13" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="C13" t="s">
         <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="E13" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="F13" t="s">
         <v>31</v>
       </c>
       <c r="G13" t="s">
         <v>32</v>
       </c>
       <c r="H13" t="s">
-        <v>47</v>
+        <v>89</v>
       </c>
       <c r="I13" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="J13" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="K13" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="L13" t="s">
         <v>51</v>
       </c>
       <c r="M13" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="N13" t="s">
         <v>39</v>
       </c>
       <c r="O13" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="P13" t="s">
         <v>41</v>
       </c>
       <c r="Q13" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="R13" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="S13">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="T13" t="s">
-        <v>47</v>
+        <v>89</v>
       </c>
       <c r="U13" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="B14" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="C14" t="s">
         <v>28</v>
       </c>
       <c r="D14" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E14" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="F14" t="s">
         <v>31</v>
       </c>
       <c r="G14" t="s">
         <v>32</v>
       </c>
       <c r="H14" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="I14" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="J14" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="K14" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="L14" t="s">
-        <v>37</v>
+        <v>74</v>
       </c>
       <c r="M14" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="N14" t="s">
         <v>39</v>
       </c>
       <c r="O14" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="P14" t="s">
         <v>41</v>
       </c>
       <c r="Q14" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="R14" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="S14">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="T14" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="U14" t="s">
-        <v>142</v>
+        <v>149</v>
+      </c>
+      <c r="V14">
+        <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="B15" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="C15" t="s">
         <v>28</v>
       </c>
       <c r="D15" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="E15" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="F15" t="s">
         <v>31</v>
       </c>
       <c r="G15" t="s">
         <v>32</v>
       </c>
       <c r="H15" t="s">
-        <v>150</v>
+        <v>89</v>
       </c>
       <c r="I15" t="s">
-        <v>151</v>
+        <v>90</v>
       </c>
       <c r="J15" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="K15" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="L15" t="s">
         <v>51</v>
       </c>
       <c r="M15" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="N15" t="s">
         <v>39</v>
       </c>
       <c r="O15" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="P15" t="s">
         <v>41</v>
       </c>
       <c r="Q15" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="R15" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="S15">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="T15" t="s">
-        <v>150</v>
+        <v>89</v>
       </c>
       <c r="U15" t="s">
-        <v>151</v>
+        <v>90</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="B16" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="C16" t="s">
         <v>28</v>
       </c>
       <c r="D16" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="E16" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="F16" t="s">
         <v>31</v>
       </c>
       <c r="G16" t="s">
         <v>32</v>
       </c>
       <c r="H16" t="s">
-        <v>33</v>
+        <v>164</v>
       </c>
       <c r="I16" t="s">
-        <v>34</v>
+        <v>165</v>
       </c>
       <c r="J16" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="K16" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="L16" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="M16" t="s">
         <v>38</v>
       </c>
       <c r="N16" t="s">
         <v>39</v>
       </c>
       <c r="O16" t="s">
         <v>40</v>
       </c>
       <c r="P16" t="s">
         <v>41</v>
       </c>
       <c r="Q16" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="R16" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="S16">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="T16" t="s">
-        <v>33</v>
+        <v>164</v>
       </c>
       <c r="U16" t="s">
-        <v>34</v>
+        <v>165</v>
+      </c>
+      <c r="W16">
+        <v>199999</v>
+      </c>
+      <c r="X16">
+        <v>100000</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="B17" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="C17" t="s">
         <v>28</v>
       </c>
       <c r="D17" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="E17" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="F17" t="s">
         <v>31</v>
       </c>
       <c r="G17" t="s">
         <v>32</v>
       </c>
       <c r="H17" t="s">
-        <v>166</v>
+        <v>33</v>
       </c>
       <c r="I17" t="s">
-        <v>167</v>
+        <v>34</v>
       </c>
       <c r="J17" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="K17" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="L17" t="s">
         <v>37</v>
       </c>
       <c r="M17" t="s">
-        <v>95</v>
+        <v>38</v>
       </c>
       <c r="N17" t="s">
         <v>39</v>
       </c>
       <c r="O17" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="P17" t="s">
         <v>41</v>
       </c>
       <c r="Q17" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="R17" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="S17">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="T17" t="s">
-        <v>166</v>
+        <v>33</v>
       </c>
       <c r="U17" t="s">
-        <v>167</v>
+        <v>34</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="B18" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="C18" t="s">
         <v>28</v>
       </c>
       <c r="D18" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="E18" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="F18" t="s">
         <v>31</v>
       </c>
       <c r="G18" t="s">
         <v>32</v>
       </c>
       <c r="H18" t="s">
-        <v>174</v>
+        <v>33</v>
       </c>
       <c r="I18" t="s">
-        <v>175</v>
+        <v>34</v>
       </c>
       <c r="J18" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="K18" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="L18" t="s">
         <v>37</v>
       </c>
       <c r="M18" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="N18" t="s">
         <v>39</v>
       </c>
       <c r="O18" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P18" t="s">
         <v>41</v>
       </c>
       <c r="Q18" t="s">
+        <v>182</v>
+      </c>
+      <c r="R18" t="s">
         <v>178</v>
       </c>
-      <c r="R18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S18">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="T18" t="s">
-        <v>174</v>
+        <v>33</v>
       </c>
       <c r="U18" t="s">
-        <v>175</v>
+        <v>34</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B19" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="C19" t="s">
         <v>28</v>
       </c>
       <c r="D19" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="E19" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="F19" t="s">
         <v>31</v>
       </c>
       <c r="G19" t="s">
         <v>32</v>
       </c>
       <c r="H19" t="s">
-        <v>33</v>
+        <v>98</v>
       </c>
       <c r="I19" t="s">
-        <v>34</v>
+        <v>99</v>
       </c>
       <c r="J19" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="K19" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="L19" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="M19" t="s">
         <v>38</v>
       </c>
       <c r="N19" t="s">
         <v>39</v>
       </c>
       <c r="O19" t="s">
         <v>40</v>
       </c>
       <c r="P19" t="s">
         <v>41</v>
       </c>
       <c r="Q19" t="s">
+        <v>189</v>
+      </c>
+      <c r="R19" t="s">
         <v>185</v>
       </c>
-      <c r="R19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S19">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="T19" t="s">
-        <v>33</v>
+        <v>98</v>
       </c>
       <c r="U19" t="s">
-        <v>34</v>
+        <v>99</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B20" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C20" t="s">
         <v>28</v>
       </c>
       <c r="D20" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E20" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F20" t="s">
         <v>31</v>
       </c>
       <c r="G20" t="s">
         <v>32</v>
       </c>
       <c r="H20" t="s">
-        <v>141</v>
+        <v>47</v>
       </c>
       <c r="I20" t="s">
-        <v>142</v>
+        <v>48</v>
       </c>
       <c r="J20" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="K20" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="L20" t="s">
         <v>37</v>
       </c>
       <c r="M20" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="N20" t="s">
         <v>39</v>
       </c>
       <c r="O20" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="P20" t="s">
         <v>41</v>
       </c>
       <c r="Q20" t="s">
+        <v>54</v>
+      </c>
+      <c r="R20" t="s">
         <v>192</v>
       </c>
-      <c r="R20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S20">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="T20" t="s">
-        <v>141</v>
+        <v>47</v>
       </c>
       <c r="U20" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        <v>500000</v>
+        <v>48</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B21" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C21" t="s">
         <v>28</v>
       </c>
       <c r="D21" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="E21" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="F21" t="s">
         <v>31</v>
       </c>
       <c r="G21" t="s">
         <v>32</v>
       </c>
       <c r="H21" t="s">
-        <v>102</v>
+        <v>200</v>
       </c>
       <c r="I21" t="s">
-        <v>103</v>
+        <v>201</v>
       </c>
       <c r="J21" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="K21" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="L21" t="s">
         <v>51</v>
       </c>
       <c r="M21" t="s">
-        <v>95</v>
+        <v>63</v>
       </c>
       <c r="N21" t="s">
         <v>39</v>
       </c>
       <c r="O21" t="s">
-        <v>96</v>
+        <v>64</v>
       </c>
       <c r="P21" t="s">
         <v>41</v>
       </c>
       <c r="Q21" t="s">
-        <v>199</v>
+        <v>84</v>
       </c>
       <c r="R21" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="S21">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="T21" t="s">
-        <v>102</v>
+        <v>200</v>
       </c>
       <c r="U21" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>100000</v>
+        <v>201</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B22" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C22" t="s">
         <v>28</v>
       </c>
       <c r="D22" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="E22" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="F22" t="s">
         <v>31</v>
       </c>
       <c r="G22" t="s">
         <v>32</v>
       </c>
       <c r="H22" t="s">
-        <v>102</v>
+        <v>208</v>
       </c>
       <c r="I22" t="s">
-        <v>103</v>
+        <v>209</v>
       </c>
       <c r="J22" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="K22" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="L22" t="s">
-        <v>206</v>
+        <v>51</v>
       </c>
       <c r="M22" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="N22" t="s">
         <v>39</v>
       </c>
       <c r="O22" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="P22" t="s">
         <v>41</v>
       </c>
       <c r="Q22" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="R22" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="S22">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="T22" t="s">
-        <v>102</v>
+        <v>208</v>
       </c>
       <c r="U22" t="s">
-        <v>103</v>
+        <v>209</v>
+      </c>
+      <c r="W22">
+        <v>199999</v>
       </c>
       <c r="X22">
-        <v>1</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="B23" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C23" t="s">
         <v>28</v>
       </c>
       <c r="D23" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="E23" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="F23" t="s">
         <v>31</v>
       </c>
       <c r="G23" t="s">
         <v>32</v>
       </c>
       <c r="H23" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="I23" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="J23" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="K23" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="L23" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="M23" t="s">
         <v>38</v>
       </c>
       <c r="N23" t="s">
         <v>39</v>
       </c>
       <c r="O23" t="s">
         <v>40</v>
       </c>
       <c r="P23" t="s">
         <v>41</v>
       </c>
       <c r="Q23" t="s">
-        <v>115</v>
+        <v>221</v>
       </c>
       <c r="R23" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="S23">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="T23" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="U23" t="s">
-        <v>213</v>
-[...5 lines deleted...]
-        <v>25000</v>
+        <v>218</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B24" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C24" t="s">
         <v>28</v>
       </c>
       <c r="D24" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="E24" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="F24" t="s">
         <v>31</v>
       </c>
       <c r="G24" t="s">
         <v>32</v>
       </c>
       <c r="H24" t="s">
-        <v>220</v>
+        <v>33</v>
       </c>
       <c r="I24" t="s">
-        <v>221</v>
+        <v>34</v>
       </c>
       <c r="J24" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="K24" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="L24" t="s">
-        <v>206</v>
+        <v>37</v>
       </c>
       <c r="M24" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="N24" t="s">
-        <v>224</v>
+        <v>39</v>
       </c>
       <c r="O24" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="P24" t="s">
         <v>41</v>
       </c>
       <c r="Q24" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="R24" t="s">
-        <v>218</v>
+        <v>224</v>
+      </c>
+      <c r="S24">
+        <v>35</v>
       </c>
       <c r="T24" t="s">
-        <v>220</v>
+        <v>33</v>
       </c>
       <c r="U24" t="s">
-        <v>221</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>34</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="B25" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C25" t="s">
         <v>28</v>
       </c>
       <c r="D25" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="E25" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="F25" t="s">
         <v>31</v>
       </c>
       <c r="G25" t="s">
         <v>32</v>
       </c>
       <c r="H25" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="I25" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="J25" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="K25" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="L25" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="M25" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="N25" t="s">
         <v>39</v>
       </c>
       <c r="O25" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="P25" t="s">
         <v>41</v>
       </c>
       <c r="Q25" t="s">
+        <v>237</v>
+      </c>
+      <c r="R25" t="s">
+        <v>231</v>
+      </c>
+      <c r="S25">
+        <v>22</v>
+      </c>
+      <c r="T25" t="s">
+        <v>233</v>
+      </c>
+      <c r="U25" t="s">
         <v>234</v>
-      </c>
-[...16 lines deleted...]
-        <v>100000</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B26" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C26" t="s">
         <v>28</v>
       </c>
       <c r="D26" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="E26" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="F26" t="s">
         <v>31</v>
       </c>
       <c r="G26" t="s">
         <v>32</v>
       </c>
       <c r="H26" t="s">
-        <v>239</v>
+        <v>148</v>
       </c>
       <c r="I26" t="s">
-        <v>240</v>
+        <v>149</v>
       </c>
       <c r="J26" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="K26" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="L26" t="s">
         <v>37</v>
       </c>
       <c r="M26" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="N26" t="s">
         <v>39</v>
       </c>
       <c r="O26" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="P26" t="s">
         <v>41</v>
       </c>
       <c r="Q26" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="R26" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="S26">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="T26" t="s">
-        <v>239</v>
+        <v>148</v>
       </c>
       <c r="U26" t="s">
-        <v>240</v>
+        <v>149</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B27" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C27" t="s">
         <v>28</v>
       </c>
       <c r="D27" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E27" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F27" t="s">
         <v>31</v>
       </c>
       <c r="G27" t="s">
         <v>32</v>
       </c>
       <c r="H27" t="s">
-        <v>47</v>
+        <v>249</v>
       </c>
       <c r="I27" t="s">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="J27" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="K27" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="L27" t="s">
         <v>51</v>
       </c>
       <c r="M27" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="N27" t="s">
         <v>39</v>
       </c>
       <c r="O27" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="P27" t="s">
         <v>41</v>
       </c>
       <c r="Q27" t="s">
+        <v>253</v>
+      </c>
+      <c r="R27" t="s">
+        <v>247</v>
+      </c>
+      <c r="S27">
+        <v>48</v>
+      </c>
+      <c r="T27" t="s">
+        <v>249</v>
+      </c>
+      <c r="U27" t="s">
         <v>250</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="B28" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C28" t="s">
         <v>28</v>
       </c>
       <c r="D28" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="E28" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="F28" t="s">
         <v>31</v>
       </c>
       <c r="G28" t="s">
         <v>32</v>
       </c>
       <c r="H28" t="s">
-        <v>47</v>
+        <v>89</v>
       </c>
       <c r="I28" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="J28" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="K28" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="L28" t="s">
         <v>51</v>
       </c>
       <c r="M28" t="s">
-        <v>68</v>
+        <v>38</v>
       </c>
       <c r="N28" t="s">
         <v>39</v>
       </c>
       <c r="O28" t="s">
-        <v>69</v>
+        <v>40</v>
       </c>
       <c r="P28" t="s">
         <v>41</v>
       </c>
       <c r="Q28" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="R28" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="S28">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="T28" t="s">
-        <v>47</v>
+        <v>89</v>
       </c>
       <c r="U28" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B29" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C29" t="s">
         <v>28</v>
       </c>
       <c r="D29" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="E29" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="F29" t="s">
         <v>31</v>
       </c>
       <c r="G29" t="s">
         <v>32</v>
       </c>
       <c r="H29" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="I29" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="J29" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="K29" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="L29" t="s">
         <v>51</v>
       </c>
       <c r="M29" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="N29" t="s">
         <v>39</v>
       </c>
       <c r="O29" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="P29" t="s">
         <v>41</v>
       </c>
       <c r="Q29" t="s">
-        <v>106</v>
+        <v>267</v>
       </c>
       <c r="R29" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="S29">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="T29" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="U29" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B30" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C30" t="s">
         <v>28</v>
       </c>
       <c r="D30" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="E30" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="F30" t="s">
         <v>31</v>
       </c>
       <c r="G30" t="s">
         <v>32</v>
       </c>
       <c r="H30" t="s">
-        <v>47</v>
+        <v>272</v>
       </c>
       <c r="I30" t="s">
-        <v>48</v>
+        <v>273</v>
       </c>
       <c r="J30" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="K30" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="L30" t="s">
         <v>51</v>
       </c>
       <c r="M30" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="N30" t="s">
         <v>39</v>
       </c>
       <c r="O30" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="P30" t="s">
         <v>41</v>
       </c>
       <c r="Q30" t="s">
+        <v>276</v>
+      </c>
+      <c r="R30" t="s">
         <v>270</v>
       </c>
-      <c r="R30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S30">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="T30" t="s">
-        <v>47</v>
+        <v>272</v>
       </c>
       <c r="U30" t="s">
-        <v>48</v>
+        <v>273</v>
+      </c>
+      <c r="W30">
+        <v>199999</v>
+      </c>
+      <c r="X30">
+        <v>100000</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="B31" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="C31" t="s">
         <v>28</v>
       </c>
       <c r="D31" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="E31" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="F31" t="s">
         <v>31</v>
       </c>
       <c r="G31" t="s">
         <v>32</v>
       </c>
       <c r="H31" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="I31" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="J31" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="K31" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="L31" t="s">
         <v>37</v>
       </c>
       <c r="M31" t="s">
-        <v>95</v>
+        <v>63</v>
       </c>
       <c r="N31" t="s">
         <v>39</v>
       </c>
       <c r="O31" t="s">
-        <v>96</v>
+        <v>64</v>
       </c>
       <c r="P31" t="s">
         <v>41</v>
       </c>
       <c r="Q31" t="s">
+        <v>285</v>
+      </c>
+      <c r="R31" t="s">
         <v>279</v>
       </c>
-      <c r="R31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S31">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="T31" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="U31" t="s">
-        <v>276</v>
-[...5 lines deleted...]
-        <v>100000</v>
+        <v>282</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="B32" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="C32" t="s">
         <v>28</v>
       </c>
       <c r="D32" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="E32" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="F32" t="s">
         <v>31</v>
       </c>
       <c r="G32" t="s">
         <v>32</v>
       </c>
       <c r="H32" t="s">
-        <v>230</v>
+        <v>290</v>
       </c>
       <c r="I32" t="s">
-        <v>231</v>
+        <v>291</v>
       </c>
       <c r="J32" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="K32" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="L32" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="M32" t="s">
         <v>38</v>
       </c>
       <c r="N32" t="s">
         <v>39</v>
       </c>
       <c r="O32" t="s">
         <v>40</v>
       </c>
       <c r="P32" t="s">
         <v>41</v>
       </c>
       <c r="Q32" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="R32" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="S32">
-        <v>43</v>
+        <v>17</v>
       </c>
       <c r="T32" t="s">
-        <v>230</v>
+        <v>290</v>
       </c>
       <c r="U32" t="s">
-        <v>231</v>
+        <v>291</v>
+      </c>
+      <c r="W32">
+        <v>199999</v>
+      </c>
+      <c r="X32">
+        <v>100000</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="B33" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="C33" t="s">
         <v>28</v>
       </c>
       <c r="D33" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="E33" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="F33" t="s">
         <v>31</v>
       </c>
       <c r="G33" t="s">
         <v>32</v>
       </c>
       <c r="H33" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="I33" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="J33" t="s">
-        <v>293</v>
+        <v>194</v>
       </c>
       <c r="K33" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="L33" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="M33" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="N33" t="s">
         <v>39</v>
       </c>
       <c r="O33" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="P33" t="s">
         <v>41</v>
       </c>
       <c r="Q33" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="R33" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="S33">
         <v>27</v>
       </c>
       <c r="T33" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="U33" t="s">
-        <v>292</v>
-[...5 lines deleted...]
-        <v>500000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="B34" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="C34" t="s">
         <v>28</v>
       </c>
       <c r="D34" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="E34" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="F34" t="s">
         <v>31</v>
       </c>
       <c r="G34" t="s">
         <v>32</v>
       </c>
       <c r="H34" t="s">
-        <v>33</v>
+        <v>307</v>
       </c>
       <c r="I34" t="s">
-        <v>34</v>
+        <v>308</v>
       </c>
       <c r="J34" t="s">
-        <v>300</v>
+        <v>309</v>
       </c>
       <c r="K34" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="L34" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="M34" t="s">
-        <v>95</v>
+        <v>38</v>
       </c>
       <c r="N34" t="s">
         <v>39</v>
       </c>
       <c r="O34" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="P34" t="s">
         <v>41</v>
       </c>
       <c r="Q34" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="R34" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="S34">
-        <v>6</v>
+        <v>28</v>
       </c>
       <c r="T34" t="s">
-        <v>33</v>
+        <v>307</v>
       </c>
       <c r="U34" t="s">
-        <v>34</v>
+        <v>308</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
       <c r="B35" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="C35" t="s">
         <v>28</v>
       </c>
       <c r="D35" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
       <c r="E35" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
       <c r="F35" t="s">
         <v>31</v>
       </c>
       <c r="G35" t="s">
         <v>32</v>
       </c>
       <c r="H35" t="s">
         <v>33</v>
       </c>
       <c r="I35" t="s">
         <v>34</v>
       </c>
       <c r="J35" t="s">
-        <v>307</v>
+        <v>49</v>
       </c>
       <c r="K35" t="s">
-        <v>308</v>
+        <v>316</v>
       </c>
       <c r="L35" t="s">
         <v>37</v>
       </c>
       <c r="M35" t="s">
-        <v>95</v>
+        <v>38</v>
       </c>
       <c r="N35" t="s">
         <v>39</v>
       </c>
       <c r="O35" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="P35" t="s">
         <v>41</v>
       </c>
       <c r="Q35" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
       <c r="R35" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
       <c r="S35">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="T35" t="s">
         <v>33</v>
       </c>
       <c r="U35" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>310</v>
+        <v>318</v>
       </c>
       <c r="B36" t="s">
-        <v>311</v>
+        <v>319</v>
       </c>
       <c r="C36" t="s">
         <v>28</v>
       </c>
       <c r="D36" t="s">
-        <v>312</v>
+        <v>320</v>
       </c>
       <c r="E36" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="F36" t="s">
         <v>31</v>
       </c>
       <c r="G36" t="s">
         <v>32</v>
       </c>
       <c r="H36" t="s">
-        <v>314</v>
+        <v>33</v>
       </c>
       <c r="I36" t="s">
-        <v>315</v>
+        <v>34</v>
       </c>
       <c r="J36" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="K36" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="L36" t="s">
         <v>37</v>
       </c>
       <c r="M36" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="N36" t="s">
         <v>39</v>
       </c>
       <c r="O36" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="P36" t="s">
         <v>41</v>
       </c>
       <c r="Q36" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="R36" t="s">
-        <v>312</v>
+        <v>320</v>
       </c>
       <c r="S36">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="T36" t="s">
-        <v>314</v>
+        <v>33</v>
       </c>
       <c r="U36" t="s">
-        <v>315</v>
-[...5 lines deleted...]
-        <v>100000</v>
+        <v>34</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="B37" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="C37" t="s">
         <v>28</v>
       </c>
       <c r="D37" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="E37" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="F37" t="s">
         <v>31</v>
       </c>
       <c r="G37" t="s">
         <v>32</v>
       </c>
       <c r="H37" t="s">
-        <v>33</v>
+        <v>148</v>
       </c>
       <c r="I37" t="s">
-        <v>34</v>
+        <v>149</v>
       </c>
       <c r="J37" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="K37" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="L37" t="s">
         <v>37</v>
       </c>
       <c r="M37" t="s">
-        <v>95</v>
+        <v>38</v>
       </c>
       <c r="N37" t="s">
         <v>39</v>
       </c>
       <c r="O37" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="P37" t="s">
         <v>41</v>
       </c>
       <c r="Q37" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="R37" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="S37">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="T37" t="s">
-        <v>33</v>
+        <v>148</v>
       </c>
       <c r="U37" t="s">
-        <v>34</v>
+        <v>149</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="B38" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="C38" t="s">
         <v>28</v>
       </c>
       <c r="D38" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="E38" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="F38" t="s">
         <v>31</v>
       </c>
       <c r="G38" t="s">
         <v>32</v>
       </c>
       <c r="H38" t="s">
-        <v>102</v>
+        <v>336</v>
       </c>
       <c r="I38" t="s">
-        <v>103</v>
+        <v>337</v>
       </c>
       <c r="J38" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="K38" t="s">
-        <v>331</v>
+        <v>339</v>
       </c>
       <c r="L38" t="s">
         <v>51</v>
       </c>
       <c r="M38" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="N38" t="s">
         <v>39</v>
       </c>
       <c r="O38" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="P38" t="s">
         <v>41</v>
       </c>
       <c r="Q38" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="R38" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="S38">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="T38" t="s">
-        <v>102</v>
+        <v>336</v>
       </c>
       <c r="U38" t="s">
-        <v>103</v>
+        <v>337</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="B39" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
       <c r="C39" t="s">
         <v>28</v>
       </c>
       <c r="D39" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
       <c r="E39" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="F39" t="s">
         <v>31</v>
       </c>
       <c r="G39" t="s">
         <v>32</v>
       </c>
       <c r="H39" t="s">
-        <v>141</v>
+        <v>345</v>
       </c>
       <c r="I39" t="s">
-        <v>142</v>
+        <v>346</v>
       </c>
       <c r="J39" t="s">
-        <v>337</v>
+        <v>347</v>
       </c>
       <c r="K39" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="L39" t="s">
-        <v>37</v>
+        <v>74</v>
       </c>
       <c r="M39" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="N39" t="s">
         <v>39</v>
       </c>
       <c r="O39" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="P39" t="s">
         <v>41</v>
       </c>
       <c r="Q39" t="s">
-        <v>339</v>
+        <v>349</v>
       </c>
       <c r="R39" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
       <c r="S39">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="T39" t="s">
-        <v>141</v>
+        <v>345</v>
       </c>
       <c r="U39" t="s">
-        <v>142</v>
+        <v>346</v>
+      </c>
+      <c r="V39">
+        <v>9</v>
+      </c>
+      <c r="W39">
+        <v>99999</v>
+      </c>
+      <c r="X39">
+        <v>25000</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
       <c r="B40" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
       <c r="C40" t="s">
         <v>28</v>
       </c>
       <c r="D40" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="E40" t="s">
-        <v>343</v>
+        <v>353</v>
       </c>
       <c r="F40" t="s">
         <v>31</v>
       </c>
       <c r="G40" t="s">
         <v>32</v>
       </c>
       <c r="H40" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="I40" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="J40" t="s">
-        <v>344</v>
+        <v>354</v>
       </c>
       <c r="K40" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="L40" t="s">
         <v>51</v>
       </c>
       <c r="M40" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="N40" t="s">
         <v>39</v>
       </c>
       <c r="O40" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="P40" t="s">
         <v>41</v>
       </c>
       <c r="Q40" t="s">
-        <v>332</v>
+        <v>356</v>
       </c>
       <c r="R40" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="S40">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="T40" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="U40" t="s">
-        <v>103</v>
+        <v>99</v>
+      </c>
+      <c r="W40">
+        <v>4999999</v>
+      </c>
+      <c r="X40">
+        <v>500000</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="B41" t="s">
-        <v>347</v>
+        <v>358</v>
       </c>
       <c r="C41" t="s">
         <v>28</v>
       </c>
       <c r="D41" t="s">
-        <v>348</v>
+        <v>359</v>
       </c>
       <c r="E41" t="s">
-        <v>349</v>
+        <v>360</v>
       </c>
       <c r="F41" t="s">
         <v>31</v>
       </c>
       <c r="G41" t="s">
         <v>32</v>
       </c>
       <c r="H41" t="s">
-        <v>33</v>
+        <v>148</v>
       </c>
       <c r="I41" t="s">
-        <v>34</v>
+        <v>149</v>
       </c>
       <c r="J41" t="s">
-        <v>350</v>
+        <v>361</v>
       </c>
       <c r="K41" t="s">
-        <v>351</v>
+        <v>362</v>
       </c>
       <c r="L41" t="s">
-        <v>37</v>
+        <v>74</v>
       </c>
       <c r="M41" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="N41" t="s">
         <v>39</v>
       </c>
       <c r="O41" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="P41" t="s">
         <v>41</v>
       </c>
       <c r="Q41" t="s">
-        <v>352</v>
+        <v>363</v>
       </c>
       <c r="R41" t="s">
-        <v>348</v>
+        <v>359</v>
       </c>
       <c r="S41">
-        <v>6</v>
+        <v>32</v>
       </c>
       <c r="T41" t="s">
-        <v>33</v>
+        <v>148</v>
       </c>
       <c r="U41" t="s">
-        <v>34</v>
+        <v>149</v>
+      </c>
+      <c r="V41">
+        <v>1</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>353</v>
+        <v>364</v>
       </c>
       <c r="B42" t="s">
-        <v>354</v>
+        <v>365</v>
       </c>
       <c r="C42" t="s">
         <v>28</v>
       </c>
       <c r="D42" t="s">
-        <v>355</v>
+        <v>366</v>
       </c>
       <c r="E42" t="s">
-        <v>356</v>
+        <v>367</v>
       </c>
       <c r="F42" t="s">
         <v>31</v>
       </c>
       <c r="G42" t="s">
         <v>32</v>
       </c>
       <c r="H42" t="s">
-        <v>357</v>
+        <v>33</v>
       </c>
       <c r="I42" t="s">
-        <v>358</v>
+        <v>34</v>
       </c>
       <c r="J42" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="K42" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="L42" t="s">
         <v>37</v>
       </c>
       <c r="M42" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="N42" t="s">
         <v>39</v>
       </c>
       <c r="O42" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="P42" t="s">
         <v>41</v>
       </c>
       <c r="Q42" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="R42" t="s">
-        <v>355</v>
+        <v>366</v>
       </c>
       <c r="S42">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="T42" t="s">
-        <v>357</v>
+        <v>33</v>
       </c>
       <c r="U42" t="s">
-        <v>358</v>
+        <v>34</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="B43" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="C43" t="s">
         <v>28</v>
       </c>
       <c r="D43" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="E43" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="F43" t="s">
         <v>31</v>
       </c>
       <c r="G43" t="s">
         <v>32</v>
       </c>
       <c r="H43" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="I43" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
       <c r="J43" t="s">
-        <v>368</v>
+        <v>377</v>
       </c>
       <c r="K43" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="L43" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="M43" t="s">
-        <v>95</v>
+        <v>38</v>
       </c>
       <c r="N43" t="s">
         <v>39</v>
       </c>
       <c r="O43" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="P43" t="s">
         <v>41</v>
       </c>
       <c r="Q43" t="s">
-        <v>370</v>
+        <v>379</v>
       </c>
       <c r="R43" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="S43">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="T43" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="U43" t="s">
-        <v>367</v>
+        <v>376</v>
+      </c>
+      <c r="W43">
+        <v>4999999</v>
+      </c>
+      <c r="X43">
+        <v>500000</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
       <c r="B44" t="s">
-        <v>372</v>
+        <v>381</v>
       </c>
       <c r="C44" t="s">
         <v>28</v>
       </c>
       <c r="D44" t="s">
-        <v>373</v>
+        <v>382</v>
       </c>
       <c r="E44" t="s">
-        <v>374</v>
+        <v>383</v>
       </c>
       <c r="F44" t="s">
         <v>31</v>
       </c>
       <c r="G44" t="s">
         <v>32</v>
       </c>
       <c r="H44" t="s">
-        <v>375</v>
+        <v>148</v>
       </c>
       <c r="I44" t="s">
-        <v>376</v>
+        <v>149</v>
       </c>
       <c r="J44" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="K44" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="L44" t="s">
         <v>37</v>
       </c>
       <c r="M44" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="N44" t="s">
         <v>39</v>
       </c>
       <c r="O44" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="P44" t="s">
         <v>41</v>
       </c>
       <c r="Q44" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="R44" t="s">
-        <v>373</v>
+        <v>382</v>
       </c>
       <c r="S44">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="T44" t="s">
-        <v>375</v>
+        <v>148</v>
       </c>
       <c r="U44" t="s">
-        <v>376</v>
-[...1 lines deleted...]
-      <c r="V44">
+        <v>149</v>
+      </c>
+      <c r="W44">
         <v>199999</v>
       </c>
-      <c r="W44">
+      <c r="X44">
         <v>100000</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="B45" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="C45" t="s">
         <v>28</v>
       </c>
       <c r="D45" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="E45" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="F45" t="s">
         <v>31</v>
       </c>
       <c r="G45" t="s">
         <v>32</v>
       </c>
       <c r="H45" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="I45" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="J45" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="K45" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="L45" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="M45" t="s">
-        <v>95</v>
+        <v>38</v>
       </c>
       <c r="N45" t="s">
         <v>39</v>
       </c>
       <c r="O45" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="P45" t="s">
         <v>41</v>
       </c>
       <c r="Q45" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="R45" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="S45">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="T45" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="U45" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="V45">
+        <v>392</v>
+      </c>
+      <c r="W45">
         <v>199999</v>
       </c>
-      <c r="W45">
+      <c r="X45">
         <v>100000</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="B46" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="C46" t="s">
         <v>28</v>
       </c>
       <c r="D46" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="E46" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="F46" t="s">
         <v>31</v>
       </c>
       <c r="G46" t="s">
         <v>32</v>
       </c>
       <c r="H46" t="s">
-        <v>47</v>
+        <v>400</v>
       </c>
       <c r="I46" t="s">
-        <v>48</v>
+        <v>401</v>
       </c>
       <c r="J46" t="s">
-        <v>393</v>
+        <v>402</v>
       </c>
       <c r="K46" t="s">
-        <v>394</v>
+        <v>403</v>
       </c>
       <c r="L46" t="s">
         <v>51</v>
       </c>
       <c r="M46" t="s">
-        <v>95</v>
+        <v>38</v>
       </c>
       <c r="N46" t="s">
         <v>39</v>
       </c>
       <c r="O46" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="P46" t="s">
         <v>41</v>
       </c>
       <c r="Q46" t="s">
-        <v>395</v>
+        <v>404</v>
       </c>
       <c r="R46" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="S46">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="T46" t="s">
-        <v>47</v>
+        <v>400</v>
       </c>
       <c r="U46" t="s">
-        <v>48</v>
+        <v>401</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>396</v>
+        <v>405</v>
       </c>
       <c r="B47" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="C47" t="s">
         <v>28</v>
       </c>
       <c r="D47" t="s">
-        <v>398</v>
+        <v>407</v>
       </c>
       <c r="E47" t="s">
-        <v>399</v>
+        <v>408</v>
       </c>
       <c r="F47" t="s">
         <v>31</v>
       </c>
       <c r="G47" t="s">
         <v>32</v>
       </c>
       <c r="H47" t="s">
-        <v>150</v>
+        <v>409</v>
       </c>
       <c r="I47" t="s">
-        <v>151</v>
+        <v>410</v>
       </c>
       <c r="J47" t="s">
-        <v>134</v>
+        <v>411</v>
       </c>
       <c r="K47" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="L47" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="M47" t="s">
-        <v>95</v>
+        <v>63</v>
       </c>
       <c r="N47" t="s">
         <v>39</v>
       </c>
       <c r="O47" t="s">
-        <v>96</v>
+        <v>64</v>
       </c>
       <c r="P47" t="s">
         <v>41</v>
       </c>
       <c r="Q47" t="s">
-        <v>154</v>
+        <v>413</v>
       </c>
       <c r="R47" t="s">
-        <v>398</v>
+        <v>407</v>
       </c>
       <c r="S47">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="T47" t="s">
-        <v>150</v>
+        <v>409</v>
       </c>
       <c r="U47" t="s">
-        <v>151</v>
+        <v>410</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>401</v>
+        <v>414</v>
       </c>
       <c r="B48" t="s">
-        <v>402</v>
+        <v>415</v>
       </c>
       <c r="C48" t="s">
         <v>28</v>
       </c>
       <c r="D48" t="s">
-        <v>403</v>
+        <v>416</v>
       </c>
       <c r="E48" t="s">
-        <v>404</v>
+        <v>417</v>
       </c>
       <c r="F48" t="s">
         <v>31</v>
       </c>
       <c r="G48" t="s">
         <v>32</v>
       </c>
       <c r="H48" t="s">
-        <v>33</v>
+        <v>98</v>
       </c>
       <c r="I48" t="s">
-        <v>34</v>
+        <v>99</v>
       </c>
       <c r="J48" t="s">
-        <v>405</v>
+        <v>418</v>
       </c>
       <c r="K48" t="s">
-        <v>406</v>
+        <v>419</v>
       </c>
       <c r="L48" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="M48" t="s">
-        <v>95</v>
+        <v>38</v>
       </c>
       <c r="N48" t="s">
         <v>39</v>
       </c>
       <c r="O48" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="P48" t="s">
         <v>41</v>
       </c>
       <c r="Q48" t="s">
-        <v>407</v>
+        <v>420</v>
       </c>
       <c r="R48" t="s">
-        <v>403</v>
+        <v>416</v>
       </c>
       <c r="S48">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="T48" t="s">
-        <v>33</v>
+        <v>98</v>
       </c>
       <c r="U48" t="s">
-        <v>34</v>
+        <v>99</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>408</v>
+        <v>421</v>
       </c>
       <c r="B49" t="s">
-        <v>409</v>
+        <v>422</v>
       </c>
       <c r="C49" t="s">
         <v>28</v>
       </c>
       <c r="D49" t="s">
-        <v>391</v>
+        <v>423</v>
       </c>
       <c r="E49" t="s">
-        <v>410</v>
+        <v>424</v>
       </c>
       <c r="F49" t="s">
         <v>31</v>
       </c>
       <c r="G49" t="s">
         <v>32</v>
       </c>
       <c r="H49" t="s">
-        <v>47</v>
+        <v>89</v>
       </c>
       <c r="I49" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="J49" t="s">
-        <v>411</v>
+        <v>425</v>
       </c>
       <c r="K49" t="s">
-        <v>412</v>
+        <v>426</v>
       </c>
       <c r="L49" t="s">
         <v>51</v>
       </c>
       <c r="M49" t="s">
-        <v>68</v>
+        <v>38</v>
       </c>
       <c r="N49" t="s">
         <v>39</v>
       </c>
       <c r="O49" t="s">
-        <v>69</v>
+        <v>40</v>
       </c>
       <c r="P49" t="s">
         <v>41</v>
       </c>
       <c r="Q49" t="s">
-        <v>413</v>
+        <v>427</v>
       </c>
       <c r="R49" t="s">
-        <v>391</v>
+        <v>423</v>
       </c>
       <c r="S49">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="T49" t="s">
-        <v>47</v>
+        <v>89</v>
       </c>
       <c r="U49" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>414</v>
+        <v>428</v>
       </c>
       <c r="B50" t="s">
-        <v>415</v>
+        <v>429</v>
       </c>
       <c r="C50" t="s">
         <v>28</v>
       </c>
       <c r="D50" t="s">
-        <v>416</v>
+        <v>430</v>
       </c>
       <c r="E50" t="s">
-        <v>417</v>
+        <v>431</v>
       </c>
       <c r="F50" t="s">
         <v>31</v>
       </c>
       <c r="G50" t="s">
         <v>32</v>
       </c>
       <c r="H50" t="s">
-        <v>418</v>
+        <v>33</v>
       </c>
       <c r="I50" t="s">
-        <v>419</v>
+        <v>34</v>
       </c>
       <c r="J50" t="s">
-        <v>420</v>
+        <v>432</v>
       </c>
       <c r="K50" t="s">
-        <v>421</v>
+        <v>433</v>
       </c>
       <c r="L50" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="M50" t="s">
-        <v>95</v>
+        <v>63</v>
       </c>
       <c r="N50" t="s">
         <v>39</v>
       </c>
       <c r="O50" t="s">
-        <v>96</v>
+        <v>64</v>
       </c>
       <c r="P50" t="s">
         <v>41</v>
       </c>
       <c r="Q50" t="s">
-        <v>422</v>
+        <v>434</v>
       </c>
       <c r="R50" t="s">
-        <v>416</v>
+        <v>430</v>
       </c>
       <c r="S50">
+        <v>27</v>
+      </c>
+      <c r="T50" t="s">
+        <v>33</v>
+      </c>
+      <c r="U50" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>423</v>
+        <v>435</v>
       </c>
       <c r="B51" t="s">
-        <v>424</v>
+        <v>436</v>
       </c>
       <c r="C51" t="s">
         <v>28</v>
       </c>
       <c r="D51" t="s">
-        <v>425</v>
+        <v>437</v>
       </c>
       <c r="E51" t="s">
-        <v>426</v>
+        <v>438</v>
       </c>
       <c r="F51" t="s">
         <v>31</v>
       </c>
       <c r="G51" t="s">
         <v>32</v>
       </c>
       <c r="H51" t="s">
-        <v>427</v>
+        <v>400</v>
       </c>
       <c r="I51" t="s">
-        <v>428</v>
+        <v>401</v>
       </c>
       <c r="J51" t="s">
-        <v>429</v>
+        <v>439</v>
       </c>
       <c r="K51" t="s">
-        <v>430</v>
+        <v>440</v>
       </c>
       <c r="L51" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="M51" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="N51" t="s">
         <v>39</v>
       </c>
       <c r="O51" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="P51" t="s">
         <v>41</v>
       </c>
       <c r="Q51" t="s">
-        <v>431</v>
+        <v>441</v>
       </c>
       <c r="R51" t="s">
-        <v>425</v>
+        <v>437</v>
       </c>
       <c r="S51">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="T51" t="s">
-        <v>427</v>
+        <v>400</v>
       </c>
       <c r="U51" t="s">
-        <v>428</v>
+        <v>401</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>432</v>
+        <v>442</v>
       </c>
       <c r="B52" t="s">
-        <v>433</v>
+        <v>443</v>
       </c>
       <c r="C52" t="s">
         <v>28</v>
       </c>
       <c r="D52" t="s">
-        <v>434</v>
+        <v>444</v>
       </c>
       <c r="E52" t="s">
-        <v>435</v>
+        <v>445</v>
       </c>
       <c r="F52" t="s">
         <v>31</v>
       </c>
       <c r="G52" t="s">
         <v>32</v>
       </c>
       <c r="H52" t="s">
-        <v>141</v>
+        <v>89</v>
       </c>
       <c r="I52" t="s">
-        <v>142</v>
+        <v>90</v>
       </c>
       <c r="J52" t="s">
-        <v>436</v>
+        <v>446</v>
       </c>
       <c r="K52" t="s">
-        <v>437</v>
+        <v>447</v>
       </c>
       <c r="L52" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="M52" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="N52" t="s">
         <v>39</v>
       </c>
       <c r="O52" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="P52" t="s">
         <v>41</v>
       </c>
       <c r="Q52" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
       <c r="R52" t="s">
-        <v>434</v>
+        <v>444</v>
       </c>
       <c r="S52">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="T52" t="s">
-        <v>141</v>
+        <v>89</v>
       </c>
       <c r="U52" t="s">
-        <v>142</v>
+        <v>90</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>439</v>
+        <v>449</v>
       </c>
       <c r="B53" t="s">
-        <v>440</v>
+        <v>450</v>
       </c>
       <c r="C53" t="s">
         <v>28</v>
       </c>
       <c r="D53" t="s">
-        <v>441</v>
+        <v>451</v>
       </c>
       <c r="E53" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="F53" t="s">
         <v>31</v>
       </c>
       <c r="G53" t="s">
         <v>32</v>
       </c>
       <c r="H53" t="s">
-        <v>443</v>
+        <v>89</v>
       </c>
       <c r="I53" t="s">
-        <v>444</v>
+        <v>90</v>
       </c>
       <c r="J53" t="s">
-        <v>445</v>
+        <v>453</v>
       </c>
       <c r="K53" t="s">
-        <v>446</v>
+        <v>454</v>
       </c>
       <c r="L53" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="M53" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="N53" t="s">
         <v>39</v>
       </c>
       <c r="O53" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="P53" t="s">
         <v>41</v>
       </c>
       <c r="Q53" t="s">
-        <v>447</v>
+        <v>455</v>
       </c>
       <c r="R53" t="s">
-        <v>441</v>
+        <v>451</v>
       </c>
       <c r="S53">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="T53" t="s">
-        <v>443</v>
+        <v>89</v>
       </c>
       <c r="U53" t="s">
-        <v>444</v>
-[...5 lines deleted...]
-        <v>500000</v>
+        <v>90</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="B54" t="s">
-        <v>449</v>
+        <v>457</v>
       </c>
       <c r="C54" t="s">
         <v>28</v>
       </c>
       <c r="D54" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="E54" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="F54" t="s">
         <v>31</v>
       </c>
       <c r="G54" t="s">
         <v>32</v>
       </c>
       <c r="H54" t="s">
-        <v>366</v>
+        <v>148</v>
       </c>
       <c r="I54" t="s">
-        <v>367</v>
+        <v>149</v>
       </c>
       <c r="J54" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="K54" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="L54" t="s">
         <v>37</v>
       </c>
       <c r="M54" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="N54" t="s">
         <v>39</v>
       </c>
       <c r="O54" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="P54" t="s">
         <v>41</v>
       </c>
       <c r="Q54" t="s">
-        <v>454</v>
+        <v>244</v>
       </c>
       <c r="R54" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="S54">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="T54" t="s">
-        <v>366</v>
+        <v>148</v>
       </c>
       <c r="U54" t="s">
-        <v>367</v>
+        <v>149</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="B55" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
       <c r="C55" t="s">
         <v>28</v>
       </c>
       <c r="D55" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="E55" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="F55" t="s">
         <v>31</v>
       </c>
       <c r="G55" t="s">
         <v>32</v>
       </c>
       <c r="H55" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="I55" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
       <c r="J55" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="K55" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="L55" t="s">
         <v>37</v>
       </c>
       <c r="M55" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="N55" t="s">
         <v>39</v>
       </c>
       <c r="O55" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="P55" t="s">
         <v>41</v>
       </c>
       <c r="Q55" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="R55" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="S55">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="T55" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="U55" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="B56" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="C56" t="s">
         <v>28</v>
       </c>
       <c r="D56" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="E56" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="F56" t="s">
         <v>31</v>
       </c>
       <c r="G56" t="s">
         <v>32</v>
       </c>
       <c r="H56" t="s">
-        <v>468</v>
+        <v>391</v>
       </c>
       <c r="I56" t="s">
-        <v>469</v>
+        <v>392</v>
       </c>
       <c r="J56" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="K56" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="L56" t="s">
         <v>51</v>
       </c>
       <c r="M56" t="s">
-        <v>68</v>
+        <v>38</v>
       </c>
       <c r="N56" t="s">
         <v>39</v>
       </c>
       <c r="O56" t="s">
-        <v>69</v>
+        <v>40</v>
       </c>
       <c r="P56" t="s">
         <v>41</v>
       </c>
       <c r="Q56" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="R56" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="S56">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="T56" t="s">
-        <v>468</v>
+        <v>391</v>
       </c>
       <c r="U56" t="s">
-        <v>469</v>
+        <v>392</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="B57" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="C57" t="s">
         <v>28</v>
       </c>
       <c r="D57" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="E57" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="F57" t="s">
         <v>31</v>
       </c>
       <c r="G57" t="s">
         <v>32</v>
       </c>
       <c r="H57" t="s">
-        <v>477</v>
+        <v>89</v>
       </c>
       <c r="I57" t="s">
-        <v>478</v>
+        <v>90</v>
       </c>
       <c r="J57" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="K57" t="s">
-        <v>480</v>
+        <v>266</v>
       </c>
       <c r="L57" t="s">
         <v>37</v>
       </c>
       <c r="M57" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="N57" t="s">
         <v>39</v>
       </c>
       <c r="O57" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P57" t="s">
         <v>41</v>
       </c>
       <c r="Q57" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="R57" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>480</v>
       </c>
       <c r="T57" t="s">
-        <v>477</v>
+        <v>89</v>
       </c>
       <c r="U57" t="s">
-        <v>478</v>
+        <v>90</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B58" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C58" t="s">
         <v>28</v>
       </c>
       <c r="D58" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="E58" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="F58" t="s">
         <v>31</v>
       </c>
       <c r="G58" t="s">
         <v>32</v>
       </c>
       <c r="H58" t="s">
-        <v>33</v>
+        <v>488</v>
       </c>
       <c r="I58" t="s">
-        <v>34</v>
+        <v>489</v>
       </c>
       <c r="J58" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="K58" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="L58" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="M58" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="N58" t="s">
         <v>39</v>
       </c>
       <c r="O58" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="P58" t="s">
         <v>41</v>
       </c>
       <c r="Q58" t="s">
+        <v>492</v>
+      </c>
+      <c r="R58" t="s">
+        <v>486</v>
+      </c>
+      <c r="S58">
+        <v>19</v>
+      </c>
+      <c r="T58" t="s">
         <v>488</v>
       </c>
-      <c r="R58" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="U58" t="s">
-        <v>34</v>
+        <v>489</v>
+      </c>
+      <c r="W58">
+        <v>199999</v>
+      </c>
+      <c r="X58">
+        <v>100000</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="B59" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="C59" t="s">
         <v>28</v>
       </c>
       <c r="D59" t="s">
-        <v>491</v>
+        <v>224</v>
       </c>
       <c r="E59" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="F59" t="s">
         <v>31</v>
       </c>
       <c r="G59" t="s">
         <v>32</v>
       </c>
       <c r="H59" t="s">
-        <v>493</v>
+        <v>33</v>
       </c>
       <c r="I59" t="s">
-        <v>494</v>
+        <v>34</v>
       </c>
       <c r="J59" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="K59" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="L59" t="s">
         <v>37</v>
       </c>
       <c r="M59" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="N59" t="s">
         <v>39</v>
       </c>
       <c r="O59" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P59" t="s">
         <v>41</v>
       </c>
       <c r="Q59" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="R59" t="s">
-        <v>491</v>
+        <v>224</v>
       </c>
       <c r="S59">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="T59" t="s">
-        <v>493</v>
+        <v>33</v>
       </c>
       <c r="U59" t="s">
-        <v>494</v>
+        <v>34</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B60" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C60" t="s">
         <v>28</v>
       </c>
       <c r="D60" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="E60" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="F60" t="s">
         <v>31</v>
       </c>
       <c r="G60" t="s">
         <v>32</v>
       </c>
       <c r="H60" t="s">
-        <v>502</v>
+        <v>89</v>
       </c>
       <c r="I60" t="s">
+        <v>90</v>
+      </c>
+      <c r="J60" t="s">
         <v>503</v>
       </c>
-      <c r="J60" t="s">
+      <c r="K60" t="s">
         <v>504</v>
       </c>
-      <c r="K60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L60" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="M60" t="s">
-        <v>68</v>
+        <v>38</v>
       </c>
       <c r="N60" t="s">
         <v>39</v>
       </c>
       <c r="O60" t="s">
-        <v>69</v>
+        <v>40</v>
       </c>
       <c r="P60" t="s">
         <v>41</v>
       </c>
       <c r="Q60" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="R60" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="S60">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="T60" t="s">
-        <v>502</v>
+        <v>89</v>
       </c>
       <c r="U60" t="s">
-        <v>503</v>
+        <v>90</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
+        <v>506</v>
+      </c>
+      <c r="B61" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
       <c r="C61" t="s">
         <v>28</v>
       </c>
       <c r="D61" t="s">
+        <v>508</v>
+      </c>
+      <c r="E61" t="s">
         <v>509</v>
-      </c>
-[...1 lines deleted...]
-        <v>510</v>
       </c>
       <c r="F61" t="s">
         <v>31</v>
       </c>
       <c r="G61" t="s">
         <v>32</v>
       </c>
       <c r="H61" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="I61" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="J61" t="s">
+        <v>510</v>
+      </c>
+      <c r="K61" t="s">
         <v>511</v>
       </c>
-      <c r="K61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L61" t="s">
-        <v>206</v>
+        <v>51</v>
       </c>
       <c r="M61" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="N61" t="s">
         <v>39</v>
       </c>
       <c r="O61" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="P61" t="s">
         <v>41</v>
       </c>
       <c r="Q61" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="R61" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="S61">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="T61" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="U61" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>90</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
+        <v>513</v>
+      </c>
+      <c r="B62" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="C62" t="s">
         <v>28</v>
       </c>
       <c r="D62" t="s">
+        <v>515</v>
+      </c>
+      <c r="E62" t="s">
         <v>516</v>
-      </c>
-[...1 lines deleted...]
-        <v>517</v>
       </c>
       <c r="F62" t="s">
         <v>31</v>
       </c>
       <c r="G62" t="s">
         <v>32</v>
       </c>
       <c r="H62" t="s">
+        <v>517</v>
+      </c>
+      <c r="I62" t="s">
         <v>518</v>
       </c>
-      <c r="I62" t="s">
+      <c r="J62" t="s">
         <v>519</v>
       </c>
-      <c r="J62" t="s">
+      <c r="K62" t="s">
         <v>520</v>
       </c>
-      <c r="K62" t="s">
+      <c r="L62" t="s">
+        <v>74</v>
+      </c>
+      <c r="M62" t="s">
+        <v>52</v>
+      </c>
+      <c r="N62" t="s">
         <v>521</v>
       </c>
-      <c r="L62" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O62" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="P62" t="s">
         <v>41</v>
       </c>
       <c r="Q62" t="s">
         <v>522</v>
       </c>
       <c r="R62" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>515</v>
       </c>
       <c r="T62" t="s">
+        <v>517</v>
+      </c>
+      <c r="U62" t="s">
         <v>518</v>
       </c>
-      <c r="U62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V62">
-        <v>99999</v>
-[...5 lines deleted...]
-        <v>9</v>
+        <v>1</v>
+      </c>
+      <c r="Y62">
+        <v>10</v>
+      </c>
+      <c r="Z62">
+        <v>22</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>523</v>
       </c>
       <c r="B63" t="s">
         <v>524</v>
       </c>
       <c r="C63" t="s">
         <v>28</v>
       </c>
       <c r="D63" t="s">
         <v>525</v>
       </c>
       <c r="E63" t="s">
         <v>526</v>
       </c>
       <c r="F63" t="s">
         <v>31</v>
       </c>
       <c r="G63" t="s">
         <v>32</v>
       </c>
       <c r="H63" t="s">
-        <v>33</v>
+        <v>114</v>
       </c>
       <c r="I63" t="s">
-        <v>34</v>
+        <v>115</v>
       </c>
       <c r="J63" t="s">
         <v>527</v>
       </c>
       <c r="K63" t="s">
         <v>528</v>
       </c>
       <c r="L63" t="s">
         <v>37</v>
       </c>
       <c r="M63" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="N63" t="s">
         <v>39</v>
       </c>
       <c r="O63" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="P63" t="s">
         <v>41</v>
       </c>
       <c r="Q63" t="s">
         <v>529</v>
       </c>
       <c r="R63" t="s">
         <v>525</v>
       </c>
       <c r="S63">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="T63" t="s">
-        <v>33</v>
+        <v>114</v>
       </c>
       <c r="U63" t="s">
-        <v>34</v>
+        <v>115</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>530</v>
       </c>
       <c r="B64" t="s">
         <v>531</v>
       </c>
       <c r="C64" t="s">
         <v>28</v>
       </c>
       <c r="D64" t="s">
         <v>532</v>
       </c>
       <c r="E64" t="s">
         <v>533</v>
       </c>
       <c r="F64" t="s">
         <v>31</v>
       </c>
       <c r="G64" t="s">
         <v>32</v>
       </c>
       <c r="H64" t="s">
-        <v>141</v>
+        <v>89</v>
       </c>
       <c r="I64" t="s">
-        <v>142</v>
+        <v>90</v>
       </c>
       <c r="J64" t="s">
         <v>534</v>
       </c>
       <c r="K64" t="s">
         <v>535</v>
       </c>
       <c r="L64" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="M64" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="N64" t="s">
         <v>39</v>
       </c>
       <c r="O64" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="P64" t="s">
         <v>41</v>
       </c>
       <c r="Q64" t="s">
         <v>536</v>
       </c>
       <c r="R64" t="s">
         <v>532</v>
       </c>
       <c r="S64">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="T64" t="s">
-        <v>141</v>
+        <v>89</v>
       </c>
       <c r="U64" t="s">
-        <v>142</v>
+        <v>90</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>537</v>
       </c>
       <c r="B65" t="s">
         <v>538</v>
       </c>
       <c r="C65" t="s">
         <v>28</v>
       </c>
       <c r="D65" t="s">
         <v>539</v>
       </c>
       <c r="E65" t="s">
         <v>540</v>
       </c>
       <c r="F65" t="s">
         <v>31</v>
       </c>
       <c r="G65" t="s">
         <v>32</v>
       </c>
       <c r="H65" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="I65" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="J65" t="s">
         <v>541</v>
       </c>
       <c r="K65" t="s">
         <v>542</v>
       </c>
       <c r="L65" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="M65" t="s">
-        <v>95</v>
+        <v>63</v>
       </c>
       <c r="N65" t="s">
         <v>39</v>
       </c>
       <c r="O65" t="s">
-        <v>96</v>
+        <v>64</v>
       </c>
       <c r="P65" t="s">
         <v>41</v>
       </c>
       <c r="Q65" t="s">
         <v>543</v>
       </c>
       <c r="R65" t="s">
         <v>539</v>
       </c>
       <c r="S65">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="T65" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="U65" t="s">
-        <v>48</v>
+        <v>71</v>
+      </c>
+      <c r="V65">
+        <v>9</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>544</v>
       </c>
       <c r="B66" t="s">
         <v>545</v>
       </c>
       <c r="C66" t="s">
         <v>28</v>
       </c>
       <c r="D66" t="s">
         <v>546</v>
       </c>
       <c r="E66" t="s">
         <v>547</v>
       </c>
       <c r="F66" t="s">
         <v>31</v>
       </c>
       <c r="G66" t="s">
         <v>32</v>
       </c>
       <c r="H66" t="s">
+        <v>89</v>
+      </c>
+      <c r="I66" t="s">
+        <v>90</v>
+      </c>
+      <c r="J66" t="s">
         <v>548</v>
       </c>
-      <c r="I66" t="s">
+      <c r="K66" t="s">
         <v>549</v>
-      </c>
-[...4 lines deleted...]
-        <v>551</v>
       </c>
       <c r="L66" t="s">
         <v>51</v>
       </c>
       <c r="M66" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="N66" t="s">
         <v>39</v>
       </c>
       <c r="O66" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="P66" t="s">
         <v>41</v>
       </c>
       <c r="Q66" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="R66" t="s">
         <v>546</v>
       </c>
       <c r="S66">
-        <v>23</v>
+        <v>6</v>
       </c>
       <c r="T66" t="s">
-        <v>548</v>
+        <v>89</v>
       </c>
       <c r="U66" t="s">
-        <v>549</v>
+        <v>90</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="B67" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="C67" t="s">
         <v>28</v>
       </c>
       <c r="D67" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="E67" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="F67" t="s">
         <v>31</v>
       </c>
       <c r="G67" t="s">
         <v>32</v>
       </c>
       <c r="H67" t="s">
-        <v>33</v>
+        <v>555</v>
       </c>
       <c r="I67" t="s">
-        <v>34</v>
+        <v>556</v>
       </c>
       <c r="J67" t="s">
         <v>557</v>
       </c>
       <c r="K67" t="s">
         <v>558</v>
       </c>
       <c r="L67" t="s">
         <v>37</v>
       </c>
       <c r="M67" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="N67" t="s">
         <v>39</v>
       </c>
       <c r="O67" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="P67" t="s">
         <v>41</v>
       </c>
       <c r="Q67" t="s">
         <v>559</v>
       </c>
       <c r="R67" t="s">
+        <v>553</v>
+      </c>
+      <c r="T67" t="s">
         <v>555</v>
       </c>
-      <c r="S67">
-[...4 lines deleted...]
-      </c>
       <c r="U67" t="s">
-        <v>34</v>
+        <v>556</v>
+      </c>
+      <c r="W67">
+        <v>249999</v>
+      </c>
+      <c r="X67">
+        <v>200000</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>560</v>
       </c>
       <c r="B68" t="s">
         <v>561</v>
       </c>
       <c r="C68" t="s">
         <v>28</v>
       </c>
       <c r="D68" t="s">
         <v>562</v>
       </c>
       <c r="E68" t="s">
         <v>563</v>
       </c>
       <c r="F68" t="s">
         <v>31</v>
       </c>
       <c r="G68" t="s">
         <v>32</v>
       </c>
       <c r="H68" t="s">
-        <v>418</v>
+        <v>564</v>
       </c>
       <c r="I68" t="s">
-        <v>419</v>
+        <v>565</v>
       </c>
       <c r="J68" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="K68" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="L68" t="s">
         <v>51</v>
       </c>
       <c r="M68" t="s">
-        <v>95</v>
+        <v>38</v>
       </c>
       <c r="N68" t="s">
         <v>39</v>
       </c>
       <c r="O68" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="P68" t="s">
         <v>41</v>
       </c>
       <c r="Q68" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="R68" t="s">
         <v>562</v>
       </c>
       <c r="S68">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="T68" t="s">
-        <v>418</v>
+        <v>564</v>
       </c>
       <c r="U68" t="s">
-        <v>419</v>
+        <v>565</v>
+      </c>
+      <c r="W68">
+        <v>4999999</v>
+      </c>
+      <c r="X68">
+        <v>500000</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="B69" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="C69" t="s">
         <v>28</v>
       </c>
       <c r="D69" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="E69" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="F69" t="s">
         <v>31</v>
       </c>
       <c r="G69" t="s">
         <v>32</v>
       </c>
       <c r="H69" t="s">
-        <v>571</v>
+        <v>148</v>
       </c>
       <c r="I69" t="s">
-        <v>572</v>
+        <v>149</v>
       </c>
       <c r="J69" t="s">
         <v>573</v>
       </c>
       <c r="K69" t="s">
         <v>574</v>
       </c>
       <c r="L69" t="s">
         <v>37</v>
       </c>
       <c r="M69" t="s">
-        <v>68</v>
+        <v>38</v>
       </c>
       <c r="N69" t="s">
         <v>39</v>
       </c>
       <c r="O69" t="s">
-        <v>69</v>
+        <v>40</v>
       </c>
       <c r="P69" t="s">
         <v>41</v>
       </c>
       <c r="Q69" t="s">
-        <v>575</v>
+        <v>331</v>
       </c>
       <c r="R69" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="S69">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="T69" t="s">
-        <v>571</v>
+        <v>148</v>
       </c>
       <c r="U69" t="s">
-        <v>572</v>
+        <v>149</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
+        <v>575</v>
+      </c>
+      <c r="B70" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
       <c r="C70" t="s">
         <v>28</v>
       </c>
       <c r="D70" t="s">
+        <v>577</v>
+      </c>
+      <c r="E70" t="s">
         <v>578</v>
-      </c>
-[...1 lines deleted...]
-        <v>579</v>
       </c>
       <c r="F70" t="s">
         <v>31</v>
       </c>
       <c r="G70" t="s">
         <v>32</v>
       </c>
       <c r="H70" t="s">
         <v>33</v>
       </c>
       <c r="I70" t="s">
         <v>34</v>
       </c>
       <c r="J70" t="s">
+        <v>579</v>
+      </c>
+      <c r="K70" t="s">
         <v>580</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="L70" t="s">
         <v>37</v>
       </c>
       <c r="M70" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="N70" t="s">
         <v>39</v>
       </c>
       <c r="O70" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="P70" t="s">
         <v>41</v>
       </c>
       <c r="Q70" t="s">
         <v>581</v>
       </c>
       <c r="R70" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="S70">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="T70" t="s">
         <v>33</v>
       </c>
       <c r="U70" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>582</v>
       </c>
       <c r="B71" t="s">
         <v>583</v>
       </c>
       <c r="C71" t="s">
         <v>28</v>
       </c>
       <c r="D71" t="s">
         <v>584</v>
       </c>
       <c r="E71" t="s">
         <v>585</v>
       </c>
       <c r="F71" t="s">
         <v>31</v>
       </c>
       <c r="G71" t="s">
         <v>32</v>
       </c>
       <c r="H71" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="I71" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="J71" t="s">
         <v>586</v>
       </c>
       <c r="K71" t="s">
         <v>587</v>
       </c>
       <c r="L71" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="M71" t="s">
-        <v>68</v>
+        <v>38</v>
       </c>
       <c r="N71" t="s">
         <v>39</v>
       </c>
       <c r="O71" t="s">
-        <v>69</v>
+        <v>40</v>
       </c>
       <c r="P71" t="s">
         <v>41</v>
       </c>
       <c r="Q71" t="s">
         <v>588</v>
       </c>
       <c r="R71" t="s">
         <v>584</v>
       </c>
       <c r="S71">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="T71" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="U71" t="s">
-        <v>34</v>
+        <v>90</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>589</v>
+      </c>
+      <c r="B72" t="s">
+        <v>590</v>
+      </c>
+      <c r="C72" t="s">
+        <v>28</v>
+      </c>
+      <c r="D72" t="s">
+        <v>591</v>
+      </c>
+      <c r="E72" t="s">
+        <v>592</v>
+      </c>
+      <c r="F72" t="s">
+        <v>31</v>
+      </c>
+      <c r="G72" t="s">
+        <v>32</v>
+      </c>
+      <c r="H72" t="s">
+        <v>593</v>
+      </c>
+      <c r="I72" t="s">
+        <v>594</v>
+      </c>
+      <c r="J72" t="s">
+        <v>595</v>
+      </c>
+      <c r="K72" t="s">
+        <v>596</v>
+      </c>
+      <c r="L72" t="s">
+        <v>51</v>
+      </c>
+      <c r="M72" t="s">
+        <v>63</v>
+      </c>
+      <c r="N72" t="s">
+        <v>39</v>
+      </c>
+      <c r="O72" t="s">
+        <v>64</v>
+      </c>
+      <c r="P72" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>597</v>
+      </c>
+      <c r="R72" t="s">
+        <v>591</v>
+      </c>
+      <c r="S72">
+        <v>27</v>
+      </c>
+      <c r="T72" t="s">
+        <v>593</v>
+      </c>
+      <c r="U72" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>598</v>
+      </c>
+      <c r="B73" t="s">
+        <v>599</v>
+      </c>
+      <c r="C73" t="s">
+        <v>28</v>
+      </c>
+      <c r="D73" t="s">
+        <v>600</v>
+      </c>
+      <c r="E73" t="s">
+        <v>601</v>
+      </c>
+      <c r="F73" t="s">
+        <v>31</v>
+      </c>
+      <c r="G73" t="s">
+        <v>32</v>
+      </c>
+      <c r="H73" t="s">
+        <v>98</v>
+      </c>
+      <c r="I73" t="s">
+        <v>99</v>
+      </c>
+      <c r="J73" t="s">
+        <v>602</v>
+      </c>
+      <c r="K73" t="s">
+        <v>603</v>
+      </c>
+      <c r="L73" t="s">
+        <v>51</v>
+      </c>
+      <c r="M73" t="s">
+        <v>52</v>
+      </c>
+      <c r="N73" t="s">
+        <v>39</v>
+      </c>
+      <c r="O73" t="s">
+        <v>53</v>
+      </c>
+      <c r="P73" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>604</v>
+      </c>
+      <c r="R73" t="s">
+        <v>600</v>
+      </c>
+      <c r="S73">
+        <v>18</v>
+      </c>
+      <c r="T73" t="s">
+        <v>98</v>
+      </c>
+      <c r="U73" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>605</v>
+      </c>
+      <c r="B74" t="s">
+        <v>606</v>
+      </c>
+      <c r="C74" t="s">
+        <v>28</v>
+      </c>
+      <c r="D74" t="s">
+        <v>607</v>
+      </c>
+      <c r="E74" t="s">
+        <v>608</v>
+      </c>
+      <c r="F74" t="s">
+        <v>31</v>
+      </c>
+      <c r="G74" t="s">
+        <v>32</v>
+      </c>
+      <c r="H74" t="s">
+        <v>70</v>
+      </c>
+      <c r="I74" t="s">
+        <v>71</v>
+      </c>
+      <c r="J74" t="s">
+        <v>609</v>
+      </c>
+      <c r="K74" t="s">
+        <v>610</v>
+      </c>
+      <c r="L74" t="s">
+        <v>74</v>
+      </c>
+      <c r="M74" t="s">
+        <v>52</v>
+      </c>
+      <c r="N74" t="s">
+        <v>39</v>
+      </c>
+      <c r="O74" t="s">
+        <v>53</v>
+      </c>
+      <c r="P74" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>611</v>
+      </c>
+      <c r="R74" t="s">
+        <v>607</v>
+      </c>
+      <c r="S74">
+        <v>21</v>
+      </c>
+      <c r="T74" t="s">
+        <v>70</v>
+      </c>
+      <c r="U74" t="s">
+        <v>71</v>
+      </c>
+      <c r="V74">
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:N85"/>
+  <dimension ref="A1:N103"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>589</v>
+        <v>612</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>590</v>
+        <v>613</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>591</v>
+        <v>614</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>592</v>
+        <v>615</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>593</v>
+        <v>616</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>594</v>
+        <v>617</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>595</v>
+        <v>618</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>596</v>
+        <v>619</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>597</v>
+        <v>620</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>598</v>
+        <v>621</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>599</v>
+        <v>622</v>
       </c>
       <c r="N1" s="1" t="s">
-        <v>600</v>
+        <v>623</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>601</v>
+        <v>624</v>
       </c>
       <c r="B2" t="s">
         <v>26</v>
       </c>
       <c r="C2" t="s">
         <v>33</v>
       </c>
       <c r="D2" t="s">
         <v>34</v>
       </c>
       <c r="E2" t="s">
-        <v>602</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>625</v>
+      </c>
+      <c r="F2">
+        <v>1</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>608</v>
+        <v>626</v>
       </c>
       <c r="B3" t="s">
         <v>43</v>
       </c>
       <c r="C3" t="s">
         <v>47</v>
       </c>
       <c r="D3" t="s">
         <v>48</v>
       </c>
       <c r="E3" t="s">
-        <v>602</v>
-[...1 lines deleted...]
-      <c r="K3">
+        <v>625</v>
+      </c>
+      <c r="F3">
         <v>1</v>
+      </c>
+      <c r="G3" t="s">
+        <v>627</v>
+      </c>
+      <c r="H3" t="s">
+        <v>628</v>
+      </c>
+      <c r="I3" t="s">
+        <v>629</v>
+      </c>
+      <c r="J3" t="s">
+        <v>630</v>
+      </c>
+      <c r="K3" t="s">
+        <v>631</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>609</v>
+        <v>632</v>
       </c>
       <c r="B4" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C4" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="D4" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="E4" t="s">
-        <v>602</v>
-[...1 lines deleted...]
-      <c r="K4">
+        <v>625</v>
+      </c>
+      <c r="F4">
         <v>1</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>610</v>
+        <v>633</v>
       </c>
       <c r="B5" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="C5" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="D5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="E5" t="s">
-        <v>602</v>
-[...13 lines deleted...]
-      <c r="K5">
+        <v>625</v>
+      </c>
+      <c r="F5">
         <v>1</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>613</v>
+        <v>634</v>
       </c>
       <c r="B6" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="C6" t="s">
-        <v>33</v>
+        <v>635</v>
       </c>
       <c r="D6" t="s">
-        <v>34</v>
+        <v>636</v>
       </c>
       <c r="E6" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>637</v>
       </c>
       <c r="G6" t="s">
-        <v>604</v>
+        <v>627</v>
       </c>
       <c r="H6" t="s">
-        <v>605</v>
+        <v>638</v>
       </c>
       <c r="I6" t="s">
-        <v>606</v>
+        <v>639</v>
       </c>
       <c r="J6" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>630</v>
+      </c>
+      <c r="K6" t="s">
+        <v>640</v>
+      </c>
+      <c r="L6">
+        <v>1140474165</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>614</v>
+        <v>641</v>
       </c>
       <c r="B7" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="C7" t="s">
-        <v>82</v>
+        <v>642</v>
       </c>
       <c r="D7" t="s">
-        <v>83</v>
+        <v>643</v>
       </c>
       <c r="E7" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>637</v>
       </c>
       <c r="G7" t="s">
-        <v>615</v>
+        <v>627</v>
       </c>
       <c r="H7" t="s">
-        <v>616</v>
+        <v>644</v>
       </c>
       <c r="I7" t="s">
-        <v>606</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>645</v>
+      </c>
+      <c r="J7" t="s">
+        <v>630</v>
+      </c>
+      <c r="K7" t="s">
+        <v>646</v>
+      </c>
+      <c r="L7">
+        <v>1170017793</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>617</v>
+        <v>647</v>
       </c>
       <c r="B8" t="s">
-        <v>87</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
-        <v>91</v>
+        <v>648</v>
       </c>
       <c r="D8" t="s">
-        <v>92</v>
+        <v>649</v>
       </c>
       <c r="E8" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>637</v>
       </c>
       <c r="G8" t="s">
-        <v>618</v>
+        <v>627</v>
       </c>
       <c r="H8" t="s">
-        <v>619</v>
+        <v>650</v>
       </c>
       <c r="I8" t="s">
-        <v>606</v>
+        <v>651</v>
       </c>
       <c r="J8" t="s">
-        <v>620</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K8" t="s">
+        <v>652</v>
+      </c>
+      <c r="L8">
+        <v>1145755295</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>621</v>
+        <v>653</v>
       </c>
       <c r="B9" t="s">
-        <v>98</v>
+        <v>66</v>
       </c>
       <c r="C9" t="s">
-        <v>102</v>
+        <v>654</v>
       </c>
       <c r="D9" t="s">
-        <v>103</v>
+        <v>655</v>
       </c>
       <c r="E9" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>656</v>
       </c>
       <c r="G9" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="H9" t="s">
-        <v>623</v>
+        <v>657</v>
       </c>
       <c r="I9" t="s">
-        <v>606</v>
+        <v>658</v>
       </c>
       <c r="J9" t="s">
-        <v>624</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K9" t="s">
+        <v>659</v>
+      </c>
+      <c r="L9">
+        <v>1142608083</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>660</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
         <v>625</v>
       </c>
-      <c r="B10" t="s">
-[...12 lines deleted...]
-        <v>603</v>
+      <c r="F10">
+        <v>0</v>
       </c>
       <c r="G10" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="H10" t="s">
-        <v>627</v>
+        <v>661</v>
       </c>
       <c r="I10" t="s">
-        <v>606</v>
+        <v>662</v>
       </c>
       <c r="J10" t="s">
-        <v>628</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K10" t="s">
+        <v>663</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>629</v>
+        <v>664</v>
       </c>
       <c r="B11" t="s">
-        <v>116</v>
+        <v>85</v>
       </c>
       <c r="C11" t="s">
-        <v>47</v>
+        <v>89</v>
       </c>
       <c r="D11" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="E11" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>625</v>
+      </c>
+      <c r="F11">
+        <v>0</v>
+      </c>
+      <c r="G11" t="s">
+        <v>627</v>
+      </c>
+      <c r="H11" t="s">
+        <v>661</v>
+      </c>
+      <c r="I11" t="s">
+        <v>665</v>
+      </c>
+      <c r="J11" t="s">
+        <v>630</v>
+      </c>
+      <c r="K11" t="s">
+        <v>666</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
+        <v>667</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>99</v>
+      </c>
+      <c r="E12" t="s">
+        <v>625</v>
+      </c>
+      <c r="F12">
+        <v>1</v>
+      </c>
+      <c r="G12" t="s">
+        <v>627</v>
+      </c>
+      <c r="H12" t="s">
+        <v>668</v>
+      </c>
+      <c r="I12" t="s">
+        <v>669</v>
+      </c>
+      <c r="J12" t="s">
         <v>630</v>
       </c>
-      <c r="B12" t="s">
-[...27 lines deleted...]
-        <v>0</v>
+      <c r="K12" t="s">
+        <v>670</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>631</v>
+        <v>671</v>
       </c>
       <c r="B13" t="s">
-        <v>130</v>
+        <v>103</v>
       </c>
       <c r="C13" t="s">
-        <v>47</v>
+        <v>89</v>
       </c>
       <c r="D13" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="E13" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>625</v>
+      </c>
+      <c r="F13">
+        <v>0</v>
+      </c>
+      <c r="G13" t="s">
+        <v>627</v>
+      </c>
+      <c r="H13" t="s">
+        <v>661</v>
+      </c>
+      <c r="I13" t="s">
+        <v>665</v>
+      </c>
+      <c r="J13" t="s">
+        <v>630</v>
+      </c>
+      <c r="K13" t="s">
+        <v>666</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>632</v>
+        <v>672</v>
       </c>
       <c r="B14" t="s">
-        <v>137</v>
+        <v>110</v>
       </c>
       <c r="C14" t="s">
-        <v>141</v>
+        <v>114</v>
       </c>
       <c r="D14" t="s">
-        <v>142</v>
+        <v>115</v>
       </c>
       <c r="E14" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F14">
+        <v>1</v>
       </c>
       <c r="G14" t="s">
-        <v>633</v>
+        <v>627</v>
       </c>
       <c r="H14" t="s">
-        <v>634</v>
+        <v>673</v>
       </c>
       <c r="I14" t="s">
-        <v>606</v>
+        <v>674</v>
       </c>
       <c r="J14" t="s">
-        <v>635</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K14" t="s">
+        <v>675</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>636</v>
+        <v>676</v>
       </c>
       <c r="B15" t="s">
-        <v>146</v>
+        <v>119</v>
       </c>
       <c r="C15" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="D15" t="s">
-        <v>151</v>
+        <v>124</v>
       </c>
       <c r="E15" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F15">
+        <v>0</v>
       </c>
       <c r="G15" t="s">
-        <v>637</v>
+        <v>627</v>
       </c>
       <c r="H15" t="s">
-        <v>638</v>
+        <v>677</v>
       </c>
       <c r="I15" t="s">
-        <v>606</v>
+        <v>678</v>
       </c>
       <c r="J15" t="s">
-        <v>639</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K15" t="s">
+        <v>679</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>640</v>
+        <v>680</v>
       </c>
       <c r="B16" t="s">
-        <v>155</v>
+        <v>128</v>
       </c>
       <c r="C16" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="D16" t="s">
-        <v>34</v>
+        <v>133</v>
       </c>
       <c r="E16" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F16">
+        <v>0</v>
       </c>
       <c r="G16" t="s">
-        <v>604</v>
+        <v>627</v>
       </c>
       <c r="H16" t="s">
-        <v>605</v>
+        <v>681</v>
       </c>
       <c r="I16" t="s">
-        <v>606</v>
+        <v>682</v>
       </c>
       <c r="J16" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>630</v>
+      </c>
+      <c r="K16" t="s">
+        <v>683</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>641</v>
+        <v>684</v>
       </c>
       <c r="B17" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="C17" t="s">
-        <v>166</v>
+        <v>89</v>
       </c>
       <c r="D17" t="s">
-        <v>167</v>
+        <v>90</v>
       </c>
       <c r="E17" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F17">
+        <v>0</v>
       </c>
       <c r="G17" t="s">
-        <v>642</v>
+        <v>627</v>
       </c>
       <c r="H17" t="s">
-        <v>643</v>
+        <v>661</v>
       </c>
       <c r="I17" t="s">
-        <v>606</v>
+        <v>665</v>
       </c>
       <c r="J17" t="s">
-        <v>644</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K17" t="s">
+        <v>666</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>645</v>
+        <v>685</v>
       </c>
       <c r="B18" t="s">
-        <v>170</v>
+        <v>144</v>
       </c>
       <c r="C18" t="s">
-        <v>174</v>
+        <v>148</v>
       </c>
       <c r="D18" t="s">
-        <v>175</v>
+        <v>149</v>
       </c>
       <c r="E18" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F18">
+        <v>1</v>
       </c>
       <c r="G18" t="s">
-        <v>646</v>
+        <v>627</v>
       </c>
       <c r="H18" t="s">
-        <v>647</v>
+        <v>686</v>
       </c>
       <c r="I18" t="s">
-        <v>606</v>
+        <v>687</v>
       </c>
       <c r="J18" t="s">
-        <v>648</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>630</v>
+      </c>
+      <c r="K18" t="s">
+        <v>688</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>649</v>
+        <v>689</v>
       </c>
       <c r="B19" t="s">
-        <v>179</v>
+        <v>144</v>
       </c>
       <c r="C19" t="s">
-        <v>33</v>
+        <v>690</v>
       </c>
       <c r="D19" t="s">
-        <v>34</v>
+        <v>691</v>
       </c>
       <c r="E19" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>637</v>
       </c>
       <c r="G19" t="s">
-        <v>604</v>
+        <v>627</v>
       </c>
       <c r="H19" t="s">
-        <v>605</v>
+        <v>692</v>
       </c>
       <c r="I19" t="s">
-        <v>606</v>
+        <v>693</v>
       </c>
       <c r="J19" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>630</v>
+      </c>
+      <c r="K19" t="s">
+        <v>694</v>
+      </c>
+      <c r="L19">
+        <v>1172158223</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>650</v>
+        <v>695</v>
       </c>
       <c r="B20" t="s">
-        <v>186</v>
+        <v>144</v>
       </c>
       <c r="C20" t="s">
-        <v>141</v>
+        <v>696</v>
       </c>
       <c r="D20" t="s">
-        <v>142</v>
+        <v>697</v>
       </c>
       <c r="E20" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>656</v>
       </c>
       <c r="G20" t="s">
-        <v>633</v>
+        <v>627</v>
       </c>
       <c r="H20" t="s">
-        <v>634</v>
+        <v>698</v>
       </c>
       <c r="I20" t="s">
-        <v>606</v>
+        <v>699</v>
       </c>
       <c r="J20" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K20" t="s">
+        <v>700</v>
+      </c>
+      <c r="L20">
+        <v>1148407134</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>652</v>
+        <v>701</v>
       </c>
       <c r="B21" t="s">
-        <v>193</v>
+        <v>144</v>
       </c>
       <c r="C21" t="s">
-        <v>102</v>
+        <v>702</v>
       </c>
       <c r="D21" t="s">
-        <v>103</v>
+        <v>703</v>
       </c>
       <c r="E21" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>637</v>
       </c>
       <c r="G21" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="H21" t="s">
-        <v>623</v>
+        <v>704</v>
       </c>
       <c r="I21" t="s">
-        <v>606</v>
+        <v>705</v>
       </c>
       <c r="J21" t="s">
-        <v>624</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K21" t="s">
+        <v>706</v>
+      </c>
+      <c r="L21">
+        <v>1143544295</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>653</v>
+        <v>707</v>
       </c>
       <c r="B22" t="s">
-        <v>200</v>
+        <v>153</v>
       </c>
       <c r="C22" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="D22" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="E22" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F22">
+        <v>0</v>
       </c>
       <c r="G22" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="H22" t="s">
-        <v>623</v>
+        <v>661</v>
       </c>
       <c r="I22" t="s">
-        <v>606</v>
+        <v>665</v>
       </c>
       <c r="J22" t="s">
-        <v>624</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K22" t="s">
+        <v>666</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>654</v>
+        <v>708</v>
       </c>
       <c r="B23" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C23" t="s">
-        <v>655</v>
+        <v>164</v>
       </c>
       <c r="D23" t="s">
-        <v>656</v>
+        <v>165</v>
       </c>
       <c r="E23" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F23">
+        <v>1</v>
       </c>
       <c r="G23" t="s">
-        <v>658</v>
+        <v>627</v>
       </c>
       <c r="H23" t="s">
-        <v>659</v>
+        <v>709</v>
       </c>
       <c r="I23" t="s">
-        <v>606</v>
+        <v>710</v>
       </c>
       <c r="J23" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-        <v>1143606326</v>
+        <v>630</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>661</v>
+        <v>711</v>
       </c>
       <c r="B24" t="s">
-        <v>208</v>
+        <v>169</v>
       </c>
       <c r="C24" t="s">
-        <v>212</v>
+        <v>33</v>
       </c>
       <c r="D24" t="s">
-        <v>213</v>
+        <v>34</v>
       </c>
       <c r="E24" t="s">
-        <v>602</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>625</v>
+      </c>
+      <c r="F24">
+        <v>1</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>664</v>
+        <v>712</v>
       </c>
       <c r="B25" t="s">
-        <v>216</v>
+        <v>176</v>
       </c>
       <c r="C25" t="s">
-        <v>220</v>
+        <v>33</v>
       </c>
       <c r="D25" t="s">
-        <v>221</v>
+        <v>34</v>
       </c>
       <c r="E25" t="s">
-        <v>602</v>
-[...16 lines deleted...]
-      <c r="M25">
+        <v>625</v>
+      </c>
+      <c r="F25">
         <v>1</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
+        <v>713</v>
+      </c>
+      <c r="B26" t="s">
+        <v>183</v>
+      </c>
+      <c r="C26" t="s">
+        <v>98</v>
+      </c>
+      <c r="D26" t="s">
+        <v>99</v>
+      </c>
+      <c r="E26" t="s">
+        <v>625</v>
+      </c>
+      <c r="F26">
+        <v>1</v>
+      </c>
+      <c r="G26" t="s">
+        <v>627</v>
+      </c>
+      <c r="H26" t="s">
         <v>668</v>
       </c>
-      <c r="B26" t="s">
-[...2 lines deleted...]
-      <c r="C26" t="s">
+      <c r="I26" t="s">
         <v>669</v>
       </c>
-      <c r="D26" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>673</v>
-[...2 lines deleted...]
-        <v>1144242949</v>
+        <v>630</v>
+      </c>
+      <c r="K26" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>674</v>
+        <v>715</v>
       </c>
       <c r="B27" t="s">
-        <v>226</v>
+        <v>190</v>
       </c>
       <c r="C27" t="s">
-        <v>230</v>
+        <v>47</v>
       </c>
       <c r="D27" t="s">
-        <v>231</v>
+        <v>48</v>
       </c>
       <c r="E27" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F27">
+        <v>1</v>
       </c>
       <c r="G27" t="s">
-        <v>675</v>
+        <v>627</v>
       </c>
       <c r="H27" t="s">
-        <v>676</v>
+        <v>628</v>
       </c>
       <c r="I27" t="s">
-        <v>606</v>
+        <v>629</v>
       </c>
       <c r="J27" t="s">
-        <v>677</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K27" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>678</v>
+        <v>717</v>
       </c>
       <c r="B28" t="s">
-        <v>235</v>
+        <v>196</v>
       </c>
       <c r="C28" t="s">
-        <v>239</v>
+        <v>200</v>
       </c>
       <c r="D28" t="s">
-        <v>240</v>
+        <v>201</v>
       </c>
       <c r="E28" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F28">
+        <v>1</v>
       </c>
       <c r="G28" t="s">
-        <v>679</v>
+        <v>627</v>
       </c>
       <c r="H28" t="s">
-        <v>680</v>
+        <v>718</v>
       </c>
       <c r="I28" t="s">
-        <v>606</v>
+        <v>719</v>
       </c>
       <c r="J28" t="s">
-        <v>681</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K28" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>682</v>
+        <v>721</v>
       </c>
       <c r="B29" t="s">
-        <v>244</v>
+        <v>204</v>
       </c>
       <c r="C29" t="s">
-        <v>47</v>
+        <v>208</v>
       </c>
       <c r="D29" t="s">
-        <v>48</v>
+        <v>209</v>
       </c>
       <c r="E29" t="s">
-        <v>602</v>
-[...1 lines deleted...]
-      <c r="K29">
+        <v>625</v>
+      </c>
+      <c r="F29">
         <v>1</v>
+      </c>
+      <c r="G29" t="s">
+        <v>627</v>
+      </c>
+      <c r="H29" t="s">
+        <v>722</v>
+      </c>
+      <c r="I29" t="s">
+        <v>723</v>
+      </c>
+      <c r="J29" t="s">
+        <v>630</v>
+      </c>
+      <c r="K29" t="s">
+        <v>724</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>683</v>
+        <v>725</v>
       </c>
       <c r="B30" t="s">
-        <v>251</v>
+        <v>213</v>
       </c>
       <c r="C30" t="s">
-        <v>47</v>
+        <v>217</v>
       </c>
       <c r="D30" t="s">
-        <v>48</v>
+        <v>218</v>
       </c>
       <c r="E30" t="s">
-        <v>602</v>
-[...1 lines deleted...]
-      <c r="K30">
+        <v>625</v>
+      </c>
+      <c r="F30">
         <v>1</v>
+      </c>
+      <c r="G30" t="s">
+        <v>627</v>
+      </c>
+      <c r="H30" t="s">
+        <v>726</v>
+      </c>
+      <c r="I30" t="s">
+        <v>727</v>
+      </c>
+      <c r="J30" t="s">
+        <v>630</v>
+      </c>
+      <c r="K30" t="s">
+        <v>728</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>684</v>
+        <v>729</v>
       </c>
       <c r="B31" t="s">
-        <v>258</v>
+        <v>222</v>
       </c>
       <c r="C31" t="s">
-        <v>102</v>
+        <v>33</v>
       </c>
       <c r="D31" t="s">
-        <v>103</v>
+        <v>34</v>
       </c>
       <c r="E31" t="s">
-        <v>602</v>
-[...16 lines deleted...]
-      <c r="K31">
+        <v>625</v>
+      </c>
+      <c r="F31">
         <v>1</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>685</v>
+        <v>730</v>
       </c>
       <c r="B32" t="s">
-        <v>264</v>
+        <v>229</v>
       </c>
       <c r="C32" t="s">
-        <v>47</v>
+        <v>233</v>
       </c>
       <c r="D32" t="s">
-        <v>48</v>
+        <v>234</v>
       </c>
       <c r="E32" t="s">
-        <v>602</v>
-[...1 lines deleted...]
-      <c r="K32">
+        <v>625</v>
+      </c>
+      <c r="F32">
         <v>1</v>
+      </c>
+      <c r="G32" t="s">
+        <v>627</v>
+      </c>
+      <c r="H32" t="s">
+        <v>731</v>
+      </c>
+      <c r="I32" t="s">
+        <v>732</v>
+      </c>
+      <c r="J32" t="s">
+        <v>630</v>
+      </c>
+      <c r="K32" t="s">
+        <v>733</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
+        <v>734</v>
+      </c>
+      <c r="B33" t="s">
+        <v>238</v>
+      </c>
+      <c r="C33" t="s">
+        <v>148</v>
+      </c>
+      <c r="D33" t="s">
+        <v>149</v>
+      </c>
+      <c r="E33" t="s">
+        <v>625</v>
+      </c>
+      <c r="F33">
+        <v>1</v>
+      </c>
+      <c r="G33" t="s">
+        <v>627</v>
+      </c>
+      <c r="H33" t="s">
         <v>686</v>
       </c>
-      <c r="B33" t="s">
-[...14 lines deleted...]
-      <c r="G33" t="s">
+      <c r="I33" t="s">
         <v>687</v>
       </c>
-      <c r="H33" t="s">
+      <c r="J33" t="s">
+        <v>630</v>
+      </c>
+      <c r="K33" t="s">
         <v>688</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>690</v>
+        <v>735</v>
       </c>
       <c r="B34" t="s">
-        <v>280</v>
+        <v>245</v>
       </c>
       <c r="C34" t="s">
-        <v>230</v>
+        <v>249</v>
       </c>
       <c r="D34" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="E34" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F34">
+        <v>1</v>
       </c>
       <c r="G34" t="s">
-        <v>675</v>
+        <v>627</v>
       </c>
       <c r="H34" t="s">
-        <v>676</v>
+        <v>736</v>
       </c>
       <c r="I34" t="s">
-        <v>606</v>
+        <v>737</v>
       </c>
       <c r="J34" t="s">
-        <v>677</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K34" t="s">
+        <v>738</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>691</v>
+        <v>739</v>
       </c>
       <c r="B35" t="s">
-        <v>287</v>
+        <v>254</v>
       </c>
       <c r="C35" t="s">
-        <v>291</v>
+        <v>89</v>
       </c>
       <c r="D35" t="s">
-        <v>292</v>
+        <v>90</v>
       </c>
       <c r="E35" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F35">
+        <v>0</v>
       </c>
       <c r="G35" t="s">
-        <v>692</v>
+        <v>627</v>
       </c>
       <c r="H35" t="s">
-        <v>693</v>
+        <v>661</v>
       </c>
       <c r="I35" t="s">
-        <v>606</v>
+        <v>665</v>
       </c>
       <c r="J35" t="s">
-        <v>694</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>630</v>
+      </c>
+      <c r="K35" t="s">
+        <v>666</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>695</v>
+        <v>740</v>
       </c>
       <c r="B36" t="s">
-        <v>296</v>
+        <v>261</v>
       </c>
       <c r="C36" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="D36" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="E36" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F36">
+        <v>0</v>
       </c>
       <c r="G36" t="s">
-        <v>604</v>
+        <v>627</v>
       </c>
       <c r="H36" t="s">
-        <v>605</v>
+        <v>661</v>
       </c>
       <c r="I36" t="s">
-        <v>606</v>
+        <v>665</v>
       </c>
       <c r="J36" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>630</v>
+      </c>
+      <c r="K36" t="s">
+        <v>666</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>696</v>
+        <v>741</v>
       </c>
       <c r="B37" t="s">
-        <v>303</v>
+        <v>268</v>
       </c>
       <c r="C37" t="s">
-        <v>33</v>
+        <v>272</v>
       </c>
       <c r="D37" t="s">
-        <v>34</v>
+        <v>273</v>
       </c>
       <c r="E37" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F37">
+        <v>0</v>
       </c>
       <c r="G37" t="s">
-        <v>604</v>
+        <v>627</v>
       </c>
       <c r="H37" t="s">
-        <v>605</v>
+        <v>661</v>
       </c>
       <c r="I37" t="s">
-        <v>606</v>
+        <v>742</v>
       </c>
       <c r="J37" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>630</v>
+      </c>
+      <c r="K37" t="s">
+        <v>743</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>697</v>
+        <v>744</v>
       </c>
       <c r="B38" t="s">
-        <v>310</v>
+        <v>277</v>
       </c>
       <c r="C38" t="s">
-        <v>314</v>
+        <v>281</v>
       </c>
       <c r="D38" t="s">
-        <v>315</v>
+        <v>282</v>
       </c>
       <c r="E38" t="s">
-        <v>602</v>
-[...16 lines deleted...]
-      <c r="K38">
+        <v>625</v>
+      </c>
+      <c r="F38">
         <v>1</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>701</v>
+        <v>745</v>
       </c>
       <c r="B39" t="s">
-        <v>319</v>
+        <v>286</v>
       </c>
       <c r="C39" t="s">
-        <v>33</v>
+        <v>290</v>
       </c>
       <c r="D39" t="s">
-        <v>34</v>
+        <v>291</v>
       </c>
       <c r="E39" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F39">
+        <v>1</v>
       </c>
       <c r="G39" t="s">
-        <v>604</v>
+        <v>627</v>
       </c>
       <c r="H39" t="s">
-        <v>605</v>
+        <v>746</v>
       </c>
       <c r="I39" t="s">
-        <v>606</v>
+        <v>747</v>
       </c>
       <c r="J39" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>630</v>
+      </c>
+      <c r="K39" t="s">
+        <v>748</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>702</v>
+        <v>749</v>
       </c>
       <c r="B40" t="s">
-        <v>326</v>
+        <v>295</v>
       </c>
       <c r="C40" t="s">
-        <v>102</v>
+        <v>299</v>
       </c>
       <c r="D40" t="s">
-        <v>103</v>
+        <v>300</v>
       </c>
       <c r="E40" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F40">
+        <v>1</v>
       </c>
       <c r="G40" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="H40" t="s">
-        <v>623</v>
+        <v>750</v>
       </c>
       <c r="I40" t="s">
-        <v>606</v>
+        <v>751</v>
       </c>
       <c r="J40" t="s">
-        <v>624</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K40" t="s">
+        <v>752</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>703</v>
+        <v>753</v>
       </c>
       <c r="B41" t="s">
-        <v>333</v>
+        <v>303</v>
       </c>
       <c r="C41" t="s">
-        <v>141</v>
+        <v>307</v>
       </c>
       <c r="D41" t="s">
-        <v>142</v>
+        <v>308</v>
       </c>
       <c r="E41" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F41">
+        <v>1</v>
       </c>
       <c r="G41" t="s">
-        <v>633</v>
+        <v>627</v>
       </c>
       <c r="H41" t="s">
-        <v>634</v>
+        <v>754</v>
       </c>
       <c r="I41" t="s">
-        <v>606</v>
+        <v>755</v>
       </c>
       <c r="J41" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K41" t="s">
+        <v>756</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>704</v>
+        <v>757</v>
       </c>
       <c r="B42" t="s">
-        <v>340</v>
+        <v>312</v>
       </c>
       <c r="C42" t="s">
-        <v>102</v>
+        <v>33</v>
       </c>
       <c r="D42" t="s">
-        <v>103</v>
+        <v>34</v>
       </c>
       <c r="E42" t="s">
-        <v>602</v>
-[...16 lines deleted...]
-      <c r="K42">
+        <v>625</v>
+      </c>
+      <c r="F42">
         <v>1</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>705</v>
+        <v>758</v>
       </c>
       <c r="B43" t="s">
-        <v>346</v>
+        <v>318</v>
       </c>
       <c r="C43" t="s">
         <v>33</v>
       </c>
       <c r="D43" t="s">
         <v>34</v>
       </c>
       <c r="E43" t="s">
-        <v>602</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>625</v>
+      </c>
+      <c r="F43">
+        <v>1</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>706</v>
+        <v>759</v>
       </c>
       <c r="B44" t="s">
-        <v>353</v>
+        <v>325</v>
       </c>
       <c r="C44" t="s">
-        <v>357</v>
+        <v>148</v>
       </c>
       <c r="D44" t="s">
-        <v>358</v>
+        <v>149</v>
       </c>
       <c r="E44" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F44">
+        <v>1</v>
       </c>
       <c r="G44" t="s">
-        <v>707</v>
+        <v>627</v>
       </c>
       <c r="H44" t="s">
-        <v>708</v>
+        <v>686</v>
       </c>
       <c r="I44" t="s">
-        <v>606</v>
+        <v>687</v>
       </c>
       <c r="J44" t="s">
-        <v>709</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K44" t="s">
+        <v>688</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>710</v>
+        <v>760</v>
       </c>
       <c r="B45" t="s">
-        <v>362</v>
+        <v>332</v>
       </c>
       <c r="C45" t="s">
-        <v>366</v>
+        <v>336</v>
       </c>
       <c r="D45" t="s">
-        <v>367</v>
+        <v>337</v>
       </c>
       <c r="E45" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F45">
+        <v>1</v>
       </c>
       <c r="G45" t="s">
-        <v>711</v>
+        <v>627</v>
       </c>
       <c r="H45" t="s">
-        <v>712</v>
+        <v>761</v>
       </c>
       <c r="I45" t="s">
-        <v>606</v>
+        <v>762</v>
       </c>
       <c r="J45" t="s">
-        <v>713</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K45" t="s">
+        <v>763</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>714</v>
+        <v>764</v>
       </c>
       <c r="B46" t="s">
-        <v>371</v>
+        <v>341</v>
       </c>
       <c r="C46" t="s">
-        <v>375</v>
+        <v>345</v>
       </c>
       <c r="D46" t="s">
-        <v>376</v>
+        <v>346</v>
       </c>
       <c r="E46" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F46">
+        <v>0</v>
       </c>
       <c r="G46" t="s">
-        <v>715</v>
+        <v>627</v>
       </c>
       <c r="H46" t="s">
-        <v>716</v>
+        <v>661</v>
       </c>
       <c r="I46" t="s">
-        <v>606</v>
+        <v>765</v>
       </c>
       <c r="J46" t="s">
-        <v>717</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K46" t="s">
+        <v>766</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>718</v>
+        <v>767</v>
       </c>
       <c r="B47" t="s">
-        <v>380</v>
+        <v>341</v>
       </c>
       <c r="C47" t="s">
-        <v>384</v>
+        <v>768</v>
       </c>
       <c r="D47" t="s">
-        <v>385</v>
+        <v>769</v>
       </c>
       <c r="E47" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>637</v>
       </c>
       <c r="G47" t="s">
-        <v>604</v>
+        <v>627</v>
       </c>
       <c r="H47" t="s">
-        <v>719</v>
+        <v>692</v>
       </c>
       <c r="I47" t="s">
-        <v>606</v>
+        <v>770</v>
       </c>
       <c r="J47" t="s">
-        <v>720</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>630</v>
+      </c>
+      <c r="K47" t="s">
+        <v>771</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>721</v>
+        <v>772</v>
       </c>
       <c r="B48" t="s">
-        <v>389</v>
+        <v>341</v>
       </c>
       <c r="C48" t="s">
-        <v>47</v>
+        <v>773</v>
       </c>
       <c r="D48" t="s">
-        <v>48</v>
+        <v>774</v>
       </c>
       <c r="E48" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>637</v>
+      </c>
+      <c r="G48" t="s">
+        <v>627</v>
+      </c>
+      <c r="H48" t="s">
+        <v>661</v>
+      </c>
+      <c r="I48" t="s">
+        <v>775</v>
+      </c>
+      <c r="J48" t="s">
+        <v>630</v>
+      </c>
+      <c r="K48" t="s">
+        <v>776</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>722</v>
+        <v>777</v>
       </c>
       <c r="B49" t="s">
-        <v>396</v>
+        <v>341</v>
       </c>
       <c r="C49" t="s">
-        <v>150</v>
+        <v>778</v>
       </c>
       <c r="D49" t="s">
-        <v>151</v>
+        <v>779</v>
       </c>
       <c r="E49" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>637</v>
       </c>
       <c r="G49" t="s">
-        <v>637</v>
+        <v>627</v>
       </c>
       <c r="H49" t="s">
-        <v>638</v>
+        <v>661</v>
       </c>
       <c r="I49" t="s">
-        <v>606</v>
+        <v>780</v>
       </c>
       <c r="J49" t="s">
-        <v>723</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K49" t="s">
+        <v>781</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>724</v>
+        <v>782</v>
       </c>
       <c r="B50" t="s">
-        <v>401</v>
+        <v>341</v>
       </c>
       <c r="C50" t="s">
-        <v>33</v>
+        <v>783</v>
       </c>
       <c r="D50" t="s">
-        <v>34</v>
+        <v>784</v>
       </c>
       <c r="E50" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>637</v>
       </c>
       <c r="G50" t="s">
-        <v>604</v>
+        <v>627</v>
       </c>
       <c r="H50" t="s">
-        <v>605</v>
+        <v>785</v>
       </c>
       <c r="I50" t="s">
-        <v>606</v>
+        <v>786</v>
       </c>
       <c r="J50" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>630</v>
+      </c>
+      <c r="K50" t="s">
+        <v>787</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>725</v>
+        <v>788</v>
       </c>
       <c r="B51" t="s">
-        <v>408</v>
+        <v>341</v>
       </c>
       <c r="C51" t="s">
-        <v>47</v>
+        <v>789</v>
       </c>
       <c r="D51" t="s">
-        <v>48</v>
+        <v>790</v>
       </c>
       <c r="E51" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>637</v>
+      </c>
+      <c r="G51" t="s">
+        <v>627</v>
+      </c>
+      <c r="H51" t="s">
+        <v>785</v>
+      </c>
+      <c r="I51" t="s">
+        <v>791</v>
+      </c>
+      <c r="J51" t="s">
+        <v>630</v>
+      </c>
+      <c r="K51" t="s">
+        <v>792</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>726</v>
+        <v>793</v>
       </c>
       <c r="B52" t="s">
-        <v>414</v>
+        <v>341</v>
       </c>
       <c r="C52" t="s">
-        <v>418</v>
+        <v>794</v>
       </c>
       <c r="D52" t="s">
-        <v>419</v>
+        <v>795</v>
       </c>
       <c r="E52" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>637</v>
       </c>
       <c r="G52" t="s">
-        <v>727</v>
+        <v>627</v>
       </c>
       <c r="H52" t="s">
-        <v>728</v>
+        <v>796</v>
       </c>
       <c r="I52" t="s">
-        <v>606</v>
+        <v>797</v>
       </c>
       <c r="J52" t="s">
-        <v>729</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K52" t="s">
+        <v>798</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>730</v>
+        <v>799</v>
       </c>
       <c r="B53" t="s">
-        <v>423</v>
+        <v>341</v>
       </c>
       <c r="C53" t="s">
-        <v>427</v>
+        <v>800</v>
       </c>
       <c r="D53" t="s">
-        <v>428</v>
+        <v>801</v>
       </c>
       <c r="E53" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>637</v>
       </c>
       <c r="G53" t="s">
-        <v>731</v>
+        <v>627</v>
       </c>
       <c r="H53" t="s">
-        <v>732</v>
+        <v>661</v>
       </c>
       <c r="I53" t="s">
-        <v>606</v>
+        <v>802</v>
       </c>
       <c r="J53" t="s">
-        <v>733</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K53" t="s">
+        <v>803</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>734</v>
+        <v>804</v>
       </c>
       <c r="B54" t="s">
-        <v>432</v>
+        <v>341</v>
       </c>
       <c r="C54" t="s">
-        <v>141</v>
+        <v>805</v>
       </c>
       <c r="D54" t="s">
-        <v>142</v>
+        <v>806</v>
       </c>
       <c r="E54" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>637</v>
       </c>
       <c r="G54" t="s">
-        <v>633</v>
+        <v>627</v>
       </c>
       <c r="H54" t="s">
-        <v>634</v>
+        <v>785</v>
       </c>
       <c r="I54" t="s">
-        <v>606</v>
+        <v>807</v>
       </c>
       <c r="J54" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K54" t="s">
+        <v>808</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>735</v>
+        <v>809</v>
       </c>
       <c r="B55" t="s">
-        <v>439</v>
+        <v>341</v>
       </c>
       <c r="C55" t="s">
-        <v>443</v>
+        <v>810</v>
       </c>
       <c r="D55" t="s">
-        <v>444</v>
+        <v>811</v>
       </c>
       <c r="E55" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>656</v>
       </c>
       <c r="G55" t="s">
-        <v>736</v>
+        <v>627</v>
       </c>
       <c r="H55" t="s">
-        <v>737</v>
+        <v>661</v>
       </c>
       <c r="I55" t="s">
-        <v>606</v>
+        <v>812</v>
       </c>
       <c r="J55" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K55" t="s">
+        <v>813</v>
+      </c>
+      <c r="L55">
+        <v>2240213878</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>739</v>
+        <v>814</v>
       </c>
       <c r="B56" t="s">
-        <v>448</v>
+        <v>350</v>
       </c>
       <c r="C56" t="s">
-        <v>366</v>
+        <v>98</v>
       </c>
       <c r="D56" t="s">
-        <v>367</v>
+        <v>99</v>
       </c>
       <c r="E56" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F56">
+        <v>1</v>
       </c>
       <c r="G56" t="s">
-        <v>711</v>
+        <v>627</v>
       </c>
       <c r="H56" t="s">
-        <v>712</v>
+        <v>668</v>
       </c>
       <c r="I56" t="s">
-        <v>606</v>
+        <v>669</v>
       </c>
       <c r="J56" t="s">
-        <v>713</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K56" t="s">
+        <v>670</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>740</v>
+        <v>815</v>
       </c>
       <c r="B57" t="s">
-        <v>455</v>
+        <v>357</v>
       </c>
       <c r="C57" t="s">
-        <v>459</v>
+        <v>148</v>
       </c>
       <c r="D57" t="s">
-        <v>460</v>
+        <v>149</v>
       </c>
       <c r="E57" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F57">
+        <v>1</v>
       </c>
       <c r="G57" t="s">
-        <v>741</v>
+        <v>627</v>
       </c>
       <c r="H57" t="s">
-        <v>742</v>
+        <v>686</v>
       </c>
       <c r="I57" t="s">
-        <v>606</v>
+        <v>687</v>
       </c>
       <c r="J57" t="s">
-        <v>743</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K57" t="s">
+        <v>688</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>744</v>
+        <v>816</v>
       </c>
       <c r="B58" t="s">
-        <v>464</v>
+        <v>357</v>
       </c>
       <c r="C58" t="s">
-        <v>468</v>
+        <v>817</v>
       </c>
       <c r="D58" t="s">
-        <v>469</v>
+        <v>818</v>
       </c>
       <c r="E58" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>656</v>
       </c>
       <c r="G58" t="s">
-        <v>745</v>
+        <v>627</v>
       </c>
       <c r="H58" t="s">
-        <v>746</v>
+        <v>819</v>
       </c>
       <c r="I58" t="s">
-        <v>606</v>
+        <v>820</v>
       </c>
       <c r="J58" t="s">
-        <v>747</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K58" t="s">
+        <v>821</v>
+      </c>
+      <c r="L58">
+        <v>1143606326</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>748</v>
+        <v>822</v>
       </c>
       <c r="B59" t="s">
-        <v>473</v>
+        <v>364</v>
       </c>
       <c r="C59" t="s">
-        <v>477</v>
+        <v>33</v>
       </c>
       <c r="D59" t="s">
-        <v>478</v>
+        <v>34</v>
       </c>
       <c r="E59" t="s">
-        <v>602</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>625</v>
+      </c>
+      <c r="F59">
+        <v>1</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>752</v>
+        <v>823</v>
       </c>
       <c r="B60" t="s">
-        <v>482</v>
+        <v>371</v>
       </c>
       <c r="C60" t="s">
-        <v>33</v>
+        <v>375</v>
       </c>
       <c r="D60" t="s">
-        <v>34</v>
+        <v>376</v>
       </c>
       <c r="E60" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F60">
+        <v>1</v>
       </c>
       <c r="G60" t="s">
-        <v>604</v>
+        <v>627</v>
       </c>
       <c r="H60" t="s">
-        <v>605</v>
+        <v>824</v>
       </c>
       <c r="I60" t="s">
-        <v>606</v>
+        <v>825</v>
       </c>
       <c r="J60" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>630</v>
+      </c>
+      <c r="K60" t="s">
+        <v>826</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>753</v>
+        <v>827</v>
       </c>
       <c r="B61" t="s">
-        <v>489</v>
+        <v>380</v>
       </c>
       <c r="C61" t="s">
-        <v>493</v>
+        <v>148</v>
       </c>
       <c r="D61" t="s">
-        <v>494</v>
+        <v>149</v>
       </c>
       <c r="E61" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F61">
+        <v>1</v>
       </c>
       <c r="G61" t="s">
-        <v>754</v>
+        <v>627</v>
       </c>
       <c r="H61" t="s">
-        <v>755</v>
+        <v>686</v>
       </c>
       <c r="I61" t="s">
-        <v>606</v>
+        <v>687</v>
       </c>
       <c r="J61" t="s">
-        <v>756</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>630</v>
+      </c>
+      <c r="K61" t="s">
+        <v>688</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>757</v>
+        <v>828</v>
       </c>
       <c r="B62" t="s">
-        <v>498</v>
+        <v>387</v>
       </c>
       <c r="C62" t="s">
-        <v>502</v>
+        <v>391</v>
       </c>
       <c r="D62" t="s">
-        <v>503</v>
+        <v>392</v>
       </c>
       <c r="E62" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F62">
+        <v>1</v>
       </c>
       <c r="G62" t="s">
-        <v>758</v>
+        <v>627</v>
       </c>
       <c r="H62" t="s">
-        <v>759</v>
+        <v>829</v>
       </c>
       <c r="I62" t="s">
-        <v>606</v>
+        <v>830</v>
       </c>
       <c r="J62" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K62" t="s">
+        <v>831</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>761</v>
+        <v>832</v>
       </c>
       <c r="B63" t="s">
-        <v>507</v>
+        <v>396</v>
       </c>
       <c r="C63" t="s">
-        <v>102</v>
+        <v>400</v>
       </c>
       <c r="D63" t="s">
-        <v>103</v>
+        <v>401</v>
       </c>
       <c r="E63" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F63">
+        <v>1</v>
       </c>
       <c r="G63" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="H63" t="s">
-        <v>623</v>
+        <v>833</v>
       </c>
       <c r="I63" t="s">
-        <v>606</v>
+        <v>834</v>
       </c>
       <c r="J63" t="s">
-        <v>624</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K63" t="s">
+        <v>835</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>762</v>
+        <v>836</v>
       </c>
       <c r="B64" t="s">
-        <v>507</v>
+        <v>405</v>
       </c>
       <c r="C64" t="s">
-        <v>763</v>
+        <v>409</v>
       </c>
       <c r="D64" t="s">
-        <v>764</v>
+        <v>410</v>
       </c>
       <c r="E64" t="s">
-        <v>765</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F64">
+        <v>0</v>
       </c>
       <c r="G64" t="s">
-        <v>766</v>
+        <v>627</v>
       </c>
       <c r="H64" t="s">
-        <v>767</v>
+        <v>837</v>
       </c>
       <c r="I64" t="s">
-        <v>606</v>
+        <v>838</v>
       </c>
       <c r="J64" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>1172158223</v>
+        <v>630</v>
+      </c>
+      <c r="K64" t="s">
+        <v>839</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>769</v>
+        <v>840</v>
       </c>
       <c r="B65" t="s">
-        <v>507</v>
+        <v>414</v>
       </c>
       <c r="C65" t="s">
-        <v>770</v>
+        <v>98</v>
       </c>
       <c r="D65" t="s">
-        <v>771</v>
+        <v>99</v>
       </c>
       <c r="E65" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F65">
+        <v>1</v>
       </c>
       <c r="G65" t="s">
-        <v>772</v>
+        <v>627</v>
       </c>
       <c r="H65" t="s">
-        <v>773</v>
+        <v>668</v>
       </c>
       <c r="I65" t="s">
-        <v>606</v>
+        <v>669</v>
       </c>
       <c r="J65" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-        <v>1148407134</v>
+        <v>630</v>
+      </c>
+      <c r="K65" t="s">
+        <v>670</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>775</v>
+        <v>841</v>
       </c>
       <c r="B66" t="s">
-        <v>507</v>
+        <v>421</v>
       </c>
       <c r="C66" t="s">
-        <v>776</v>
+        <v>89</v>
       </c>
       <c r="D66" t="s">
-        <v>777</v>
+        <v>90</v>
       </c>
       <c r="E66" t="s">
-        <v>765</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F66">
+        <v>0</v>
       </c>
       <c r="G66" t="s">
-        <v>778</v>
+        <v>627</v>
       </c>
       <c r="H66" t="s">
-        <v>779</v>
+        <v>661</v>
       </c>
       <c r="I66" t="s">
-        <v>606</v>
+        <v>665</v>
       </c>
       <c r="J66" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-        <v>1143544295</v>
+        <v>630</v>
+      </c>
+      <c r="K66" t="s">
+        <v>666</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>781</v>
+        <v>842</v>
       </c>
       <c r="B67" t="s">
-        <v>514</v>
+        <v>428</v>
       </c>
       <c r="C67" t="s">
-        <v>518</v>
+        <v>33</v>
       </c>
       <c r="D67" t="s">
-        <v>519</v>
+        <v>34</v>
       </c>
       <c r="E67" t="s">
-        <v>602</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>625</v>
+      </c>
+      <c r="F67">
+        <v>1</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>784</v>
+        <v>843</v>
       </c>
       <c r="B68" t="s">
-        <v>514</v>
+        <v>435</v>
       </c>
       <c r="C68" t="s">
-        <v>785</v>
+        <v>400</v>
       </c>
       <c r="D68" t="s">
-        <v>786</v>
+        <v>401</v>
       </c>
       <c r="E68" t="s">
-        <v>765</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F68">
+        <v>1</v>
       </c>
       <c r="G68" t="s">
-        <v>766</v>
+        <v>627</v>
       </c>
       <c r="H68" t="s">
-        <v>787</v>
+        <v>833</v>
       </c>
       <c r="I68" t="s">
-        <v>606</v>
+        <v>834</v>
       </c>
       <c r="J68" t="s">
-        <v>788</v>
+        <v>630</v>
+      </c>
+      <c r="K68" t="s">
+        <v>835</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>789</v>
+        <v>844</v>
       </c>
       <c r="B69" t="s">
-        <v>514</v>
+        <v>442</v>
       </c>
       <c r="C69" t="s">
-        <v>790</v>
+        <v>89</v>
       </c>
       <c r="D69" t="s">
-        <v>791</v>
+        <v>90</v>
       </c>
       <c r="E69" t="s">
-        <v>765</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F69">
+        <v>0</v>
       </c>
       <c r="G69" t="s">
-        <v>604</v>
+        <v>627</v>
       </c>
       <c r="H69" t="s">
-        <v>792</v>
+        <v>661</v>
       </c>
       <c r="I69" t="s">
-        <v>606</v>
+        <v>665</v>
       </c>
       <c r="J69" t="s">
-        <v>793</v>
+        <v>630</v>
+      </c>
+      <c r="K69" t="s">
+        <v>666</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>794</v>
+        <v>845</v>
       </c>
       <c r="B70" t="s">
-        <v>514</v>
+        <v>449</v>
       </c>
       <c r="C70" t="s">
-        <v>795</v>
+        <v>89</v>
       </c>
       <c r="D70" t="s">
-        <v>796</v>
+        <v>90</v>
       </c>
       <c r="E70" t="s">
-        <v>765</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F70">
+        <v>0</v>
       </c>
       <c r="G70" t="s">
-        <v>604</v>
+        <v>627</v>
       </c>
       <c r="H70" t="s">
-        <v>797</v>
+        <v>661</v>
       </c>
       <c r="I70" t="s">
-        <v>606</v>
+        <v>665</v>
       </c>
       <c r="J70" t="s">
-        <v>798</v>
+        <v>630</v>
+      </c>
+      <c r="K70" t="s">
+        <v>666</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>799</v>
+        <v>846</v>
       </c>
       <c r="B71" t="s">
-        <v>514</v>
+        <v>456</v>
       </c>
       <c r="C71" t="s">
-        <v>800</v>
+        <v>148</v>
       </c>
       <c r="D71" t="s">
-        <v>801</v>
+        <v>149</v>
       </c>
       <c r="E71" t="s">
-        <v>765</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F71">
+        <v>1</v>
       </c>
       <c r="G71" t="s">
-        <v>802</v>
+        <v>627</v>
       </c>
       <c r="H71" t="s">
-        <v>803</v>
+        <v>686</v>
       </c>
       <c r="I71" t="s">
-        <v>606</v>
+        <v>687</v>
       </c>
       <c r="J71" t="s">
-        <v>804</v>
+        <v>630</v>
+      </c>
+      <c r="K71" t="s">
+        <v>688</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>805</v>
+        <v>847</v>
       </c>
       <c r="B72" t="s">
-        <v>514</v>
+        <v>462</v>
       </c>
       <c r="C72" t="s">
-        <v>806</v>
+        <v>466</v>
       </c>
       <c r="D72" t="s">
-        <v>807</v>
+        <v>467</v>
       </c>
       <c r="E72" t="s">
-        <v>765</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F72">
+        <v>1</v>
       </c>
       <c r="G72" t="s">
-        <v>802</v>
+        <v>627</v>
       </c>
       <c r="H72" t="s">
-        <v>808</v>
+        <v>848</v>
       </c>
       <c r="I72" t="s">
-        <v>606</v>
+        <v>849</v>
       </c>
       <c r="J72" t="s">
-        <v>809</v>
+        <v>630</v>
+      </c>
+      <c r="K72" t="s">
+        <v>850</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>810</v>
+        <v>851</v>
       </c>
       <c r="B73" t="s">
-        <v>514</v>
+        <v>471</v>
       </c>
       <c r="C73" t="s">
-        <v>811</v>
+        <v>391</v>
       </c>
       <c r="D73" t="s">
-        <v>812</v>
+        <v>392</v>
       </c>
       <c r="E73" t="s">
-        <v>765</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F73">
+        <v>1</v>
       </c>
       <c r="G73" t="s">
-        <v>813</v>
+        <v>627</v>
       </c>
       <c r="H73" t="s">
-        <v>814</v>
+        <v>829</v>
       </c>
       <c r="I73" t="s">
-        <v>606</v>
+        <v>830</v>
       </c>
       <c r="J73" t="s">
-        <v>815</v>
+        <v>630</v>
+      </c>
+      <c r="K73" t="s">
+        <v>831</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>816</v>
+        <v>852</v>
       </c>
       <c r="B74" t="s">
-        <v>514</v>
+        <v>478</v>
       </c>
       <c r="C74" t="s">
-        <v>817</v>
+        <v>89</v>
       </c>
       <c r="D74" t="s">
-        <v>818</v>
+        <v>90</v>
       </c>
       <c r="E74" t="s">
-        <v>765</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F74">
+        <v>0</v>
       </c>
       <c r="G74" t="s">
-        <v>604</v>
+        <v>627</v>
       </c>
       <c r="H74" t="s">
-        <v>819</v>
+        <v>661</v>
       </c>
       <c r="I74" t="s">
-        <v>606</v>
+        <v>665</v>
       </c>
       <c r="J74" t="s">
-        <v>820</v>
+        <v>630</v>
+      </c>
+      <c r="K74" t="s">
+        <v>666</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>821</v>
+        <v>853</v>
       </c>
       <c r="B75" t="s">
-        <v>514</v>
+        <v>484</v>
       </c>
       <c r="C75" t="s">
-        <v>822</v>
+        <v>488</v>
       </c>
       <c r="D75" t="s">
-        <v>823</v>
+        <v>489</v>
       </c>
       <c r="E75" t="s">
-        <v>765</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F75">
+        <v>1</v>
       </c>
       <c r="G75" t="s">
-        <v>802</v>
+        <v>627</v>
       </c>
       <c r="H75" t="s">
-        <v>824</v>
+        <v>854</v>
       </c>
       <c r="I75" t="s">
-        <v>606</v>
+        <v>855</v>
       </c>
       <c r="J75" t="s">
-        <v>825</v>
+        <v>630</v>
+      </c>
+      <c r="K75" t="s">
+        <v>856</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>826</v>
+        <v>857</v>
       </c>
       <c r="B76" t="s">
-        <v>514</v>
+        <v>493</v>
       </c>
       <c r="C76" t="s">
-        <v>827</v>
+        <v>33</v>
       </c>
       <c r="D76" t="s">
-        <v>828</v>
+        <v>34</v>
       </c>
       <c r="E76" t="s">
-        <v>657</v>
-[...17 lines deleted...]
-        <v>2240213878</v>
+        <v>625</v>
+      </c>
+      <c r="F76">
+        <v>1</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>831</v>
+        <v>858</v>
       </c>
       <c r="B77" t="s">
-        <v>523</v>
+        <v>499</v>
       </c>
       <c r="C77" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="D77" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="E77" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F77">
+        <v>0</v>
       </c>
       <c r="G77" t="s">
-        <v>604</v>
+        <v>627</v>
       </c>
       <c r="H77" t="s">
-        <v>605</v>
+        <v>661</v>
       </c>
       <c r="I77" t="s">
-        <v>606</v>
+        <v>665</v>
       </c>
       <c r="J77" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>630</v>
+      </c>
+      <c r="K77" t="s">
+        <v>666</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>832</v>
+        <v>859</v>
       </c>
       <c r="B78" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="C78" t="s">
-        <v>141</v>
+        <v>89</v>
       </c>
       <c r="D78" t="s">
-        <v>142</v>
+        <v>90</v>
       </c>
       <c r="E78" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F78">
+        <v>0</v>
       </c>
       <c r="G78" t="s">
-        <v>633</v>
+        <v>627</v>
       </c>
       <c r="H78" t="s">
-        <v>634</v>
+        <v>661</v>
       </c>
       <c r="I78" t="s">
-        <v>606</v>
+        <v>665</v>
       </c>
       <c r="J78" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K78" t="s">
+        <v>666</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>833</v>
+        <v>860</v>
       </c>
       <c r="B79" t="s">
-        <v>537</v>
+        <v>513</v>
       </c>
       <c r="C79" t="s">
-        <v>47</v>
+        <v>517</v>
       </c>
       <c r="D79" t="s">
-        <v>48</v>
+        <v>518</v>
       </c>
       <c r="E79" t="s">
-        <v>602</v>
-[...1 lines deleted...]
-      <c r="K79">
+        <v>625</v>
+      </c>
+      <c r="G79" t="s">
+        <v>627</v>
+      </c>
+      <c r="H79" t="s">
+        <v>861</v>
+      </c>
+      <c r="I79" t="s">
+        <v>862</v>
+      </c>
+      <c r="J79" t="s">
+        <v>630</v>
+      </c>
+      <c r="K79" t="s">
+        <v>863</v>
+      </c>
+      <c r="M79">
         <v>1</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>834</v>
+        <v>864</v>
       </c>
       <c r="B80" t="s">
-        <v>544</v>
+        <v>513</v>
       </c>
       <c r="C80" t="s">
-        <v>548</v>
+        <v>865</v>
       </c>
       <c r="D80" t="s">
-        <v>549</v>
+        <v>866</v>
       </c>
       <c r="E80" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>656</v>
+      </c>
+      <c r="G80" t="s">
+        <v>627</v>
+      </c>
+      <c r="H80" t="s">
+        <v>867</v>
+      </c>
+      <c r="I80" t="s">
+        <v>868</v>
+      </c>
+      <c r="J80" t="s">
+        <v>630</v>
+      </c>
+      <c r="K80" t="s">
+        <v>869</v>
+      </c>
+      <c r="N80">
+        <v>1144242949</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>835</v>
+        <v>870</v>
       </c>
       <c r="B81" t="s">
-        <v>553</v>
+        <v>523</v>
       </c>
       <c r="C81" t="s">
-        <v>33</v>
+        <v>114</v>
       </c>
       <c r="D81" t="s">
-        <v>34</v>
+        <v>115</v>
       </c>
       <c r="E81" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F81">
+        <v>1</v>
       </c>
       <c r="G81" t="s">
-        <v>604</v>
+        <v>627</v>
       </c>
       <c r="H81" t="s">
-        <v>605</v>
+        <v>673</v>
       </c>
       <c r="I81" t="s">
-        <v>606</v>
+        <v>674</v>
       </c>
       <c r="J81" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>630</v>
+      </c>
+      <c r="K81" t="s">
+        <v>675</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>836</v>
+        <v>871</v>
       </c>
       <c r="B82" t="s">
-        <v>560</v>
+        <v>530</v>
       </c>
       <c r="C82" t="s">
-        <v>418</v>
+        <v>89</v>
       </c>
       <c r="D82" t="s">
-        <v>419</v>
+        <v>90</v>
       </c>
       <c r="E82" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>625</v>
+      </c>
+      <c r="F82">
+        <v>0</v>
       </c>
       <c r="G82" t="s">
-        <v>727</v>
+        <v>627</v>
       </c>
       <c r="H82" t="s">
-        <v>728</v>
+        <v>661</v>
       </c>
       <c r="I82" t="s">
-        <v>606</v>
+        <v>665</v>
       </c>
       <c r="J82" t="s">
-        <v>729</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>630</v>
+      </c>
+      <c r="K82" t="s">
+        <v>666</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>837</v>
+        <v>872</v>
       </c>
       <c r="B83" t="s">
-        <v>567</v>
+        <v>537</v>
       </c>
       <c r="C83" t="s">
-        <v>571</v>
+        <v>70</v>
       </c>
       <c r="D83" t="s">
-        <v>572</v>
+        <v>71</v>
       </c>
       <c r="E83" t="s">
-        <v>602</v>
-[...1 lines deleted...]
-      <c r="K83">
+        <v>625</v>
+      </c>
+      <c r="F83">
         <v>1</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>838</v>
+        <v>873</v>
       </c>
       <c r="B84" t="s">
-        <v>576</v>
+        <v>537</v>
       </c>
       <c r="C84" t="s">
-        <v>33</v>
+        <v>874</v>
       </c>
       <c r="D84" t="s">
-        <v>34</v>
+        <v>875</v>
       </c>
       <c r="E84" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>637</v>
       </c>
       <c r="G84" t="s">
-        <v>604</v>
+        <v>627</v>
       </c>
       <c r="H84" t="s">
-        <v>605</v>
+        <v>876</v>
       </c>
       <c r="I84" t="s">
-        <v>606</v>
+        <v>877</v>
       </c>
       <c r="J84" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>630</v>
+      </c>
+      <c r="K84" t="s">
+        <v>878</v>
+      </c>
+      <c r="L84">
+        <v>1144531572</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>839</v>
+        <v>879</v>
       </c>
       <c r="B85" t="s">
+        <v>537</v>
+      </c>
+      <c r="C85" t="s">
+        <v>880</v>
+      </c>
+      <c r="D85" t="s">
+        <v>881</v>
+      </c>
+      <c r="E85" t="s">
+        <v>637</v>
+      </c>
+      <c r="G85" t="s">
+        <v>627</v>
+      </c>
+      <c r="H85" t="s">
+        <v>882</v>
+      </c>
+      <c r="I85" t="s">
+        <v>883</v>
+      </c>
+      <c r="J85" t="s">
+        <v>630</v>
+      </c>
+      <c r="K85" t="s">
+        <v>884</v>
+      </c>
+      <c r="L85">
+        <v>1147880885</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>885</v>
+      </c>
+      <c r="B86" t="s">
+        <v>537</v>
+      </c>
+      <c r="C86" t="s">
+        <v>642</v>
+      </c>
+      <c r="D86" t="s">
+        <v>643</v>
+      </c>
+      <c r="E86" t="s">
+        <v>637</v>
+      </c>
+      <c r="G86" t="s">
+        <v>627</v>
+      </c>
+      <c r="H86" t="s">
+        <v>644</v>
+      </c>
+      <c r="I86" t="s">
+        <v>645</v>
+      </c>
+      <c r="J86" t="s">
+        <v>630</v>
+      </c>
+      <c r="K86" t="s">
+        <v>646</v>
+      </c>
+      <c r="L86">
+        <v>1170017793</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>886</v>
+      </c>
+      <c r="B87" t="s">
+        <v>537</v>
+      </c>
+      <c r="C87" t="s">
+        <v>654</v>
+      </c>
+      <c r="D87" t="s">
+        <v>655</v>
+      </c>
+      <c r="E87" t="s">
+        <v>637</v>
+      </c>
+      <c r="G87" t="s">
+        <v>627</v>
+      </c>
+      <c r="H87" t="s">
+        <v>657</v>
+      </c>
+      <c r="I87" t="s">
+        <v>658</v>
+      </c>
+      <c r="J87" t="s">
+        <v>630</v>
+      </c>
+      <c r="K87" t="s">
+        <v>659</v>
+      </c>
+      <c r="L87">
+        <v>1142608083</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>887</v>
+      </c>
+      <c r="B88" t="s">
+        <v>537</v>
+      </c>
+      <c r="C88" t="s">
+        <v>888</v>
+      </c>
+      <c r="D88" t="s">
+        <v>889</v>
+      </c>
+      <c r="E88" t="s">
+        <v>637</v>
+      </c>
+      <c r="G88" t="s">
+        <v>627</v>
+      </c>
+      <c r="H88" t="s">
+        <v>638</v>
+      </c>
+      <c r="I88" t="s">
+        <v>890</v>
+      </c>
+      <c r="J88" t="s">
+        <v>630</v>
+      </c>
+      <c r="K88" t="s">
+        <v>891</v>
+      </c>
+      <c r="L88">
+        <v>1163026942</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>892</v>
+      </c>
+      <c r="B89" t="s">
+        <v>537</v>
+      </c>
+      <c r="C89" t="s">
+        <v>648</v>
+      </c>
+      <c r="D89" t="s">
+        <v>649</v>
+      </c>
+      <c r="E89" t="s">
+        <v>656</v>
+      </c>
+      <c r="G89" t="s">
+        <v>627</v>
+      </c>
+      <c r="H89" t="s">
+        <v>650</v>
+      </c>
+      <c r="I89" t="s">
+        <v>651</v>
+      </c>
+      <c r="J89" t="s">
+        <v>630</v>
+      </c>
+      <c r="K89" t="s">
+        <v>652</v>
+      </c>
+      <c r="L89">
+        <v>1145755295</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>893</v>
+      </c>
+      <c r="B90" t="s">
+        <v>537</v>
+      </c>
+      <c r="C90" t="s">
+        <v>894</v>
+      </c>
+      <c r="D90" t="s">
+        <v>895</v>
+      </c>
+      <c r="E90" t="s">
+        <v>637</v>
+      </c>
+      <c r="G90" t="s">
+        <v>627</v>
+      </c>
+      <c r="H90" t="s">
+        <v>896</v>
+      </c>
+      <c r="I90" t="s">
+        <v>897</v>
+      </c>
+      <c r="J90" t="s">
+        <v>630</v>
+      </c>
+      <c r="K90" t="s">
+        <v>898</v>
+      </c>
+      <c r="L90">
+        <v>1141135401</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>899</v>
+      </c>
+      <c r="B91" t="s">
+        <v>537</v>
+      </c>
+      <c r="C91" t="s">
+        <v>900</v>
+      </c>
+      <c r="D91" t="s">
+        <v>901</v>
+      </c>
+      <c r="E91" t="s">
+        <v>637</v>
+      </c>
+      <c r="G91" t="s">
+        <v>627</v>
+      </c>
+      <c r="H91" t="s">
+        <v>902</v>
+      </c>
+      <c r="I91" t="s">
+        <v>903</v>
+      </c>
+      <c r="J91" t="s">
+        <v>630</v>
+      </c>
+      <c r="K91" t="s">
+        <v>904</v>
+      </c>
+      <c r="L91">
+        <v>1143548841</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>905</v>
+      </c>
+      <c r="B92" t="s">
+        <v>537</v>
+      </c>
+      <c r="C92" t="s">
+        <v>906</v>
+      </c>
+      <c r="D92" t="s">
+        <v>907</v>
+      </c>
+      <c r="E92" t="s">
+        <v>637</v>
+      </c>
+      <c r="G92" t="s">
+        <v>627</v>
+      </c>
+      <c r="H92" t="s">
+        <v>908</v>
+      </c>
+      <c r="I92" t="s">
+        <v>909</v>
+      </c>
+      <c r="J92" t="s">
+        <v>630</v>
+      </c>
+      <c r="K92" t="s">
+        <v>910</v>
+      </c>
+      <c r="L92">
+        <v>1140132987</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>911</v>
+      </c>
+      <c r="B93" t="s">
+        <v>544</v>
+      </c>
+      <c r="C93" t="s">
+        <v>89</v>
+      </c>
+      <c r="D93" t="s">
+        <v>90</v>
+      </c>
+      <c r="E93" t="s">
+        <v>625</v>
+      </c>
+      <c r="F93">
+        <v>0</v>
+      </c>
+      <c r="G93" t="s">
+        <v>627</v>
+      </c>
+      <c r="H93" t="s">
+        <v>661</v>
+      </c>
+      <c r="I93" t="s">
+        <v>665</v>
+      </c>
+      <c r="J93" t="s">
+        <v>630</v>
+      </c>
+      <c r="K93" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>912</v>
+      </c>
+      <c r="B94" t="s">
+        <v>551</v>
+      </c>
+      <c r="C94" t="s">
+        <v>555</v>
+      </c>
+      <c r="D94" t="s">
+        <v>556</v>
+      </c>
+      <c r="E94" t="s">
+        <v>625</v>
+      </c>
+      <c r="F94">
+        <v>1</v>
+      </c>
+      <c r="G94" t="s">
+        <v>627</v>
+      </c>
+      <c r="H94" t="s">
+        <v>913</v>
+      </c>
+      <c r="I94" t="s">
+        <v>914</v>
+      </c>
+      <c r="J94" t="s">
+        <v>630</v>
+      </c>
+      <c r="K94" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>916</v>
+      </c>
+      <c r="B95" t="s">
+        <v>560</v>
+      </c>
+      <c r="C95" t="s">
+        <v>564</v>
+      </c>
+      <c r="D95" t="s">
+        <v>565</v>
+      </c>
+      <c r="E95" t="s">
+        <v>625</v>
+      </c>
+      <c r="F95">
+        <v>0</v>
+      </c>
+      <c r="G95" t="s">
+        <v>627</v>
+      </c>
+      <c r="H95" t="s">
+        <v>917</v>
+      </c>
+      <c r="I95" t="s">
+        <v>918</v>
+      </c>
+      <c r="J95" t="s">
+        <v>630</v>
+      </c>
+      <c r="K95" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>920</v>
+      </c>
+      <c r="B96" t="s">
+        <v>569</v>
+      </c>
+      <c r="C96" t="s">
+        <v>148</v>
+      </c>
+      <c r="D96" t="s">
+        <v>149</v>
+      </c>
+      <c r="E96" t="s">
+        <v>625</v>
+      </c>
+      <c r="F96">
+        <v>1</v>
+      </c>
+      <c r="G96" t="s">
+        <v>627</v>
+      </c>
+      <c r="H96" t="s">
+        <v>686</v>
+      </c>
+      <c r="I96" t="s">
+        <v>687</v>
+      </c>
+      <c r="J96" t="s">
+        <v>630</v>
+      </c>
+      <c r="K96" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>921</v>
+      </c>
+      <c r="B97" t="s">
+        <v>575</v>
+      </c>
+      <c r="C97" t="s">
+        <v>33</v>
+      </c>
+      <c r="D97" t="s">
+        <v>34</v>
+      </c>
+      <c r="E97" t="s">
+        <v>625</v>
+      </c>
+      <c r="F97">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>922</v>
+      </c>
+      <c r="B98" t="s">
         <v>582</v>
       </c>
-      <c r="C85" t="s">
-[...14 lines deleted...]
-      <c r="H85" t="s">
+      <c r="C98" t="s">
+        <v>89</v>
+      </c>
+      <c r="D98" t="s">
+        <v>90</v>
+      </c>
+      <c r="E98" t="s">
+        <v>625</v>
+      </c>
+      <c r="F98">
+        <v>0</v>
+      </c>
+      <c r="G98" t="s">
+        <v>627</v>
+      </c>
+      <c r="H98" t="s">
+        <v>661</v>
+      </c>
+      <c r="I98" t="s">
+        <v>665</v>
+      </c>
+      <c r="J98" t="s">
+        <v>630</v>
+      </c>
+      <c r="K98" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>923</v>
+      </c>
+      <c r="B99" t="s">
+        <v>589</v>
+      </c>
+      <c r="C99" t="s">
+        <v>593</v>
+      </c>
+      <c r="D99" t="s">
+        <v>594</v>
+      </c>
+      <c r="E99" t="s">
+        <v>625</v>
+      </c>
+      <c r="F99">
+        <v>1</v>
+      </c>
+      <c r="G99" t="s">
+        <v>627</v>
+      </c>
+      <c r="H99" t="s">
+        <v>924</v>
+      </c>
+      <c r="I99" t="s">
+        <v>925</v>
+      </c>
+      <c r="J99" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>926</v>
+      </c>
+      <c r="B100" t="s">
+        <v>598</v>
+      </c>
+      <c r="C100" t="s">
+        <v>98</v>
+      </c>
+      <c r="D100" t="s">
+        <v>99</v>
+      </c>
+      <c r="E100" t="s">
+        <v>625</v>
+      </c>
+      <c r="F100">
+        <v>1</v>
+      </c>
+      <c r="G100" t="s">
+        <v>627</v>
+      </c>
+      <c r="H100" t="s">
+        <v>668</v>
+      </c>
+      <c r="I100" t="s">
+        <v>669</v>
+      </c>
+      <c r="J100" t="s">
+        <v>630</v>
+      </c>
+      <c r="K100" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>927</v>
+      </c>
+      <c r="B101" t="s">
         <v>605</v>
       </c>
-      <c r="I85" t="s">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="C101" t="s">
+        <v>70</v>
+      </c>
+      <c r="D101" t="s">
+        <v>71</v>
+      </c>
+      <c r="E101" t="s">
+        <v>625</v>
+      </c>
+      <c r="F101">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>928</v>
+      </c>
+      <c r="B102" t="s">
+        <v>605</v>
+      </c>
+      <c r="C102" t="s">
+        <v>929</v>
+      </c>
+      <c r="D102" t="s">
+        <v>930</v>
+      </c>
+      <c r="E102" t="s">
+        <v>656</v>
+      </c>
+      <c r="G102" t="s">
+        <v>627</v>
+      </c>
+      <c r="H102" t="s">
+        <v>896</v>
+      </c>
+      <c r="I102" t="s">
+        <v>931</v>
+      </c>
+      <c r="J102" t="s">
+        <v>630</v>
+      </c>
+      <c r="K102" t="s">
+        <v>932</v>
+      </c>
+      <c r="L102">
+        <v>1145900974</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>933</v>
+      </c>
+      <c r="B103" t="s">
+        <v>605</v>
+      </c>
+      <c r="C103" t="s">
+        <v>934</v>
+      </c>
+      <c r="D103" t="s">
+        <v>935</v>
+      </c>
+      <c r="E103" t="s">
+        <v>637</v>
+      </c>
+      <c r="G103" t="s">
+        <v>627</v>
+      </c>
+      <c r="H103" t="s">
+        <v>650</v>
+      </c>
+      <c r="I103" t="s">
+        <v>651</v>
+      </c>
+      <c r="J103" t="s">
+        <v>630</v>
+      </c>
+      <c r="K103" t="s">
+        <v>936</v>
+      </c>
+      <c r="L103">
+        <v>1140509572</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:D127"/>
+  <dimension ref="A1:D130"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>589</v>
+        <v>612</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>840</v>
+        <v>937</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>841</v>
+        <v>938</v>
       </c>
       <c r="B2" t="s">
         <v>26</v>
       </c>
       <c r="C2" t="s">
-        <v>842</v>
+        <v>939</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>843</v>
+        <v>940</v>
       </c>
       <c r="B3" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="C3" t="s">
-        <v>842</v>
+        <v>941</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>844</v>
+        <v>942</v>
       </c>
       <c r="B4" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="s">
-        <v>845</v>
+        <v>941</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>846</v>
+        <v>943</v>
       </c>
       <c r="B5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C5" t="s">
-        <v>847</v>
+        <v>944</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>848</v>
+        <v>945</v>
       </c>
       <c r="B6" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
-        <v>849</v>
+        <v>944</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>850</v>
+        <v>946</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="C7" t="s">
-        <v>849</v>
+        <v>947</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>851</v>
+        <v>948</v>
       </c>
       <c r="B8" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C8" t="s">
-        <v>852</v>
+        <v>949</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>853</v>
+        <v>950</v>
       </c>
       <c r="B9" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C9" t="s">
-        <v>852</v>
+        <v>949</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>854</v>
+        <v>951</v>
       </c>
       <c r="B10" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="C10" t="s">
-        <v>855</v>
+        <v>952</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>856</v>
+        <v>953</v>
       </c>
       <c r="B11" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="C11" t="s">
-        <v>855</v>
+        <v>952</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>857</v>
+        <v>954</v>
       </c>
       <c r="B12" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="C12" t="s">
-        <v>858</v>
+        <v>955</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>859</v>
+        <v>956</v>
       </c>
       <c r="B13" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="C13" t="s">
-        <v>858</v>
+        <v>955</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>860</v>
+        <v>957</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C14" t="s">
-        <v>861</v>
+        <v>958</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>862</v>
+        <v>959</v>
       </c>
       <c r="B15" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C15" t="s">
-        <v>861</v>
+        <v>958</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>863</v>
+        <v>960</v>
       </c>
       <c r="B16" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C16" t="s">
-        <v>864</v>
+        <v>961</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>865</v>
+        <v>962</v>
       </c>
       <c r="B17" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="C17" t="s">
-        <v>864</v>
+        <v>963</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>866</v>
+        <v>964</v>
       </c>
       <c r="B18" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C18" t="s">
-        <v>867</v>
+        <v>963</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>868</v>
+        <v>965</v>
       </c>
       <c r="B19" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="C19" t="s">
-        <v>869</v>
+        <v>966</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>870</v>
+        <v>967</v>
       </c>
       <c r="B20" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="C20" t="s">
-        <v>869</v>
+        <v>966</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>871</v>
+        <v>968</v>
       </c>
       <c r="B21" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C21" t="s">
-        <v>872</v>
+        <v>966</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>873</v>
+        <v>969</v>
       </c>
       <c r="B22" t="s">
         <v>137</v>
       </c>
       <c r="C22" t="s">
-        <v>874</v>
+        <v>970</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>875</v>
+        <v>971</v>
       </c>
       <c r="B23" t="s">
         <v>137</v>
       </c>
       <c r="C23" t="s">
-        <v>874</v>
+        <v>970</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>876</v>
+        <v>972</v>
       </c>
       <c r="B24" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C24" t="s">
-        <v>877</v>
+        <v>973</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>878</v>
+        <v>974</v>
       </c>
       <c r="B25" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C25" t="s">
-        <v>877</v>
+        <v>973</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>879</v>
+        <v>975</v>
       </c>
       <c r="B26" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C26" t="s">
-        <v>880</v>
+        <v>976</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>881</v>
+        <v>977</v>
       </c>
       <c r="B27" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C27" t="s">
-        <v>880</v>
+        <v>976</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>882</v>
+        <v>978</v>
       </c>
       <c r="B28" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C28" t="s">
-        <v>883</v>
+        <v>979</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>884</v>
+        <v>980</v>
       </c>
       <c r="B29" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C29" t="s">
-        <v>883</v>
+        <v>979</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>885</v>
+        <v>981</v>
       </c>
       <c r="B30" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C30" t="s">
-        <v>886</v>
+        <v>982</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>887</v>
+        <v>983</v>
       </c>
       <c r="B31" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="C31" t="s">
-        <v>886</v>
+        <v>984</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>888</v>
+        <v>985</v>
       </c>
       <c r="B32" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C32" t="s">
-        <v>889</v>
+        <v>986</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>890</v>
+        <v>987</v>
       </c>
       <c r="B33" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C33" t="s">
-        <v>889</v>
+        <v>986</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>891</v>
+        <v>988</v>
       </c>
       <c r="B34" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C34" t="s">
-        <v>892</v>
+        <v>989</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>893</v>
+        <v>990</v>
       </c>
       <c r="B35" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C35" t="s">
-        <v>892</v>
+        <v>989</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>894</v>
+        <v>991</v>
       </c>
       <c r="B36" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="C36" t="s">
-        <v>895</v>
+        <v>992</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>896</v>
+        <v>993</v>
       </c>
       <c r="B37" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="C37" t="s">
-        <v>895</v>
+        <v>992</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>897</v>
+        <v>994</v>
       </c>
       <c r="B38" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C38" t="s">
-        <v>898</v>
+        <v>995</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>899</v>
+        <v>996</v>
       </c>
       <c r="B39" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C39" t="s">
-        <v>898</v>
+        <v>995</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>900</v>
+        <v>997</v>
       </c>
       <c r="B40" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C40" t="s">
-        <v>901</v>
+        <v>998</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>902</v>
+        <v>999</v>
       </c>
       <c r="B41" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C41" t="s">
-        <v>901</v>
+        <v>998</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>903</v>
+        <v>1000</v>
       </c>
       <c r="B42" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="C42" t="s">
-        <v>904</v>
-[...2 lines deleted...]
-        <v>20061114133618</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>905</v>
+        <v>1002</v>
       </c>
       <c r="B43" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C43" t="s">
-        <v>906</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>907</v>
+        <v>1004</v>
       </c>
       <c r="B44" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C44" t="s">
-        <v>906</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>908</v>
+        <v>1005</v>
       </c>
       <c r="B45" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C45" t="s">
-        <v>909</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>910</v>
+        <v>1007</v>
       </c>
       <c r="B46" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C46" t="s">
-        <v>909</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>911</v>
+        <v>1008</v>
       </c>
       <c r="B47" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C47" t="s">
-        <v>912</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>913</v>
+        <v>1010</v>
       </c>
       <c r="B48" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="C48" t="s">
-        <v>914</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>915</v>
+        <v>1011</v>
       </c>
       <c r="B49" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="C49" t="s">
-        <v>916</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>917</v>
+        <v>1013</v>
       </c>
       <c r="B50" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="C50" t="s">
-        <v>916</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>918</v>
+        <v>1014</v>
       </c>
       <c r="B51" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="C51" t="s">
-        <v>919</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>920</v>
+        <v>1016</v>
       </c>
       <c r="B52" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C52" t="s">
-        <v>921</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>922</v>
+        <v>1017</v>
       </c>
       <c r="B53" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="C53" t="s">
-        <v>921</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>923</v>
+        <v>1019</v>
       </c>
       <c r="B54" t="s">
-        <v>280</v>
+        <v>268</v>
       </c>
       <c r="C54" t="s">
-        <v>924</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>925</v>
+        <v>1020</v>
       </c>
       <c r="B55" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="C55" t="s">
-        <v>924</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>926</v>
+        <v>1022</v>
       </c>
       <c r="B56" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C56" t="s">
-        <v>927</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>928</v>
+        <v>1024</v>
       </c>
       <c r="B57" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C57" t="s">
-        <v>927</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>929</v>
+        <v>1025</v>
       </c>
       <c r="B58" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="C58" t="s">
-        <v>930</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>931</v>
+        <v>1027</v>
       </c>
       <c r="B59" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="C59" t="s">
-        <v>930</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>932</v>
+        <v>1028</v>
       </c>
       <c r="B60" t="s">
         <v>303</v>
       </c>
       <c r="C60" t="s">
-        <v>933</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>934</v>
+        <v>1030</v>
       </c>
       <c r="B61" t="s">
         <v>303</v>
       </c>
       <c r="C61" t="s">
-        <v>933</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>935</v>
+        <v>1031</v>
       </c>
       <c r="B62" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C62" t="s">
-        <v>936</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>937</v>
+        <v>1033</v>
       </c>
       <c r="B63" t="s">
-        <v>310</v>
+        <v>318</v>
       </c>
       <c r="C63" t="s">
-        <v>936</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>938</v>
+        <v>1035</v>
       </c>
       <c r="B64" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="C64" t="s">
-        <v>939</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>940</v>
+        <v>1037</v>
       </c>
       <c r="B65" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="C65" t="s">
-        <v>939</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>941</v>
+        <v>1038</v>
       </c>
       <c r="B66" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="C66" t="s">
-        <v>942</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>943</v>
+        <v>1040</v>
       </c>
       <c r="B67" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="C67" t="s">
-        <v>942</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>944</v>
+        <v>1041</v>
       </c>
       <c r="B68" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="C68" t="s">
-        <v>945</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>946</v>
+        <v>1043</v>
       </c>
       <c r="B69" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="C69" t="s">
-        <v>945</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>947</v>
+        <v>1044</v>
       </c>
       <c r="B70" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
       <c r="C70" t="s">
-        <v>948</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>949</v>
+        <v>1046</v>
       </c>
       <c r="B71" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
       <c r="C71" t="s">
-        <v>948</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>950</v>
+        <v>1047</v>
       </c>
       <c r="B72" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="C72" t="s">
-        <v>951</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>952</v>
+        <v>1049</v>
       </c>
       <c r="B73" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="C73" t="s">
-        <v>951</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>953</v>
+        <v>1050</v>
       </c>
       <c r="B74" t="s">
-        <v>353</v>
+        <v>364</v>
       </c>
       <c r="C74" t="s">
-        <v>954</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>955</v>
+        <v>1052</v>
       </c>
       <c r="B75" t="s">
-        <v>353</v>
+        <v>371</v>
       </c>
       <c r="C75" t="s">
-        <v>954</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>956</v>
+        <v>1054</v>
       </c>
       <c r="B76" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="C76" t="s">
-        <v>957</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>958</v>
+        <v>1055</v>
       </c>
       <c r="B77" t="s">
-        <v>362</v>
+        <v>380</v>
       </c>
       <c r="C77" t="s">
-        <v>957</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>959</v>
+        <v>1057</v>
       </c>
       <c r="B78" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
       <c r="C78" t="s">
-        <v>960</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>961</v>
+        <v>1058</v>
       </c>
       <c r="B79" t="s">
-        <v>371</v>
+        <v>387</v>
       </c>
       <c r="C79" t="s">
-        <v>960</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>962</v>
+        <v>1060</v>
       </c>
       <c r="B80" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="C80" t="s">
-        <v>963</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>964</v>
+        <v>1061</v>
       </c>
       <c r="B81" t="s">
-        <v>380</v>
+        <v>396</v>
       </c>
       <c r="C81" t="s">
-        <v>963</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>965</v>
+        <v>1063</v>
       </c>
       <c r="B82" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="C82" t="s">
-        <v>966</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>967</v>
+        <v>1064</v>
       </c>
       <c r="B83" t="s">
-        <v>396</v>
+        <v>405</v>
       </c>
       <c r="C83" t="s">
-        <v>968</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>969</v>
+        <v>1066</v>
       </c>
       <c r="B84" t="s">
-        <v>396</v>
+        <v>405</v>
       </c>
       <c r="C84" t="s">
-        <v>968</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>970</v>
+        <v>1067</v>
       </c>
       <c r="B85" t="s">
-        <v>401</v>
+        <v>414</v>
       </c>
       <c r="C85" t="s">
-        <v>971</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>972</v>
+        <v>1069</v>
       </c>
       <c r="B86" t="s">
-        <v>401</v>
+        <v>414</v>
       </c>
       <c r="C86" t="s">
-        <v>971</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>973</v>
+        <v>1070</v>
       </c>
       <c r="B87" t="s">
-        <v>408</v>
+        <v>421</v>
       </c>
       <c r="C87" t="s">
-        <v>974</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>975</v>
+        <v>1072</v>
       </c>
       <c r="B88" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="C88" t="s">
-        <v>976</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>977</v>
+        <v>1073</v>
       </c>
       <c r="B89" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="C89" t="s">
-        <v>978</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>979</v>
+        <v>1075</v>
       </c>
       <c r="B90" t="s">
-        <v>423</v>
+        <v>435</v>
       </c>
       <c r="C90" t="s">
-        <v>978</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>980</v>
+        <v>1077</v>
       </c>
       <c r="B91" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="C91" t="s">
-        <v>981</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>982</v>
+        <v>1078</v>
       </c>
       <c r="B92" t="s">
-        <v>432</v>
+        <v>442</v>
       </c>
       <c r="C92" t="s">
-        <v>981</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>983</v>
+        <v>1080</v>
       </c>
       <c r="B93" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="C93" t="s">
-        <v>984</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>985</v>
+        <v>1081</v>
       </c>
       <c r="B94" t="s">
-        <v>439</v>
+        <v>449</v>
       </c>
       <c r="C94" t="s">
-        <v>984</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>986</v>
+        <v>1083</v>
       </c>
       <c r="B95" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C95" t="s">
-        <v>987</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>988</v>
+        <v>1084</v>
       </c>
       <c r="B96" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="C96" t="s">
-        <v>987</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>989</v>
+        <v>1086</v>
       </c>
       <c r="B97" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C97" t="s">
-        <v>990</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>991</v>
+        <v>1087</v>
       </c>
       <c r="B98" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="C98" t="s">
-        <v>990</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>992</v>
+        <v>1089</v>
       </c>
       <c r="B99" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="C99" t="s">
-        <v>993</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>994</v>
+        <v>1091</v>
       </c>
       <c r="B100" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="C100" t="s">
-        <v>995</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>996</v>
+        <v>1092</v>
       </c>
       <c r="B101" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="C101" t="s">
-        <v>995</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>997</v>
+        <v>1094</v>
       </c>
       <c r="B102" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="C102" t="s">
-        <v>995</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>998</v>
+        <v>1095</v>
       </c>
       <c r="B103" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="C103" t="s">
-        <v>999</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>1000</v>
+        <v>1097</v>
       </c>
       <c r="B104" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="C104" t="s">
-        <v>999</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>1001</v>
+        <v>1098</v>
       </c>
       <c r="B105" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="C105" t="s">
-        <v>1002</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>1003</v>
+        <v>1100</v>
       </c>
       <c r="B106" t="s">
-        <v>489</v>
+        <v>499</v>
       </c>
       <c r="C106" t="s">
-        <v>1002</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>1004</v>
+        <v>1102</v>
       </c>
       <c r="B107" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C107" t="s">
-        <v>1005</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>1006</v>
+        <v>1103</v>
       </c>
       <c r="B108" t="s">
-        <v>498</v>
+        <v>506</v>
       </c>
       <c r="C108" t="s">
-        <v>1005</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>1007</v>
+        <v>1105</v>
       </c>
       <c r="B109" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="C109" t="s">
-        <v>1008</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>1009</v>
+        <v>1106</v>
       </c>
       <c r="B110" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="C110" t="s">
-        <v>1008</v>
+        <v>1107</v>
+      </c>
+      <c r="D110">
+        <v>20061114133618</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>1010</v>
+        <v>1108</v>
       </c>
       <c r="B111" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
       <c r="C111" t="s">
-        <v>1011</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>1012</v>
+        <v>1110</v>
       </c>
       <c r="B112" t="s">
-        <v>514</v>
+        <v>530</v>
       </c>
       <c r="C112" t="s">
-        <v>1011</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>1013</v>
+        <v>1112</v>
       </c>
       <c r="B113" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="C113" t="s">
-        <v>1014</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>1015</v>
+        <v>1113</v>
       </c>
       <c r="B114" t="s">
-        <v>523</v>
+        <v>537</v>
       </c>
       <c r="C114" t="s">
-        <v>1014</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>1016</v>
+        <v>1115</v>
       </c>
       <c r="B115" t="s">
-        <v>530</v>
+        <v>544</v>
       </c>
       <c r="C115" t="s">
-        <v>1017</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>1018</v>
+        <v>1117</v>
       </c>
       <c r="B116" t="s">
-        <v>530</v>
+        <v>544</v>
       </c>
       <c r="C116" t="s">
-        <v>1017</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>1019</v>
+        <v>1118</v>
       </c>
       <c r="B117" t="s">
-        <v>537</v>
+        <v>551</v>
       </c>
       <c r="C117" t="s">
-        <v>1020</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>1021</v>
+        <v>1120</v>
       </c>
       <c r="B118" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="C118" t="s">
-        <v>1022</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>1023</v>
+        <v>1121</v>
       </c>
       <c r="B119" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="C119" t="s">
-        <v>1024</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>1025</v>
+        <v>1123</v>
       </c>
       <c r="B120" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="C120" t="s">
-        <v>1024</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>1026</v>
+        <v>1124</v>
       </c>
       <c r="B121" t="s">
-        <v>560</v>
+        <v>569</v>
       </c>
       <c r="C121" t="s">
-        <v>1027</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>1028</v>
+        <v>1126</v>
       </c>
       <c r="B122" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="C122" t="s">
-        <v>1029</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>1030</v>
+        <v>1127</v>
       </c>
       <c r="B123" t="s">
-        <v>567</v>
+        <v>575</v>
       </c>
       <c r="C123" t="s">
-        <v>1029</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>1031</v>
+        <v>1129</v>
       </c>
       <c r="B124" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="C124" t="s">
-        <v>1032</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>1033</v>
+        <v>1131</v>
       </c>
       <c r="B125" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="C125" t="s">
-        <v>1032</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>1034</v>
+        <v>1132</v>
       </c>
       <c r="B126" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="C126" t="s">
-        <v>1035</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>1036</v>
+        <v>1134</v>
       </c>
       <c r="B127" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="C127" t="s">
-        <v>1035</v>
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B128" t="s">
+        <v>598</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B129" t="s">
+        <v>598</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B130" t="s">
+        <v>605</v>
+      </c>
+      <c r="C130" t="s">
+        <v>1139</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F6"/>
+  <dimension ref="A1:F21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>589</v>
+        <v>612</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>1037</v>
+        <v>1140</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>1038</v>
+        <v>1141</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>1039</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1040</v>
+        <v>1143</v>
       </c>
       <c r="B2" t="s">
-        <v>200</v>
+        <v>66</v>
       </c>
       <c r="C2" t="s">
-        <v>655</v>
+        <v>635</v>
       </c>
       <c r="D2">
-        <v>175603.5</v>
+        <v>1193963.54</v>
       </c>
       <c r="E2">
         <v>1</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1041</v>
+        <v>1144</v>
       </c>
       <c r="B3" t="s">
-        <v>216</v>
+        <v>66</v>
       </c>
       <c r="C3" t="s">
-        <v>669</v>
+        <v>642</v>
       </c>
       <c r="D3">
-        <v>532318.5</v>
+        <v>954486.34</v>
       </c>
       <c r="E3">
         <v>1</v>
       </c>
-      <c r="F3">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1042</v>
+        <v>1145</v>
       </c>
       <c r="B4" t="s">
-        <v>507</v>
+        <v>66</v>
       </c>
       <c r="C4" t="s">
-        <v>763</v>
+        <v>648</v>
       </c>
       <c r="D4">
-        <v>272076.53</v>
+        <v>924350.44</v>
       </c>
       <c r="E4">
         <v>1</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1043</v>
+        <v>1146</v>
       </c>
       <c r="B5" t="s">
-        <v>507</v>
+        <v>66</v>
       </c>
       <c r="C5" t="s">
-        <v>770</v>
+        <v>654</v>
       </c>
       <c r="D5">
-        <v>153690.06</v>
+        <v>866454.72</v>
       </c>
       <c r="E5">
         <v>1</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1044</v>
+        <v>1147</v>
       </c>
       <c r="B6" t="s">
-        <v>507</v>
+        <v>144</v>
       </c>
       <c r="C6" t="s">
-        <v>776</v>
+        <v>690</v>
       </c>
       <c r="D6">
+        <v>272076.53</v>
+      </c>
+      <c r="E6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B7" t="s">
+        <v>144</v>
+      </c>
+      <c r="C7" t="s">
+        <v>696</v>
+      </c>
+      <c r="D7">
+        <v>153690.06</v>
+      </c>
+      <c r="E7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B8" t="s">
+        <v>144</v>
+      </c>
+      <c r="C8" t="s">
+        <v>702</v>
+      </c>
+      <c r="D8">
         <v>252682.78</v>
       </c>
-      <c r="E6">
+      <c r="E8">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B9" t="s">
+        <v>357</v>
+      </c>
+      <c r="C9" t="s">
+        <v>817</v>
+      </c>
+      <c r="D9">
+        <v>175603.5</v>
+      </c>
+      <c r="E9">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B10" t="s">
+        <v>513</v>
+      </c>
+      <c r="C10" t="s">
+        <v>865</v>
+      </c>
+      <c r="D10">
+        <v>532318.5</v>
+      </c>
+      <c r="E10">
+        <v>1</v>
+      </c>
+      <c r="F10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B11" t="s">
+        <v>537</v>
+      </c>
+      <c r="C11" t="s">
+        <v>874</v>
+      </c>
+      <c r="D11">
+        <v>515152.12</v>
+      </c>
+      <c r="E11">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B12" t="s">
+        <v>537</v>
+      </c>
+      <c r="C12" t="s">
+        <v>880</v>
+      </c>
+      <c r="D12">
+        <v>480150.01</v>
+      </c>
+      <c r="E12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B13" t="s">
+        <v>537</v>
+      </c>
+      <c r="C13" t="s">
+        <v>642</v>
+      </c>
+      <c r="D13">
+        <v>469481.21</v>
+      </c>
+      <c r="E13">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B14" t="s">
+        <v>537</v>
+      </c>
+      <c r="C14" t="s">
+        <v>654</v>
+      </c>
+      <c r="D14">
+        <v>456367.44</v>
+      </c>
+      <c r="E14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B15" t="s">
+        <v>537</v>
+      </c>
+      <c r="C15" t="s">
+        <v>888</v>
+      </c>
+      <c r="D15">
+        <v>483723.83</v>
+      </c>
+      <c r="E15">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B16" t="s">
+        <v>537</v>
+      </c>
+      <c r="C16" t="s">
+        <v>648</v>
+      </c>
+      <c r="D16">
+        <v>388819.01</v>
+      </c>
+      <c r="E16">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B17" t="s">
+        <v>537</v>
+      </c>
+      <c r="C17" t="s">
+        <v>894</v>
+      </c>
+      <c r="D17">
+        <v>463803.51</v>
+      </c>
+      <c r="E17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B18" t="s">
+        <v>537</v>
+      </c>
+      <c r="C18" t="s">
+        <v>900</v>
+      </c>
+      <c r="D18">
+        <v>418535.72</v>
+      </c>
+      <c r="E18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B19" t="s">
+        <v>537</v>
+      </c>
+      <c r="C19" t="s">
+        <v>906</v>
+      </c>
+      <c r="D19">
+        <v>454677.36</v>
+      </c>
+      <c r="E19">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B20" t="s">
+        <v>605</v>
+      </c>
+      <c r="C20" t="s">
+        <v>929</v>
+      </c>
+      <c r="D20">
+        <v>518471.78</v>
+      </c>
+      <c r="E20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B21" t="s">
+        <v>605</v>
+      </c>
+      <c r="C21" t="s">
+        <v>934</v>
+      </c>
+      <c r="D21">
+        <v>619706.5</v>
+      </c>
+      <c r="E21">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>589</v>
+        <v>612</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>1045</v>
+        <v>1163</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>1046</v>
+        <v>1164</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>1047</v>
+        <v>1165</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>1048</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1049</v>
+        <v>1167</v>
       </c>
       <c r="B2" t="s">
-        <v>200</v>
+        <v>66</v>
       </c>
       <c r="C2">
-        <v>20033551</v>
+        <v>20104950</v>
       </c>
       <c r="D2" t="s">
-        <v>1050</v>
+        <v>1168</v>
       </c>
       <c r="E2" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="F2">
-        <v>175603.5</v>
+        <v>866454.72</v>
       </c>
       <c r="G2" t="s">
-        <v>1051</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1052</v>
+        <v>1170</v>
       </c>
       <c r="B3" t="s">
-        <v>216</v>
+        <v>144</v>
       </c>
       <c r="C3">
-        <v>2382498</v>
+        <v>20033521</v>
       </c>
       <c r="D3" t="s">
-        <v>1053</v>
+        <v>1171</v>
       </c>
       <c r="E3" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="F3">
-        <v>470397.53</v>
+        <v>153690.06</v>
       </c>
       <c r="G3" t="s">
-        <v>1051</v>
-[...2 lines deleted...]
-        <v>547039.66</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1054</v>
+        <v>1172</v>
       </c>
       <c r="B4" t="s">
-        <v>507</v>
+        <v>341</v>
       </c>
       <c r="C4">
-        <v>20033521</v>
-[...2 lines deleted...]
-        <v>1050</v>
+        <v>65844</v>
       </c>
       <c r="E4" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="F4">
-        <v>153690.06</v>
+        <v>16900</v>
       </c>
       <c r="G4" t="s">
-        <v>1051</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1055</v>
+        <v>1173</v>
       </c>
       <c r="B5" t="s">
-        <v>514</v>
+        <v>357</v>
       </c>
       <c r="C5">
-        <v>65844</v>
+        <v>20033551</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1171</v>
       </c>
       <c r="E5" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="F5">
-        <v>16900</v>
+        <v>175603.5</v>
       </c>
       <c r="G5" t="s">
-        <v>1051</v>
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B6" t="s">
+        <v>513</v>
+      </c>
+      <c r="C6">
+        <v>2382498</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6">
+        <v>470397.53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1169</v>
+      </c>
+      <c r="H6">
+        <v>547039.66</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B7" t="s">
+        <v>537</v>
+      </c>
+      <c r="C7">
+        <v>20105281</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1177</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7">
+        <v>388819.01</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B8" t="s">
+        <v>605</v>
+      </c>
+      <c r="C8">
+        <v>20104962</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8">
+        <v>518471.78</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1169</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E5"/>
+  <dimension ref="A1:E8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>1056</v>
+        <v>1180</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>589</v>
+        <v>612</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>590</v>
+        <v>613</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1057</v>
+        <v>1181</v>
       </c>
       <c r="B2" t="s">
-        <v>1049</v>
+        <v>1167</v>
       </c>
       <c r="C2" t="s">
-        <v>200</v>
+        <v>66</v>
       </c>
       <c r="D2" t="s">
+        <v>654</v>
+      </c>
+      <c r="E2" t="s">
         <v>655</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1058</v>
+        <v>1182</v>
       </c>
       <c r="B3" t="s">
-        <v>1052</v>
+        <v>1170</v>
       </c>
       <c r="C3" t="s">
-        <v>216</v>
+        <v>144</v>
       </c>
       <c r="D3" t="s">
-        <v>669</v>
+        <v>696</v>
       </c>
       <c r="E3" t="s">
-        <v>670</v>
+        <v>697</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1059</v>
+        <v>1183</v>
       </c>
       <c r="B4" t="s">
-        <v>1054</v>
+        <v>1172</v>
       </c>
       <c r="C4" t="s">
-        <v>507</v>
+        <v>341</v>
       </c>
       <c r="D4" t="s">
-        <v>770</v>
+        <v>810</v>
       </c>
       <c r="E4" t="s">
-        <v>771</v>
+        <v>811</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1060</v>
+        <v>1184</v>
       </c>
       <c r="B5" t="s">
-        <v>1055</v>
+        <v>1173</v>
       </c>
       <c r="C5" t="s">
-        <v>514</v>
+        <v>357</v>
       </c>
       <c r="D5" t="s">
-        <v>827</v>
+        <v>817</v>
       </c>
       <c r="E5" t="s">
-        <v>828</v>
+        <v>818</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C6" t="s">
+        <v>513</v>
+      </c>
+      <c r="D6" t="s">
+        <v>865</v>
+      </c>
+      <c r="E6" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C7" t="s">
+        <v>537</v>
+      </c>
+      <c r="D7" t="s">
+        <v>648</v>
+      </c>
+      <c r="E7" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C8" t="s">
+        <v>605</v>
+      </c>
+      <c r="D8" t="s">
+        <v>929</v>
+      </c>
+      <c r="E8" t="s">
+        <v>930</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:I5"/>
+  <dimension ref="A1:I8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>589</v>
+        <v>612</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>1061</v>
+        <v>1188</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>1045</v>
+        <v>1189</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>1062</v>
+        <v>1163</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>1046</v>
+        <v>1164</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>1047</v>
+        <v>1165</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>1063</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1064</v>
+        <v>1191</v>
       </c>
       <c r="B2" t="s">
-        <v>200</v>
+        <v>66</v>
       </c>
       <c r="C2">
-        <v>20033551</v>
+        <v>20104950</v>
       </c>
       <c r="D2" t="s">
-        <v>1050</v>
-[...5 lines deleted...]
-        <v>20033551</v>
+        <v>1168</v>
+      </c>
+      <c r="E2">
+        <v>20104950</v>
+      </c>
+      <c r="F2" t="s">
+        <v>1192</v>
       </c>
       <c r="G2">
-        <v>175603.5</v>
+        <v>860780.69</v>
       </c>
       <c r="H2" t="s">
-        <v>1051</v>
+        <v>1169</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1193</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1065</v>
+        <v>1194</v>
       </c>
       <c r="B3" t="s">
-        <v>216</v>
+        <v>144</v>
       </c>
       <c r="C3">
-        <v>2382498</v>
+        <v>20033521</v>
       </c>
       <c r="D3" t="s">
-        <v>1053</v>
-[...5 lines deleted...]
-        <v>2382498</v>
+        <v>1171</v>
+      </c>
+      <c r="E3">
+        <v>20033521</v>
+      </c>
+      <c r="F3" t="s">
+        <v>51</v>
       </c>
       <c r="G3">
-        <v>515833.2</v>
+        <v>153690.06</v>
       </c>
       <c r="H3" t="s">
-        <v>1051</v>
-[...2 lines deleted...]
-        <v>1067</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1068</v>
+        <v>1195</v>
       </c>
       <c r="B4" t="s">
-        <v>507</v>
+        <v>341</v>
       </c>
       <c r="C4">
-        <v>20033521</v>
-[...8 lines deleted...]
-        <v>20033521</v>
+        <v>65844</v>
+      </c>
+      <c r="E4">
+        <v>65844</v>
+      </c>
+      <c r="F4" t="s">
+        <v>51</v>
       </c>
       <c r="G4">
-        <v>153690.06</v>
+        <v>16900</v>
       </c>
       <c r="H4" t="s">
-        <v>1051</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1069</v>
+        <v>1196</v>
       </c>
       <c r="B5" t="s">
-        <v>514</v>
+        <v>357</v>
       </c>
       <c r="C5">
-        <v>65844</v>
-[...5 lines deleted...]
-        <v>65844</v>
+        <v>20033551</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E5">
+        <v>20033551</v>
+      </c>
+      <c r="F5" t="s">
+        <v>51</v>
       </c>
       <c r="G5">
-        <v>16900</v>
+        <v>175603.5</v>
       </c>
       <c r="H5" t="s">
-        <v>1051</v>
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B6" t="s">
+        <v>513</v>
+      </c>
+      <c r="C6">
+        <v>2382498</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E6">
+        <v>2382498</v>
+      </c>
+      <c r="F6" t="s">
+        <v>1192</v>
+      </c>
+      <c r="G6">
+        <v>515833.2</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1169</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B7" t="s">
+        <v>537</v>
+      </c>
+      <c r="C7">
+        <v>20105281</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1177</v>
+      </c>
+      <c r="E7">
+        <v>20105281</v>
+      </c>
+      <c r="F7" t="s">
+        <v>1192</v>
+      </c>
+      <c r="G7">
+        <v>372089.17</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1169</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B8" t="s">
+        <v>605</v>
+      </c>
+      <c r="C8">
+        <v>20104962</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E8">
+        <v>20104962</v>
+      </c>
+      <c r="F8" t="s">
+        <v>1192</v>
+      </c>
+      <c r="G8">
+        <v>526460.55</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1169</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1202</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:D15"/>
+  <dimension ref="A1:D30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>589</v>
+        <v>612</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>590</v>
+        <v>613</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1070</v>
+        <v>1203</v>
       </c>
       <c r="B2" t="s">
-        <v>200</v>
+        <v>66</v>
       </c>
       <c r="C2" t="s">
-        <v>655</v>
+        <v>635</v>
       </c>
       <c r="D2" t="s">
-        <v>656</v>
+        <v>636</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1071</v>
+        <v>1204</v>
       </c>
       <c r="B3" t="s">
-        <v>216</v>
+        <v>66</v>
       </c>
       <c r="C3" t="s">
-        <v>669</v>
+        <v>642</v>
       </c>
       <c r="D3" t="s">
-        <v>670</v>
+        <v>643</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1072</v>
+        <v>1205</v>
       </c>
       <c r="B4" t="s">
-        <v>507</v>
+        <v>66</v>
       </c>
       <c r="C4" t="s">
-        <v>763</v>
+        <v>648</v>
       </c>
       <c r="D4" t="s">
-        <v>764</v>
+        <v>649</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1073</v>
+        <v>1206</v>
       </c>
       <c r="B5" t="s">
-        <v>507</v>
+        <v>66</v>
       </c>
       <c r="C5" t="s">
-        <v>770</v>
+        <v>654</v>
       </c>
       <c r="D5" t="s">
-        <v>771</v>
+        <v>655</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1074</v>
+        <v>1207</v>
       </c>
       <c r="B6" t="s">
-        <v>507</v>
+        <v>144</v>
       </c>
       <c r="C6" t="s">
-        <v>776</v>
+        <v>690</v>
       </c>
       <c r="D6" t="s">
-        <v>777</v>
+        <v>691</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1075</v>
+        <v>1208</v>
       </c>
       <c r="B7" t="s">
-        <v>514</v>
+        <v>144</v>
       </c>
       <c r="C7" t="s">
-        <v>785</v>
+        <v>696</v>
       </c>
       <c r="D7" t="s">
-        <v>786</v>
+        <v>697</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1076</v>
+        <v>1209</v>
       </c>
       <c r="B8" t="s">
-        <v>514</v>
+        <v>144</v>
       </c>
       <c r="C8" t="s">
-        <v>790</v>
+        <v>702</v>
       </c>
       <c r="D8" t="s">
-        <v>791</v>
+        <v>703</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1077</v>
+        <v>1210</v>
       </c>
       <c r="B9" t="s">
-        <v>514</v>
+        <v>341</v>
       </c>
       <c r="C9" t="s">
-        <v>795</v>
+        <v>768</v>
       </c>
       <c r="D9" t="s">
-        <v>796</v>
+        <v>769</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1078</v>
+        <v>1211</v>
       </c>
       <c r="B10" t="s">
-        <v>514</v>
+        <v>341</v>
       </c>
       <c r="C10" t="s">
-        <v>800</v>
+        <v>773</v>
       </c>
       <c r="D10" t="s">
-        <v>801</v>
+        <v>774</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1079</v>
+        <v>1212</v>
       </c>
       <c r="B11" t="s">
-        <v>514</v>
+        <v>341</v>
       </c>
       <c r="C11" t="s">
-        <v>806</v>
+        <v>778</v>
       </c>
       <c r="D11" t="s">
-        <v>807</v>
+        <v>779</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1080</v>
+        <v>1213</v>
       </c>
       <c r="B12" t="s">
-        <v>514</v>
+        <v>341</v>
       </c>
       <c r="C12" t="s">
-        <v>811</v>
+        <v>783</v>
       </c>
       <c r="D12" t="s">
-        <v>812</v>
+        <v>784</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1081</v>
+        <v>1214</v>
       </c>
       <c r="B13" t="s">
-        <v>514</v>
+        <v>341</v>
       </c>
       <c r="C13" t="s">
-        <v>817</v>
+        <v>789</v>
       </c>
       <c r="D13" t="s">
-        <v>818</v>
+        <v>790</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1082</v>
+        <v>1215</v>
       </c>
       <c r="B14" t="s">
-        <v>514</v>
+        <v>341</v>
       </c>
       <c r="C14" t="s">
-        <v>822</v>
+        <v>794</v>
       </c>
       <c r="D14" t="s">
-        <v>823</v>
+        <v>795</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1083</v>
+        <v>1216</v>
       </c>
       <c r="B15" t="s">
-        <v>514</v>
+        <v>341</v>
       </c>
       <c r="C15" t="s">
-        <v>827</v>
+        <v>800</v>
       </c>
       <c r="D15" t="s">
-        <v>828</v>
+        <v>801</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B16" t="s">
+        <v>341</v>
+      </c>
+      <c r="C16" t="s">
+        <v>805</v>
+      </c>
+      <c r="D16" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B17" t="s">
+        <v>341</v>
+      </c>
+      <c r="C17" t="s">
+        <v>810</v>
+      </c>
+      <c r="D17" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B18" t="s">
+        <v>357</v>
+      </c>
+      <c r="C18" t="s">
+        <v>817</v>
+      </c>
+      <c r="D18" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B19" t="s">
+        <v>513</v>
+      </c>
+      <c r="C19" t="s">
+        <v>865</v>
+      </c>
+      <c r="D19" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B20" t="s">
+        <v>537</v>
+      </c>
+      <c r="C20" t="s">
+        <v>874</v>
+      </c>
+      <c r="D20" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B21" t="s">
+        <v>537</v>
+      </c>
+      <c r="C21" t="s">
+        <v>880</v>
+      </c>
+      <c r="D21" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B22" t="s">
+        <v>537</v>
+      </c>
+      <c r="C22" t="s">
+        <v>642</v>
+      </c>
+      <c r="D22" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B23" t="s">
+        <v>537</v>
+      </c>
+      <c r="C23" t="s">
+        <v>654</v>
+      </c>
+      <c r="D23" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B24" t="s">
+        <v>537</v>
+      </c>
+      <c r="C24" t="s">
+        <v>888</v>
+      </c>
+      <c r="D24" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B25" t="s">
+        <v>537</v>
+      </c>
+      <c r="C25" t="s">
+        <v>648</v>
+      </c>
+      <c r="D25" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B26" t="s">
+        <v>537</v>
+      </c>
+      <c r="C26" t="s">
+        <v>894</v>
+      </c>
+      <c r="D26" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B27" t="s">
+        <v>537</v>
+      </c>
+      <c r="C27" t="s">
+        <v>900</v>
+      </c>
+      <c r="D27" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B28" t="s">
+        <v>537</v>
+      </c>
+      <c r="C28" t="s">
+        <v>906</v>
+      </c>
+      <c r="D28" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B29" t="s">
+        <v>605</v>
+      </c>
+      <c r="C29" t="s">
+        <v>929</v>
+      </c>
+      <c r="D29" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B30" t="s">
+        <v>605</v>
+      </c>
+      <c r="C30" t="s">
+        <v>934</v>
+      </c>
+      <c r="D30" t="s">
+        <v>935</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>main</vt:lpstr>